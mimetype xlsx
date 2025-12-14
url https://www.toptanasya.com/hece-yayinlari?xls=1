--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,8380 +85,8515 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059279543</t>
+          <t>9789944195607</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Dünyası</t>
+          <t>Bostan ve Gülistan (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059279208</t>
+          <t>9786059954495</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz  (Sırlar Güllüğü)</t>
+          <t>Çiğnimizde Bir Akrep</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059279499</t>
+          <t>9786059954532</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu İnsanlarının Ülkesinden Günlükler</t>
+          <t>Aynı Irmağa Çılgınca</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>690</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059954976</t>
+          <t>9786059954501</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>Kekeme Edebiyat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059954471</t>
+          <t>9786059954990</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İnsan Okudum</t>
+          <t>Kısacık Yazılar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>485</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257449120</t>
+          <t>9786059954525</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Başkurt Öyküsü</t>
+          <t>Öykü Risalesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059279529</t>
+          <t>9786059954464</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Tavil</t>
+          <t>Antropolojinin 100. Yılında Kuramdan Sahaya Çalışmalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>195</v>
+        <v>580</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059279536</t>
+          <t>9786056864513</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Ben</t>
+          <t>Afrika'ya Dair</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059279215</t>
+          <t>9786059954891</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kontes</t>
+          <t>Spinoza'nın Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>259</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059279512</t>
+          <t>9786059279543</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hediyeler</t>
+          <t>Nesnelerin Dünyası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059279307</t>
+          <t>9786059279208</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çatlaklar Eşikler Avuntular</t>
+          <t>Gülşen-i Raz  (Sırlar Güllüğü)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059279291</t>
+          <t>9786059279499</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Öykü Öykü Dedikleri</t>
+          <t>Dünyanın En Mutlu İnsanlarının Ülkesinden Günlükler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>260</v>
+        <v>690</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059279284</t>
+          <t>9786059954976</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Söz Oyası</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255956927</t>
+          <t>9786059954471</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Simurg Okulu - Dönüş</t>
+          <t>İnsan Okudum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255956934</t>
+          <t>9786257449120</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yankısız</t>
+          <t>Günümüz Başkurt Öyküsü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255956897</t>
+          <t>9786059279529</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi</t>
+          <t>Bir Tavil</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255956903</t>
+          <t>9786059279536</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mektebin Bacaları</t>
+          <t>Çok Sesli Ben</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>96</v>
+        <v>195</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255956910</t>
+          <t>9786059279215</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarla Yarışmak</t>
+          <t>Herkes Kontes</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>96</v>
+        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255956842</t>
+          <t>9786059279512</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dükkanı</t>
+          <t>Hediyeler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255956811</t>
+          <t>9786059279307</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yollar Aynası</t>
+          <t>Çatlaklar Eşikler Avuntular</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>155</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255956866</t>
+          <t>9786059279291</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Öykü Öykü Dedikleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>198</v>
+        <v>260</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255956873</t>
+          <t>9786059279284</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Söz Oyası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>198</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255956804</t>
+          <t>9786255956927</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Londra Günlükleri</t>
+          <t>Simurg Okulu - Dönüş</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>345</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255956019</t>
+          <t>9786255956934</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Hep Geç Olacak</t>
+          <t>Yankısız</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255956880</t>
+          <t>9786255956897</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan</t>
+          <t>Hayal Gemisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>198</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255956835</t>
+          <t>9786255956903</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kalem Kaleme Değince</t>
+          <t>Mektebin Bacaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>198</v>
+        <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255956859</t>
+          <t>9786255956910</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Step</t>
+          <t>Rüzgarla Yarışmak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>230</v>
+        <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059279178</t>
+          <t>9786255956842</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Haritalar</t>
+          <t>Edebiyat Dükkanı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255956828</t>
+          <t>9786255956811</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Metni (D)okumak</t>
+          <t>Yollar Aynası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>399</v>
+        <v>155</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055108038</t>
+          <t>9786255956866</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aşık Dante</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758988884</t>
+          <t>9786255956873</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri 3. Cilt - Yusuf Mısır’da</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>890</v>
+        <v>198</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057547613</t>
+          <t>9786255956804</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Seyircisiz</t>
+          <t>Londra Günlükleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>345</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255956224</t>
+          <t>9786255956019</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Her Zaman Hep Geç Olacak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>360</v>
+        <v>165</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055108922</t>
+          <t>9786255956880</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Ankara/“tâş u toprak âresinde”</t>
+          <t>Şahmerdan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>205</v>
+        <v>198</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055108885</t>
+          <t>9786255956835</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Garip ve İkinci Yeni Şiiri</t>
+          <t>Kalem Kaleme Değince</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>570</v>
+        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059954587</t>
+          <t>9786255956859</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Step</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055108878</t>
+          <t>9786059279178</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dünya Artık Büyülü Değil İhsan</t>
+          <t>Haritalar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255956248</t>
+          <t>9786255956828</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Daha Güvercin</t>
+          <t>Metni (D)okumak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>165</v>
+        <v>399</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255956231</t>
+          <t>9786055108038</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Recaîzade Mahmut Ekrem Külliyatı-1/ Nijad Ekrem ve Tefekkür</t>
+          <t>Aşık Dante</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255956255</t>
+          <t>9789758988884</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İran Öyküsü</t>
+          <t>Yusuf ve Kardeşleri 3. Cilt - Yusuf Mısır’da</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>890</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255956217</t>
+          <t>9786057547613</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Bir Pusula</t>
+          <t>Seyircisiz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>151</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255956149</t>
+          <t>9786255956224</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cesuma</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255956200</t>
+          <t>9786055108922</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu'nun Delileri</t>
+          <t>Şu Bizim Ankara/“tâş u toprak âresinde”</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>135</v>
+        <v>205</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255956194</t>
+          <t>9786055108885</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Taş</t>
+          <t>Garip ve İkinci Yeni Şiiri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>143</v>
+        <v>570</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255956170</t>
+          <t>9786059954587</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mutluluktan da Fazla</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>143</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255956187</t>
+          <t>9786055108878</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Simurg Okulu - Doğuş</t>
+          <t>Dünya Artık Büyülü Değil İhsan</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255956163</t>
+          <t>9786255956248</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kibar Serseri</t>
+          <t>Daha Güvercin</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>117</v>
+        <v>165</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255956156</t>
+          <t>9786255956231</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Son Santra</t>
+          <t>Recaîzade Mahmut Ekrem Külliyatı-1/ Nijad Ekrem ve Tefekkür</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>183</v>
+        <v>480</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255956132</t>
+          <t>9786255956255</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>Günümüz İran Öyküsü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059279017</t>
+          <t>9786255956217</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Belki Ebabiller</t>
+          <t>Zamanda Bir Pusula</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>199</v>
+        <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255956071</t>
+          <t>9786255956149</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında ve Aynanın İçinden</t>
+          <t>Cesuma</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>399</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255956088</t>
+          <t>9786255956200</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Romanda Anlatıcı ve Bakış Açısı</t>
+          <t>Köroğlu'nun Delileri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>480</v>
+        <v>135</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255956101</t>
+          <t>9786255956194</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sözlükten Taşan Kelimeler</t>
+          <t>Yaşayan Taş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>143</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055108830</t>
+          <t>9786255956170</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Düşler Labirenti</t>
+          <t>Mutluluktan da Fazla</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>143</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256610798</t>
+          <t>9786255956187</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Hükmü Baki Defteri</t>
+          <t>Simurg Okulu - Doğuş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055108151</t>
+          <t>9786255956163</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Kibar Serseri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>430</v>
+        <v>117</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255956095</t>
+          <t>9786255956156</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nergislerin Ölümü</t>
+          <t>Son Santra</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>183</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944195690</t>
+          <t>9786255956132</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bilinci</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255956033</t>
+          <t>9786059279017</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Arayan</t>
+          <t>Belki Ebabiller</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>165</v>
+        <v>199</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255956026</t>
+          <t>9786255956071</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Pencerelerinden Dünya Sarkardı</t>
+          <t>Alis Harikalar Diyarında ve Aynanın İçinden</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>185</v>
+        <v>399</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255956040</t>
+          <t>9786255956088</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Geçmeyen Şeyler</t>
+          <t>Romanda Anlatıcı ve Bakış Açısı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>155</v>
+        <v>480</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255956064</t>
+          <t>9786255956101</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pasaport Lütfen</t>
+          <t>Sözlükten Taşan Kelimeler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>499</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055108717</t>
+          <t>9786055108830</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dergileri Atlası</t>
+          <t>Sonsuz Düşler Labirenti</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>930</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059954655</t>
+          <t>9786256610798</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şehir Konuşmaları</t>
+          <t>Sevdanın Hükmü Baki Defteri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944195911</t>
+          <t>9786055108151</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Uçuşu</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>135</v>
+        <v>430</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256610163</t>
+          <t>9786255956095</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi 1844-1912</t>
+          <t>Nergislerin Ölümü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256610750</t>
+          <t>9789944195690</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hatır İçin Ölüm Yahut Cepboy Yenilgiler</t>
+          <t>Şiir Bilinci</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>102</v>
+        <v>260</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256610149</t>
+          <t>9786255956033</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Metin Merkezli Roman Okumaları Evvel Roman İçinde</t>
+          <t>Gökyüzü Arayan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059556972</t>
+          <t>9786255956026</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Antikahramanın Biyografisi ve Türk Romanındaki Serüveni</t>
+          <t>Pencerelerinden Dünya Sarkardı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>790</v>
+        <v>185</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256610828</t>
+          <t>9786255956040</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gün Dönende</t>
+          <t>Kuşlar ve Geçmeyen Şeyler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>102</v>
+        <v>155</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258162295</t>
+          <t>9786255956064</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Debbağ</t>
+          <t>Pasaport Lütfen</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>110</v>
+        <v>499</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059279994</t>
+          <t>9786055108717</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Roman</t>
+          <t>Edebiyat Dergileri Atlası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>650</v>
+        <v>930</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059279628</t>
+          <t>9786059954655</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Cari Şiir -Modern Şiir İncelemeleri-</t>
+          <t>Şehir Konuşmaları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>230</v>
+        <v>145</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059556606</t>
+          <t>9789944195911</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Omzumda Biri</t>
+          <t>Gösteri Uçuşu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>89</v>
+        <v>135</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258162493</t>
+          <t>9786256610163</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi 1 - Dil</t>
+          <t>Ahmet Mithat Efendi 1844-1912</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>408</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758274413</t>
+          <t>9786256610750</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami</t>
+          <t>Hatır İçin Ölüm Yahut Cepboy Yenilgiler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>188</v>
+        <v>102</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256610989</t>
+          <t>9786256610149</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde İki Kişi</t>
+          <t>Metin Merkezli Roman Okumaları Evvel Roman İçinde</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256610996</t>
+          <t>9786059556972</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Karşı</t>
+          <t>Antikahramanın Biyografisi ve Türk Romanındaki Serüveni</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>790</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256610811</t>
+          <t>9786256610828</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sonun Öte Kıyılarında Maem Sinhu</t>
+          <t>Gün Dönende</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>102</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256610965</t>
+          <t>9786258162295</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Felsefesi Üzerine Yazılar</t>
+          <t>Debbağ</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256610958</t>
+          <t>9786059279994</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşkım</t>
+          <t>Şehir ve Roman</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256610972</t>
+          <t>9786059279628</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün 100. Yılında Franz Kafka</t>
+          <t>Cari Şiir -Modern Şiir İncelemeleri-</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059279734</t>
+          <t>9786059556606</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Muhammed İkbal'in Uzun Manzumeleri</t>
+          <t>Omzumda Biri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>450</v>
+        <v>89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256610156</t>
+          <t>9786258162493</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kara Hile</t>
+          <t>Sembolik Formlar Felsefesi 1 - Dil</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>235</v>
+        <v>408</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059556910</t>
+          <t>9789758274413</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dokuzdolambaç</t>
+          <t>Molla Cami</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258162417</t>
+          <t>9786256610989</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aldatma Ustası</t>
+          <t>Kuzeyde İki Kişi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>148</v>
+        <v>190</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258162424</t>
+          <t>9786256610996</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Unutma Sancısı</t>
+          <t>Eş ve Karşı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>208</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059954631</t>
+          <t>9786256610811</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Nil Üstünde Gevezelik</t>
+          <t>Sonun Öte Kıyılarında Maem Sinhu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>208</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258162707</t>
+          <t>9786256610965</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Vakitsiz Ölüler Yurdu</t>
+          <t>Spinoza Felsefesi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>148</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258162523</t>
+          <t>9786256610958</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisi</t>
+          <t>İlk Aşkım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>211</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256610941</t>
+          <t>9786256610972</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım</t>
+          <t>Ölümünün 100. Yılında Franz Kafka</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258162479</t>
+          <t>9786059279734</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ağır Boşluk</t>
+          <t>Muhammed İkbal'in Uzun Manzumeleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>192</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256610903</t>
+          <t>9786256610156</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı Nuri Pakdil Üzerine Yazılar</t>
+          <t>Kara Hile</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>209</v>
+        <v>235</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256610927</t>
+          <t>9786059556910</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Yolculuk Yazıları</t>
+          <t>Dokuzdolambaç</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256610897</t>
+          <t>9786258162417</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kekemelerin Alacağı Var Dilden</t>
+          <t>Aldatma Ustası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>199</v>
+        <v>148</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059279079</t>
+          <t>9786258162424</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Edebî İzlenimcilik Bağlamında Tarasconlu Tartarın’den Araba Sevdası’na Yansımalar</t>
+          <t>Unutma Sancısı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>699</v>
+        <v>208</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256610910</t>
+          <t>9786059954631</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Muhacir Kuşlar</t>
+          <t>Nil Üstünde Gevezelik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>215</v>
+        <v>208</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256610934</t>
+          <t>9786258162707</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bir Yoğun Bakım Doktorunun Anıları</t>
+          <t>Vakitsiz Ölüler Yurdu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>171</v>
+        <v>148</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256610866</t>
+          <t>9786258162523</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Öyküler ve Masallar</t>
+          <t>Sanat Sosyolojisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256610774</t>
+          <t>9786256610941</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Batı Trakya Türkleri Öyküsü</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256610842</t>
+          <t>9786258162479</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Koca Dünyaya Küçük Öyküler</t>
+          <t>Ağır Boşluk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>192</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256610767</t>
+          <t>9786256610903</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Yunan Öyküsü</t>
+          <t>Çoban Yıldızı Nuri Pakdil Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>173</v>
+        <v>209</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256610835</t>
+          <t>9786256610927</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklı Hikayeler</t>
+          <t>Yol ve Yolculuk Yazıları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>148</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256610859</t>
+          <t>9786256610897</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Benim Elaziz'im - Bir Sosyoloji Masalı</t>
+          <t>Kekemelerin Alacağı Var Dilden</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256610804</t>
+          <t>9786059279079</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Artçıl Sızı</t>
+          <t>Edebî İzlenimcilik Bağlamında Tarasconlu Tartarın’den Araba Sevdası’na Yansımalar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>174</v>
+        <v>699</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256610781</t>
+          <t>9786256610910</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan</t>
+          <t>Muhacir Kuşlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>235</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256610873</t>
+          <t>9786256610934</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tarih Eğitiminde Uluslararası Arayışlar</t>
+          <t>Bir Yoğun Bakım Doktorunun Anıları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>199</v>
+        <v>171</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256610880</t>
+          <t>9786256610866</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ake: "Bir Edebiyat Devinin" Çocukluk Yılları</t>
+          <t>Öyküler ve Masallar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>395</v>
+        <v>209</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056864551</t>
+          <t>9786256610774</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Batı-Doğu Divanı</t>
+          <t>Günümüz Batı Trakya Türkleri Öyküsü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>265</v>
+        <v>192</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258162745</t>
+          <t>9786256610842</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski ve Biz</t>
+          <t>Koca Dünyaya Küçük Öyküler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>143</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057547996</t>
+          <t>9786256610767</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamlarına Nasihatler</t>
+          <t>Günümüz Yunan Öyküsü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>158</v>
+        <v>173</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944195973</t>
+          <t>9786256610835</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Musa Vuruşu ve Hicaz Armağanı</t>
+          <t>Hastalıklı Hikayeler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>366</v>
+        <v>148</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256610507</t>
+          <t>9786256610859</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Övüncü Hz. Muhammed</t>
+          <t>Benim Elaziz'im - Bir Sosyoloji Masalı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>290</v>
+        <v>192</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256610521</t>
+          <t>9786256610804</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Failin Tarihi - İyi Tasarım Kavramının Kökeni</t>
+          <t>Artçıl Sızı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>265</v>
+        <v>174</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256610514</t>
+          <t>9786256610781</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Eksi Bir</t>
+          <t>Bilge Kağan</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>149</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256610460</t>
+          <t>9786256610873</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mumammed Haydar Duwlati</t>
+          <t>Tarih Eğitiminde Uluslararası Arayışlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>199</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258162820</t>
+          <t>9786256610880</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalemler Dükkanı</t>
+          <t>Ake: "Bir Edebiyat Devinin" Çocukluk Yılları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>172</v>
+        <v>395</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256610491</t>
+          <t>9786056864551</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şehristan</t>
+          <t>Batı-Doğu Divanı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>420</v>
+        <v>265</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256610453</t>
+          <t>9786258162745</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tek</t>
+          <t>Dostoyevski ve Biz</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>143</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256610477</t>
+          <t>9786057547996</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Beli Bükük ile Mezar Taşı</t>
+          <t>Devlet Adamlarına Nasihatler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>209</v>
+        <v>158</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256610484</t>
+          <t>9789944195973</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Sonsuz Kısa Yolculuğu</t>
+          <t>Musa Vuruşu ve Hicaz Armağanı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>130</v>
+        <v>366</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258162875</t>
+          <t>9786256610507</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hüma Kuşu Yükseklerden Seslenir</t>
+          <t>Kainatın Övüncü Hz. Muhammed</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>174</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258162882</t>
+          <t>9786256610521</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Zeki Bey</t>
+          <t>Failin Tarihi - İyi Tasarım Kavramının Kökeni</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>208</v>
+        <v>265</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055108007</t>
+          <t>9786256610514</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teoride Din</t>
+          <t>Sonsuz Eksi Bir</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>690</v>
+        <v>149</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000034195</t>
+          <t>9786256610460</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teoride Din</t>
+          <t>Mumammed Haydar Duwlati</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>203</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057547514</t>
+          <t>9786258162820</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Afrika'nın Yapayalnız Lalesi</t>
+          <t>Kırık Kalemler Dükkanı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>148</v>
+        <v>172</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256610286</t>
+          <t>9786256610491</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Şehristan</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256610255</t>
+          <t>9786256610453</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bütün Mümkünler</t>
+          <t>Tek</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>157</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256610309</t>
+          <t>9786256610477</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sermaye ve Eğitimin Dönüşümü</t>
+          <t>Beli Bükük ile Mezar Taşı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>285</v>
+        <v>209</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256610224</t>
+          <t>9786256610484</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ebucehil Karpuzu</t>
+          <t>Kahramanın Sonsuz Kısa Yolculuğu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>365</v>
+        <v>130</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256610248</t>
+          <t>9786258162875</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gül Mayıs Gülü</t>
+          <t>Hüma Kuşu Yükseklerden Seslenir</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>174</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256610217</t>
+          <t>9786258162882</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Her Şeyle</t>
+          <t>Zeki Bey</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>169</v>
+        <v>208</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256610262</t>
+          <t>9786055108007</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılık ve Eşitsizlikler</t>
+          <t>Çağdaş Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>395</v>
+        <v>690</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256610279</t>
+          <t>3990000034195</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>دوستویوسكی</t>
+          <t>Çağdaş Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>130</v>
+        <v>203</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256610231</t>
+          <t>9786057547514</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yaşamanın Kucağında - Toplu Şiirler (1975-2015)</t>
+          <t>Afrika'nın Yapayalnız Lalesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>148</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256610293</t>
+          <t>9786256610286</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>حيوان چيفتلكى</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>149</v>
+        <v>370</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256610125</t>
+          <t>9786256610255</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Robert T. Tally Jr. ile Mekansallık Üzerine</t>
+          <t>Bütün Mümkünler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>157</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256610132</t>
+          <t>9786256610309</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Kral’ın Atlısı</t>
+          <t>Küresel Sermaye ve Eğitimin Dönüşümü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>174</v>
+        <v>285</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256610071</t>
+          <t>9786256610224</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gök Yankısı</t>
+          <t>Ebucehil Karpuzu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>148</v>
+        <v>365</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256610088</t>
+          <t>9786256610248</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Edebiyatında Kaçış</t>
+          <t>Gül Mayıs Gülü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>548</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256610095</t>
+          <t>9786256610217</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Söz Durumları</t>
+          <t>Yarım Kalan Her Şeyle</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>235</v>
+        <v>169</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256610101</t>
+          <t>9786256610262</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Gönül Devleti</t>
+          <t>Ayrımcılık ve Eşitsizlikler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>158</v>
+        <v>395</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256610064</t>
+          <t>9786256610279</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ağacı Bahara Cesaretlendirmek</t>
+          <t>دوستویوسكی</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>192</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256610057</t>
+          <t>9786256610231</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Arasta’nın İnsanları</t>
+          <t>Yaşamanın Kucağında - Toplu Şiirler (1975-2015)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256610040</t>
+          <t>9786256610293</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı Öyküleri</t>
+          <t>حيوان چيفتلكى</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>230</v>
+        <v>149</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256610019</t>
+          <t>9786256610125</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kurganlar</t>
+          <t>Robert T. Tally Jr. ile Mekansallık Üzerine</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>148</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256610002</t>
+          <t>9786256610132</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Kitaplar Arasında</t>
+          <t>Ölüm ve Kral’ın Atlısı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>360</v>
+        <v>174</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256610033</t>
+          <t>9786256610071</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Edebiyat Teorisi ve Yunus Emre</t>
+          <t>Gök Yankısı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>550</v>
+        <v>148</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256610026</t>
+          <t>9786256610088</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hatır Divanı</t>
+          <t>Modern Türk Edebiyatında Kaçış</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>148</v>
+        <v>548</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258162899</t>
+          <t>9786256610095</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Roman Terimleri Sözlüğü</t>
+          <t>Söz Durumları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>560</v>
+        <v>235</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258162837</t>
+          <t>9786256610101</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski ve Biz</t>
+          <t>Gönül Devleti</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>211</v>
+        <v>158</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258162776</t>
+          <t>9786256610064</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mozart'ın Nasırlı Elleri</t>
+          <t>Ağacı Bahara Cesaretlendirmek</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>192</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258162851</t>
+          <t>9786256610057</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muhtarname</t>
+          <t>Arasta’nın İnsanları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>480</v>
+        <v>199</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258162844</t>
+          <t>9786256610040</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Düşüncesinde Bölünme Heidegger - Cassirer</t>
+          <t>Arap Edebiyatı Öyküleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258162769</t>
+          <t>9786256610019</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Perdedeki Öykü</t>
+          <t>Kurganlar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>310</v>
+        <v>148</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258162806</t>
+          <t>9786256610002</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Sepet Hayal</t>
+          <t>Siyaset ve Kitaplar Arasında</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>205</v>
+        <v>360</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258162813</t>
+          <t>9786256610033</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bana Hikaye Anlatma</t>
+          <t>Geleneksel Edebiyat Teorisi ve Yunus Emre</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258162790</t>
+          <t>9786256610026</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Zongo’nun Değirmeni</t>
+          <t>Hatır Divanı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>190</v>
+        <v>148</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258162363</t>
+          <t>9786258162899</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Metaverse’e Doğru (Mu?)</t>
+          <t>Roman Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>290</v>
+        <v>560</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258162721</t>
+          <t>9786258162837</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kutsaldan Şiirsele</t>
+          <t>Dostoyevski ve Biz</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>710</v>
+        <v>211</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258162714</t>
+          <t>9786258162776</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin Ağabeyi Fethi Gemuhluoğlu</t>
+          <t>Mozart'ın Nasırlı Elleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258162738</t>
+          <t>9786258162851</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>M. Akif’in İstiklal Marşı’nı Yazdığı Mekan</t>
+          <t>Muhtarname</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258162684</t>
+          <t>9786258162844</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Yeryüzüne İndirmek</t>
+          <t>Avrupa Düşüncesinde Bölünme Heidegger - Cassirer</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258162677</t>
+          <t>9786258162769</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuşu Taşlarla Bu Çöle Bağladılar</t>
+          <t>Perdedeki Öykü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>172</v>
+        <v>310</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258162172</t>
+          <t>9786258162806</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yokluğun Eskimeden</t>
+          <t>Bir Sepet Hayal</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258162189</t>
+          <t>9786258162813</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar, Pıtraklar ve Tıraş Sandığı</t>
+          <t>Bana Hikaye Anlatma</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>148</v>
+        <v>340</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258162691</t>
+          <t>9786258162790</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Omzumda Biri</t>
+          <t>Zongo’nun Değirmeni</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>156</v>
+        <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258162462</t>
+          <t>9786258162363</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 3</t>
+          <t>Metaverse’e Doğru (Mu?)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>660</v>
+        <v>290</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258162455</t>
+          <t>9786258162721</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 2</t>
+          <t>Kutsaldan Şiirsele</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>660</v>
+        <v>710</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258162448</t>
+          <t>9786258162714</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 1</t>
+          <t>Nesillerin Ağabeyi Fethi Gemuhluoğlu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>690</v>
+        <v>285</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258162387</t>
+          <t>9786258162738</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Multidisipliner Bir Yaklaşım</t>
+          <t>M. Akif’in İstiklal Marşı’nı Yazdığı Mekan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>685</v>
+        <v>420</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258162370</t>
+          <t>9786258162684</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pakistan-Hindistan Öyküleri</t>
+          <t>Cenneti Yeryüzüne İndirmek</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258162332</t>
+          <t>9786258162677</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kırklanmış Portreler</t>
+          <t>Bir Kuşu Taşlarla Bu Çöle Bağladılar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>245</v>
+        <v>172</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258162349</t>
+          <t>9786258162172</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Böyle Uzakta</t>
+          <t>Yokluğun Eskimeden</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258162325</t>
+          <t>9786258162189</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Tarihi</t>
+          <t>Kuşlar, Pıtraklar ve Tıraş Sandığı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>192</v>
+        <v>148</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258162356</t>
+          <t>9786258162691</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Cennetleri</t>
+          <t>Omzumda Biri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258162318</t>
+          <t>9786258162462</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Önsözler</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 3</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>146</v>
+        <v>660</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258162301</t>
+          <t>9786258162455</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kehanet ve Siyaset</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>816</v>
+        <v>660</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257449977</t>
+          <t>9786258162448</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandhi</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>192</v>
+        <v>690</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258162127</t>
+          <t>9786258162387</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Irak Türkmen Öyküsü</t>
+          <t>İdeoloji Multidisipliner Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>740</v>
+        <v>685</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258162158</t>
+          <t>9786258162370</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Tatar Öyküsü</t>
+          <t>Pakistan-Hindistan Öyküleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>470</v>
+        <v>295</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258162165</t>
+          <t>9786258162332</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkmen Öyküsü</t>
+          <t>Kırklanmış Portreler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258162103</t>
+          <t>9786258162349</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Güzel Hata</t>
+          <t>Böyle Uzakta</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258162097</t>
+          <t>9786258162325</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Kalp Sendromu</t>
+          <t>Yüzün Tarihi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>141</v>
+        <v>192</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258162110</t>
+          <t>9786258162356</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Renkler Üzerine Düşünceler</t>
+          <t>Adem’in Cennetleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>166</v>
+        <v>158</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057547903</t>
+          <t>9786258162318</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gibi Bir Dram Bir Komedi</t>
+          <t>Önsözler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>194</v>
+        <v>146</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257449953</t>
+          <t>9786258162301</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Günbatımına Övgüler</t>
+          <t>Kehanet ve Siyaset</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>142</v>
+        <v>816</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257449939</t>
+          <t>9786257449977</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Derya Ve Meczup</t>
+          <t>Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>130</v>
+        <v>192</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257449946</t>
+          <t>9786258162127</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Ötekileştirme</t>
+          <t>Günümüz Irak Türkmen Öyküsü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>740</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057547507</t>
+          <t>9786258162158</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Turgenyev</t>
+          <t>Günümüz Tatar Öyküsü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>467</v>
+        <v>470</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944195928</t>
+          <t>9786258162165</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Dilercesine Gökyüzüne Bakmak</t>
+          <t>Günümüz Türkmen Öyküsü</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>142</v>
+        <v>320</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057547279</t>
+          <t>9786258162103</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hareket Zili</t>
+          <t>Güzel Hata</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>310</v>
+        <v>148</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059954563</t>
+          <t>9786258162097</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Özbek Öyküsü</t>
+          <t>Huzursuz Kalp Sendromu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>256</v>
+        <v>141</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059954440</t>
+          <t>9786258162110</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Gagauz Öyküsü</t>
+          <t>Renkler Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>256</v>
+        <v>166</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059954884</t>
+          <t>9786057547903</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacında (Toplu Şiirler 1980-2015)</t>
+          <t>Hayat Gibi Bir Dram Bir Komedi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>840</v>
+        <v>194</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789944195195</t>
+          <t>9786257449953</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Çağında Deneme</t>
+          <t>Günbatımına Övgüler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>240</v>
+        <v>142</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059954860</t>
+          <t>9786257449939</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>Derya Ve Meczup</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057547293</t>
+          <t>9786257449946</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Sözlüğü</t>
+          <t>Modern Türk Şiirinde Ötekileştirme</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258162141</t>
+          <t>9786057547507</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Moğolistan Kazak Öyküsü</t>
+          <t>Turgenyev</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>420</v>
+        <v>467</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258162134</t>
+          <t>9789944195928</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kumuk Öyküsü</t>
+          <t>Merhamet Dilercesine Gökyüzüne Bakmak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>370</v>
+        <v>142</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257449960</t>
+          <t>9786057547279</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yokuşun Çocukları</t>
+          <t>Hareket Zili</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>362</v>
+        <v>310</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257449892</t>
+          <t>9786059954563</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Felsefece</t>
+          <t>Çağdaş Özbek Öyküsü</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>256</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257449847</t>
+          <t>9786059954440</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Çağdaş Gagauz Öyküsü</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>296</v>
+        <v>256</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257449854</t>
+          <t>9786059954884</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Dut Ağacında (Toplu Şiirler 1980-2015)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>340</v>
+        <v>840</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257449861</t>
+          <t>9789944195195</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Eleştiri Çağında Deneme</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257449885</t>
+          <t>9786059954860</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çar</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>760</v>
+        <v>125</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257449816</t>
+          <t>9786057547293</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Gazozu</t>
+          <t>İslam Felsefesi Sözlüğü</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>149</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257449830</t>
+          <t>9786258162141</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Joburg, Benim</t>
+          <t>Günümüz Moğolistan Kazak Öyküsü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>125</v>
+        <v>420</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257449823</t>
+          <t>9786258162134</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şiiri Edebiyat</t>
+          <t>Günümüz Kumuk Öyküsü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257449878</t>
+          <t>9786257449960</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Şiir - Yorum</t>
+          <t>Yokuşun Çocukları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>355</v>
+        <v>362</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257449809</t>
+          <t>9786257449892</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Sınırlar</t>
+          <t>Felsefece</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>260</v>
+        <v>256</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257449786</t>
+          <t>9786257449847</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Safderun Alafrangadan Kötücül Entelektüele</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>768</v>
+        <v>296</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257449793</t>
+          <t>9786257449854</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard Hayatı ve Felsefesi</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257449762</t>
+          <t>9786257449861</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gün Karşı Tepeden</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>174</v>
+        <v>240</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257449779</t>
+          <t>9786257449885</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Yeni Çar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>310</v>
+        <v>760</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257449755</t>
+          <t>9786257449816</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Edebi Görüntüleri</t>
+          <t>Dört Mevsim Gazozu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>440</v>
+        <v>149</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257449410</t>
+          <t>9786257449830</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Deli Cesareti</t>
+          <t>Joburg, Benim</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>148</v>
+        <v>125</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257449717</t>
+          <t>9786257449823</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Şairin Çekmecesi</t>
+          <t>Hayatın Şiiri Edebiyat</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>196</v>
+        <v>215</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257449700</t>
+          <t>9786257449878</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Modern Afrika Edebiyatı</t>
+          <t>Şiir - Yorum</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>455</v>
+        <v>355</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257449748</t>
+          <t>9786257449809</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dün Yabancı Bugün Arkadaş (?)</t>
+          <t>Tehlikeli Sınırlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>158</v>
+        <v>260</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257449403</t>
+          <t>9786257449786</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Güzellik</t>
+          <t>Safderun Alafrangadan Kötücül Entelektüele</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>146</v>
+        <v>768</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257449724</t>
+          <t>9786257449793</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tahta Atın İçindekiler</t>
+          <t>Soren Kierkegaard Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257449731</t>
+          <t>9786257449762</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare ve Eleştirmeni Brandes</t>
+          <t>Gün Karşı Tepeden</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>320</v>
+        <v>174</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257449397</t>
+          <t>9786257449779</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çıkmazında</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257449427</t>
+          <t>9786257449755</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprakların Edebiyatı</t>
+          <t>Korkunun Edebi Görüntüleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>310</v>
+        <v>440</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257449359</t>
+          <t>9786257449410</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski’nin Dünya Görüşü</t>
+          <t>Deli Cesareti</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>245</v>
+        <v>148</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257449380</t>
+          <t>9786257449717</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Alman Aydınlanma Felsefesi</t>
+          <t>Şairin Çekmecesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>237</v>
+        <v>196</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257449335</t>
+          <t>9786257449700</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Kitap, Kütüphane ve Okuma Kültürü</t>
+          <t>Modern Afrika Edebiyatı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>790</v>
+        <v>455</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257449373</t>
+          <t>9786257449748</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava Adamı Nurettin Topçu</t>
+          <t>Dün Yabancı Bugün Arkadaş (?)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>149</v>
+        <v>158</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257449342</t>
+          <t>9786257449403</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kısa Devre</t>
+          <t>Kusurlu Güzellik</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>158</v>
+        <v>146</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257449366</t>
+          <t>9786257449724</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dil Sürçmesi</t>
+          <t>Tahta Atın İçindekiler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>153</v>
+        <v>199</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257449281</t>
+          <t>9786257449731</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ağırlıklarım</t>
+          <t>Shakespeare ve Eleştirmeni Brandes</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>158</v>
+        <v>320</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257449328</t>
+          <t>9786257449397</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
+          <t>Şiir Çıkmazında</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257449274</t>
+          <t>9786257449427</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Alternatif Düzen Talepleri</t>
+          <t>Bu Toprakların Edebiyatı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257449298</t>
+          <t>9786257449359</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Dili</t>
+          <t>Dostoyevski’nin Dünya Görüşü</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>248</v>
+        <v>245</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257449311</t>
+          <t>9786257449380</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sufi Sinema</t>
+          <t>Alman Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>237</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257449304</t>
+          <t>9786257449335</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Mekan</t>
+          <t>Türk Edebiyatında Kitap, Kütüphane ve Okuma Kültürü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>240</v>
+        <v>790</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057446336</t>
+          <t>9786257449373</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Eşikte ve Eksik</t>
+          <t>Bir Dava Adamı Nurettin Topçu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>188</v>
+        <v>149</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057446329</t>
+          <t>9786257449342</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ağlama Tarihine Giriş</t>
+          <t>Kısa Devre</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>158</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057446350</t>
+          <t>9786257449366</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yazının Önünde</t>
+          <t>Dil Sürçmesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>270</v>
+        <v>153</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057446374</t>
+          <t>9786257449281</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Taceddin-i Veli Divanı</t>
+          <t>Bütün Ağırlıklarım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>560</v>
+        <v>158</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057446367</t>
+          <t>9786257449328</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mimesis, İfade ve Gösterge</t>
+          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>260</v>
+        <v>410</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057446343</t>
+          <t>9786257449274</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Kayıtları Ekseninde Bitlis'in Kültür Mirası</t>
+          <t>İslam Dünyasında Alternatif Düzen Talepleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057455253</t>
+          <t>9786257449298</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kırıntıları: Kerime ve Diğer Hikayeler</t>
+          <t>Perdenin Dili</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>443</v>
+        <v>248</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057455246</t>
+          <t>9786257449311</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Thomas Mann ve Goethe</t>
+          <t>Sufi Sinema</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>199</v>
+        <v>240</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057446305</t>
+          <t>9786257449304</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Saati</t>
+          <t>Zaman İçinde Mekan</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057455260</t>
+          <t>9786057446336</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Besmelede Aşk Celmile</t>
+          <t>Eşikte ve Eksik</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>237</v>
+        <v>188</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057455284</t>
+          <t>9786057446329</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Anarkali</t>
+          <t>İnsanlığın Ağlama Tarihine Giriş</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>158</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057655277</t>
+          <t>9786057446350</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Güfteden Besteye Akatay</t>
+          <t>Yazının Önünde</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>237</v>
+        <v>270</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057455291</t>
+          <t>9786057446374</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hayal Tutkusu</t>
+          <t>Taceddin-i Veli Divanı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>230</v>
+        <v>560</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789758988259</t>
+          <t>9786057446367</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi - 2</t>
+          <t>Mimesis, İfade ve Gösterge</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057455222</t>
+          <t>9786057446343</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya - Sırça Köşk</t>
+          <t>Vakıf Kayıtları Ekseninde Bitlis'in Kültür Mirası</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057455215</t>
+          <t>9786057455253</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kağnı - Ses</t>
+          <t>Hayat Kırıntıları: Kerime ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>236</v>
+        <v>443</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057455208</t>
+          <t>9786057455246</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Thomas Mann ve Goethe</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>230</v>
+        <v>199</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789758988327</t>
+          <t>9786057446305</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dil Evrensellikleri ve Dilbilim Tipolojisi</t>
+          <t>Hüzün Saati</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>446</v>
+        <v>230</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057547958</t>
+          <t>9786057455260</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Üstat Ekrem</t>
+          <t>Besmelede Aşk Celmile</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>410</v>
+        <v>237</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057547965</t>
+          <t>9786057455284</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Erzurum, Van, Bitlis Vilayetlerinde Ermeni-Kürt İlişkileri (1908-1920)</t>
+          <t>Anarkali</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057547972</t>
+          <t>9786057655277</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ayna</t>
+          <t>Güfteden Besteye Akatay</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>176</v>
+        <v>237</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057547989</t>
+          <t>9786057455291</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sahir</t>
+          <t>Hayal Tutkusu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057547897</t>
+          <t>9789758988259</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Anlatı/Yorum</t>
+          <t>Sembolik Formlar Felsefesi - 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>540</v>
+        <v>470</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057547941</t>
+          <t>9786057455222</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bir Güzel İnsan Ersin Nazif Gürdoğan</t>
+          <t>Yeni Dünya - Sırça Köşk</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057547934</t>
+          <t>9786057455215</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Mangan Mangan</t>
+          <t>Kağnı - Ses</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>236</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057547927</t>
+          <t>9786057455208</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şanlıurfa Kolyesi</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>268</v>
+        <v>230</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057547828</t>
+          <t>9789758988327</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kırgız Öyküsü</t>
+          <t>Dil Evrensellikleri ve Dilbilim Tipolojisi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>330</v>
+        <v>446</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057547842</t>
+          <t>9786057547958</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kırım Tatar Öyküsü</t>
+          <t>Üstat Ekrem</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>510</v>
+        <v>410</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057547859</t>
+          <t>9786057547965</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Özbek Öyküsü</t>
+          <t>Erzurum, Van, Bitlis Vilayetlerinde Ermeni-Kürt İlişkileri (1908-1920)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057547866</t>
+          <t>9786057547972</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Rus Öyküsü</t>
+          <t>Toprak Ayna</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>290</v>
+        <v>176</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057547835</t>
+          <t>9786057547989</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kazak Öyküsü</t>
+          <t>Sahir</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>490</v>
+        <v>145</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057547873</t>
+          <t>9786057547897</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Postkoloni Üzerine</t>
+          <t>Anlatı/Yorum</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>416</v>
+        <v>540</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057547880</t>
+          <t>9786057547941</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Bütün Şiirleri ve Kompozisyon Felsefesi</t>
+          <t>Bir Güzel İnsan Ersin Nazif Gürdoğan</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057547811</t>
+          <t>9786057547934</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Afgan Öyküsü</t>
+          <t>Mangan Mangan</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>235</v>
+        <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057547798</t>
+          <t>9786057547927</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bulmak İçin Buradan Ayrıl</t>
+          <t>Şanlıurfa Kolyesi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>187</v>
+        <v>268</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057547781</t>
+          <t>9786057547828</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Arınma Festivali</t>
+          <t>Günümüz Kırgız Öyküsü</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>128</v>
+        <v>330</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057547743</t>
+          <t>9786057547842</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Lejyoner</t>
+          <t>Günümüz Kırım Tatar Öyküsü</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>149</v>
+        <v>510</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057547750</t>
+          <t>9786057547859</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyetin Tahribi</t>
+          <t>Günümüz Özbek Öyküsü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>466</v>
+        <v>460</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057547767</t>
+          <t>9786057547866</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mekansallık</t>
+          <t>Günümüz Rus Öyküsü</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057547774</t>
+          <t>9786057547835</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Zirve Duygusu</t>
+          <t>Günümüz Kazak Öyküsü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>199</v>
+        <v>490</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057547736</t>
+          <t>9786057547873</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Laf, Söz Olunca...</t>
+          <t>Postkoloni Üzerine</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>230</v>
+        <v>416</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057547699</t>
+          <t>9786057547880</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bir Uğultuya Yasladılar</t>
+          <t>Edgar Allan Poe Bütün Şiirleri ve Kompozisyon Felsefesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057547729</t>
+          <t>9786057547811</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bediü'z-Zaman El-Hemezani ve Makameleri</t>
+          <t>Günümüz Afgan Öyküsü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>310</v>
+        <v>235</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057547705</t>
+          <t>9786057547798</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kuklalar İçin İplerden Sonra Yaşam</t>
+          <t>Bulmak İçin Buradan Ayrıl</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>190</v>
+        <v>187</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057547668</t>
+          <t>9786057547781</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Su Paradoksu</t>
+          <t>Arınma Festivali</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>370</v>
+        <v>128</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057547675</t>
+          <t>9786057547743</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Azerbeycan Öyküsü</t>
+          <t>Lejyoner</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>340</v>
+        <v>149</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057547682</t>
+          <t>9786057547750</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Göçler ve Kültürler Bir Dünya Görüşü</t>
+          <t>Mahremiyetin Tahribi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>760</v>
+        <v>466</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057547606</t>
+          <t>9786057547767</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Öyküler: Ateşler - Çukurda</t>
+          <t>Mekansallık</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>169</v>
+        <v>280</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057547644</t>
+          <t>9786057547774</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Urdu Edebiyatı Seçkisi</t>
+          <t>Zirve Duygusu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>408</v>
+        <v>199</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057547590</t>
+          <t>9786057547736</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Laf, Söz Olunca...</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057547651</t>
+          <t>9786057547699</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Felsefesi Veya Kalbin Paradoksları</t>
+          <t>Annemi Bir Uğultuya Yasladılar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>470</v>
+        <v>215</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057547637</t>
+          <t>9786057547729</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sevap Defteri</t>
+          <t>Bediü'z-Zaman El-Hemezani ve Makameleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057547385</t>
+          <t>9786057547705</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mizahı ve Reşat Nuri Güntekin’in Mizahi Hikayeciliği</t>
+          <t>Kuklalar İçin İplerden Sonra Yaşam</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>570</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057547583</t>
+          <t>9786057547668</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard’da Öznel Hakikat Kavramı</t>
+          <t>Su Paradoksu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>540</v>
+        <v>370</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057457569</t>
+          <t>9786057547675</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Din ve Asi</t>
+          <t>Günümüz Azerbeycan Öyküsü</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>378</v>
+        <v>340</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057547545</t>
+          <t>9786057547682</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bir Fırtına Tuttu Bizi</t>
+          <t>Göçler ve Kültürler Bir Dünya Görüşü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>146</v>
+        <v>760</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057547446</t>
+          <t>9786057547606</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ermiş (Osmanlıca)</t>
+          <t>Öyküler: Ateşler - Çukurda</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>198</v>
+        <v>169</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057547538</t>
+          <t>9786057547644</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kristal Kentler</t>
+          <t>Çağdaş Urdu Edebiyatı Seçkisi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>140</v>
+        <v>408</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057547460</t>
+          <t>9786057547590</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kuran Nesneler</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057547484</t>
+          <t>9786057547651</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Diğer Şeyler</t>
+          <t>Korkunun Felsefesi Veya Kalbin Paradoksları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>188</v>
+        <v>470</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057547477</t>
+          <t>9786057547637</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Farkı</t>
+          <t>Sevap Defteri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>372</v>
+        <v>230</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057547491</t>
+          <t>9786057547385</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bir Gökyüzüne Önsöz</t>
+          <t>İstanbul Mizahı ve Reşat Nuri Güntekin’in Mizahi Hikayeciliği</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>128</v>
+        <v>570</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057547453</t>
+          <t>9786057547583</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yunus Divanı</t>
+          <t>Soren Kierkegaard’da Öznel Hakikat Kavramı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>550</v>
+        <v>540</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059147675</t>
+          <t>9786057457569</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlarıma Mektuplar</t>
+          <t>Din ve Asi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>199</v>
+        <v>378</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057547408</t>
+          <t>9786057547545</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hakediş Raporu</t>
+          <t>Bir Fırtına Tuttu Bizi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>149</v>
+        <v>146</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057547422</t>
+          <t>9786057547446</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıldan Günümüze Türk Edebiyatında Öykü</t>
+          <t>Ermiş (Osmanlıca)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>147</v>
+        <v>198</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057547392</t>
+          <t>9786057547538</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatının Mihenk Taşları</t>
+          <t>Kristal Kentler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>368</v>
+        <v>140</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057547415</t>
+          <t>9786057547460</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Afrika'nın Paylaşımı</t>
+          <t>Şiir Kuran Nesneler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>998</v>
+        <v>330</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057547439</t>
+          <t>9786057547484</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Rus Düşüncesi Bağlamında F. M. Dostoyevski'de Yabancılaşma Olgusu</t>
+          <t>Diğer Şeyler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>660</v>
+        <v>188</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057547378</t>
+          <t>9786057547477</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İşrak Ruhun Renkleri (Ciltli)</t>
+          <t>Eleştiri Farkı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>372</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057547361</t>
+          <t>9786057547491</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yediler</t>
+          <t>Bir Gökyüzüne Önsöz</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>148</v>
+        <v>128</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057547354</t>
+          <t>9786057547453</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Bir Direniş</t>
+          <t>Yunus Divanı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>169</v>
+        <v>550</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057547347</t>
+          <t>9786059147675</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Farsça Tefsir Metinlerinde Mitoloji</t>
+          <t>Kahramanlarıma Mektuplar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>460</v>
+        <v>199</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057547330</t>
+          <t>9786057547408</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Şeyler Yüzünden</t>
+          <t>Hakediş Raporu</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057547309</t>
+          <t>9786057547422</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sufi Kişilik Psikolojisi</t>
+          <t>19. Yüzyıldan Günümüze Türk Edebiyatında Öykü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>210</v>
+        <v>147</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057547323</t>
+          <t>9786057547392</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Resmimi Dağlarla Çek</t>
+          <t>Rus Edebiyatının Mihenk Taşları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>130</v>
+        <v>368</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057547316</t>
+          <t>9786057547415</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bin Türlü Yama</t>
+          <t>Afrika'nın Paylaşımı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>130</v>
+        <v>998</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059556514</t>
+          <t>9786057547439</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Vişne Renkleri</t>
+          <t>Rus Düşüncesi Bağlamında F. M. Dostoyevski'de Yabancılaşma Olgusu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>590</v>
+        <v>660</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059556408</t>
+          <t>9786057547378</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Neden Önemlidir</t>
+          <t>İşrak Ruhun Renkleri (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>720</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059556484</t>
+          <t>9786057547361</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Şaziye Berin’e Mektuplarıyla Ali Ekrem Bolayır</t>
+          <t>Yediler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>640</v>
+        <v>148</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057547286</t>
+          <t>9786057547354</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafname</t>
+          <t>Çocukça Bir Direniş</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>205</v>
+        <v>169</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059279932</t>
+          <t>9786057547347</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Dünya Siyasetinde Kültürel Etkenler</t>
+          <t>Farsça Tefsir Metinlerinde Mitoloji</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>588</v>
+        <v>460</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057547156</t>
+          <t>9786057547330</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Cinsiyet Diyalektiği</t>
+          <t>Olmayan Şeyler Yüzünden</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>810</v>
+        <v>147</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057547248</t>
+          <t>9786057547309</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Estetiğin Doğuşu</t>
+          <t>Sufi Kişilik Psikolojisi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057547217</t>
+          <t>9786057547323</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Goethe ve Dünya Edebiyatı</t>
+          <t>Resmimi Dağlarla Çek</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>209</v>
+        <v>130</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057547194</t>
+          <t>9786057547316</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji - Atomdan Elektriğe Sağlıktan Silaha</t>
+          <t>Bin Türlü Yama</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>560</v>
+        <v>130</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057547200</t>
+          <t>9786059556514</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Alim</t>
+          <t>Vişne Renkleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>166</v>
+        <v>590</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057547224</t>
+          <t>9786059556408</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Alman Göçmenlerin Sohbetleri</t>
+          <t>Coğrafya Neden Önemlidir</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>174</v>
+        <v>720</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057547163</t>
+          <t>9786059556484</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Barışta Elverişsiz</t>
+          <t>Şaziye Berin’e Mektuplarıyla Ali Ekrem Bolayır</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>130</v>
+        <v>640</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057547170</t>
+          <t>9786057547286</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kafsız, Şinsiz ve Noktasız Hikayesi</t>
+          <t>Fotoğrafname</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057547125</t>
+          <t>9786059279932</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Göç Öyküleri</t>
+          <t>Dünya Siyasetinde Kültürel Etkenler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>320</v>
+        <v>588</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057547088</t>
+          <t>9786057547156</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Fatma Begüm'ün Saba Defteri</t>
+          <t>İslam'da Cinsiyet Diyalektiği</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>174</v>
+        <v>810</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057547132</t>
+          <t>9786057547248</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İran Edebiyatında Kadın</t>
+          <t>Türk Edebiyatında Estetiğin Doğuşu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>510</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057547071</t>
+          <t>9786057547217</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Dubeytiler</t>
+          <t>Goethe ve Dünya Edebiyatı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>220</v>
+        <v>209</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057547095</t>
+          <t>9786057547194</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Orpheus'un Parçalanışı</t>
+          <t>Nükleer Enerji - Atomdan Elektriğe Sağlıktan Silaha</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>470</v>
+        <v>560</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057547118</t>
+          <t>9786057547200</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Myanmar'ın İçindeki Düşman</t>
+          <t>Alim</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>360</v>
+        <v>166</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059954075</t>
+          <t>9786057547224</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Küçüldü</t>
+          <t>Alman Göçmenlerin Sohbetleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>396</v>
+        <v>174</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057547101</t>
+          <t>9786057547163</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Postkolonyalizm ve Edebiyat</t>
+          <t>Barışta Elverişsiz</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057547149</t>
+          <t>9786057547170</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Seğirmek Manaları</t>
+          <t>Aşkın Kafsız, Şinsiz ve Noktasız Hikayesi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>169</v>
+        <v>130</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057547064</t>
+          <t>9786057547125</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Göç Öyküleri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057547057</t>
+          <t>9786057547088</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar Düşmek İçindir</t>
+          <t>Fatma Begüm'ün Saba Defteri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>149</v>
+        <v>174</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057547040</t>
+          <t>9786057547132</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Çağdaş İran Edebiyatında Kadın</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>640</v>
+        <v>510</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057547033</t>
+          <t>9786057547071</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Modern Şiir Dilinde Sapmalar</t>
+          <t>Dubeytiler</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789758274246</t>
+          <t>9786057547095</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Konuşmacı</t>
+          <t>Orpheus'un Parçalanışı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>140</v>
+        <v>470</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057547026</t>
+          <t>9786057547118</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yüz Sene Daha</t>
+          <t>Myanmar'ın İçindeki Düşman</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>198</v>
+        <v>360</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786056864544</t>
+          <t>9786059954075</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Us Lekesi</t>
+          <t>Gönüller Küçüldü</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>210</v>
+        <v>396</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786056864582</t>
+          <t>9786057547101</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İslami Kendine Özgülük</t>
+          <t>Postkolonyalizm ve Edebiyat</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057547002</t>
+          <t>9786057547149</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>Seğirmek Manaları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>174</v>
+        <v>169</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786056864599</t>
+          <t>9786057547064</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Büyük Mutfağı</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057547019</t>
+          <t>9786057547057</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dili</t>
+          <t>Kanatlar Düşmek İçindir</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>528</v>
+        <v>149</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786056864568</t>
+          <t>9786057547040</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>158</v>
+        <v>640</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786056864575</t>
+          <t>9786057547033</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Okumaları</t>
+          <t>Modern Şiir Dilinde Sapmalar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>378</v>
+        <v>340</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786056864506</t>
+          <t>9789758274246</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ya Sinek Sekiz Ya Buhurumeryem</t>
+          <t>Kayıp Konuşmacı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059556941</t>
+          <t>9786057547026</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Generali Tanımak</t>
+          <t>Yüz Sene Daha</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>268</v>
+        <v>198</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059556989</t>
+          <t>9786056864544</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Yazma</t>
+          <t>Us Lekesi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>191</v>
+        <v>210</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786056864520</t>
+          <t>9786056864582</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bütün Nesirleri</t>
+          <t>İslami Kendine Özgülük</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>510</v>
+        <v>440</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059556996</t>
+          <t>9786057547002</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>141</v>
+        <v>174</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059556934</t>
+          <t>9786056864599</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Gazzali ve İmgelem Poetikası</t>
+          <t>Osmanlı'nın Büyük Mutfağı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>598</v>
+        <v>230</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059556965</t>
+          <t>9786057547019</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Eksik Bir Seremoni</t>
+          <t>Edebiyat Dili</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>169</v>
+        <v>528</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059556927</t>
+          <t>9786056864568</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kuran Nesneler</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>280</v>
+        <v>158</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059556897</t>
+          <t>9786056864575</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İncinmişlik Asidi</t>
+          <t>Dostoyevski Okumaları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>145</v>
+        <v>378</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059556903</t>
+          <t>9786056864506</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Düş Görmeye Devam Ediyor</t>
+          <t>Ya Sinek Sekiz Ya Buhurumeryem</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>169</v>
+        <v>130</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059556880</t>
+          <t>9786059556941</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Konak Romanında Batılılaşma ve Dil Sorunları</t>
+          <t>Generali Tanımak</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>192</v>
+        <v>268</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059556873</t>
+          <t>9786059556989</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Şehre Yansıyan Medeniyet Edebiyata Yansıyan Şehir</t>
+          <t>Çiçekli Yazma</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>430</v>
+        <v>191</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059556866</t>
+          <t>9786056864520</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Atlık Dağı Türküsü</t>
+          <t>Bütün Nesirleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059556859</t>
+          <t>9786059556996</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Felsefesi Tarihi</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>1250</v>
+        <v>141</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059556842</t>
+          <t>9786059556934</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Adil Bir Akşam</t>
+          <t>Gazzali ve İmgelem Poetikası</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>158</v>
+        <v>598</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059556811</t>
+          <t>9786059556965</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Özgürleşme ve Çoğulculuk</t>
+          <t>Eksik Bir Seremoni</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>580</v>
+        <v>169</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059556699</t>
+          <t>9786059556927</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kara Irmak</t>
+          <t>Hikaye Kuran Nesneler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059556835</t>
+          <t>9786059556897</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Tolstoy</t>
+          <t>İncinmişlik Asidi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>315</v>
+        <v>145</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059556804</t>
+          <t>9786059556903</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diktatörlük</t>
+          <t>Kelebekler Düş Görmeye Devam Ediyor</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>450</v>
+        <v>169</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059556798</t>
+          <t>9786059556880</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Savaşın ve Şiddetin Sosyolojisi</t>
+          <t>Kiralık Konak Romanında Batılılaşma ve Dil Sorunları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>650</v>
+        <v>192</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059556828</t>
+          <t>9786059556873</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Orhan Kemal'in Hikaye Dünyası</t>
+          <t>Şehre Yansıyan Medeniyet Edebiyata Yansıyan Şehir</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>505</v>
+        <v>430</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059556774</t>
+          <t>9786059556866</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Adam Mustafa Sarıçiçek</t>
+          <t>Atlık Dağı Türküsü</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>269</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059556781</t>
+          <t>9786059556859</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Mekana Sinen Ruh</t>
+          <t>Yahudi Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>210</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059556750</t>
+          <t>9786059556842</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Urdu Dilinin Türk Asıllı Efsane Şairi Mirza Esedullah Han Galip</t>
+          <t>Adil Bir Akşam</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>240</v>
+        <v>158</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059556736</t>
+          <t>9786059556811</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Mekan Odağında Türk Romanı İncelemeleri</t>
+          <t>Kur'an Özgürleşme ve Çoğulculuk</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059556729</t>
+          <t>9786059556699</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çağında Kültür</t>
+          <t>Kara Irmak</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059556712</t>
+          <t>9786059556835</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında İdealler ve Gerçeklik</t>
+          <t>Eğitici Tolstoy</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>490</v>
+        <v>315</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059556668</t>
+          <t>9786059556804</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Söylem</t>
+          <t>Dijital Diktatörlük</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789758274000</t>
+          <t>9786059556798</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ceylan Kovalamak</t>
+          <t>Savaşın ve Şiddetin Sosyolojisi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>172</v>
+        <v>650</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059556682</t>
+          <t>9786059556828</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Babamı Öldüren Şeyler</t>
+          <t>Orhan Kemal'in Hikaye Dünyası</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>174</v>
+        <v>505</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059556675</t>
+          <t>9786059556774</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaleminden</t>
+          <t>Gölgeli Adam Mustafa Sarıçiçek</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>269</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059556347</t>
+          <t>9786059556781</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yalnız Ölür</t>
+          <t>Mekana Sinen Ruh</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>796</v>
+        <v>210</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059556651</t>
+          <t>9786059556750</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Ortadoğu İlişkilerinin Ekonomi Politiği</t>
+          <t>Urdu Dilinin Türk Asıllı Efsane Şairi Mirza Esedullah Han Galip</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059556644</t>
+          <t>9786059556736</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Teoride Din</t>
+          <t>Tarih ve Mekan Odağında Türk Romanı İncelemeleri</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>640</v>
+        <v>600</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059556620</t>
+          <t>9786059556729</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ötesinde Müslümanlık</t>
+          <t>İletişim Çağında Kültür</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059556613</t>
+          <t>9786059556712</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
+          <t>Rus Edebiyatında İdealler ve Gerçeklik</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>191</v>
+        <v>490</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059556637</t>
+          <t>9786059556668</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Marx’ı Yeniden Düşünmek</t>
+          <t>Şiirsel Söylem</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059556590</t>
+          <t>9789758274000</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Roman</t>
+          <t>Ceylan Kovalamak</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>390</v>
+        <v>172</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059556521</t>
+          <t>9786059556682</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Zihni Sömürgeden Azad</t>
+          <t>Babamı Öldüren Şeyler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>232</v>
+        <v>174</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059556569</t>
+          <t>9786059556675</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dilinin Sularında İlhan Berk</t>
+          <t>Kendi Kaleminden</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>510</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059556552</t>
+          <t>9786059556347</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Serazat</t>
+          <t>Herkes Yalnız Ölür</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>174</v>
+        <v>796</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059556545</t>
+          <t>9786059556651</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Har</t>
+          <t>Türkiye - Ortadoğu İlişkilerinin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>130</v>
+        <v>580</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059556538</t>
+          <t>9786059556644</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Atları Uçuruma Sürmek</t>
+          <t>Türkiye’de Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>196</v>
+        <v>640</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059556477</t>
+          <t>9786059556620</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Uçurumlar Bestecisi</t>
+          <t>Türkiye ve Ötesinde Müslümanlık</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059556446</t>
+          <t>9786059556613</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kuzey</t>
+          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>174</v>
+        <v>191</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059556439</t>
+          <t>9786059556637</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Dullar Sokağı</t>
+          <t>Marx’ı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>206</v>
+        <v>360</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059556453</t>
+          <t>9786059556590</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Açık Yara</t>
+          <t>Bilinç ve Roman</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059556507</t>
+          <t>9786059556521</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş 100 Şiir</t>
+          <t>Zihni Sömürgeden Azad</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>360</v>
+        <v>232</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059556460</t>
+          <t>9786059556569</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kaygıdan Umuda Varoluşun Renkleri</t>
+          <t>Şiir Dilinin Sularında İlhan Berk</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>340</v>
+        <v>510</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059556415</t>
+          <t>9786059556552</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cumhuriyet</t>
+          <t>Serazat</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>590</v>
+        <v>174</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059556422</t>
+          <t>9786059556545</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Alman Romantiklerinden Fragmanlar</t>
+          <t>Har</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>296</v>
+        <v>130</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059556392</t>
+          <t>9786059556538</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hikaye ve Diğer Öyküler</t>
+          <t>Atları Uçuruma Sürmek</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059556361</t>
+          <t>9786059556477</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Toy</t>
+          <t>Uçurumlar Bestecisi</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059556385</t>
+          <t>9786059556446</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma İmtihanı</t>
+          <t>Kuzey</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>520</v>
+        <v>174</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059556378</t>
+          <t>9786059556439</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kırılmalar</t>
+          <t>Dullar Sokağı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>140</v>
+        <v>206</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059556330</t>
+          <t>9786059556453</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Buz Ressamı</t>
+          <t>Açık Yara</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059556309</t>
+          <t>9786059556507</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Saçları Vardır Aşkın</t>
+          <t>Seçilmiş 100 Şiir</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059556293</t>
+          <t>9786059556460</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Büyük Prens</t>
+          <t>Kaygıdan Umuda Varoluşun Renkleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059556316</t>
+          <t>9786059556415</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Aşk Ebediyyen Değişir</t>
+          <t>Kayıp Cumhuriyet</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>192</v>
+        <v>590</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059556323</t>
+          <t>9786059556422</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Oysa Rüyaydı</t>
+          <t>Alman Romantiklerinden Fragmanlar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>196</v>
+        <v>296</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059556286</t>
+          <t>9786059556392</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Nogay Öyküsü</t>
+          <t>Yarım Kalan Hikaye ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059556279</t>
+          <t>9786059556361</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Manhattan Transfer</t>
+          <t>Toy</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>630</v>
+        <v>130</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059556255</t>
+          <t>9786059556385</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Kaderler Müzesi</t>
+          <t>Hayatta Kalma İmtihanı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>230</v>
+        <v>520</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059556262</t>
+          <t>9786059556378</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kediyorum Yasını</t>
+          <t>Kırılmalar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>155</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059556248</t>
+          <t>9786059556330</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma ve Din</t>
+          <t>Buz Ressamı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>426</v>
+        <v>600</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059556231</t>
+          <t>9786059556309</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sisten Yazma</t>
+          <t>Saçları Vardır Aşkın</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059556200</t>
+          <t>9786059556293</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Göç Ve Küresel Politika</t>
+          <t>Büyük Prens</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059556194</t>
+          <t>9786059556316</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Göç Meselesinde Temel Kavramlar</t>
+          <t>Şimdi Aşk Ebediyyen Değişir</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>450</v>
+        <v>192</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059556187</t>
+          <t>9786059556323</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (2 Kitap Takım) (Ciltli)</t>
+          <t>Oysa Rüyaydı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>3950</v>
+        <v>196</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059356170</t>
+          <t>9786059556286</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İyi Toplum: İnsani Gündem</t>
+          <t>Çağdaş Nogay Öyküsü</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059556132</t>
+          <t>9786059556279</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali'nin Eserlerinin Kaynakları</t>
+          <t>Manhattan Transfer</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>190</v>
+        <v>630</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059556156</t>
+          <t>9786059556255</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bir Devletin Anatomisi</t>
+          <t>Kaybolmuş Kaderler Müzesi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059556163</t>
+          <t>9786059556262</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Felsefesinde Etik</t>
+          <t>Kediyorum Yasını</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>375</v>
+        <v>155</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059556125</t>
+          <t>9786059556248</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kamçı</t>
+          <t>Aydınlanma ve Din</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>130</v>
+        <v>426</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059556071</t>
+          <t>9786059556231</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Başkası</t>
+          <t>Sisten Yazma</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>296</v>
+        <v>145</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059556101</t>
+          <t>9786059556200</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Zorunlu Göç Ve Küresel Politika</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059556095</t>
+          <t>9786059556194</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Raşid Gannuşi</t>
+          <t>Göç Meselesinde Temel Kavramlar</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>510</v>
+        <v>450</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059556118</t>
+          <t>9786059556187</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kapısı</t>
+          <t>Mesnevi (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>728</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059556088</t>
+          <t>9786059356170</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Ayini</t>
+          <t>İyi Toplum: İnsani Gündem</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>191</v>
+        <v>199</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059279963</t>
+          <t>9786059556132</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Hikaye</t>
+          <t>Sabahattin Ali'nin Eserlerinin Kaynakları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>276</v>
+        <v>190</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059279987</t>
+          <t>9786059556156</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Biri Beni Onarsın</t>
+          <t>Bir Devletin Anatomisi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>148</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059556033</t>
+          <t>9786059556163</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Parodi: Antik Modern ve Postmodern</t>
+          <t>Çağdaş Fransız Felsefesinde Etik</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>520</v>
+        <v>375</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059556057</t>
+          <t>9786059556125</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Talan</t>
+          <t>Kamçı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059556019</t>
+          <t>9786059556071</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kısık Vadisi</t>
+          <t>İçimizdeki Başkası</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>230</v>
+        <v>296</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059556040</t>
+          <t>9786059556101</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>İkbal’e Dair</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>470</v>
+        <v>145</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059279949</t>
+          <t>9786059556095</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Wikipedia U</t>
+          <t>Raşid Gannuşi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>285</v>
+        <v>510</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059279789</t>
+          <t>9786059556118</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine</t>
+          <t>Güneşin Kapısı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>850</v>
+        <v>728</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059279901</t>
+          <t>9786059556088</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Eric Fromm'un İnsan ve Toplum Anlayışı</t>
+          <t>Pazartesi Ayini</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>390</v>
+        <v>191</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059279918</t>
+          <t>9786059279963</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Otomatların Marşı</t>
+          <t>Türk Edebiyatında Manzum Hikaye</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>169</v>
+        <v>276</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059279833</t>
+          <t>9786059279987</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Romanda Mistik Eğilimler</t>
+          <t>Biri Beni Onarsın</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>790</v>
+        <v>148</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059279758</t>
+          <t>9786059556033</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Atlar Göçebe</t>
+          <t>Parodi: Antik Modern ve Postmodern</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059279819</t>
+          <t>9786059556057</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Açık Kalsın</t>
+          <t>Kusursuz Talan</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>174</v>
+        <v>140</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059279888</t>
+          <t>9786059556019</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Şeb-i Yelda</t>
+          <t>Kısık Vadisi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>132</v>
+        <v>230</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059279826</t>
+          <t>9786059556040</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyaya Karşı</t>
+          <t>İkbal’e Dair</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>706</v>
+        <v>470</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059279802</t>
+          <t>9786059279949</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Wikipedia U</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>479</v>
+        <v>285</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059279741</t>
+          <t>9786059279789</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Arap ve Fars Kadın Öykücülerden İnciler</t>
+          <t>Edebiyat Üzerine</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059279772</t>
+          <t>9786059279901</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>90'larda Türk Öyküsü</t>
+          <t>Eric Fromm'un İnsan ve Toplum Anlayışı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059279871</t>
+          <t>9786059279918</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Üstkurgu / Üstkurmaca Üzerine</t>
+          <t>Otomatların Marşı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>276</v>
+        <v>169</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059279796</t>
+          <t>9786059279833</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğin Peşinde Taşkent'e Doğru</t>
+          <t>Romanda Mistik Eğilimler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>240</v>
+        <v>790</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059279864</t>
+          <t>9786059279758</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Çolak Hattat</t>
+          <t>Atlar Göçebe</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059279857</t>
+          <t>9786059279819</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Yokluk Güzel Yalnızlık İyi</t>
+          <t>Işıklar Açık Kalsın</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>140</v>
+        <v>174</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057455239</t>
+          <t>9786059279888</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Medrese Hatıraları</t>
+          <t>Şeb-i Yelda</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>132</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059279703</t>
+          <t>9786059279826</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Meczupların Görevleri</t>
+          <t>Modern Dünyaya Karşı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>187</v>
+        <v>706</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059279727</t>
+          <t>9786059279802</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Londra Manzaraları ve Başka Yazılar</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>174</v>
+        <v>479</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059279710</t>
+          <t>9786059279741</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Tahayyülat</t>
+          <t>Arap ve Fars Kadın Öykücülerden İnciler</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059279598</t>
+          <t>9786059279772</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Karşılaşmalar</t>
+          <t>90'larda Türk Öyküsü</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>168</v>
+        <v>320</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059279604</t>
+          <t>9786059279871</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Havalar</t>
+          <t>Üstkurgu / Üstkurmaca Üzerine</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>276</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789944195454</t>
+          <t>9786059279796</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Pis Kan</t>
+          <t>Ekmeğin Peşinde Taşkent'e Doğru</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059279222</t>
+          <t>9786059279864</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl'ın Çilesi</t>
+          <t>Çolak Hattat</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059279239</t>
+          <t>9786059279857</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Rudolf Bultmann'da Vahiy ve Mitoloji</t>
+          <t>Yokluk Güzel Yalnızlık İyi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789758274604</t>
+          <t>9786057455239</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Naima</t>
+          <t>Medrese Hatıraları</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055108113</t>
+          <t>9786059279703</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Mütercim</t>
+          <t>Meczupların Görevleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>290</v>
+        <v>187</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789758988525</t>
+          <t>9786059279727</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>İçimizin Yıldızları</t>
+          <t>Londra Manzaraları ve Başka Yazılar</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>312</v>
+        <v>174</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059954877</t>
+          <t>9786059279710</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamak</t>
+          <t>Tahayyülat</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>530</v>
+        <v>145</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059279086</t>
+          <t>9786059279598</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sahurla Gelen Erkekler</t>
+          <t>Tehlikeli Karşılaşmalar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>158</v>
+        <v>168</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059279062</t>
+          <t>9786059279604</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Leke</t>
+          <t>Dışarıdaki Havalar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059279055</t>
+          <t>9789944195454</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Garip Hikayeler Kitabı</t>
+          <t>Pis Kan</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059954938</t>
+          <t>9786059279222</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Osmanlıca)</t>
+          <t>Necip Fazıl'ın Çilesi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>175</v>
+        <v>199</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059954921</t>
+          <t>9786059279239</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları</t>
+          <t>Rudolf Bultmann'da Vahiy ve Mitoloji</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059954839</t>
+          <t>9789758274604</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Naima</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>298</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059954815</t>
+          <t>9786055108113</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Derkenar Şiir</t>
+          <t>Mütercim</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059954082</t>
+          <t>9789758988525</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Minareden Düşen Ezan</t>
+          <t>İçimizin Yıldızları</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>190</v>
+        <v>312</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059954808</t>
+          <t>9786059954877</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler İçerisinde</t>
+          <t>Birlikte Yaşamak</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>466</v>
+        <v>530</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059954792</t>
+          <t>9786059279086</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Büyük Saat'in Vuruşu</t>
+          <t>Sahurla Gelen Erkekler</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>298</v>
+        <v>158</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059954853</t>
+          <t>9786059279062</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Kitabı</t>
+          <t>İnatçı Leke</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>590</v>
+        <v>199</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789758988600</t>
+          <t>9786059279055</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak</t>
+          <t>Garip Hikayeler Kitabı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059954846</t>
+          <t>9786059954938</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Gücü</t>
+          <t>Küçük Prens (Osmanlıca)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059954822</t>
+          <t>9786059954921</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Herşey Çok Güzel</t>
+          <t>Zamanın Kapıları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>144</v>
+        <v>380</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059954648</t>
+          <t>9786059954839</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Üzerine Düşünceler</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>755</v>
+        <v>298</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789758988594</t>
+          <t>9786059954815</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Dünyası</t>
+          <t>Derkenar Şiir</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>428</v>
+        <v>145</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059954723</t>
+          <t>9786059954082</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Dünyasında Tanpınar</t>
+          <t>Minareden Düşen Ezan</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059954761</t>
+          <t>9786059954808</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Adına Hazırım</t>
+          <t>Dehşetler İçerisinde</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>145</v>
+        <v>466</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059954716</t>
+          <t>9786059954792</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kıyı</t>
+          <t>Büyük Saat'in Vuruşu</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>155</v>
+        <v>298</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059954907</t>
+          <t>9786059954853</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Sükut Suretinde Şerhi</t>
+          <t>Ziya Gökalp Kitabı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>144</v>
+        <v>590</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059954730</t>
+          <t>9789758988600</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Oktay Şiiri</t>
+          <t>Öykü Yazmak</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>620</v>
+        <v>270</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059954754</t>
+          <t>9786059954846</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teoride Din</t>
+          <t>Sanatın Gücü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>516</v>
+        <v>235</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059954693</t>
+          <t>9786059954822</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Kültürü</t>
+          <t>Herşey Çok Güzel</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>352</v>
+        <v>144</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789944195201</t>
+          <t>9786059954648</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bahçenin Epik Sürgünü</t>
+          <t>Sürgün Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>145</v>
+        <v>755</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789944195430</t>
+          <t>9789758988594</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Dili Lal</t>
+          <t>Kültürün Dünyası</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>145</v>
+        <v>428</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>3990000087515</t>
+          <t>9786059954723</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Rölativite Teorisi Üzerine Felsefi İncelemeler</t>
+          <t>Türk Düşünce Dünyasında Tanpınar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059954662</t>
+          <t>9786059954761</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kültürel - Dini Farklılık ve Ebu Hanife</t>
+          <t>Adına Hazırım</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>255</v>
+        <v>145</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789758274918</t>
+          <t>9786059954716</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’nin Menakıbi</t>
+          <t>Kıyı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>141</v>
+        <v>155</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789758988297</t>
+          <t>9786059954907</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’nin Günlük Duaları</t>
+          <t>Sükut Suretinde Şerhi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>237</v>
+        <v>144</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789944195591</t>
+          <t>9786059954730</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Hu</t>
+          <t>Ahmet Oktay Şiiri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>440</v>
+        <v>620</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789758988334</t>
+          <t>9786059954754</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kültür Bilimlerinin Mantığı Üzerine</t>
+          <t>Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>239</v>
+        <v>516</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9799758988364</t>
+          <t>9786059954693</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Trajik Gerçekçilik ve Modern Toplum</t>
+          <t>Felsefe Kültürü</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>428</v>
+        <v>352</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059954600</t>
+          <t>9789944195201</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıyorum</t>
+          <t>Bahçenin Epik Sürgünü</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>500</v>
+        <v>145</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059954426</t>
+          <t>9789944195430</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete İran Şiiri</t>
+          <t>Rüzgarın Dili Lal</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>740</v>
+        <v>145</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059954402</t>
+          <t>3990000087515</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Komşuluk Kültürü</t>
+          <t>Rölativite Teorisi Üzerine Felsefi İncelemeler</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059954433</t>
+          <t>9786059954662</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yekrek</t>
+          <t>Kültürel - Dini Farklılık ve Ebu Hanife</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>191</v>
+        <v>255</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789944195669</t>
+          <t>9789758274918</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Modern Öykü Kuramı</t>
+          <t>İbn Arabi’nin Menakıbi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>460</v>
+        <v>141</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059954594</t>
+          <t>9789758988297</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi: Giriş</t>
+          <t>İbn Arabi’nin Günlük Duaları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>362</v>
+        <v>237</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059954570</t>
+          <t>9789944195591</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İntihar İlacı</t>
+          <t>Hu</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789758274932</t>
+          <t>9789758988334</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kültür Bilimlerinin Mantığı Üzerine</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>175</v>
+        <v>239</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059954679</t>
+          <t>9799758988364</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Modern Mısır Romanı 1 (1914-1944)</t>
+          <t>Trajik Gerçekçilik ve Modern Toplum</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>388</v>
+        <v>428</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055108144</t>
+          <t>9786059954600</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Dini Düşüncenin Yeniden Yapılandırılması</t>
+          <t>Hikaye Anlatıyorum</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786055108137</t>
+          <t>9786059954426</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Deyip Geçme</t>
+          <t>Meşrutiyetten Cumhuriyete İran Şiiri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>150</v>
+        <v>740</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059954624</t>
+          <t>9786059954402</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Balkon Çıkmazında Efendilik Tarihi</t>
+          <t>Komşuluk Kültürü</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>132</v>
+        <v>320</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055108373</t>
+          <t>9786059954433</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Hayat</t>
+          <t>Yekrek</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055108359</t>
+          <t>9789944195669</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Uzayan Gölgeler</t>
+          <t>Modern Öykü Kuramı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>174</v>
+        <v>460</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055108380</t>
+          <t>9786059954594</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Mustafa'nın Karesi</t>
+          <t>İslam Felsefesi: Giriş</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>346</v>
+        <v>362</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055108366</t>
+          <t>9786059954570</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni'nin Boy Aynası</t>
+          <t>İntihar İlacı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>536</v>
+        <v>130</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944195959</t>
+          <t>9789758274932</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Cebrail Kanadı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>256</v>
+        <v>175</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055108168</t>
+          <t>9786059954679</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve Gelenekselcilik Arasında Din</t>
+          <t>Modern Mısır Romanı 1 (1914-1944)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>500</v>
+        <v>388</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059279642</t>
+          <t>9786055108144</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Yazıdaki Yaşamlar</t>
+          <t>İslam'da Dini Düşüncenin Yeniden Yapılandırılması</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>306</v>
+        <v>300</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059279680</t>
+          <t>9786055108137</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden Düşmeyelim</t>
+          <t>Geçmiş Zaman Deyip Geçme</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059279673</t>
+          <t>9786059954624</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Re Mektupları</t>
+          <t>Balkon Çıkmazında Efendilik Tarihi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>148</v>
+        <v>132</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055108236</t>
+          <t>9786055108373</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Dünyada Şiir</t>
+          <t>Ansızın Hayat</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789944195249</t>
+          <t>9786055108359</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslami Siyasi Düşünce</t>
+          <t>Uzayan Gölgeler</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>370</v>
+        <v>174</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789944195232</t>
+          <t>9786055108380</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Seke Seke Ben Geldim - Sekmeler 2</t>
+          <t>Mustafa'nın Karesi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>399</v>
+        <v>346</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789758988730</t>
+          <t>9786055108366</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Güne Doğan Koşu</t>
+          <t>İkinci Yeni'nin Boy Aynası</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>620</v>
+        <v>536</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059556958</t>
+          <t>9789944195959</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Gerekli Açıklama</t>
+          <t>Cebrail Kanadı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>210</v>
+        <v>256</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789944195737</t>
+          <t>9786055108168</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Frenk Havaları</t>
+          <t>Modernizm ve Gelenekselcilik Arasında Din</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>187</v>
+        <v>500</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789944195614</t>
+          <t>9786059279642</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Eşikteki Özgürlük</t>
+          <t>Yazıdaki Yaşamlar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>473</v>
+        <v>306</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789944195935</t>
+          <t>9786059279680</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eylemi ve Nuri Pakdil</t>
+          <t>Tut Elimden Düşmeyelim</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>720</v>
+        <v>200</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789758274338</t>
+          <t>9786059279673</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde İstanbul</t>
+          <t>Re Mektupları</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>328</v>
+        <v>148</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789758274147</t>
+          <t>9786055108236</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ben Beyrut</t>
+          <t>Huzursuz Dünyada Şiir</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789758988754</t>
+          <t>9789944195249</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Kandilleri</t>
+          <t>Çağdaş İslami Siyasi Düşünce</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>467</v>
+        <v>370</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789944195713</t>
+          <t>9789944195232</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Aramızda</t>
+          <t>Seke Seke Ben Geldim - Sekmeler 2</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>156</v>
+        <v>399</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789944195423</t>
+          <t>9789758988730</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Acemi Çisenti</t>
+          <t>Güne Doğan Koşu</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>130</v>
+        <v>620</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789944195645</t>
+          <t>9786059556958</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Gerekli Açıklama</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>191</v>
+        <v>210</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789758988440</t>
+          <t>9789944195737</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Yusuf’un Gençliği 2. Cilt</t>
+          <t>Frenk Havaları</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>450</v>
+        <v>187</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789758988433</t>
+          <t>9789944195614</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Yakup’un Hikayeleri 1. Cilt</t>
+          <t>Eşikteki Özgürlük</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>570</v>
+        <v>473</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786058988891</t>
+          <t>9789944195935</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Cilt: 4</t>
+          <t>Edebiyat Eylemi ve Nuri Pakdil</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>725</v>
+        <v>720</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789758274260</t>
+          <t>9789758274338</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yazılar</t>
+          <t>Divan Şiirinde İstanbul</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>245</v>
+        <v>328</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789758988662</t>
+          <t>9789758274147</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Hayatı</t>
+          <t>Ben Beyrut</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>620</v>
+        <v>170</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789758988150</t>
+          <t>9789758988754</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Tükenerek Çoğalmak</t>
+          <t>Asya’nın Kandilleri</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>290</v>
+        <v>467</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789944195058</t>
+          <t>9789944195713</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapı ve Değişme Kuramları</t>
+          <t>Aramızda</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>437</v>
+        <v>156</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9799758988517</t>
+          <t>9789944195423</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Şairler</t>
+          <t>Acemi Çisenti</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789944195683</t>
+          <t>9789944195645</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler İçin Savaş</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>490</v>
+        <v>191</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789758988266</t>
+          <t>9789758988440</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi 3</t>
+          <t>Yusuf ve Kardeşleri Yusuf’un Gençliği 2. Cilt</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>810</v>
+        <v>450</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789944195874</t>
+          <t>9789758988433</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sahte Siyah</t>
+          <t>Yusuf ve Kardeşleri Yakup’un Hikayeleri 1. Cilt</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>190</v>
+        <v>570</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9799758274962</t>
+          <t>9786058988891</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Özgür Birey Sınırlı Devlet</t>
+          <t>Yusuf ve Kardeşleri Cilt: 4</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>294</v>
+        <v>725</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789758988778</t>
+          <t>9789758274260</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Hazanında Gazel Dökümü</t>
+          <t>Yaralı Yazılar</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>580</v>
+        <v>245</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789944195508</t>
+          <t>9789758988662</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kumercin</t>
+          <t>Türk Düşünce Hayatı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>145</v>
+        <v>620</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789944195102</t>
+          <t>9789758988150</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>K’sız Ş’siz Aşkın Hikayesi</t>
+          <t>Tükenerek Çoğalmak</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789758274925</t>
+          <t>9789944195058</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Varoluş</t>
+          <t>Toplumsal Yapı ve Değişme Kuramları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>445</v>
+        <v>437</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789758988648</t>
+          <t>9799758988517</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Kaşıkçı Ali Rıza</t>
+          <t>Şeyhülislam Şairler</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786059954945</t>
+          <t>9789944195683</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Romanda Bilgi İktidar İdeoloji</t>
+          <t>Sözcükler İçin Savaş</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>396</v>
+        <v>490</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786055108083</t>
+          <t>9789758988266</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kırmızının Çağrısı</t>
+          <t>Sembolik Formlar Felsefesi 3</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>169</v>
+        <v>810</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055108120</t>
+          <t>9789944195874</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İrade</t>
+          <t>Sahte Siyah</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789944195188</t>
+          <t>9799758274962</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dürbünü</t>
+          <t>Özgür Birey Sınırlı Devlet</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>399</v>
+        <v>294</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055108175</t>
+          <t>9789758988778</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Her Roj Ji Emir Diçe</t>
+          <t>Osmanlı’nın Hazanında Gazel Dökümü</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>98</v>
+        <v>580</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789944195270</t>
+          <t>9789944195508</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmaz</t>
+          <t>Kumercin</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>169</v>
+        <v>145</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789944195287</t>
+          <t>9789944195102</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük İnsan: Dostoyevski - Pascal - Ibsen (Ciltli)</t>
+          <t>K’sız Ş’siz Aşkın Hikayesi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789944195812</t>
+          <t>9789758274925</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kelebek, Şair ve İzler</t>
+          <t>Benlik ve Varoluş</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>156</v>
+        <v>445</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
+          <t>9789758988648</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis Kaşıkçı Ali Rıza</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786059954945</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Romanda Bilgi İktidar İdeoloji</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786055108083</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızının Çağrısı</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786055108120</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>İrade</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9789944195188</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Dürbünü</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786055108175</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Her Roj Ji Emir Diçe</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9789944195270</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Hacıyatmaz</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9789944195287</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Üç Büyük İnsan: Dostoyevski - Pascal - Ibsen (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9789944195812</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek, Şair ve İzler</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
           <t>9786055108106</t>
         </is>
       </c>
-      <c r="B557" s="1" t="inlineStr">
+      <c r="B566" s="1" t="inlineStr">
         <is>
           <t>Maveraünnehir Defterleri</t>
         </is>
       </c>
-      <c r="C557" s="1">
+      <c r="C566" s="1">
         <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>