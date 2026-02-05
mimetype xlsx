--- v1 (2025-12-14)
+++ v2 (2026-02-05)
@@ -85,8515 +85,9085 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944195607</t>
+          <t>9786255956057</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan (Ciltli)</t>
+          <t>Bir Dilek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>90</v>
+        <v>198</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059954495</t>
+          <t>9786055108427</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çiğnimizde Bir Akrep</t>
+          <t>İyilik Hazinesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>198</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059954532</t>
+          <t>9786059954105</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aynı Irmağa Çılgınca</t>
+          <t>Kayıp Zamanların Fısıltısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059954501</t>
+          <t>9786055108410</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kekeme Edebiyat</t>
+          <t>Kulübedeki Sır</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>395</v>
+        <v>210</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059954990</t>
+          <t>9786059954266</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kısacık Yazılar</t>
+          <t>Hayat Aslında Belki</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>485</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059954525</t>
+          <t>9786059954280</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öykü Risalesi</t>
+          <t>Kabul Vakti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059954464</t>
+          <t>9786059954297</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Antropolojinin 100. Yılında Kuramdan Sahaya Çalışmalar</t>
+          <t>Kayıklar Sulardan Silindi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>580</v>
+        <v>198</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056864513</t>
+          <t>9786059279468</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Afrika'ya Dair</t>
+          <t>Mahpus Muharrir Kemal Tahir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>315</v>
+        <v>470</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059954891</t>
+          <t>9786059279451</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Spinoza'nın Tanrı Anlayışı</t>
+          <t>Türkiye’de Toplumsal Değişimin Ekseni Olarak Modern ve Muhafazakar Kadının Evrimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>259</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059279543</t>
+          <t>9786059954303</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Dünyası</t>
+          <t>Estetik Yargının Epistemolojik Analizi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059279208</t>
+          <t>9786059954457</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz  (Sırlar Güllüğü)</t>
+          <t>Çağdaş Kırım Tatar Öyküsü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>239</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059279499</t>
+          <t>9799758274535</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu İnsanlarının Ülkesinden Günlükler</t>
+          <t>Pali Metinlerine Göre Gotama Buddha</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>690</v>
+        <v>510</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059954976</t>
+          <t>9799758988289</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>184</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059954471</t>
+          <t>9786256610118</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsan Okudum</t>
+          <t>Veda Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257449120</t>
+          <t>9786059556705</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Başkurt Öyküsü</t>
+          <t>Kelimelere Benzemeyen Kelimeler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>169</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059279529</t>
+          <t>9789758988044</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Tavil</t>
+          <t>Saklı Yara</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>195</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059279536</t>
+          <t>9789944195768</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Ben</t>
+          <t>Ölü Diller Arşivi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>195</v>
+        <v>116</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059279215</t>
+          <t>9789944195478</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kontes</t>
+          <t>Muhtemel Menkıbeler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059279512</t>
+          <t>9789758988532</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hediyeler</t>
+          <t>Muhayyer Bütün Öyküler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>440</v>
+        <v>357</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059279307</t>
+          <t>9789944195706</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çatlaklar Eşikler Avuntular</t>
+          <t>İslam Felsefesinde Metaforik Üslup</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>316</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059279291</t>
+          <t>9789758274635</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Öykü Öykü Dedikleri</t>
+          <t>İrrasyonel İnsan</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>260</v>
+        <v>496</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059279284</t>
+          <t>9789758274895</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Söz Oyası</t>
+          <t>İkinci Yeni Poetikası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>912</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255956927</t>
+          <t>9789944195089</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Simurg Okulu - Dönüş</t>
+          <t>İslami Benliğin İç yüzü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255956934</t>
+          <t>9786059954396</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yankısız</t>
+          <t>Tahlil Tahrip İnşa</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>145</v>
+        <v>438</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255956897</t>
+          <t>9786055108076</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi</t>
+          <t>Kadife Durağı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255956903</t>
+          <t>9786057547262</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mektebin Bacaları</t>
+          <t>Düşünür ve Devlet Adamı Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>96</v>
+        <v>314</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255956910</t>
+          <t>9786059954068</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarla Yarışmak</t>
+          <t>Hafız Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>96</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255956842</t>
+          <t>9789944195942</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dükkanı</t>
+          <t>Varoluşun Tanıkları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>290</v>
+        <v>328</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255956811</t>
+          <t>9789944195621</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yollar Aynası</t>
+          <t>Yarın Bekleyebilir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>155</v>
+        <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255956866</t>
+          <t>9789758988679</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Dilin Kökeni</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>198</v>
+        <v>246</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255956873</t>
+          <t>9786059279611</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Yüzümdeki Eşik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>198</v>
+        <v>501</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255956804</t>
+          <t>9786059556064</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Londra Günlükleri</t>
+          <t>İroninin Retoriği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>345</v>
+        <v>417</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255956019</t>
+          <t>9786059556217</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Hep Geç Olacak</t>
+          <t>Anti - Freud</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>165</v>
+        <v>253</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255956880</t>
+          <t>9786059279925</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan</t>
+          <t>İdris-i Bidlisi Selim Şah-Name</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>198</v>
+        <v>496</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255956835</t>
+          <t>9786055108021</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kalem Kaleme Değince</t>
+          <t>Hüznün Efendisine</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>198</v>
+        <v>228</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255956859</t>
+          <t>9786057547552</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Step</t>
+          <t>Postmodernizmin Poetikası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>492</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059279178</t>
+          <t>9786057547521</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Haritalar</t>
+          <t>Nuri Pakdil - Direniş Hattında Bir Devrimci</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>420</v>
+        <v>528</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255956828</t>
+          <t>9786057547187</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Metni (D)okumak</t>
+          <t>Türkü Dinleme Temrinleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>399</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055108038</t>
+          <t>9789944195607</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aşık Dante</t>
+          <t>Bostan ve Gülistan (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758988884</t>
+          <t>9786059954495</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri 3. Cilt - Yusuf Mısır’da</t>
+          <t>Çiğnimizde Bir Akrep</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>890</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057547613</t>
+          <t>9786059954532</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Seyircisiz</t>
+          <t>Aynı Irmağa Çılgınca</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>288</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255956224</t>
+          <t>9786059954501</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Kekeme Edebiyat</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>360</v>
+        <v>542</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055108922</t>
+          <t>9786059954990</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Ankara/“tâş u toprak âresinde”</t>
+          <t>Kısacık Yazılar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>205</v>
+        <v>665</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055108885</t>
+          <t>9786059954525</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Garip ve İkinci Yeni Şiiri</t>
+          <t>Öykü Risalesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>570</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059954587</t>
+          <t>9786059954464</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Antropolojinin 100. Yılında Kuramdan Sahaya Çalışmalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>795</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055108878</t>
+          <t>9786056864513</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dünya Artık Büyülü Değil İhsan</t>
+          <t>Afrika'ya Dair</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>432</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255956248</t>
+          <t>9786059954891</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Daha Güvercin</t>
+          <t>Spinoza'nın Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>165</v>
+        <v>355</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255956231</t>
+          <t>9786059279543</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Recaîzade Mahmut Ekrem Külliyatı-1/ Nijad Ekrem ve Tefekkür</t>
+          <t>Nesnelerin Dünyası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>480</v>
+        <v>302</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255956255</t>
+          <t>9786059279208</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İran Öyküsü</t>
+          <t>Gülşen-i Raz  (Sırlar Güllüğü)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>340</v>
+        <v>302</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255956217</t>
+          <t>9786059279499</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Bir Pusula</t>
+          <t>Dünyanın En Mutlu İnsanlarının Ülkesinden Günlükler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>151</v>
+        <v>946</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255956149</t>
+          <t>9786059954976</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Cesuma</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>302</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255956200</t>
+          <t>9786059954471</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu'nun Delileri</t>
+          <t>İnsan Okudum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>135</v>
+        <v>343</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255956194</t>
+          <t>9786257449120</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Taş</t>
+          <t>Günümüz Başkurt Öyküsü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>143</v>
+        <v>480</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255956170</t>
+          <t>9786059279529</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mutluluktan da Fazla</t>
+          <t>Bir Tavil</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>143</v>
+        <v>268</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255956187</t>
+          <t>9786059279536</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Simurg Okulu - Doğuş</t>
+          <t>Çok Sesli Ben</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>125</v>
+        <v>268</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255956163</t>
+          <t>9786059279215</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kibar Serseri</t>
+          <t>Herkes Kontes</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>117</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255956156</t>
+          <t>9786059279512</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Son Santra</t>
+          <t>Hediyeler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>183</v>
+        <v>603</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255956132</t>
+          <t>9786059279307</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>Çatlaklar Eşikler Avuntular</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>185</v>
+        <v>192</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059279017</t>
+          <t>9786059279291</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Belki Ebabiller</t>
+          <t>Öykü Öykü Dedikleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>199</v>
+        <v>357</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255956071</t>
+          <t>9786059279284</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında ve Aynanın İçinden</t>
+          <t>Söz Oyası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>399</v>
+        <v>247</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255956088</t>
+          <t>9786255956927</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Romanda Anlatıcı ve Bakış Açısı</t>
+          <t>Simurg Okulu - Dönüş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>480</v>
+        <v>179</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255956101</t>
+          <t>9786255956934</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sözlükten Taşan Kelimeler</t>
+          <t>Yankısız</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>199</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055108830</t>
+          <t>9786255956897</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Düşler Labirenti</t>
+          <t>Hayal Gemisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>206</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256610798</t>
+          <t>9786255956903</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Hükmü Baki Defteri</t>
+          <t>Mektebin Bacaları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>132</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055108151</t>
+          <t>9786255956910</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Rüzgarla Yarışmak</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>430</v>
+        <v>132</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255956095</t>
+          <t>9786255956842</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nergislerin Ölümü</t>
+          <t>Edebiyat Dükkanı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>140</v>
+        <v>398</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944195690</t>
+          <t>9786255956811</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bilinci</t>
+          <t>Yollar Aynası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>260</v>
+        <v>213</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255956033</t>
+          <t>9786255956866</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Arayan</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>165</v>
+        <v>272</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255956026</t>
+          <t>9786255956873</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Pencerelerinden Dünya Sarkardı</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>185</v>
+        <v>272</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255956040</t>
+          <t>9786255956804</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Geçmeyen Şeyler</t>
+          <t>Londra Günlükleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>155</v>
+        <v>473</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255956064</t>
+          <t>9786255956019</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Pasaport Lütfen</t>
+          <t>Her Zaman Hep Geç Olacak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>499</v>
+        <v>227</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055108717</t>
+          <t>9786255956880</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dergileri Atlası</t>
+          <t>Şahmerdan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>930</v>
+        <v>272</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059954655</t>
+          <t>9786255956835</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şehir Konuşmaları</t>
+          <t>Kalem Kaleme Değince</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>145</v>
+        <v>272</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944195911</t>
+          <t>9786255956859</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Uçuşu</t>
+          <t>Step</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>135</v>
+        <v>316</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256610163</t>
+          <t>9786059279178</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi 1844-1912</t>
+          <t>Haritalar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>576</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256610750</t>
+          <t>9786255956828</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hatır İçin Ölüm Yahut Cepboy Yenilgiler</t>
+          <t>Metni (D)okumak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>102</v>
+        <v>547</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256610149</t>
+          <t>9786055108038</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Metin Merkezli Roman Okumaları Evvel Roman İçinde</t>
+          <t>Aşık Dante</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>617</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059556972</t>
+          <t>9789758988884</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Antikahramanın Biyografisi ve Türk Romanındaki Serüveni</t>
+          <t>Yusuf ve Kardeşleri 3. Cilt - Yusuf Mısır’da</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>790</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256610828</t>
+          <t>9786057547613</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gün Dönende</t>
+          <t>Seyircisiz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>102</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258162295</t>
+          <t>9786255956224</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Debbağ</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>110</v>
+        <v>494</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059279994</t>
+          <t>9786055108922</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Roman</t>
+          <t>Şu Bizim Ankara/“tâş u toprak âresinde”</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>650</v>
+        <v>281</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059279628</t>
+          <t>9786055108885</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Cari Şiir -Modern Şiir İncelemeleri-</t>
+          <t>Garip ve İkinci Yeni Şiiri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>230</v>
+        <v>781</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059556606</t>
+          <t>9786059954587</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Omzumda Biri</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>89</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258162493</t>
+          <t>9786055108878</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi 1 - Dil</t>
+          <t>Dünya Artık Büyülü Değil İhsan</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>408</v>
+        <v>302</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789758274413</t>
+          <t>9786255956248</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami</t>
+          <t>Daha Güvercin</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>188</v>
+        <v>227</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256610989</t>
+          <t>9786255956231</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde İki Kişi</t>
+          <t>Recaîzade Mahmut Ekrem Külliyatı-1/ Nijad Ekrem ve Tefekkür</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>658</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256610996</t>
+          <t>9786255956255</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Karşı</t>
+          <t>Günümüz İran Öyküsü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>466</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256610811</t>
+          <t>9786255956217</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sonun Öte Kıyılarında Maem Sinhu</t>
+          <t>Zamanda Bir Pusula</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>207</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256610965</t>
+          <t>9786255956149</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Felsefesi Üzerine Yazılar</t>
+          <t>Cesuma</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256610958</t>
+          <t>9786255956200</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşkım</t>
+          <t>Köroğlu'nun Delileri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256610972</t>
+          <t>9786255956194</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün 100. Yılında Franz Kafka</t>
+          <t>Yaşayan Taş</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>320</v>
+        <v>196</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059279734</t>
+          <t>9786255956170</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Muhammed İkbal'in Uzun Manzumeleri</t>
+          <t>Mutluluktan da Fazla</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>450</v>
+        <v>196</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256610156</t>
+          <t>9786255956187</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kara Hile</t>
+          <t>Simurg Okulu - Doğuş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>235</v>
+        <v>172</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059556910</t>
+          <t>9786255956163</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dokuzdolambaç</t>
+          <t>Kibar Serseri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>161</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258162417</t>
+          <t>9786255956156</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Aldatma Ustası</t>
+          <t>Son Santra</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>148</v>
+        <v>251</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258162424</t>
+          <t>9786255956132</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Unutma Sancısı</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>208</v>
+        <v>254</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059954631</t>
+          <t>9786059279017</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nil Üstünde Gevezelik</t>
+          <t>Belki Ebabiller</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>208</v>
+        <v>273</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258162707</t>
+          <t>9786255956071</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Vakitsiz Ölüler Yurdu</t>
+          <t>Alis Harikalar Diyarında ve Aynanın İçinden</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>148</v>
+        <v>547</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258162523</t>
+          <t>9786255956088</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisi</t>
+          <t>Romanda Anlatıcı ve Bakış Açısı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>211</v>
+        <v>658</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256610941</t>
+          <t>9786255956101</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım</t>
+          <t>Sözlükten Taşan Kelimeler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>384</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258162479</t>
+          <t>9786055108830</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ağır Boşluk</t>
+          <t>Sonsuz Düşler Labirenti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>192</v>
+        <v>261</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256610903</t>
+          <t>9786256610798</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı Nuri Pakdil Üzerine Yazılar</t>
+          <t>Sevdanın Hükmü Baki Defteri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>209</v>
+        <v>480</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256610927</t>
+          <t>9786055108151</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Yolculuk Yazıları</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256610897</t>
+          <t>9786255956095</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kekemelerin Alacağı Var Dilden</t>
+          <t>Nergislerin Ölümü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059279079</t>
+          <t>9789944195690</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Edebî İzlenimcilik Bağlamında Tarasconlu Tartarın’den Araba Sevdası’na Yansımalar</t>
+          <t>Şiir Bilinci</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>699</v>
+        <v>357</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256610910</t>
+          <t>9786255956033</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Muhacir Kuşlar</t>
+          <t>Gökyüzü Arayan</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>215</v>
+        <v>227</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256610934</t>
+          <t>9786255956026</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Yoğun Bakım Doktorunun Anıları</t>
+          <t>Pencerelerinden Dünya Sarkardı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>171</v>
+        <v>254</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256610866</t>
+          <t>9786255956040</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Öyküler ve Masallar</t>
+          <t>Kuşlar ve Geçmeyen Şeyler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256610774</t>
+          <t>9786255956064</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Batı Trakya Türkleri Öyküsü</t>
+          <t>Pasaport Lütfen</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>192</v>
+        <v>684</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256610842</t>
+          <t>9786055108717</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Koca Dünyaya Küçük Öyküler</t>
+          <t>Edebiyat Dergileri Atlası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256610767</t>
+          <t>9786059954655</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Yunan Öyküsü</t>
+          <t>Şehir Konuşmaları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>173</v>
+        <v>199</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256610835</t>
+          <t>9789944195911</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklı Hikayeler</t>
+          <t>Gösteri Uçuşu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>148</v>
+        <v>185</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256610859</t>
+          <t>9786256610163</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Benim Elaziz'im - Bir Sosyoloji Masalı</t>
+          <t>Ahmet Mithat Efendi 1844-1912</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>192</v>
+        <v>247</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256610804</t>
+          <t>9786256610750</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Artçıl Sızı</t>
+          <t>Hatır İçin Ölüm Yahut Cepboy Yenilgiler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>174</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256610781</t>
+          <t>9786256610149</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan</t>
+          <t>Metin Merkezli Roman Okumaları Evvel Roman İçinde</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>235</v>
+        <v>384</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256610873</t>
+          <t>9786059556972</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tarih Eğitiminde Uluslararası Arayışlar</t>
+          <t>Antikahramanın Biyografisi ve Türk Romanındaki Serüveni</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>199</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256610880</t>
+          <t>9786256610828</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ake: "Bir Edebiyat Devinin" Çocukluk Yılları</t>
+          <t>Gün Dönende</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>395</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056864551</t>
+          <t>9786258162295</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Batı-Doğu Divanı</t>
+          <t>Debbağ</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>265</v>
+        <v>151</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258162745</t>
+          <t>9786059279994</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski ve Biz</t>
+          <t>Şehir ve Roman</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>143</v>
+        <v>891</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057547996</t>
+          <t>9786059279628</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamlarına Nasihatler</t>
+          <t>Cari Şiir -Modern Şiir İncelemeleri-</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>158</v>
+        <v>316</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944195973</t>
+          <t>9786059556606</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Musa Vuruşu ve Hicaz Armağanı</t>
+          <t>Omzumda Biri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>366</v>
+        <v>89</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256610507</t>
+          <t>9786258162493</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Övüncü Hz. Muhammed</t>
+          <t>Sembolik Formlar Felsefesi 1 - Dil</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>290</v>
+        <v>559</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256610521</t>
+          <t>9789758274413</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Failin Tarihi - İyi Tasarım Kavramının Kökeni</t>
+          <t>Molla Cami</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>265</v>
+        <v>209</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256610514</t>
+          <t>9786256610989</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Eksi Bir</t>
+          <t>Kuzeyde İki Kişi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>149</v>
+        <v>261</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256610460</t>
+          <t>9786256610996</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mumammed Haydar Duwlati</t>
+          <t>Eş ve Karşı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>320</v>
+        <v>206</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258162820</t>
+          <t>9786256610811</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalemler Dükkanı</t>
+          <t>Sonun Öte Kıyılarında Maem Sinhu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>172</v>
+        <v>480</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256610491</t>
+          <t>9786256610965</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şehristan</t>
+          <t>Spinoza Felsefesi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>420</v>
+        <v>548</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256610453</t>
+          <t>9786256610958</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tek</t>
+          <t>İlk Aşkım</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>548</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256610477</t>
+          <t>9786256610972</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Beli Bükük ile Mezar Taşı</t>
+          <t>Ölümünün 100. Yılında Franz Kafka</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>209</v>
+        <v>439</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256610484</t>
+          <t>9786059279734</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Sonsuz Kısa Yolculuğu</t>
+          <t>Muhammed İkbal'in Uzun Manzumeleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>130</v>
+        <v>617</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258162875</t>
+          <t>9786256610156</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hüma Kuşu Yükseklerden Seslenir</t>
+          <t>Kara Hile</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>174</v>
+        <v>322</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258162882</t>
+          <t>9786059556910</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zeki Bey</t>
+          <t>Dokuzdolambaç</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>208</v>
+        <v>261</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055108007</t>
+          <t>9786258162417</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teoride Din</t>
+          <t>Aldatma Ustası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>690</v>
+        <v>203</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3990000034195</t>
+          <t>9786258162424</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teoride Din</t>
+          <t>Unutma Sancısı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>203</v>
+        <v>285</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057547514</t>
+          <t>9786059954631</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Afrika'nın Yapayalnız Lalesi</t>
+          <t>Nil Üstünde Gevezelik</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>148</v>
+        <v>285</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256610286</t>
+          <t>9786258162707</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Vakitsiz Ölüler Yurdu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>370</v>
+        <v>203</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256610255</t>
+          <t>9786258162523</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bütün Mümkünler</t>
+          <t>Sanat Sosyolojisi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>157</v>
+        <v>290</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256610309</t>
+          <t>9786256610941</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sermaye ve Eğitimin Dönüşümü</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>285</v>
+        <v>261</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256610224</t>
+          <t>9786258162479</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ebucehil Karpuzu</t>
+          <t>Ağır Boşluk</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>365</v>
+        <v>264</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256610248</t>
+          <t>9786256610903</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gül Mayıs Gülü</t>
+          <t>Çoban Yıldızı Nuri Pakdil Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>287</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256610217</t>
+          <t>9786256610927</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Her Şeyle</t>
+          <t>Yol ve Yolculuk Yazıları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>169</v>
+        <v>329</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256610262</t>
+          <t>9786256610897</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılık ve Eşitsizlikler</t>
+          <t>Kekemelerin Alacağı Var Dilden</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>395</v>
+        <v>273</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256610279</t>
+          <t>9786059279079</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>دوستویوسكی</t>
+          <t>Edebî İzlenimcilik Bağlamında Tarasconlu Tartarın’den Araba Sevdası’na Yansımalar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>958</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256610231</t>
+          <t>9786256610910</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yaşamanın Kucağında - Toplu Şiirler (1975-2015)</t>
+          <t>Muhacir Kuşlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256610293</t>
+          <t>9786256610934</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>حيوان چيفتلكى</t>
+          <t>Bir Yoğun Bakım Doktorunun Anıları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>149</v>
+        <v>235</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256610125</t>
+          <t>9786256610866</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Robert T. Tally Jr. ile Mekansallık Üzerine</t>
+          <t>Öyküler ve Masallar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>287</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256610132</t>
+          <t>9786256610774</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Kral’ın Atlısı</t>
+          <t>Günümüz Batı Trakya Türkleri Öyküsü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>174</v>
+        <v>264</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256610071</t>
+          <t>9786256610842</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gök Yankısı</t>
+          <t>Koca Dünyaya Küçük Öyküler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>148</v>
+        <v>206</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256610088</t>
+          <t>9786256610767</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Edebiyatında Kaçış</t>
+          <t>Günümüz Yunan Öyküsü</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>548</v>
+        <v>238</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256610095</t>
+          <t>9786256610835</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Söz Durumları</t>
+          <t>Hastalıklı Hikayeler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>235</v>
+        <v>203</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256610101</t>
+          <t>9786256610859</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gönül Devleti</t>
+          <t>Benim Elaziz'im - Bir Sosyoloji Masalı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>158</v>
+        <v>264</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256610064</t>
+          <t>9786256610804</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ağacı Bahara Cesaretlendirmek</t>
+          <t>Artçıl Sızı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>192</v>
+        <v>239</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256610057</t>
+          <t>9786256610781</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Arasta’nın İnsanları</t>
+          <t>Bilge Kağan</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>199</v>
+        <v>322</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256610040</t>
+          <t>9786256610873</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı Öyküleri</t>
+          <t>Tarih Eğitiminde Uluslararası Arayışlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>273</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256610019</t>
+          <t>9786256610880</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kurganlar</t>
+          <t>Ake: "Bir Edebiyat Devinin" Çocukluk Yılları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>148</v>
+        <v>542</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256610002</t>
+          <t>9786056864551</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Kitaplar Arasında</t>
+          <t>Batı-Doğu Divanı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>360</v>
+        <v>364</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256610033</t>
+          <t>9786258162745</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Edebiyat Teorisi ve Yunus Emre</t>
+          <t>Dostoyevski ve Biz</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>550</v>
+        <v>143</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256610026</t>
+          <t>9786057547996</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hatır Divanı</t>
+          <t>Devlet Adamlarına Nasihatler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>148</v>
+        <v>217</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258162899</t>
+          <t>9789944195973</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Roman Terimleri Sözlüğü</t>
+          <t>Musa Vuruşu ve Hicaz Armağanı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>560</v>
+        <v>502</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258162837</t>
+          <t>9786256610507</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski ve Biz</t>
+          <t>Kainatın Övüncü Hz. Muhammed</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>211</v>
+        <v>398</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258162776</t>
+          <t>9786256610521</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mozart'ın Nasırlı Elleri</t>
+          <t>Failin Tarihi - İyi Tasarım Kavramının Kökeni</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>120</v>
+        <v>364</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258162851</t>
+          <t>9786256610514</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Muhtarname</t>
+          <t>Sonsuz Eksi Bir</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>480</v>
+        <v>205</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258162844</t>
+          <t>9786256610460</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Düşüncesinde Bölünme Heidegger - Cassirer</t>
+          <t>Mumammed Haydar Duwlati</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>580</v>
+        <v>439</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258162769</t>
+          <t>9786258162820</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Perdedeki Öykü</t>
+          <t>Kırık Kalemler Dükkanı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>310</v>
+        <v>236</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258162806</t>
+          <t>9786256610491</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bir Sepet Hayal</t>
+          <t>Şehristan</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>205</v>
+        <v>576</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258162813</t>
+          <t>9786256610453</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bana Hikaye Anlatma</t>
+          <t>Tek</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>340</v>
+        <v>343</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258162790</t>
+          <t>9786256610477</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Zongo’nun Değirmeni</t>
+          <t>Beli Bükük ile Mezar Taşı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>190</v>
+        <v>287</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258162363</t>
+          <t>9786256610484</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Metaverse’e Doğru (Mu?)</t>
+          <t>Kahramanın Sonsuz Kısa Yolculuğu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>290</v>
+        <v>179</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258162721</t>
+          <t>9786258162875</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kutsaldan Şiirsele</t>
+          <t>Hüma Kuşu Yükseklerden Seslenir</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>710</v>
+        <v>239</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258162714</t>
+          <t>9786258162882</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin Ağabeyi Fethi Gemuhluoğlu</t>
+          <t>Zeki Bey</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258162738</t>
+          <t>9786055108007</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>M. Akif’in İstiklal Marşı’nı Yazdığı Mekan</t>
+          <t>Çağdaş Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>420</v>
+        <v>946</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258162684</t>
+          <t>3990000034195</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Yeryüzüne İndirmek</t>
+          <t>Çağdaş Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>203</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258162677</t>
+          <t>9786057547514</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuşu Taşlarla Bu Çöle Bağladılar</t>
+          <t>Afrika'nın Yapayalnız Lalesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>172</v>
+        <v>203</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258162172</t>
+          <t>9786256610286</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yokluğun Eskimeden</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>145</v>
+        <v>507</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258162189</t>
+          <t>9786256610255</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar, Pıtraklar ve Tıraş Sandığı</t>
+          <t>Bütün Mümkünler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>148</v>
+        <v>216</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258162691</t>
+          <t>9786256610309</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Omzumda Biri</t>
+          <t>Küresel Sermaye ve Eğitimin Dönüşümü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>156</v>
+        <v>391</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258162462</t>
+          <t>9786256610224</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 3</t>
+          <t>Ebucehil Karpuzu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>660</v>
+        <v>501</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258162455</t>
+          <t>9786256610248</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 2</t>
+          <t>Gül Mayıs Gülü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>660</v>
+        <v>274</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258162448</t>
+          <t>9786256610217</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 1</t>
+          <t>Yarım Kalan Her Şeyle</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>690</v>
+        <v>232</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258162387</t>
+          <t>9786256610262</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Multidisipliner Bir Yaklaşım</t>
+          <t>Ayrımcılık ve Eşitsizlikler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>685</v>
+        <v>542</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258162370</t>
+          <t>9786256610279</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Pakistan-Hindistan Öyküleri</t>
+          <t>دوستویوسكی</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>295</v>
+        <v>179</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258162332</t>
+          <t>9786256610231</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kırklanmış Portreler</t>
+          <t>Yaşamanın Kucağında - Toplu Şiirler (1975-2015)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>245</v>
+        <v>343</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258162349</t>
+          <t>9786256610293</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Böyle Uzakta</t>
+          <t>حيوان چيفتلكى</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>148</v>
+        <v>205</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258162325</t>
+          <t>9786256610125</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Tarihi</t>
+          <t>Robert T. Tally Jr. ile Mekansallık Üzerine</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>192</v>
+        <v>165</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258162356</t>
+          <t>9786256610132</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Cennetleri</t>
+          <t>Ölüm ve Kral’ın Atlısı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>158</v>
+        <v>239</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258162318</t>
+          <t>9786256610071</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Önsözler</t>
+          <t>Gök Yankısı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>146</v>
+        <v>203</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258162301</t>
+          <t>9786256610088</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kehanet ve Siyaset</t>
+          <t>Modern Türk Edebiyatında Kaçış</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>816</v>
+        <v>751</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257449977</t>
+          <t>9786256610095</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandhi</t>
+          <t>Söz Durumları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>192</v>
+        <v>322</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258162127</t>
+          <t>9786256610101</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Irak Türkmen Öyküsü</t>
+          <t>Gönül Devleti</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>740</v>
+        <v>217</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258162158</t>
+          <t>9786256610064</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Tatar Öyküsü</t>
+          <t>Ağacı Bahara Cesaretlendirmek</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>470</v>
+        <v>264</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258162165</t>
+          <t>9786256610057</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkmen Öyküsü</t>
+          <t>Arasta’nın İnsanları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>320</v>
+        <v>273</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258162103</t>
+          <t>9786256610040</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Güzel Hata</t>
+          <t>Arap Edebiyatı Öyküleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>148</v>
+        <v>316</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258162097</t>
+          <t>9786256610019</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Kalp Sendromu</t>
+          <t>Kurganlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>141</v>
+        <v>203</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258162110</t>
+          <t>9786256610002</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Renkler Üzerine Düşünceler</t>
+          <t>Siyaset ve Kitaplar Arasında</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>166</v>
+        <v>494</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057547903</t>
+          <t>9786256610033</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gibi Bir Dram Bir Komedi</t>
+          <t>Geleneksel Edebiyat Teorisi ve Yunus Emre</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>194</v>
+        <v>754</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257449953</t>
+          <t>9786256610026</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Günbatımına Övgüler</t>
+          <t>Hatır Divanı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>142</v>
+        <v>203</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257449939</t>
+          <t>9786258162899</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Derya Ve Meczup</t>
+          <t>Roman Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>130</v>
+        <v>768</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257449946</t>
+          <t>9786258162837</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Ötekileştirme</t>
+          <t>Dostoyevski ve Biz</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057547507</t>
+          <t>9786258162776</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Turgenyev</t>
+          <t>Mozart'ın Nasırlı Elleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>467</v>
+        <v>165</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944195928</t>
+          <t>9786258162851</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Dilercesine Gökyüzüne Bakmak</t>
+          <t>Muhtarname</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>142</v>
+        <v>658</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057547279</t>
+          <t>9786258162844</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hareket Zili</t>
+          <t>Avrupa Düşüncesinde Bölünme Heidegger - Cassirer</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>310</v>
+        <v>795</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059954563</t>
+          <t>9786258162769</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Özbek Öyküsü</t>
+          <t>Perdedeki Öykü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>256</v>
+        <v>425</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059954440</t>
+          <t>9786258162806</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Gagauz Öyküsü</t>
+          <t>Bir Sepet Hayal</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>256</v>
+        <v>281</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059954884</t>
+          <t>9786258162813</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacında (Toplu Şiirler 1980-2015)</t>
+          <t>Bana Hikaye Anlatma</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>840</v>
+        <v>466</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944195195</t>
+          <t>9786258162790</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Çağında Deneme</t>
+          <t>Zongo’nun Değirmeni</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>261</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059954860</t>
+          <t>9786258162363</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>Metaverse’e Doğru (Mu?)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>125</v>
+        <v>398</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057547293</t>
+          <t>9786258162721</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Sözlüğü</t>
+          <t>Kutsaldan Şiirsele</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>973</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258162141</t>
+          <t>9786258162714</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Moğolistan Kazak Öyküsü</t>
+          <t>Nesillerin Ağabeyi Fethi Gemuhluoğlu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>420</v>
+        <v>391</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258162134</t>
+          <t>9786258162738</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kumuk Öyküsü</t>
+          <t>M. Akif’in İstiklal Marşı’nı Yazdığı Mekan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>370</v>
+        <v>576</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257449960</t>
+          <t>9786258162684</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yokuşun Çocukları</t>
+          <t>Cenneti Yeryüzüne İndirmek</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>362</v>
+        <v>329</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257449892</t>
+          <t>9786258162677</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Felsefece</t>
+          <t>Bir Kuşu Taşlarla Bu Çöle Bağladılar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>256</v>
+        <v>236</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257449847</t>
+          <t>9786258162172</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Yokluğun Eskimeden</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>296</v>
+        <v>199</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257449854</t>
+          <t>9786258162189</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kuşlar, Pıtraklar ve Tıraş Sandığı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>340</v>
+        <v>203</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257449861</t>
+          <t>9786258162691</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Omzumda Biri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>214</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257449885</t>
+          <t>9786258162462</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çar</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 3</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>760</v>
+        <v>905</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257449816</t>
+          <t>9786258162455</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Gazozu</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 2</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>149</v>
+        <v>905</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257449830</t>
+          <t>9786258162448</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Joburg, Benim</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 1</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>125</v>
+        <v>946</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257449823</t>
+          <t>9786258162387</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şiiri Edebiyat</t>
+          <t>İdeoloji Multidisipliner Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>215</v>
+        <v>939</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257449878</t>
+          <t>9786258162370</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şiir - Yorum</t>
+          <t>Pakistan-Hindistan Öyküleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>355</v>
+        <v>405</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257449809</t>
+          <t>9786258162332</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Sınırlar</t>
+          <t>Kırklanmış Portreler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>336</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257449786</t>
+          <t>9786258162349</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Safderun Alafrangadan Kötücül Entelektüele</t>
+          <t>Böyle Uzakta</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>768</v>
+        <v>203</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257449793</t>
+          <t>9786258162325</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard Hayatı ve Felsefesi</t>
+          <t>Yüzün Tarihi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>240</v>
+        <v>264</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257449762</t>
+          <t>9786258162356</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gün Karşı Tepeden</t>
+          <t>Adem’in Cennetleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>174</v>
+        <v>217</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257449779</t>
+          <t>9786258162318</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Önsözler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>310</v>
+        <v>201</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257449755</t>
+          <t>9786258162301</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Edebi Görüntüleri</t>
+          <t>Kehanet ve Siyaset</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>440</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257449410</t>
+          <t>9786257449977</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Deli Cesareti</t>
+          <t>Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>148</v>
+        <v>264</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257449717</t>
+          <t>9786258162127</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şairin Çekmecesi</t>
+          <t>Günümüz Irak Türkmen Öyküsü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>196</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257449700</t>
+          <t>9786258162158</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Modern Afrika Edebiyatı</t>
+          <t>Günümüz Tatar Öyküsü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>455</v>
+        <v>644</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257449748</t>
+          <t>9786258162165</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dün Yabancı Bugün Arkadaş (?)</t>
+          <t>Günümüz Türkmen Öyküsü</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>158</v>
+        <v>439</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257449403</t>
+          <t>9786258162103</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Güzellik</t>
+          <t>Güzel Hata</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>146</v>
+        <v>203</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257449724</t>
+          <t>9786258162097</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tahta Atın İçindekiler</t>
+          <t>Huzursuz Kalp Sendromu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>199</v>
+        <v>194</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257449731</t>
+          <t>9786258162110</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare ve Eleştirmeni Brandes</t>
+          <t>Renkler Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>320</v>
+        <v>228</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257449397</t>
+          <t>9786057547903</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çıkmazında</t>
+          <t>Hayat Gibi Bir Dram Bir Komedi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>266</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257449427</t>
+          <t>9786257449953</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprakların Edebiyatı</t>
+          <t>Günbatımına Övgüler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>310</v>
+        <v>195</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257449359</t>
+          <t>9786257449939</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski’nin Dünya Görüşü</t>
+          <t>Derya Ve Meczup</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>245</v>
+        <v>179</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257449380</t>
+          <t>9786257449946</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Alman Aydınlanma Felsefesi</t>
+          <t>Modern Türk Şiirinde Ötekileştirme</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>237</v>
+        <v>343</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257449335</t>
+          <t>9786057547507</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Kitap, Kütüphane ve Okuma Kültürü</t>
+          <t>Turgenyev</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>790</v>
+        <v>640</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257449373</t>
+          <t>9789944195928</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava Adamı Nurettin Topçu</t>
+          <t>Merhamet Dilercesine Gökyüzüne Bakmak</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>149</v>
+        <v>195</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257449342</t>
+          <t>9786057547279</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kısa Devre</t>
+          <t>Hareket Zili</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>158</v>
+        <v>425</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257449366</t>
+          <t>9786059954563</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dil Sürçmesi</t>
+          <t>Çağdaş Özbek Öyküsü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>153</v>
+        <v>351</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257449281</t>
+          <t>9786059954440</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ağırlıklarım</t>
+          <t>Çağdaş Gagauz Öyküsü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>158</v>
+        <v>351</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257449328</t>
+          <t>9786059954884</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
+          <t>Dut Ağacında (Toplu Şiirler 1980-2015)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>410</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257449274</t>
+          <t>9789944195195</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Alternatif Düzen Talepleri</t>
+          <t>Eleştiri Çağında Deneme</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>350</v>
+        <v>329</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257449298</t>
+          <t>9786059954860</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Dili</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>248</v>
+        <v>125</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257449311</t>
+          <t>9786057547293</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sufi Sinema</t>
+          <t>İslam Felsefesi Sözlüğü</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>240</v>
+        <v>329</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257449304</t>
+          <t>9786258162141</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Mekan</t>
+          <t>Günümüz Moğolistan Kazak Öyküsü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>240</v>
+        <v>576</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057446336</t>
+          <t>9786258162134</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eşikte ve Eksik</t>
+          <t>Günümüz Kumuk Öyküsü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>188</v>
+        <v>507</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057446329</t>
+          <t>9786257449960</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ağlama Tarihine Giriş</t>
+          <t>Yokuşun Çocukları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>158</v>
+        <v>496</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057446350</t>
+          <t>9786257449892</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yazının Önünde</t>
+          <t>Felsefece</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>270</v>
+        <v>351</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057446374</t>
+          <t>9786257449847</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Taceddin-i Veli Divanı</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>560</v>
+        <v>406</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057446367</t>
+          <t>9786257449854</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mimesis, İfade ve Gösterge</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>260</v>
+        <v>466</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057446343</t>
+          <t>9786257449861</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Kayıtları Ekseninde Bitlis'in Kültür Mirası</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>520</v>
+        <v>329</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057455253</t>
+          <t>9786257449885</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kırıntıları: Kerime ve Diğer Hikayeler</t>
+          <t>Yeni Çar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>443</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057455246</t>
+          <t>9786257449816</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Thomas Mann ve Goethe</t>
+          <t>Dört Mevsim Gazozu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057446305</t>
+          <t>9786257449830</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Saati</t>
+          <t>Joburg, Benim</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>230</v>
+        <v>172</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057455260</t>
+          <t>9786257449823</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Besmelede Aşk Celmile</t>
+          <t>Hayatın Şiiri Edebiyat</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>237</v>
+        <v>295</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057455284</t>
+          <t>9786257449878</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Anarkali</t>
+          <t>Şiir - Yorum</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>487</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057655277</t>
+          <t>9786257449809</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Güfteden Besteye Akatay</t>
+          <t>Tehlikeli Sınırlar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>237</v>
+        <v>357</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057455291</t>
+          <t>9786257449786</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hayal Tutkusu</t>
+          <t>Safderun Alafrangadan Kötücül Entelektüele</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>230</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789758988259</t>
+          <t>9786257449793</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi - 2</t>
+          <t>Soren Kierkegaard Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>470</v>
+        <v>329</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057455222</t>
+          <t>9786257449762</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya - Sırça Köşk</t>
+          <t>Gün Karşı Tepeden</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>239</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057455215</t>
+          <t>9786257449779</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kağnı - Ses</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>236</v>
+        <v>425</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057455208</t>
+          <t>9786257449755</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Korkunun Edebi Görüntüleri</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>230</v>
+        <v>603</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789758988327</t>
+          <t>9786257449410</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dil Evrensellikleri ve Dilbilim Tipolojisi</t>
+          <t>Deli Cesareti</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>446</v>
+        <v>203</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057547958</t>
+          <t>9786257449717</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Üstat Ekrem</t>
+          <t>Şairin Çekmecesi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>410</v>
+        <v>269</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057547965</t>
+          <t>9786257449700</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Erzurum, Van, Bitlis Vilayetlerinde Ermeni-Kürt İlişkileri (1908-1920)</t>
+          <t>Modern Afrika Edebiyatı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>330</v>
+        <v>624</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057547972</t>
+          <t>9786257449748</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ayna</t>
+          <t>Dün Yabancı Bugün Arkadaş (?)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>176</v>
+        <v>217</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057547989</t>
+          <t>9786257449403</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sahir</t>
+          <t>Kusurlu Güzellik</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>145</v>
+        <v>201</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057547897</t>
+          <t>9786257449724</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Anlatı/Yorum</t>
+          <t>Tahta Atın İçindekiler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>540</v>
+        <v>273</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057547941</t>
+          <t>9786257449731</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bir Güzel İnsan Ersin Nazif Gürdoğan</t>
+          <t>Shakespeare ve Eleştirmeni Brandes</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>520</v>
+        <v>439</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057547934</t>
+          <t>9786257449397</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mangan Mangan</t>
+          <t>Şiir Çıkmazında</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>411</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057547927</t>
+          <t>9786257449427</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şanlıurfa Kolyesi</t>
+          <t>Bu Toprakların Edebiyatı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>268</v>
+        <v>425</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057547828</t>
+          <t>9786257449359</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kırgız Öyküsü</t>
+          <t>Dostoyevski’nin Dünya Görüşü</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057547842</t>
+          <t>9786257449380</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kırım Tatar Öyküsü</t>
+          <t>Alman Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>510</v>
+        <v>325</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057547859</t>
+          <t>9786257449335</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Özbek Öyküsü</t>
+          <t>Türk Edebiyatında Kitap, Kütüphane ve Okuma Kültürü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>460</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057547866</t>
+          <t>9786257449373</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Rus Öyküsü</t>
+          <t>Bir Dava Adamı Nurettin Topçu</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057547835</t>
+          <t>9786257449342</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kazak Öyküsü</t>
+          <t>Kısa Devre</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>490</v>
+        <v>217</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057547873</t>
+          <t>9786257449366</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Postkoloni Üzerine</t>
+          <t>Dil Sürçmesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>416</v>
+        <v>210</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057547880</t>
+          <t>9786257449281</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Bütün Şiirleri ve Kompozisyon Felsefesi</t>
+          <t>Bütün Ağırlıklarım</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>310</v>
+        <v>217</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057547811</t>
+          <t>9786257449328</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Afgan Öyküsü</t>
+          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>235</v>
+        <v>562</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057547798</t>
+          <t>9786257449274</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bulmak İçin Buradan Ayrıl</t>
+          <t>İslam Dünyasında Alternatif Düzen Talepleri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>187</v>
+        <v>480</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057547781</t>
+          <t>9786257449298</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Arınma Festivali</t>
+          <t>Perdenin Dili</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>128</v>
+        <v>340</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057547743</t>
+          <t>9786257449311</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Lejyoner</t>
+          <t>Sufi Sinema</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>149</v>
+        <v>329</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057547750</t>
+          <t>9786257449304</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyetin Tahribi</t>
+          <t>Zaman İçinde Mekan</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>466</v>
+        <v>329</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057547767</t>
+          <t>9786057446336</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Mekansallık</t>
+          <t>Eşikte ve Eksik</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>280</v>
+        <v>258</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057547774</t>
+          <t>9786057446329</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Zirve Duygusu</t>
+          <t>İnsanlığın Ağlama Tarihine Giriş</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>199</v>
+        <v>217</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057547736</t>
+          <t>9786057446350</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Laf, Söz Olunca...</t>
+          <t>Yazının Önünde</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057547699</t>
+          <t>9786057446374</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bir Uğultuya Yasladılar</t>
+          <t>Taceddin-i Veli Divanı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>215</v>
+        <v>768</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057547729</t>
+          <t>9786057446367</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bediü'z-Zaman El-Hemezani ve Makameleri</t>
+          <t>Mimesis, İfade ve Gösterge</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>310</v>
+        <v>357</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057547705</t>
+          <t>9786057446343</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kuklalar İçin İplerden Sonra Yaşam</t>
+          <t>Vakıf Kayıtları Ekseninde Bitlis'in Kültür Mirası</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>190</v>
+        <v>713</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057547668</t>
+          <t>9786057455253</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Su Paradoksu</t>
+          <t>Hayat Kırıntıları: Kerime ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>370</v>
+        <v>607</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057547675</t>
+          <t>9786057455246</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Azerbeycan Öyküsü</t>
+          <t>Thomas Mann ve Goethe</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>340</v>
+        <v>273</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057547682</t>
+          <t>9786057446305</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Göçler ve Kültürler Bir Dünya Görüşü</t>
+          <t>Hüzün Saati</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>760</v>
+        <v>316</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057547606</t>
+          <t>9786057455260</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Öyküler: Ateşler - Çukurda</t>
+          <t>Besmelede Aşk Celmile</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>169</v>
+        <v>325</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057547644</t>
+          <t>9786057455284</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Urdu Edebiyatı Seçkisi</t>
+          <t>Anarkali</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>408</v>
+        <v>274</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057547590</t>
+          <t>9786057655277</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Güfteden Besteye Akatay</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057547651</t>
+          <t>9786057455291</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Felsefesi Veya Kalbin Paradoksları</t>
+          <t>Hayal Tutkusu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>470</v>
+        <v>316</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057547637</t>
+          <t>9789758988259</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sevap Defteri</t>
+          <t>Sembolik Formlar Felsefesi - 2</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>230</v>
+        <v>644</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057547385</t>
+          <t>9786057455222</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mizahı ve Reşat Nuri Güntekin’in Mizahi Hikayeciliği</t>
+          <t>Yeni Dünya - Sırça Köşk</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>570</v>
+        <v>480</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057547583</t>
+          <t>9786057455215</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard’da Öznel Hakikat Kavramı</t>
+          <t>Kağnı - Ses</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>540</v>
+        <v>324</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057457569</t>
+          <t>9786057455208</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Din ve Asi</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>378</v>
+        <v>316</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057547545</t>
+          <t>9789758988327</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bir Fırtına Tuttu Bizi</t>
+          <t>Dil Evrensellikleri ve Dilbilim Tipolojisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>146</v>
+        <v>612</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057547446</t>
+          <t>9786057547958</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ermiş (Osmanlıca)</t>
+          <t>Üstat Ekrem</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>198</v>
+        <v>562</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057547538</t>
+          <t>9786057547965</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kristal Kentler</t>
+          <t>Erzurum, Van, Bitlis Vilayetlerinde Ermeni-Kürt İlişkileri (1908-1920)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>140</v>
+        <v>453</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057547460</t>
+          <t>9786057547972</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kuran Nesneler</t>
+          <t>Toprak Ayna</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>330</v>
+        <v>242</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057547484</t>
+          <t>9786057547989</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Diğer Şeyler</t>
+          <t>Sahir</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>188</v>
+        <v>199</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057547477</t>
+          <t>9786057547897</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Farkı</t>
+          <t>Anlatı/Yorum</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>372</v>
+        <v>740</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057547491</t>
+          <t>9786057547941</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bir Gökyüzüne Önsöz</t>
+          <t>Bir Güzel İnsan Ersin Nazif Gürdoğan</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>128</v>
+        <v>713</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057547453</t>
+          <t>9786057547934</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yunus Divanı</t>
+          <t>Mangan Mangan</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>550</v>
+        <v>165</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059147675</t>
+          <t>9786057547927</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlarıma Mektuplar</t>
+          <t>Şanlıurfa Kolyesi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>199</v>
+        <v>368</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057547408</t>
+          <t>9786057547828</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hakediş Raporu</t>
+          <t>Günümüz Kırgız Öyküsü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>149</v>
+        <v>453</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057547422</t>
+          <t>9786057547842</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıldan Günümüze Türk Edebiyatında Öykü</t>
+          <t>Günümüz Kırım Tatar Öyküsü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>147</v>
+        <v>699</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057547392</t>
+          <t>9786057547859</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatının Mihenk Taşları</t>
+          <t>Günümüz Özbek Öyküsü</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>368</v>
+        <v>631</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057547415</t>
+          <t>9786057547866</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Afrika'nın Paylaşımı</t>
+          <t>Günümüz Rus Öyküsü</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>998</v>
+        <v>398</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057547439</t>
+          <t>9786057547835</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Rus Düşüncesi Bağlamında F. M. Dostoyevski'de Yabancılaşma Olgusu</t>
+          <t>Günümüz Kazak Öyküsü</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>660</v>
+        <v>672</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057547378</t>
+          <t>9786057547873</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İşrak Ruhun Renkleri (Ciltli)</t>
+          <t>Postkoloni Üzerine</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>570</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057547361</t>
+          <t>9786057547880</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yediler</t>
+          <t>Edgar Allan Poe Bütün Şiirleri ve Kompozisyon Felsefesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>148</v>
+        <v>425</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057547354</t>
+          <t>9786057547811</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Bir Direniş</t>
+          <t>Günümüz Afgan Öyküsü</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>169</v>
+        <v>322</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057547347</t>
+          <t>9786057547798</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Farsça Tefsir Metinlerinde Mitoloji</t>
+          <t>Bulmak İçin Buradan Ayrıl</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>460</v>
+        <v>257</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057547330</t>
+          <t>9786057547781</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Şeyler Yüzünden</t>
+          <t>Arınma Festivali</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>147</v>
+        <v>176</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057547309</t>
+          <t>9786057547743</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sufi Kişilik Psikolojisi</t>
+          <t>Lejyoner</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057547323</t>
+          <t>9786057547750</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Resmimi Dağlarla Çek</t>
+          <t>Mahremiyetin Tahribi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>130</v>
+        <v>639</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057547316</t>
+          <t>9786057547767</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Bin Türlü Yama</t>
+          <t>Mekansallık</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>130</v>
+        <v>384</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059556514</t>
+          <t>9786057547774</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Vişne Renkleri</t>
+          <t>Zirve Duygusu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>590</v>
+        <v>273</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059556408</t>
+          <t>9786057547736</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Neden Önemlidir</t>
+          <t>Laf, Söz Olunca...</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>720</v>
+        <v>316</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059556484</t>
+          <t>9786057547699</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Şaziye Berin’e Mektuplarıyla Ali Ekrem Bolayır</t>
+          <t>Annemi Bir Uğultuya Yasladılar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>640</v>
+        <v>295</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057547286</t>
+          <t>9786057547729</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafname</t>
+          <t>Bediü'z-Zaman El-Hemezani ve Makameleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>205</v>
+        <v>425</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059279932</t>
+          <t>9786057547705</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Dünya Siyasetinde Kültürel Etkenler</t>
+          <t>Kuklalar İçin İplerden Sonra Yaşam</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>588</v>
+        <v>261</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057547156</t>
+          <t>9786057547668</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Cinsiyet Diyalektiği</t>
+          <t>Su Paradoksu</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>810</v>
+        <v>507</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057547248</t>
+          <t>9786057547675</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Estetiğin Doğuşu</t>
+          <t>Günümüz Azerbeycan Öyküsü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>280</v>
+        <v>466</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057547217</t>
+          <t>9786057547682</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Goethe ve Dünya Edebiyatı</t>
+          <t>Göçler ve Kültürler Bir Dünya Görüşü</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>209</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057547194</t>
+          <t>9786057547606</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji - Atomdan Elektriğe Sağlıktan Silaha</t>
+          <t>Öyküler: Ateşler - Çukurda</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>560</v>
+        <v>232</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057547200</t>
+          <t>9786057547644</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Alim</t>
+          <t>Çağdaş Urdu Edebiyatı Seçkisi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>166</v>
+        <v>559</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057547224</t>
+          <t>9786057547590</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Alman Göçmenlerin Sohbetleri</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>174</v>
+        <v>302</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057547163</t>
+          <t>9786057547651</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Barışta Elverişsiz</t>
+          <t>Korkunun Felsefesi Veya Kalbin Paradoksları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>130</v>
+        <v>644</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057547170</t>
+          <t>9786057547637</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kafsız, Şinsiz ve Noktasız Hikayesi</t>
+          <t>Sevap Defteri</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>130</v>
+        <v>316</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057547125</t>
+          <t>9786057547385</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Göç Öyküleri</t>
+          <t>İstanbul Mizahı ve Reşat Nuri Güntekin’in Mizahi Hikayeciliği</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>320</v>
+        <v>781</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057547088</t>
+          <t>9786057547583</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Fatma Begüm'ün Saba Defteri</t>
+          <t>Soren Kierkegaard’da Öznel Hakikat Kavramı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>174</v>
+        <v>740</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057547132</t>
+          <t>9786057457569</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İran Edebiyatında Kadın</t>
+          <t>Din ve Asi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>510</v>
+        <v>518</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057547071</t>
+          <t>9786057547545</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Dubeytiler</t>
+          <t>Bir Fırtına Tuttu Bizi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>220</v>
+        <v>201</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057547095</t>
+          <t>9786057547446</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Orpheus'un Parçalanışı</t>
+          <t>Ermiş (Osmanlıca)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>470</v>
+        <v>272</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057547118</t>
+          <t>9786057547538</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Myanmar'ın İçindeki Düşman</t>
+          <t>Kristal Kentler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>360</v>
+        <v>192</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059954075</t>
+          <t>9786057547460</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Küçüldü</t>
+          <t>Şiir Kuran Nesneler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>396</v>
+        <v>453</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057547101</t>
+          <t>9786057547484</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Postkolonyalizm ve Edebiyat</t>
+          <t>Diğer Şeyler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>450</v>
+        <v>258</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057547149</t>
+          <t>9786057547477</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Seğirmek Manaları</t>
+          <t>Eleştiri Farkı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>169</v>
+        <v>510</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057547064</t>
+          <t>9786057547491</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Bir Gökyüzüne Önsöz</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>650</v>
+        <v>176</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057547057</t>
+          <t>9786057547453</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar Düşmek İçindir</t>
+          <t>Yunus Divanı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>149</v>
+        <v>754</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057547040</t>
+          <t>9786059147675</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Kahramanlarıma Mektuplar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>640</v>
+        <v>273</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057547033</t>
+          <t>9786057547408</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Modern Şiir Dilinde Sapmalar</t>
+          <t>Hakediş Raporu</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>340</v>
+        <v>205</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789758274246</t>
+          <t>9786057547422</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Konuşmacı</t>
+          <t>19. Yüzyıldan Günümüze Türk Edebiyatında Öykü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>140</v>
+        <v>202</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057547026</t>
+          <t>9786057547392</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yüz Sene Daha</t>
+          <t>Rus Edebiyatının Mihenk Taşları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>198</v>
+        <v>505</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786056864544</t>
+          <t>9786057547415</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Us Lekesi</t>
+          <t>Afrika'nın Paylaşımı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>210</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786056864582</t>
+          <t>9786057547439</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İslami Kendine Özgülük</t>
+          <t>Rus Düşüncesi Bağlamında F. M. Dostoyevski'de Yabancılaşma Olgusu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>440</v>
+        <v>905</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057547002</t>
+          <t>9786057547378</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>İşrak Ruhun Renkleri (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>174</v>
+        <v>343</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786056864599</t>
+          <t>9786057547361</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Büyük Mutfağı</t>
+          <t>Yediler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>230</v>
+        <v>203</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057547019</t>
+          <t>9786057547354</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dili</t>
+          <t>Çocukça Bir Direniş</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>528</v>
+        <v>232</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786056864568</t>
+          <t>9786057547347</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Farsça Tefsir Metinlerinde Mitoloji</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>158</v>
+        <v>631</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786056864575</t>
+          <t>9786057547330</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Okumaları</t>
+          <t>Olmayan Şeyler Yüzünden</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>378</v>
+        <v>202</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786056864506</t>
+          <t>9786057547309</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ya Sinek Sekiz Ya Buhurumeryem</t>
+          <t>Sufi Kişilik Psikolojisi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>130</v>
+        <v>288</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059556941</t>
+          <t>9786057547323</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Generali Tanımak</t>
+          <t>Resmimi Dağlarla Çek</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>268</v>
+        <v>179</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059556989</t>
+          <t>9786057547316</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Yazma</t>
+          <t>Bin Türlü Yama</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>191</v>
+        <v>179</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786056864520</t>
+          <t>9786059556514</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bütün Nesirleri</t>
+          <t>Vişne Renkleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>510</v>
+        <v>809</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059556996</t>
+          <t>9786059556408</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Coğrafya Neden Önemlidir</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>141</v>
+        <v>987</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059556934</t>
+          <t>9786059556484</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Gazzali ve İmgelem Poetikası</t>
+          <t>Şaziye Berin’e Mektuplarıyla Ali Ekrem Bolayır</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>598</v>
+        <v>877</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059556965</t>
+          <t>9786057547286</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Eksik Bir Seremoni</t>
+          <t>Fotoğrafname</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>169</v>
+        <v>281</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059556927</t>
+          <t>9786059279932</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kuran Nesneler</t>
+          <t>Dünya Siyasetinde Kültürel Etkenler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>280</v>
+        <v>806</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059556897</t>
+          <t>9786057547156</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İncinmişlik Asidi</t>
+          <t>İslam'da Cinsiyet Diyalektiği</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>145</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059556903</t>
+          <t>9786057547248</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Düş Görmeye Devam Ediyor</t>
+          <t>Türk Edebiyatında Estetiğin Doğuşu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>169</v>
+        <v>384</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059556880</t>
+          <t>9786057547217</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Konak Romanında Batılılaşma ve Dil Sorunları</t>
+          <t>Goethe ve Dünya Edebiyatı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>192</v>
+        <v>287</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059556873</t>
+          <t>9786057547194</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Şehre Yansıyan Medeniyet Edebiyata Yansıyan Şehir</t>
+          <t>Nükleer Enerji - Atomdan Elektriğe Sağlıktan Silaha</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>430</v>
+        <v>768</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059556866</t>
+          <t>9786057547200</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Atlık Dağı Türküsü</t>
+          <t>Alim</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>228</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059556859</t>
+          <t>9786057547224</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Felsefesi Tarihi</t>
+          <t>Alman Göçmenlerin Sohbetleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>1250</v>
+        <v>239</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059556842</t>
+          <t>9786057547163</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Adil Bir Akşam</t>
+          <t>Barışta Elverişsiz</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>158</v>
+        <v>179</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059556811</t>
+          <t>9786057547170</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Özgürleşme ve Çoğulculuk</t>
+          <t>Aşkın Kafsız, Şinsiz ve Noktasız Hikayesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>580</v>
+        <v>179</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059556699</t>
+          <t>9786057547125</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kara Irmak</t>
+          <t>Göç Öyküleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>100</v>
+        <v>439</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059556835</t>
+          <t>9786057547088</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Tolstoy</t>
+          <t>Fatma Begüm'ün Saba Defteri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>315</v>
+        <v>239</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059556804</t>
+          <t>9786057547132</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diktatörlük</t>
+          <t>Çağdaş İran Edebiyatında Kadın</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>450</v>
+        <v>699</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059556798</t>
+          <t>9786057547071</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Savaşın ve Şiddetin Sosyolojisi</t>
+          <t>Dubeytiler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>650</v>
+        <v>302</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059556828</t>
+          <t>9786057547095</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Orhan Kemal'in Hikaye Dünyası</t>
+          <t>Orpheus'un Parçalanışı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>505</v>
+        <v>644</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059556774</t>
+          <t>9786057547118</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Adam Mustafa Sarıçiçek</t>
+          <t>Myanmar'ın İçindeki Düşman</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>269</v>
+        <v>494</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059556781</t>
+          <t>9786059954075</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mekana Sinen Ruh</t>
+          <t>Gönüller Küçüldü</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>210</v>
+        <v>543</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059556750</t>
+          <t>9786057547101</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Urdu Dilinin Türk Asıllı Efsane Şairi Mirza Esedullah Han Galip</t>
+          <t>Postkolonyalizm ve Edebiyat</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>617</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059556736</t>
+          <t>9786057547149</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Mekan Odağında Türk Romanı İncelemeleri</t>
+          <t>Seğirmek Manaları</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>600</v>
+        <v>232</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059556729</t>
+          <t>9786057547064</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çağında Kültür</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>480</v>
+        <v>891</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059556712</t>
+          <t>9786057547057</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında İdealler ve Gerçeklik</t>
+          <t>Kanatlar Düşmek İçindir</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>490</v>
+        <v>205</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059556668</t>
+          <t>9786057547040</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Söylem</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>370</v>
+        <v>877</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789758274000</t>
+          <t>9786057547033</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ceylan Kovalamak</t>
+          <t>Modern Şiir Dilinde Sapmalar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>172</v>
+        <v>466</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059556682</t>
+          <t>9789758274246</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Babamı Öldüren Şeyler</t>
+          <t>Kayıp Konuşmacı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>174</v>
+        <v>192</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059556675</t>
+          <t>9786057547026</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaleminden</t>
+          <t>Yüz Sene Daha</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>272</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059556347</t>
+          <t>9786056864544</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yalnız Ölür</t>
+          <t>Us Lekesi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>796</v>
+        <v>288</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059556651</t>
+          <t>9786056864582</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Ortadoğu İlişkilerinin Ekonomi Politiği</t>
+          <t>İslami Kendine Özgülük</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>580</v>
+        <v>603</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059556644</t>
+          <t>9786057547002</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Teoride Din</t>
+          <t>Çırak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>640</v>
+        <v>239</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059556620</t>
+          <t>9786056864599</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ötesinde Müslümanlık</t>
+          <t>Osmanlı'nın Büyük Mutfağı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>440</v>
+        <v>316</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059556613</t>
+          <t>9786057547019</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
+          <t>Edebiyat Dili</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>191</v>
+        <v>724</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059556637</t>
+          <t>9786056864568</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Marx’ı Yeniden Düşünmek</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>360</v>
+        <v>217</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059556590</t>
+          <t>9786056864575</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Roman</t>
+          <t>Dostoyevski Okumaları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>390</v>
+        <v>518</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059556521</t>
+          <t>9786056864506</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Zihni Sömürgeden Azad</t>
+          <t>Ya Sinek Sekiz Ya Buhurumeryem</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>232</v>
+        <v>179</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059556569</t>
+          <t>9786059556941</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dilinin Sularında İlhan Berk</t>
+          <t>Generali Tanımak</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>510</v>
+        <v>368</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059556552</t>
+          <t>9786059556989</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Serazat</t>
+          <t>Çiçekli Yazma</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>174</v>
+        <v>262</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059556545</t>
+          <t>9786056864520</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Har</t>
+          <t>Bütün Nesirleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>130</v>
+        <v>699</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059556538</t>
+          <t>9786059556996</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Atları Uçuruma Sürmek</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059556477</t>
+          <t>9786059556934</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Uçurumlar Bestecisi</t>
+          <t>Gazzali ve İmgelem Poetikası</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>130</v>
+        <v>820</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059556446</t>
+          <t>9786059556965</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kuzey</t>
+          <t>Eksik Bir Seremoni</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>174</v>
+        <v>232</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059556439</t>
+          <t>9786059556927</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dullar Sokağı</t>
+          <t>Hikaye Kuran Nesneler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>206</v>
+        <v>384</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059556453</t>
+          <t>9786059556897</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Açık Yara</t>
+          <t>İncinmişlik Asidi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>140</v>
+        <v>199</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059556507</t>
+          <t>9786059556903</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş 100 Şiir</t>
+          <t>Kelebekler Düş Görmeye Devam Ediyor</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>360</v>
+        <v>232</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059556460</t>
+          <t>9786059556880</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kaygıdan Umuda Varoluşun Renkleri</t>
+          <t>Kiralık Konak Romanında Batılılaşma ve Dil Sorunları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>340</v>
+        <v>264</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059556415</t>
+          <t>9786059556873</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cumhuriyet</t>
+          <t>Şehre Yansıyan Medeniyet Edebiyata Yansıyan Şehir</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059556422</t>
+          <t>9786059556866</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Alman Romantiklerinden Fragmanlar</t>
+          <t>Atlık Dağı Türküsü</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>296</v>
+        <v>480</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059556392</t>
+          <t>9786059556859</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hikaye ve Diğer Öyküler</t>
+          <t>Yahudi Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>198</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059556361</t>
+          <t>9786059556842</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Toy</t>
+          <t>Adil Bir Akşam</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>130</v>
+        <v>217</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059556385</t>
+          <t>9786059556811</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma İmtihanı</t>
+          <t>Kur'an Özgürleşme ve Çoğulculuk</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>520</v>
+        <v>795</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059556378</t>
+          <t>9786059556699</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kırılmalar</t>
+          <t>Kara Irmak</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059556330</t>
+          <t>9786059556835</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Buz Ressamı</t>
+          <t>Eğitici Tolstoy</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>600</v>
+        <v>432</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059556309</t>
+          <t>9786059556804</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Saçları Vardır Aşkın</t>
+          <t>Dijital Diktatörlük</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>130</v>
+        <v>617</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059556293</t>
+          <t>9786059556798</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Büyük Prens</t>
+          <t>Savaşın ve Şiddetin Sosyolojisi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>160</v>
+        <v>891</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059556316</t>
+          <t>9786059556828</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Aşk Ebediyyen Değişir</t>
+          <t>Orhan Kemal'in Hikaye Dünyası</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>192</v>
+        <v>692</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059556323</t>
+          <t>9786059556774</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Oysa Rüyaydı</t>
+          <t>Gölgeli Adam Mustafa Sarıçiçek</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>196</v>
+        <v>369</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059556286</t>
+          <t>9786059556781</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Nogay Öyküsü</t>
+          <t>Mekana Sinen Ruh</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>288</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059556279</t>
+          <t>9786059556750</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Manhattan Transfer</t>
+          <t>Urdu Dilinin Türk Asıllı Efsane Şairi Mirza Esedullah Han Galip</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>630</v>
+        <v>329</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059556255</t>
+          <t>9786059556736</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Kaderler Müzesi</t>
+          <t>Tarih ve Mekan Odağında Türk Romanı İncelemeleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>230</v>
+        <v>822</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059556262</t>
+          <t>9786059556729</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kediyorum Yasını</t>
+          <t>İletişim Çağında Kültür</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>155</v>
+        <v>658</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059556248</t>
+          <t>9786059556712</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma ve Din</t>
+          <t>Rus Edebiyatında İdealler ve Gerçeklik</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>426</v>
+        <v>672</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059556231</t>
+          <t>9786059556668</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sisten Yazma</t>
+          <t>Şiirsel Söylem</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>145</v>
+        <v>507</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059556200</t>
+          <t>9789758274000</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Göç Ve Küresel Politika</t>
+          <t>Ceylan Kovalamak</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>400</v>
+        <v>236</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059556194</t>
+          <t>9786059556682</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Göç Meselesinde Temel Kavramlar</t>
+          <t>Babamı Öldüren Şeyler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>450</v>
+        <v>239</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059556187</t>
+          <t>9786059556675</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (2 Kitap Takım) (Ciltli)</t>
+          <t>Kendi Kaleminden</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>3950</v>
+        <v>274</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059356170</t>
+          <t>9786059556347</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İyi Toplum: İnsani Gündem</t>
+          <t>Herkes Yalnız Ölür</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>199</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059556132</t>
+          <t>9786059556651</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali'nin Eserlerinin Kaynakları</t>
+          <t>Türkiye - Ortadoğu İlişkilerinin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>190</v>
+        <v>795</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059556156</t>
+          <t>9786059556644</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bir Devletin Anatomisi</t>
+          <t>Türkiye’de Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>877</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059556163</t>
+          <t>9786059556620</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Felsefesinde Etik</t>
+          <t>Türkiye ve Ötesinde Müslümanlık</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>375</v>
+        <v>603</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059556125</t>
+          <t>9786059556613</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kamçı</t>
+          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>130</v>
+        <v>262</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059556071</t>
+          <t>9786059556637</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Başkası</t>
+          <t>Marx’ı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>296</v>
+        <v>494</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059556101</t>
+          <t>9786059556590</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Bilinç ve Roman</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>145</v>
+        <v>535</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059556095</t>
+          <t>9786059556521</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Raşid Gannuşi</t>
+          <t>Zihni Sömürgeden Azad</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>510</v>
+        <v>318</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059556118</t>
+          <t>9786059556569</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kapısı</t>
+          <t>Şiir Dilinin Sularında İlhan Berk</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>728</v>
+        <v>699</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059556088</t>
+          <t>9786059556552</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Ayini</t>
+          <t>Serazat</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>191</v>
+        <v>239</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059279963</t>
+          <t>9786059556545</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Hikaye</t>
+          <t>Har</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>276</v>
+        <v>179</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059279987</t>
+          <t>9786059556538</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Biri Beni Onarsın</t>
+          <t>Atları Uçuruma Sürmek</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>148</v>
+        <v>269</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059556033</t>
+          <t>9786059556477</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Parodi: Antik Modern ve Postmodern</t>
+          <t>Uçurumlar Bestecisi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>520</v>
+        <v>179</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059556057</t>
+          <t>9786059556446</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Talan</t>
+          <t>Kuzey</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>140</v>
+        <v>239</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059556019</t>
+          <t>9786059556439</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kısık Vadisi</t>
+          <t>Dullar Sokağı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>230</v>
+        <v>283</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059556040</t>
+          <t>9786059556453</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İkbal’e Dair</t>
+          <t>Açık Yara</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>470</v>
+        <v>192</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059279949</t>
+          <t>9786059556507</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Wikipedia U</t>
+          <t>Seçilmiş 100 Şiir</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>285</v>
+        <v>494</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059279789</t>
+          <t>9786059556460</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine</t>
+          <t>Kaygıdan Umuda Varoluşun Renkleri</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>850</v>
+        <v>466</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059279901</t>
+          <t>9786059556415</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Eric Fromm'un İnsan ve Toplum Anlayışı</t>
+          <t>Kayıp Cumhuriyet</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>390</v>
+        <v>809</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059279918</t>
+          <t>9786059556422</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Otomatların Marşı</t>
+          <t>Alman Romantiklerinden Fragmanlar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>169</v>
+        <v>406</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059279833</t>
+          <t>9786059556392</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Romanda Mistik Eğilimler</t>
+          <t>Yarım Kalan Hikaye ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>790</v>
+        <v>272</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059279758</t>
+          <t>9786059556361</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Atlar Göçebe</t>
+          <t>Toy</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>220</v>
+        <v>179</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059279819</t>
+          <t>9786059556385</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Açık Kalsın</t>
+          <t>Hayatta Kalma İmtihanı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>174</v>
+        <v>713</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059279888</t>
+          <t>9786059556378</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Şeb-i Yelda</t>
+          <t>Kırılmalar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>132</v>
+        <v>192</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059279826</t>
+          <t>9786059556330</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyaya Karşı</t>
+          <t>Buz Ressamı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>706</v>
+        <v>822</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059279802</t>
+          <t>9786059556309</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Saçları Vardır Aşkın</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>479</v>
+        <v>179</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059279741</t>
+          <t>9786059556293</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Arap ve Fars Kadın Öykücülerden İnciler</t>
+          <t>Büyük Prens</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059279772</t>
+          <t>9786059556316</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>90'larda Türk Öyküsü</t>
+          <t>Şimdi Aşk Ebediyyen Değişir</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>320</v>
+        <v>264</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059279871</t>
+          <t>9786059556323</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Üstkurgu / Üstkurmaca Üzerine</t>
+          <t>Oysa Rüyaydı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>276</v>
+        <v>269</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059279796</t>
+          <t>9786059556286</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğin Peşinde Taşkent'e Doğru</t>
+          <t>Çağdaş Nogay Öyküsü</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>240</v>
+        <v>274</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059279864</t>
+          <t>9786059556279</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Çolak Hattat</t>
+          <t>Manhattan Transfer</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>864</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059279857</t>
+          <t>9786059556255</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yokluk Güzel Yalnızlık İyi</t>
+          <t>Kaybolmuş Kaderler Müzesi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>140</v>
+        <v>316</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057455239</t>
+          <t>9786059556262</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Medrese Hatıraları</t>
+          <t>Kediyorum Yasını</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>213</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059279703</t>
+          <t>9786059556248</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Meczupların Görevleri</t>
+          <t>Aydınlanma ve Din</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>187</v>
+        <v>584</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059279727</t>
+          <t>9786059556231</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Londra Manzaraları ve Başka Yazılar</t>
+          <t>Sisten Yazma</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>174</v>
+        <v>199</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059279710</t>
+          <t>9786059556200</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Tahayyülat</t>
+          <t>Zorunlu Göç Ve Küresel Politika</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>145</v>
+        <v>548</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059279598</t>
+          <t>9786059556194</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Karşılaşmalar</t>
+          <t>Göç Meselesinde Temel Kavramlar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>168</v>
+        <v>617</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059279604</t>
+          <t>9786059556187</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Havalar</t>
+          <t>Mesnevi (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>5412</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944195454</t>
+          <t>9786059356170</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Pis Kan</t>
+          <t>İyi Toplum: İnsani Gündem</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>130</v>
+        <v>273</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059279222</t>
+          <t>9786059556132</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl'ın Çilesi</t>
+          <t>Sabahattin Ali'nin Eserlerinin Kaynakları</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>199</v>
+        <v>261</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059279239</t>
+          <t>9786059556156</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Rudolf Bultmann'da Vahiy ve Mitoloji</t>
+          <t>Bir Devletin Anatomisi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>240</v>
+        <v>343</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789758274604</t>
+          <t>9786059556163</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Naima</t>
+          <t>Çağdaş Fransız Felsefesinde Etik</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>514</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055108113</t>
+          <t>9786059556125</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Mütercim</t>
+          <t>Kamçı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>290</v>
+        <v>179</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789758988525</t>
+          <t>9786059556071</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İçimizin Yıldızları</t>
+          <t>İçimizdeki Başkası</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>312</v>
+        <v>406</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059954877</t>
+          <t>9786059556101</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamak</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>530</v>
+        <v>199</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059279086</t>
+          <t>9786059556095</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sahurla Gelen Erkekler</t>
+          <t>Raşid Gannuşi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>158</v>
+        <v>699</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059279062</t>
+          <t>9786059556118</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Leke</t>
+          <t>Güneşin Kapısı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>199</v>
+        <v>998</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059279055</t>
+          <t>9786059556088</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Garip Hikayeler Kitabı</t>
+          <t>Pazartesi Ayini</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>220</v>
+        <v>262</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059954938</t>
+          <t>9786059279963</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Osmanlıca)</t>
+          <t>Türk Edebiyatında Manzum Hikaye</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>175</v>
+        <v>379</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059954921</t>
+          <t>9786059279987</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları</t>
+          <t>Biri Beni Onarsın</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>380</v>
+        <v>203</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059954839</t>
+          <t>9786059556033</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Parodi: Antik Modern ve Postmodern</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>298</v>
+        <v>713</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059954815</t>
+          <t>9786059556057</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Derkenar Şiir</t>
+          <t>Kusursuz Talan</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>145</v>
+        <v>192</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059954082</t>
+          <t>9786059556019</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Minareden Düşen Ezan</t>
+          <t>Kısık Vadisi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>190</v>
+        <v>316</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059954808</t>
+          <t>9786059556040</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler İçerisinde</t>
+          <t>İkbal’e Dair</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>466</v>
+        <v>644</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059954792</t>
+          <t>9786059279949</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Büyük Saat'in Vuruşu</t>
+          <t>Wikipedia U</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>298</v>
+        <v>391</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059954853</t>
+          <t>9786059279789</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Kitabı</t>
+          <t>Edebiyat Üzerine</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>590</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789758988600</t>
+          <t>9786059279901</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak</t>
+          <t>Eric Fromm'un İnsan ve Toplum Anlayışı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>270</v>
+        <v>535</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059954846</t>
+          <t>9786059279918</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Gücü</t>
+          <t>Otomatların Marşı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>235</v>
+        <v>232</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059954822</t>
+          <t>9786059279833</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Herşey Çok Güzel</t>
+          <t>Romanda Mistik Eğilimler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>144</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059954648</t>
+          <t>9786059279758</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Üzerine Düşünceler</t>
+          <t>Atlar Göçebe</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>755</v>
+        <v>302</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789758988594</t>
+          <t>9786059279819</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Dünyası</t>
+          <t>Işıklar Açık Kalsın</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>428</v>
+        <v>239</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059954723</t>
+          <t>9786059279888</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Dünyasında Tanpınar</t>
+          <t>Şeb-i Yelda</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>230</v>
+        <v>181</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059954761</t>
+          <t>9786059279826</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Adına Hazırım</t>
+          <t>Modern Dünyaya Karşı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>145</v>
+        <v>968</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059954716</t>
+          <t>9786059279802</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kıyı</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>155</v>
+        <v>657</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059954907</t>
+          <t>9786059279741</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sükut Suretinde Şerhi</t>
+          <t>Arap ve Fars Kadın Öykücülerden İnciler</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>144</v>
+        <v>480</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059954730</t>
+          <t>9786059279772</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Oktay Şiiri</t>
+          <t>90'larda Türk Öyküsü</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>620</v>
+        <v>439</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059954754</t>
+          <t>9786059279871</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teoride Din</t>
+          <t>Üstkurgu / Üstkurmaca Üzerine</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>516</v>
+        <v>379</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059954693</t>
+          <t>9786059279796</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Kültürü</t>
+          <t>Ekmeğin Peşinde Taşkent'e Doğru</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>352</v>
+        <v>329</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789944195201</t>
+          <t>9786059279864</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Bahçenin Epik Sürgünü</t>
+          <t>Çolak Hattat</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>145</v>
+        <v>274</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789944195430</t>
+          <t>9786059279857</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Dili Lal</t>
+          <t>Yokluk Güzel Yalnızlık İyi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>145</v>
+        <v>192</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>3990000087515</t>
+          <t>9786057455239</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Rölativite Teorisi Üzerine Felsefi İncelemeler</t>
+          <t>Medrese Hatıraları</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>200</v>
+        <v>274</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059954662</t>
+          <t>9786059279703</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kültürel - Dini Farklılık ve Ebu Hanife</t>
+          <t>Meczupların Görevleri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789758274918</t>
+          <t>9786059279727</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’nin Menakıbi</t>
+          <t>Londra Manzaraları ve Başka Yazılar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>141</v>
+        <v>239</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789758988297</t>
+          <t>9786059279710</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’nin Günlük Duaları</t>
+          <t>Tahayyülat</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>237</v>
+        <v>199</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789944195591</t>
+          <t>9786059279598</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hu</t>
+          <t>Tehlikeli Karşılaşmalar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>440</v>
+        <v>231</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789758988334</t>
+          <t>9786059279604</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kültür Bilimlerinin Mantığı Üzerine</t>
+          <t>Dışarıdaki Havalar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>239</v>
+        <v>274</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9799758988364</t>
+          <t>9789944195454</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Trajik Gerçekçilik ve Modern Toplum</t>
+          <t>Pis Kan</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>428</v>
+        <v>179</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059954600</t>
+          <t>9786059279222</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıyorum</t>
+          <t>Necip Fazıl'ın Çilesi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>500</v>
+        <v>273</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059954426</t>
+          <t>9786059279239</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete İran Şiiri</t>
+          <t>Rudolf Bultmann'da Vahiy ve Mitoloji</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>740</v>
+        <v>329</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059954402</t>
+          <t>9789758274604</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Komşuluk Kültürü</t>
+          <t>Naima</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>320</v>
+        <v>274</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059954433</t>
+          <t>9786055108113</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yekrek</t>
+          <t>Mütercim</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>191</v>
+        <v>398</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789944195669</t>
+          <t>9789758988525</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Modern Öykü Kuramı</t>
+          <t>İçimizin Yıldızları</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>460</v>
+        <v>428</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059954594</t>
+          <t>9786059954877</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi: Giriş</t>
+          <t>Birlikte Yaşamak</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>362</v>
+        <v>727</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059954570</t>
+          <t>9786059279086</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>İntihar İlacı</t>
+          <t>Sahurla Gelen Erkekler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>130</v>
+        <v>217</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789758274932</t>
+          <t>9786059279062</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>İnatçı Leke</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>175</v>
+        <v>273</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786059954679</t>
+          <t>9786059279055</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Modern Mısır Romanı 1 (1914-1944)</t>
+          <t>Garip Hikayeler Kitabı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>388</v>
+        <v>302</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786055108144</t>
+          <t>9786059954938</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Dini Düşüncenin Yeniden Yapılandırılması</t>
+          <t>Küçük Prens (Osmanlıca)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055108137</t>
+          <t>9786059954921</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Deyip Geçme</t>
+          <t>Zamanın Kapıları</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>150</v>
+        <v>521</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059954624</t>
+          <t>9786059954839</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Balkon Çıkmazında Efendilik Tarihi</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>132</v>
+        <v>409</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055108373</t>
+          <t>9786059954815</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Hayat</t>
+          <t>Derkenar Şiir</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786055108359</t>
+          <t>9786059954082</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Uzayan Gölgeler</t>
+          <t>Minareden Düşen Ezan</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>174</v>
+        <v>261</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055108380</t>
+          <t>9786059954808</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Mustafa'nın Karesi</t>
+          <t>Dehşetler İçerisinde</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>346</v>
+        <v>639</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055108366</t>
+          <t>9786059954792</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni'nin Boy Aynası</t>
+          <t>Büyük Saat'in Vuruşu</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>536</v>
+        <v>409</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789944195959</t>
+          <t>9786059954853</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Cebrail Kanadı</t>
+          <t>Ziya Gökalp Kitabı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>256</v>
+        <v>809</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055108168</t>
+          <t>9789758988600</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve Gelenekselcilik Arasında Din</t>
+          <t>Öykü Yazmak</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786059279642</t>
+          <t>9786059954846</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Yazıdaki Yaşamlar</t>
+          <t>Sanatın Gücü</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>306</v>
+        <v>322</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059279680</t>
+          <t>9786059954822</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden Düşmeyelim</t>
+          <t>Herşey Çok Güzel</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786059279673</t>
+          <t>9786059954648</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Re Mektupları</t>
+          <t>Sürgün Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>148</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055108236</t>
+          <t>9789758988594</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Dünyada Şiir</t>
+          <t>Kültürün Dünyası</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>199</v>
+        <v>587</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789944195249</t>
+          <t>9786059954723</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslami Siyasi Düşünce</t>
+          <t>Türk Düşünce Dünyasında Tanpınar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>370</v>
+        <v>316</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789944195232</t>
+          <t>9786059954761</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Seke Seke Ben Geldim - Sekmeler 2</t>
+          <t>Adına Hazırım</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>399</v>
+        <v>199</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789758988730</t>
+          <t>9786059954716</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Güne Doğan Koşu</t>
+          <t>Kıyı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>620</v>
+        <v>213</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059556958</t>
+          <t>9786059954907</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Gerekli Açıklama</t>
+          <t>Sükut Suretinde Şerhi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>210</v>
+        <v>198</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789944195737</t>
+          <t>9786059954730</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Frenk Havaları</t>
+          <t>Ahmet Oktay Şiiri</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>187</v>
+        <v>850</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789944195614</t>
+          <t>9786059954754</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Eşikteki Özgürlük</t>
+          <t>Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>473</v>
+        <v>707</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789944195935</t>
+          <t>9786059954693</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eylemi ve Nuri Pakdil</t>
+          <t>Felsefe Kültürü</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>720</v>
+        <v>483</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789758274338</t>
+          <t>9789944195201</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde İstanbul</t>
+          <t>Bahçenin Epik Sürgünü</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>328</v>
+        <v>199</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789758274147</t>
+          <t>9789944195430</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Ben Beyrut</t>
+          <t>Rüzgarın Dili Lal</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789758988754</t>
+          <t>3990000087515</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Kandilleri</t>
+          <t>Rölativite Teorisi Üzerine Felsefi İncelemeler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>467</v>
+        <v>274</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789944195713</t>
+          <t>9786059954662</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Aramızda</t>
+          <t>Kültürel - Dini Farklılık ve Ebu Hanife</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>156</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789944195423</t>
+          <t>9789758274918</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Acemi Çisenti</t>
+          <t>İbn Arabi’nin Menakıbi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>130</v>
+        <v>194</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789944195645</t>
+          <t>9789758988297</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>İbn Arabi’nin Günlük Duaları</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>191</v>
+        <v>325</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789758988440</t>
+          <t>9789944195591</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Yusuf’un Gençliği 2. Cilt</t>
+          <t>Hu</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>450</v>
+        <v>603</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789758988433</t>
+          <t>9789758988334</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Yakup’un Hikayeleri 1. Cilt</t>
+          <t>Kültür Bilimlerinin Mantığı Üzerine</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>570</v>
+        <v>328</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786058988891</t>
+          <t>9799758988364</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Cilt: 4</t>
+          <t>Trajik Gerçekçilik ve Modern Toplum</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>725</v>
+        <v>587</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789758274260</t>
+          <t>9786059954600</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yazılar</t>
+          <t>Hikaye Anlatıyorum</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>245</v>
+        <v>685</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789758988662</t>
+          <t>9786059954426</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Hayatı</t>
+          <t>Meşrutiyetten Cumhuriyete İran Şiiri</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>620</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789758988150</t>
+          <t>9786059954402</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Tükenerek Çoğalmak</t>
+          <t>Komşuluk Kültürü</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>290</v>
+        <v>439</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789944195058</t>
+          <t>9786059954433</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapı ve Değişme Kuramları</t>
+          <t>Yekrek</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>437</v>
+        <v>262</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9799758988517</t>
+          <t>9789944195669</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Şairler</t>
+          <t>Modern Öykü Kuramı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>280</v>
+        <v>631</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789944195683</t>
+          <t>9786059954594</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler İçin Savaş</t>
+          <t>İslam Felsefesi: Giriş</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>490</v>
+        <v>496</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789758988266</t>
+          <t>9786059954570</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi 3</t>
+          <t>İntihar İlacı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>810</v>
+        <v>179</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789944195874</t>
+          <t>9789758274932</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Sahte Siyah</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9799758274962</t>
+          <t>9786059954679</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Özgür Birey Sınırlı Devlet</t>
+          <t>Modern Mısır Romanı 1 (1914-1944)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>294</v>
+        <v>532</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789758988778</t>
+          <t>9786055108144</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Hazanında Gazel Dökümü</t>
+          <t>İslam'da Dini Düşüncenin Yeniden Yapılandırılması</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>580</v>
+        <v>411</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789944195508</t>
+          <t>9786055108137</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kumercin</t>
+          <t>Geçmiş Zaman Deyip Geçme</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>145</v>
+        <v>206</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789944195102</t>
+          <t>9786059954624</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>K’sız Ş’siz Aşkın Hikayesi</t>
+          <t>Balkon Çıkmazında Efendilik Tarihi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>200</v>
+        <v>181</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789758274925</t>
+          <t>9786055108373</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Varoluş</t>
+          <t>Ansızın Hayat</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>445</v>
+        <v>264</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789758988648</t>
+          <t>9786055108359</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Kaşıkçı Ali Rıza</t>
+          <t>Uzayan Gölgeler</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>340</v>
+        <v>239</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059954945</t>
+          <t>9786055108380</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Romanda Bilgi İktidar İdeoloji</t>
+          <t>Mustafa'nın Karesi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>396</v>
+        <v>475</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055108083</t>
+          <t>9786055108366</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kırmızının Çağrısı</t>
+          <t>İkinci Yeni'nin Boy Aynası</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>169</v>
+        <v>735</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786055108120</t>
+          <t>9789944195959</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>İrade</t>
+          <t>Cebrail Kanadı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>145</v>
+        <v>351</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789944195188</t>
+          <t>9786055108168</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dürbünü</t>
+          <t>Modernizm ve Gelenekselcilik Arasında Din</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>399</v>
+        <v>685</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055108175</t>
+          <t>9786059279642</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Her Roj Ji Emir Diçe</t>
+          <t>Yazıdaki Yaşamlar</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>98</v>
+        <v>420</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789944195270</t>
+          <t>9786059279680</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmaz</t>
+          <t>Tut Elimden Düşmeyelim</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>169</v>
+        <v>274</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789944195287</t>
+          <t>9786059279673</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük İnsan: Dostoyevski - Pascal - Ibsen (Ciltli)</t>
+          <t>Re Mektupları</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>290</v>
+        <v>203</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789944195812</t>
+          <t>9786055108236</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kelebek, Şair ve İzler</t>
+          <t>Huzursuz Dünyada Şiir</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>156</v>
+        <v>273</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
+          <t>9789944195249</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İslami Siyasi Düşünce</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9789944195232</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Seke Seke Ben Geldim - Sekmeler 2</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9789758988730</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Güne Doğan Koşu</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786059556958</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Gerekli Açıklama</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9789944195737</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Frenk Havaları</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9789944195614</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Eşikteki Özgürlük</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9789944195935</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Eylemi ve Nuri Pakdil</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9789758274338</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Divan Şiirinde İstanbul</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9789758274147</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Ben Beyrut</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9789758988754</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Asya’nın Kandilleri</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9789944195713</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Aramızda</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9789944195423</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Acemi Çisenti</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9789944195645</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Zamansız</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9789758988440</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf ve Kardeşleri Yusuf’un Gençliği 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9789758988433</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf ve Kardeşleri Yakup’un Hikayeleri 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786058988891</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf ve Kardeşleri Cilt: 4</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9789758274260</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Yazılar</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9789758988662</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Türk Düşünce Hayatı</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9789758988150</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Tükenerek Çoğalmak</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9789944195058</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Yapı ve Değişme Kuramları</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9799758988517</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Şeyhülislam Şairler</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9789944195683</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler İçin Savaş</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9789758988266</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Sembolik Formlar Felsefesi 3</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9789944195874</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Siyah</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9799758274962</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Birey Sınırlı Devlet</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9789758988778</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’nın Hazanında Gazel Dökümü</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9789944195508</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Kumercin</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9789944195102</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>K’sız Ş’siz Aşkın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9789758274925</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Benlik ve Varoluş</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9789758988648</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis Kaşıkçı Ali Rıza</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786059954945</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Romanda Bilgi İktidar İdeoloji</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786055108083</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızının Çağrısı</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786055108120</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>İrade</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9789944195188</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Dürbünü</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786055108175</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Her Roj Ji Emir Diçe</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9789944195270</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Hacıyatmaz</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9789944195287</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Üç Büyük İnsan: Dostoyevski - Pascal - Ibsen (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9789944195812</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek, Şair ve İzler</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
           <t>9786055108106</t>
         </is>
       </c>
-      <c r="B566" s="1" t="inlineStr">
+      <c r="B604" s="1" t="inlineStr">
         <is>
           <t>Maveraünnehir Defterleri</t>
         </is>
       </c>
-      <c r="C566" s="1">
-        <v>230</v>
+      <c r="C604" s="1">
+        <v>316</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>