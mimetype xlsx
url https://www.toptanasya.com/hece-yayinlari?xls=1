--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -85,9085 +85,12550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255956057</t>
+          <t>9786055108816</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek</t>
+          <t>Hızlı Düşün Akıllıca Konuş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>198</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055108427</t>
+          <t>9786055108786</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İyilik Hazinesi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>198</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059954105</t>
+          <t>9786055108779</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanların Fısıltısı</t>
+          <t>Afrikalı Çocuk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055108410</t>
+          <t>9786055108847</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kulübedeki Sır</t>
+          <t>Orhan Kemal ve Romanları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>210</v>
+        <v>830</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059954266</t>
+          <t>9786055108502</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayat Aslında Belki</t>
+          <t>Ateş Yalımı Üstünde Bir Toplantı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059954280</t>
+          <t>9786055108496</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kabul Vakti</t>
+          <t>Süper Selma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059954297</t>
+          <t>9786055108472</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kayıklar Sulardan Silindi</t>
+          <t>Metalepsis</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>198</v>
+        <v>295</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059279468</t>
+          <t>9786055108465</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mahpus Muharrir Kemal Tahir</t>
+          <t>Kişisel Gelişim ve Makbul İnsan İmalatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059279451</t>
+          <t>9786055108458</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Toplumsal Değişimin Ekseni Olarak Modern ve Muhafazakar Kadının Evrimi</t>
+          <t>Çağdaş Batı Düşüncesinde Din - 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059954303</t>
+          <t>9786055108434</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Estetik Yargının Epistemolojik Analizi</t>
+          <t>Patikaların Çağrısı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>580</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059954457</t>
+          <t>9786055108403</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kırım Tatar Öyküsü</t>
+          <t>Leylek Isırığı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>239</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799758274535</t>
+          <t>9786059279406</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pali Metinlerine Göre Gotama Buddha</t>
+          <t>Günümüz Karakalpak Öyküsü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>510</v>
+        <v>599</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9799758988289</t>
+          <t>9786255956798</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları</t>
+          <t>Sular Rüyalarını Hep Bana Anlatır</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>184</v>
+        <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256610118</t>
+          <t>9786059279253</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Veda Koleksiyoncusu</t>
+          <t>Yaman Kan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059556705</t>
+          <t>9786059279147</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kelimelere Benzemeyen Kelimeler</t>
+          <t>Düşüşün Dört Mevsimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>169</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758988044</t>
+          <t>9786059279185</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Saklı Yara</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>129</v>
+        <v>490</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944195768</t>
+          <t>9786059279437</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ölü Diller Arşivi</t>
+          <t>Çin Kadar Uzak Can Kadar Yakın Şehirler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>116</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944195478</t>
+          <t>9786059279413</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Muhtemel Menkıbeler</t>
+          <t>Recaizade Mahmut Ekrem Külliyatı 2 - Takdir-i Elhan Kudemadan Birkaç Şair Pejmürde Takrizat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>105</v>
+        <v>375</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758988532</t>
+          <t>9786059279130</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Muhayyer Bütün Öyküler</t>
+          <t>Dil Kültür ve Gelenek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>357</v>
+        <v>499</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944195706</t>
+          <t>9786059279192</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinde Metaforik Üslup</t>
+          <t>Hayatını Geri Al</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>316</v>
+        <v>799</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758274635</t>
+          <t>9786059279246</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İrrasyonel İnsan</t>
+          <t>Sırlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758274895</t>
+          <t>9789758988786</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Poetikası</t>
+          <t>Irmağın İçli Sesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>912</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944195089</t>
+          <t>9786057547231</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslami Benliğin İç yüzü</t>
+          <t>İdeoloji: Multidisipliner Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059954396</t>
+          <t>9786059556743</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tahlil Tahrip İnşa</t>
+          <t>Pakistan Hindistan Öyküleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>438</v>
+        <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055108076</t>
+          <t>9786059556491</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kadife Durağı</t>
+          <t>Edebiyat Kuramı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>116</v>
+        <v>156</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057547262</t>
+          <t>9786059556354</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Düşünür ve Devlet Adamı Aliya İzzetbegoviç</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>314</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059954068</t>
+          <t>9799758988418</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hafız Divanı (Ciltli)</t>
+          <t>Sis</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>2014</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944195942</t>
+          <t>9799758274580</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Tanıkları</t>
+          <t>Simge ve Kökenörnek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>328</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944195621</t>
+          <t>9789758274789</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yarın Bekleyebilir</t>
+          <t>Sevda Yüce Gözlerle Rubailer</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>99</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758988679</t>
+          <t>9789758988624</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kökeni</t>
+          <t>Sert Geçecek Bu Kış</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>246</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059279611</t>
+          <t>9799758988258</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yüzümdeki Eşik</t>
+          <t>Sembolik Formlar Felsefesi - 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>501</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059556064</t>
+          <t>9789944195485</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İroninin Retoriği</t>
+          <t>Sembol Kavramının Doğası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>417</v>
+        <v>26</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059556217</t>
+          <t>9789944195362</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anti - Freud</t>
+          <t>Seferi Yazılar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>253</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059279925</t>
+          <t>9789758274628</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İdris-i Bidlisi Selim Şah-Name</t>
+          <t>Seçme Rubailer</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>496</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055108021</t>
+          <t>9789758274772</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Efendisine</t>
+          <t>Saçlarının Ucunda İstanbul</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>228</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057547552</t>
+          <t>9799758274696</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizmin Poetikası</t>
+          <t>Roman Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>492</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057547521</t>
+          <t>9789944195522</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nuri Pakdil - Direniş Hattında Bir Devrimci</t>
+          <t>Rahmanın Ayetleri Karşısında</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>528</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057547187</t>
+          <t>9799758988401</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türkü Dinleme Temrinleri</t>
+          <t>Parmak ile Boyanmış</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>155</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944195607</t>
+          <t>9789944195997</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan (Ciltli)</t>
+          <t>Öykümüzün Kırk Kapısı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059954495</t>
+          <t>9789758274291</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çiğnimizde Bir Akrep</t>
+          <t>Öykümüzün Hikayesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059954532</t>
+          <t>9789758988112</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aynı Irmağa Çılgınca</t>
+          <t>Ömrüm</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>288</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059954501</t>
+          <t>9789758988220</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kekeme Edebiyat</t>
+          <t>Ölüm Daha Güzeldi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>542</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059954990</t>
+          <t>9799758988371</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kısacık Yazılar</t>
+          <t>Otuzüçüncü Peron</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>665</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059954525</t>
+          <t>9799758988494</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Öykü Risalesi</t>
+          <t>Nurlar Yuvası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059954464</t>
+          <t>9799758274504</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Antropolojinin 100. Yılında Kuramdan Sahaya Çalışmalar</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>795</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056864513</t>
+          <t>9799758988340</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Afrika'ya Dair</t>
+          <t>Müslüman Ütopyacı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>432</v>
+        <v>330</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059954891</t>
+          <t>9789944195010</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Spinoza'nın Tanrı Anlayışı</t>
+          <t>Müseyyeb Gazi Destanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>355</v>
+        <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059279543</t>
+          <t>9789758988846</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Dünyası</t>
+          <t>Müseyyeb - Name</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>302</v>
+        <v>215</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059279208</t>
+          <t>9789758988006</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz  (Sırlar Güllüğü)</t>
+          <t>Modern Edebiyat Teorilerinin Felsefesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>302</v>
+        <v>173</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059279499</t>
+          <t>9789758988174</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu İnsanlarının Ülkesinden Günlükler</t>
+          <t>Modern Dünyanın Bunalımı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>946</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059954976</t>
+          <t>9789758274345</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>Mevlana ve Mevlevilik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>302</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059954471</t>
+          <t>9789758988136</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İnsan Okudum</t>
+          <t>Medeniyet ve Diriliş</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>343</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257449120</t>
+          <t>3990000017132</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Başkurt Öyküsü</t>
+          <t>Küresel Çağda Varolmak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>480</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059279529</t>
+          <t>9789944195676</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bir Tavil</t>
+          <t>Küresel Çağda Kaybolmak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>268</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059279536</t>
+          <t>9789758988952</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Ben</t>
+          <t>Kültür Sosyolojisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>268</v>
+        <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059279215</t>
+          <t>9789758988587</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Herkes Kontes</t>
+          <t>Kültür Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059279512</t>
+          <t>9799758274498</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hediyeler</t>
+          <t>Pencere</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>603</v>
+        <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059279307</t>
+          <t>9799758988272</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çatlaklar Eşikler Avuntular</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>192</v>
+        <v>148</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059279291</t>
+          <t>9789758274475</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Öykü Öykü Dedikleri</t>
+          <t>Konfüçyüs</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>357</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059279284</t>
+          <t>9789944195751</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Söz Oyası</t>
+          <t>Kent Sosyolojisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>247</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255956927</t>
+          <t>9799758988395</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Simurg Okulu - Dönüş</t>
+          <t>Kendi ve Siyah</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>179</v>
+        <v>45</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255956934</t>
+          <t>9799758274757</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yankısız</t>
+          <t>Kaygı Kavramı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>199</v>
+        <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255956897</t>
+          <t>9799758274672</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gemisi</t>
+          <t>Kandille İskandil</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>206</v>
+        <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255956903</t>
+          <t>9789758988990</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mektebin Bacaları</t>
+          <t>Kağızmanlı Cemal Hoca</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>132</v>
+        <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255956910</t>
+          <t>9789944195409</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarla Yarışmak</t>
+          <t>İnisiyasyona Toplu Bakışlar 1-2</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>132</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255956842</t>
+          <t>9799758274719</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dükkanı</t>
+          <t>İktidarın Anatomisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>398</v>
+        <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255956811</t>
+          <t>9789944195140</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yollar Aynası</t>
+          <t>İdeoloji</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>213</v>
+        <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255956866</t>
+          <t>9799758988098</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sarnıç</t>
+          <t>Poetika Dersleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>272</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255956873</t>
+          <t>9789758274369</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Hurufi Melal</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>272</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255956804</t>
+          <t>9789944195775</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Londra Günlükleri</t>
+          <t>Hurufat</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>473</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255956019</t>
+          <t>9789758988747</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Hep Geç Olacak</t>
+          <t>Hep Aynı Hikaye</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>227</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255956880</t>
+          <t>9789758274529</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Şahmerdan</t>
+          <t>Heidegger</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>272</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255956835</t>
+          <t>9789944195843</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kalem Kaleme Değince</t>
+          <t>Prensesleri Geri Çağırın</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>272</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255956859</t>
+          <t>9789758274437</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Step</t>
+          <t>Pozitivizmin Türkiye’ye Girişi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>316</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059279178</t>
+          <t>9789944195829</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Haritalar</t>
+          <t>Bunca Tuğyan Bunca Issızlık</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>576</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255956828</t>
+          <t>9789944195553</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Metni (D)okumak</t>
+          <t>Hayat Böyledir İşte Fakat Hikaye</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>547</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055108038</t>
+          <t>9789758988310</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aşık Dante</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>617</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758988884</t>
+          <t>9789944195072</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri 3. Cilt - Yusuf Mısır’da</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1220</v>
+        <v>232</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057547613</t>
+          <t>9789758274468</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Seyircisiz</t>
+          <t>Hakikat ve Tefekkür</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255956224</t>
+          <t>9799758988302</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Güzel Sanatlar Tarihine Giriş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>494</v>
+        <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055108922</t>
+          <t>9799758274078</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Ankara/“tâş u toprak âresinde”</t>
+          <t>Gülşefdeli Yemeni</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>281</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055108885</t>
+          <t>9789758988082</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Garip ve İkinci Yeni Şiiri</t>
+          <t>Fransız Edebiyatının Özgür Tayı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>781</v>
+        <v>128</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059954587</t>
+          <t>3990000017012</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Gösteri Uçuşu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055108878</t>
+          <t>9789944195577</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dünya Artık Büyülü Değil İhsan</t>
+          <t>Göklerin ve Yerin Dili</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>302</v>
+        <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255956248</t>
+          <t>9789758274833</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Daha Güvercin</t>
+          <t>Goethe ile Konuşmalar 3</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>227</v>
+        <v>125</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255956231</t>
+          <t>9789758274826</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Recaîzade Mahmut Ekrem Külliyatı-1/ Nijad Ekrem ve Tefekkür</t>
+          <t>Goethe ile Konuşmalar 2</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>658</v>
+        <v>125</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255956255</t>
+          <t>9789758274819</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İran Öyküsü</t>
+          <t>Goethe ile Konuşmalar 1</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>466</v>
+        <v>125</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255956217</t>
+          <t>9799758274856</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Bir Pusula</t>
+          <t>Orta Doğu'da Modernleşme ve İslami Hareketler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>207</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255956149</t>
+          <t>9789758274888</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cesuma</t>
+          <t>Bahar Köpüğü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255956200</t>
+          <t>9786059954785</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu'nun Delileri</t>
+          <t>Başlangıcı Olmayan Bir Şeyin Sonu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>185</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255956194</t>
+          <t>9789944195799</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Taş</t>
+          <t>Makalat (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>196</v>
+        <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255956170</t>
+          <t>3990000079411</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mutluluktan da Fazla</t>
+          <t>Çağdaş Azerbaycan Öyküsü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>196</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255956187</t>
+          <t>9786055108205</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Simurg Okulu - Doğuş</t>
+          <t>Ağır Hasarlı Algılar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>172</v>
+        <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255956163</t>
+          <t>9786055108199</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kibar Serseri</t>
+          <t>Türk Düşüncesinde İslâm</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>161</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255956156</t>
+          <t>9786055108014</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Son Santra</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>251</v>
+        <v>47</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255956132</t>
+          <t>9786055108274</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu</t>
+          <t>Çağdaş Kazakistan Öyküsü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>254</v>
+        <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059279017</t>
+          <t>3990000078657</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Belki Ebabiller</t>
+          <t>Çağdaş Türkmenistan Öyküsü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>273</v>
+        <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255956071</t>
+          <t>3990000079413</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında ve Aynanın İçinden</t>
+          <t>Çağdaş Kırgız Öyküsü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>547</v>
+        <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255956088</t>
+          <t>9786055108304</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Romanda Anlatıcı ve Bakış Açısı</t>
+          <t>Düşsel Ufuklardan Gerçek Ufuklara</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>658</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255956101</t>
+          <t>9786055108298</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sözlükten Taşan Kelimeler</t>
+          <t>Bekleme Salonu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>384</v>
+        <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055108830</t>
+          <t>9786055108243</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Düşler Labirenti</t>
+          <t>Onurumuzla Yaşamak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>261</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256610798</t>
+          <t>9786055108212</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Hükmü Baki Defteri</t>
+          <t>Ağır Boşluk</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>480</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055108151</t>
+          <t>9786055108229</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Ellerin Mavi Kelebek</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>590</v>
+        <v>11.1</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255956095</t>
+          <t>9786059954419</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nergislerin Ölümü</t>
+          <t>Küresel İhtiraslar ve Küresel Kuşatma</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>192</v>
+        <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944195690</t>
+          <t>9789944195980</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bilinci</t>
+          <t>Azalan Kuş Nüfusu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>357</v>
+        <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255956033</t>
+          <t>9786055108090</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Arayan</t>
+          <t>Barbarlığa Dönüş</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>227</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255956026</t>
+          <t>9786055108069</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Pencerelerinden Dünya Sarkardı</t>
+          <t>Evrensel Vicdanın Sesi Olmak</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>254</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255956040</t>
+          <t>9786059556583</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Geçmeyen Şeyler</t>
+          <t>İslam ve Çağdaş Sanat</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>213</v>
+        <v>47</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255956064</t>
+          <t>9786056864537</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Pasaport Lütfen</t>
+          <t>Kavramlar ve Kurumlarla Modern Türk Şiiri İncelemeleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>684</v>
+        <v>29</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055108717</t>
+          <t>9786059556002</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dergileri Atlası</t>
+          <t>Ümmet Bilinci</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1275</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059954655</t>
+          <t>9786059279970</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şehir Konuşmaları</t>
+          <t>Başkasının Sınırlarında Şair</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>199</v>
+        <v>36</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944195911</t>
+          <t>9786059556026</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Uçuşu</t>
+          <t>Aşkın Kitabı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>185</v>
+        <v>45</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256610163</t>
+          <t>9786059954099</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi 1844-1912</t>
+          <t>Varoluşsal Kaygılar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>247</v>
+        <v>20</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256610750</t>
+          <t>9786055108182</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hatır İçin Ölüm Yahut Cepboy Yenilgiler</t>
+          <t>Tehafütü'l-Felasife</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>42</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256610149</t>
+          <t>9789944195256</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Metin Merkezli Roman Okumaları Evvel Roman İçinde</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>384</v>
+        <v>140</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059556972</t>
+          <t>9786059279895</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Antikahramanın Biyografisi ve Türk Romanındaki Serüveni</t>
+          <t>İktidar, Siyaset ve Kültür - Söyleşiler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1083</v>
+        <v>55</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256610828</t>
+          <t>9786059279635</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gün Dönende</t>
+          <t>Ruh Akrabalıkları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>46</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258162295</t>
+          <t>9789758988723</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Debbağ</t>
+          <t>Zamanımızda Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>151</v>
+        <v>42</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059279994</t>
+          <t>9799758988906</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Roman</t>
+          <t>Yıkıldı Bak Güneşin İskelesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>891</v>
+        <v>46</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059279628</t>
+          <t>9789944195836</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cari Şiir -Modern Şiir İncelemeleri-</t>
+          <t>Yeni Bir Tarih Şafağı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>316</v>
+        <v>16</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059556606</t>
+          <t>9789758988983</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Omzumda Biri</t>
+          <t>Yemen Hatıratı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258162493</t>
+          <t>9789758988549</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi 1 - Dil</t>
+          <t>Yazınsal Eleştiri ve Göstergebilim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>559</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789758274413</t>
+          <t>9789758274994</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Molla Cami</t>
+          <t>Yazınsal Eleştiri Söyleşiler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>209</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256610989</t>
+          <t>9789758988556</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde İki Kişi</t>
+          <t>Yazı Bilinci</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>261</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256610996</t>
+          <t>9786059556767</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Eş ve Karşı</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>206</v>
+        <v>27</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256610811</t>
+          <t>9789944195720</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sonun Öte Kıyılarında Maem Sinhu</t>
+          <t>Vakti Kuşanmak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>480</v>
+        <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256610965</t>
+          <t>9789758274482</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Felsefesi Üzerine Yazılar</t>
+          <t>Vahdet-i Vücud Meselesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>548</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256610958</t>
+          <t>9789944195096</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşkım</t>
+          <t>Üç Ölümsüz Tolstoy / Baudelaire / Cervantes</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>548</v>
+        <v>73</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256610972</t>
+          <t>9789758274680</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün 100. Yılında Franz Kafka</t>
+          <t>Türk Shakespeare</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>439</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059279734</t>
+          <t>9789758274802</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Muhammed İkbal'in Uzun Manzumeleri</t>
+          <t>Türk Edebiyatında Siyasi Rüyalar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>617</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256610156</t>
+          <t>9789758988037</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kara Hile</t>
+          <t>Tutkulu Bir Oyalanma</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>322</v>
+        <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059556910</t>
+          <t>9789758274987</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dokuzdolambaç</t>
+          <t>Teori ve Eleştiri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>261</v>
+        <v>30</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258162417</t>
+          <t>9789758988617</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aldatma Ustası</t>
+          <t>Tehlikeli Belki</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>203</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258162424</t>
+          <t>9799758988456</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Unutma Sancısı</t>
+          <t>Tarih Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>285</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059954631</t>
+          <t>9789758988839</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Nil Üstünde Gevezelik</t>
+          <t>Şiir ve Mekan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>285</v>
+        <v>700</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258162707</t>
+          <t>9789944195492</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Vakitsiz Ölüler Yurdu</t>
+          <t>Sular Tutuştuğunda</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>203</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258162523</t>
+          <t>9799758988388</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisi</t>
+          <t>Su Burcu Toplu Şiirler (1983 - 2005)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>290</v>
+        <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256610941</t>
+          <t>9789944195263</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım</t>
+          <t>Sözün Erimi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>261</v>
+        <v>40</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258162479</t>
+          <t>9789758274796</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ağır Boşluk</t>
+          <t>Sözüm Yüreğimdekidir</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>264</v>
+        <v>16</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256610903</t>
+          <t>9789944195638</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı Nuri Pakdil Üzerine Yazılar</t>
+          <t>Söz Hakkı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>287</v>
+        <v>16</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256610927</t>
+          <t>9789944195539</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Yolculuk Yazıları</t>
+          <t>Sosyoloji Okumaları Kılavuzu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>329</v>
+        <v>30</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256610897</t>
+          <t>9789758988945</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kekemelerin Alacağı Var Dilden</t>
+          <t>Siteril Hayatlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>273</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059279079</t>
+          <t>9789944195546</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Edebî İzlenimcilik Bağlamında Tarasconlu Tartarın’den Araba Sevdası’na Yansımalar</t>
+          <t>Sultana Mektuplar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>958</v>
+        <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256610910</t>
+          <t>9789758988013</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Muhacir Kuşlar</t>
+          <t>Eleştirellikten Uyuma Müslümanların Kamusal Alan Serüveni</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256610934</t>
+          <t>9789758988860</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bir Yoğun Bakım Doktorunun Anıları</t>
+          <t>Edebiyat-ı Hakikiyye  Dersleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>235</v>
+        <v>98</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256610866</t>
+          <t>9799758988463</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Öyküler ve Masallar</t>
+          <t>Edebiyat ve Medya</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>287</v>
+        <v>20</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256610774</t>
+          <t>9799758988203</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Batı Trakya Türkleri Öyküsü</t>
+          <t>Edebiyat ve Kültür Araştırmaları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>264</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256610842</t>
+          <t>9789758988129</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Koca Dünyaya Küçük Öyküler</t>
+          <t>Edebiyat Sosyolojisi İncelemeleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>206</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256610767</t>
+          <t>9789758274871</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Yunan Öyküsü</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>238</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256610835</t>
+          <t>9799758274658</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklı Hikayeler</t>
+          <t>Edebiyat Bilimi ve Eleştiri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>203</v>
+        <v>30</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256610859</t>
+          <t>9799758274733</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Benim Elaziz'im - Bir Sosyoloji Masalı</t>
+          <t>Dört İklimden Esintiler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>264</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256610804</t>
+          <t>9789944195119</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Artçıl Sızı</t>
+          <t>Dört Adem - Işık Yanar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>239</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256610781</t>
+          <t>9789758988105</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan</t>
+          <t>Dolanmalar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>322</v>
+        <v>32</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256610873</t>
+          <t>9789758274963</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tarih Eğitiminde Uluslararası Arayışlar</t>
+          <t>Doğu ve Batı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>273</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256610880</t>
+          <t>9789758274901</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ake: "Bir Edebiyat Devinin" Çocukluk Yılları</t>
+          <t>Din ve Sanat</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>542</v>
+        <v>89</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786056864551</t>
+          <t>9789758988328</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Batı-Doğu Divanı</t>
+          <t>Dil Evrensellikleri ve Dilbilim Tipolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>364</v>
+        <v>40</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258162745</t>
+          <t>9789758274840</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski ve Biz</t>
+          <t>Devlet Metodolojisine Giriş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>143</v>
+        <v>28</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057547996</t>
+          <t>9789944195515</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Devlet Adamlarına Nasihatler</t>
+          <t>Deneysel Edebiyat Yönüyle Divan Şiiri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>217</v>
+        <v>36</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944195973</t>
+          <t>9789758988761</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Musa Vuruşu ve Hicaz Armağanı</t>
+          <t>Divan Yolu’ndan Pera’ya Selametle</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>502</v>
+        <v>50</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256610507</t>
+          <t>9789758274512</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Övüncü Hz. Muhammed</t>
+          <t>Denemenin Ardında Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>398</v>
+        <v>48</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256610521</t>
+          <t>9789944195041</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Failin Tarihi - İyi Tasarım Kavramının Kökeni</t>
+          <t>Deneme Üzerine Bir Karşılaştırmalı Edebiyat Çalışması</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>364</v>
+        <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256610514</t>
+          <t>9789944195461</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Eksi Bir</t>
+          <t>Deli Gömleği</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>205</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256610460</t>
+          <t>9789758988709</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mumammed Haydar Duwlati</t>
+          <t>Danişmend Gazi Destanı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>439</v>
+        <v>209</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258162820</t>
+          <t>9789758988853</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalemler Dükkanı</t>
+          <t>Çok Eşlilik Taaddüd-i Zevcat</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>236</v>
+        <v>71</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256610491</t>
+          <t>9799758274542</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şehristan</t>
+          <t>Çizgi Sanatında Dil ve Mesaj</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>576</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256610453</t>
+          <t>9789944195652</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tek</t>
+          <t>Çevgen</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>343</v>
+        <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256610477</t>
+          <t>9789758274390</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Beli Bükük ile Mezar Taşı</t>
+          <t>Çağdaş Türk Şiirinde Aşk, Aşıklar, Mekanlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>287</v>
+        <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256610484</t>
+          <t>9789944195034</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Sonsuz Kısa Yolculuğu</t>
+          <t>Cezayir Hatıratı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>179</v>
+        <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258162875</t>
+          <t>9789758274573</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hüma Kuşu Yükseklerden Seslenir</t>
+          <t>Cahit Sıtkı Tarancı’nın Hikayeleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>239</v>
+        <v>42</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258162882</t>
+          <t>9789758988167</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Zeki Bey</t>
+          <t>Buz ve Fire</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>285</v>
+        <v>58</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055108007</t>
+          <t>9789944195003</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teoride Din</t>
+          <t>Budist Metafiziği</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>946</v>
+        <v>125</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000034195</t>
+          <t>9789758988969</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyal Teoride Din</t>
+          <t>Bir Cihan Kaynanası: Nahid Sırrı Örik</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>203</v>
+        <v>131</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057547514</t>
+          <t>9789944195881</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Afrika'nın Yapayalnız Lalesi</t>
+          <t>Bildiri Öyküler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>203</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256610286</t>
+          <t>9789758988716</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Battal Gazi Destanı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>507</v>
+        <v>40</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256610255</t>
+          <t>9789758988792</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bütün Mümkünler</t>
+          <t>Battal - Name</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>216</v>
+        <v>82</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256610309</t>
+          <t>9789758274109</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sermaye ve Eğitimin Dönüşümü</t>
+          <t>Başkaldırının Boyutları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>391</v>
+        <v>75</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256610224</t>
+          <t>9789944195584</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ebucehil Karpuzu</t>
+          <t>Ayrıntı ya da Hiç</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>501</v>
+        <v>145</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256610248</t>
+          <t>9789758274956</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gül Mayıs Gülü</t>
+          <t>Avrupa Edebiyatında Trajik Görünüm</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>274</v>
+        <v>118</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256610217</t>
+          <t>9789758274215</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Her Şeyle</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>232</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256610262</t>
+          <t>9789944195171</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılık ve Eşitsizlikler</t>
+          <t>Aşıkların Halleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>542</v>
+        <v>32</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256610279</t>
+          <t>9799758274641</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>دوستویوسكی</t>
+          <t>Asaf Halet Çelebi Kitabı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>179</v>
+        <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256610231</t>
+          <t>9789944195744</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yaşamanın Kucağında - Toplu Şiirler (1975-2015)</t>
+          <t>Anlamsızlığın Anlamı Postmodernizm</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>343</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256610293</t>
+          <t>9799758988210</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>حيوان چيفتلكى</t>
+          <t>Ahmet Hamdi Tanpınar ve Musiki</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>205</v>
+        <v>20</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256610125</t>
+          <t>9789758274406</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Robert T. Tally Jr. ile Mekansallık Üzerine</t>
+          <t>Bütün Şiirler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>165</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256610132</t>
+          <t>9789758988815</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Kral’ın Atlısı</t>
+          <t>Adalı Sinağrit (Sait Faik)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>239</v>
+        <v>85</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256610071</t>
+          <t>9799758274726</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gök Yankısı</t>
+          <t>Açılı / Yorum</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>203</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256610088</t>
+          <t>9789944195218</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Edebiyatında Kaçış</t>
+          <t>Onarılmış Yas Bitiği</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>751</v>
+        <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256610095</t>
+          <t>9789758274123</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Söz Durumları</t>
+          <t>Ana Üşümesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>322</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256610101</t>
+          <t>9789758988816</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gönül Devleti</t>
+          <t>Dilbilim Gösterge Bilim ve Edebiyat Eğitimi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>217</v>
+        <v>38</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256610064</t>
+          <t>9789944195126</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ağacı Bahara Cesaretlendirmek</t>
+          <t>Yaşamak Eşittir Yazmak</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>264</v>
+        <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256610057</t>
+          <t>3990000002450</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Arasta’nın İnsanları</t>
+          <t>Seke Seke Ben Geldim - Sekmeler 1</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>273</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256610040</t>
+          <t>9789944195331</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatı Öyküleri</t>
+          <t>Batı Şiiri ve Tevfik Fikret</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>316</v>
+        <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256610019</t>
+          <t>3990000002403</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kurganlar</t>
+          <t>Vahyin Kılavuzluğu Altında</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>203</v>
+        <v>16</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256610002</t>
+          <t>9789944195133</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Kitaplar Arasında</t>
+          <t>Hermeneutiğin Evrimi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>494</v>
+        <v>32</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256610033</t>
+          <t>9789944195294</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Edebiyat Teorisi ve Yunus Emre</t>
+          <t>Tevhidi Gerçekliğin Işığında</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>754</v>
+        <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256610026</t>
+          <t>9786059954914</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hatır Divanı</t>
+          <t>Varoluşsal Belirsizlikler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>203</v>
+        <v>26</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258162899</t>
+          <t>9786059556224</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Roman Terimleri Sözlüğü</t>
+          <t>Sanat Sosyolojisi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>768</v>
+        <v>195</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258162837</t>
+          <t>9786059279956</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski ve Biz</t>
+          <t>Düşünce ve Gelenek</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>290</v>
+        <v>50</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258162776</t>
+          <t>9786059279765</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mozart'ın Nasırlı Elleri</t>
+          <t>Dipköşe</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>165</v>
+        <v>16</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258162851</t>
+          <t>9786059279840</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Muhtarname</t>
+          <t>Yaban Kuşların Şarkıları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>658</v>
+        <v>40</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258162844</t>
+          <t>9786055108342</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Düşüncesinde Bölünme Heidegger - Cassirer</t>
+          <t>Rövanş</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>795</v>
+        <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258162769</t>
+          <t>9786055108328</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Perdedeki Öykü</t>
+          <t>Gün Bitti</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>425</v>
+        <v>16</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258162806</t>
+          <t>9789944195416</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bir Sepet Hayal</t>
+          <t>Yeni Bir Zamanı Başlatmak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>281</v>
+        <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258162813</t>
+          <t>9786055108045</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bana Hikaye Anlatma</t>
+          <t>Mahalle</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>466</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258162790</t>
+          <t>9786055108052</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Zongo’nun Değirmeni</t>
+          <t>Teslimiyetçilik Kader Değildir</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>261</v>
+        <v>40</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258162363</t>
+          <t>9786059954709</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Metaverse’e Doğru (Mu?)</t>
+          <t>Göstergebilim ve Dilbilim</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>398</v>
+        <v>50</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258162721</t>
+          <t>9786059954747</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kutsaldan Şiirsele</t>
+          <t>Anlatıbilim</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>973</v>
+        <v>30</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258162714</t>
+          <t>9786059954686</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Nesillerin Ağabeyi Fethi Gemuhluoğlu</t>
+          <t>Nil Üstünde Gevezelik</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>391</v>
+        <v>185</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258162738</t>
+          <t>9786059954617</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>M. Akif’in İstiklal Marşı’nı Yazdığı Mekan</t>
+          <t>Son Şam</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>576</v>
+        <v>16</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258162684</t>
+          <t>9786055108335</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Yeryüzüne İndirmek</t>
+          <t>Karşılama Töreni</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>329</v>
+        <v>50</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258162677</t>
+          <t>9786055108311</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuşu Taşlarla Bu Çöle Bağladılar</t>
+          <t>Göz Gürültüsü</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>236</v>
+        <v>14</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258162172</t>
+          <t>9786057547620</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yokluğun Eskimeden</t>
+          <t>Aldatma Ustası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>199</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258162189</t>
+          <t>9786057547712</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar, Pıtraklar ve Tıraş Sandığı</t>
+          <t>Unutma Sancısı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>203</v>
+        <v>185</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258162691</t>
+          <t>9789758274376</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Omzumda Biri</t>
+          <t>Gezginin Günlüğü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>214</v>
+        <v>14</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258162462</t>
+          <t>9789758988570</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 3</t>
+          <t>Geleceğin İnsanı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>905</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258162455</t>
+          <t>9799758988197</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 2</t>
+          <t>Geçmiş Zaman Olur Ki</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>905</v>
+        <v>34</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258162448</t>
+          <t>9789758988075</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 1</t>
+          <t>Gece Dansları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>946</v>
+        <v>20</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258162387</t>
+          <t>9789944195560</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Multidisipliner Bir Yaklaşım</t>
+          <t>Furkan Günleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>939</v>
+        <v>16</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258162370</t>
+          <t>3990000017013</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Pakistan-Hindistan Öyküleri</t>
+          <t>Firak</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>405</v>
+        <v>14</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258162332</t>
+          <t>9789758274665</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kırklanmış Portreler</t>
+          <t>Fetret</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>336</v>
+        <v>44</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258162349</t>
+          <t>9789944195867</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Böyle Uzakta</t>
+          <t>Felsefeden Edebiyata</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>203</v>
+        <v>38</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258162325</t>
+          <t>9789758988693</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Tarihi</t>
+          <t>Felsefe Eğitim Sanat Saffet Bilhan Armağanı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>264</v>
+        <v>205</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258162356</t>
+          <t>9789758274765</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Cennetleri</t>
+          <t>Ether</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>217</v>
+        <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258162318</t>
+          <t>9789758274444</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Önsözler</t>
+          <t>Eşrefoğlu Divanı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>201</v>
+        <v>29</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258162301</t>
+          <t>9799758988357</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kehanet ve Siyaset</t>
+          <t>Entelektüel ve İktidar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1118</v>
+        <v>38</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257449977</t>
+          <t>9789758988470</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandhi</t>
+          <t>Enformasyon Toplumunun Putları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>264</v>
+        <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258162127</t>
+          <t>9789758274610</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Irak Türkmen Öyküsü</t>
+          <t>Elifbalar Sevdası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>1014</v>
+        <v>26</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258162158</t>
+          <t>9799758274597</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Tatar Öyküsü</t>
+          <t>Eleştirinin Kıyılarında</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>644</v>
+        <v>34</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258162165</t>
+          <t>9799758988487</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Türkmen Öyküsü</t>
+          <t>Eleştirinin Eşiğinde Edebiyat</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>439</v>
+        <v>115</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258162103</t>
+          <t>9789944195065</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Güzel Hata</t>
+          <t>Eleştiride Fenomenolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>203</v>
+        <v>30</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258162097</t>
+          <t>9789758274970</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Kalp Sendromu</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>194</v>
+        <v>18</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258162110</t>
+          <t>9786255956057</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Renkler Üzerine Düşünceler</t>
+          <t>Bir Dilek</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>228</v>
+        <v>198</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057547903</t>
+          <t>9786055108427</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gibi Bir Dram Bir Komedi</t>
+          <t>İyilik Hazinesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>266</v>
+        <v>198</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257449953</t>
+          <t>9786059954105</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Günbatımına Övgüler</t>
+          <t>Kayıp Zamanların Fısıltısı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>195</v>
+        <v>235</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257449939</t>
+          <t>9786055108410</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Derya Ve Meczup</t>
+          <t>Kulübedeki Sır</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>179</v>
+        <v>210</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257449946</t>
+          <t>9786059954266</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiirinde Ötekileştirme</t>
+          <t>Hayat Aslında Belki</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>343</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057547507</t>
+          <t>9786059954280</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Turgenyev</t>
+          <t>Kabul Vakti</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>640</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944195928</t>
+          <t>9786059954297</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Dilercesine Gökyüzüne Bakmak</t>
+          <t>Kayıklar Sulardan Silindi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057547279</t>
+          <t>9786059279468</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hareket Zili</t>
+          <t>Mahpus Muharrir Kemal Tahir</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>425</v>
+        <v>470</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059954563</t>
+          <t>9786059279451</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Özbek Öyküsü</t>
+          <t>Türkiye’de Toplumsal Değişimin Ekseni Olarak Modern ve Muhafazakar Kadının Evrimi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>351</v>
+        <v>240</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059954440</t>
+          <t>9786059954303</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Gagauz Öyküsü</t>
+          <t>Estetik Yargının Epistemolojik Analizi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>351</v>
+        <v>580</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059954884</t>
+          <t>9786059954457</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacında (Toplu Şiirler 1980-2015)</t>
+          <t>Çağdaş Kırım Tatar Öyküsü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1151</v>
+        <v>239</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944195195</t>
+          <t>9799758274535</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Çağında Deneme</t>
+          <t>Pali Metinlerine Göre Gotama Buddha</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>329</v>
+        <v>510</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059954860</t>
+          <t>9799758988289</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>125</v>
+        <v>184</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057547293</t>
+          <t>9786256610118</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Sözlüğü</t>
+          <t>Veda Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>329</v>
+        <v>165</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258162141</t>
+          <t>9786059556705</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Moğolistan Kazak Öyküsü</t>
+          <t>Kelimelere Benzemeyen Kelimeler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>576</v>
+        <v>169</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258162134</t>
+          <t>9789758988044</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kumuk Öyküsü</t>
+          <t>Saklı Yara</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>507</v>
+        <v>129</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257449960</t>
+          <t>9789944195768</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yokuşun Çocukları</t>
+          <t>Ölü Diller Arşivi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>496</v>
+        <v>116</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257449892</t>
+          <t>9789944195478</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Felsefece</t>
+          <t>Muhtemel Menkıbeler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>351</v>
+        <v>105</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257449847</t>
+          <t>9789758988532</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Muhayyer Bütün Öyküler</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>406</v>
+        <v>357</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257449854</t>
+          <t>9789944195706</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>İslam Felsefesinde Metaforik Üslup</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>466</v>
+        <v>316</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257449861</t>
+          <t>9789758274635</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>İrrasyonel İnsan</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>329</v>
+        <v>496</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257449885</t>
+          <t>9789758274895</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çar</t>
+          <t>İkinci Yeni Poetikası</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1042</v>
+        <v>912</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257449816</t>
+          <t>9789944195089</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Gazozu</t>
+          <t>İslami Benliğin İç yüzü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257449830</t>
+          <t>9786059954396</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Joburg, Benim</t>
+          <t>Tahlil Tahrip İnşa</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>172</v>
+        <v>438</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257449823</t>
+          <t>9786055108076</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şiiri Edebiyat</t>
+          <t>Kadife Durağı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>295</v>
+        <v>116</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257449878</t>
+          <t>9786057547262</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şiir - Yorum</t>
+          <t>Düşünür ve Devlet Adamı Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>487</v>
+        <v>314</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257449809</t>
+          <t>9786059954068</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Sınırlar</t>
+          <t>Hafız Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>357</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257449786</t>
+          <t>9789944195942</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Safderun Alafrangadan Kötücül Entelektüele</t>
+          <t>Varoluşun Tanıkları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1053</v>
+        <v>328</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257449793</t>
+          <t>9789944195621</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard Hayatı ve Felsefesi</t>
+          <t>Yarın Bekleyebilir</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>329</v>
+        <v>99</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257449762</t>
+          <t>9789758988679</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Gün Karşı Tepeden</t>
+          <t>Dilin Kökeni</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>239</v>
+        <v>246</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257449779</t>
+          <t>9786059279611</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Yüzümdeki Eşik</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>425</v>
+        <v>501</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257449755</t>
+          <t>9786059556064</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Edebi Görüntüleri</t>
+          <t>İroninin Retoriği</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>603</v>
+        <v>417</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257449410</t>
+          <t>9786059556217</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Deli Cesareti</t>
+          <t>Anti - Freud</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>203</v>
+        <v>253</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257449717</t>
+          <t>9786059279925</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şairin Çekmecesi</t>
+          <t>İdris-i Bidlisi Selim Şah-Name</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>269</v>
+        <v>496</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257449700</t>
+          <t>9786055108021</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Modern Afrika Edebiyatı</t>
+          <t>Hüznün Efendisine</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>624</v>
+        <v>228</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257449748</t>
+          <t>9786057547552</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dün Yabancı Bugün Arkadaş (?)</t>
+          <t>Postmodernizmin Poetikası</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>217</v>
+        <v>492</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257449403</t>
+          <t>9786057547521</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Güzellik</t>
+          <t>Nuri Pakdil - Direniş Hattında Bir Devrimci</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>201</v>
+        <v>528</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257449724</t>
+          <t>9786057547187</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tahta Atın İçindekiler</t>
+          <t>Türkü Dinleme Temrinleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>273</v>
+        <v>155</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257449731</t>
+          <t>9789944195607</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare ve Eleştirmeni Brandes</t>
+          <t>Bostan ve Gülistan (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>439</v>
+        <v>90</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257449397</t>
+          <t>9786059954495</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çıkmazında</t>
+          <t>Çiğnimizde Bir Akrep</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>411</v>
+        <v>220</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257449427</t>
+          <t>9786059954532</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprakların Edebiyatı</t>
+          <t>Aynı Irmağa Çılgınca</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>425</v>
+        <v>288</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257449359</t>
+          <t>9786059954501</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski’nin Dünya Görüşü</t>
+          <t>Kekeme Edebiyat</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>336</v>
+        <v>542</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257449380</t>
+          <t>9786059954990</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Alman Aydınlanma Felsefesi</t>
+          <t>Kısacık Yazılar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>325</v>
+        <v>665</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257449335</t>
+          <t>9786059954525</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Kitap, Kütüphane ve Okuma Kültürü</t>
+          <t>Öykü Risalesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1083</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257449373</t>
+          <t>9786059954464</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava Adamı Nurettin Topçu</t>
+          <t>Antropolojinin 100. Yılında Kuramdan Sahaya Çalışmalar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>205</v>
+        <v>795</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257449342</t>
+          <t>9786056864513</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kısa Devre</t>
+          <t>Afrika'ya Dair</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>217</v>
+        <v>432</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257449366</t>
+          <t>9786059954891</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dil Sürçmesi</t>
+          <t>Spinoza'nın Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>210</v>
+        <v>355</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257449281</t>
+          <t>9786059279543</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ağırlıklarım</t>
+          <t>Nesnelerin Dünyası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>217</v>
+        <v>302</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257449328</t>
+          <t>9786059279208</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
+          <t>Gülşen-i Raz  (Sırlar Güllüğü)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>562</v>
+        <v>302</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257449274</t>
+          <t>9786059279499</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Alternatif Düzen Talepleri</t>
+          <t>Dünyanın En Mutlu İnsanlarının Ülkesinden Günlükler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>480</v>
+        <v>946</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257449298</t>
+          <t>9786059954976</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Dili</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>340</v>
+        <v>302</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257449311</t>
+          <t>9786059954471</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sufi Sinema</t>
+          <t>İnsan Okudum</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>329</v>
+        <v>343</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257449304</t>
+          <t>9786257449120</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Mekan</t>
+          <t>Günümüz Başkurt Öyküsü</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>329</v>
+        <v>480</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057446336</t>
+          <t>9786059279529</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Eşikte ve Eksik</t>
+          <t>Bir Tavil</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>258</v>
+        <v>268</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057446329</t>
+          <t>9786059279536</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Ağlama Tarihine Giriş</t>
+          <t>Çok Sesli Ben</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>217</v>
+        <v>268</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057446350</t>
+          <t>9786059279215</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yazının Önünde</t>
+          <t>Herkes Kontes</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057446374</t>
+          <t>9786059279512</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Taceddin-i Veli Divanı</t>
+          <t>Hediyeler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>768</v>
+        <v>603</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057446367</t>
+          <t>9786059279307</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Mimesis, İfade ve Gösterge</t>
+          <t>Çatlaklar Eşikler Avuntular</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>357</v>
+        <v>192</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057446343</t>
+          <t>9786059279291</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Kayıtları Ekseninde Bitlis'in Kültür Mirası</t>
+          <t>Öykü Öykü Dedikleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>713</v>
+        <v>357</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057455253</t>
+          <t>9786059279284</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kırıntıları: Kerime ve Diğer Hikayeler</t>
+          <t>Söz Oyası</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>607</v>
+        <v>247</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057455246</t>
+          <t>9786255956927</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Thomas Mann ve Goethe</t>
+          <t>Simurg Okulu - Dönüş</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>273</v>
+        <v>179</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057446305</t>
+          <t>9786255956934</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Saati</t>
+          <t>Yankısız</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>316</v>
+        <v>199</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057455260</t>
+          <t>9786255956897</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Besmelede Aşk Celmile</t>
+          <t>Hayal Gemisi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>325</v>
+        <v>206</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057455284</t>
+          <t>9786255956903</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Anarkali</t>
+          <t>Mektebin Bacaları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>274</v>
+        <v>132</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057655277</t>
+          <t>9786255956910</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Güfteden Besteye Akatay</t>
+          <t>Rüzgarla Yarışmak</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>325</v>
+        <v>132</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057455291</t>
+          <t>9786255956842</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hayal Tutkusu</t>
+          <t>Edebiyat Dükkanı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>316</v>
+        <v>398</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789758988259</t>
+          <t>9786255956811</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi - 2</t>
+          <t>Yollar Aynası</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>644</v>
+        <v>213</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057455222</t>
+          <t>9786255956866</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya - Sırça Köşk</t>
+          <t>Sarnıç</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>480</v>
+        <v>272</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057455215</t>
+          <t>9786255956873</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kağnı - Ses</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>324</v>
+        <v>272</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057455208</t>
+          <t>9786255956804</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Londra Günlükleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>316</v>
+        <v>473</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789758988327</t>
+          <t>9786255956019</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Dil Evrensellikleri ve Dilbilim Tipolojisi</t>
+          <t>Her Zaman Hep Geç Olacak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>612</v>
+        <v>227</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057547958</t>
+          <t>9786255956880</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Üstat Ekrem</t>
+          <t>Şahmerdan</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>562</v>
+        <v>272</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057547965</t>
+          <t>9786255956835</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Erzurum, Van, Bitlis Vilayetlerinde Ermeni-Kürt İlişkileri (1908-1920)</t>
+          <t>Kalem Kaleme Değince</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>453</v>
+        <v>272</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057547972</t>
+          <t>9786255956859</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ayna</t>
+          <t>Step</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>242</v>
+        <v>316</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057547989</t>
+          <t>9786059279178</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sahir</t>
+          <t>Haritalar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>199</v>
+        <v>576</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057547897</t>
+          <t>9786255956828</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Anlatı/Yorum</t>
+          <t>Metni (D)okumak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>740</v>
+        <v>547</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057547941</t>
+          <t>9786055108038</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Bir Güzel İnsan Ersin Nazif Gürdoğan</t>
+          <t>Aşık Dante</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>713</v>
+        <v>617</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057547934</t>
+          <t>9789758988884</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mangan Mangan</t>
+          <t>Yusuf ve Kardeşleri 3. Cilt - Yusuf Mısır’da</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>165</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057547927</t>
+          <t>9786057547613</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Şanlıurfa Kolyesi</t>
+          <t>Seyircisiz</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>368</v>
+        <v>220</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057547828</t>
+          <t>9786255956224</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kırgız Öyküsü</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>453</v>
+        <v>494</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057547842</t>
+          <t>9786055108922</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kırım Tatar Öyküsü</t>
+          <t>Şu Bizim Ankara/“tâş u toprak âresinde”</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>699</v>
+        <v>281</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057547859</t>
+          <t>9786055108885</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Özbek Öyküsü</t>
+          <t>Garip ve İkinci Yeni Şiiri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>631</v>
+        <v>781</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057547866</t>
+          <t>9786059954587</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Rus Öyküsü</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>398</v>
+        <v>240</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057547835</t>
+          <t>9786055108878</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Kazak Öyküsü</t>
+          <t>Dünya Artık Büyülü Değil İhsan</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>672</v>
+        <v>302</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057547873</t>
+          <t>9786255956248</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Postkoloni Üzerine</t>
+          <t>Daha Güvercin</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>570</v>
+        <v>227</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057547880</t>
+          <t>9786255956231</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Edgar Allan Poe Bütün Şiirleri ve Kompozisyon Felsefesi</t>
+          <t>Recaîzade Mahmut Ekrem Külliyatı-1/ Nijad Ekrem ve Tefekkür</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>425</v>
+        <v>658</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057547811</t>
+          <t>9786255956255</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Afgan Öyküsü</t>
+          <t>Günümüz İran Öyküsü</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>322</v>
+        <v>466</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057547798</t>
+          <t>9786255956217</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bulmak İçin Buradan Ayrıl</t>
+          <t>Zamanda Bir Pusula</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>257</v>
+        <v>207</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057547781</t>
+          <t>9786255956149</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Arınma Festivali</t>
+          <t>Cesuma</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>176</v>
+        <v>220</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057547743</t>
+          <t>9786255956200</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Lejyoner</t>
+          <t>Köroğlu'nun Delileri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057547750</t>
+          <t>9786255956194</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyetin Tahribi</t>
+          <t>Yaşayan Taş</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>639</v>
+        <v>196</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057547767</t>
+          <t>9786255956170</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Mekansallık</t>
+          <t>Mutluluktan da Fazla</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>384</v>
+        <v>196</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057547774</t>
+          <t>9786255956187</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Zirve Duygusu</t>
+          <t>Simurg Okulu - Doğuş</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>273</v>
+        <v>172</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057547736</t>
+          <t>9786255956163</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Laf, Söz Olunca...</t>
+          <t>Kibar Serseri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>316</v>
+        <v>161</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057547699</t>
+          <t>9786255956156</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Annemi Bir Uğultuya Yasladılar</t>
+          <t>Son Santra</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>295</v>
+        <v>251</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057547729</t>
+          <t>9786255956132</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bediü'z-Zaman El-Hemezani ve Makameleri</t>
+          <t>Gelibolu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>425</v>
+        <v>254</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057547705</t>
+          <t>9786059279017</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kuklalar İçin İplerden Sonra Yaşam</t>
+          <t>Belki Ebabiller</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>261</v>
+        <v>273</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057547668</t>
+          <t>9786255956071</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Su Paradoksu</t>
+          <t>Alis Harikalar Diyarında ve Aynanın İçinden</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>507</v>
+        <v>547</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057547675</t>
+          <t>9786255956088</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Azerbeycan Öyküsü</t>
+          <t>Romanda Anlatıcı ve Bakış Açısı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>466</v>
+        <v>658</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057547682</t>
+          <t>9786255956101</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Göçler ve Kültürler Bir Dünya Görüşü</t>
+          <t>Sözlükten Taşan Kelimeler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>1042</v>
+        <v>384</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057547606</t>
+          <t>9786055108830</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Öyküler: Ateşler - Çukurda</t>
+          <t>Sonsuz Düşler Labirenti</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>232</v>
+        <v>261</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057547644</t>
+          <t>9786256610798</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Urdu Edebiyatı Seçkisi</t>
+          <t>Sevdanın Hükmü Baki Defteri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>559</v>
+        <v>480</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057547590</t>
+          <t>9786055108151</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>302</v>
+        <v>590</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057547651</t>
+          <t>9786255956095</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Felsefesi Veya Kalbin Paradoksları</t>
+          <t>Nergislerin Ölümü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>644</v>
+        <v>192</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057547637</t>
+          <t>9789944195690</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sevap Defteri</t>
+          <t>Şiir Bilinci</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>316</v>
+        <v>357</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057547385</t>
+          <t>9786255956033</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mizahı ve Reşat Nuri Güntekin’in Mizahi Hikayeciliği</t>
+          <t>Gökyüzü Arayan</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>781</v>
+        <v>227</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057547583</t>
+          <t>9786255956026</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Soren Kierkegaard’da Öznel Hakikat Kavramı</t>
+          <t>Pencerelerinden Dünya Sarkardı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>740</v>
+        <v>254</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057457569</t>
+          <t>9786255956040</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Din ve Asi</t>
+          <t>Kuşlar ve Geçmeyen Şeyler</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>518</v>
+        <v>213</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057547545</t>
+          <t>9786255956064</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bir Fırtına Tuttu Bizi</t>
+          <t>Pasaport Lütfen</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>201</v>
+        <v>684</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057547446</t>
+          <t>9786055108717</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ermiş (Osmanlıca)</t>
+          <t>Edebiyat Dergileri Atlası</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>272</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057547538</t>
+          <t>9786059954655</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kristal Kentler</t>
+          <t>Şehir Konuşmaları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057547460</t>
+          <t>9789944195911</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Şiir Kuran Nesneler</t>
+          <t>Gösteri Uçuşu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>453</v>
+        <v>185</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057547484</t>
+          <t>9786256610163</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Diğer Şeyler</t>
+          <t>Ahmet Mithat Efendi 1844-1912</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>258</v>
+        <v>247</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057547477</t>
+          <t>9786256610750</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri Farkı</t>
+          <t>Hatır İçin Ölüm Yahut Cepboy Yenilgiler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>510</v>
+        <v>140</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057547491</t>
+          <t>9786256610149</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bir Gökyüzüne Önsöz</t>
+          <t>Metin Merkezli Roman Okumaları Evvel Roman İçinde</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>176</v>
+        <v>384</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057547453</t>
+          <t>9786059556972</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Yunus Divanı</t>
+          <t>Antikahramanın Biyografisi ve Türk Romanındaki Serüveni</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>754</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059147675</t>
+          <t>9786256610828</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlarıma Mektuplar</t>
+          <t>Gün Dönende</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>273</v>
+        <v>140</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057547408</t>
+          <t>9786258162295</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hakediş Raporu</t>
+          <t>Debbağ</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>205</v>
+        <v>151</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057547422</t>
+          <t>9786059279994</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıldan Günümüze Türk Edebiyatında Öykü</t>
+          <t>Şehir ve Roman</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>202</v>
+        <v>891</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057547392</t>
+          <t>9786059279628</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatının Mihenk Taşları</t>
+          <t>Cari Şiir -Modern Şiir İncelemeleri-</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>505</v>
+        <v>316</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057547415</t>
+          <t>9786059556606</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Afrika'nın Paylaşımı</t>
+          <t>Omzumda Biri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>1368</v>
+        <v>89</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057547439</t>
+          <t>9786258162493</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Rus Düşüncesi Bağlamında F. M. Dostoyevski'de Yabancılaşma Olgusu</t>
+          <t>Sembolik Formlar Felsefesi 1 - Dil</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>905</v>
+        <v>559</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057547378</t>
+          <t>9789758274413</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İşrak Ruhun Renkleri (Ciltli)</t>
+          <t>Molla Cami</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>343</v>
+        <v>209</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057547361</t>
+          <t>9786256610989</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yediler</t>
+          <t>Kuzeyde İki Kişi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>203</v>
+        <v>261</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057547354</t>
+          <t>9786256610996</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Bir Direniş</t>
+          <t>Eş ve Karşı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>232</v>
+        <v>206</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057547347</t>
+          <t>9786256610811</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Farsça Tefsir Metinlerinde Mitoloji</t>
+          <t>Sonun Öte Kıyılarında Maem Sinhu</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>631</v>
+        <v>480</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057547330</t>
+          <t>9786256610965</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Şeyler Yüzünden</t>
+          <t>Spinoza Felsefesi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>202</v>
+        <v>548</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057547309</t>
+          <t>9786256610958</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sufi Kişilik Psikolojisi</t>
+          <t>İlk Aşkım</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>288</v>
+        <v>548</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057547323</t>
+          <t>9786256610972</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Resmimi Dağlarla Çek</t>
+          <t>Ölümünün 100. Yılında Franz Kafka</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>179</v>
+        <v>439</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057547316</t>
+          <t>9786059279734</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bin Türlü Yama</t>
+          <t>Muhammed İkbal'in Uzun Manzumeleri</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>179</v>
+        <v>617</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059556514</t>
+          <t>9786256610156</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Vişne Renkleri</t>
+          <t>Kara Hile</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>809</v>
+        <v>322</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059556408</t>
+          <t>9786059556910</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Neden Önemlidir</t>
+          <t>Dokuzdolambaç</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>987</v>
+        <v>261</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059556484</t>
+          <t>9786258162417</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Şaziye Berin’e Mektuplarıyla Ali Ekrem Bolayır</t>
+          <t>Aldatma Ustası</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>877</v>
+        <v>203</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057547286</t>
+          <t>9786258162424</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafname</t>
+          <t>Unutma Sancısı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>281</v>
+        <v>285</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059279932</t>
+          <t>9786059954631</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dünya Siyasetinde Kültürel Etkenler</t>
+          <t>Nil Üstünde Gevezelik</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>806</v>
+        <v>285</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057547156</t>
+          <t>9786258162707</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Cinsiyet Diyalektiği</t>
+          <t>Vakitsiz Ölüler Yurdu</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>1110</v>
+        <v>203</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057547248</t>
+          <t>9786258162523</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Estetiğin Doğuşu</t>
+          <t>Sanat Sosyolojisi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>384</v>
+        <v>290</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057547217</t>
+          <t>9786256610941</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Goethe ve Dünya Edebiyatı</t>
+          <t>Hatıralarım</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>287</v>
+        <v>261</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057547194</t>
+          <t>9786258162479</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji - Atomdan Elektriğe Sağlıktan Silaha</t>
+          <t>Ağır Boşluk</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>768</v>
+        <v>264</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057547200</t>
+          <t>9786256610903</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Alim</t>
+          <t>Çoban Yıldızı Nuri Pakdil Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>228</v>
+        <v>287</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057547224</t>
+          <t>9786256610927</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Alman Göçmenlerin Sohbetleri</t>
+          <t>Yol ve Yolculuk Yazıları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>239</v>
+        <v>329</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057547163</t>
+          <t>9786256610897</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Barışta Elverişsiz</t>
+          <t>Kekemelerin Alacağı Var Dilden</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>179</v>
+        <v>273</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057547170</t>
+          <t>9786059279079</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kafsız, Şinsiz ve Noktasız Hikayesi</t>
+          <t>Edebî İzlenimcilik Bağlamında Tarasconlu Tartarın’den Araba Sevdası’na Yansımalar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>179</v>
+        <v>958</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057547125</t>
+          <t>9786256610910</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Göç Öyküleri</t>
+          <t>Muhacir Kuşlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>439</v>
+        <v>295</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057547088</t>
+          <t>9786256610934</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Fatma Begüm'ün Saba Defteri</t>
+          <t>Bir Yoğun Bakım Doktorunun Anıları</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>239</v>
+        <v>235</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057547132</t>
+          <t>9786256610866</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İran Edebiyatında Kadın</t>
+          <t>Öyküler ve Masallar</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>699</v>
+        <v>287</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057547071</t>
+          <t>9786256610774</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dubeytiler</t>
+          <t>Günümüz Batı Trakya Türkleri Öyküsü</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>302</v>
+        <v>264</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057547095</t>
+          <t>9786256610842</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Orpheus'un Parçalanışı</t>
+          <t>Koca Dünyaya Küçük Öyküler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>644</v>
+        <v>206</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057547118</t>
+          <t>9786256610767</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Myanmar'ın İçindeki Düşman</t>
+          <t>Günümüz Yunan Öyküsü</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>494</v>
+        <v>238</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059954075</t>
+          <t>9786256610835</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Küçüldü</t>
+          <t>Hastalıklı Hikayeler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>543</v>
+        <v>203</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057547101</t>
+          <t>9786256610859</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Postkolonyalizm ve Edebiyat</t>
+          <t>Benim Elaziz'im - Bir Sosyoloji Masalı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>617</v>
+        <v>264</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057547149</t>
+          <t>9786256610804</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Seğirmek Manaları</t>
+          <t>Artçıl Sızı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>232</v>
+        <v>239</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057547064</t>
+          <t>9786256610781</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Bilge Kağan</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>891</v>
+        <v>322</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057547057</t>
+          <t>9786256610873</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar Düşmek İçindir</t>
+          <t>Tarih Eğitiminde Uluslararası Arayışlar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>205</v>
+        <v>273</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057547040</t>
+          <t>9786256610880</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Ake: "Bir Edebiyat Devinin" Çocukluk Yılları</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>877</v>
+        <v>542</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057547033</t>
+          <t>9786056864551</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Modern Şiir Dilinde Sapmalar</t>
+          <t>Batı-Doğu Divanı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>466</v>
+        <v>364</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789758274246</t>
+          <t>9786258162745</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Konuşmacı</t>
+          <t>Dostoyevski ve Biz</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>192</v>
+        <v>143</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057547026</t>
+          <t>9786057547996</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yüz Sene Daha</t>
+          <t>Devlet Adamlarına Nasihatler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>272</v>
+        <v>217</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786056864544</t>
+          <t>9789944195973</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Us Lekesi</t>
+          <t>Musa Vuruşu ve Hicaz Armağanı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>288</v>
+        <v>502</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786056864582</t>
+          <t>9786256610507</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İslami Kendine Özgülük</t>
+          <t>Kainatın Övüncü Hz. Muhammed</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>603</v>
+        <v>398</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057547002</t>
+          <t>9786256610521</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Çırak</t>
+          <t>Failin Tarihi - İyi Tasarım Kavramının Kökeni</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>239</v>
+        <v>364</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786056864599</t>
+          <t>9786256610514</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Büyük Mutfağı</t>
+          <t>Sonsuz Eksi Bir</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>316</v>
+        <v>205</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057547019</t>
+          <t>9786256610460</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Dili</t>
+          <t>Mumammed Haydar Duwlati</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>724</v>
+        <v>439</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786056864568</t>
+          <t>9786258162820</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Kırık Kalemler Dükkanı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>217</v>
+        <v>236</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786056864575</t>
+          <t>9786256610491</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Okumaları</t>
+          <t>Şehristan</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>518</v>
+        <v>576</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786056864506</t>
+          <t>9786256610453</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ya Sinek Sekiz Ya Buhurumeryem</t>
+          <t>Tek</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>179</v>
+        <v>343</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059556941</t>
+          <t>9786256610477</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Generali Tanımak</t>
+          <t>Beli Bükük ile Mezar Taşı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>368</v>
+        <v>287</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059556989</t>
+          <t>9786256610484</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Çiçekli Yazma</t>
+          <t>Kahramanın Sonsuz Kısa Yolculuğu</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>262</v>
+        <v>179</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786056864520</t>
+          <t>9786258162875</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bütün Nesirleri</t>
+          <t>Hüma Kuşu Yükseklerden Seslenir</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>699</v>
+        <v>239</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059556996</t>
+          <t>9786258162882</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Zeki Bey</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>194</v>
+        <v>285</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059556934</t>
+          <t>9786055108007</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Gazzali ve İmgelem Poetikası</t>
+          <t>Çağdaş Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>820</v>
+        <v>946</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059556965</t>
+          <t>3990000034195</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Eksik Bir Seremoni</t>
+          <t>Çağdaş Sosyal Teoride Din</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>232</v>
+        <v>203</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059556927</t>
+          <t>9786057547514</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kuran Nesneler</t>
+          <t>Afrika'nın Yapayalnız Lalesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>384</v>
+        <v>203</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059556897</t>
+          <t>9786256610286</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İncinmişlik Asidi</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>199</v>
+        <v>507</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059556903</t>
+          <t>9786256610255</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Düş Görmeye Devam Ediyor</t>
+          <t>Bütün Mümkünler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>232</v>
+        <v>216</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059556880</t>
+          <t>9786256610309</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Konak Romanında Batılılaşma ve Dil Sorunları</t>
+          <t>Küresel Sermaye ve Eğitimin Dönüşümü</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>264</v>
+        <v>391</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059556873</t>
+          <t>9786256610224</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Şehre Yansıyan Medeniyet Edebiyata Yansıyan Şehir</t>
+          <t>Ebucehil Karpuzu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>590</v>
+        <v>501</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059556866</t>
+          <t>9786256610248</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Atlık Dağı Türküsü</t>
+          <t>Gül Mayıs Gülü</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>480</v>
+        <v>274</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059556859</t>
+          <t>9786256610217</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Felsefesi Tarihi</t>
+          <t>Yarım Kalan Her Şeyle</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>1713</v>
+        <v>232</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059556842</t>
+          <t>9786256610262</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Adil Bir Akşam</t>
+          <t>Ayrımcılık ve Eşitsizlikler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>217</v>
+        <v>542</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059556811</t>
+          <t>9786256610279</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Özgürleşme ve Çoğulculuk</t>
+          <t>دوستویوسكی</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>795</v>
+        <v>179</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059556699</t>
+          <t>9786256610231</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kara Irmak</t>
+          <t>Yaşamanın Kucağında - Toplu Şiirler (1975-2015)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>137</v>
+        <v>343</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059556835</t>
+          <t>9786256610293</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Tolstoy</t>
+          <t>حيوان چيفتلكى</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>432</v>
+        <v>205</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059556804</t>
+          <t>9786256610125</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diktatörlük</t>
+          <t>Robert T. Tally Jr. ile Mekansallık Üzerine</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>617</v>
+        <v>165</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059556798</t>
+          <t>9786256610132</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Savaşın ve Şiddetin Sosyolojisi</t>
+          <t>Ölüm ve Kral’ın Atlısı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>891</v>
+        <v>239</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059556828</t>
+          <t>9786256610071</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Orhan Kemal'in Hikaye Dünyası</t>
+          <t>Gök Yankısı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>692</v>
+        <v>203</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059556774</t>
+          <t>9786256610088</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Adam Mustafa Sarıçiçek</t>
+          <t>Modern Türk Edebiyatında Kaçış</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>369</v>
+        <v>751</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059556781</t>
+          <t>9786256610095</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Mekana Sinen Ruh</t>
+          <t>Söz Durumları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>288</v>
+        <v>322</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059556750</t>
+          <t>9786256610101</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Urdu Dilinin Türk Asıllı Efsane Şairi Mirza Esedullah Han Galip</t>
+          <t>Gönül Devleti</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>329</v>
+        <v>217</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059556736</t>
+          <t>9786256610064</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Mekan Odağında Türk Romanı İncelemeleri</t>
+          <t>Ağacı Bahara Cesaretlendirmek</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>822</v>
+        <v>264</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059556729</t>
+          <t>9786256610057</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çağında Kültür</t>
+          <t>Arasta’nın İnsanları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>658</v>
+        <v>273</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059556712</t>
+          <t>9786256610040</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında İdealler ve Gerçeklik</t>
+          <t>Arap Edebiyatı Öyküleri</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>672</v>
+        <v>316</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059556668</t>
+          <t>9786256610019</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Söylem</t>
+          <t>Kurganlar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>507</v>
+        <v>203</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789758274000</t>
+          <t>9786256610002</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ceylan Kovalamak</t>
+          <t>Siyaset ve Kitaplar Arasında</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>236</v>
+        <v>494</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059556682</t>
+          <t>9786256610033</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Babamı Öldüren Şeyler</t>
+          <t>Geleneksel Edebiyat Teorisi ve Yunus Emre</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>239</v>
+        <v>754</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059556675</t>
+          <t>9786256610026</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaleminden</t>
+          <t>Hatır Divanı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>274</v>
+        <v>203</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059556347</t>
+          <t>9786258162899</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Herkes Yalnız Ölür</t>
+          <t>Roman Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>1091</v>
+        <v>768</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059556651</t>
+          <t>9786258162837</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Ortadoğu İlişkilerinin Ekonomi Politiği</t>
+          <t>Dostoyevski ve Biz</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>795</v>
+        <v>290</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059556644</t>
+          <t>9786258162776</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Teoride Din</t>
+          <t>Mozart'ın Nasırlı Elleri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>877</v>
+        <v>165</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059556620</t>
+          <t>9786258162851</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Ötesinde Müslümanlık</t>
+          <t>Muhtarname</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>603</v>
+        <v>658</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059556613</t>
+          <t>9786258162844</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
+          <t>Avrupa Düşüncesinde Bölünme Heidegger - Cassirer</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>262</v>
+        <v>795</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059556637</t>
+          <t>9786258162769</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Marx’ı Yeniden Düşünmek</t>
+          <t>Perdedeki Öykü</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>494</v>
+        <v>425</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059556590</t>
+          <t>9786258162806</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bilinç ve Roman</t>
+          <t>Bir Sepet Hayal</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>535</v>
+        <v>281</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059556521</t>
+          <t>9786258162813</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Zihni Sömürgeden Azad</t>
+          <t>Bana Hikaye Anlatma</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>318</v>
+        <v>466</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059556569</t>
+          <t>9786258162790</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dilinin Sularında İlhan Berk</t>
+          <t>Zongo’nun Değirmeni</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>699</v>
+        <v>261</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059556552</t>
+          <t>9786258162363</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Serazat</t>
+          <t>Metaverse’e Doğru (Mu?)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>239</v>
+        <v>398</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059556545</t>
+          <t>9786258162721</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Har</t>
+          <t>Kutsaldan Şiirsele</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>179</v>
+        <v>973</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059556538</t>
+          <t>9786258162714</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Atları Uçuruma Sürmek</t>
+          <t>Nesillerin Ağabeyi Fethi Gemuhluoğlu</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>269</v>
+        <v>391</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059556477</t>
+          <t>9786258162738</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Uçurumlar Bestecisi</t>
+          <t>M. Akif’in İstiklal Marşı’nı Yazdığı Mekan</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>179</v>
+        <v>576</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059556446</t>
+          <t>9786258162684</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kuzey</t>
+          <t>Cenneti Yeryüzüne İndirmek</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>239</v>
+        <v>329</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059556439</t>
+          <t>9786258162677</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Dullar Sokağı</t>
+          <t>Bir Kuşu Taşlarla Bu Çöle Bağladılar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>283</v>
+        <v>236</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059556453</t>
+          <t>9786258162172</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Açık Yara</t>
+          <t>Yokluğun Eskimeden</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>192</v>
+        <v>199</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059556507</t>
+          <t>9786258162189</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş 100 Şiir</t>
+          <t>Kuşlar, Pıtraklar ve Tıraş Sandığı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>494</v>
+        <v>203</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059556460</t>
+          <t>9786258162691</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kaygıdan Umuda Varoluşun Renkleri</t>
+          <t>Omzumda Biri</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>466</v>
+        <v>214</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059556415</t>
+          <t>9786258162462</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cumhuriyet</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 3</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>809</v>
+        <v>905</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059556422</t>
+          <t>9786258162455</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Alman Romantiklerinden Fragmanlar</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 2</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>406</v>
+        <v>905</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059556392</t>
+          <t>9786258162448</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hikaye ve Diğer Öyküler</t>
+          <t>Afrika’da Sömürgecilik Ve Eğitim - Cilt 1</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>272</v>
+        <v>946</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059556361</t>
+          <t>9786258162387</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Toy</t>
+          <t>İdeoloji Multidisipliner Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>179</v>
+        <v>939</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059556385</t>
+          <t>9786258162370</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma İmtihanı</t>
+          <t>Pakistan-Hindistan Öyküleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>713</v>
+        <v>405</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059556378</t>
+          <t>9786258162332</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kırılmalar</t>
+          <t>Kırklanmış Portreler</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>192</v>
+        <v>336</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059556330</t>
+          <t>9786258162349</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Buz Ressamı</t>
+          <t>Böyle Uzakta</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>822</v>
+        <v>203</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059556309</t>
+          <t>9786258162325</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Saçları Vardır Aşkın</t>
+          <t>Yüzün Tarihi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>179</v>
+        <v>264</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059556293</t>
+          <t>9786258162356</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Büyük Prens</t>
+          <t>Adem’in Cennetleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059556316</t>
+          <t>9786258162318</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Aşk Ebediyyen Değişir</t>
+          <t>Önsözler</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>264</v>
+        <v>201</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059556323</t>
+          <t>9786258162301</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Oysa Rüyaydı</t>
+          <t>Kehanet ve Siyaset</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>269</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059556286</t>
+          <t>9786257449977</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Nogay Öyküsü</t>
+          <t>Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>274</v>
+        <v>264</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059556279</t>
+          <t>9786258162127</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Manhattan Transfer</t>
+          <t>Günümüz Irak Türkmen Öyküsü</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>864</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059556255</t>
+          <t>9786258162158</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Kaderler Müzesi</t>
+          <t>Günümüz Tatar Öyküsü</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>316</v>
+        <v>644</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059556262</t>
+          <t>9786258162165</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kediyorum Yasını</t>
+          <t>Günümüz Türkmen Öyküsü</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>213</v>
+        <v>439</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059556248</t>
+          <t>9786258162103</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma ve Din</t>
+          <t>Güzel Hata</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>584</v>
+        <v>203</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059556231</t>
+          <t>9786258162097</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sisten Yazma</t>
+          <t>Huzursuz Kalp Sendromu</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>199</v>
+        <v>194</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059556200</t>
+          <t>9786258162110</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Göç Ve Küresel Politika</t>
+          <t>Renkler Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>548</v>
+        <v>228</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059556194</t>
+          <t>9786057547903</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Göç Meselesinde Temel Kavramlar</t>
+          <t>Hayat Gibi Bir Dram Bir Komedi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>617</v>
+        <v>266</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059556187</t>
+          <t>9786257449953</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (2 Kitap Takım) (Ciltli)</t>
+          <t>Günbatımına Övgüler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>5412</v>
+        <v>195</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059356170</t>
+          <t>9786257449939</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İyi Toplum: İnsani Gündem</t>
+          <t>Derya Ve Meczup</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>273</v>
+        <v>179</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059556132</t>
+          <t>9786257449946</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali'nin Eserlerinin Kaynakları</t>
+          <t>Modern Türk Şiirinde Ötekileştirme</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>261</v>
+        <v>343</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059556156</t>
+          <t>9786057547507</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Bir Devletin Anatomisi</t>
+          <t>Turgenyev</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>343</v>
+        <v>640</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059556163</t>
+          <t>9789944195928</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fransız Felsefesinde Etik</t>
+          <t>Merhamet Dilercesine Gökyüzüne Bakmak</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>514</v>
+        <v>195</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059556125</t>
+          <t>9786057547279</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kamçı</t>
+          <t>Hareket Zili</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>179</v>
+        <v>425</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059556071</t>
+          <t>9786059954563</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Başkası</t>
+          <t>Çağdaş Özbek Öyküsü</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>406</v>
+        <v>351</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059556101</t>
+          <t>9786059954440</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Çağdaş Gagauz Öyküsü</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>199</v>
+        <v>351</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059556095</t>
+          <t>9786059954884</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Raşid Gannuşi</t>
+          <t>Dut Ağacında (Toplu Şiirler 1980-2015)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>699</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059556118</t>
+          <t>9789944195195</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kapısı</t>
+          <t>Eleştiri Çağında Deneme</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>998</v>
+        <v>329</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059556088</t>
+          <t>9786059954860</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Ayini</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>262</v>
+        <v>125</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059279963</t>
+          <t>9786057547293</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Hikaye</t>
+          <t>İslam Felsefesi Sözlüğü</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>379</v>
+        <v>329</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059279987</t>
+          <t>9786258162141</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Biri Beni Onarsın</t>
+          <t>Günümüz Moğolistan Kazak Öyküsü</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>203</v>
+        <v>576</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059556033</t>
+          <t>9786258162134</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Parodi: Antik Modern ve Postmodern</t>
+          <t>Günümüz Kumuk Öyküsü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>713</v>
+        <v>507</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059556057</t>
+          <t>9786257449960</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Talan</t>
+          <t>Yokuşun Çocukları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>192</v>
+        <v>496</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059556019</t>
+          <t>9786257449892</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kısık Vadisi</t>
+          <t>Felsefece</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>316</v>
+        <v>351</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059556040</t>
+          <t>9786257449847</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İkbal’e Dair</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>644</v>
+        <v>406</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059279949</t>
+          <t>9786257449854</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Wikipedia U</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>391</v>
+        <v>466</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059279789</t>
+          <t>9786257449861</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>1165</v>
+        <v>329</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059279901</t>
+          <t>9786257449885</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Eric Fromm'un İnsan ve Toplum Anlayışı</t>
+          <t>Yeni Çar</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>535</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059279918</t>
+          <t>9786257449816</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Otomatların Marşı</t>
+          <t>Dört Mevsim Gazozu</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>232</v>
+        <v>205</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059279833</t>
+          <t>9786257449830</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Romanda Mistik Eğilimler</t>
+          <t>Joburg, Benim</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>1083</v>
+        <v>172</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059279758</t>
+          <t>9786257449823</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Atlar Göçebe</t>
+          <t>Hayatın Şiiri Edebiyat</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>302</v>
+        <v>295</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059279819</t>
+          <t>9786257449878</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Açık Kalsın</t>
+          <t>Şiir - Yorum</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>239</v>
+        <v>487</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059279888</t>
+          <t>9786257449809</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Şeb-i Yelda</t>
+          <t>Tehlikeli Sınırlar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>181</v>
+        <v>357</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059279826</t>
+          <t>9786257449786</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyaya Karşı</t>
+          <t>Safderun Alafrangadan Kötücül Entelektüele</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>968</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059279802</t>
+          <t>9786257449793</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Soren Kierkegaard Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>657</v>
+        <v>329</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059279741</t>
+          <t>9786257449762</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Arap ve Fars Kadın Öykücülerden İnciler</t>
+          <t>Gün Karşı Tepeden</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>480</v>
+        <v>239</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059279772</t>
+          <t>9786257449779</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>90'larda Türk Öyküsü</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>439</v>
+        <v>425</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059279871</t>
+          <t>9786257449755</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Üstkurgu / Üstkurmaca Üzerine</t>
+          <t>Korkunun Edebi Görüntüleri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>379</v>
+        <v>603</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059279796</t>
+          <t>9786257449410</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğin Peşinde Taşkent'e Doğru</t>
+          <t>Deli Cesareti</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>329</v>
+        <v>203</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059279864</t>
+          <t>9786257449717</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Çolak Hattat</t>
+          <t>Şairin Çekmecesi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059279857</t>
+          <t>9786257449700</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yokluk Güzel Yalnızlık İyi</t>
+          <t>Modern Afrika Edebiyatı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>192</v>
+        <v>624</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786057455239</t>
+          <t>9786257449748</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Medrese Hatıraları</t>
+          <t>Dün Yabancı Bugün Arkadaş (?)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>274</v>
+        <v>217</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059279703</t>
+          <t>9786257449403</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Meczupların Görevleri</t>
+          <t>Kusurlu Güzellik</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>257</v>
+        <v>201</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059279727</t>
+          <t>9786257449724</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Londra Manzaraları ve Başka Yazılar</t>
+          <t>Tahta Atın İçindekiler</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>239</v>
+        <v>273</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059279710</t>
+          <t>9786257449731</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tahayyülat</t>
+          <t>Shakespeare ve Eleştirmeni Brandes</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>199</v>
+        <v>439</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059279598</t>
+          <t>9786257449397</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Karşılaşmalar</t>
+          <t>Şiir Çıkmazında</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>231</v>
+        <v>411</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059279604</t>
+          <t>9786257449427</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdaki Havalar</t>
+          <t>Bu Toprakların Edebiyatı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>274</v>
+        <v>425</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789944195454</t>
+          <t>9786257449359</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Pis Kan</t>
+          <t>Dostoyevski’nin Dünya Görüşü</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>179</v>
+        <v>336</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059279222</t>
+          <t>9786257449380</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl'ın Çilesi</t>
+          <t>Alman Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>273</v>
+        <v>325</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059279239</t>
+          <t>9786257449335</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Rudolf Bultmann'da Vahiy ve Mitoloji</t>
+          <t>Türk Edebiyatında Kitap, Kütüphane ve Okuma Kültürü</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>329</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789758274604</t>
+          <t>9786257449373</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Naima</t>
+          <t>Bir Dava Adamı Nurettin Topçu</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>274</v>
+        <v>205</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055108113</t>
+          <t>9786257449342</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Mütercim</t>
+          <t>Kısa Devre</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>398</v>
+        <v>217</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789758988525</t>
+          <t>9786257449366</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>İçimizin Yıldızları</t>
+          <t>Dil Sürçmesi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>428</v>
+        <v>210</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059954877</t>
+          <t>9786257449281</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamak</t>
+          <t>Bütün Ağırlıklarım</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>727</v>
+        <v>217</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059279086</t>
+          <t>9786257449328</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sahurla Gelen Erkekler</t>
+          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>217</v>
+        <v>562</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059279062</t>
+          <t>9786257449274</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Leke</t>
+          <t>İslam Dünyasında Alternatif Düzen Talepleri</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>273</v>
+        <v>480</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786059279055</t>
+          <t>9786257449298</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Garip Hikayeler Kitabı</t>
+          <t>Perdenin Dili</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>302</v>
+        <v>340</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059954938</t>
+          <t>9786257449311</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Osmanlıca)</t>
+          <t>Sufi Sinema</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>240</v>
+        <v>329</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059954921</t>
+          <t>9786257449304</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları</t>
+          <t>Zaman İçinde Mekan</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>521</v>
+        <v>329</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059954839</t>
+          <t>9786057446336</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Eşikte ve Eksik</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>409</v>
+        <v>258</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786059954815</t>
+          <t>9786057446329</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Derkenar Şiir</t>
+          <t>İnsanlığın Ağlama Tarihine Giriş</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>199</v>
+        <v>217</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059954082</t>
+          <t>9786057446350</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Minareden Düşen Ezan</t>
+          <t>Yazının Önünde</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>261</v>
+        <v>370</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786059954808</t>
+          <t>9786057446374</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler İçerisinde</t>
+          <t>Taceddin-i Veli Divanı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>639</v>
+        <v>768</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059954792</t>
+          <t>9786057446367</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Büyük Saat'in Vuruşu</t>
+          <t>Mimesis, İfade ve Gösterge</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>409</v>
+        <v>357</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059954853</t>
+          <t>9786057446343</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Kitabı</t>
+          <t>Vakıf Kayıtları Ekseninde Bitlis'in Kültür Mirası</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>809</v>
+        <v>713</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789758988600</t>
+          <t>9786057455253</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazmak</t>
+          <t>Hayat Kırıntıları: Kerime ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>370</v>
+        <v>607</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786059954846</t>
+          <t>9786057455246</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Gücü</t>
+          <t>Thomas Mann ve Goethe</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>322</v>
+        <v>273</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059954822</t>
+          <t>9786057446305</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Herşey Çok Güzel</t>
+          <t>Hüzün Saati</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>198</v>
+        <v>316</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786059954648</t>
+          <t>9786057455260</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Üzerine Düşünceler</t>
+          <t>Besmelede Aşk Celmile</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>1035</v>
+        <v>325</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789758988594</t>
+          <t>9786057455284</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Dünyası</t>
+          <t>Anarkali</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>587</v>
+        <v>274</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059954723</t>
+          <t>9786057655277</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Dünyasında Tanpınar</t>
+          <t>Güfteden Besteye Akatay</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>316</v>
+        <v>325</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059954761</t>
+          <t>9786057455291</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Adına Hazırım</t>
+          <t>Hayal Tutkusu</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>199</v>
+        <v>316</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059954716</t>
+          <t>9789758988259</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kıyı</t>
+          <t>Sembolik Formlar Felsefesi - 2</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>213</v>
+        <v>644</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059954907</t>
+          <t>9786057455222</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sükut Suretinde Şerhi</t>
+          <t>Yeni Dünya - Sırça Köşk</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>198</v>
+        <v>480</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059954730</t>
+          <t>9786057455215</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Oktay Şiiri</t>
+          <t>Kağnı - Ses</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>850</v>
+        <v>324</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786059954754</t>
+          <t>9786057455208</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teoride Din</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>707</v>
+        <v>316</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059954693</t>
+          <t>9789758988327</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Kültürü</t>
+          <t>Dil Evrensellikleri ve Dilbilim Tipolojisi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>483</v>
+        <v>612</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789944195201</t>
+          <t>9786057547958</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bahçenin Epik Sürgünü</t>
+          <t>Üstat Ekrem</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>199</v>
+        <v>562</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789944195430</t>
+          <t>9786057547965</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Dili Lal</t>
+          <t>Erzurum, Van, Bitlis Vilayetlerinde Ermeni-Kürt İlişkileri (1908-1920)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>199</v>
+        <v>453</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>3990000087515</t>
+          <t>9786057547972</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Rölativite Teorisi Üzerine Felsefi İncelemeler</t>
+          <t>Toprak Ayna</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>274</v>
+        <v>242</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059954662</t>
+          <t>9786057547989</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kültürel - Dini Farklılık ve Ebu Hanife</t>
+          <t>Sahir</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>350</v>
+        <v>199</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789758274918</t>
+          <t>9786057547897</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’nin Menakıbi</t>
+          <t>Anlatı/Yorum</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>194</v>
+        <v>740</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789758988297</t>
+          <t>9786057547941</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi’nin Günlük Duaları</t>
+          <t>Bir Güzel İnsan Ersin Nazif Gürdoğan</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>325</v>
+        <v>713</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789944195591</t>
+          <t>9786057547934</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Hu</t>
+          <t>Mangan Mangan</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>603</v>
+        <v>165</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789758988334</t>
+          <t>9786057547927</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kültür Bilimlerinin Mantığı Üzerine</t>
+          <t>Şanlıurfa Kolyesi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>328</v>
+        <v>368</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9799758988364</t>
+          <t>9786057547828</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Trajik Gerçekçilik ve Modern Toplum</t>
+          <t>Günümüz Kırgız Öyküsü</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>587</v>
+        <v>453</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786059954600</t>
+          <t>9786057547842</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıyorum</t>
+          <t>Günümüz Kırım Tatar Öyküsü</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>685</v>
+        <v>699</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059954426</t>
+          <t>9786057547859</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyetten Cumhuriyete İran Şiiri</t>
+          <t>Günümüz Özbek Öyküsü</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>1014</v>
+        <v>631</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059954402</t>
+          <t>9786057547866</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Komşuluk Kültürü</t>
+          <t>Günümüz Rus Öyküsü</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>439</v>
+        <v>398</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786059954433</t>
+          <t>9786057547835</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yekrek</t>
+          <t>Günümüz Kazak Öyküsü</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>262</v>
+        <v>672</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789944195669</t>
+          <t>9786057547873</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Modern Öykü Kuramı</t>
+          <t>Postkoloni Üzerine</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>631</v>
+        <v>570</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786059954594</t>
+          <t>9786057547880</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi: Giriş</t>
+          <t>Edgar Allan Poe Bütün Şiirleri ve Kompozisyon Felsefesi</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>496</v>
+        <v>425</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786059954570</t>
+          <t>9786057547811</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İntihar İlacı</t>
+          <t>Günümüz Afgan Öyküsü</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>179</v>
+        <v>322</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789758274932</t>
+          <t>9786057547798</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Bulmak İçin Buradan Ayrıl</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>240</v>
+        <v>257</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786059954679</t>
+          <t>9786057547781</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Modern Mısır Romanı 1 (1914-1944)</t>
+          <t>Arınma Festivali</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>532</v>
+        <v>176</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055108144</t>
+          <t>9786057547743</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Dini Düşüncenin Yeniden Yapılandırılması</t>
+          <t>Lejyoner</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>411</v>
+        <v>205</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786055108137</t>
+          <t>9786057547750</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Deyip Geçme</t>
+          <t>Mahremiyetin Tahribi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>206</v>
+        <v>639</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059954624</t>
+          <t>9786057547767</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Balkon Çıkmazında Efendilik Tarihi</t>
+          <t>Mekansallık</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>181</v>
+        <v>384</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786055108373</t>
+          <t>9786057547774</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Hayat</t>
+          <t>Zirve Duygusu</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>264</v>
+        <v>273</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055108359</t>
+          <t>9786057547736</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Uzayan Gölgeler</t>
+          <t>Laf, Söz Olunca...</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>239</v>
+        <v>316</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055108380</t>
+          <t>9786057547699</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Mustafa'nın Karesi</t>
+          <t>Annemi Bir Uğultuya Yasladılar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055108366</t>
+          <t>9786057547729</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni'nin Boy Aynası</t>
+          <t>Bediü'z-Zaman El-Hemezani ve Makameleri</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>735</v>
+        <v>425</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789944195959</t>
+          <t>9786057547705</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Cebrail Kanadı</t>
+          <t>Kuklalar İçin İplerden Sonra Yaşam</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>351</v>
+        <v>261</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055108168</t>
+          <t>9786057547668</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve Gelenekselcilik Arasında Din</t>
+          <t>Su Paradoksu</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>685</v>
+        <v>507</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786059279642</t>
+          <t>9786057547675</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Yazıdaki Yaşamlar</t>
+          <t>Günümüz Azerbeycan Öyküsü</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>420</v>
+        <v>466</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786059279680</t>
+          <t>9786057547682</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden Düşmeyelim</t>
+          <t>Göçler ve Kültürler Bir Dünya Görüşü</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>274</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786059279673</t>
+          <t>9786057547606</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Re Mektupları</t>
+          <t>Öyküler: Ateşler - Çukurda</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>203</v>
+        <v>232</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786055108236</t>
+          <t>9786057547644</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Dünyada Şiir</t>
+          <t>Çağdaş Urdu Edebiyatı Seçkisi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>273</v>
+        <v>559</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789944195249</t>
+          <t>9786057547590</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslami Siyasi Düşünce</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>507</v>
+        <v>302</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789944195232</t>
+          <t>9786057547651</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Seke Seke Ben Geldim - Sekmeler 2</t>
+          <t>Korkunun Felsefesi Veya Kalbin Paradoksları</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>547</v>
+        <v>644</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789758988730</t>
+          <t>9786057547637</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Güne Doğan Koşu</t>
+          <t>Sevap Defteri</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>850</v>
+        <v>316</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786059556958</t>
+          <t>9786057547385</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Gerekli Açıklama</t>
+          <t>İstanbul Mizahı ve Reşat Nuri Güntekin’in Mizahi Hikayeciliği</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>288</v>
+        <v>781</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789944195737</t>
+          <t>9786057547583</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Frenk Havaları</t>
+          <t>Soren Kierkegaard’da Öznel Hakikat Kavramı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>257</v>
+        <v>740</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789944195614</t>
+          <t>9786057457569</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Eşikteki Özgürlük</t>
+          <t>Din ve Asi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>649</v>
+        <v>518</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789944195935</t>
+          <t>9786057547545</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eylemi ve Nuri Pakdil</t>
+          <t>Bir Fırtına Tuttu Bizi</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>987</v>
+        <v>201</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789758274338</t>
+          <t>9786057547446</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde İstanbul</t>
+          <t>Ermiş (Osmanlıca)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>450</v>
+        <v>272</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789758274147</t>
+          <t>9786057547538</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ben Beyrut</t>
+          <t>Kristal Kentler</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>233</v>
+        <v>192</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789758988754</t>
+          <t>9786057547460</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Kandilleri</t>
+          <t>Şiir Kuran Nesneler</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>640</v>
+        <v>453</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789944195713</t>
+          <t>9786057547484</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Aramızda</t>
+          <t>Diğer Şeyler</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>214</v>
+        <v>258</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789944195423</t>
+          <t>9786057547477</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Acemi Çisenti</t>
+          <t>Eleştiri Farkı</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>179</v>
+        <v>510</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789944195645</t>
+          <t>9786057547491</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Bir Gökyüzüne Önsöz</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>262</v>
+        <v>176</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789758988440</t>
+          <t>9786057547453</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Yusuf’un Gençliği 2. Cilt</t>
+          <t>Yunus Divanı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>617</v>
+        <v>754</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789758988433</t>
+          <t>9786059147675</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Yakup’un Hikayeleri 1. Cilt</t>
+          <t>Kahramanlarıma Mektuplar</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>781</v>
+        <v>273</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786058988891</t>
+          <t>9786057547408</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Kardeşleri Cilt: 4</t>
+          <t>Hakediş Raporu</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>994</v>
+        <v>205</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789758274260</t>
+          <t>9786057547422</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yazılar</t>
+          <t>19. Yüzyıldan Günümüze Türk Edebiyatında Öykü</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>336</v>
+        <v>202</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789758988662</t>
+          <t>9786057547392</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Hayatı</t>
+          <t>Rus Edebiyatının Mihenk Taşları</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>850</v>
+        <v>505</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789758988150</t>
+          <t>9786057547415</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Tükenerek Çoğalmak</t>
+          <t>Afrika'nın Paylaşımı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>398</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789944195058</t>
+          <t>9786057547439</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapı ve Değişme Kuramları</t>
+          <t>Rus Düşüncesi Bağlamında F. M. Dostoyevski'de Yabancılaşma Olgusu</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>599</v>
+        <v>905</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9799758988517</t>
+          <t>9786057547378</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Şairler</t>
+          <t>İşrak Ruhun Renkleri (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>280</v>
+        <v>343</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789944195683</t>
+          <t>9786057547361</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler İçin Savaş</t>
+          <t>Yediler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>672</v>
+        <v>203</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789758988266</t>
+          <t>9786057547354</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Sembolik Formlar Felsefesi 3</t>
+          <t>Çocukça Bir Direniş</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>1110</v>
+        <v>232</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789944195874</t>
+          <t>9786057547347</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Sahte Siyah</t>
+          <t>Farsça Tefsir Metinlerinde Mitoloji</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>261</v>
+        <v>631</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9799758274962</t>
+          <t>9786057547330</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Özgür Birey Sınırlı Devlet</t>
+          <t>Olmayan Şeyler Yüzünden</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>403</v>
+        <v>202</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789758988778</t>
+          <t>9786057547309</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Hazanında Gazel Dökümü</t>
+          <t>Sufi Kişilik Psikolojisi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>795</v>
+        <v>288</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789944195508</t>
+          <t>9786057547323</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kumercin</t>
+          <t>Resmimi Dağlarla Çek</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789944195102</t>
+          <t>9786057547316</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>K’sız Ş’siz Aşkın Hikayesi</t>
+          <t>Bin Türlü Yama</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>274</v>
+        <v>179</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789758274925</t>
+          <t>9786059556514</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Varoluş</t>
+          <t>Vişne Renkleri</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>610</v>
+        <v>809</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789758988648</t>
+          <t>9786059556408</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Kaşıkçı Ali Rıza</t>
+          <t>Coğrafya Neden Önemlidir</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>466</v>
+        <v>987</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786059954945</t>
+          <t>9786059556484</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Romanda Bilgi İktidar İdeoloji</t>
+          <t>Şaziye Berin’e Mektuplarıyla Ali Ekrem Bolayır</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>543</v>
+        <v>877</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055108083</t>
+          <t>9786057547286</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kırmızının Çağrısı</t>
+          <t>Fotoğrafname</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>232</v>
+        <v>281</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786055108120</t>
+          <t>9786059279932</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>İrade</t>
+          <t>Dünya Siyasetinde Kültürel Etkenler</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>199</v>
+        <v>806</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789944195188</t>
+          <t>9786057547156</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dürbünü</t>
+          <t>İslam'da Cinsiyet Diyalektiği</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>547</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055108175</t>
+          <t>9786057547248</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Her Roj Ji Emir Diçe</t>
+          <t>Türk Edebiyatında Estetiğin Doğuşu</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>98</v>
+        <v>384</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789944195270</t>
+          <t>9786057547217</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Hacıyatmaz</t>
+          <t>Goethe ve Dünya Edebiyatı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>232</v>
+        <v>287</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789944195287</t>
+          <t>9786057547194</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük İnsan: Dostoyevski - Pascal - Ibsen (Ciltli)</t>
+          <t>Nükleer Enerji - Atomdan Elektriğe Sağlıktan Silaha</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>398</v>
+        <v>768</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789944195812</t>
+          <t>9786057547200</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kelebek, Şair ve İzler</t>
+          <t>Alim</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>214</v>
+        <v>228</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
+          <t>9786057547224</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Alman Göçmenlerin Sohbetleri</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786057547163</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Barışta Elverişsiz</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786057547170</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Kafsız, Şinsiz ve Noktasız Hikayesi</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786057547125</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Göç Öyküleri</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786057547088</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Fatma Begüm'ün Saba Defteri</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786057547132</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İran Edebiyatında Kadın</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786057547071</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Dubeytiler</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786057547095</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Orpheus'un Parçalanışı</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786057547118</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Myanmar'ın İçindeki Düşman</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786059954075</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Gönüller Küçüldü</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786057547101</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Postkolonyalizm ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786057547149</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Seğirmek Manaları</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786057547064</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786057547057</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlar Düşmek İçindir</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786057547040</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Hannibal</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786057547033</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Modern Şiir Dilinde Sapmalar</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9789758274246</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Konuşmacı</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786057547026</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Sene Daha</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786056864544</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Us Lekesi</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786056864582</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>İslami Kendine Özgülük</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786057547002</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Çırak</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786056864599</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Büyük Mutfağı</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786057547019</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Dili</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786056864568</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786056864575</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski Okumaları</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786056864506</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Ya Sinek Sekiz Ya Buhurumeryem</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786059556941</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Generali Tanımak</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786059556989</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Çiçekli Yazma</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786056864520</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Nesirleri</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786059556996</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yürüyüş</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786059556934</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Gazzali ve İmgelem Poetikası</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786059556965</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Eksik Bir Seremoni</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786059556927</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye Kuran Nesneler</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786059556897</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>İncinmişlik Asidi</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786059556903</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Kelebekler Düş Görmeye Devam Ediyor</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786059556880</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Kiralık Konak Romanında Batılılaşma ve Dil Sorunları</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786059556873</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Şehre Yansıyan Medeniyet Edebiyata Yansıyan Şehir</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786059556866</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Atlık Dağı Türküsü</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786059556859</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Yahudi Felsefesi Tarihi</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786059556842</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Adil Bir Akşam</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786059556811</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Özgürleşme ve Çoğulculuk</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786059556699</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Kara Irmak</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786059556835</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Tolstoy</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786059556804</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Diktatörlük</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786059556798</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın ve Şiddetin Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786059556828</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Orhan Kemal'in Hikaye Dünyası</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786059556774</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeli Adam Mustafa Sarıçiçek</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786059556781</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Mekana Sinen Ruh</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786059556750</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Urdu Dilinin Türk Asıllı Efsane Şairi Mirza Esedullah Han Galip</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786059556736</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Tarih ve Mekan Odağında Türk Romanı İncelemeleri</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786059556729</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Çağında Kültür</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786059556712</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Rus Edebiyatında İdealler ve Gerçeklik</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786059556668</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Şiirsel Söylem</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9789758274000</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Ceylan Kovalamak</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786059556682</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Babamı Öldüren Şeyler</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786059556675</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kaleminden</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786059556347</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Yalnız Ölür</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786059556651</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye - Ortadoğu İlişkilerinin Ekonomi Politiği</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786059556644</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Sosyal Teoride Din</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786059556620</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Ötesinde Müslümanlık</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786059556613</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Kurmacanın Halleri Kalenin Bedenleri</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786059556637</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Marx’ı Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786059556590</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç ve Roman</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786059556521</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Zihni Sömürgeden Azad</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786059556569</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Dilinin Sularında İlhan Berk</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786059556552</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Serazat</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786059556545</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Har</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786059556538</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Atları Uçuruma Sürmek</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786059556477</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Uçurumlar Bestecisi</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786059556446</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786059556439</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Dullar Sokağı</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786059556453</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Açık Yara</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786059556507</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Seçilmiş 100 Şiir</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786059556460</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Kaygıdan Umuda Varoluşun Renkleri</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786059556415</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Cumhuriyet</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786059556422</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Alman Romantiklerinden Fragmanlar</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786059556392</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kalan Hikaye ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786059556361</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Toy</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786059556385</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Hayatta Kalma İmtihanı</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786059556378</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Kırılmalar</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786059556330</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Buz Ressamı</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786059556309</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Saçları Vardır Aşkın</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786059556293</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Prens</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786059556316</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Aşk Ebediyyen Değişir</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786059556323</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Oysa Rüyaydı</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786059556286</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Nogay Öyküsü</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786059556279</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Manhattan Transfer</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786059556255</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolmuş Kaderler Müzesi</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786059556262</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Kediyorum Yasını</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786059556248</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlanma ve Din</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786059556231</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Sisten Yazma</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786059556200</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Zorunlu Göç Ve Küresel Politika</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786059556194</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Göç Meselesinde Temel Kavramlar</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786059556187</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi (2 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>5412</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786059356170</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>İyi Toplum: İnsani Gündem</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786059556132</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali'nin Eserlerinin Kaynakları</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786059556156</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Bir Devletin Anatomisi</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786059556163</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Fransız Felsefesinde Etik</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786059556125</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Kamçı</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786059556071</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Başkası</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786059556101</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Hiç</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786059556095</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Raşid Gannuşi</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786059556118</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Kapısı</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786059556088</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Pazartesi Ayini</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786059279963</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatında Manzum Hikaye</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786059279987</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Biri Beni Onarsın</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786059556033</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Parodi: Antik Modern ve Postmodern</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786059556057</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz Talan</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786059556019</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Kısık Vadisi</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786059556040</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>İkbal’e Dair</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786059279949</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Wikipedia U</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786059279789</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Üzerine</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786059279901</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Eric Fromm'un İnsan ve Toplum Anlayışı</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786059279918</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Otomatların Marşı</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786059279833</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Romanda Mistik Eğilimler</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786059279758</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Atlar Göçebe</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786059279819</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Işıklar Açık Kalsın</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786059279888</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Şeb-i Yelda</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786059279826</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Modern Dünyaya Karşı</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786059279802</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Hikayeler</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786059279741</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Arap ve Fars Kadın Öykücülerden İnciler</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786059279772</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>90'larda Türk Öyküsü</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786059279871</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Üstkurgu / Üstkurmaca Üzerine</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786059279796</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Ekmeğin Peşinde Taşkent'e Doğru</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786059279864</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Çolak Hattat</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786059279857</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Yokluk Güzel Yalnızlık İyi</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786057455239</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Medrese Hatıraları</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786059279703</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Meczupların Görevleri</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786059279727</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Londra Manzaraları ve Başka Yazılar</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786059279710</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Tahayyülat</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786059279598</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Tehlikeli Karşılaşmalar</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786059279604</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Dışarıdaki Havalar</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9789944195454</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Pis Kan</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786059279222</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Necip Fazıl'ın Çilesi</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786059279239</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Rudolf Bultmann'da Vahiy ve Mitoloji</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9789758274604</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Naima</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786055108113</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Mütercim</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9789758988525</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>İçimizin Yıldızları</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786059954877</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Birlikte Yaşamak</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786059279086</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Sahurla Gelen Erkekler</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786059279062</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>İnatçı Leke</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786059279055</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Garip Hikayeler Kitabı</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786059954938</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens (Osmanlıca)</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786059954921</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Kapıları</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786059954839</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Makaleler</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786059954815</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Derkenar Şiir</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786059954082</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Minareden Düşen Ezan</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786059954808</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Dehşetler İçerisinde</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786059954792</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Saat'in Vuruşu</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786059954853</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Ziya Gökalp Kitabı</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9789758988600</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Yazmak</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786059954846</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın Gücü</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786059954822</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Herşey Çok Güzel</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786059954648</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9789758988594</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Kültürün Dünyası</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786059954723</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Türk Düşünce Dünyasında Tanpınar</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786059954761</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Adına Hazırım</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786059954716</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Kıyı</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786059954907</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Sükut Suretinde Şerhi</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786059954730</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Oktay Şiiri</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786059954754</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Teoride Din</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786059954693</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Kültürü</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9789944195201</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Bahçenin Epik Sürgünü</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9789944195430</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarın Dili Lal</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>3990000087515</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Rölativite Teorisi Üzerine Felsefi İncelemeler</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786059954662</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel - Dini Farklılık ve Ebu Hanife</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9789758274918</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi’nin Menakıbi</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9789758988297</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>İbn Arabi’nin Günlük Duaları</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9789944195591</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Hu</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9789758988334</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Bilimlerinin Mantığı Üzerine</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9799758988364</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Trajik Gerçekçilik ve Modern Toplum</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786059954600</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye Anlatıyorum</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786059954426</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Meşrutiyetten Cumhuriyete İran Şiiri</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786059954402</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Komşuluk Kültürü</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786059954433</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Yekrek</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9789944195669</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Modern Öykü Kuramı</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786059954594</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesi: Giriş</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786059954570</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>İntihar İlacı</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9789758274932</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786059954679</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Modern Mısır Romanı 1 (1914-1944)</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786055108144</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Dini Düşüncenin Yeniden Yapılandırılması</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786055108137</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Zaman Deyip Geçme</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786059954624</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Balkon Çıkmazında Efendilik Tarihi</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786055108373</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Ansızın Hayat</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786055108359</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Uzayan Gölgeler</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786055108380</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa'nın Karesi</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786055108366</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Yeni'nin Boy Aynası</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9789944195959</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Cebrail Kanadı</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786055108168</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Modernizm ve Gelenekselcilik Arasında Din</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786059279642</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Yazıdaki Yaşamlar</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786059279680</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Tut Elimden Düşmeyelim</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786059279673</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Re Mektupları</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786055108236</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Huzursuz Dünyada Şiir</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9789944195249</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İslami Siyasi Düşünce</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9789944195232</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Seke Seke Ben Geldim - Sekmeler 2</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9789758988730</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Güne Doğan Koşu</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786059556958</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Gerekli Açıklama</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9789944195737</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Frenk Havaları</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9789944195614</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Eşikteki Özgürlük</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9789944195935</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Eylemi ve Nuri Pakdil</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9789758274338</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Divan Şiirinde İstanbul</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9789758274147</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Ben Beyrut</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9789758988754</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Asya’nın Kandilleri</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9789944195713</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Aramızda</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9789944195423</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Acemi Çisenti</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9789944195645</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Zamansız</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789758988440</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf ve Kardeşleri Yusuf’un Gençliği 2. Cilt</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9789758988433</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf ve Kardeşleri Yakup’un Hikayeleri 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786058988891</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf ve Kardeşleri Cilt: 4</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9789758274260</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Yazılar</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9789758988662</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Türk Düşünce Hayatı</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9789758988150</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Tükenerek Çoğalmak</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9789944195058</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Yapı ve Değişme Kuramları</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9799758988517</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Şeyhülislam Şairler</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9789944195683</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Sözcükler İçin Savaş</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9789758988266</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Sembolik Formlar Felsefesi 3</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9789944195874</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Siyah</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9799758274962</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Birey Sınırlı Devlet</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9789758988778</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’nın Hazanında Gazel Dökümü</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9789944195508</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Kumercin</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9789944195102</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>K’sız Ş’siz Aşkın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9789758274925</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Benlik ve Varoluş</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9789758988648</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadis Kaşıkçı Ali Rıza</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786059954945</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Romanda Bilgi İktidar İdeoloji</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786055108083</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızının Çağrısı</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786055108120</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>İrade</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9789944195188</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Dürbünü</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786055108175</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Her Roj Ji Emir Diçe</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9789944195270</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Hacıyatmaz</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9789944195287</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Üç Büyük İnsan: Dostoyevski - Pascal - Ibsen (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9789944195812</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek, Şair ve İzler</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
           <t>9786055108106</t>
         </is>
       </c>
-      <c r="B604" s="1" t="inlineStr">
+      <c r="B835" s="1" t="inlineStr">
         <is>
           <t>Maveraünnehir Defterleri</t>
         </is>
       </c>
-      <c r="C604" s="1">
+      <c r="C835" s="1">
         <v>316</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>