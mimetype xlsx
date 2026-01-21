--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,595 +85,625 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055819538</t>
+          <t>9786055819699</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Başkasının Karısı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055819521</t>
+          <t>9786055819675</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gülünç Bir Adamın Düşü</t>
+          <t>Şerefli Hırsız</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055819668</t>
+          <t>9786055819538</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Bir Yürek</t>
+          <t>Venedik Taciri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055819361</t>
+          <t>9786055819521</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>1914</t>
+          <t>Gülünç Bir Adamın Düşü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>125</v>
+        <v>215</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055819071</t>
+          <t>9786055819668</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Torunuma Yunan Mitleri</t>
+          <t>Kırılgan Bir Yürek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>185</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055819477</t>
+          <t>9786055819361</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>On İkinci Gece</t>
+          <t>1914</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055819392</t>
+          <t>9786055819071</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler Çağı</t>
+          <t>Torunuma Yunan Mitleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055819491</t>
+          <t>9786055819477</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ravel</t>
+          <t>On İkinci Gece</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055819002</t>
+          <t>9786055819392</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İklimler</t>
+          <t>Sürgünler Çağı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055819231</t>
+          <t>9786055819491</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölüm Bağışlamak</t>
+          <t>Ravel</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055819040</t>
+          <t>9786055819002</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hadrianus’un Anıları</t>
+          <t>İklimler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055819811</t>
+          <t>9786055819231</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fraulein Else</t>
+          <t>Bir Ölüm Bağışlamak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055819804</t>
+          <t>9786055819040</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>Hadrianus’un Anıları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055819798</t>
+          <t>9786055819811</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Manon Lescaut</t>
+          <t>Fraulein Else</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055819750</t>
+          <t>9786055819804</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Balodan Sonra</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055819767</t>
+          <t>9786055819798</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Müteveffa İvan Belkin’in Hikayeleri</t>
+          <t>Manon Lescaut</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055819712</t>
+          <t>9786055819750</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Balodan Sonra</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>155</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055819682</t>
+          <t>9786055819767</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Casus</t>
+          <t>Müteveffa İvan Belkin’in Hikayeleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055819651</t>
+          <t>9786055819712</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sana Borcum Var</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055819644</t>
+          <t>9786055819682</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dekabristler</t>
+          <t>Casus</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055819590</t>
+          <t>9786055819651</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Göl</t>
+          <t>Sana Borcum Var</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055819576</t>
+          <t>9786055819644</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mezunlar Günü</t>
+          <t>Dekabristler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055819545</t>
+          <t>9786055819590</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rappaccini’nin Kızı</t>
+          <t>Göl</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055819552</t>
+          <t>9786055819576</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Al Yelkenler</t>
+          <t>Mezunlar Günü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055819514</t>
+          <t>9786055819545</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Abelard ve Heloise</t>
+          <t>Rappaccini’nin Kızı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055819439</t>
+          <t>9786055819552</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mumu</t>
+          <t>Al Yelkenler</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055819453</t>
+          <t>9786055819514</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hırçın Kız</t>
+          <t>Abelard ve Heloise</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055819408</t>
+          <t>9786055819439</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eve Giderken</t>
+          <t>Mumu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055819422</t>
+          <t>9786055819453</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Huysuzluğu</t>
+          <t>Hırçın Kız</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055819415</t>
+          <t>9786055819408</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tipi</t>
+          <t>Eve Giderken</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055819460</t>
+          <t>9786055819422</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kısasa Kısas</t>
+          <t>Kraliçenin Huysuzluğu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>210</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055819354</t>
+          <t>9786055819415</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şimşekler</t>
+          <t>Tipi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055819347</t>
+          <t>9786055819460</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Kısasa Kısas</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055819385</t>
+          <t>9786055819354</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kız</t>
+          <t>Şimşekler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055819057</t>
+          <t>9786055819347</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Doğu Öyküleri</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>205</v>
+        <v>410</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055819484</t>
+          <t>9786055819385</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kayabalığı</t>
+          <t>Kız</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
+          <t>9786055819057</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Öyküleri</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786055819484</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Kayabalığı</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
           <t>9786055819507</t>
         </is>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Kurban</t>
         </is>
       </c>
-      <c r="C38" s="1">
-        <v>180</v>
+      <c r="C40" s="1">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>