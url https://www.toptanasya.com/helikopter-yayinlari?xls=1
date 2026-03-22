--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,625 +85,1285 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055819699</t>
+          <t>2789786046522</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Jean Echenoz Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>73.15</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055819675</t>
+          <t>9786055819729</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şerefli Hırsız</t>
+          <t>Yetişkinlere Shakespeare</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055819538</t>
+          <t>9786055819781</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Venedik Taciri</t>
+          <t>Yolcu ve Köylü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055819521</t>
+          <t>2789788614682</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gülünç Bir Adamın Düşü</t>
+          <t>Dostoyevski Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>215</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055819668</t>
+          <t>2789788614699</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Bir Yürek</t>
+          <t>Shakespeare Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055819361</t>
+          <t>9786055819606</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>1914</t>
+          <t>Hayırlı Bir Hata</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055819071</t>
+          <t>9786055819446</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Torunuma Yunan Mitleri</t>
+          <t>İki İvan’ın Münakaşası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055819477</t>
+          <t>9786055819620</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>On İkinci Gece</t>
+          <t>Lavinia</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>275</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055819392</t>
+          <t>9786055819569</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler Çağı</t>
+          <t>Zamanın Tekerleği</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055819491</t>
+          <t>9786055819743</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ravel</t>
+          <t>Küçük Kahraman</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055819002</t>
+          <t>9786055819774</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İklimler</t>
+          <t>Dafnis ile Hloi’nin Aşkı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055819231</t>
+          <t>9786055819613</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölüm Bağışlamak</t>
+          <t>Ethan Frome</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055819040</t>
+          <t>9786055819637</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hadrianus’un Anıları</t>
+          <t>Dünyanın Bir Ucunda</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>520</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055819811</t>
+          <t>9786055819736</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fraulein Else</t>
+          <t>Kaybolup Giden Bir Kadın</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055819804</t>
+          <t>9786055819705</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055819798</t>
+          <t>9786055819064</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Manon Lescaut</t>
+          <t>Yasemin Mürekkebiyle</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055819750</t>
+          <t>9786055819149</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Balodan Sonra</t>
+          <t>Sicilya Konuşmaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055819767</t>
+          <t>9786055819156</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Müteveffa İvan Belkin’in Hikayeleri</t>
+          <t>Sadık Özben’in Toplu Eserleri - 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055819712</t>
+          <t>9786055819194</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Parma Manastırı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055819682</t>
+          <t>9786055819217</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Casus</t>
+          <t>Mrs. Stone’un Roma Baharı (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055819651</t>
+          <t>9786055819026</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sana Borcum Var</t>
+          <t>Morel’in Buluşu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>185</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055819644</t>
+          <t>9786055819323</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dekabristler</t>
+          <t>Micromegas ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>185</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055819590</t>
+          <t>9786055819330</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Göl</t>
+          <t>Koşmak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055819576</t>
+          <t>9786055819163</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mezunlar Günü</t>
+          <t>Kent ve Tuz</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>340</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055819545</t>
+          <t>9786055819187</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Rappaccini’nin Kızı</t>
+          <t>Kavafis’ten Yüz Şiir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055819552</t>
+          <t>9786055819170</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Al Yelkenler</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>195</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055819514</t>
+          <t>9786055819279</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Abelard ve Heloise</t>
+          <t>Kaplan! Kaplan!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055819439</t>
+          <t>9786055819019</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mumu</t>
+          <t>Kalfa İle Kıralıça</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055819453</t>
+          <t>9786055819095</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hırçın Kız</t>
+          <t>İyi ki Erken Öldün</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>260</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055819408</t>
+          <t>9786055819118</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Eve Giderken</t>
+          <t>İsa Bu Köye Uğramadı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055819422</t>
+          <t>9786055819255</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Huysuzluğu</t>
+          <t>Her Şey Ayartabilir Beni</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>75</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055819415</t>
+          <t>9786055819248</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tipi</t>
+          <t>Harman Yerinde Aşk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055819460</t>
+          <t>9786055819262</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kısasa Kısas</t>
+          <t>Günah Şehri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055819354</t>
+          <t>9786055819200</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şimşekler</t>
+          <t>Gölün Sırrı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055819347</t>
+          <t>9786055819033</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Franklin Flyer</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>410</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055819385</t>
+          <t>9786055819224</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kız</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055819057</t>
+          <t>9786055819309</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Doğu Öyküleri</t>
+          <t>Düzülke</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055819484</t>
+          <t>9786055819316</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kayabalığı</t>
+          <t>Bir Yıl</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
+          <t>9786055819132</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kadın</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786055819088</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Anna’nın Yedi Günahı</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786055819125</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>300 Yaş Konuşması</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786055819101</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Ada</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786055819583</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Mühürlü Melek</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786055819378</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Nerantzula</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786055819699</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Başkasının Karısı</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786055819675</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Şerefli Hırsız</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786055819538</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Venedik Taciri</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786055819521</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Gülünç Bir Adamın Düşü</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786055819668</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kırılgan Bir Yürek</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786055819361</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>1914</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786055819071</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Torunuma Yunan Mitleri</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786055819477</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>On İkinci Gece</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786055819392</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Sürgünler Çağı</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786055819491</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Ravel</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786055819002</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>İklimler</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786055819231</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ölüm Bağışlamak</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786055819040</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Hadrianus’un Anıları</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786055819811</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Fraulein Else</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786055819804</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Ev Sahibesi</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786055819798</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Manon Lescaut</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786055819750</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Balodan Sonra</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786055819767</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Müteveffa İvan Belkin’in Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786055819712</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Sığınak</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786055819682</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Casus</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786055819651</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Sana Borcum Var</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786055819644</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Dekabristler</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786055819590</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Göl</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786055819576</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Mezunlar Günü</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786055819545</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Rappaccini’nin Kızı</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786055819552</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Al Yelkenler</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786055819514</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Abelard ve Heloise</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786055819439</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Mumu</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786055819453</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Hırçın Kız</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786055819408</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Eve Giderken</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786055819422</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Kraliçenin Huysuzluğu</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786055819415</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Tipi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786055819460</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Kısasa Kısas</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786055819354</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Şimşekler</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786055819347</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı ve Siyah</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786055819385</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Kız</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786055819057</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Öyküleri</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786055819484</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Kayabalığı</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
           <t>9786055819507</t>
         </is>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Kurban</t>
         </is>
       </c>
-      <c r="C40" s="1">
+      <c r="C84" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>