--- v0 (2025-10-30)
+++ v1 (2026-01-21)
@@ -85,6295 +85,6490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051924083</t>
+          <t>9786051926032</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Belki de Biriyle Konuşmalısın</t>
+          <t>Madam Bovary (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051925899</t>
+          <t>9786051926049</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hamlet (Ciltli)</t>
+          <t>Yeraltından Notlar (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>410</v>
+        <v>490</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051925882</t>
+          <t>9786051921242</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Robot Adada</t>
+          <t>Dünya İçin Bir Şans</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051925868</t>
+          <t>9786051926018</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Patipalas Perili Değil</t>
+          <t>Tüy</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051925875</t>
+          <t>9786051926025</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nuri ve Lokum Yeni Görev</t>
+          <t>Ömür Dediğin Zarif Bir Ziyafet</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051925851</t>
+          <t>9786051925936</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Havuçlar Aşkına!</t>
+          <t>Beyaz Zambaklar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051925844</t>
+          <t>9786051925981</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein (Ciltli)</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051925813</t>
+          <t>9786051925929</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bay Saito’nun Gezici Sineması</t>
+          <t>Bitirişler</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051925806</t>
+          <t>9786051925691</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Çağdaş Sanatın Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051925820</t>
+          <t>9786051926001</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Robot Koruyor (Ciltli)</t>
+          <t>Ona Bakmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>440</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051925752</t>
+          <t>9786051925943</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Paddington: Peru’dan Gelen Ayı</t>
+          <t>Emmie Yeni Bir İcat Peşinde</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051925837</t>
+          <t>9786051925769</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Patipalas’a Hoş Geldiniz</t>
+          <t>Paddington: Hastaneye Gidiyor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051924557</t>
+          <t>9786051925967</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Sahilde – Neredesin? (Ciltli)</t>
+          <t>Köşe</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051925646</t>
+          <t>9786051924083</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Partide – Neredesin? (Ciltli)</t>
+          <t>Belki de Biriyle Konuşmalısın</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051924373</t>
+          <t>9786051925899</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Parkta – Neredesin? (Ciltli)</t>
+          <t>Hamlet (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>460</v>
+        <v>570</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051925653</t>
+          <t>9786051925882</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Yılbaşında – Neredesin? (Ciltli)</t>
+          <t>Vahşi Robot Adada</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051925639</t>
+          <t>9786051925868</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Bahçede – Neredesin? (Ciltli)</t>
+          <t>Patipalas Perili Değil</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051925561</t>
+          <t>9786051925875</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı (Ciltli)</t>
+          <t>Nuri ve Lokum Yeni Görev</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051925042</t>
+          <t>9786051925851</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Normal Efsanesi</t>
+          <t>Havuçlar Aşkına!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>630</v>
+        <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051920443</t>
+          <t>9786051925844</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaşal</t>
+          <t>Frankenstein (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051920382</t>
+          <t>9786051925813</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi</t>
+          <t>Bay Saito’nun Gezici Sineması</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051924731</t>
+          <t>9786051925806</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Zihinler</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051925721</t>
+          <t>9786051925820</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Büyüleyici Yolculuğu (Ciltli)</t>
+          <t>Vahşi Robot Koruyor (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>900</v>
+        <v>570</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051925738</t>
+          <t>9786051925752</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Büyük Su Kitabım (Ciltli)</t>
+          <t>Paddington: Peru’dan Gelen Ayı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051925790</t>
+          <t>9786051925837</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler (Ciltli)</t>
+          <t>Patipalas’a Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051925783</t>
+          <t>9786051924557</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hayat Size Hipopotamlar Verdiğinde</t>
+          <t>Tavşancan İle Faresu Sahilde – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051925776</t>
+          <t>9786051925646</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Masa</t>
+          <t>Tavşancan İle Faresu Partide – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051925684</t>
+          <t>9786051924373</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Unutma Beni</t>
+          <t>Tavşancan İle Faresu Parkta – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051925714</t>
+          <t>9786051925653</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gölge Gezegen</t>
+          <t>Tavşancan İle Faresu Yılbaşında – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>460</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051924755</t>
+          <t>9786051925639</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Ayı</t>
+          <t>Tavşancan İle Faresu Bahçede – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051921419</t>
+          <t>9786051925561</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu Serisi Seti - 11 Kitap Takım</t>
+          <t>Gurur ve Önyargı (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>2970</v>
+        <v>690</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051920689</t>
+          <t>9786051925042</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Şiirler</t>
+          <t>Normal Efsanesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051920474</t>
+          <t>9786051920443</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Robot (Ciltli)</t>
+          <t>Kaşal</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051922508</t>
+          <t>9786051920382</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hişt! Hişt!</t>
+          <t>Şaka Makinesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051920009</t>
+          <t>9786051924731</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kitapsever Bay Tilki</t>
+          <t>Dağınık Zihinler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>390</v>
+        <v>560</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051923949</t>
+          <t>9786051925721</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük Bir Roman Nasıl Yazılır?</t>
+          <t>Kitabın Büyüleyici Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>290</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051923819</t>
+          <t>9786051925738</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurmak Bedava</t>
+          <t>Büyük Su Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051923482</t>
+          <t>9786051925790</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarınıza Tutunun</t>
+          <t>Beyaz Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051925622</t>
+          <t>9786051925783</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sarsan Olaylar</t>
+          <t>Hayat Size Hipopotamlar Verdiğinde</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051925660</t>
+          <t>9786051925776</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Endişeyi Bırak, Mutlu Olmaya Bak</t>
+          <t>İki Kişilik Masa</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051925011</t>
+          <t>9786051925684</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ekran Karan - Sıkkın Bir Jonglör Hikayesi</t>
+          <t>Unutma Beni</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051925509</t>
+          <t>9786051925714</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kahvenin Peşinde Avrupa Café’lerinde Floransa</t>
+          <t>Gölge Gezegen</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051925615</t>
+          <t>9786051924755</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Umami</t>
+          <t>Usta ile Ayı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051925608</t>
+          <t>9786051921419</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Zamanında Aşk</t>
+          <t>Tavşancan ile Faresu Serisi Seti - 11 Kitap Takım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051925585</t>
+          <t>9786051920689</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar? (Ciltli)</t>
+          <t>Yaramaz Şiirler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051925530</t>
+          <t>9786051920474</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Yapmak İstemeyen Kedi</t>
+          <t>Vahşi Robot (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>330</v>
+        <v>570</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051925578</t>
+          <t>9786051922508</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları (Ciltli)</t>
+          <t>Hişt! Hişt!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051925554</t>
+          <t>9786051920009</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi (Ciltli)</t>
+          <t>Kitapsever Bay Tilki</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>460</v>
+        <v>490</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051925592</t>
+          <t>9786051923949</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Dört Dörtlük Bir Roman Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051925547</t>
+          <t>9786051923819</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Brokoli'nin Büyük Günü</t>
+          <t>Hayal Kurmak Bedava</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051925516</t>
+          <t>9786051923482</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tüm Küçük Kuş Yürekleri</t>
+          <t>Çocuklarınıza Tutunun</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>360</v>
+        <v>690</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051925523</t>
+          <t>9786051925622</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Şöyle Şeyler Böyle Şeyler</t>
+          <t>Dünyayı Sarsan Olaylar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>720</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051925493</t>
+          <t>9786051925660</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sevdiklerinizi Öldürün</t>
+          <t>Endişeyi Bırak, Mutlu Olmaya Bak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051925486</t>
+          <t>9786051925011</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Tarihi</t>
+          <t>Ekran Karan - Sıkkın Bir Jonglör Hikayesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051924311</t>
+          <t>9786051925509</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yalnız Kalmak İstiyor</t>
+          <t>Kahvenin Peşinde Avrupa Café’lerinde Floransa</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051925462</t>
+          <t>9786051925615</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sincap Olmak İstemiyorum</t>
+          <t>Umami</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051925455</t>
+          <t>9786051925608</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>En En İyi Arkadaşım</t>
+          <t>Kehribar Zamanında Aşk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051925479</t>
+          <t>9786051925585</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Sakladığı Kelimeler</t>
+          <t>İnsan Neyle Yaşar? (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051925424</t>
+          <t>9786051925530</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Şeyler</t>
+          <t>Hiçbir Şey Yapmak İstemeyen Kedi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051925448</t>
+          <t>9786051925578</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İtalya’da Leziz Günler</t>
+          <t>Genç Werther'in Acıları (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051925431</t>
+          <t>9786051925554</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kesinlikle Okunmak İstemeyen Kitap</t>
+          <t>Dorian Gray'in Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>370</v>
+        <v>570</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051925417</t>
+          <t>9786051925592</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ne? İletişim ve Birbirimizi Anlamak Üzerine Bir Kitap</t>
+          <t>Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051925400</t>
+          <t>9786051925547</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Kısa Öyküsü</t>
+          <t>Brokoli'nin Büyük Günü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>980</v>
+        <v>390</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051925394</t>
+          <t>9786051925516</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Havva</t>
+          <t>Tüm Küçük Kuş Yürekleri</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051925387</t>
+          <t>9786051925523</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kulaktan Kulağa</t>
+          <t>Şöyle Şeyler Böyle Şeyler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051925301</t>
+          <t>9786051925493</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihinde İlkler</t>
+          <t>Sevdiklerinizi Öldürün</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>980</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051925370</t>
+          <t>9786051925486</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yıldızsın</t>
+          <t>Kelimelerin Tarihi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051925325</t>
+          <t>9786051924311</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Karlar İçinde</t>
+          <t>Ayı Yalnız Kalmak İstiyor</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051925349</t>
+          <t>9786051925462</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Pupa</t>
+          <t>Sincap Olmak İstemiyorum</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051925332</t>
+          <t>9786051925455</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ankara Diye İnsanlar Vardır</t>
+          <t>En En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051924472</t>
+          <t>9786051925479</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Can ve Badem İz Peşinde - Battaniyemi Kim Aldı?</t>
+          <t>Kardeşimin Sakladığı Kelimeler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051925356</t>
+          <t>9786051925424</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Benim Kayam</t>
+          <t>Görünmez Şeyler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051925318</t>
+          <t>9786051925448</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şefin Menüsü</t>
+          <t>İtalya’da Leziz Günler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051925363</t>
+          <t>9786051925431</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Can ve Badem İz Peşinde: Kurabiyelerimi Kim Yedi?</t>
+          <t>Kesinlikle Okunmak İstemeyen Kitap</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051925264</t>
+          <t>9786051925417</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yok Artık! Evrendeki En Çılgın ve Akıl Almaz Gerçekler</t>
+          <t>Ne? İletişim ve Birbirimizi Anlamak Üzerine Bir Kitap</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051925219</t>
+          <t>9786051925400</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tangram Kedi (Ciltli)</t>
+          <t>Evrenin Kısa Öyküsü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>540</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051925233</t>
+          <t>9786051925394</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Birileri</t>
+          <t>Havva</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051925271</t>
+          <t>9786051925387</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Uyku Çiçeği</t>
+          <t>Kulaktan Kulağa</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051925240</t>
+          <t>9786051925301</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Duygular</t>
+          <t>Sanat Tarihinde İlkler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051925257</t>
+          <t>9786051925370</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Yaralar</t>
+          <t>Sen Bir Yıldızsın</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051925295</t>
+          <t>9786051925325</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İliklerine Kadar Yazmak: İçindeki Yazarı Özgür Bırakmak İçin 60 Kart</t>
+          <t>Karlar İçinde</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051925288</t>
+          <t>9786051925349</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Keşke Tüm Sevdiklerim De Okusa Dediğiniz Kitap</t>
+          <t>Zürafa Pupa</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051925226</t>
+          <t>9786051925332</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yaprak</t>
+          <t>Ankara Diye İnsanlar Vardır</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051925073</t>
+          <t>9786051924472</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Daha Fazla Zaman</t>
+          <t>Can ve Badem İz Peşinde - Battaniyemi Kim Aldı?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051925165</t>
+          <t>9786051925356</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ormanlar - Dünya Üzerindeki Balta Girmemiş Ormanlar, Korular ve Doğal Rezervler</t>
+          <t>Benim Kayam</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>950</v>
+        <v>390</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051925196</t>
+          <t>9786051925318</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Madeline Finn İle Terapi Köpeği</t>
+          <t>Şefin Menüsü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051925158</t>
+          <t>9786051925363</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Dünyaya Gelsem</t>
+          <t>Can ve Badem İz Peşinde: Kurabiyelerimi Kim Yedi?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051925202</t>
+          <t>9786051925264</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yemek Dedektifleri</t>
+          <t>Yok Artık! Evrendeki En Çılgın ve Akıl Almaz Gerçekler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051925172</t>
+          <t>9786051925219</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nuri ve Lokum</t>
+          <t>Tangram Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051925141</t>
+          <t>9786051925233</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Ol</t>
+          <t>Birileri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>370</v>
+        <v>550</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051925189</t>
+          <t>9786051925271</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bir Müzik Efsanesi Özlemek Nasıl Kokar?</t>
+          <t>Uyku Çiçeği</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051925134</t>
+          <t>9786051925240</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yiyecekler Serisi - Havalı Nohut</t>
+          <t>Duygular</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051925110</t>
+          <t>9786051925257</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yiyecekler Serisi - İyi Yumurta</t>
+          <t>Duygusal Yaralar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051925103</t>
+          <t>9786051925295</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yiyecekler Serisi - Kötü Çekirdek</t>
+          <t>İliklerine Kadar Yazmak: İçindeki Yazarı Özgür Bırakmak İçin 60 Kart</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051925127</t>
+          <t>9786051925288</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İliklerine Kadar Yazmak</t>
+          <t>Keşke Tüm Sevdiklerim De Okusa Dediğiniz Kitap</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051925097</t>
+          <t>9786051925226</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Eksik Dişliler Kulübü</t>
+          <t>Yaprak</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051925080</t>
+          <t>9786051925073</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Geçmişte Bırakın</t>
+          <t>Daha Fazla Zaman</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051925059</t>
+          <t>9786051925165</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ol - İyi Yaşa, Sağlıklı Ol Serisi</t>
+          <t>Ormanlar - Dünya Üzerindeki Balta Girmemiş Ormanlar, Korular ve Doğal Rezervler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>370</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051925066</t>
+          <t>9786051925196</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Lincoln Otobanı</t>
+          <t>Madeline Finn İle Terapi Köpeği</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051924748</t>
+          <t>9786051925158</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Okunmak İstemeyen Kitap</t>
+          <t>Yeniden Dünyaya Gelsem</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051925035</t>
+          <t>9786051925202</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kendin Ol - İyi Yaşa, Sağlıklı Ol Serisi</t>
+          <t>Yemek Dedektifleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051925004</t>
+          <t>9786051925172</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kahvenin Peşinde - Avrupa Cafe'lerinde Paris</t>
+          <t>Nuri ve Lokum</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051925028</t>
+          <t>9786051925141</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Üzerine</t>
+          <t>Güçlü Ol</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051924953</t>
+          <t>9786051925189</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Filmin Kısa Öyküsü (Ciltli)</t>
+          <t>Bir Müzik Efsanesi Özlemek Nasıl Kokar?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>980</v>
+        <v>440</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051924984</t>
+          <t>9786051925134</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ait Olmadığım Dünya</t>
+          <t>Çılgın Yiyecekler Serisi - Havalı Nohut</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051924991</t>
+          <t>9786051925110</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bavula Sığmayan</t>
+          <t>Çılgın Yiyecekler Serisi - İyi Yumurta</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051924595</t>
+          <t>9786051925103</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bornemann Sokağı’nda Yangın</t>
+          <t>Çılgın Yiyecekler Serisi - Kötü Çekirdek</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051924892</t>
+          <t>9786051925127</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kahvenin Peşinde / Avrupa Cafe’lerinde - Viyana</t>
+          <t>İliklerine Kadar Yazmak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051924960</t>
+          <t>9786051925097</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ya O Gün</t>
+          <t>Eksik Dişliler Kulübü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051924977</t>
+          <t>9786051925080</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çocuktan Evcil Hayvan Olmaz</t>
+          <t>Geçmişi Geçmişte Bırakın</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051924922</t>
+          <t>9786051925059</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Can Ve Badem İz Peşinde - Badem Nereye Kayboldu?</t>
+          <t>Cesur Ol - İyi Yaşa, Sağlıklı Ol Serisi</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051924915</t>
+          <t>9786051925066</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Yapacak Olsan</t>
+          <t>Lincoln Otobanı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>330</v>
+        <v>580</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051924908</t>
+          <t>9786051924748</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Büyük Büyükannem</t>
+          <t>Gerçekten Okunmak İstemeyen Kitap</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051924946</t>
+          <t>9786051925035</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kıyıdaki Kale</t>
+          <t>Kendin Ol - İyi Yaşa, Sağlıklı Ol Serisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051924939</t>
+          <t>9786051925004</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Suya Kulak Ver</t>
+          <t>Kahvenin Peşinde - Avrupa Cafe'lerinde Paris</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051924885</t>
+          <t>9786051925028</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bir Müzik Efsanesi - Mevsimlerin Gelişi</t>
+          <t>Bir İdam Üzerine</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051924878</t>
+          <t>9786051924953</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: İndia Hasta</t>
+          <t>Filmin Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>110</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051924861</t>
+          <t>9786051924984</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: İndia'nın Aklı Bir Karış Havada</t>
+          <t>Ait Olmadığım Dünya</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051924830</t>
+          <t>9786051924991</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Beni Bırakırsan</t>
+          <t>Bavula Sığmayan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051924847</t>
+          <t>9786051924595</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Kısa Öyküsü (Ciltli)</t>
+          <t>Bornemann Sokağı’nda Yangın</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>980</v>
+        <v>420</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051924854</t>
+          <t>9786051924892</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bahara Merhaba</t>
+          <t>Kahvenin Peşinde / Avrupa Cafe’lerinde - Viyana</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051924816</t>
+          <t>9786051924960</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Valerie'nin Bahçesi</t>
+          <t>Ya O Gün</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051924809</t>
+          <t>9786051924977</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Valerie ve Güzel Dünya</t>
+          <t>Çocuktan Evcil Hayvan Olmaz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>110</v>
+        <v>440</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051924793</t>
+          <t>9786051924922</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Kadınların Kısa Öyküsü (Ciltli)</t>
+          <t>Can Ve Badem İz Peşinde - Badem Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>980</v>
+        <v>450</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051924786</t>
+          <t>9786051924915</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Uyumadığı Gece</t>
+          <t>Bir Kuş Yapacak Olsan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051924687</t>
+          <t>9786051924908</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İpucu Kakada</t>
+          <t>İşte Benim Büyük Büyükannem</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051924335</t>
+          <t>9786051924946</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Gezgin Chloe</t>
+          <t>Kıyıdaki Kale</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051924328</t>
+          <t>9786051924939</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Chloe ve Hayvanlar</t>
+          <t>Suya Kulak Ver</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051924717</t>
+          <t>9786051924885</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>7 Tepe 7 Efsane</t>
+          <t>Bir Müzik Efsanesi - Mevsimlerin Gelişi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051924694</t>
+          <t>9786051924878</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Geciken Robert</t>
+          <t>İlk Okuma Hikayeleri: İndia Hasta</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051924700</t>
+          <t>9786051924861</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Robert Büyüyünce</t>
+          <t>İlk Okuma Hikayeleri: İndia'nın Aklı Bir Karış Havada</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051924304</t>
+          <t>9786051924830</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hadi Işıkları Kapat, Leonard</t>
+          <t>Beni Bırakırsan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051924618</t>
+          <t>9786051924847</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kaleiçi’ndeki Sır</t>
+          <t>Bilimin Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051924823</t>
+          <t>9786051924854</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Ağaç</t>
+          <t>Bahara Merhaba</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051924779</t>
+          <t>9786051924816</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Dominique ve Arkadaşlar</t>
+          <t>Valerie'nin Bahçesi</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051924762</t>
+          <t>9786051924809</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Büyük Sporcu Dominique</t>
+          <t>Valerie ve Güzel Dünya</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051924458</t>
+          <t>9786051924793</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Denizin Bittiği Yer</t>
+          <t>Sanatçı Kadınların Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051924724</t>
+          <t>9786051924786</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Neşter - Cennetten Kovuluşun Hikayesi</t>
+          <t>Tanrı’nın Uyumadığı Gece</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051924649</t>
+          <t>9786051924687</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Öğretmen</t>
+          <t>İpucu Kakada</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051924670</t>
+          <t>9786051924335</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Maya - Sokaklardan Barınağa ve Sonunda Bir Yuvaya</t>
+          <t>İlk Okuma Hikayeleri: Gezgin Chloe</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051924656</t>
+          <t>9786051924328</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Simon’un Kuralları</t>
+          <t>İlk Okuma Hikayeleri: Chloe ve Hayvanlar</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051924663</t>
+          <t>9786051924717</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Marifetli Simon</t>
+          <t>7 Tepe 7 Efsane</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051924632</t>
+          <t>9786051924694</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Erdem ve İntikam Çocukları</t>
+          <t>İlk Okuma Hikayeleri: Geciken Robert</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051924625</t>
+          <t>9786051924700</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kısa Öyküsü (Ciltli)</t>
+          <t>İlk Okuma Hikayeleri: Robert Büyüyünce</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>980</v>
+        <v>110</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051924601</t>
+          <t>9786051924304</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Gibi</t>
+          <t>Hadi Işıkları Kapat, Leonard</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051924564</t>
+          <t>9786051924618</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Berberi Aranıyor</t>
+          <t>Kaleiçi’ndeki Sır</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051924571</t>
+          <t>9786051924823</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Okunmak İstemeyen Kitap</t>
+          <t>Mavi ve Ağaç</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051924588</t>
+          <t>9786051924779</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>İlk Okuma Hikayeleri: Dominique ve Arkadaşlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>370</v>
+        <v>110</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051924496</t>
+          <t>9786051924762</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kurt Dede</t>
+          <t>İlk Okuma Hikayeleri: Büyük Sporcu Dominique</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051924519</t>
+          <t>9786051924458</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yenilikçiler: Mucitlerin ve Öncülerin Gerçek Çocukluk Hikayeleri</t>
+          <t>Denizin Bittiği Yer</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051924526</t>
+          <t>9786051924724</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Gizemi</t>
+          <t>Neşter - Cennetten Kovuluşun Hikayesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051924489</t>
+          <t>9786051924649</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Musa Kevser’in Kader’i</t>
+          <t>Benim Adım Öğretmen</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051924427</t>
+          <t>9786051924670</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Jacky Marrone Altın Pençe'nin Peşinde (Ciltli)</t>
+          <t>Maya - Sokaklardan Barınağa ve Sonunda Bir Yuvaya</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051924465</t>
+          <t>9786051924656</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Umut'un Dünyası</t>
+          <t>İlk Okuma Hikayeleri: Simon’un Kuralları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051924441</t>
+          <t>9786051924663</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ne İşe Yarar Çocuk?</t>
+          <t>İlk Okuma Hikayeleri: Marifetli Simon</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051924434</t>
+          <t>9786051924632</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Kısa Öyküsü</t>
+          <t>Erdem ve İntikam Çocukları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>980</v>
+        <v>380</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051924410</t>
+          <t>9786051924625</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bir Arkadaşlık</t>
+          <t>Romanın Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>400</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051924403</t>
+          <t>9786051924601</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Doğum Günü Kutlaması</t>
+          <t>Olduğun Gibi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051924380</t>
+          <t>9786051924564</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Karakter Özellikleri</t>
+          <t>Zürafa Berberi Aranıyor</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051924397</t>
+          <t>9786051924571</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Karakter Özellikleri</t>
+          <t>Okunmak İstemeyen Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051924359</t>
+          <t>9786051924588</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Madeline Finn ile Barınak Köpeği</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051924342</t>
+          <t>9786051924496</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tıp Bizim İçin Hala Yararlı mı?</t>
+          <t>Kurt Dede</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>500</v>
+        <v>165</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051924229</t>
+          <t>9786051924519</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Şifacısı - Olympos’un Yaratıkları</t>
+          <t>Çocuk Yenilikçiler: Mucitlerin ve Öncülerin Gerçek Çocukluk Hikayeleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051924274</t>
+          <t>9786051924526</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Atları - Olympos’un Yaratıkları</t>
+          <t>Hayvanların Gizemi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051924281</t>
+          <t>9786051924489</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Frieda</t>
+          <t>Musa Kevser’in Kader’i</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051924243</t>
+          <t>9786051924427</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Püf Çiçeğim</t>
+          <t>Jacky Marrone Altın Pençe'nin Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051924267</t>
+          <t>9786051924465</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bir Timsahın Yanlışları</t>
+          <t>Umut'un Dünyası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051924250</t>
+          <t>9786051924441</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Bulutları</t>
+          <t>Ne İşe Yarar Çocuk?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051924236</t>
+          <t>9786051924434</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sonumuz Hep Yakın</t>
+          <t>Mimarlığın Kısa Öyküsü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051924212</t>
+          <t>9786051924410</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Nezaket Kuralları</t>
+          <t>Bir Arkadaşlık</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051924182</t>
+          <t>9786051924403</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Tabakta Kalan Son Pirinç Tanesi</t>
+          <t>Tavşancan ile Faresu - Doğum Günü Kutlaması</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051924199</t>
+          <t>9786051924380</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Denizkızının Yunusu - Deniz Muhafızları</t>
+          <t>Olumlu Karakter Özellikleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051924168</t>
+          <t>9786051924397</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sanatçılar</t>
+          <t>Olumsuz Karakter Özellikleri</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051924151</t>
+          <t>9786051924359</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Canlısı Salyangoz - Tavşancan ile Faresu</t>
+          <t>Madeline Finn ile Barınak Köpeği</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051924144</t>
+          <t>9786051924342</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Emanet Kalp</t>
+          <t>Tıp Bizim İçin Hala Yararlı mı?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051924090</t>
+          <t>9786051924229</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Yavru Ejderha</t>
+          <t>Ejderha Şifacısı - Olympos’un Yaratıkları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051924120</t>
+          <t>9786051924274</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Kusursuz Yabancı</t>
+          <t>Tanrıların Atları - Olympos’un Yaratıkları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051924113</t>
+          <t>9786051924281</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kurt’un Renkli Montu</t>
+          <t>Frieda</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>235</v>
+        <v>380</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051924052</t>
+          <t>9786051924243</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Kısa Öyküsü (Ciltli)</t>
+          <t>Püf Çiçeğim</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>980</v>
+        <v>320</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051924045</t>
+          <t>9786051924267</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Kadar Hızlıyım</t>
+          <t>Bir Timsahın Yanlışları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051924076</t>
+          <t>9786051924250</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bana Ezop De!</t>
+          <t>Ejderhanın Bulutları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051924069</t>
+          <t>9786051924236</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Hikaye Olan Adam Sait Faik</t>
+          <t>Sonumuz Hep Yakın</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051923826</t>
+          <t>9786051924212</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Akarsular (Ciltli)</t>
+          <t>Nezaket Kuralları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051924038</t>
+          <t>9786051924182</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Söyle - Tavşancan ile Faresu</t>
+          <t>Tabakta Kalan Son Pirinç Tanesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051923833</t>
+          <t>9786051924199</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kitap Kurduyum</t>
+          <t>Denizkızının Yunusu - Deniz Muhafızları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051924007</t>
+          <t>9786051924168</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Karamel Kardeşler</t>
+          <t>Çocuk Sanatçılar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051923994</t>
+          <t>9786051924151</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ev</t>
+          <t>Arkadaş Canlısı Salyangoz - Tavşancan ile Faresu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051923987</t>
+          <t>9786051924144</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Büyümek</t>
+          <t>Emanet Kalp</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051923918</t>
+          <t>9786051924090</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Asi Kızlara Uykudan Önce Hikayeler (Ciltli)</t>
+          <t>Kurt ve Yavru Ejderha</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>800</v>
+        <v>165</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051923956</t>
+          <t>9786051924120</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Rakip</t>
+          <t>Dokuz Kusursuz Yabancı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051923932</t>
+          <t>9786051924113</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Duygular - Aklımdaki ve Kalbimdeki</t>
+          <t>Kurt’un Renkli Montu</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051923925</t>
+          <t>9786051924052</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Büyük Orkestra</t>
+          <t>Modern Sanatın Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>310</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051923963</t>
+          <t>9786051924045</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bay Penguen ve Kayıp Hazine</t>
+          <t>Çekirge Kadar Hızlıyım</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051923789</t>
+          <t>9786051924076</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Lea’nın Yolculuğu</t>
+          <t>Bana Ezop De!</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051923901</t>
+          <t>9786051924069</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Öte Yanı</t>
+          <t>Hayatı Hikaye Olan Adam Sait Faik</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051923871</t>
+          <t>9786051923826</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kitabevi Güncesi</t>
+          <t>Akarsular (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>440</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051923840</t>
+          <t>9786051924038</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bilim İnsanları</t>
+          <t>Bak ve Söyle - Tavşancan ile Faresu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051923727</t>
+          <t>9786051923833</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>1 Para Kaç Paradır?</t>
+          <t>Ben Bir Kitap Kurduyum</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051923734</t>
+          <t>9786051924007</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adamın İçindeki Adam</t>
+          <t>Karamel Kardeşler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051923772</t>
+          <t>9786051923994</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Yerimizi Alacak mı?</t>
+          <t>Ev</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051923758</t>
+          <t>9786051923987</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Unutma Dersleri</t>
+          <t>Büyümek</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>260</v>
+        <v>460</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051923680</t>
+          <t>9786051923918</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Berk’in Gizli Dünyası</t>
+          <t>Asi Kızlara Uykudan Önce Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>270</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051923697</t>
+          <t>9786051923956</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Berk Zorbalık mı, Kankalık mı?</t>
+          <t>Rakip</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051923628</t>
+          <t>9786051923932</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Robot Kaçıyor</t>
+          <t>Duygular - Aklımdaki ve Kalbimdeki</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051923666</t>
+          <t>9786051923925</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İstemeyen Kartal</t>
+          <t>Büyük Orkestra</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051923611</t>
+          <t>9786051923963</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Kötü Kitabım</t>
+          <t>Bay Penguen ve Kayıp Hazine</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051923635</t>
+          <t>9786051923789</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Keşke Anne Babam Da Okusaydı Dediğiniz Bir Kitap</t>
+          <t>Lea’nın Yolculuğu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051923574</t>
+          <t>9786051923901</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Myriad Lisesi - Hannah Neyi Bilmiyor?</t>
+          <t>Sessizliğin Öte Yanı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>27</v>
+        <v>390</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051923567</t>
+          <t>9786051923871</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Fare Belası</t>
+          <t>Kitabevi Güncesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051923543</t>
+          <t>9786051923840</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat</t>
+          <t>Çocuk Bilim İnsanları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>850</v>
+        <v>500</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051923550</t>
+          <t>9786051923727</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Pop Sanat</t>
+          <t>1 Para Kaç Paradır?</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>850</v>
+        <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051923536</t>
+          <t>9786051923734</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Akışkan mıdır?</t>
+          <t>Kardan Adamın İçindeki Adam</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051923505</t>
+          <t>9786051923772</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepçiler - Uyku Tulumuyla Okula</t>
+          <t>Yapay Zeka Yerimizi Alacak mı?</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051923512</t>
+          <t>9786051923758</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepçiler - Okul Bahçesinde Alarm</t>
+          <t>Unutma Dersleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051923499</t>
+          <t>9786051923680</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Beş Artı Üç</t>
+          <t>YouTuber Berk’in Gizli Dünyası</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051923529</t>
+          <t>9786051923697</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Şekli Nasıldır?</t>
+          <t>YouTuber Berk Zorbalık mı, Kankalık mı?</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051923475</t>
+          <t>9786051923628</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran İnek</t>
+          <t>Vahşi Robot Kaçıyor</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>260</v>
+        <v>570</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051923451</t>
+          <t>9786051923666</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Can ve Badem İz Peşinde - Kurabiyelerimi Kim Yedi?</t>
+          <t>Uçmak İstemeyen Kartal</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051923314</t>
+          <t>9786051923611</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Kardeşler Tatilde</t>
+          <t>Gelmiş Geçmiş En Kötü Kitabım</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051923437</t>
+          <t>9786051923635</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ağaç ve Demir</t>
+          <t>Keşke Anne Babam Da Okusaydı Dediğiniz Bir Kitap</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>270</v>
+        <v>470</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051923444</t>
+          <t>9786051923574</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kevser</t>
+          <t>Myriad Lisesi - Hannah Neyi Bilmiyor?</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>320</v>
+        <v>27</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051923321</t>
+          <t>9786051923567</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Önemli Anları - Sanatın Olmazsa Olmazları</t>
+          <t>Fare Belası</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051923420</t>
+          <t>9786051923543</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Resimlere Bakmak - Sanatın Olmazsa Olmazları</t>
+          <t>Modern Sanat</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>850</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051923406</t>
+          <t>9786051923550</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Kayboldu</t>
+          <t>Pop Sanat</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>230</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051923413</t>
+          <t>9786051923536</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kedim Kayboldu</t>
+          <t>Toplumsal Cinsiyet Akışkan mıdır?</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051923390</t>
+          <t>9786051923505</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldim</t>
+          <t>Mürekkepçiler - Uyku Tulumuyla Okula</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051923376</t>
+          <t>9786051923512</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Keşfediyorum - Yağmur Ormanları</t>
+          <t>Mürekkepçiler - Okul Bahçesinde Alarm</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051923369</t>
+          <t>9786051923499</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Keşfediyorum - Eski Mısır</t>
+          <t>Beş Artı Üç</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051923383</t>
+          <t>9786051923529</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Aydınlat</t>
+          <t>Uzayın Şekli Nasıldır?</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051923352</t>
+          <t>9786051923475</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Cadıları</t>
+          <t>Dünyayı Kurtaran İnek</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051923338</t>
+          <t>9786051923451</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Bizimkiler Blogger Oldu</t>
+          <t>Can ve Badem İz Peşinde - Kurabiyelerimi Kim Yedi?</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051923284</t>
+          <t>9786051923314</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ben Annemi İsterim! - Haydi Herkes Okula</t>
+          <t>Tavşan Kardeşler Tatilde</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051923246</t>
+          <t>9786051923437</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kitaplar! - Haydi Herkes Okula</t>
+          <t>Ağaç ve Demir</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051923291</t>
+          <t>9786051923444</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yemekhane! - Haydi Herkes Okula</t>
+          <t>Kevser</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051923239</t>
+          <t>9786051923321</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sınıfa Hoş Geldiniz! - Haydi Herkes Okula</t>
+          <t>Sanatın Önemli Anları - Sanatın Olmazsa Olmazları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>190</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051922287</t>
+          <t>9786051923420</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Anki Sudan Korkuyor - Dinozor Okulu</t>
+          <t>Resimlere Bakmak - Sanatın Olmazsa Olmazları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>155</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051923253</t>
+          <t>9786051923406</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Trise Kimi Seviyor? - Dinozor Okulu</t>
+          <t>Köpeğim Kayboldu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051923277</t>
+          <t>9786051923413</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Blog Savaşları</t>
+          <t>Kedim Kayboldu</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>55</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051923222</t>
+          <t>9786051923390</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Diplo - Dinozor Okulu</t>
+          <t>Hoş Geldim</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>155</v>
+        <v>450</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051923260</t>
+          <t>9786051923376</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Stega’nın Doğum Günü - Dinozor Okulu</t>
+          <t>Keşfediyorum - Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051923215</t>
+          <t>9786051923369</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Oxford Yılım</t>
+          <t>Keşfediyorum - Eski Mısır</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>36</v>
+        <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051923086</t>
+          <t>9786051923383</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Neden? Dünya</t>
+          <t>Karanlığı Aydınlat</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051923185</t>
+          <t>9786051923352</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ben Gubi</t>
+          <t>Edebiyatın Cadıları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051923178</t>
+          <t>9786051923338</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Uyu Gubi</t>
+          <t>İmdat! Bizimkiler Blogger Oldu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051923161</t>
+          <t>9786051923284</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Dev Zıplak</t>
+          <t>Ben Annemi İsterim! - Haydi Herkes Okula</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051923147</t>
+          <t>9786051923246</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Boşa Geçirecek Vakit Yok</t>
+          <t>Yaşasın Kitaplar! - Haydi Herkes Okula</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051923130</t>
+          <t>9786051923291</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Dünya</t>
+          <t>Eyvah Yemekhane! - Haydi Herkes Okula</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051923123</t>
+          <t>9786051923239</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğünü Arayan Kafes</t>
+          <t>Sınıfa Hoş Geldiniz! - Haydi Herkes Okula</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051923024</t>
+          <t>9786051922287</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kuleler Ukuleleler</t>
+          <t>Anki Sudan Korkuyor - Dinozor Okulu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051923116</t>
+          <t>9786051923253</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sol Anahtarı</t>
+          <t>Trise Kimi Seviyor? - Dinozor Okulu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051923079</t>
+          <t>9786051923277</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Turunca Güzelleme</t>
+          <t>Blog Savaşları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>135</v>
+        <v>55</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051922980</t>
+          <t>9786051923222</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazarlar</t>
+          <t>Kahraman Diplo - Dinozor Okulu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>400</v>
+        <v>155</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051922997</t>
+          <t>9786051923260</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sporcular</t>
+          <t>Stega’nın Doğum Günü - Dinozor Okulu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>155</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051923017</t>
+          <t>9786051923215</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Müzisyen</t>
+          <t>Oxford Yılım</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>27</v>
+        <v>36</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051922942</t>
+          <t>9786051923086</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğimiz Korsan - Jules’ün Bir Yılı</t>
+          <t>Neden? Dünya</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051922973</t>
+          <t>9786051923185</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Beklemek Çok Zor - Jules’ün Bir Yılı</t>
+          <t>Ben Gubi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051923000</t>
+          <t>9786051923178</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Gizemleri Sherlock Gibi Çöz</t>
+          <t>Uyu Gubi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051922966</t>
+          <t>9786051923161</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Chowder</t>
+          <t>Dev Zıplak</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051922928</t>
+          <t>9786051923147</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sıçrayan Süper Chowder</t>
+          <t>Boşa Geçirecek Vakit Yok</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051922805</t>
+          <t>9786051923130</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Zuzu ile Minnak</t>
+          <t>Merhaba Dünya</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051922843</t>
+          <t>9786051923123</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Altı Çarpı İki</t>
+          <t>Özgürlüğünü Arayan Kafes</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051922850</t>
+          <t>9786051923024</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İçedönüklerin Gizli Yaşamı</t>
+          <t>Kuleler Ukuleleler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051922836</t>
+          <t>9786051923116</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İçinde, Dışında, Tepetakla</t>
+          <t>Kalbimin Sol Anahtarı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051922812</t>
+          <t>9786051923079</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İt, Çek, Boşalt, Doldur</t>
+          <t>Turunca Güzelleme</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051922829</t>
+          <t>9786051922980</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mutlu, Üzgün, Heyecanlı</t>
+          <t>Çocuk Yazarlar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051922904</t>
+          <t>9786051922997</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ferda</t>
+          <t>Çocuk Sporcular</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051922874</t>
+          <t>9786051923017</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Meles</t>
+          <t>Müzisyen</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051922782</t>
+          <t>9786051922942</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze Mimarlığın Öyküsü (Ciltli)</t>
+          <t>En Sevdiğimiz Korsan - Jules’ün Bir Yılı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051922713</t>
+          <t>9786051922973</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Ağacı - Tavşancan ile Faresu</t>
+          <t>Beklemek Çok Zor - Jules’ün Bir Yılı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051922683</t>
+          <t>9786051923000</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hades’in Köpeği - Olympos’un Yaratıkları</t>
+          <t>Gizemleri Sherlock Gibi Çöz</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051922676</t>
+          <t>9786051922966</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Bakıcısı - Olympos’un Yaratıkları</t>
+          <t>Chowder</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051922577</t>
+          <t>9786051922928</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Söz Vermiştin Ama Baba</t>
+          <t>Sıçrayan Süper Chowder</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051922614</t>
+          <t>9786051922805</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Patlamış Mısır Sevenler Sinemaya Koşsun</t>
+          <t>Zuzu ile Minnak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051922652</t>
+          <t>9786051922843</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mantolu Kadın</t>
+          <t>Altı Çarpı İki</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051922591</t>
+          <t>9786051922850</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kuşkulu Kuşkonmaz</t>
+          <t>İçedönüklerin Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051922607</t>
+          <t>9786051922836</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Lafla Peynir Gemisi Yürümez</t>
+          <t>İçinde, Dışında, Tepetakla</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051922584</t>
+          <t>9786051922812</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bazı Hayaller Suya Düşmez</t>
+          <t>İt, Çek, Boşalt, Doldur</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051922539</t>
+          <t>9786051922829</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>At Kitabı - Resim Sanatında Atlar</t>
+          <t>Mutlu, Üzgün, Heyecanlı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051922553</t>
+          <t>9786051922904</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Annemin İçindeki Ses</t>
+          <t>Ferda</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051922621</t>
+          <t>9786051922874</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Külleri</t>
+          <t>Korkusuz Meles</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>29</v>
+        <v>16</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051922560</t>
+          <t>9786051922782</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Söz Vermiştin Ama Anne</t>
+          <t>Antik Çağlardan Günümüze Mimarlığın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>270</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051922546</t>
+          <t>9786051922713</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Artıkaranmayanlar Gezegeni</t>
+          <t>Yılbaşı Ağacı - Tavşancan ile Faresu</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051922461</t>
+          <t>9786051922683</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>O Kediyi Kurtar: Senaryo Yazarken İhtiyaç Duyacağınız O Kitap!</t>
+          <t>Hades’in Köpeği - Olympos’un Yaratıkları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051922485</t>
+          <t>9786051922676</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>En Küçük Kocaayak 2 - Büyük Şehir</t>
+          <t>Hayvan Bakıcısı - Olympos’un Yaratıkları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051922492</t>
+          <t>9786051922577</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Huysuzluğun ve Dalın Hikayesi</t>
+          <t>Söz Vermiştin Ama Baba</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051922331</t>
+          <t>9786051922614</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokakta Şenlik Var</t>
+          <t>Patlamış Mısır Sevenler Sinemaya Koşsun</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051922416</t>
+          <t>9786051922652</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Kısa Öyküsü (Ciltli)</t>
+          <t>Mantolu Kadın</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>980</v>
+        <v>280</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051922423</t>
+          <t>9786051922591</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Kısa Öyküsü (Ciltli)</t>
+          <t>Kuşkulu Kuşkonmaz</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>980</v>
+        <v>170</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051922362</t>
+          <t>9786051922607</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ördek, Ölüm ve Lale</t>
+          <t>Lafla Peynir Gemisi Yürümez</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051922430</t>
+          <t>9786051922584</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hapış ile Kapış Havana’da</t>
+          <t>Bazı Hayaller Suya Düşmez</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051922270</t>
+          <t>9786051922539</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ormana Güzelleme</t>
+          <t>At Kitabı - Resim Sanatında Atlar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051922300</t>
+          <t>9786051922553</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Aslan Terbiyecisi Fredi Mole</t>
+          <t>Annemin İçindeki Ses</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051922096</t>
+          <t>9786051922621</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Büyük Ressamlar Gibi Çizelim</t>
+          <t>Külleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>550</v>
+        <v>29</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051922249</t>
+          <t>9786051922560</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bir Yıl Boyunca</t>
+          <t>Söz Vermiştin Ama Anne</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051922256</t>
+          <t>9786051922546</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Tembel Ördeği ve İnanılmaz Başka Rekorlar</t>
+          <t>Artıkaranmayanlar Gezegeni</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>145</v>
+        <v>390</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051922225</t>
+          <t>9786051922461</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Çiçekli Orman’ın Tekboynuzları</t>
+          <t>O Kediyi Kurtar: Senaryo Yazarken İhtiyaç Duyacağınız O Kitap!</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051922195</t>
+          <t>9786051922485</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar ve Gökkuşakları - Çiçekli Orman’ın Tekboynuzları</t>
+          <t>En Küçük Kocaayak 2 - Büyük Şehir</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051922232</t>
+          <t>9786051922492</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Festival Zamanı - Çiçekli Orman’ın Tekboynuzları</t>
+          <t>Huysuzluğun ve Dalın Hikayesi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051922218</t>
+          <t>9786051922331</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Sihre İnan - Çiçekli Orman’ın Tekboynuzları</t>
+          <t>Bizim Sokakta Şenlik Var</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051922089</t>
+          <t>9786051922416</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Anne</t>
+          <t>Fotoğrafın Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>160</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051922102</t>
+          <t>9786051922423</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Yaratıcı Oyunlar Oynayalım</t>
+          <t>Sanatın Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>550</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051922065</t>
+          <t>9786051922362</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Luise</t>
+          <t>Ördek, Ölüm ve Lale</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051922041</t>
+          <t>9786051922430</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Herkes Partiye - Jules'ün Bir Yılı</t>
+          <t>Hapış ile Kapış Havana’da</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051921976</t>
+          <t>9786051922270</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kandan ve Kemikten Çocuklar</t>
+          <t>Ormana Güzelleme</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051921945</t>
+          <t>9786051922300</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Abc’si</t>
+          <t>Aslan Terbiyecisi Fredi Mole</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051922010</t>
+          <t>9786051922096</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Çeviri’Bilirsin!</t>
+          <t>Gel Beraber Büyük Ressamlar Gibi Çizelim</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051921969</t>
+          <t>9786051922249</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mezar Soyguncuları</t>
+          <t>Bütün Bir Yıl Boyunca</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051921952</t>
+          <t>9786051922256</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sümbüllü Köşk</t>
+          <t>Dünyanın En Tembel Ördeği ve İnanılmaz Başka Rekorlar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>290</v>
+        <v>145</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051921990</t>
+          <t>9786051922225</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacının Gölgesinde Yunanistan</t>
+          <t>Sıkı Dostlar - Çiçekli Orman’ın Tekboynuzları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051921938</t>
+          <t>9786051922195</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Hayat Zayıflarken de Güzel</t>
+          <t>Fırtınalar ve Gökkuşakları - Çiçekli Orman’ın Tekboynuzları</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>870</v>
+        <v>170</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051921914</t>
+          <t>9786051922232</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Serdar Başkan ile Bilim Makinesi</t>
+          <t>Festival Zamanı - Çiçekli Orman’ın Tekboynuzları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051921822</t>
+          <t>9786051922218</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bir Ölüm</t>
+          <t>Sihre İnan - Çiçekli Orman’ın Tekboynuzları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>20</v>
+        <v>170</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051921891</t>
+          <t>9786051922089</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Zuzu İle Babası</t>
+          <t>Mükemmel Anne</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051921860</t>
+          <t>9786051922102</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Resim Sevenler Eğlenceye Katılsın</t>
+          <t>Gel Beraber Yaratıcı Oyunlar Oynayalım</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051921877</t>
+          <t>9786051922065</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Masal Sevenler Bulutlara Baksın</t>
+          <t>Sessiz Luise</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051921815</t>
+          <t>9786051922041</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bülbül Korusu'nun Gizemi</t>
+          <t>Herkes Partiye - Jules'ün Bir Yılı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051921785</t>
+          <t>9786051921976</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerdir Bütün Derdim</t>
+          <t>Kandan ve Kemikten Çocuklar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051921792</t>
+          <t>9786051921945</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazar Nasıl Okunur?</t>
+          <t>Hayvanların Abc’si</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051921808</t>
+          <t>9786051922010</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ama Büyük Yalanlar</t>
+          <t>Çeviri’Bilirsin!</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051921693</t>
+          <t>9786051921969</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Asi Kızlara Uykudan Önce Hikayeler - 2 (Ciltli)</t>
+          <t>Mezar Soyguncuları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>840</v>
+        <v>180</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051921730</t>
+          <t>9786051921952</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bugün</t>
+          <t>Sümbüllü Köşk</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>35</v>
+        <v>290</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051921723</t>
+          <t>9786051921990</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Moskova’da Bir Beyefendi</t>
+          <t>Zeytin Ağacının Gölgesinde Yunanistan</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051921686</t>
+          <t>9786051921938</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Artık Bir Kitabım Var</t>
+          <t>Hayat Zayıflarken de Güzel</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>32</v>
+        <v>870</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051921679</t>
+          <t>9786051921914</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Kedi Patikare</t>
+          <t>Serdar Başkan ile Bilim Makinesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786051921648</t>
+          <t>9786051921822</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Buyaka Çocuk Evi 2 - Pamuklu Bir Macera</t>
+          <t>Kırmızı Bir Ölüm</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051921600</t>
+          <t>9786051921891</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze İcatların Öyküsü</t>
+          <t>Zuzu İle Babası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051921617</t>
+          <t>9786051921860</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze - Felsefenin Öyküsü</t>
+          <t>Resim Sevenler Eğlenceye Katılsın</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>510</v>
+        <v>180</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051921556</t>
+          <t>9786051921877</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Gülmek İçimizde</t>
+          <t>Masal Sevenler Bulutlara Baksın</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051921518</t>
+          <t>9786051921815</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bahçe</t>
+          <t>Bülbül Korusu'nun Gizemi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051921501</t>
+          <t>9786051921785</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bay Kaplan Yabana Çıkıyor</t>
+          <t>Sözcüklerdir Bütün Derdim</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>370</v>
+        <v>650</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051921525</t>
+          <t>9786051921792</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Altınkanat Okulu</t>
+          <t>Bir Yazar Nasıl Okunur?</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051920924</t>
+          <t>9786051921808</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İşte Sanat Serisi (17 Kitap Takım) (Ciltli)</t>
+          <t>Küçük Ama Büyük Yalanlar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>9520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051921334</t>
+          <t>9786051921693</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kitabı: Resim Sanatında Köpekler</t>
+          <t>Asi Kızlara Uykudan Önce Hikayeler - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786051921327</t>
+          <t>9786051921730</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kitabı: Resim Sanatında Kuşlar</t>
+          <t>Bugün</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051921396</t>
+          <t>9786051921723</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ergen Beyni</t>
+          <t>Moskova’da Bir Beyefendi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051921358</t>
+          <t>9786051921686</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuştan Öbürüne: Hayat ve Yazmak Üzerine Tavsiyeler</t>
+          <t>Artık Bir Kitabım Var</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>32</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051921303</t>
+          <t>9786051921679</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Bay Ördek İşe Başlıyor</t>
+          <t>Şanslı Kedi Patikare</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051921273</t>
+          <t>9786051921648</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Koyunlar Kralı 1. Louis</t>
+          <t>Buyaka Çocuk Evi 2 - Pamuklu Bir Macera</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786051921266</t>
+          <t>9786051921600</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İncire Güzelleme</t>
+          <t>Antik Çağlardan Günümüze İcatların Öyküsü</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>135</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051921297</t>
+          <t>9786051921617</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Küçük Sanatçıyım - Gel Beraber Parmak Baskı Yapalım</t>
+          <t>Antik Çağlardan Günümüze - Felsefenin Öyküsü</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051921280</t>
+          <t>9786051921556</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dev Havuç</t>
+          <t>Gülmek İçimizde</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051921235</t>
+          <t>9786051921518</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yedi Eksi Bir</t>
+          <t>Meraklı Bahçe</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051921204</t>
+          <t>9786051921501</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sevenler Parmak Kaldırsın</t>
+          <t>Bay Kaplan Yabana Çıkıyor</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051921198</t>
+          <t>9786051921525</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Oyun Sevenler Şapka Taksın</t>
+          <t>Altınkanat Okulu</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051921181</t>
+          <t>9786051920924</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kedi Sevenler Buraya Toplansın</t>
+          <t>İşte Sanat Serisi (17 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>180</v>
+        <v>12750</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051921211</t>
+          <t>9786051921334</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Yola Çık</t>
+          <t>Köpek Kitabı: Resim Sanatında Köpekler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051921112</t>
+          <t>9786051921327</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İşte Gaudi (Ciltli)</t>
+          <t>Kuş Kitabı: Resim Sanatında Kuşlar</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>560</v>
+        <v>500</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051921105</t>
+          <t>9786051921396</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İşte Frank Lloyd Wright (Ciltli)</t>
+          <t>Ergen Beyni</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>560</v>
+        <v>590</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051921129</t>
+          <t>9786051921358</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Bir Kuştan Öbürüne: Hayat ve Yazmak Üzerine Tavsiyeler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051921075</t>
+          <t>9786051921303</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İnsan Figürü Çizimi</t>
+          <t>Bay Ördek İşe Başlıyor</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051921099</t>
+          <t>9786051921273</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Portre Çizimi</t>
+          <t>Koyunlar Kralı 1. Louis</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>950</v>
+        <v>440</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051921082</t>
+          <t>9786051921266</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Kenti İstanbul</t>
+          <t>İncire Güzelleme</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051921051</t>
+          <t>9786051921297</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Pitbull</t>
+          <t>Ben Bir Küçük Sanatçıyım - Gel Beraber Parmak Baskı Yapalım</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>20</v>
+        <v>450</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051921037</t>
+          <t>9786051921280</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Marge ve Korsan Bebek</t>
+          <t>Dev Havuç</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051921013</t>
+          <t>9786051921235</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Run Gülüzar Run</t>
+          <t>Yedi Eksi Bir</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051920993</t>
+          <t>9786051921204</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Çaya Gelen Kaplan</t>
+          <t>Şiir Sevenler Parmak Kaldırsın</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051920955</t>
+          <t>9786051921198</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Cesur Rikki</t>
+          <t>Oyun Sevenler Şapka Taksın</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051920962</t>
+          <t>9786051921181</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Rikki’nin Doğum Günü</t>
+          <t>Kedi Sevenler Buraya Toplansın</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051920948</t>
+          <t>9786051921211</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Rikki</t>
+          <t>Masallarla Yola Çık</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051920986</t>
+          <t>9786051921112</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Dede ve Ben</t>
+          <t>İşte Gaudi (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051920931</t>
+          <t>9786051921105</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kafeslerimin Listesi</t>
+          <t>İşte Frank Lloyd Wright (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051920863</t>
+          <t>9786051921129</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Niyetine Öpücük</t>
+          <t>Asla Pes Etme</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>30</v>
+        <v>390</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051920900</t>
+          <t>9786051921075</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bize Doğruyu Söyle</t>
+          <t>İnsan Figürü Çizimi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>170</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051920870</t>
+          <t>9786051921099</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Baba Sincap Ağaçtan Düşüyor</t>
+          <t>Portre Çizimi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>270</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051920832</t>
+          <t>9786051921082</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Resim Yapalım</t>
+          <t>Efsaneler Kenti İstanbul</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051920757</t>
+          <t>9786051921051</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İlk Dava - Komiser Gordon</t>
+          <t>Pitbull</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051920733</t>
+          <t>9786051921037</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Lester ile Bob'un Yeni Maceraları</t>
+          <t>Marge ve Korsan Bebek</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051920771</t>
+          <t>9786051921013</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Lester ile Bob'un Maceraları</t>
+          <t>Run Gülüzar Run</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051920726</t>
+          <t>9786051920993</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İşte Pollock (Ciltli)</t>
+          <t>Çaya Gelen Kaplan</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051920658</t>
+          <t>9786051920955</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığını İçen Kız (Ciltli)</t>
+          <t>Cesur Rikki</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051920702</t>
+          <t>9786051920962</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Nasıl Yürür?</t>
+          <t>Rikki’nin Doğum Günü</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>85</v>
+        <v>450</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051920634</t>
+          <t>9786051920948</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Çizim Dersleri</t>
+          <t>Rikki</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>1400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051920610</t>
+          <t>9786051920986</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Gölde Piknik</t>
+          <t>Kitapçı Dede ve Ben</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051920641</t>
+          <t>9786051920931</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Köprüde Durup Beni Öpmesini Bekleyeceğim</t>
+          <t>Kafeslerimin Listesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>22</v>
+        <v>370</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051920597</t>
+          <t>9786051920863</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Zayn</t>
+          <t>Tatlı Niyetine Öpücük</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051920528</t>
+          <t>9786051920900</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İşte Cezanne (Ciltli)</t>
+          <t>Bize Doğruyu Söyle</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>560</v>
+        <v>170</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051920511</t>
+          <t>9786051920870</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İşte Bacon (Ciltli)</t>
+          <t>Baba Sincap Ağaçtan Düşüyor</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>560</v>
+        <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051920337</t>
+          <t>9786051920832</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sen De Kendi Hikayenin Kahramanısın</t>
+          <t>Gel Beraber Resim Yapalım</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051920535</t>
+          <t>9786051920757</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Dümeni Yaratıcılığa Kırmak</t>
+          <t>İlk Dava - Komiser Gordon</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051920504</t>
+          <t>9786051920733</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Dört Hükümdar</t>
+          <t>Lester ile Bob'un Yeni Maceraları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051920450</t>
+          <t>9786051920771</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İşte Matisse (Ciltli)</t>
+          <t>Lester ile Bob'un Maceraları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>560</v>
+        <v>340</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051920467</t>
+          <t>9786051920726</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İşte Monet (Ciltli)</t>
+          <t>İşte Pollock (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051920498</t>
+          <t>9786051920658</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Gökte Kuşlarla</t>
+          <t>Ay Işığını İçen Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>320</v>
+        <v>640</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051920412</t>
+          <t>9786051920702</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Değişimsever Bay Flux</t>
+          <t>Filozoflar Nasıl Yürür?</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051920436</t>
+          <t>9786051920634</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Virginia Wolf Ya Da Kurda Dönüşen Kardeşim</t>
+          <t>Anatomi Çizim Dersleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>320</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051920405</t>
+          <t>9786051920610</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Asi Kızlara Uykudan Önce Hikayeler (Ciltli)</t>
+          <t>Gölde Piknik</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>960</v>
+        <v>450</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051920368</t>
+          <t>9786051920641</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kas Makinesi</t>
+          <t>Köprüde Durup Beni Öpmesini Bekleyeceğim</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051920375</t>
+          <t>9786051920597</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Muz Makinesi</t>
+          <t>Zayn</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>240</v>
+        <v>36</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051920344</t>
+          <t>9786051920528</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İşte Rembrandt (Ciltli)</t>
+          <t>İşte Cezanne (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051920320</t>
+          <t>9786051920511</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İşte Kandinsky (Ciltli)</t>
+          <t>İşte Bacon (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051920306</t>
+          <t>9786051920337</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Madeline Finn ile Kütüphane Köpeği</t>
+          <t>Sen De Kendi Hikayenin Kahramanısın</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051920399</t>
+          <t>9786051920535</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Tembel Kedi Josef (Ciltli)</t>
+          <t>Dümeni Yaratıcılığa Kırmak</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051920276</t>
+          <t>9786051920504</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tüneli (Ciltli)</t>
+          <t>Dört Hükümdar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>1100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051920290</t>
+          <t>9786051920450</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Bir Canavar</t>
+          <t>İşte Matisse (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051920283</t>
+          <t>9786051920467</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Olacaksın</t>
+          <t>İşte Monet (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051920238</t>
+          <t>9786051920498</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İşte Caravaggio (Ciltli)</t>
+          <t>Gökte Kuşlarla</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051920245</t>
+          <t>9786051920412</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İşte Magritte (Ciltli)</t>
+          <t>Değişimsever Bay Flux</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051920221</t>
+          <t>9786051920436</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İşte Goya (Ciltli)</t>
+          <t>Virginia Wolf Ya Da Kurda Dönüşen Kardeşim</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051920269</t>
+          <t>9786051920405</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Zeytine Güzelleme</t>
+          <t>Asi Kızlara Uykudan Önce Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>135</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051920252</t>
+          <t>9786051920368</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Elmaya Güzelleme</t>
+          <t>Kas Makinesi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051920207</t>
+          <t>9786051920375</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kopenhag'ın Kedileri</t>
+          <t>Muz Makinesi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051920139</t>
+          <t>9786051920344</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu: Büyük Balon</t>
+          <t>İşte Rembrandt (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051920146</t>
+          <t>9786051920320</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu: Uyku Vakti Kurbağası</t>
+          <t>İşte Kandinsky (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051920184</t>
+          <t>9786051920306</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İşte Leonardo da Vinci (Ciltli)</t>
+          <t>Madeline Finn ile Kütüphane Köpeği</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051920177</t>
+          <t>9786051920399</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İşte Gauguin (Ciltli)</t>
+          <t>Tembel Kedi Josef (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>560</v>
+        <v>490</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051920160</t>
+          <t>9786051920276</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İşte Dali (Ciltli)</t>
+          <t>Zaman Tüneli (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>560</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051920153</t>
+          <t>9786051920290</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu: Yeni Arkadaş</t>
+          <t>Öğretmenim Bir Canavar</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051920108</t>
+          <t>9786051920283</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İşte Warhol (Ciltli)</t>
+          <t>Arkadaşım Olacaksın</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>560</v>
+        <v>440</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051920115</t>
+          <t>9786051920238</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İşte Van Gogh (Ciltli)</t>
+          <t>İşte Caravaggio (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051920078</t>
+          <t>9786051920245</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Geceleri Sessizdir Tahran</t>
+          <t>İşte Magritte (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051920092</t>
+          <t>9786051920221</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Bitirmeyi Düşünüyorum</t>
+          <t>İşte Goya (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051920122</t>
+          <t>9786051920269</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Uykum Kaçtı</t>
+          <t>Zeytine Güzelleme</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051920030</t>
+          <t>9786051920252</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Korkunç Canavar</t>
+          <t>Elmaya Güzelleme</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051920061</t>
+          <t>9786051920207</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Küçük Su Birikintisi</t>
+          <t>Kopenhag'ın Kedileri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051920054</t>
+          <t>9786051920139</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Süper Oyuncak</t>
+          <t>Tavşancan ile Faresu: Büyük Balon</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051920047</t>
+          <t>9786051920146</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Karlı Gün</t>
+          <t>Tavşancan ile Faresu: Uyku Vakti Kurbağası</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
+          <t>9786051920184</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>İşte Leonardo da Vinci (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786051920177</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>İşte Gauguin (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786051920160</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>İşte Dali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786051920153</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu: Yeni Arkadaş</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786051920108</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>İşte Warhol (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786051920115</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>İşte Van Gogh (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786051920078</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Geceleri Sessizdir Tahran</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786051920092</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyi Bitirmeyi Düşünüyorum</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786051920122</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Uykum Kaçtı</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786051920030</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu - Korkunç Canavar</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786051920061</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu - Küçük Su Birikintisi</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786051920054</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu - Süper Oyuncak</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786051920047</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu - Karlı Gün</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
           <t>9786051920016</t>
         </is>
       </c>
-      <c r="B418" s="1" t="inlineStr">
+      <c r="B431" s="1" t="inlineStr">
         <is>
           <t>Bay Tilki ve Kırmızı İp (Ciltli)</t>
         </is>
       </c>
-      <c r="C418" s="1">
+      <c r="C431" s="1">
         <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>