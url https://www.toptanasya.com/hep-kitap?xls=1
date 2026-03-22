--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,6490 +85,8905 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051926032</t>
+          <t>9786051924502</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary (Ciltli)</t>
+          <t>Kurt Davetli Değil</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>690</v>
+        <v>165</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051926049</t>
+          <t>9786051924533</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar (Ciltli)</t>
+          <t>Ustura</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051921242</t>
+          <t>9786051924540</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünya İçin Bir Şans</t>
+          <t>Camtaşı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051926018</t>
+          <t>9786051921778</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tüy</t>
+          <t>Dombili Veterinere Gidiyor</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051926025</t>
+          <t>9786051921761</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ömür Dediğin Zarif Bir Ziyafet</t>
+          <t>Dombili ve Bebek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051925936</t>
+          <t>9786051921754</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Ciltli)</t>
+          <t>Dombili Karanlıkta Kalıyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>490</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051925981</t>
+          <t>9786051923093</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Neden? Dinozor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>420</v>
+        <v>295</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051925929</t>
+          <t>9786051923192</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bitirişler</t>
+          <t>İncir Tarihi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051925691</t>
+          <t>9786051923048</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatın Kısa Öyküsü (Ciltli)</t>
+          <t>Küçük Vampir Kont Drakula’yı Ziyaret Ediyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1250</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051926001</t>
+          <t>9786051923055</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ona Bakmak</t>
+          <t>Küçük Vampir Noel’i Kutluyor</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051925943</t>
+          <t>9786051923031</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Emmie Yeni Bir İcat Peşinde</t>
+          <t>Zeytin Taneleri Birbirine Çarpıyor</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051925769</t>
+          <t>9786051922409</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Paddington: Hastaneye Gidiyor</t>
+          <t>Son Sihirbaz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051925967</t>
+          <t>9786051922379</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Köşe</t>
+          <t>Feministin Küçük Prenses Yetiştirme Rehberi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051924083</t>
+          <t>9786051923642</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Belki de Biriyle Konuşmalısın</t>
+          <t>Züleyha Gözlerini Açıyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051925899</t>
+          <t>9786051922669</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hamlet (Ciltli)</t>
+          <t>Temiz Aile Çocuğu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>570</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051925882</t>
+          <t>9786051922638</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Robot Adada</t>
+          <t>Sus Barbatus!</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051925868</t>
+          <t>9786051922348</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Patipalas Perili Değil</t>
+          <t>Güneşi Arayan Çocuk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>72</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051925875</t>
+          <t>9786051922355</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nuri ve Lokum Yeni Görev</t>
+          <t>Zamana Açılan Kapı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051925851</t>
+          <t>9786051921907</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Havuçlar Aşkına!</t>
+          <t>Küçük Vampir İniltiler Vadisi’nde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>340</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051925844</t>
+          <t>9786051921716</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein (Ciltli)</t>
+          <t>Küçük Vampir Tehlikede</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>590</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051925813</t>
+          <t>9786051921709</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bay Saito’nun Gezici Sineması</t>
+          <t>Küçük Vampir Aşık Oluyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051925806</t>
+          <t>9786051922317</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Küçük Vampir Beklenmedik Gelişme</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051925820</t>
+          <t>9786051922324</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Robot Koruyor (Ciltli)</t>
+          <t>Küçük Vampir Esrarengiz Program</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>570</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051925752</t>
+          <t>9786051922393</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Paddington: Peru’dan Gelen Ayı</t>
+          <t>Gölet 13</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>340</v>
+        <v>32</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051925837</t>
+          <t>9786051922072</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Patipalas’a Hoş Geldiniz</t>
+          <t>Yaz Gecesi Rüyası - Shakespeare Kardeşler 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051924557</t>
+          <t>9786051922003</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Sahilde – Neredesin? (Ciltli)</t>
+          <t>Kemik Tozu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>460</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051925646</t>
+          <t>9786051922881</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Partide – Neredesin? (Ciltli)</t>
+          <t>Kış Masalı - Shakespeare Kardeşler - 2</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>460</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051924373</t>
+          <t>9786051922867</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Parkta – Neredesin? (Ciltli)</t>
+          <t>Sınıf Gezisinde - Küçük Vampir</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>460</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051925653</t>
+          <t>9786051922690</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Yılbaşında – Neredesin? (Ciltli)</t>
+          <t>Büyük Komplo - Küçük Vampir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>460</v>
+        <v>29</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051925639</t>
+          <t>9786051923208</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan İle Faresu Bahçede – Neredesin? (Ciltli)</t>
+          <t>Ve Bir Pars, Hüzünle Kaybolur</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>460</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051925561</t>
+          <t>9786051922911</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı (Ciltli)</t>
+          <t>Sıradışı Yazarlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>690</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051925042</t>
+          <t>9786051922959</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Normal Efsanesi</t>
+          <t>Dodo’nun Uçuşu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>750</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051920443</t>
+          <t>9786051922522</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kaşal</t>
+          <t>O, Beynim ve Ben</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051920382</t>
+          <t>9786051921563</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi</t>
+          <t>Kan Bağı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051924731</t>
+          <t>9786051921570</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Zihinler</t>
+          <t>Yüzüncü Kraliçe</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>560</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051925721</t>
+          <t>9786051921488</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Büyüleyici Yolculuğu (Ciltli)</t>
+          <t>Ve Sonra Ateş Etmeye Başladılar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051925738</t>
+          <t>9786051921228</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Büyük Su Kitabım (Ciltli)</t>
+          <t>Benimle Kal</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>750</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051925790</t>
+          <t>9786051921020</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler (Ciltli)</t>
+          <t>Marge İşbaşında</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051925783</t>
+          <t>9786051921044</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hayat Size Hipopotamlar Verdiğinde</t>
+          <t>Mahluk da Orrman’a Ait</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>390</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051925776</t>
+          <t>9786051921006</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Masa</t>
+          <t>Bir Başka Brooklyn</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>440</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051925684</t>
+          <t>9786051920672</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Unutma Beni</t>
+          <t>Kapalıçarşı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>330</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051925714</t>
+          <t>9786051922799</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gölge Gezegen</t>
+          <t>Antik Çağlardan Günümüze Müziğin Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051924755</t>
+          <t>9786051922386</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Ayı</t>
+          <t>Her Şeyi Baştan Anlat</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>360</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051921419</t>
+          <t>9786051922027</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu Serisi Seti - 11 Kitap Takım</t>
+          <t>Neden? İnsan Vücudu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>3850</v>
+        <v>295</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051920689</t>
+          <t>9786051921532</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Şiirler</t>
+          <t>Fırtına Takvimi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051920474</t>
+          <t>9786051921136</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Robot (Ciltli)</t>
+          <t>Kalp Kırmanın 16 Yolu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>570</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051922508</t>
+          <t>9786051921143</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hişt! Hişt!</t>
+          <t>En Küçük Kocaayak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051920009</t>
+          <t>9786051920481</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kitapsever Bay Tilki</t>
+          <t>Beatrice ve Vanessa</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>490</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051923949</t>
+          <t>9786051920023</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük Bir Roman Nasıl Yazılır?</t>
+          <t>Benim Adım Leon</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>290</v>
+        <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051923819</t>
+          <t>9786051923109</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurmak Bedava</t>
+          <t>Kavuşmak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051923482</t>
+          <t>9786051923062</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarınıza Tutunun</t>
+          <t>Ellen Wilkinson - Bir Sosyalist ve Feministin Hayatı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>690</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051925622</t>
+          <t>9786051922645</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sarsan Olaylar</t>
+          <t>Dünya Üzerinde Sekiz Gün</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>720</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051925660</t>
+          <t>9786051922515</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Endişeyi Bırak, Mutlu Olmaya Bak</t>
+          <t>Hayal Kurmak Bedava</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>370</v>
+        <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051925011</t>
+          <t>9786051922201</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ekran Karan - Sıkkın Bir Jonglör Hikayesi</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051925509</t>
+          <t>9786051922188</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kahvenin Peşinde Avrupa Café’lerinde Floransa</t>
+          <t>Patime Anlat</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>480</v>
+        <v>30</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051925615</t>
+          <t>9786051921174</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Umami</t>
+          <t>Küçük Vampir Film Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>440</v>
+        <v>45</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051925608</t>
+          <t>9786051921167</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Zamanında Aşk</t>
+          <t>Küçük Vampir Taşınıyor</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>550</v>
+        <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051925585</t>
+          <t>9786051921150</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar? (Ciltli)</t>
+          <t>Küçük Vampir</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>460</v>
+        <v>29</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051925530</t>
+          <t>9786051920665</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Yapmak İstemeyen Kedi</t>
+          <t>İnanılmaz Hayvan Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>440</v>
+        <v>950</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051925578</t>
+          <t>9786051920788</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları (Ciltli)</t>
+          <t>Süper Bahtsız</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>490</v>
+        <v>27</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051925554</t>
+          <t>9786051920825</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi (Ciltli)</t>
+          <t>İçinde Aşk Var</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>570</v>
+        <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051925592</t>
+          <t>9786051920801</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Mutluluğun Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>470</v>
+        <v>235</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051925547</t>
+          <t>9786051920818</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Brokoli'nin Büyük Günü</t>
+          <t>Onun Sırrı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>37</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051925516</t>
+          <t>9786051920696</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tüm Küçük Kuş Yürekleri</t>
+          <t>Şimdi Moda Pastel</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051925523</t>
+          <t>9786051921549</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şöyle Şeyler Böyle Şeyler</t>
+          <t>Senin Gibi Zararsız</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051925493</t>
+          <t>9786051921594</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sevdiklerinizi Öldürün</t>
+          <t>Küçük Vampir Çiftlikte</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051925486</t>
+          <t>9786051921587</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Tarihi</t>
+          <t>Küçük Vampir Trende</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>550</v>
+        <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051924311</t>
+          <t>9786051921068</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yalnız Kalmak İstiyor</t>
+          <t>Nerede, Neden, Nasıl</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>450</v>
+        <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051925462</t>
+          <t>9786051922171</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sincap Olmak İstemiyorum</t>
+          <t>Küçük Vampir Esrarengiz Hasta</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>440</v>
+        <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051925455</t>
+          <t>9786051922157</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>En En İyi Arkadaşım</t>
+          <t>Küçük Vampir Kitap Okuyor</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>440</v>
+        <v>29</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051925479</t>
+          <t>9786051922119</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Sakladığı Kelimeler</t>
+          <t>Dombili Kötü Bir Şey Yapıyor</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>55</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051925424</t>
+          <t>9786051922133</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Şeyler</t>
+          <t>Dombili ve Tilki Gecesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>55</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051925448</t>
+          <t>9786051922126</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İtalya’da Leziz Günler</t>
+          <t>Dombili ve Nine</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>700</v>
+        <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051925431</t>
+          <t>9786051922140</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kesinlikle Okunmak İstemeyen Kitap</t>
+          <t>Zaman Parçaları - Chronos Dosyaları 3</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051925417</t>
+          <t>9786051922164</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ne? İletişim ve Birbirimizi Anlamak Üzerine Bir Kitap</t>
+          <t>Küçük Vampir Aslanın İninde</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>29</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051925400</t>
+          <t>9786051922751</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Kısa Öyküsü</t>
+          <t>Yavru Aslan - Renklerin Kardeşliği -1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1250</v>
+        <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051925394</t>
+          <t>9786051922478</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Havva</t>
+          <t>Saklı Bahçeler Haritası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051925387</t>
+          <t>9786051922454</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kulaktan Kulağa</t>
+          <t>Misafir</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051925301</t>
+          <t>9786051922447</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihinde İlkler</t>
+          <t>Karanlık</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1250</v>
+        <v>98</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051925370</t>
+          <t>9786051922768</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yıldızsın</t>
+          <t>Yavru Kartal - Renklerin Kardeşliği - 2</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>370</v>
+        <v>32</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051925325</t>
+          <t>9786051921921</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Karlar İçinde</t>
+          <t>Neden? Evren</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051925349</t>
+          <t>9786051921853</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Pupa</t>
+          <t>Dans Sevenler Ayağa Fırlasın</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051925332</t>
+          <t>9786051921846</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ankara Diye İnsanlar Vardır</t>
+          <t>Günlük Hayatta Bilim - Neden?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>550</v>
+        <v>295</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051924472</t>
+          <t>9786051921839</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Can ve Badem İz Peşinde - Battaniyemi Kim Aldı?</t>
+          <t>Çevre - Neden?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051925356</t>
+          <t>9786051921884</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Benim Kayam</t>
+          <t>Fasa Fiso</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>390</v>
+        <v>47</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051925318</t>
+          <t>9786051921631</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şefin Menüsü</t>
+          <t>Buyaka Çocuk Evi 3 - Endişeli Bulutlar Arasında</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051925363</t>
+          <t>9786051921655</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Can ve Badem İz Peşinde: Kurabiyelerimi Kim Yedi?</t>
+          <t>Buyaka Çocuk Evi 1 - Tinimini Tehlikede</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051925264</t>
+          <t>9786051920795</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yok Artık! Evrendeki En Çılgın ve Akıl Almaz Gerçekler</t>
+          <t>Sanat Tarihinde Aşıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051925219</t>
+          <t>9786051921662</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tangram Kedi (Ciltli)</t>
+          <t>Eşini Arayan Kuş</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>540</v>
+        <v>110</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051925233</t>
+          <t>9786051920979</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Birileri</t>
+          <t>Evlilik Sözleşmesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>550</v>
+        <v>33</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051925271</t>
+          <t>9786051920603</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Uyku Çiçeği</t>
+          <t>Hep Beraber</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051925240</t>
+          <t>9786051922935</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Duygular</t>
+          <t>Beydeba’dan Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051925257</t>
+          <t>9786051922737</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Yaralar</t>
+          <t>Güle Güle Dombili</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>440</v>
+        <v>55</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051925295</t>
+          <t>9786051922744</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İliklerine Kadar Yazmak: İçindeki Yazarı Özgür Bırakmak İçin 60 Kart</t>
+          <t>Dombili ve Fındık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>440</v>
+        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051925288</t>
+          <t>9786051922775</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Keşke Tüm Sevdiklerim De Okusa Dediğiniz Kitap</t>
+          <t>Yavru Kanarya - Renklerin Kardeşliği 3</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051925226</t>
+          <t>9786051922263</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yaprak</t>
+          <t>Beyaz Bedenler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>28</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051925073</t>
+          <t>9786051922294</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Daha Fazla Zaman</t>
+          <t>Yeniden Doğmak İçin Bir Bitki Çayı Alır mıydınız?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051925165</t>
+          <t>9786051921471</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ormanlar - Dünya Üzerindeki Balta Girmemiş Ormanlar, Korular ve Doğal Rezervler</t>
+          <t>Chronos Dosyaları 2: Zamanın Kıyısında</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051925196</t>
+          <t>9786051921457</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Madeline Finn İle Terapi Köpeği</t>
+          <t>Dombili Yeni Yılı Kutluyor</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>55</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051925158</t>
+          <t>9786051921464</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Dünyaya Gelsem</t>
+          <t>Unutkan Kedi Dombili</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>340</v>
+        <v>55</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051925202</t>
+          <t>9786051921440</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yemek Dedektifleri</t>
+          <t>Dombili ve Tavşancık</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051925172</t>
+          <t>9786051921495</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nuri ve Lokum</t>
+          <t>Itırşahi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>340</v>
+        <v>42</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051925141</t>
+          <t>9786051921402</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Ol</t>
+          <t>Erkek Dediğin</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>370</v>
+        <v>43</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051925189</t>
+          <t>9786051921310</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Müzik Efsanesi Özlemek Nasıl Kokar?</t>
+          <t>Kedi Kitabı: Resim Sanatında Kediler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051925134</t>
+          <t>9786051921624</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yiyecekler Serisi - Havalı Nohut</t>
+          <t>Sarmaşık ve Kaktüs</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>390</v>
+        <v>95</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051925110</t>
+          <t>9786051920191</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yiyecekler Serisi - İyi Yumurta</t>
+          <t>Bugün Hayattayız Ya</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>390</v>
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051925103</t>
+          <t>9786051920894</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Yiyecekler Serisi - Kötü Çekirdek</t>
+          <t>Pupi ve Kovboy Macerası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>390</v>
+        <v>95</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051925127</t>
+          <t>9786051920917</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İliklerine Kadar Yazmak</t>
+          <t>Pupi ve Hayaletler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>420</v>
+        <v>95</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051925097</t>
+          <t>9786051920627</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Eksik Dişliler Kulübü</t>
+          <t>Ayının Kış Evi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051925080</t>
+          <t>9786051920887</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Geçmişte Bırakın</t>
+          <t>Son Hedef</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>340</v>
+        <v>38</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051925059</t>
+          <t>9786051920849</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ol - İyi Yaşa, Sağlıklı Ol Serisi</t>
+          <t>Unutma Beni Apartmanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051925066</t>
+          <t>9786051920856</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Lincoln Otobanı</t>
+          <t>Rüyalar Anlatılmaz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051924748</t>
+          <t>9786051920719</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Okunmak İstemeyen Kitap</t>
+          <t>Suçlu, Hem de Çok Suçlu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>450</v>
+        <v>48</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051925035</t>
+          <t>9786051921341</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kendin Ol - İyi Yaşa, Sağlıklı Ol Serisi</t>
+          <t>Anarşık</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>370</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051925004</t>
+          <t>9786051921372</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kahvenin Peşinde - Avrupa Cafe'lerinde Paris</t>
+          <t>Uyanan Güzel</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051925028</t>
+          <t>9786051921365</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Üzerine</t>
+          <t>Chronos Dosyaları 1: Zaman Sıçraması</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>370</v>
+        <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051924953</t>
+          <t>9786051921389</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Filmin Kısa Öyküsü (Ciltli)</t>
+          <t>Uydurmanın İncelikleri: Kurmaca Üzerine Kişisel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051924984</t>
+          <t>9786051921259</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ait Olmadığım Dünya</t>
+          <t>Selma</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>290</v>
+        <v>65</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051924991</t>
+          <t>9786051920085</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bavula Sığmayan</t>
+          <t>Belki Yarın</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>210</v>
+        <v>95</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051924595</t>
+          <t>9786051920573</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bornemann Sokağı’nda Yangın</t>
+          <t>Rose - Lou: Rüküş de Olsam Güzelim</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>420</v>
+        <v>29</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051924892</t>
+          <t>9786051920559</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kahvenin Peşinde / Avrupa Cafe’lerinde - Viyana</t>
+          <t>Rose - Lou: Tüm Kalbimle Sevdiğim Üvey Kardeşim</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>500</v>
+        <v>29</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051924960</t>
+          <t>9786051920542</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ya O Gün</t>
+          <t>Rose - Lou: Herkes Yanılabilir, Ben Bile</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051924977</t>
+          <t>9786051920580</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çocuktan Evcil Hayvan Olmaz</t>
+          <t>Bundan Sonra Her Şey Biziz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>440</v>
+        <v>35</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051924922</t>
+          <t>9786051920566</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Can Ve Badem İz Peşinde - Badem Nereye Kayboldu?</t>
+          <t>Rose - Lou: Hiç Yoktan İyidir</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>450</v>
+        <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051924915</t>
+          <t>9786051920764</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Yapacak Olsan</t>
+          <t>Son Dava - Komiser Gordon</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051924908</t>
+          <t>9786051920740</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Büyük Büyükannem</t>
+          <t>Avucumda Çimen İzi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>390</v>
+        <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051924946</t>
+          <t>9786051920214</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kıyıdaki Kale</t>
+          <t>Joyce’un Kızı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>450</v>
+        <v>92</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051924939</t>
+          <t>9786051920313</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Suya Kulak Ver</t>
+          <t>Mavi Balina’nın Mavi Şarkıları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>260</v>
+        <v>145</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051924885</t>
+          <t>9786051920351</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bir Müzik Efsanesi - Mevsimlerin Gelişi</t>
+          <t>Eileen</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>440</v>
+        <v>22</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051924878</t>
+          <t>9786051920429</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: İndia Hasta</t>
+          <t>Dokunmadan</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051924861</t>
+          <t>9786051922720</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: İndia'nın Aklı Bir Karış Havada</t>
+          <t>Seri Sonu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051924830</t>
+          <t>9786051924298</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Beni Bırakırsan</t>
+          <t>Korkunç Beşler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051924847</t>
+          <t>9786051924205</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Kısa Öyküsü (Ciltli)</t>
+          <t>Deniz Tekboynuzu - Deniz Muhafızları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>1250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051924854</t>
+          <t>9786051924366</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bahara Merhaba</t>
+          <t>Deniz Muhafızları - Mercan Resifi Tehlikede</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>390</v>
+        <v>95</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051924816</t>
+          <t>9786051924014</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Valerie'nin Bahçesi</t>
+          <t>Willy ve Hugh</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051924809</t>
+          <t>9786051923703</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Valerie ve Güzel Dünya</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051924793</t>
+          <t>9786051923710</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Kadınların Kısa Öyküsü (Ciltli)</t>
+          <t>Feministler Pembe Giymez ve Diğer Yalanlar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>1250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051924786</t>
+          <t>9786051923345</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Uyumadığı Gece</t>
+          <t>Ara Nağme</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051924687</t>
+          <t>9786051924137</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İpucu Kakada</t>
+          <t>Abur Cubur Adası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051924335</t>
+          <t>9786051923741</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Gezgin Chloe</t>
+          <t>Üç Dilek</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051924328</t>
+          <t>9786051923307</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Chloe ve Hayvanlar</t>
+          <t>Biz Böyle Yapıyoruz</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051924717</t>
+          <t>9786051923970</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>7 Tepe 7 Efsane</t>
+          <t>Haydar Paşa’nın Evi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051924694</t>
+          <t>9786051923857</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Geciken Robert</t>
+          <t>Fiyonklu İstanbul Dürbünü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786051924700</t>
+          <t>9786051923598</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Robert Büyüyünce</t>
+          <t>Ben de Karagöz ve Hacivat'la Eğlenmek İstiyorum</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786051924304</t>
+          <t>9786051923604</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hadi Işıkları Kapat, Leonard</t>
+          <t>Ne Güzel Dedemsin Sen Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051924618</t>
+          <t>9786051924106</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kaleiçi’ndeki Sır</t>
+          <t>Kurt ve Gölge Canavar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051924823</t>
+          <t>9786051923796</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Ağaç</t>
+          <t>İstanbul Yıldızı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051924779</t>
+          <t>9786051923802</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Dominique ve Arkadaşlar</t>
+          <t>Lütfen Delirmeme İzin Vermeyin</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051924762</t>
+          <t>9786051924021</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Büyük Sporcu Dominique</t>
+          <t>Gökkuşağı Tarifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>110</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786051924458</t>
+          <t>9786051922898</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Denizin Bittiği Yer</t>
+          <t>Ateş Kraliçesi - Yüzüncü Kraliçe 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>33</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051924724</t>
+          <t>9786051923765</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Neşter - Cennetten Kovuluşun Hikayesi</t>
+          <t>Claude Şehirde</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>330</v>
+        <v>95</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786051924649</t>
+          <t>9786051923659</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Öğretmen</t>
+          <t>Eyvah Büyükler!</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786051924670</t>
+          <t>9786051923895</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Maya - Sokaklardan Barınağa ve Sonunda Bir Yuvaya</t>
+          <t>Başkasının Evi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786051924656</t>
+          <t>9786051923581</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Simon’un Kuralları</t>
+          <t>Yıldız ve Tuz Haritası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786051924663</t>
+          <t>9786051923154</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Hikayeleri: Marifetli Simon</t>
+          <t>Yanlış Rota</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786051924632</t>
+          <t>9786051922058</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Erdem ve İntikam Çocukları</t>
+          <t>Kim Korkar Sınavdan? - Jules’ün Bir Yılı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051924625</t>
+          <t>9786051922034</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kısa Öyküsü (Ciltli)</t>
+          <t>Sürprizlerin Sürprizi - Jules'ün Bir Yılı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>1250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051924601</t>
+          <t>9786051923673</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Gibi</t>
+          <t>Gölgemi Bıraktım Lale Bahçelerinde</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786051924564</t>
+          <t>9786051926070</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Berberi Aranıyor</t>
+          <t>Patipalas Buz Üstünde</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051924571</t>
+          <t>9786051925974</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Okunmak İstemeyen Kitap</t>
+          <t>Eleştirel Düşünen Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786051924588</t>
+          <t>9786051925950</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Robotlar: Robotik ve Yapay Zeka Dünyasını Keşfedin</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>370</v>
+        <v>520</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051924496</t>
+          <t>9786051926032</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kurt Dede</t>
+          <t>Madam Bovary (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>165</v>
+        <v>690</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051924519</t>
+          <t>9786051926049</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yenilikçiler: Mucitlerin ve Öncülerin Gerçek Çocukluk Hikayeleri</t>
+          <t>Yeraltından Notlar (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051924526</t>
+          <t>9786051921242</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Gizemi</t>
+          <t>Dünya İçin Bir Şans</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051924489</t>
+          <t>9786051926018</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Musa Kevser’in Kader’i</t>
+          <t>Tüy</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786051924427</t>
+          <t>9786051926025</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Jacky Marrone Altın Pençe'nin Peşinde (Ciltli)</t>
+          <t>Ömür Dediğin Zarif Bir Ziyafet</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786051924465</t>
+          <t>9786051925936</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Umut'un Dünyası</t>
+          <t>Beyaz Zambaklar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786051924441</t>
+          <t>9786051925981</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ne İşe Yarar Çocuk?</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051924434</t>
+          <t>9786051925929</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Kısa Öyküsü</t>
+          <t>Bitirişler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>1250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786051924410</t>
+          <t>9786051925691</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Arkadaşlık</t>
+          <t>Çağdaş Sanatın Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051924403</t>
+          <t>9786051926001</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Doğum Günü Kutlaması</t>
+          <t>Ona Bakmak</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051924380</t>
+          <t>9786051925943</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Karakter Özellikleri</t>
+          <t>Emmie Yeni Bir İcat Peşinde</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051924397</t>
+          <t>9786051925769</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Karakter Özellikleri</t>
+          <t>Paddington: Hastaneye Gidiyor</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051924359</t>
+          <t>9786051925967</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Madeline Finn ile Barınak Köpeği</t>
+          <t>Köşe</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051924342</t>
+          <t>9786051924083</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tıp Bizim İçin Hala Yararlı mı?</t>
+          <t>Belki de Biriyle Konuşmalısın</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051924229</t>
+          <t>9786051925899</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Şifacısı - Olympos’un Yaratıkları</t>
+          <t>Hamlet (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051924274</t>
+          <t>9786051925882</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Atları - Olympos’un Yaratıkları</t>
+          <t>Vahşi Robot Adada</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051924281</t>
+          <t>9786051925868</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Frieda</t>
+          <t>Patipalas Perili Değil</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051924243</t>
+          <t>9786051925875</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Püf Çiçeğim</t>
+          <t>Nuri ve Lokum Yeni Görev</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051924267</t>
+          <t>9786051925851</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Timsahın Yanlışları</t>
+          <t>Havuçlar Aşkına!</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051924250</t>
+          <t>9786051925844</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Bulutları</t>
+          <t>Frankenstein (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>590</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051924236</t>
+          <t>9786051925813</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sonumuz Hep Yakın</t>
+          <t>Bay Saito’nun Gezici Sineması</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051924212</t>
+          <t>9786051925806</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Nezaket Kuralları</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051924182</t>
+          <t>9786051925820</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tabakta Kalan Son Pirinç Tanesi</t>
+          <t>Vahşi Robot Koruyor (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>210</v>
+        <v>570</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051924199</t>
+          <t>9786051925752</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Denizkızının Yunusu - Deniz Muhafızları</t>
+          <t>Paddington: Peru’dan Gelen Ayı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051924168</t>
+          <t>9786051925837</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sanatçılar</t>
+          <t>Patipalas’a Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051924151</t>
+          <t>9786051924557</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Canlısı Salyangoz - Tavşancan ile Faresu</t>
+          <t>Tavşancan İle Faresu Sahilde – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051924144</t>
+          <t>9786051925646</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Emanet Kalp</t>
+          <t>Tavşancan İle Faresu Partide – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051924090</t>
+          <t>9786051924373</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Yavru Ejderha</t>
+          <t>Tavşancan İle Faresu Parkta – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>165</v>
+        <v>460</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051924120</t>
+          <t>9786051925653</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Kusursuz Yabancı</t>
+          <t>Tavşancan İle Faresu Yılbaşında – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051924113</t>
+          <t>9786051925639</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kurt’un Renkli Montu</t>
+          <t>Tavşancan İle Faresu Bahçede – Neredesin? (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051924052</t>
+          <t>9786051925561</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Kısa Öyküsü (Ciltli)</t>
+          <t>Gurur ve Önyargı (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1250</v>
+        <v>690</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051924045</t>
+          <t>9786051925042</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Kadar Hızlıyım</t>
+          <t>Normal Efsanesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051924076</t>
+          <t>9786051920443</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bana Ezop De!</t>
+          <t>Kaşal</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051924069</t>
+          <t>9786051920382</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Hikaye Olan Adam Sait Faik</t>
+          <t>Şaka Makinesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051923826</t>
+          <t>9786051924731</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Akarsular (Ciltli)</t>
+          <t>Dağınık Zihinler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051924038</t>
+          <t>9786051925721</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bak ve Söyle - Tavşancan ile Faresu</t>
+          <t>Kitabın Büyüleyici Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051923833</t>
+          <t>9786051925738</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kitap Kurduyum</t>
+          <t>Büyük Su Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051924007</t>
+          <t>9786051925790</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Karamel Kardeşler</t>
+          <t>Beyaz Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051923994</t>
+          <t>9786051925783</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ev</t>
+          <t>Hayat Size Hipopotamlar Verdiğinde</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051923987</t>
+          <t>9786051925776</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Büyümek</t>
+          <t>İki Kişilik Masa</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051923918</t>
+          <t>9786051925684</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Asi Kızlara Uykudan Önce Hikayeler (Ciltli)</t>
+          <t>Unutma Beni</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051923956</t>
+          <t>9786051925714</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Rakip</t>
+          <t>Gölge Gezegen</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051923932</t>
+          <t>9786051924755</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Duygular - Aklımdaki ve Kalbimdeki</t>
+          <t>Usta ile Ayı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051923925</t>
+          <t>9786051921419</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Büyük Orkestra</t>
+          <t>Tavşancan ile Faresu Serisi Seti - 11 Kitap Takım</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>310</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051923963</t>
+          <t>9786051920689</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bay Penguen ve Kayıp Hazine</t>
+          <t>Yaramaz Şiirler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051923789</t>
+          <t>9786051920474</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Lea’nın Yolculuğu</t>
+          <t>Vahşi Robot (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051923901</t>
+          <t>9786051922508</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Öte Yanı</t>
+          <t>Hişt! Hişt!</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051923871</t>
+          <t>9786051920009</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kitabevi Güncesi</t>
+          <t>Kitapsever Bay Tilki</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051923840</t>
+          <t>9786051923949</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bilim İnsanları</t>
+          <t>Dört Dörtlük Bir Roman Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051923727</t>
+          <t>9786051923819</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>1 Para Kaç Paradır?</t>
+          <t>Hayal Kurmak Bedava</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051923734</t>
+          <t>9786051923482</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adamın İçindeki Adam</t>
+          <t>Çocuklarınıza Tutunun</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>690</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051923772</t>
+          <t>9786051925622</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Yerimizi Alacak mı?</t>
+          <t>Dünyayı Sarsan Olaylar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>500</v>
+        <v>720</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051923758</t>
+          <t>9786051925660</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Unutma Dersleri</t>
+          <t>Endişeyi Bırak, Mutlu Olmaya Bak</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051923680</t>
+          <t>9786051925011</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Berk’in Gizli Dünyası</t>
+          <t>Ekran Karan - Sıkkın Bir Jonglör Hikayesi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051923697</t>
+          <t>9786051925509</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Berk Zorbalık mı, Kankalık mı?</t>
+          <t>Kahvenin Peşinde Avrupa Café’lerinde Floransa</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051923628</t>
+          <t>9786051925615</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Robot Kaçıyor</t>
+          <t>Umami</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>570</v>
+        <v>440</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051923666</t>
+          <t>9786051925608</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İstemeyen Kartal</t>
+          <t>Kehribar Zamanında Aşk</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051923611</t>
+          <t>9786051925585</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gelmiş Geçmiş En Kötü Kitabım</t>
+          <t>İnsan Neyle Yaşar? (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051923635</t>
+          <t>9786051925530</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Keşke Anne Babam Da Okusaydı Dediğiniz Bir Kitap</t>
+          <t>Hiçbir Şey Yapmak İstemeyen Kedi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>470</v>
+        <v>440</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051923574</t>
+          <t>9786051925578</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Myriad Lisesi - Hannah Neyi Bilmiyor?</t>
+          <t>Genç Werther'in Acıları (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>27</v>
+        <v>490</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051923567</t>
+          <t>9786051925554</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Fare Belası</t>
+          <t>Dorian Gray'in Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>450</v>
+        <v>570</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051923543</t>
+          <t>9786051925592</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat</t>
+          <t>Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1100</v>
+        <v>470</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051923550</t>
+          <t>9786051925547</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Pop Sanat</t>
+          <t>Brokoli'nin Büyük Günü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051923536</t>
+          <t>9786051925516</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Akışkan mıdır?</t>
+          <t>Tüm Küçük Kuş Yürekleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051923505</t>
+          <t>9786051925523</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepçiler - Uyku Tulumuyla Okula</t>
+          <t>Şöyle Şeyler Böyle Şeyler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051923512</t>
+          <t>9786051925493</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Mürekkepçiler - Okul Bahçesinde Alarm</t>
+          <t>Sevdiklerinizi Öldürün</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051923499</t>
+          <t>9786051925486</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Beş Artı Üç</t>
+          <t>Kelimelerin Tarihi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051923529</t>
+          <t>9786051924311</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Uzayın Şekli Nasıldır?</t>
+          <t>Ayı Yalnız Kalmak İstiyor</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051923475</t>
+          <t>9786051925462</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran İnek</t>
+          <t>Sincap Olmak İstemiyorum</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051923451</t>
+          <t>9786051925455</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Can ve Badem İz Peşinde - Kurabiyelerimi Kim Yedi?</t>
+          <t>En En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051923314</t>
+          <t>9786051925479</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Kardeşler Tatilde</t>
+          <t>Kardeşimin Sakladığı Kelimeler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051923437</t>
+          <t>9786051925424</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ağaç ve Demir</t>
+          <t>Görünmez Şeyler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051923444</t>
+          <t>9786051925448</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kevser</t>
+          <t>İtalya’da Leziz Günler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051923321</t>
+          <t>9786051925431</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Önemli Anları - Sanatın Olmazsa Olmazları</t>
+          <t>Kesinlikle Okunmak İstemeyen Kitap</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051923420</t>
+          <t>9786051925417</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Resimlere Bakmak - Sanatın Olmazsa Olmazları</t>
+          <t>Ne? İletişim ve Birbirimizi Anlamak Üzerine Bir Kitap</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051923406</t>
+          <t>9786051925400</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Kayboldu</t>
+          <t>Evrenin Kısa Öyküsü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>230</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051923413</t>
+          <t>9786051925394</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kedim Kayboldu</t>
+          <t>Havva</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051923390</t>
+          <t>9786051925387</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldim</t>
+          <t>Kulaktan Kulağa</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051923376</t>
+          <t>9786051925301</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Keşfediyorum - Yağmur Ormanları</t>
+          <t>Sanat Tarihinde İlkler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051923369</t>
+          <t>9786051925370</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Keşfediyorum - Eski Mısır</t>
+          <t>Sen Bir Yıldızsın</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051923383</t>
+          <t>9786051925325</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Aydınlat</t>
+          <t>Karlar İçinde</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051923352</t>
+          <t>9786051925349</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Cadıları</t>
+          <t>Zürafa Pupa</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051923338</t>
+          <t>9786051925332</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Bizimkiler Blogger Oldu</t>
+          <t>Ankara Diye İnsanlar Vardır</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051923284</t>
+          <t>9786051924472</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ben Annemi İsterim! - Haydi Herkes Okula</t>
+          <t>Can ve Badem İz Peşinde - Battaniyemi Kim Aldı?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051923246</t>
+          <t>9786051925356</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kitaplar! - Haydi Herkes Okula</t>
+          <t>Benim Kayam</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051923291</t>
+          <t>9786051925318</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yemekhane! - Haydi Herkes Okula</t>
+          <t>Şefin Menüsü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051923239</t>
+          <t>9786051925363</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sınıfa Hoş Geldiniz! - Haydi Herkes Okula</t>
+          <t>Can ve Badem İz Peşinde: Kurabiyelerimi Kim Yedi?</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051922287</t>
+          <t>9786051925264</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Anki Sudan Korkuyor - Dinozor Okulu</t>
+          <t>Yok Artık! Evrendeki En Çılgın ve Akıl Almaz Gerçekler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>155</v>
+        <v>700</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051923253</t>
+          <t>9786051925219</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Trise Kimi Seviyor? - Dinozor Okulu</t>
+          <t>Tangram Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>155</v>
+        <v>540</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051923277</t>
+          <t>9786051925233</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Blog Savaşları</t>
+          <t>Birileri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>55</v>
+        <v>550</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051923222</t>
+          <t>9786051925271</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Diplo - Dinozor Okulu</t>
+          <t>Uyku Çiçeği</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051923260</t>
+          <t>9786051925240</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Stega’nın Doğum Günü - Dinozor Okulu</t>
+          <t>Duygular</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>155</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051923215</t>
+          <t>9786051925257</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Oxford Yılım</t>
+          <t>Duygusal Yaralar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>36</v>
+        <v>440</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051923086</t>
+          <t>9786051925295</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Neden? Dünya</t>
+          <t>İliklerine Kadar Yazmak: İçindeki Yazarı Özgür Bırakmak İçin 60 Kart</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>295</v>
+        <v>440</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051923185</t>
+          <t>9786051925288</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ben Gubi</t>
+          <t>Keşke Tüm Sevdiklerim De Okusa Dediğiniz Kitap</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051923178</t>
+          <t>9786051925226</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Uyu Gubi</t>
+          <t>Yaprak</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786051923161</t>
+          <t>9786051925073</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dev Zıplak</t>
+          <t>Daha Fazla Zaman</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786051923147</t>
+          <t>9786051925165</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Boşa Geçirecek Vakit Yok</t>
+          <t>Ormanlar - Dünya Üzerindeki Balta Girmemiş Ormanlar, Korular ve Doğal Rezervler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786051923130</t>
+          <t>9786051925196</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Dünya</t>
+          <t>Madeline Finn İle Terapi Köpeği</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051923123</t>
+          <t>9786051925158</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğünü Arayan Kafes</t>
+          <t>Yeniden Dünyaya Gelsem</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051923024</t>
+          <t>9786051925202</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kuleler Ukuleleler</t>
+          <t>Yemek Dedektifleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786051923116</t>
+          <t>9786051925172</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sol Anahtarı</t>
+          <t>Nuri ve Lokum</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051923079</t>
+          <t>9786051925141</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Turunca Güzelleme</t>
+          <t>Güçlü Ol</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051922980</t>
+          <t>9786051925189</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazarlar</t>
+          <t>Bir Müzik Efsanesi Özlemek Nasıl Kokar?</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051922997</t>
+          <t>9786051925134</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sporcular</t>
+          <t>Çılgın Yiyecekler Serisi - Havalı Nohut</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786051923017</t>
+          <t>9786051925110</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Müzisyen</t>
+          <t>Çılgın Yiyecekler Serisi - İyi Yumurta</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>27</v>
+        <v>390</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051922942</t>
+          <t>9786051925103</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğimiz Korsan - Jules’ün Bir Yılı</t>
+          <t>Çılgın Yiyecekler Serisi - Kötü Çekirdek</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051922973</t>
+          <t>9786051925127</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Beklemek Çok Zor - Jules’ün Bir Yılı</t>
+          <t>İliklerine Kadar Yazmak</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786051923000</t>
+          <t>9786051925097</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gizemleri Sherlock Gibi Çöz</t>
+          <t>Eksik Dişliler Kulübü</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051922966</t>
+          <t>9786051925080</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Chowder</t>
+          <t>Geçmişi Geçmişte Bırakın</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>145</v>
+        <v>340</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051922928</t>
+          <t>9786051925059</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sıçrayan Süper Chowder</t>
+          <t>Cesur Ol - İyi Yaşa, Sağlıklı Ol Serisi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>145</v>
+        <v>370</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051922805</t>
+          <t>9786051925066</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Zuzu ile Minnak</t>
+          <t>Lincoln Otobanı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051922843</t>
+          <t>9786051924748</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Altı Çarpı İki</t>
+          <t>Gerçekten Okunmak İstemeyen Kitap</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051922850</t>
+          <t>9786051925035</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İçedönüklerin Gizli Yaşamı</t>
+          <t>Kendin Ol - İyi Yaşa, Sağlıklı Ol Serisi</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051922836</t>
+          <t>9786051925004</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İçinde, Dışında, Tepetakla</t>
+          <t>Kahvenin Peşinde - Avrupa Cafe'lerinde Paris</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051922812</t>
+          <t>9786051925028</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İt, Çek, Boşalt, Doldur</t>
+          <t>Bir İdam Üzerine</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>550</v>
+        <v>370</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051922829</t>
+          <t>9786051924953</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Mutlu, Üzgün, Heyecanlı</t>
+          <t>Filmin Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>550</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051922904</t>
+          <t>9786051924984</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ferda</t>
+          <t>Ait Olmadığım Dünya</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051922874</t>
+          <t>9786051924991</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Meles</t>
+          <t>Bavula Sığmayan</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>16</v>
+        <v>210</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051922782</t>
+          <t>9786051924595</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze Mimarlığın Öyküsü (Ciltli)</t>
+          <t>Bornemann Sokağı’nda Yangın</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1000</v>
+        <v>420</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051922713</t>
+          <t>9786051924892</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Ağacı - Tavşancan ile Faresu</t>
+          <t>Kahvenin Peşinde / Avrupa Cafe’lerinde - Viyana</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051922683</t>
+          <t>9786051924960</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hades’in Köpeği - Olympos’un Yaratıkları</t>
+          <t>Ya O Gün</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051922676</t>
+          <t>9786051924977</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Bakıcısı - Olympos’un Yaratıkları</t>
+          <t>Çocuktan Evcil Hayvan Olmaz</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051922577</t>
+          <t>9786051924922</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Söz Vermiştin Ama Baba</t>
+          <t>Can Ve Badem İz Peşinde - Badem Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051922614</t>
+          <t>9786051924915</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Patlamış Mısır Sevenler Sinemaya Koşsun</t>
+          <t>Bir Kuş Yapacak Olsan</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051922652</t>
+          <t>9786051924908</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mantolu Kadın</t>
+          <t>İşte Benim Büyük Büyükannem</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051922591</t>
+          <t>9786051924946</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kuşkulu Kuşkonmaz</t>
+          <t>Kıyıdaki Kale</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051922607</t>
+          <t>9786051924939</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Lafla Peynir Gemisi Yürümez</t>
+          <t>Suya Kulak Ver</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786051922584</t>
+          <t>9786051924885</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bazı Hayaller Suya Düşmez</t>
+          <t>Bir Müzik Efsanesi - Mevsimlerin Gelişi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051922539</t>
+          <t>9786051924878</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>At Kitabı - Resim Sanatında Atlar</t>
+          <t>İlk Okuma Hikayeleri: İndia Hasta</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051922553</t>
+          <t>9786051924861</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Annemin İçindeki Ses</t>
+          <t>İlk Okuma Hikayeleri: İndia'nın Aklı Bir Karış Havada</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051922621</t>
+          <t>9786051924830</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Külleri</t>
+          <t>Beni Bırakırsan</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>29</v>
+        <v>360</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051922560</t>
+          <t>9786051924847</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Söz Vermiştin Ama Anne</t>
+          <t>Bilimin Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>270</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051922546</t>
+          <t>9786051924854</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Artıkaranmayanlar Gezegeni</t>
+          <t>Bahara Merhaba</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051922461</t>
+          <t>9786051924816</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>O Kediyi Kurtar: Senaryo Yazarken İhtiyaç Duyacağınız O Kitap!</t>
+          <t>Valerie'nin Bahçesi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>420</v>
+        <v>110</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051922485</t>
+          <t>9786051924809</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>En Küçük Kocaayak 2 - Büyük Şehir</t>
+          <t>Valerie ve Güzel Dünya</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051922492</t>
+          <t>9786051924793</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Huysuzluğun ve Dalın Hikayesi</t>
+          <t>Sanatçı Kadınların Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>430</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051922331</t>
+          <t>9786051924786</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokakta Şenlik Var</t>
+          <t>Tanrı’nın Uyumadığı Gece</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051922416</t>
+          <t>9786051924687</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Kısa Öyküsü (Ciltli)</t>
+          <t>İpucu Kakada</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>1250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051922423</t>
+          <t>9786051924335</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Kısa Öyküsü (Ciltli)</t>
+          <t>İlk Okuma Hikayeleri: Gezgin Chloe</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051922362</t>
+          <t>9786051924328</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ördek, Ölüm ve Lale</t>
+          <t>İlk Okuma Hikayeleri: Chloe ve Hayvanlar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>440</v>
+        <v>110</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051922430</t>
+          <t>9786051924717</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hapış ile Kapış Havana’da</t>
+          <t>7 Tepe 7 Efsane</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051922270</t>
+          <t>9786051924694</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ormana Güzelleme</t>
+          <t>İlk Okuma Hikayeleri: Geciken Robert</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051922300</t>
+          <t>9786051924700</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Aslan Terbiyecisi Fredi Mole</t>
+          <t>İlk Okuma Hikayeleri: Robert Büyüyünce</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051922096</t>
+          <t>9786051924304</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Büyük Ressamlar Gibi Çizelim</t>
+          <t>Hadi Işıkları Kapat, Leonard</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051922249</t>
+          <t>9786051924618</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bütün Bir Yıl Boyunca</t>
+          <t>Kaleiçi’ndeki Sır</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051922256</t>
+          <t>9786051924823</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Tembel Ördeği ve İnanılmaz Başka Rekorlar</t>
+          <t>Mavi ve Ağaç</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>145</v>
+        <v>340</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051922225</t>
+          <t>9786051924779</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Çiçekli Orman’ın Tekboynuzları</t>
+          <t>İlk Okuma Hikayeleri: Dominique ve Arkadaşlar</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051922195</t>
+          <t>9786051924762</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar ve Gökkuşakları - Çiçekli Orman’ın Tekboynuzları</t>
+          <t>İlk Okuma Hikayeleri: Büyük Sporcu Dominique</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051922232</t>
+          <t>9786051924458</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Festival Zamanı - Çiçekli Orman’ın Tekboynuzları</t>
+          <t>Denizin Bittiği Yer</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051922218</t>
+          <t>9786051924724</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sihre İnan - Çiçekli Orman’ın Tekboynuzları</t>
+          <t>Neşter - Cennetten Kovuluşun Hikayesi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051922089</t>
+          <t>9786051924649</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Anne</t>
+          <t>Benim Adım Öğretmen</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051922102</t>
+          <t>9786051924670</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Yaratıcı Oyunlar Oynayalım</t>
+          <t>Maya - Sokaklardan Barınağa ve Sonunda Bir Yuvaya</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051922065</t>
+          <t>9786051924656</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Luise</t>
+          <t>İlk Okuma Hikayeleri: Simon’un Kuralları</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>370</v>
+        <v>110</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051922041</t>
+          <t>9786051924663</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Herkes Partiye - Jules'ün Bir Yılı</t>
+          <t>İlk Okuma Hikayeleri: Marifetli Simon</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051921976</t>
+          <t>9786051924632</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kandan ve Kemikten Çocuklar</t>
+          <t>Erdem ve İntikam Çocukları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051921945</t>
+          <t>9786051924625</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Abc’si</t>
+          <t>Romanın Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>160</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786051922010</t>
+          <t>9786051924601</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Çeviri’Bilirsin!</t>
+          <t>Olduğun Gibi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051921969</t>
+          <t>9786051924564</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Mezar Soyguncuları</t>
+          <t>Zürafa Berberi Aranıyor</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051921952</t>
+          <t>9786051924571</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sümbüllü Köşk</t>
+          <t>Okunmak İstemeyen Kitap</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051921990</t>
+          <t>9786051924588</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacının Gölgesinde Yunanistan</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051921938</t>
+          <t>9786051924496</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hayat Zayıflarken de Güzel</t>
+          <t>Kurt Dede</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>870</v>
+        <v>165</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051921914</t>
+          <t>9786051924519</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Serdar Başkan ile Bilim Makinesi</t>
+          <t>Çocuk Yenilikçiler: Mucitlerin ve Öncülerin Gerçek Çocukluk Hikayeleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786051921822</t>
+          <t>9786051924526</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bir Ölüm</t>
+          <t>Hayvanların Gizemi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>20</v>
+        <v>650</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051921891</t>
+          <t>9786051924489</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Zuzu İle Babası</t>
+          <t>Musa Kevser’in Kader’i</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051921860</t>
+          <t>9786051924427</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Resim Sevenler Eğlenceye Katılsın</t>
+          <t>Jacky Marrone Altın Pençe'nin Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051921877</t>
+          <t>9786051924465</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Masal Sevenler Bulutlara Baksın</t>
+          <t>Umut'un Dünyası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051921815</t>
+          <t>9786051924441</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Bülbül Korusu'nun Gizemi</t>
+          <t>Ne İşe Yarar Çocuk?</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051921785</t>
+          <t>9786051924434</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerdir Bütün Derdim</t>
+          <t>Mimarlığın Kısa Öyküsü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>650</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051921792</t>
+          <t>9786051924410</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazar Nasıl Okunur?</t>
+          <t>Bir Arkadaşlık</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051921808</t>
+          <t>9786051924403</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ama Büyük Yalanlar</t>
+          <t>Tavşancan ile Faresu - Doğum Günü Kutlaması</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051921693</t>
+          <t>9786051924380</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Asi Kızlara Uykudan Önce Hikayeler - 2 (Ciltli)</t>
+          <t>Olumlu Karakter Özellikleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>1100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786051921730</t>
+          <t>9786051924397</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bugün</t>
+          <t>Olumsuz Karakter Özellikleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>35</v>
+        <v>400</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051921723</t>
+          <t>9786051924359</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Moskova’da Bir Beyefendi</t>
+          <t>Madeline Finn ile Barınak Köpeği</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051921686</t>
+          <t>9786051924342</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Artık Bir Kitabım Var</t>
+          <t>Tıp Bizim İçin Hala Yararlı mı?</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>32</v>
+        <v>500</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051921679</t>
+          <t>9786051924229</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Kedi Patikare</t>
+          <t>Ejderha Şifacısı - Olympos’un Yaratıkları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051921648</t>
+          <t>9786051924274</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Buyaka Çocuk Evi 2 - Pamuklu Bir Macera</t>
+          <t>Tanrıların Atları - Olympos’un Yaratıkları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786051921600</t>
+          <t>9786051924281</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze İcatların Öyküsü</t>
+          <t>Frieda</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>1000</v>
+        <v>380</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051921617</t>
+          <t>9786051924243</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağlardan Günümüze - Felsefenin Öyküsü</t>
+          <t>Püf Çiçeğim</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>510</v>
+        <v>320</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051921556</t>
+          <t>9786051924267</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gülmek İçimizde</t>
+          <t>Bir Timsahın Yanlışları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051921518</t>
+          <t>9786051924250</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bahçe</t>
+          <t>Ejderhanın Bulutları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051921501</t>
+          <t>9786051924236</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bay Kaplan Yabana Çıkıyor</t>
+          <t>Sonumuz Hep Yakın</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051921525</t>
+          <t>9786051924212</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Altınkanat Okulu</t>
+          <t>Nezaket Kuralları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051920924</t>
+          <t>9786051924182</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İşte Sanat Serisi (17 Kitap Takım) (Ciltli)</t>
+          <t>Tabakta Kalan Son Pirinç Tanesi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>12750</v>
+        <v>210</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051921334</t>
+          <t>9786051924199</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kitabı: Resim Sanatında Köpekler</t>
+          <t>Denizkızının Yunusu - Deniz Muhafızları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051921327</t>
+          <t>9786051924168</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kitabı: Resim Sanatında Kuşlar</t>
+          <t>Çocuk Sanatçılar</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786051921396</t>
+          <t>9786051924151</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ergen Beyni</t>
+          <t>Arkadaş Canlısı Salyangoz - Tavşancan ile Faresu</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051921358</t>
+          <t>9786051924144</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuştan Öbürüne: Hayat ve Yazmak Üzerine Tavsiyeler</t>
+          <t>Emanet Kalp</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051921303</t>
+          <t>9786051924090</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bay Ördek İşe Başlıyor</t>
+          <t>Kurt ve Yavru Ejderha</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051921273</t>
+          <t>9786051924120</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Koyunlar Kralı 1. Louis</t>
+          <t>Dokuz Kusursuz Yabancı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051921266</t>
+          <t>9786051924113</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İncire Güzelleme</t>
+          <t>Kurt’un Renkli Montu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051921297</t>
+          <t>9786051924052</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Küçük Sanatçıyım - Gel Beraber Parmak Baskı Yapalım</t>
+          <t>Modern Sanatın Kısa Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>450</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051921280</t>
+          <t>9786051924045</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Dev Havuç</t>
+          <t>Çekirge Kadar Hızlıyım</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051921235</t>
+          <t>9786051924076</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yedi Eksi Bir</t>
+          <t>Bana Ezop De!</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051921204</t>
+          <t>9786051924069</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sevenler Parmak Kaldırsın</t>
+          <t>Hayatı Hikaye Olan Adam Sait Faik</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051921198</t>
+          <t>9786051923826</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Oyun Sevenler Şapka Taksın</t>
+          <t>Akarsular (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>180</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051921181</t>
+          <t>9786051924038</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kedi Sevenler Buraya Toplansın</t>
+          <t>Bak ve Söyle - Tavşancan ile Faresu</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051921211</t>
+          <t>9786051923833</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Yola Çık</t>
+          <t>Ben Bir Kitap Kurduyum</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051921112</t>
+          <t>9786051924007</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İşte Gaudi (Ciltli)</t>
+          <t>Karamel Kardeşler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051921105</t>
+          <t>9786051923994</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İşte Frank Lloyd Wright (Ciltli)</t>
+          <t>Ev</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051921129</t>
+          <t>9786051923987</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Büyümek</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051921075</t>
+          <t>9786051923918</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İnsan Figürü Çizimi</t>
+          <t>Asi Kızlara Uykudan Önce Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>1250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051921099</t>
+          <t>9786051923956</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Portre Çizimi</t>
+          <t>Rakip</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>1250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051921082</t>
+          <t>9786051923932</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Kenti İstanbul</t>
+          <t>Duygular - Aklımdaki ve Kalbimdeki</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051921051</t>
+          <t>9786051923925</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Pitbull</t>
+          <t>Büyük Orkestra</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>20</v>
+        <v>310</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051921037</t>
+          <t>9786051923963</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Marge ve Korsan Bebek</t>
+          <t>Bay Penguen ve Kayıp Hazine</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051921013</t>
+          <t>9786051923789</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Run Gülüzar Run</t>
+          <t>Lea’nın Yolculuğu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051920993</t>
+          <t>9786051923901</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çaya Gelen Kaplan</t>
+          <t>Sessizliğin Öte Yanı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051920955</t>
+          <t>9786051923871</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Cesur Rikki</t>
+          <t>Kitabevi Güncesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051920962</t>
+          <t>9786051923840</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Rikki’nin Doğum Günü</t>
+          <t>Çocuk Bilim İnsanları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051920948</t>
+          <t>9786051923727</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Rikki</t>
+          <t>1 Para Kaç Paradır?</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051920986</t>
+          <t>9786051923734</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kitapçı Dede ve Ben</t>
+          <t>Kardan Adamın İçindeki Adam</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051920931</t>
+          <t>9786051923772</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kafeslerimin Listesi</t>
+          <t>Yapay Zeka Yerimizi Alacak mı?</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051920863</t>
+          <t>9786051923758</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Niyetine Öpücük</t>
+          <t>Unutma Dersleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>30</v>
+        <v>260</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051920900</t>
+          <t>9786051923680</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bize Doğruyu Söyle</t>
+          <t>YouTuber Berk’in Gizli Dünyası</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051920870</t>
+          <t>9786051923697</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Baba Sincap Ağaçtan Düşüyor</t>
+          <t>YouTuber Berk Zorbalık mı, Kankalık mı?</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051920832</t>
+          <t>9786051923628</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Resim Yapalım</t>
+          <t>Vahşi Robot Kaçıyor</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>550</v>
+        <v>570</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051920757</t>
+          <t>9786051923666</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İlk Dava - Komiser Gordon</t>
+          <t>Uçmak İstemeyen Kartal</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051920733</t>
+          <t>9786051923611</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Lester ile Bob'un Yeni Maceraları</t>
+          <t>Gelmiş Geçmiş En Kötü Kitabım</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051920771</t>
+          <t>9786051923635</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Lester ile Bob'un Maceraları</t>
+          <t>Keşke Anne Babam Da Okusaydı Dediğiniz Bir Kitap</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051920726</t>
+          <t>9786051923574</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İşte Pollock (Ciltli)</t>
+          <t>Myriad Lisesi - Hannah Neyi Bilmiyor?</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>750</v>
+        <v>27</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051920658</t>
+          <t>9786051923567</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığını İçen Kız (Ciltli)</t>
+          <t>Fare Belası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>640</v>
+        <v>450</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051920702</t>
+          <t>9786051923543</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Nasıl Yürür?</t>
+          <t>Modern Sanat</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>85</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051920634</t>
+          <t>9786051923550</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Çizim Dersleri</t>
+          <t>Pop Sanat</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>1900</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051920610</t>
+          <t>9786051923536</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gölde Piknik</t>
+          <t>Toplumsal Cinsiyet Akışkan mıdır?</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051920641</t>
+          <t>9786051923505</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Köprüde Durup Beni Öpmesini Bekleyeceğim</t>
+          <t>Mürekkepçiler - Uyku Tulumuyla Okula</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>22</v>
+        <v>350</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051920597</t>
+          <t>9786051923512</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Zayn</t>
+          <t>Mürekkepçiler - Okul Bahçesinde Alarm</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>36</v>
+        <v>350</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051920528</t>
+          <t>9786051923499</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İşte Cezanne (Ciltli)</t>
+          <t>Beş Artı Üç</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051920511</t>
+          <t>9786051923529</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İşte Bacon (Ciltli)</t>
+          <t>Uzayın Şekli Nasıldır?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051920337</t>
+          <t>9786051923475</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sen De Kendi Hikayenin Kahramanısın</t>
+          <t>Dünyayı Kurtaran İnek</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051920535</t>
+          <t>9786051923451</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Dümeni Yaratıcılığa Kırmak</t>
+          <t>Can ve Badem İz Peşinde - Kurabiyelerimi Kim Yedi?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051920504</t>
+          <t>9786051923314</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dört Hükümdar</t>
+          <t>Tavşan Kardeşler Tatilde</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051920450</t>
+          <t>9786051923437</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İşte Matisse (Ciltli)</t>
+          <t>Ağaç ve Demir</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051920467</t>
+          <t>9786051923444</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İşte Monet (Ciltli)</t>
+          <t>Kevser</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051920498</t>
+          <t>9786051923321</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Gökte Kuşlarla</t>
+          <t>Sanatın Önemli Anları - Sanatın Olmazsa Olmazları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786051920412</t>
+          <t>9786051923420</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Değişimsever Bay Flux</t>
+          <t>Resimlere Bakmak - Sanatın Olmazsa Olmazları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786051920436</t>
+          <t>9786051923406</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Virginia Wolf Ya Da Kurda Dönüşen Kardeşim</t>
+          <t>Köpeğim Kayboldu</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786051920405</t>
+          <t>9786051923413</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Asi Kızlara Uykudan Önce Hikayeler (Ciltli)</t>
+          <t>Kedim Kayboldu</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>1100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051920368</t>
+          <t>9786051923390</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kas Makinesi</t>
+          <t>Hoş Geldim</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786051920375</t>
+          <t>9786051923376</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Muz Makinesi</t>
+          <t>Keşfediyorum - Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051920344</t>
+          <t>9786051923369</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İşte Rembrandt (Ciltli)</t>
+          <t>Keşfediyorum - Eski Mısır</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786051920320</t>
+          <t>9786051923383</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İşte Kandinsky (Ciltli)</t>
+          <t>Karanlığı Aydınlat</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051920306</t>
+          <t>9786051923352</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Madeline Finn ile Kütüphane Köpeği</t>
+          <t>Edebiyatın Cadıları</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051920399</t>
+          <t>9786051923338</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tembel Kedi Josef (Ciltli)</t>
+          <t>İmdat! Bizimkiler Blogger Oldu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>490</v>
+        <v>270</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051920276</t>
+          <t>9786051923284</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tüneli (Ciltli)</t>
+          <t>Ben Annemi İsterim! - Haydi Herkes Okula</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>1450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051920290</t>
+          <t>9786051923246</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Bir Canavar</t>
+          <t>Yaşasın Kitaplar! - Haydi Herkes Okula</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051920283</t>
+          <t>9786051923291</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Olacaksın</t>
+          <t>Eyvah Yemekhane! - Haydi Herkes Okula</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051920238</t>
+          <t>9786051923239</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İşte Caravaggio (Ciltli)</t>
+          <t>Sınıfa Hoş Geldiniz! - Haydi Herkes Okula</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051920245</t>
+          <t>9786051922287</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İşte Magritte (Ciltli)</t>
+          <t>Anki Sudan Korkuyor - Dinozor Okulu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>750</v>
+        <v>155</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051920221</t>
+          <t>9786051923253</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İşte Goya (Ciltli)</t>
+          <t>Trise Kimi Seviyor? - Dinozor Okulu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>750</v>
+        <v>155</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051920269</t>
+          <t>9786051923277</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Zeytine Güzelleme</t>
+          <t>Blog Savaşları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>135</v>
+        <v>55</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051920252</t>
+          <t>9786051923222</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Elmaya Güzelleme</t>
+          <t>Kahraman Diplo - Dinozor Okulu</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051920207</t>
+          <t>9786051923260</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kopenhag'ın Kedileri</t>
+          <t>Stega’nın Doğum Günü - Dinozor Okulu</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051920139</t>
+          <t>9786051923215</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu: Büyük Balon</t>
+          <t>Oxford Yılım</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>350</v>
+        <v>36</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051920146</t>
+          <t>9786051923086</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu: Uyku Vakti Kurbağası</t>
+          <t>Neden? Dünya</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051920184</t>
+          <t>9786051923185</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İşte Leonardo da Vinci (Ciltli)</t>
+          <t>Ben Gubi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051920177</t>
+          <t>9786051923178</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İşte Gauguin (Ciltli)</t>
+          <t>Uyu Gubi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051920160</t>
+          <t>9786051923161</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İşte Dali (Ciltli)</t>
+          <t>Dev Zıplak</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051920153</t>
+          <t>9786051923147</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu: Yeni Arkadaş</t>
+          <t>Boşa Geçirecek Vakit Yok</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051920108</t>
+          <t>9786051923130</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İşte Warhol (Ciltli)</t>
+          <t>Merhaba Dünya</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786051920115</t>
+          <t>9786051923123</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İşte Van Gogh (Ciltli)</t>
+          <t>Özgürlüğünü Arayan Kafes</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786051920078</t>
+          <t>9786051923024</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Geceleri Sessizdir Tahran</t>
+          <t>Kuleler Ukuleleler</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051920092</t>
+          <t>9786051923116</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Bitirmeyi Düşünüyorum</t>
+          <t>Kalbimin Sol Anahtarı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786051920122</t>
+          <t>9786051923079</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Uykum Kaçtı</t>
+          <t>Turunca Güzelleme</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786051920030</t>
+          <t>9786051922980</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Korkunç Canavar</t>
+          <t>Çocuk Yazarlar</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051920061</t>
+          <t>9786051922997</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Küçük Su Birikintisi</t>
+          <t>Çocuk Sporcular</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051920054</t>
+          <t>9786051923017</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Süper Oyuncak</t>
+          <t>Müzisyen</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>350</v>
+        <v>27</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051920047</t>
+          <t>9786051922942</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tavşancan ile Faresu - Karlı Gün</t>
+          <t>En Sevdiğimiz Korsan - Jules’ün Bir Yılı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
+          <t>9786051922973</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Beklemek Çok Zor - Jules’ün Bir Yılı</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786051923000</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Gizemleri Sherlock Gibi Çöz</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786051922966</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Chowder</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786051922928</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Sıçrayan Süper Chowder</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786051922805</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Zuzu ile Minnak</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786051922843</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Altı Çarpı İki</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786051922850</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>İçedönüklerin Gizli Yaşamı</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786051922836</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>İçinde, Dışında, Tepetakla</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786051922812</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>İt, Çek, Boşalt, Doldur</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786051922829</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu, Üzgün, Heyecanlı</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786051922904</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Ferda</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786051922874</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Korkusuz Meles</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786051922782</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Antik Çağlardan Günümüze Mimarlığın Öyküsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786051922713</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Yılbaşı Ağacı - Tavşancan ile Faresu</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786051922683</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Hades’in Köpeği - Olympos’un Yaratıkları</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786051922676</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Bakıcısı - Olympos’un Yaratıkları</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786051922577</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Söz Vermiştin Ama Baba</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786051922614</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Patlamış Mısır Sevenler Sinemaya Koşsun</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786051922652</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Mantolu Kadın</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786051922591</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Kuşkulu Kuşkonmaz</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786051922607</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Lafla Peynir Gemisi Yürümez</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786051922584</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Bazı Hayaller Suya Düşmez</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786051922539</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>At Kitabı - Resim Sanatında Atlar</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786051922553</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Annemin İçindeki Ses</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786051922621</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Külleri</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786051922560</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Söz Vermiştin Ama Anne</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786051922546</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Artıkaranmayanlar Gezegeni</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786051922461</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>O Kediyi Kurtar: Senaryo Yazarken İhtiyaç Duyacağınız O Kitap!</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786051922485</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>En Küçük Kocaayak 2 - Büyük Şehir</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786051922492</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Huysuzluğun ve Dalın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786051922331</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Sokakta Şenlik Var</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786051922416</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Fotoğrafın Kısa Öyküsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786051922423</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın Kısa Öyküsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786051922362</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Ördek, Ölüm ve Lale</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786051922430</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Hapış ile Kapış Havana’da</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786051922270</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Ormana Güzelleme</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786051922300</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Aslan Terbiyecisi Fredi Mole</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786051922096</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Gel Beraber Büyük Ressamlar Gibi Çizelim</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786051922249</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Bir Yıl Boyunca</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786051922256</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Tembel Ördeği ve İnanılmaz Başka Rekorlar</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786051922225</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Sıkı Dostlar - Çiçekli Orman’ın Tekboynuzları</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786051922195</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınalar ve Gökkuşakları - Çiçekli Orman’ın Tekboynuzları</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786051922232</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Festival Zamanı - Çiçekli Orman’ın Tekboynuzları</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786051922218</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Sihre İnan - Çiçekli Orman’ın Tekboynuzları</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786051922089</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Mükemmel Anne</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786051922102</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Gel Beraber Yaratıcı Oyunlar Oynayalım</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786051922065</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Luise</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786051922041</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Partiye - Jules'ün Bir Yılı</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786051921976</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Kandan ve Kemikten Çocuklar</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786051921945</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanların Abc’si</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786051922010</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Çeviri’Bilirsin!</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786051921969</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Mezar Soyguncuları</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786051921952</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Sümbüllü Köşk</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786051921990</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Zeytin Ağacının Gölgesinde Yunanistan</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786051921938</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Zayıflarken de Güzel</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786051921914</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Serdar Başkan ile Bilim Makinesi</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786051921822</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Bir Ölüm</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786051921891</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Zuzu İle Babası</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786051921860</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Resim Sevenler Eğlenceye Katılsın</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786051921877</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Masal Sevenler Bulutlara Baksın</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786051921815</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Bülbül Korusu'nun Gizemi</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786051921785</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Sözcüklerdir Bütün Derdim</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786051921792</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yazar Nasıl Okunur?</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786051921808</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Ama Büyük Yalanlar</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786051921693</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Asi Kızlara Uykudan Önce Hikayeler - 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786051921730</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Bugün</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786051921723</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Moskova’da Bir Beyefendi</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786051921686</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Artık Bir Kitabım Var</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786051921679</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Şanslı Kedi Patikare</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786051921648</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Buyaka Çocuk Evi 2 - Pamuklu Bir Macera</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786051921600</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Antik Çağlardan Günümüze İcatların Öyküsü</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786051921617</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Antik Çağlardan Günümüze - Felsefenin Öyküsü</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786051921556</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Gülmek İçimizde</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786051921518</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Bahçe</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786051921501</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Bay Kaplan Yabana Çıkıyor</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786051921525</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Altınkanat Okulu</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786051920924</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>İşte Sanat Serisi (17 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>12750</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786051921334</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Köpek Kitabı: Resim Sanatında Köpekler</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786051921327</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Kitabı: Resim Sanatında Kuşlar</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786051921396</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Ergen Beyni</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786051921358</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kuştan Öbürüne: Hayat ve Yazmak Üzerine Tavsiyeler</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786051921303</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Bay Ördek İşe Başlıyor</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786051921273</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Koyunlar Kralı 1. Louis</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786051921266</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>İncire Güzelleme</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786051921297</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Küçük Sanatçıyım - Gel Beraber Parmak Baskı Yapalım</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786051921280</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Dev Havuç</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786051921235</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Eksi Bir</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786051921204</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Sevenler Parmak Kaldırsın</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786051921198</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Sevenler Şapka Taksın</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786051921181</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Sevenler Buraya Toplansın</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786051921211</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Masallarla Yola Çık</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786051921112</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>İşte Gaudi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786051921105</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>İşte Frank Lloyd Wright (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786051921129</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Asla Pes Etme</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786051921075</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Figürü Çizimi</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786051921099</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Portre Çizimi</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786051921082</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Efsaneler Kenti İstanbul</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786051921051</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Pitbull</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786051921037</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Marge ve Korsan Bebek</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786051921013</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Run Gülüzar Run</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786051920993</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Çaya Gelen Kaplan</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786051920955</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Rikki</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786051920962</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Rikki’nin Doğum Günü</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786051920948</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Rikki</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786051920986</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Kitapçı Dede ve Ben</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786051920931</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Kafeslerimin Listesi</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786051920863</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı Niyetine Öpücük</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786051920900</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Bize Doğruyu Söyle</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786051920870</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Baba Sincap Ağaçtan Düşüyor</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786051920832</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Gel Beraber Resim Yapalım</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786051920757</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>İlk Dava - Komiser Gordon</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786051920733</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Lester ile Bob'un Yeni Maceraları</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786051920771</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Lester ile Bob'un Maceraları</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786051920726</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>İşte Pollock (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786051920658</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Ay Işığını İçen Kız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786051920702</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Filozoflar Nasıl Yürür?</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786051920634</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Anatomi Çizim Dersleri</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786051920610</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Gölde Piknik</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786051920641</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Köprüde Durup Beni Öpmesini Bekleyeceğim</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786051920597</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Zayn</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786051920528</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>İşte Cezanne (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786051920511</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>İşte Bacon (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786051920337</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Sen De Kendi Hikayenin Kahramanısın</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786051920535</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Dümeni Yaratıcılığa Kırmak</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786051920504</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Dört Hükümdar</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786051920450</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>İşte Matisse (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786051920467</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>İşte Monet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786051920498</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Gökte Kuşlarla</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786051920412</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Değişimsever Bay Flux</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786051920436</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Virginia Wolf Ya Da Kurda Dönüşen Kardeşim</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786051920405</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Asi Kızlara Uykudan Önce Hikayeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786051920368</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Kas Makinesi</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786051920375</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Muz Makinesi</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786051920344</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>İşte Rembrandt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786051920320</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>İşte Kandinsky (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786051920306</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Madeline Finn ile Kütüphane Köpeği</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786051920399</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Tembel Kedi Josef (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786051920276</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Tüneli (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786051920290</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenim Bir Canavar</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786051920283</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Olacaksın</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786051920238</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>İşte Caravaggio (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786051920245</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>İşte Magritte (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786051920221</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>İşte Goya (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786051920269</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Zeytine Güzelleme</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786051920252</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Elmaya Güzelleme</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786051920207</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Kopenhag'ın Kedileri</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786051920139</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu: Büyük Balon</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786051920146</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu: Uyku Vakti Kurbağası</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786051920184</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>İşte Leonardo da Vinci (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786051920177</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>İşte Gauguin (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786051920160</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>İşte Dali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786051920153</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu: Yeni Arkadaş</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786051920108</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>İşte Warhol (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786051920115</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>İşte Van Gogh (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786051920078</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Geceleri Sessizdir Tahran</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786051920092</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Her Şeyi Bitirmeyi Düşünüyorum</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786051920122</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Uykum Kaçtı</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786051920030</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu - Korkunç Canavar</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786051920061</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu - Küçük Su Birikintisi</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786051920054</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu - Süper Oyuncak</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786051920047</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancan ile Faresu - Karlı Gün</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
           <t>9786051920016</t>
         </is>
       </c>
-      <c r="B431" s="1" t="inlineStr">
+      <c r="B592" s="1" t="inlineStr">
         <is>
           <t>Bay Tilki ve Kırmızı İp (Ciltli)</t>
         </is>
       </c>
-      <c r="C431" s="1">
+      <c r="C592" s="1">
         <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>