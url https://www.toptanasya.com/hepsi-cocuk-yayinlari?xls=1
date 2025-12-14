--- v0 (2025-11-07)
+++ v1 (2025-12-14)
@@ -85,490 +85,505 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055109516</t>
+          <t>9786055109523</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fil Kulaklı Ahtapot</t>
+          <t>Kasabanın Fedaileri 4 - Sporun Yıldızları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055109264</t>
+          <t>9786055109516</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 3 - Sevgi Ağacı</t>
+          <t>Fil Kulaklı Ahtapot</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055109592</t>
+          <t>9786055109264</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Doktor Kurusıkı</t>
+          <t>Kasabanın Fedaileri 3 - Sevgi Ağacı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059883689</t>
+          <t>9786055109592</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aslında Biz Bulduk</t>
+          <t>Doktor Kurusıkı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059883795</t>
+          <t>9786059883689</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şübidik</t>
+          <t>Aslında Biz Bulduk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055109509</t>
+          <t>9786059883795</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yıl 2044 - Havanın İntikamı</t>
+          <t>Şübidik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259862378</t>
+          <t>9786055109509</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hikâyeler Seti</t>
+          <t>Yıl 2044 - Havanın İntikamı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259765815</t>
+          <t>9786259862378</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Hatıra</t>
+          <t>Mutlu Hikâyeler Seti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>45</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259765846</t>
+          <t>9786259765815</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kurallar Bizim İçin</t>
+          <t>Geleceğe Hatıra</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259765822</t>
+          <t>9786259765846</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bayram Olsa</t>
+          <t>Kurallar Bizim İçin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259765808</t>
+          <t>9786259765822</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hepimizin Yuvası</t>
+          <t>Hayat Bayram Olsa</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259765853</t>
+          <t>9786259765808</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmek Yok</t>
+          <t>Dünya Hepimizin Yuvası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259765877</t>
+          <t>9786259765853</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Kış</t>
+          <t>Pes Etmek Yok</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259765860</t>
+          <t>9786259765877</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Dedem</t>
+          <t>Teşekkürler Kış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259862392</t>
+          <t>9786259765860</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük</t>
+          <t>Süper Kahraman Dedem</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259765839</t>
+          <t>9786259862392</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Değiştiren Sürpriz</t>
+          <t>Dört Dörtlük</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259862385</t>
+          <t>9786259765839</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Acaba Sürpriz Ne?</t>
+          <t>Hayatımı Değiştiren Sürpriz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059891844</t>
+          <t>9786259862385</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Asker - Minik Canlar Serisi 2</t>
+          <t>Acaba Sürpriz Ne?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>75</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059883818</t>
+          <t>9786059891844</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca</t>
+          <t>Yamalı Asker - Minik Canlar Serisi 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259862354</t>
+          <t>9786059883818</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehrin Hazinesi</t>
+          <t>Süper Karınca</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259862361</t>
+          <t>9786259862354</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Karanlıktan</t>
+          <t>Kayıp Şehrin Hazinesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259872330</t>
+          <t>9786259862361</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizi Tanıyorum &amp; Öğreniyorum / Hz Muhammed (sav)</t>
+          <t>Kim Korkar Karanlıktan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259872347</t>
+          <t>9786259872330</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Peygamberleri Tanıyorum &amp; Öğreniyorum</t>
+          <t>Peygamberimizi Tanıyorum &amp; Öğreniyorum / Hz Muhammed (sav)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259862323</t>
+          <t>9786259872347</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Hayalet -1 \ Ekip Kuruluyor</t>
+          <t>Peygamberleri Tanıyorum &amp; Öğreniyorum</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259862309</t>
+          <t>9786259862323</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sınıf</t>
+          <t>Kod Adı Hayalet -1 \ Ekip Kuruluyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259862316</t>
+          <t>9786259862309</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şübidik</t>
+          <t>Çılgın Sınıf</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055109127</t>
+          <t>9786259862316</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zeka Türüne Göre Çocuk Eğitimi</t>
+          <t>Şübidik</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059883719</t>
+          <t>9786055109127</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 1 - Doğa Bekçileri</t>
+          <t>Zeka Türüne Göre Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059883726</t>
+          <t>9786059883719</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 2 - Hazine Peşinde</t>
+          <t>Kasabanın Fedaileri 1 - Doğa Bekçileri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
+          <t>9786059883726</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Kasabanın Fedaileri 2 - Hazine Peşinde</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
           <t>9786055109851</t>
         </is>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Çocuklar Çocukluğunu Bilsin</t>
         </is>
       </c>
-      <c r="C31" s="1">
-        <v>150</v>
+      <c r="C32" s="1">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>