--- v1 (2025-12-14)
+++ v2 (2026-02-05)
@@ -85,505 +85,520 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055109523</t>
+          <t>9786259765891</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 4 - Sporun Yıldızları</t>
+          <t>Minik Kalbim Allah İle Buluşuyor</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055109516</t>
+          <t>9786055109523</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fil Kulaklı Ahtapot</t>
+          <t>Kasabanın Fedaileri 4 - Sporun Yıldızları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055109264</t>
+          <t>9786055109516</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 3 - Sevgi Ağacı</t>
+          <t>Fil Kulaklı Ahtapot</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055109592</t>
+          <t>9786055109264</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Doktor Kurusıkı</t>
+          <t>Kasabanın Fedaileri 3 - Sevgi Ağacı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059883689</t>
+          <t>9786055109592</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aslında Biz Bulduk</t>
+          <t>Doktor Kurusıkı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059883795</t>
+          <t>9786059883689</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şübidik</t>
+          <t>Aslında Biz Bulduk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055109509</t>
+          <t>9786059883795</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yıl 2044 - Havanın İntikamı</t>
+          <t>Şübidik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259862378</t>
+          <t>9786055109509</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hikâyeler Seti</t>
+          <t>Yıl 2044 - Havanın İntikamı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>490</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259765815</t>
+          <t>9786259862378</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Hatıra</t>
+          <t>Mutlu Hikâyeler Seti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>49</v>
+        <v>490</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259765846</t>
+          <t>9786259765815</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kurallar Bizim İçin</t>
+          <t>Geleceğe Hatıra</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259765822</t>
+          <t>9786259765846</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bayram Olsa</t>
+          <t>Kurallar Bizim İçin</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259765808</t>
+          <t>9786259765822</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hepimizin Yuvası</t>
+          <t>Hayat Bayram Olsa</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259765853</t>
+          <t>9786259765808</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmek Yok</t>
+          <t>Dünya Hepimizin Yuvası</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259765877</t>
+          <t>9786259765853</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Kış</t>
+          <t>Pes Etmek Yok</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259765860</t>
+          <t>9786259765877</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Dedem</t>
+          <t>Teşekkürler Kış</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259862392</t>
+          <t>9786259765860</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük</t>
+          <t>Süper Kahraman Dedem</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259765839</t>
+          <t>9786259862392</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Değiştiren Sürpriz</t>
+          <t>Dört Dörtlük</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259862385</t>
+          <t>9786259765839</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Acaba Sürpriz Ne?</t>
+          <t>Hayatımı Değiştiren Sürpriz</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059891844</t>
+          <t>9786259862385</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Asker - Minik Canlar Serisi 2</t>
+          <t>Acaba Sürpriz Ne?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059883818</t>
+          <t>9786059891844</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca</t>
+          <t>Yamalı Asker - Minik Canlar Serisi 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259862354</t>
+          <t>9786059883818</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehrin Hazinesi</t>
+          <t>Süper Karınca</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259862361</t>
+          <t>9786259862354</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Karanlıktan</t>
+          <t>Kayıp Şehrin Hazinesi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259872330</t>
+          <t>9786259862361</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizi Tanıyorum &amp; Öğreniyorum / Hz Muhammed (sav)</t>
+          <t>Kim Korkar Karanlıktan</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259872347</t>
+          <t>9786259872330</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Peygamberleri Tanıyorum &amp; Öğreniyorum</t>
+          <t>Peygamberimizi Tanıyorum &amp; Öğreniyorum / Hz Muhammed (sav)</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259862323</t>
+          <t>9786259872347</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Hayalet -1 \ Ekip Kuruluyor</t>
+          <t>Peygamberleri Tanıyorum &amp; Öğreniyorum</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259862309</t>
+          <t>9786259862323</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sınıf</t>
+          <t>Kod Adı Hayalet -1 \ Ekip Kuruluyor</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259862316</t>
+          <t>9786259862309</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şübidik</t>
+          <t>Çılgın Sınıf</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055109127</t>
+          <t>9786259862316</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zeka Türüne Göre Çocuk Eğitimi</t>
+          <t>Şübidik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059883719</t>
+          <t>9786055109127</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 1 - Doğa Bekçileri</t>
+          <t>Zeka Türüne Göre Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059883726</t>
+          <t>9786059883719</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 2 - Hazine Peşinde</t>
+          <t>Kasabanın Fedaileri 1 - Doğa Bekçileri</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>9786059883726</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kasabanın Fedaileri 2 - Hazine Peşinde</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
           <t>9786055109851</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Çocuklar Çocukluğunu Bilsin</t>
         </is>
       </c>
-      <c r="C32" s="1">
+      <c r="C33" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>