--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -85,520 +85,535 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259765891</t>
+          <t>9786055109882</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalbim Allah İle Buluşuyor</t>
+          <t>Küçük Prensin Dileği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055109523</t>
+          <t>9786259765891</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 4 - Sporun Yıldızları</t>
+          <t>Minik Kalbim Allah İle Buluşuyor</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055109516</t>
+          <t>9786055109523</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fil Kulaklı Ahtapot</t>
+          <t>Kasabanın Fedaileri 4 - Sporun Yıldızları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055109264</t>
+          <t>9786055109516</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 3 - Sevgi Ağacı</t>
+          <t>Fil Kulaklı Ahtapot</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055109592</t>
+          <t>9786055109264</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doktor Kurusıkı</t>
+          <t>Kasabanın Fedaileri 3 - Sevgi Ağacı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059883689</t>
+          <t>9786055109592</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aslında Biz Bulduk</t>
+          <t>Doktor Kurusıkı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059883795</t>
+          <t>9786059883689</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şübidik</t>
+          <t>Aslında Biz Bulduk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055109509</t>
+          <t>9786059883795</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yıl 2044 - Havanın İntikamı</t>
+          <t>Şübidik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259862378</t>
+          <t>9786055109509</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hikâyeler Seti</t>
+          <t>Yıl 2044 - Havanın İntikamı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>490</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259765815</t>
+          <t>9786259862378</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Hatıra</t>
+          <t>Mutlu Hikâyeler Seti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>49</v>
+        <v>490</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259765846</t>
+          <t>9786259765815</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kurallar Bizim İçin</t>
+          <t>Geleceğe Hatıra</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259765822</t>
+          <t>9786259765846</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bayram Olsa</t>
+          <t>Kurallar Bizim İçin</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259765808</t>
+          <t>9786259765822</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hepimizin Yuvası</t>
+          <t>Hayat Bayram Olsa</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259765853</t>
+          <t>9786259765808</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmek Yok</t>
+          <t>Dünya Hepimizin Yuvası</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259765877</t>
+          <t>9786259765853</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Kış</t>
+          <t>Pes Etmek Yok</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259765860</t>
+          <t>9786259765877</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Dedem</t>
+          <t>Teşekkürler Kış</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259862392</t>
+          <t>9786259765860</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük</t>
+          <t>Süper Kahraman Dedem</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259765839</t>
+          <t>9786259862392</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Değiştiren Sürpriz</t>
+          <t>Dört Dörtlük</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259862385</t>
+          <t>9786259765839</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Acaba Sürpriz Ne?</t>
+          <t>Hayatımı Değiştiren Sürpriz</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059891844</t>
+          <t>9786259862385</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Asker - Minik Canlar Serisi 2</t>
+          <t>Acaba Sürpriz Ne?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>75</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059883818</t>
+          <t>9786059891844</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Süper Karınca</t>
+          <t>Yamalı Asker - Minik Canlar Serisi 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259862354</t>
+          <t>9786059883818</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehrin Hazinesi</t>
+          <t>Süper Karınca</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259862361</t>
+          <t>9786259862354</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Karanlıktan</t>
+          <t>Kayıp Şehrin Hazinesi</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259872330</t>
+          <t>9786259862361</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizi Tanıyorum &amp; Öğreniyorum / Hz Muhammed (sav)</t>
+          <t>Kim Korkar Karanlıktan</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259872347</t>
+          <t>9786259872330</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Peygamberleri Tanıyorum &amp; Öğreniyorum</t>
+          <t>Peygamberimizi Tanıyorum &amp; Öğreniyorum / Hz Muhammed (sav)</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259862323</t>
+          <t>9786259872347</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Hayalet -1 \ Ekip Kuruluyor</t>
+          <t>Peygamberleri Tanıyorum &amp; Öğreniyorum</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259862309</t>
+          <t>9786259862323</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sınıf</t>
+          <t>Kod Adı Hayalet -1 \ Ekip Kuruluyor</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259862316</t>
+          <t>9786259862309</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şübidik</t>
+          <t>Çılgın Sınıf</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055109127</t>
+          <t>9786259862316</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zeka Türüne Göre Çocuk Eğitimi</t>
+          <t>Şübidik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059883719</t>
+          <t>9786055109127</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 1 - Doğa Bekçileri</t>
+          <t>Zeka Türüne Göre Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059883726</t>
+          <t>9786059883719</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Fedaileri 2 - Hazine Peşinde</t>
+          <t>Kasabanın Fedaileri 1 - Doğa Bekçileri</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
+          <t>9786059883726</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Kasabanın Fedaileri 2 - Hazine Peşinde</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
           <t>9786055109851</t>
         </is>
       </c>
-      <c r="B33" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Çocuklar Çocukluğunu Bilsin</t>
         </is>
       </c>
-      <c r="C33" s="1">
+      <c r="C34" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>