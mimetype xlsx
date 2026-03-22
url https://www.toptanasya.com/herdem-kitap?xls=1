--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -85,6775 +85,7810 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255796189</t>
+          <t>9786255796097</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Aranıyor Saklanmayan Ebe</t>
+          <t>Prenses Erkekler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259702995</t>
+          <t>9786255796103</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Havana’da Fidel Castro İle Karşılıklı Puro İçişimiz</t>
+          <t>Kırmızı Yazma</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259702957</t>
+          <t>9786255796233</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Dağlar</t>
+          <t>Kavanozumdan İyilik Çıktı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256480475</t>
+          <t>9786259623290</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bu Senin Sesin</t>
+          <t>Kayıp Yüzüğün İzinde1</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256480734</t>
+          <t>9786255796202</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kefen - Bir Millî Mücadele Romanı</t>
+          <t>Gezgin Şairin Not Defteri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256480162</t>
+          <t>9786259623252</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sisa Dünyanın Öbür Ucu</t>
+          <t>Yolun Sonu Yoktur</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059422885</t>
+          <t>9786256480261</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Gizemli Öyküler</t>
+          <t>Bartender'in El Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059254243</t>
+          <t>9786255796028</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Manastırı (Ciltli)</t>
+          <t>Soğuk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059422908</t>
+          <t>9786255796219</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick - Beyaz Balina</t>
+          <t>Mezo'merdin / Düş Avlumdan Notlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259702827</t>
+          <t>9786259623245</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Arslan Zaman Gezginleri</t>
+          <t>Çorak Topraklar</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255796066</t>
+          <t>9786259623221</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Can Çekiş(tir)mesi</t>
+          <t>Cadı Neşteri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259600970</t>
+          <t>9786255796110</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Sırrı</t>
+          <t>Varolma Kılavuzu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259683034</t>
+          <t>9786255796172</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Minik ile Kemik - Kraliçenin Hazineleri</t>
+          <t>İzmirin Gizemli Köpeği</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259683041</t>
+          <t>9786255796134</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kendi Renginde Güzel</t>
+          <t>Atlas Ateş – Kayıp Mühür</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259623214</t>
+          <t>9786259623283</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aç Dünya Kendi Çiçeğini</t>
+          <t>Şiirli Ayna Söyle Bana</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259600987</t>
+          <t>9786255796127</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Azade’nin Kızları</t>
+          <t>Atlas Ateş - Kayıp Kral</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259702841</t>
+          <t>9786255796004</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Baccara Gülü</t>
+          <t>İçimdeki Köz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259702803</t>
+          <t>9786255796035</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gagamik’in Çağrısı: Ormanı Kurtarmak</t>
+          <t>Kilitli Odaların Esrarı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259702919</t>
+          <t>9786259683058</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Anne</t>
+          <t>Avukat</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259683027</t>
+          <t>9786259623238</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Konak</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259702834</t>
+          <t>9786255796011</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yetenekligiller Ormanı</t>
+          <t>Deringöl</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255974426</t>
+          <t>9786259702926</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bebekler Ülkesi</t>
+          <t>Düşlerimdeki Saadet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259702858</t>
+          <t>9786259683096</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Karnımdaki Viski Şişesi</t>
+          <t>Ruhsal Bilgelik Mesajları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259683072</t>
+          <t>9786255796042</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ölmez Ağacın İzinde</t>
+          <t>Hayat Ortaya Karışık</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259702964</t>
+          <t>9786259683003</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çamların Islığı</t>
+          <t>Top, Bant, Zihin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259683010</t>
+          <t>9786255974211</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Polisiye Roman Nasıl Yazılır?</t>
+          <t>An'ın İçindeki Renkler ve Sözler (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259702810</t>
+          <t>9786259702896</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Arslan Gök Ejder'in Kalbini Kurtarma Operasyonu</t>
+          <t>Adını Ararken</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259702865</t>
+          <t>9786256221611</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Söyledikleri</t>
+          <t>Son Düzlük - 2025</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259600901</t>
+          <t>9786256048430</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Boynu Bükük Neriman</t>
+          <t>Şükür Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259702971</t>
+          <t>9786256739277</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kimse Görmedi</t>
+          <t>Ölümsüz</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259600918</t>
+          <t>9786256739505</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tuzağı</t>
+          <t>Cumhuriyet Pilotları (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>275</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256221864</t>
+          <t>5901234123457</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eskimeyen Yazılar</t>
+          <t>Cennetten Bir Cehennem</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256221833</t>
+          <t>9786258297751</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mekanlar ve Zamanlar</t>
+          <t>Frekans Kartı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>750</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256221413</t>
+          <t>9786258420562</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gazi</t>
+          <t>İsimdeki Sır - Bir Barman Kara Polisiyesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256946101</t>
+          <t>9786258420168</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğimi Sandığım Ruhlar</t>
+          <t>Saf Aşk - Yeryüzü Var Olsun Diye</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255974402</t>
+          <t>9786258420067</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Elo Dino Yeşil Nehir</t>
+          <t>Antakya'da Üç Kadın</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256221574</t>
+          <t>9786059254939</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Resmi</t>
+          <t>Han Bahadır İle Alageyik</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>225</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255974280</t>
+          <t>9786054757770</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Kütüphane</t>
+          <t>Görüşmek Üzere</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>225</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256221901</t>
+          <t>9786059254984</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İlk İşim Süt Dişim</t>
+          <t>Ayşegül'ün Tatili</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255974297</t>
+          <t>9786059254960</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yeni Şeyler Söylemek Lazım Mesneviyatro - Yeni Nesil Meddahlık</t>
+          <t>Bir Deniz Masalı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255974143</t>
+          <t>9786059254977</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çığ Serpintileri</t>
+          <t>Küçük Kirpi Balığı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256221468</t>
+          <t>9786059254953</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Dünyalar Efsanesi</t>
+          <t>Oğuz Han Destanı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255974228</t>
+          <t>9786059422871</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Büyüsü</t>
+          <t>Köroğlu Destanı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256221871</t>
+          <t>9786059254922</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Hayallerimiz Vardı</t>
+          <t>Battal Gazi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>575</v>
+        <v>85</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256048324</t>
+          <t>9786059254991</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Aynaydı Gözleri, Baktım...</t>
+          <t>Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255974112</t>
+          <t>9786059254946</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Işığı Kalemime Dokundu</t>
+          <t>Manas Destanı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256221567</t>
+          <t>9789752435292</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yüze</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255974204</t>
+          <t>9786059422017</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ahparig / Kardeş</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255974136</t>
+          <t>9789752435568</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aynadan Geçen Çocuk</t>
+          <t>Tövbe (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256221741</t>
+          <t>9789752435186</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yamyamlık Tarihi / Cilt-2</t>
+          <t>Kitap Örgütü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>475</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256221826</t>
+          <t>9786059254540</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Hisler</t>
+          <t>Aşka Mafya Karışır</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256221772</t>
+          <t>9786059254496</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gülderen</t>
+          <t>Aşk Bize Yarasın</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256048331</t>
+          <t>9786059254137</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Işığına Uyanmak</t>
+          <t>Kuytudaki Düşler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256221628</t>
+          <t>9786059422895</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Var Mısın?</t>
+          <t>Nobran Mafya</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256221499</t>
+          <t>9786059254021</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Babasız Kızlar</t>
+          <t>Umut Oyunu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>290</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256221475</t>
+          <t>9786059254427</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Limon Sepeti</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256221819</t>
+          <t>9786059422277</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ay Doğar Gecelerde</t>
+          <t>Ruhun Rengi Olmaz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256221437</t>
+          <t>9786059254588</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yamyamlık Tarihi - Cilt 1</t>
+          <t>İyi ki Varsın</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>435</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256221765</t>
+          <t>9786059254298</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabuk Tuttu</t>
+          <t>Başlangıçlar 1 - Prolog</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256221482</t>
+          <t>3990000071111</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Semer  [Anılar]</t>
+          <t>Kutsal Savaş : Kayıp Savaşçı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256048508</t>
+          <t>9786059254052</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yaşam İçin</t>
+          <t>Us'ta Yol</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256739802</t>
+          <t>9786059254472</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kelt Mitolojisi</t>
+          <t>Beynimin Kırıntıları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>165</v>
+        <v>55</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256739796</t>
+          <t>9786257348263</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kediler Hakkında Herşey</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256739789</t>
+          <t>9786057754868</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Japon Mutfağı</t>
+          <t>Adı Cemre Olacak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256739772</t>
+          <t>9786052234648</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Mutfağı'nın Ruhu</t>
+          <t>Türk Destanları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256739765</t>
+          <t>9786257083447</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Influencer Manifestosu</t>
+          <t>Bir Töre Masalı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256739758</t>
+          <t>9786255796271</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çin Mutfağı</t>
+          <t>Fırtına'nın Huzuru</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256739741</t>
+          <t>9786255796196</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümün Ötesinde</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256739970</t>
+          <t>9786255796158</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tenere Ağacı</t>
+          <t>Terapi Odasındaki Çiçekler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256221505</t>
+          <t>9786255796189</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şathiye Cariyeleri</t>
+          <t>Kayıp Aranıyor Saklanmayan Ebe</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256221529</t>
+          <t>9786259702995</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cennetim Olur Musun?</t>
+          <t>Havana’da Fidel Castro İle Karşılıklı Puro İçişimiz</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256048416</t>
+          <t>9786259702957</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Evin Katili</t>
+          <t>Kanlı Dağlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256221451</t>
+          <t>9786256480475</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Kanatlar</t>
+          <t>Bu Senin Sesin</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256048317</t>
+          <t>9786256480734</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Karaisalı Muttalıplı Köyü Dilden Dile Aktarılan Şiirler Sözler</t>
+          <t>Kefen - Bir Millî Mücadele Romanı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256739680</t>
+          <t>9786256480162</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Erkeği Dünyadan Çıkarın</t>
+          <t>Sisa Dünyanın Öbür Ucu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256048263</t>
+          <t>9786059422885</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kuplu Fincan</t>
+          <t>Gençler İçin Gizemli Öyküler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256048348</t>
+          <t>9786059254243</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Lider Sensin</t>
+          <t>Kızlar Manastırı (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256048089</t>
+          <t>9786059422908</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Şair - Bir Sefil Aşık Orhan Veli</t>
+          <t>Moby Dick - Beyaz Balina</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256480124</t>
+          <t>9786259702827</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlıklarım</t>
+          <t>Arslan Zaman Gezginleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256739284</t>
+          <t>9786255796066</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılda Kırk Damla</t>
+          <t>Can Çekiş(tir)mesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256048225</t>
+          <t>9786259600970</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Biraz Kül Biraz Duman</t>
+          <t>Kelebeğin Sırrı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256739635</t>
+          <t>9786259683034</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık - Zamir Şehri 1. Kitap</t>
+          <t>Minik ile Kemik - Kraliçenin Hazineleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256739697</t>
+          <t>9786259683041</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Tutsak Mektuplar Hücrede</t>
+          <t>Kendi Renginde Güzel</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256594180</t>
+          <t>9786259623214</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Gelin 2</t>
+          <t>Aç Dünya Kendi Çiçeğini</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256594173</t>
+          <t>9786259600987</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Gelin 1</t>
+          <t>Azade’nin Kızları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256739598</t>
+          <t>9786259702841</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Adı Asiye</t>
+          <t>Baccara Gülü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256739192</t>
+          <t>9786259702803</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Laga Luga Günlükleri - Aramızda Kalsın</t>
+          <t>Gagamik’in Çağrısı: Ormanı Kurtarmak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256739178</t>
+          <t>9786259702919</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sen Git Kendin Kalsın</t>
+          <t>Benim Adım Anne</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256739260</t>
+          <t>9786259683027</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Otoyol Katilleri</t>
+          <t>Gizemli Konak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256048188</t>
+          <t>9786259702834</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Zombi ve Olta</t>
+          <t>Yetenekligiller Ormanı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256739949</t>
+          <t>9786255974426</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Parmak - Zehirli Kalem Öyküleri 4</t>
+          <t>Mutlu Bebekler Ülkesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256480599</t>
+          <t>9786259702858</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Asya Asya Duy Sesimizi</t>
+          <t>Karnımdaki Viski Şişesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256048072</t>
+          <t>9786259683072</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Minik ile Kemik Görev: Mars</t>
+          <t>Ölmez Ağacın İzinde</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256048065</t>
+          <t>9786259702964</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hakikatür</t>
+          <t>Çamların Islığı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256739291</t>
+          <t>9786259683010</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dennis "BTK" Rader - Bir Seri Katilin Fantezisi</t>
+          <t>Polisiye Roman Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256739239</t>
+          <t>9786259702810</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Vetus</t>
+          <t>Arslan Gök Ejder'in Kalbini Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256946804</t>
+          <t>9786259702865</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Topkapı Sarayı ve Yedikule Zindanı Cinayetleri</t>
+          <t>Ölümün Söyledikleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256739475</t>
+          <t>9786259600901</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bu Senin Sesin</t>
+          <t>Boynu Bükük Neriman</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256739840</t>
+          <t>9786259702971</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaz Günüydü</t>
+          <t>Kimse Görmedi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256739642</t>
+          <t>9786259600918</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Şeytan Tuzağı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256739611</t>
+          <t>9786256221864</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kaybolur mu?</t>
+          <t>Eskimeyen Yazılar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256739956</t>
+          <t>9786256221833</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Köşeyi Dönenler Sokağı</t>
+          <t>Mekanlar ve Zamanlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256480735</t>
+          <t>9786256221413</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gözleri</t>
+          <t>Gazi</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256739659</t>
+          <t>9786256946101</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Drama Var mı?</t>
+          <t>Sevdiğimi Sandığım Ruhlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256739253</t>
+          <t>9786255974402</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ve Bağlanmıştık</t>
+          <t>Elo Dino Yeşil Nehir</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256739871</t>
+          <t>9786256221574</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Safa ve Merve - 2</t>
+          <t>Dünyanın En Güzel Resmi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256739185</t>
+          <t>9786255974280</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Pruva</t>
+          <t>Eşsiz Kütüphane</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256739628</t>
+          <t>9786256221901</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gölgem, Kendim ve Öteki</t>
+          <t>İlk İşim Süt Dişim</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256739666</t>
+          <t>9786255974297</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Labirenti</t>
+          <t>Şimdi Yeni Şeyler Söylemek Lazım Mesneviyatro - Yeni Nesil Meddahlık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256739246</t>
+          <t>9786255974143</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ceraim: 46</t>
+          <t>Çığ Serpintileri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256739604</t>
+          <t>9786256221468</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Deresi</t>
+          <t>Ayrık Dünyalar Efsanesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256739703</t>
+          <t>9786255974228</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Cenneti</t>
+          <t>Doğanın Büyüsü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256480568</t>
+          <t>9786256221871</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Senden, Benden, Bizden</t>
+          <t>Bizi Biz Yapan Hayallerimiz Vardı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>575</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256739222</t>
+          <t>9786256048324</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Akıp Giden Hayatlar</t>
+          <t>Bir Aynaydı Gözleri, Baktım...</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256739215</t>
+          <t>9786255974112</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bırakma Bu Hayalleri</t>
+          <t>Güneşin Işığı Kalemime Dokundu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256480605</t>
+          <t>9786256221567</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gösteri</t>
+          <t>Yüz Yüze</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256739093</t>
+          <t>9786255974204</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Dublin'e Gece Uçağı</t>
+          <t>Ahparig / Kardeş</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256739123</t>
+          <t>9786255974136</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bükülen Kıyıların Çağrısı</t>
+          <t>Aynadan Geçen Çocuk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256480728</t>
+          <t>9786256221741</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ayben</t>
+          <t>Yamyamlık Tarihi / Cilt-2</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>170</v>
+        <v>475</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256480711</t>
+          <t>9786256221826</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Derd</t>
+          <t>Kalbi Hisler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256946583</t>
+          <t>9786256221772</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Asena Cesur Yürek</t>
+          <t>Gülderen</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256946491</t>
+          <t>9786256048331</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm - Zehirli Kalem Öyküleri</t>
+          <t>Ruhun Işığına Uyanmak</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258297508</t>
+          <t>9786256221628</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Misafir</t>
+          <t>Var Mısın?</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258420845</t>
+          <t>9786256221499</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Narin ile Ali'nin Öyküsü</t>
+          <t>Babasız Kızlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256480032</t>
+          <t>9786256221475</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yazlar Sıcak ve Kurak Kışlar Ilık ve Yağışlı</t>
+          <t>Limon Sepeti</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258420869</t>
+          <t>9786256221819</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yol Ferah Olsun Diye</t>
+          <t>Ay Doğar Gecelerde</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256480155</t>
+          <t>9786256221437</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bakir Tablo</t>
+          <t>Yamyamlık Tarihi - Cilt 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>435</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258297027</t>
+          <t>9786256221765</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Garibanın İstanbul Macerası</t>
+          <t>Deniz Kabuk Tuttu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256946972</t>
+          <t>9786256221482</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sofra 2 - Sema'nın Rüyası</t>
+          <t>Semer  [Anılar]</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258297492</t>
+          <t>9786256048508</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Der Zug ins Ungewisse</t>
+          <t>Mutlu Bir Yaşam İçin</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258297782</t>
+          <t>9786256739802</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İşaret</t>
+          <t>Kelt Mitolojisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256946736</t>
+          <t>9786256739796</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kalbi Yırtıktı</t>
+          <t>Kediler Hakkında Herşey</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258297539</t>
+          <t>9786256739789</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Pabuç Hikayesi (Bir 12 Eylül Romanı)</t>
+          <t>Japon Mutfağı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256946941</t>
+          <t>9786256739772</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gidilmeyen Yol</t>
+          <t>İtalyan Mutfağı'nın Ruhu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258297843</t>
+          <t>9786256739765</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Sokak</t>
+          <t>Influencer Manifestosu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258420807</t>
+          <t>9786256739758</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sansar</t>
+          <t>Çin Mutfağı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258297522</t>
+          <t>9786256739741</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Nila - İki Neslin Hikayesi</t>
+          <t>Dijital Dönüşümün Ötesinde</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256946781</t>
+          <t>9786256739970</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Düşman</t>
+          <t>Tenere Ağacı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256946095</t>
+          <t>9786256221505</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda</t>
+          <t>Şathiye Cariyeleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256480575</t>
+          <t>9786256221529</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Cam Kale</t>
+          <t>Cennetim Olur Musun?</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256739109</t>
+          <t>9786256048416</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Parmaklardaki Sır – Mudralar</t>
+          <t>Lanetli Evin Katili</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256946378</t>
+          <t>9786256221451</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Kağıttan Kanatlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256739116</t>
+          <t>9786256048317</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Alchemy - The Wery First Holographic Theatre</t>
+          <t>Karaisalı Muttalıplı Köyü Dilden Dile Aktarılan Şiirler Sözler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256946354</t>
+          <t>9786256739680</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dipteki Adalet</t>
+          <t>Erkeği Dünyadan Çıkarın</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256946828</t>
+          <t>9786256048263</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kanat</t>
+          <t>Sarı Kuplu Fincan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256946811</t>
+          <t>9786256048348</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Şiir</t>
+          <t>Lider Sensin</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256480551</t>
+          <t>9786256048089</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ya Varoluş Ya Yok Oluş, İşte Bütün Mesele Bu</t>
+          <t>Bir Garip Şair - Bir Sefil Aşık Orhan Veli</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256480995</t>
+          <t>9786256480124</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Oratoryo</t>
+          <t>Sessiz Çığlıklarım</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256480704</t>
+          <t>9786256739284</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Güz Yaşları</t>
+          <t>Kırk Yılda Kırk Damla</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>194</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256480049</t>
+          <t>9786256048225</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cennetten Bir Cehennem</t>
+          <t>Biraz Kül Biraz Duman</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256480025</t>
+          <t>9786256739635</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap 150 Şair Sınıf Kokulu Şiirler</t>
+          <t>Mezarlık - Zamir Şehri 1. Kitap</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256480537</t>
+          <t>9786256739697</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yol, Kısa Hikaye</t>
+          <t>Düşünceler Tutsak Mektuplar Hücrede</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256480421</t>
+          <t>9786256594180</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gülayşe</t>
+          <t>Tutsak Gelin 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256480179</t>
+          <t>9786256594173</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İz-Düşüm</t>
+          <t>Tutsak Gelin 1</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256946965</t>
+          <t>9786256739598</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Suçun Rengi</t>
+          <t>Adı Asiye</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256946873</t>
+          <t>9786256739192</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yüzyılı ve Cihan Müdafaası</t>
+          <t>Laga Luga Günlükleri - Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256946033</t>
+          <t>9786256739178</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Acı Kahpe</t>
+          <t>Sen Git Kendin Kalsın</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258420968</t>
+          <t>9786256739260</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>05:00 Efsanelerin Uyuduğu ya da Uyandığı Saat</t>
+          <t>Otoyol Katilleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256946460</t>
+          <t>9786256048188</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Seslerle Nöromodülasyon</t>
+          <t>Zombi ve Olta</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256946361</t>
+          <t>9786256739949</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar - Yaşam</t>
+          <t>Kanlı Parmak - Zehirli Kalem Öyküleri 4</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256946064</t>
+          <t>9786256480599</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Acının Ömrü</t>
+          <t>Asya Asya Duy Sesimizi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256946108</t>
+          <t>9786256048072</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Deniz Bir Persepolis Büyüsü</t>
+          <t>Minik ile Kemik Görev: Mars</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256946330</t>
+          <t>9786256048065</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Cümle Alem</t>
+          <t>Hakikatür</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256946347</t>
+          <t>9786256739291</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Falan Filan Efendi ve Çocuk</t>
+          <t>Dennis "BTK" Rader - Bir Seri Katilin Fantezisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256946569</t>
+          <t>9786256739239</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kartlar Laro</t>
+          <t>Vetus</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258297867</t>
+          <t>9786256946804</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Sistemine Yenilikçi Bir Bakışla Okulu Tartışmak</t>
+          <t>Topkapı Sarayı ve Yedikule Zindanı Cinayetleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258297850</t>
+          <t>9786256739475</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Laos'un Mührü</t>
+          <t>Bu Senin Sesin</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258297799</t>
+          <t>9786256739840</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Kimlikleri</t>
+          <t>Bir Yaz Günüydü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258297805</t>
+          <t>9786256739642</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hangar Muhabbetleri</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258297775</t>
+          <t>9786256739611</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ruh ve Bedenimize Son Şeklini Nasıl Veriyoruz?</t>
+          <t>Oyun Kaybolur mu?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258297577</t>
+          <t>9786256739956</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Şair Ayaklanması - Devrimciler için Yazılan Şiirler</t>
+          <t>Köşeyi Dönenler Sokağı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>490</v>
+        <v>225</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258297515</t>
+          <t>9786256480735</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Öğleden Sonra Cinayetleri</t>
+          <t>Şeytanın Gözleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258297713</t>
+          <t>9786256739659</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümün Astrolojik Kodları 2023</t>
+          <t>Öğretmenim Drama Var mı?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258297652</t>
+          <t>9786256739253</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Halden Alınma</t>
+          <t>Ve Bağlanmıştık</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258420173</t>
+          <t>9786256739871</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Çatlı</t>
+          <t>Safa ve Merve - 2</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258297096</t>
+          <t>9786256739185</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tabutumdan Bakarken</t>
+          <t>Pruva</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258420906</t>
+          <t>9786256739628</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Birtakım Cinayetler</t>
+          <t>Gölgem, Kendim ve Öteki</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258297249</t>
+          <t>9786256739666</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hikayeleştidiklerim</t>
+          <t>Duyguların Labirenti</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258420876</t>
+          <t>9786256739246</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin İki Yüzü</t>
+          <t>Ceraim: 46</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>475</v>
+        <v>260</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258420890</t>
+          <t>9786256739604</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Baharı</t>
+          <t>Cehennem Deresi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258420593</t>
+          <t>9786256739703</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yol Yorgunları</t>
+          <t>Aşkın Cenneti</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258420708</t>
+          <t>9786256480568</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kara Kıta Uyanıyor - Geçmişin İzinde 3</t>
+          <t>Senden, Benden, Bizden</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059254861</t>
+          <t>9786256739222</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Balıklı Göl Kasabası</t>
+          <t>Akıp Giden Hayatlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786259420074</t>
+          <t>9786256739215</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Perdelerin Ardında</t>
+          <t>Bırakma Bu Hayalleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258420548</t>
+          <t>9786256480605</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>En Son</t>
+          <t>Büyük Gösteri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258420647</t>
+          <t>9786256739093</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ayşegül Öğretmen’in Kardelenleri</t>
+          <t>Dublin'e Gece Uçağı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258420623</t>
+          <t>9786256739123</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Barkat</t>
+          <t>Bükülen Kıyıların Çağrısı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258420630</t>
+          <t>9786256480728</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kıyısında - Zehirli Kalem Öyküleri 2</t>
+          <t>Ayben</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258420616</t>
+          <t>9786256480711</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Karaltı Ülkesi</t>
+          <t>Derd</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055941833</t>
+          <t>9786256946583</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Zamanlar</t>
+          <t>Asena Cesur Yürek</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057754547</t>
+          <t>9786256946491</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Ayaklı Suç Takvimi</t>
+          <t>Dönüşüm - Zehirli Kalem Öyküleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057754509</t>
+          <t>9786258297508</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kaştanka - Kızıltüy</t>
+          <t>Misafir</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258420470</t>
+          <t>9786258420845</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şoreş</t>
+          <t>Narin ile Ali'nin Öyküsü</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257348188</t>
+          <t>9786256480032</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Iphigenie Auf Tauris - Almanca</t>
+          <t>Yazlar Sıcak ve Kurak Kışlar Ilık ve Yağışlı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752435247</t>
+          <t>9786258420869</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hep İkimiz Sevsek Seni</t>
+          <t>Yol Ferah Olsun Diye</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258420081</t>
+          <t>9786256480155</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tarot Sandığı (Ahşap Kutulu)</t>
+          <t>Bakir Tablo</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258420326</t>
+          <t>9786258297027</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kanı Gözyaşıdır</t>
+          <t>Bir Garibanın İstanbul Macerası</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258420104</t>
+          <t>9786256946972</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Rune Sembolleri Sandığı - Ahşap Kutulu</t>
+          <t>Bizim Sofra 2 - Sema'nın Rüyası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>1200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258420555</t>
+          <t>9786258297492</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Her Yüreğin Bir Hikayesi Var</t>
+          <t>Der Zug ins Ungewisse</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258420166</t>
+          <t>9786258297782</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Saf Aşk</t>
+          <t>İşaret</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258420241</t>
+          <t>9786256946736</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Uyum</t>
+          <t>Kalbi Yırtıktı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258420319</t>
+          <t>9786258297539</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Ardındaki Sır</t>
+          <t>Pabuç Hikayesi (Bir 12 Eylül Romanı)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258420333</t>
+          <t>9786256946941</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kral ve Yamuk Prenses</t>
+          <t>Gidilmeyen Yol</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258420098</t>
+          <t>9786258297843</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Özgün Yaşamın Öğeleri</t>
+          <t>Rüzgarlı Sokak</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258420425</t>
+          <t>9786258420807</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Efsun</t>
+          <t>Sansar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258420159</t>
+          <t>9786258297522</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kan Rüyayı Bozar</t>
+          <t>Nila - İki Neslin Hikayesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>740</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257527507</t>
+          <t>9786256946781</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyada Bir At Sineği Olmak</t>
+          <t>Aynadaki Düşman</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257527910</t>
+          <t>9786256946095</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlüğü</t>
+          <t>Aşk Yolunda</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257527637</t>
+          <t>9786256480575</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık Hayatlar</t>
+          <t>Cam Kale</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257527644</t>
+          <t>9786256739109</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Eskiden</t>
+          <t>Parmaklardaki Sır – Mudralar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257527323</t>
+          <t>9786256946378</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>4 (Dört)</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>475</v>
+        <v>650</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257527439</t>
+          <t>9786256739116</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Derin Şüphe</t>
+          <t>Alchemy - The Wery First Holographic Theatre</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257527040</t>
+          <t>9786256946354</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İklimsiz Şeytan Tohumları</t>
+          <t>Dipteki Adalet</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257527316</t>
+          <t>9786256946828</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bar Filozofları</t>
+          <t>Kanat</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257527491</t>
+          <t>9786256946811</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ay Gün Işığı</t>
+          <t>Bir Kadın Bir Şiir</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257527408</t>
+          <t>9786256480551</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Demir Kanatlı Kuşlar</t>
+          <t>Ya Varoluş Ya Yok Oluş, İşte Bütün Mesele Bu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257527095</t>
+          <t>9786256480995</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Tilda ve Diğerlerinin Olağanüstü Maceraları</t>
+          <t>Oratoryo</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>475</v>
+        <v>340</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057537379</t>
+          <t>9786256480704</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Düş Çürüğü</t>
+          <t>Güz Yaşları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>350</v>
+        <v>194</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057537355</t>
+          <t>9786256480049</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Cennetten Bir Cehennem</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057754592</t>
+          <t>9786256480025</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Şairin Şehrinden</t>
+          <t>Bir Kitap 150 Şair Sınıf Kokulu Şiirler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057754028</t>
+          <t>9786256480537</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sessizliği Resmetmek</t>
+          <t>Uzun Yol, Kısa Hikaye</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057754097</t>
+          <t>9786256480421</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>34 Beden</t>
+          <t>Gülayşe</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752435261</t>
+          <t>9786256480179</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>İz-Düşüm</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057647283</t>
+          <t>9786256946965</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Okulu</t>
+          <t>Suçun Rengi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057647139</t>
+          <t>9786256946873</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kadının Adı Var</t>
+          <t>Türkiye Yüzyılı ve Cihan Müdafaası</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052234006</t>
+          <t>9786256946033</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Acı Kahpe</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057537188</t>
+          <t>9786258420968</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Göl Kıyısındaki Ev</t>
+          <t>05:00 Efsanelerin Uyuduğu ya da Uyandığı Saat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057754288</t>
+          <t>9786256946460</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Deli Kadının Papatya Satırları</t>
+          <t>Seslerle Nöromodülasyon</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057537058</t>
+          <t>9786256946361</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bulutları</t>
+          <t>Yansımalar - Yaşam</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052234693</t>
+          <t>9786256946064</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Yürüyenler</t>
+          <t>Acının Ömrü</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057537041</t>
+          <t>9786256946108</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Beslenme Çantası</t>
+          <t>Deniz Bir Persepolis Büyüsü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057754356</t>
+          <t>9786256946330</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Berlin'de Sonbahar</t>
+          <t>Cümle Alem</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057647764</t>
+          <t>9786256946347</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş</t>
+          <t>Falan Filan Efendi ve Çocuk</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057647702</t>
+          <t>9786256946569</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Yankısı</t>
+          <t>Kayıp Kartlar Laro</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057647726</t>
+          <t>9786258297867</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Aynadaki Yansıması</t>
+          <t>Eğitim Sistemine Yenilikçi Bir Bakışla Okulu Tartışmak</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057647412</t>
+          <t>9786258297850</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Lotus Çiçeği</t>
+          <t>Laos'un Mührü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057647429</t>
+          <t>9786258297799</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Solan Mutluluk Bahçem</t>
+          <t>Geçmişin Kimlikleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057537546</t>
+          <t>9786258297805</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Soyut Refleks</t>
+          <t>Hangar Muhabbetleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052234655</t>
+          <t>9786258297775</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Nileyn 2</t>
+          <t>Ruh ve Bedenimize Son Şeklini Nasıl Veriyoruz?</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057537232</t>
+          <t>9786258297577</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Gemi</t>
+          <t>Şair Ayaklanması - Devrimciler için Yazılan Şiirler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057647344</t>
+          <t>9786258297515</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Muhtelif Delikanlı</t>
+          <t>Öğleden Sonra Cinayetleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057537461</t>
+          <t>9786258297713</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bal Porsuğu</t>
+          <t>Dönüşümün Astrolojik Kodları 2023</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>600</v>
+        <v>225</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057537997</t>
+          <t>9786258297652</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Zindandan Haykırış</t>
+          <t>Halden Alınma</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057647160</t>
+          <t>9786258420173</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Piran</t>
+          <t>Abdullah Çatlı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057537218</t>
+          <t>9786258297096</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Yakın Tanrı’ya Uzak</t>
+          <t>Tabutumdan Bakarken</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057537164</t>
+          <t>9786258420906</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Aile Sırrı</t>
+          <t>Birtakım Cinayetler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059422000</t>
+          <t>9786258297249</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Hikayeleştidiklerim</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052234013</t>
+          <t>9786258420876</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kraliçe</t>
+          <t>Gerçeğin İki Yüzü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052234624</t>
+          <t>9786258420890</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Mim Durağı</t>
+          <t>Kırlangıç Baharı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057647832</t>
+          <t>9786258420593</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yüzsüz</t>
+          <t>Yol Yorgunları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057647788</t>
+          <t>9786258420708</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Benazar’in Doğruları Ziya’nın Gerçekleri</t>
+          <t>Kara Kıta Uyanıyor - Geçmişin İzinde 3</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057647177</t>
+          <t>9786059254861</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Balmumu Yaşamlar</t>
+          <t>Balıklı Göl Kasabası</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057647030</t>
+          <t>9786259420074</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Vatanım Sensin</t>
+          <t>Perdelerin Ardında</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057537874</t>
+          <t>9786258420548</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Göğsümün İki Arası</t>
+          <t>En Son</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057537430</t>
+          <t>9786258420647</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sızım - Casus</t>
+          <t>Ayşegül Öğretmen’in Kardelenleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054757794</t>
+          <t>9786258420623</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kafein ve Piksel</t>
+          <t>Barkat</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054757695</t>
+          <t>9786258420630</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bir Suç Psikoloğunun Not Defteri</t>
+          <t>Ölümün Kıyısında - Zehirli Kalem Öyküleri 2</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054757749</t>
+          <t>9786258420616</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir Seri Katilin Felsefesi - Charles Manson</t>
+          <t>Karaltı Ülkesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054757787</t>
+          <t>9786055941833</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Felaket Tellalı Kırmızı Vosvos</t>
+          <t>Dilsiz Zamanlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054757664</t>
+          <t>9786057754547</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Herdem Öykü - Şiir - Deneme Antolojisi (Ciltli)</t>
+          <t>Sherlock Holmes - Ayaklı Suç Takvimi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059422918</t>
+          <t>9786057754509</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Apokalips</t>
+          <t>Kaştanka - Kızıltüy</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059422956</t>
+          <t>9786258420470</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tesirsiz Fırtınalar</t>
+          <t>Şoreş</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057537362</t>
+          <t>9786257348188</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sofra</t>
+          <t>Iphigenie Auf Tauris - Almanca</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752435230</t>
+          <t>9789752435247</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Babacığım Nasılsın?</t>
+          <t>Hep İkimiz Sevsek Seni</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752435193</t>
+          <t>9786258420081</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Samyeli</t>
+          <t>Tarot Sandığı (Ahşap Kutulu)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052234525</t>
+          <t>9786258420326</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Soğuk Yüzü</t>
+          <t>Aşkın Kanı Gözyaşıdır</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752435780</t>
+          <t>9786258420104</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>Rune Sembolleri Sandığı - Ahşap Kutulu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>550</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059422888</t>
+          <t>9786258420555</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tuna'ya Akan Türk Masalları</t>
+          <t>Her Yüreğin Bir Hikayesi Var</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752435155</t>
+          <t>9786258420166</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Açık Kalp Edebiyatı</t>
+          <t>Saf Aşk</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059422024</t>
+          <t>9786258420241</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Feneryolu Cinayetleri</t>
+          <t>Özgürlük ve Uyum</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>385</v>
+        <v>265</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059422260</t>
+          <t>9786258420319</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Sayıların Ardındaki Sır</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059422284</t>
+          <t>9786258420333</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Asi Stajyer</t>
+          <t>Kral ve Yamuk Prenses</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059422321</t>
+          <t>9786258420098</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Siyah Papatya</t>
+          <t>Özgün Yaşamın Öğeleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752435728</t>
+          <t>9786258420425</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Yeşili Masal Kitabı</t>
+          <t>Efsun</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752435773</t>
+          <t>9786258420159</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Esmer Güzeli</t>
+          <t>Kan Rüyayı Bozar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>500</v>
+        <v>740</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052234037</t>
+          <t>9786257527507</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tüyü Var Bende</t>
+          <t>Bu Dünyada Bir At Sineği Olmak</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752435179</t>
+          <t>9786257527910</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Kadrim Bilinirse</t>
+          <t>Korona Günlüğü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059422857</t>
+          <t>9786257527637</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Değeri Üzerine Söylev</t>
+          <t>Karmakarışık Hayatlar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059422932</t>
+          <t>9786257527644</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kahverengi Baykuş</t>
+          <t>Bir Ömür Eskiden</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752435995</t>
+          <t>9786257527323</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Güzel Meşe Ağacı</t>
+          <t>4 (Dört)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752435018</t>
+          <t>9786257527439</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Bir Kovalamaca Hikayesi</t>
+          <t>Derin Şüphe</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059422246</t>
+          <t>9786257527040</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Apçuka</t>
+          <t>İklimsiz Şeytan Tohumları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052234457</t>
+          <t>9786257527316</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Velilerden İnciler</t>
+          <t>Bar Filozofları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052234440</t>
+          <t>9786257527491</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>N'aber İhtiyar?</t>
+          <t>Ay Gün Işığı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059254892</t>
+          <t>9786257527408</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi (Tam Metin)</t>
+          <t>Demir Kanatlı Kuşlar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752435551</t>
+          <t>9786257527095</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sol Anımsın</t>
+          <t>Dedektif Tilda ve Diğerlerinin Olağanüstü Maceraları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789752435353</t>
+          <t>9786057537379</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hayata İz Bırakanlar</t>
+          <t>Düş Çürüğü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059422239</t>
+          <t>9786057537355</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca: Dünya’nın Gülen Yüzü</t>
+          <t>Çoban Yıldızı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059422529</t>
+          <t>9786057754592</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gergedan Bay C</t>
+          <t>Şairin Şehrinden</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059254595</t>
+          <t>9786057754028</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Düzgün Çocuk</t>
+          <t>Sessizliği Resmetmek</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059254564</t>
+          <t>9786057754097</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>O’na Giden Derdimi Seviyorum</t>
+          <t>34 Beden</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059254601</t>
+          <t>9789752435261</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mektup</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059254113</t>
+          <t>9786057647283</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Aptalı Yarattı</t>
+          <t>Dahiler Okulu</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059422604</t>
+          <t>9786057647139</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Seni Allah İçin Sevdim</t>
+          <t>Kadının Adı Var</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059422680</t>
+          <t>9786052234006</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Dul Kadın ve Papağan</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059422314</t>
+          <t>9786057537188</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Evlatlık</t>
+          <t>Göl Kıyısındaki Ev</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059422505</t>
+          <t>9786057754288</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Karım</t>
+          <t>Deli Kadının Papatya Satırları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059422222</t>
+          <t>9786057537058</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar</t>
+          <t>Hayal Bulutları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059254748</t>
+          <t>9786052234693</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Masamda Birikmiş Anılar</t>
+          <t>Yalnız Yürüyenler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059254816</t>
+          <t>9786057537041</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Karımdan Sonra</t>
+          <t>Yetişkinler İçin Beslenme Çantası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059422031</t>
+          <t>9786057754356</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Tüm Masallar</t>
+          <t>Berlin'de Sonbahar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059254823</t>
+          <t>9786057647764</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Liselim</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059254793</t>
+          <t>9786057647702</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Düşmüş Melek</t>
+          <t>Ölümün Yankısı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059254441</t>
+          <t>9786057647726</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Bir Kadının Aynadaki Yansıması</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059422819</t>
+          <t>9786057647412</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>OIympos Efsane Chimera</t>
+          <t>Lotus Çiçeği</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059422512</t>
+          <t>9786057647429</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Hep Oradaydı</t>
+          <t>Solan Mutluluk Bahçem</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059254762</t>
+          <t>9786057537546</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yüzkitabı</t>
+          <t>Soyut Refleks</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059254878</t>
+          <t>9786052234655</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Batı Poley Maceralarımız</t>
+          <t>Nileyn 2</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059422581</t>
+          <t>9786057537232</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Yalanı</t>
+          <t>Görünmez Gemi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059422345</t>
+          <t>9786057647344</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kitapsız Aşk</t>
+          <t>Muhtelif Delikanlı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059254557</t>
+          <t>9786057537461</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kurdele</t>
+          <t>Bal Porsuğu</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059254502</t>
+          <t>9786057537997</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Esinti</t>
+          <t>Zindandan Haykırış</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059254304</t>
+          <t>9786057647160</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülün Sesiyle</t>
+          <t>Piran</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059254533</t>
+          <t>9786057537218</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>Ölüme Yakın Tanrı’ya Uzak</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059254236</t>
+          <t>9786057537164</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Lanet</t>
+          <t>Aile Sırrı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054757916</t>
+          <t>9786059422000</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller Tarihi</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059254526</t>
+          <t>9786052234013</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kuzgun</t>
+          <t>Uçan Kraliçe</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059254281</t>
+          <t>9786052234624</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Su Şafaktan Önceydi</t>
+          <t>Elif'in Mim Durağı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054757626</t>
+          <t>9786057647832</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bir Seri Katilin Günlüğü : Kansız</t>
+          <t>Yüzsüz</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054757800</t>
+          <t>9786057647788</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Gümüşten Sabahlık</t>
+          <t>Benazar’in Doğruları Ziya’nın Gerçekleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054757633</t>
+          <t>9786057647177</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Bir Seri Katilin Günlüğü</t>
+          <t>Balmumu Yaşamlar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054757671</t>
+          <t>9786057647030</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Orospuluğun Kitabı</t>
+          <t>Vatanım Sensin</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059254465</t>
+          <t>9786057537874</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Göğsümün İki Arası</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059254434</t>
+          <t>9786057537430</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Patlıcan Moru</t>
+          <t>Kalp Sızım - Casus</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054757909</t>
+          <t>9786054757794</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Adı Deniz</t>
+          <t>Kafein ve Piksel</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054757657</t>
+          <t>9786054757695</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Bir Seri Katilin Manifestosu: Ted Kaczynski</t>
+          <t>Bir Suç Psikoloğunun Not Defteri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054757640</t>
+          <t>9786054757749</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bir Seri Katilin Anatomisi: Ted Bundy</t>
+          <t>Bir Seri Katilin Felsefesi - Charles Manson</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059254274</t>
+          <t>9786054757787</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanrı Yaratmak</t>
+          <t>Felaket Tellalı Kırmızı Vosvos</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059254106</t>
+          <t>9786054757664</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bölge Savaşları</t>
+          <t>Herdem Öykü - Şiir - Deneme Antolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059254250</t>
+          <t>9786059422918</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İç</t>
+          <t>Apokalips</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059254175</t>
+          <t>9786059422956</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Sarsan Derin Cinayetler</t>
+          <t>Tesirsiz Fırtınalar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257348638</t>
+          <t>9786057537362</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Çölü</t>
+          <t>Bizim Sofra</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257245883</t>
+          <t>9789752435230</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>1984 Bin Dokuz Yüz Seksendört</t>
+          <t>Babacığım Nasılsın?</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257245364</t>
+          <t>9789752435193</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Hali</t>
+          <t>Samyeli</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257245449</t>
+          <t>9786052234525</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Fabrikada Cinayet</t>
+          <t>Hayatın Soğuk Yüzü</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257348362</t>
+          <t>9789752435780</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Die Leiden Des Jungen Werther</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257245456</t>
+          <t>9786059422888</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Pusat ve Şifreci 1- İsrail</t>
+          <t>Tuna'ya Akan Türk Masalları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057754561</t>
+          <t>9789752435155</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Orman Öyküleri</t>
+          <t>Açık Kalp Edebiyatı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257083324</t>
+          <t>9786059422024</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Son Kahraman</t>
+          <t>Feneryolu Cinayetleri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257083416</t>
+          <t>9786059422260</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Umut Evi</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257083423</t>
+          <t>9786059422284</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kuş ve Balık</t>
+          <t>Asi Stajyer</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257083577</t>
+          <t>9786059422321</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Keder Pas Tutmaz</t>
+          <t>Siyah Papatya</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057754851</t>
+          <t>9789752435728</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç</t>
+          <t>Zeytin Yeşili Masal Kitabı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057754363</t>
+          <t>9789752435773</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Yolu</t>
+          <t>Esmer Güzeli</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257527019</t>
+          <t>9786052234037</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Susturulmuşlar</t>
+          <t>Şeytan Tüyü Var Bende</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257348997</t>
+          <t>9789752435179</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Viraha</t>
+          <t>Bir Gün Kadrim Bilinirse</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257348669</t>
+          <t>9786059422857</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>İnsanın Değeri Üzerine Söylev</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257527163</t>
+          <t>9786059422932</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Puslupusula</t>
+          <t>Kahverengi Baykuş</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257348911</t>
+          <t>9789752435995</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kodlanmış Hayatlar Serisi 1 - İçimdeki Mezarlık</t>
+          <t>Güzel Meşe Ağacı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257527088</t>
+          <t>9789752435018</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Efendisi</t>
+          <t>Şehirde Bir Kovalamaca Hikayesi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257245142</t>
+          <t>9786059422246</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Beni Öğretmen Olarak Hatırlayın</t>
+          <t>Apçuka</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257348324</t>
+          <t>9786052234457</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sardunya Köşesi</t>
+          <t>Velilerden İnciler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257245999</t>
+          <t>9786052234440</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Mahallesinde Salyangoz Satmak</t>
+          <t>N'aber İhtiyar?</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257245975</t>
+          <t>9786059254892</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Gerno'nun Sırrı - Geçmişin İzinde 2</t>
+          <t>Çocuk Kalbi (Tam Metin)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257245913</t>
+          <t>9789752435551</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Sol Anımsın</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257348485</t>
+          <t>9789752435353</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Rune Sembolleri ve Tılsımlar</t>
+          <t>Hayata İz Bırakanlar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257083980</t>
+          <t>9786059422239</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş - 7 Ölümcül Günah</t>
+          <t>Nasreddin Hoca: Dünya’nın Gülen Yüzü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257348454</t>
+          <t>9786059422529</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Öyüklü</t>
+          <t>Gergedan Bay C</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257348928</t>
+          <t>9786059254595</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Katilin Özrü</t>
+          <t>Düzgün Çocuk</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257348942</t>
+          <t>9786059254564</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Saat Tamircisi</t>
+          <t>O’na Giden Derdimi Seviyorum</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>475</v>
+        <v>320</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257245906</t>
+          <t>9786059254601</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölüm Kalım Meselesi</t>
+          <t>Gizemli Mektup</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257348126</t>
+          <t>9786059254113</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sızı</t>
+          <t>Ve Tanrı Aptalı Yarattı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257083386</t>
+          <t>9786059422604</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kimya</t>
+          <t>Seni Allah İçin Sevdim</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257348980</t>
+          <t>9786059422680</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Deprem</t>
+          <t>Yaşlı Dul Kadın ve Papağan</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257348478</t>
+          <t>9786059422314</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunlarım</t>
+          <t>Evlatlık</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257348621</t>
+          <t>9786059422505</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cesetler</t>
+          <t>Çirkin Karım</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257245074</t>
+          <t>9786059422222</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Avaz</t>
+          <t>Çocuklar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257348782</t>
+          <t>9786059254748</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcım Beyna 3</t>
+          <t>Masamda Birikmiş Anılar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257245418</t>
+          <t>9786059254816</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Dökülenler</t>
+          <t>Karımdan Sonra</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257348379</t>
+          <t>9786059422031</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>The Valley Of Fear</t>
+          <t>Ziya Gökalp Tüm Masallar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257348355</t>
+          <t>9786059254823</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Liselim</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257348331</t>
+          <t>9786059254793</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>A Tale Of Two Cities</t>
+          <t>Düşmüş Melek</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257527033</t>
+          <t>9786059254441</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Cinayet</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257348577</t>
+          <t>9786059422819</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Evi</t>
+          <t>OIympos Efsane Chimera</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257348560</t>
+          <t>9786059422512</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Mandalina Kabukları</t>
+          <t>Akdeniz Hep Oradaydı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257348294</t>
+          <t>9786059254762</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Elanor'un Kırmızı Beresi</t>
+          <t>Yüzkitabı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>345</v>
+        <v>550</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257348607</t>
+          <t>9786059254878</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Gülüşler</t>
+          <t>Batı Poley Maceralarımız</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257348584</t>
+          <t>9786059422581</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Karası</t>
+          <t>Gerçeğin Yalanı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257245425</t>
+          <t>9786059422345</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Hayaller</t>
+          <t>Kitapsız Aşk</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257245432</t>
+          <t>9786059254557</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Cinayetler</t>
+          <t>Mavi Kurdele</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257245050</t>
+          <t>9786059254502</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Üç Nokta Bir Ünlem</t>
+          <t>Esinti</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257245128</t>
+          <t>9786059254304</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Yolu</t>
+          <t>Bir Gülün Sesiyle</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257245227</t>
+          <t>9786059254533</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Perde Arkası</t>
+          <t>Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257245197</t>
+          <t>9786059254236</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Sokağı</t>
+          <t>Lanet</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257348003</t>
+          <t>9786054757916</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Yolcu</t>
+          <t>Seri Katiller Tarihi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257348140</t>
+          <t>9786059254526</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Buluntular</t>
+          <t>Kızıl Kuzgun</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257348287</t>
+          <t>9786059254281</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kaçakçı Yıkım</t>
+          <t>Su Şafaktan Önceydi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257348300</t>
+          <t>9786054757626</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Adı Bende Saklı</t>
+          <t>Bir Seri Katilin Günlüğü : Kansız</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257083867</t>
+          <t>9786054757800</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>666 Hayat Vizesi</t>
+          <t>Gümüşten Sabahlık</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257245951</t>
+          <t>9786054757633</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Meçhule Giden Yolcu</t>
+          <t>Bir Seri Katilin Günlüğü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057754493</t>
+          <t>9786054757671</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Rikki - Tikki - Tavi</t>
+          <t>Orospuluğun Kitabı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057754837</t>
+          <t>9786059254465</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Düşmek</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057754844</t>
+          <t>9786059254434</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Göz Kırp</t>
+          <t>Patlıcan Moru</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057754790</t>
+          <t>9786054757909</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzinde - Şifre</t>
+          <t>Adı Deniz</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057754783</t>
+          <t>9786054757657</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yaran Kadar Konuş</t>
+          <t>Bir Seri Katilin Manifestosu: Ted Kaczynski</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257245081</t>
+          <t>9786054757640</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Çarli Çiçekleri</t>
+          <t>Bir Seri Katilin Anatomisi: Ted Bundy</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257245234</t>
+          <t>9786059254274</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>O En Sevgiliye</t>
+          <t>Bir Tanrı Yaratmak</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257245067</t>
+          <t>9786059254106</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Huzur'un Fırtına'sı</t>
+          <t>Yeşil Bölge Savaşları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257245210</t>
+          <t>9786059254250</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Safa ve Merve</t>
+          <t>Duygusal İç</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257348218</t>
+          <t>9786059254175</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Sevgilim Necla</t>
+          <t>Türkiye'yi Sarsan Derin Cinayetler</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057754929</t>
+          <t>9786257348638</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Taif Zindanında Bir Kesik Baş - Ahmet Mithat Paşa</t>
+          <t>Gölgeler Çölü</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057754479</t>
+          <t>9786257245883</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Saftirik Hayalet ve Diğer Öyküler</t>
+          <t>1984 Bin Dokuz Yüz Seksendört</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257083041</t>
+          <t>9786257245364</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tövbe</t>
+          <t>İnsanlık Hali</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257245890</t>
+          <t>9786257245449</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Çıkmazı</t>
+          <t>Fabrikada Cinayet</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257083430</t>
+          <t>9786257348362</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Cornelius ve Karanlık Zihinler</t>
+          <t>Die Leiden Des Jungen Werther</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257083829</t>
+          <t>9786257245456</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sır ve Günah</t>
+          <t>Pusat ve Şifreci 1- İsrail</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257083843</t>
+          <t>9786057754561</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bana Kalan</t>
+          <t>Orman Öyküleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257083836</t>
+          <t>9786257083324</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Meryama</t>
+          <t>Son Kahraman</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257083225</t>
+          <t>9786257083416</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sıcramalar</t>
+          <t>Umut Evi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057754981</t>
+          <t>9786257083423</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Cehennem</t>
+          <t>Kuş ve Balık</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057754943</t>
+          <t>9786257083577</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tüm Ellerimi Tut</t>
+          <t>Keder Pas Tutmaz</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057754936</t>
+          <t>9786057754851</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Cool Değil Kul Evlat</t>
+          <t>Başlangıç</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057754806</t>
+          <t>9786057754363</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kalpteki Kiracı</t>
+          <t>Aşıklar Yolu</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057754530</t>
+          <t>9786257527019</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Ezgisi</t>
+          <t>Susturulmuşlar</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057754721</t>
+          <t>9786257348997</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Acı Bal</t>
+          <t>Viraha</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057754738</t>
+          <t>9786257348669</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Acz</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057754516</t>
+          <t>9786257527163</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kanatlar</t>
+          <t>Puslupusula</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057754042</t>
+          <t>9786257348911</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Senfonisi</t>
+          <t>Kodlanmış Hayatlar Serisi 1 - İçimdeki Mezarlık</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057754240</t>
+          <t>9786257527088</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Begonvil</t>
+          <t>Kelimelerin Efendisi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057754905</t>
+          <t>9786257245142</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Borç</t>
+          <t>Beni Öğretmen Olarak Hatırlayın</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257083355</t>
+          <t>9786257348324</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kripto'nun Şifresi</t>
+          <t>Sardunya Köşesi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057647849</t>
+          <t>9786257245999</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Abdi Bey</t>
+          <t>Müslüman Mahallesinde Salyangoz Satmak</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057754349</t>
+          <t>9786257245975</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bana Anne Deme</t>
+          <t>Gerno'nun Sırrı - Geçmişin İzinde 2</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057754417</t>
+          <t>9786257245913</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Polen Bulutları</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057647870</t>
+          <t>9786257348485</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Aşkar: Aytaşı Serisi - 1</t>
+          <t>Rune Sembolleri ve Tılsımlar</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>475</v>
+        <v>280</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057647399</t>
+          <t>9786257083980</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Mai</t>
+          <t>Yeniden Doğuş - 7 Ölümcül Günah</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257083348</t>
+          <t>9786257348454</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Üretkenlik Üzerine Safsatalar</t>
+          <t>Öyüklü</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057754271</t>
+          <t>9786257348928</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Hüma Kuşu</t>
+          <t>Katilin Özrü</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057647818</t>
+          <t>9786257348942</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Eylül'de Deniz Bir Başkadır</t>
+          <t>Ruhsal Saat Tamircisi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257083560</t>
+          <t>9786257245906</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kolye</t>
+          <t>Bir Ölüm Kalım Meselesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>375</v>
+        <v>330</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057754745</t>
+          <t>9786257348126</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Dünyaya Davet</t>
+          <t>Sızı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057754615</t>
+          <t>9786257083386</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hivru</t>
+          <t>Kimya</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057647863</t>
+          <t>9786257348980</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Aşkar 2</t>
+          <t>Aynadaki Deprem</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057754608</t>
+          <t>9786257348478</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Notlar</t>
+          <t>Tiyatro Oyunlarım</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057754202</t>
+          <t>9786257348621</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Görevimin Başındayım</t>
+          <t>Kayıp Cesetler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057647740</t>
+          <t>9786257245074</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Bulutlu Yıllar</t>
+          <t>Avaz</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057754967</t>
+          <t>9786257348782</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Papatyalar Şahit Olsun</t>
+          <t>Kurtarıcım Beyna 3</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057647856</t>
+          <t>9786257245418</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıktaki Yüzük Mahpare</t>
+          <t>Yüreğimden Dökülenler</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057647504</t>
+          <t>9786257348379</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sanal Alem Mutlu Alem</t>
+          <t>The Valley Of Fear</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257083263</t>
+          <t>9786257348355</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Simurg</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057754523</t>
+          <t>9786257348331</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Altı Numara</t>
+          <t>A Tale Of Two Cities</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057754196</t>
+          <t>9786257527033</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Mürekkebin Vurgun Tonları</t>
+          <t>Korona Günlerinde Cinayet</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057537447</t>
+          <t>9786257348577</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yağmur'un Sesi</t>
+          <t>Huzursuz Evi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057754752</t>
+          <t>9786257348560</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kaçakçı</t>
+          <t>Mandalina Kabukları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057754318</t>
+          <t>9786257348294</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Düşme</t>
+          <t>Elanor'un Kırmızı Beresi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057754226</t>
+          <t>9786257348607</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Duygularımın Dili</t>
+          <t>Parçalanmış Gülüşler</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057754103</t>
+          <t>9786257348584</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Sen Güzel Kal</t>
+          <t>İstanbul Karası</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057647689</t>
+          <t>9786257245425</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Eğiva'nın Çocukları</t>
+          <t>Kumdan Hayaller</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
+          <t>9786257245432</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Gündelik Cinayetler</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786257245050</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Üç Nokta Bir Ünlem</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786257245128</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sevda Yolu</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786257245227</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Perde Arkası</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786257245197</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Yasemin Sokağı</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786257348003</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimdeki Yolcu</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786257348140</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Dramatik Buluntular</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786257348287</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Kaçakçı Yıkım</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786257348300</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Adı Bende Saklı</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786257083867</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>666 Hayat Vizesi</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786257245951</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Meçhule Giden Yolcu</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786057754493</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Rikki - Tikki - Tavi</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786057754837</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Aşktan Düşmek</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786057754844</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğa Göz Kırp</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786057754790</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin İzinde - Şifre</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786057754783</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Yaran Kadar Konuş</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786257245081</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Çarli Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786257245234</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>O En Sevgiliye</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786257245067</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Huzur'un Fırtına'sı</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786257245210</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Safa ve Merve</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786257348218</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ömür Sevgilim Necla</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786057754929</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Taif Zindanında Bir Kesik Baş - Ahmet Mithat Paşa</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786057754479</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Saftirik Hayalet ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786257083041</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Tövbe</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786257245890</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Pazartesi Çıkmazı</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786257083430</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Cornelius ve Karanlık Zihinler</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786257083829</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Sır ve Günah</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786257083843</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Bana Kalan</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786257083836</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Meryama</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786257083225</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Sıcramalar</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786057754981</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Cehennem</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786057754943</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Ellerimi Tut</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786057754936</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Cool Değil Kul Evlat</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786057754806</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Kalpteki Kiracı</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786057754530</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Bir Noel Ezgisi</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786057754721</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Acı Bal</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786057754738</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Acz</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786057754516</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Kanatlar</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786057754042</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Senfonisi</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786057754240</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Begonvil</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786057754905</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Borç</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786257083355</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Kripto'nun Şifresi</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786057647849</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Abdi Bey</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786057754349</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Bana Anne Deme</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786057754417</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Polen Bulutları</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786057647870</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Aşkar: Aytaşı Serisi - 1</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786057647399</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Mai</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786257083348</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Üretkenlik Üzerine Safsatalar</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786057754271</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Kanadı Kırık Hüma Kuşu</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786057647818</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Eylül'de Deniz Bir Başkadır</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786257083560</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Kolye</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786057754745</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Üçüncü Dünyaya Davet</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786057754615</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Hivru</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786057647863</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Aşkar 2</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786057754608</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Notlar</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786057754202</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Görevimin Başındayım</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786057647740</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Bulutlu Yıllar</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786057754967</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Papatyalar Şahit Olsun</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786057647856</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Mezarlıktaki Yüzük Mahpare</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786057647504</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Alem Mutlu Alem</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786257083263</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Simurg</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786057754523</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Altı Numara</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786057754196</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkebin Vurgun Tonları</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786057537447</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur'un Sesi</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786057754752</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Kaçakçı</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786057754318</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Düşme</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786057754226</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Duygularımın Dili</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786057754103</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Sen Güzel Kal</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786057647689</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Eğiva'nın Çocukları</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
           <t>9786057647719</t>
         </is>
       </c>
-      <c r="B450" s="1" t="inlineStr">
+      <c r="B519" s="1" t="inlineStr">
         <is>
           <t>Velinimet Kırtasiyesi</t>
         </is>
       </c>
-      <c r="C450" s="1">
+      <c r="C519" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>