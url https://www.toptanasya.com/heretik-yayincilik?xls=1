--- v0 (2026-01-21)
+++ v1 (2026-03-22)
@@ -85,1540 +85,1990 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059436908</t>
+          <t>9786059436946</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hak, Hukuk, Medya</t>
+          <t>Türkiye ve İran;Gelenek, Çağdaşlaşma, Devrim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059436878</t>
+          <t>9786059436472</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İzleyicileri</t>
+          <t>Hikaye Anlatıcısı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056522437</t>
+          <t>3990000027549</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Durkheim Öldü!</t>
+          <t>Modus Operandi İlişkisel Sosyal Bilimler Dergisi Sayı: 1 / Mart 2015</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>370</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058446618</t>
+          <t>9786056522413</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimcilerin Yazma Çilesi</t>
+          <t>Etnometodolojide Araştırmalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059436489</t>
+          <t>9786058600881</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Irk ve Sınıf</t>
+          <t>İktisat Emperyalizminden Acayip İktisada</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059436557</t>
+          <t>9786059436175</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Devletin Suretleri</t>
+          <t>Zygmunt Bauman ile Söyleşiler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059436892</t>
+          <t>9786059436151</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üniversite, Sosyoloji, Toplum</t>
+          <t>Köylülerden Fransızlara</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059436885</t>
+          <t>9786059436366</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Emile Durkheim: Bir Disiplinin Doğuşu</t>
+          <t>Yeteri Kadarsa Çoktur</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059436861</t>
+          <t>9786059436335</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Getto</t>
+          <t>Fenomenoloji ve Toplumsal İlişkiler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059436298</t>
+          <t>9786059436267</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kimlik</t>
+          <t>Köşebaşı Toplumu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059436182</t>
+          <t>9786059436212</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ses</t>
+          <t>Kolektif Hafıza</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059436847</t>
+          <t>9786059436021</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Zanaatı</t>
+          <t>Gündelik Hayat Eleştirileri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>700</v>
+        <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059436748</t>
+          <t>9786059436038</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İktisadın Gizli Günahları</t>
+          <t>Korkunç Kader</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>330</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059436120</t>
+          <t>9786059436106</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İktisat: Eleştirel Ders Kitabı</t>
+          <t>Peki ya Mozart? Peki ya Cinayet?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000028979</t>
+          <t>9786059436045</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Modus Operandi İlişkisel Sosyal Bilimler Dergisi Sayı: 2 / Temmuz 2015</t>
+          <t>Yalnız Kalabalık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>15</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3990000033776</t>
+          <t>9786058376212</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Modus Operandi İlişkisel Sosyal Bilimler Dergisi Sayı: 4 / Mart - 2016</t>
+          <t>Bireyciliğin Meselesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000041018</t>
+          <t>9786058446625</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Modus Operandi İlişkisel Sosyal Bilimler Dergisi Sayı: 3 / Kasım 2015</t>
+          <t>Sosyolojik Araştırma Pratiği</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059436830</t>
+          <t>9786058600805</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Heterodoks İktisat ve Çoğulculuğu Öğretmek</t>
+          <t>Eğlendirerek Hükmetmek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>330</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059436823</t>
+          <t>9786058376267</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Heterodoks İktisat Kavramlarının Öğretilmesi</t>
+          <t>Toplumu Anlatmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059436816</t>
+          <t>9786058376274</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Söylemsel Bir Kimlik İnşası: Çerkesler</t>
+          <t>Sinefilozofi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059436809</t>
+          <t>9786058376250</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Ambarlar ve Sermayeler</t>
+          <t>Sosyalizm</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>480</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059436724</t>
+          <t>9786056522420</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesinin Sosyal Teorisi: Disiplinlerarası Arayışlar</t>
+          <t>Twitter</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059436731</t>
+          <t>9786059436090</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Doğa</t>
+          <t>Zamanın İçinden Zamanın Dışından</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>330</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059436793</t>
+          <t>9786056522444</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İmgelenen, İmgesel ve simgesel</t>
+          <t>Bourdieu ve Tarihsel Analiz</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059436786</t>
+          <t>9786058446649</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Bilimi ve Düşünümsellik</t>
+          <t>Modernite, Çoğulculuk ve Anlam Krizi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059436779</t>
+          <t>9786058446687</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İktisadın Toplumsal Cinsiyetle Buluşması - Alan Çalışması</t>
+          <t>Ayrım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>480</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059436762</t>
+          <t>9786058446601</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplumsal Cinsiyet - Kuramsal ve Felsefi Tartışmalar</t>
+          <t>Mesleğin İncelikleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>54</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059436755</t>
+          <t>9786059436502</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve Aidiyet Ekseninde Müslüman İspanyollar</t>
+          <t>Sıradan Adamlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059436717</t>
+          <t>9786059436915</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda İktisat ve Kapitalizm</t>
+          <t>Nöroiktisat</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059436700</t>
+          <t>9786059436854</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Köle Frederick Douglass’ın Yaşam Öyküsü</t>
+          <t>Taksi-Dans Salonu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059436694</t>
+          <t>9786059436908</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yaşamın Temelleri</t>
+          <t>Hak, Hukuk, Medya</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>330</v>
+        <v>700</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059436687</t>
+          <t>9786059436878</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Düşünürüz?</t>
+          <t>Evvel Zaman İzleyicileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059436670</t>
+          <t>9786056522437</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnsan Toplumlarının Temelinde</t>
+          <t>Durkheim Öldü!</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059436656</t>
+          <t>9786058446618</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Radikal Ampirizm Üzerine Denemeler</t>
+          <t>Sosyal Bilimcilerin Yazma Çilesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059436663</t>
+          <t>9786059436489</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Gençlik Araştırmaları: Temalar, Yönelimler ve Yaklaşımlar</t>
+          <t>Kadınlar Irk ve Sınıf</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059436649</t>
+          <t>9786059436557</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerararası Perspektifte İktisadi İnsan: Küçük Ölçekli 15 Toplumda Davranışsal Deneyler</t>
+          <t>Devletin Suretleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059436632</t>
+          <t>9786059436892</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Okuryazarlığın Kullanımları</t>
+          <t>Üniversite, Sosyoloji, Toplum</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059436496</t>
+          <t>9786059436885</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin İhmal Edilmiş On Klasiği</t>
+          <t>Emile Durkheim: Bir Disiplinin Doğuşu</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059436373</t>
+          <t>9786059436861</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tarih ve Tarihçilik Kavramlar ve Pratikler</t>
+          <t>Getto</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059436380</t>
+          <t>9786059436298</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Patronlara Karşı, Oligarşilere Karşı: Richard Rorty ile Bir Söyleşi</t>
+          <t>Kimlik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058376281</t>
+          <t>9786059436182</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Doktor Bantam’ın Hayali</t>
+          <t>Küçük Ses</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059436441</t>
+          <t>9786059436847</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İktisat Sosyolojisi</t>
+          <t>Sosyoloji Zanaatı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058376298</t>
+          <t>9786059436748</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Metinler</t>
+          <t>İktisadın Gizli Günahları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059436007</t>
+          <t>9786059436120</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmde Devlet ve Ekonomi</t>
+          <t>İktisat: Eleştirel Ders Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058446663</t>
+          <t>3990000028979</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Varisler Öğrenciler ve Kültür</t>
+          <t>Modus Operandi İlişkisel Sosyal Bilimler Dergisi Sayı: 2 / Temmuz 2015</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058533318</t>
+          <t>3990000033776</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekonomizm Eleştirisi</t>
+          <t>Modus Operandi İlişkisel Sosyal Bilimler Dergisi Sayı: 4 / Mart - 2016</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059436410</t>
+          <t>3990000041018</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Modus Operandi İlişkisel Sosyal Bilimler Dergisi Sayı: 3 / Kasım 2015</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059436427</t>
+          <t>9786059436830</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Temel Şeyler</t>
+          <t>Heterodoks İktisat ve Çoğulculuğu Öğretmek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059436168</t>
+          <t>9786059436823</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Postmodernist İçin Postmortem</t>
+          <t>Heterodoks İktisat Kavramlarının Öğretilmesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059436076</t>
+          <t>9786059436816</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Söylemsel Bir Kimlik İnşası: Çerkesler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059436069</t>
+          <t>9786059436809</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İşçiliği Öğrenmek</t>
+          <t>Kadınlar, Ambarlar ve Sermayeler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059436137</t>
+          <t>9786059436724</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Rasyonalite</t>
+          <t>Kamu Maliyesinin Sosyal Teorisi: Disiplinlerarası Arayışlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059436144</t>
+          <t>9786059436731</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Etkileşim Ritüelleri</t>
+          <t>Doğa</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059436458</t>
+          <t>9786059436793</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Pornokrasi ya da Modern Zamanlarda Kadınlar</t>
+          <t>İmgelenen, İmgesel ve simgesel</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059436465</t>
+          <t>9786059436786</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Burada Ne Oluyor?</t>
+          <t>Bilimin Bilimi ve Düşünümsellik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059436434</t>
+          <t>9786059436779</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Toplum İçinde Davranmak</t>
+          <t>İktisadın Toplumsal Cinsiyetle Buluşması - Alan Çalışması</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059436229</t>
+          <t>9786059436762</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>"Uluslararası" Kavramını Yeniden Düşünmek</t>
+          <t>İktisat ve Toplumsal Cinsiyet - Kuramsal ve Felsefi Tartışmalar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059436250</t>
+          <t>9786059436755</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Kimlik ve Aidiyet Ekseninde Müslüman İspanyollar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059436403</t>
+          <t>9786059436717</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Popülizm: Büyük Hınç</t>
+          <t>Osmanlı İmparatorluğu’nda İktisat ve Kapitalizm</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059436397</t>
+          <t>9786059436700</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Para Kuramı</t>
+          <t>Amerikalı Köle Frederick Douglass’ın Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059436328</t>
+          <t>9786059436694</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Parayı Tahrif Et</t>
+          <t>Toplumsal Yaşamın Temelleri</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059436359</t>
+          <t>9786059436687</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Çıkarların Bilimi</t>
+          <t>Nasıl Düşünürüz?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059436342</t>
+          <t>9786059436670</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Konular Hakkında Yazmak</t>
+          <t>İnsan Toplumlarının Temelinde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059436274</t>
+          <t>9786059436656</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Metinler</t>
+          <t>Radikal Ampirizm Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059436236</t>
+          <t>9786059436663</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hobo Evsiz Adamın Sosyolojisi</t>
+          <t>Türkiye'de Gençlik Araştırmaları: Temalar, Yönelimler ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059436311</t>
+          <t>9786059436649</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Yabancı</t>
+          <t>Kültürlerararası Perspektifte İktisadi İnsan: Küçük Ölçekli 15 Toplumda Davranışsal Deneyler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059436205</t>
+          <t>9786059436632</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Irk Lekesi</t>
+          <t>Okuryazarlığın Kullanımları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>370</v>
+        <v>650</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059436113</t>
+          <t>9786059436496</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Neden Fransa’da Postyapısalcılık Yok?</t>
+          <t>Felsefenin İhmal Edilmiş On Klasiği</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059436014</t>
+          <t>9786059436373</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğlenirken Modernleşmek</t>
+          <t>Türkiye’de Tarih ve Tarihçilik Kavramlar ve Pratikler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056522451</t>
+          <t>9786059436380</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aylak Sınıfın Teorisi</t>
+          <t>Patronlara Karşı, Oligarşilere Karşı: Richard Rorty ile Bir Söyleşi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059436052</t>
+          <t>9786058376281</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hafızanın Toplumsal Çerçeveleri</t>
+          <t>Doktor Bantam’ın Hayali</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058446694</t>
+          <t>9786059436441</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tımarhaneler</t>
+          <t>İktisat Sosyolojisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059436304</t>
+          <t>9786058376298</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Gizli Yaraları</t>
+          <t>Seçilmiş Metinler</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059436281</t>
+          <t>9786059436007</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aidiyet ve Soykırım</t>
+          <t>Kapitalizmde Devlet ve Ekonomi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059436199</t>
+          <t>9786058446663</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zihin, Benlik ve Toplum</t>
+          <t>Varisler Öğrenciler ve Kültür</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059436243</t>
+          <t>9786058533318</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Makaleler</t>
+          <t>Bir Ekonomizm Eleştirisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058446632</t>
+          <t>9786059436410</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şehir</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058446670</t>
+          <t>9786059436427</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Damga</t>
+          <t>Temel Şeyler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056522499</t>
+          <t>9786059436168</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hariciler (Outsiders)</t>
+          <t>Bir Postmodernist İçin Postmortem</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056522482</t>
+          <t>9786059436076</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Toplumsal Kullanımları</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056522475</t>
+          <t>9786059436069</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi</t>
+          <t>İşçiliği Öğrenmek</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056522468</t>
+          <t>9786059436137</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Üretim</t>
+          <t>İktisat ve Rasyonalite</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059436083</t>
+          <t>9786059436144</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alanda İlişkiler</t>
+          <t>Etkileşim Ritüelleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058446656</t>
+          <t>9786059436458</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sefaleti</t>
+          <t>Pornokrasi ya da Modern Zamanlarda Kadınlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058376236</t>
+          <t>9786059436465</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Antropolojinin Akrabalık Yaklaşımları</t>
+          <t>Burada Ne Oluyor?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058376229</t>
+          <t>9786059436434</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Meseleleri</t>
+          <t>Toplum İçinde Davranmak</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056522406</t>
+          <t>9786059436229</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Saf Hoşgörünün Bir Eleştirisi</t>
+          <t>"Uluslararası" Kavramını Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058376243</t>
+          <t>9786059436250</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Piyasa İslamı</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058376205</t>
+          <t>9786059436403</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Kültürel Çalışmaları</t>
+          <t>Popülizm: Büyük Hınç</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059436595</t>
+          <t>9786059436397</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Kan</t>
+          <t>Marx’ın Para Kuramı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059436564</t>
+          <t>9786059436328</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Reklamlarda Toplumsal Cinsiyet</t>
+          <t>Parayı Tahrif Et</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>430</v>
+        <v>330</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059436618</t>
+          <t>9786059436359</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal İktisat</t>
+          <t>Tutkulu Çıkarların Bilimi</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059436588</t>
+          <t>9786059436342</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aylak Sınıfın İktisadi Teorisi</t>
+          <t>İktisadi Konular Hakkında Yazmak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059436571</t>
+          <t>9786059436274</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bolşevizm Üzerine Metinler</t>
+          <t>Seçilmiş Metinler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059436601</t>
+          <t>9786059436236</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Walden</t>
+          <t>Hobo Evsiz Adamın Sosyolojisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059436540</t>
+          <t>9786059436311</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Darwin'in Katedrali</t>
+          <t>Ormandaki Yabancı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059436625</t>
+          <t>9786059436205</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma Mücadelesi</t>
+          <t>Irk Lekesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059436519</t>
+          <t>9786059436113</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Halk Düşmanları ve Ahlaki Panikler</t>
+          <t>Neden Fransa’da Postyapısalcılık Yok?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059436533</t>
+          <t>9786059436014</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx’ın Sosyalist İktisadı ve Sosyalizm Üzerine Metinler</t>
+          <t>Eğlenirken Modernleşmek</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
+          <t>9786056522451</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Aylak Sınıfın Teorisi</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786059436052</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Hafızanın Toplumsal Çerçeveleri</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786058446694</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Tımarhaneler</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786059436304</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Sınıfın Gizli Yaraları</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786059436281</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Aidiyet ve Soykırım</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059436199</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Zihin, Benlik ve Toplum</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786059436243</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Seçilmiş Makaleler</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786058446632</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Şehir</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786058446670</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Damga</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786056522499</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Hariciler (Outsiders)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786056522482</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Toplumsal Kullanımları</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786056522475</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji Tarihi</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786056522468</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Üretim</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786059436083</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Kamusal Alanda İlişkiler</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786058446656</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Sefaleti</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786058376236</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Antropolojinin Akrabalık Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786058376229</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji Meseleleri</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786056522406</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Saf Hoşgörünün Bir Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786058376243</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Piyasa İslamı</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786058376205</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>İngiliz Kültürel Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059436595</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Ateş ve Kan</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786059436564</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Reklamlarda Toplumsal Cinsiyet</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786059436618</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Davranışsal İktisat</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786059436588</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Aylak Sınıfın İktisadi Teorisi</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786059436571</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Bolşevizm Üzerine Metinler</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786059436601</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Tekerlekli Walden</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786059436540</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Darwin'in Katedrali</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786059436625</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınma Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786059436519</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Halk Düşmanları ve Ahlaki Panikler</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786059436533</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Karl Marx’ın Sosyalist İktisadı ve Sosyalizm Üzerine Metinler</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
           <t>9786059436526</t>
         </is>
       </c>
-      <c r="B101" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Kenardakiler</t>
         </is>
       </c>
-      <c r="C101" s="1">
+      <c r="C131" s="1">
         <v>470</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>