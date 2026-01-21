--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,2350 +85,2380 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259576282</t>
+          <t>9786259357706</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şifa</t>
+          <t>Bu Çağ’da</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>490</v>
+        <v>440</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789756130193</t>
+          <t>9786259576299</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ey Dünya İnsanları Hepiniz Türksünüz</t>
+          <t>İlahi Evlilik ve Kutsal Cinsellik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>690</v>
+        <v>520</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259576251</t>
+          <t>9786259576282</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hint Felsefeleri</t>
+          <t>Şifa</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>890</v>
+        <v>490</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259576275</t>
+          <t>9789756130193</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Üç Bilge Kral</t>
+          <t>Ey Dünya İnsanları Hepiniz Türksünüz</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>690</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057737700</t>
+          <t>9786259576251</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eterik Beden</t>
+          <t>Hint Felsefeleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>890</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259576220</t>
+          <t>9786259576275</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kristal Küreyle Görü ve Majikal Durugörü</t>
+          <t>Üç Bilge Kral</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>690</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259576244</t>
+          <t>9786057737700</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mithra Gizemleri</t>
+          <t>Eterik Beden</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259576237</t>
+          <t>9786259576220</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ritüel Majiye Giriş</t>
+          <t>Kristal Küreyle Görü ve Majikal Durugörü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259576213</t>
+          <t>9786259576244</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Psişik Güçleri Geliştirme Rehberi</t>
+          <t>Mithra Gizemleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>620</v>
+        <v>480</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259576206</t>
+          <t>9786259576237</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme’nin Işık İnsanları</t>
+          <t>Ritüel Majiye Giriş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756130117</t>
+          <t>9786259576213</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Maji: Anlamı, Amacı, Gücü</t>
+          <t>Psişik Güçleri Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>410</v>
+        <v>620</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057737311</t>
+          <t>9786259576206</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İnsandan Tanrıya - Sefirot ve Melekler Hiyerarşisi</t>
+          <t>Kendini Bilme’nin Işık İnsanları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057737557</t>
+          <t>9789756130117</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 2 (Ciltli)</t>
+          <t>Maji: Anlamı, Amacı, Gücü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>975</v>
+        <v>410</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756130902</t>
+          <t>9786057737311</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Doğumdan Önce Başlar</t>
+          <t>İnsandan Tanrıya - Sefirot ve Melekler Hiyerarşisi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259839486</t>
+          <t>9786057737557</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Astrolojik Çağlar / Ezoterik Astroloji 3. Cilt</t>
+          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>480</v>
+        <v>975</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259839479</t>
+          <t>9789756130902</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacı</t>
+          <t>Eğitim Doğumdan Önce Başlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259839455</t>
+          <t>9786259839486</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Semboller ve Ezoterizm</t>
+          <t>Astrolojik Çağlar / Ezoterik Astroloji 3. Cilt</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259839462</t>
+          <t>9786259839479</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İnitium İntum</t>
+          <t>Hayat Ağacı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259424477</t>
+          <t>9786259839455</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Thiaoouba Kehaneti</t>
+          <t>Sinemada Semboller ve Ezoterizm</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259839448</t>
+          <t>9786259839462</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Güç Döngüleri</t>
+          <t>İnitium İntum</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057737953</t>
+          <t>9786259424477</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kolay Tarot El Kitabı</t>
+          <t>Thiaoouba Kehaneti</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057737588</t>
+          <t>9786259839448</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Astral Alem</t>
+          <t>Güç Döngüleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259839431</t>
+          <t>9786057737953</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Orta Sütun</t>
+          <t>Kolay Tarot El Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>440</v>
+        <v>640</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259839424</t>
+          <t>9786057737588</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mısır Şamanı</t>
+          <t>Astral Alem</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756130346</t>
+          <t>9786259839431</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Enok’un Kitabı</t>
+          <t>Orta Sütun</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259839417</t>
+          <t>9786259839424</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Buda'nın Sekizli Yüce Yolu</t>
+          <t>Mısır Şamanı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057737465</t>
+          <t>9789756130346</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizmin Bilimsel İspatı Kuantum</t>
+          <t>Peygamber Enok’un Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>580</v>
+        <v>590</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259424439</t>
+          <t>9786259839417</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Astral’den Akaşa’ya</t>
+          <t>Buda'nın Sekizli Yüce Yolu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259424484</t>
+          <t>9786057737465</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kabala Nedir?</t>
+          <t>Ezoterizmin Bilimsel İspatı Kuantum</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259424491</t>
+          <t>9786259424439</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mısır İnisiyesi Yeheşua</t>
+          <t>Astral’den Akaşa’ya</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259839400</t>
+          <t>9786259424484</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Durugörü ve Aura Okuma Nasıl Geliştirilir?</t>
+          <t>Sorularla Kabala Nedir?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259424453</t>
+          <t>9786259424491</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Reenkarnasyon</t>
+          <t>Mısır İnisiyesi Yeheşua</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259424460</t>
+          <t>9786259839400</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Efsane ve Gerçek</t>
+          <t>Durugörü ve Aura Okuma Nasıl Geliştirilir?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259424446</t>
+          <t>9786259424453</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Gizemi</t>
+          <t>Reenkarnasyon</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259424422</t>
+          <t>9786259424460</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Enok'tan Ölüdeniz Yazmaları'na Dek Essenilerin Öğretileri</t>
+          <t>Atlantis Efsane ve Gerçek</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057737809</t>
+          <t>9786259424446</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Cemiyetler ve Çalışmaları</t>
+          <t>Ateşin Gizemi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259424408</t>
+          <t>9786259424422</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme'nin Gizemleri</t>
+          <t>Enok'tan Ölüdeniz Yazmaları'na Dek Essenilerin Öğretileri</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259424415</t>
+          <t>9786057737809</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mental Beden</t>
+          <t>Ezoterik Cemiyetler ve Çalışmaları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>460</v>
+        <v>340</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057255099</t>
+          <t>9786259424408</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Albert Pike ve Masonik Ezoterizm</t>
+          <t>Kendini Bilme'nin Gizemleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057255075</t>
+          <t>9786259424415</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Maji - Anlamı, Amacı, Gücü</t>
+          <t>Mental Beden</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057255068</t>
+          <t>9786057255099</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tevhid - İlahi Regresyon Öğretisi</t>
+          <t>Albert Pike ve Masonik Ezoterizm</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057255051</t>
+          <t>9786057255075</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Krallığı</t>
+          <t>Maji - Anlamı, Amacı, Gücü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057255037</t>
+          <t>9786057255068</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Astroteoloji ve Kadim Masonik Astroloji</t>
+          <t>Tevhid - İlahi Regresyon Öğretisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>640</v>
+        <v>380</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057255044</t>
+          <t>9786057255051</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşi</t>
+          <t>Tanrıların Krallığı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057255020</t>
+          <t>9786057255037</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tertium Organum</t>
+          <t>Astroteoloji ve Kadim Masonik Astroloji</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>460</v>
+        <v>640</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057255013</t>
+          <t>9786057255044</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>5 Ezoterik İnci</t>
+          <t>Ruh Eşi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057285195</t>
+          <t>9786057255020</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>33 Kavram ile Aile Köklerinin Tesirleri - Yaşam Denge Dans</t>
+          <t>Tertium Organum</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057255006</t>
+          <t>9786057255013</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Açıdan Türk Şamanizmi</t>
+          <t>5 Ezoterik İnci</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057285164</t>
+          <t>9786057285195</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Allah Hayatı Niye Yarattı?</t>
+          <t>33 Kavram ile Aile Köklerinin Tesirleri - Yaşam Denge Dans</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057285188</t>
+          <t>9786057255006</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Işığın Mücevherleri - Günlük Hayata Okült Bakışlar</t>
+          <t>Ezoterik Açıdan Türk Şamanizmi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057285171</t>
+          <t>9786057285164</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sevgili</t>
+          <t>Allah Hayatı Niye Yarattı?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057285133</t>
+          <t>9786057285188</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hermetik Masonluk</t>
+          <t>Işığın Mücevherleri - Günlük Hayata Okült Bakışlar</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057285157</t>
+          <t>9786057285171</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik ve Egzoterik Tarot Açılımları</t>
+          <t>Şeytan Sevgili</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057285140</t>
+          <t>9786057285133</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sen Yürüyen Evrensin</t>
+          <t>Hermetik Masonluk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057285126</t>
+          <t>9786057285157</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aklımdaki Yoncalar</t>
+          <t>Ezoterik ve Egzoterik Tarot Açılımları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057285119</t>
+          <t>9786057285140</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme'nin Ezıoterik Dilleri</t>
+          <t>Sen Yürüyen Evrensin</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057285102</t>
+          <t>9786057285126</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Sana Dönüyorum</t>
+          <t>Aklımdaki Yoncalar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057737984</t>
+          <t>9786057285119</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kabala'nın İhtişamlı Sırları: 72 Kod</t>
+          <t>Kendini Bilme'nin Ezıoterik Dilleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057737991</t>
+          <t>9786057285102</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücü ve Okültizm</t>
+          <t>Tanrım Sana Dönüyorum</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057737977</t>
+          <t>9786057737984</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İnanna'dan Umay'a Lilith'den Al Karısı'na Türk Mitolojisinde Tanrıçalar ve Cadılar</t>
+          <t>Kabala'nın İhtişamlı Sırları: 72 Kod</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>750</v>
+        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057737960</t>
+          <t>9786057737991</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Üstatları</t>
+          <t>Zihin Gücü ve Okültizm</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057737946</t>
+          <t>9786057737977</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Törensel Maji</t>
+          <t>İnanna'dan Umay'a Lilith'den Al Karısı'na Türk Mitolojisinde Tanrıçalar ve Cadılar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>480</v>
+        <v>790</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057737939</t>
+          <t>9786057737960</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinde Fantastik Varlıklar</t>
+          <t>Hikmet Üstatları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>750</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057737915</t>
+          <t>9786057737946</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Jung ve Ezoterizm</t>
+          <t>Törensel Maji</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>330</v>
+        <v>620</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057737861</t>
+          <t>9786057737939</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pratik Teosofi</t>
+          <t>Türk Mitolojisinde Fantastik Varlıklar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>310</v>
+        <v>750</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057737878</t>
+          <t>9786057737915</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Majinin Gizemleri</t>
+          <t>Jung ve Ezoterizm</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057737885</t>
+          <t>9786057737861</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kadim Sırları</t>
+          <t>Pratik Teosofi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057737892</t>
+          <t>9786057737878</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İlahi Bioenerji Şifa Öğretisi</t>
+          <t>Majinin Gizemleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>540</v>
+        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>4440000000890</t>
+          <t>9786057737885</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Astral Seyahat</t>
+          <t>İstanbul’un Kadim Sırları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057737922</t>
+          <t>9786057737892</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yaşam İksiri</t>
+          <t>İlahi Bioenerji Şifa Öğretisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057737908</t>
+          <t>4440000000890</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Üç Gezegen: Uranüs, Neptün, Plüton</t>
+          <t>Astral Seyahat</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057737854</t>
+          <t>9786057737922</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Güç Çemberleri - Hermetik Majiye Giriş</t>
+          <t>Yaşam İksiri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>620</v>
+        <v>260</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057737847</t>
+          <t>9786057737908</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şifa Allah'tandır</t>
+          <t>Dünyayı Değiştiren Üç Gezegen: Uranüs, Neptün, Plüton</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057737830</t>
+          <t>9786057737854</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Pagan Mesih: Tyanalı Apollonius - Filozof, Majisyen, Kahin</t>
+          <t>Güç Çemberleri - Hermetik Majiye Giriş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>390</v>
+        <v>620</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057737823</t>
+          <t>9786057737847</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl İlluminati</t>
+          <t>Şifa Allah'tandır</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>580</v>
+        <v>410</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057737816</t>
+          <t>9786057737830</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gurdjieff: Yeni Bir Dünya Yaratmak</t>
+          <t>Pagan Mesih: Tyanalı Apollonius - Filozof, Majisyen, Kahin</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>560</v>
+        <v>390</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057737793</t>
+          <t>9786057737823</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Güzel-İz</t>
+          <t>Üst Akıl İlluminati</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057737779</t>
+          <t>9786057737816</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname 7</t>
+          <t>Gurdjieff: Yeni Bir Dünya Yaratmak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>310</v>
+        <v>560</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057737755</t>
+          <t>9786057737793</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Okült İncelemeler</t>
+          <t>Güzel-İz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057737731</t>
+          <t>9786057737779</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Psişik Gelişim</t>
+          <t>Seyahatname 7</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>480</v>
+        <v>310</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057737724</t>
+          <t>9786057737755</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hür Masonluğun Büyük Üstadı Hiram Abif</t>
+          <t>Okült İncelemeler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057737748</t>
+          <t>9786057737731</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Olası Dönüşüm Psikolojisi</t>
+          <t>Yüksek Psişik Gelişim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057737687</t>
+          <t>9786057737724</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Işığın Oğlu</t>
+          <t>Hür Masonluğun Büyük Üstadı Hiram Abif</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057737694</t>
+          <t>9786057737748</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Maji ve Kabala</t>
+          <t>İnsanın Olası Dönüşüm Psikolojisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057737717</t>
+          <t>9786057737687</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Astral Beden ve Diğer Astral Fenomenler</t>
+          <t>Işığın Oğlu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057737670</t>
+          <t>9786057737694</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Çağı - Ezoterik Öğretiler Ansiklopedisi Cilt 4</t>
+          <t>Maji ve Kabala</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>975</v>
+        <v>410</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057737663</t>
+          <t>9786057737717</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hermes’in İzinde</t>
+          <t>Astral Beden ve Diğer Astral Fenomenler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>520</v>
+        <v>460</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057737632</t>
+          <t>9786057737670</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Astroloji 1. Cilt</t>
+          <t>Aydınlanma Çağı - Ezoterik Öğretiler Ansiklopedisi Cilt 4</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>460</v>
+        <v>975</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057737618</t>
+          <t>9786057737663</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Saatler Astrolojisi ile Kehanet Sanatı</t>
+          <t>Hermes’in İzinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057737571</t>
+          <t>9786057737632</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Majiye Çıraklık</t>
+          <t>Ezoterik Astroloji 1. Cilt</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057737564</t>
+          <t>9786057737618</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yoga Nefes Bilimi</t>
+          <t>Saatler Astrolojisi ile Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057737540</t>
+          <t>9786057737571</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Bektaşilik</t>
+          <t>Majiye Çıraklık</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057737533</t>
+          <t>9786057737564</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Alemleri Bilmek ve Erişmek</t>
+          <t>Yoga Nefes Bilimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057737502</t>
+          <t>9786057737540</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Aşkı - Uyanış Seansları 2</t>
+          <t>Bilinmeyen Yönleriyle Bektaşilik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057737519</t>
+          <t>9786057737533</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ın Ezoterik Yorumu ve Hanif Din</t>
+          <t>Yüksek Alemleri Bilmek ve Erişmek</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057737526</t>
+          <t>9786057737502</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Majisyen Eğitimi ve Çalışması</t>
+          <t>Ruhların Aşkı - Uyanış Seansları 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057737496</t>
+          <t>9786057737519</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 1 (Ciltli)</t>
+          <t>Kuran’ın Ezoterik Yorumu ve Hanif Din</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>975</v>
+        <v>440</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057737458</t>
+          <t>9786057737526</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kapısından Geçiş</t>
+          <t>Majisyen Eğitimi ve Çalışması</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057737427</t>
+          <t>9786057737496</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname 6</t>
+          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>310</v>
+        <v>975</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057737403</t>
+          <t>9786057737458</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>12 Adımda Ruhsal Aydınlanma</t>
+          <t>Ölüm Kapısından Geçiş</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057737397</t>
+          <t>9786057737427</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Maji Sanatı</t>
+          <t>Seyahatname 6</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057737410</t>
+          <t>9786057737403</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>En’el Aşk</t>
+          <t>12 Adımda Ruhsal Aydınlanma</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057737359</t>
+          <t>9786057737397</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nazi Dini ve Hitler’in Gizemleri</t>
+          <t>Maji Sanatı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057737366</t>
+          <t>9786057737410</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İçsel Gelişim - Farkındalık ve Aydınlanma Çalışma Kitabı</t>
+          <t>En’el Aşk</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>540</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057737328</t>
+          <t>9786057737359</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şambala - Ölümsüzlerin Işık Vahası</t>
+          <t>Nazi Dini ve Hitler’in Gizemleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057737304</t>
+          <t>9786057737366</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mucizevinin Arayışı - Gurdjieff Öğretileri</t>
+          <t>İçsel Gelişim - Farkındalık ve Aydınlanma Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>620</v>
+        <v>540</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057737205</t>
+          <t>9786057737328</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İnisiye</t>
+          <t>Şambala - Ölümsüzlerin Işık Vahası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057737212</t>
+          <t>9786057737304</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Üç Batıni Bilge</t>
+          <t>Mucizevinin Arayışı - Gurdjieff Öğretileri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>410</v>
+        <v>620</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057737168</t>
+          <t>9786057737205</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Gelişim ve Temel İlkeler</t>
+          <t>İnisiye</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057737175</t>
+          <t>9786057737212</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Reiki</t>
+          <t>Üç Batıni Bilge</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057737151</t>
+          <t>9786057737168</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hermetik Evlilik</t>
+          <t>Ruhsal Gelişim ve Temel İlkeler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057737120</t>
+          <t>9786057737175</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Alev İnisiyeleri</t>
+          <t>Reiki</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057737137</t>
+          <t>9786057737151</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Günlük Meditasyonlar</t>
+          <t>Hermetik Evlilik</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057737113</t>
+          <t>9786057737120</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Atlantis İnisiyasyonu Tarot</t>
+          <t>Alev İnisiyeleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>720</v>
+        <v>350</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057737090</t>
+          <t>9786057737137</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kundalini - Okült Bir Deneyim</t>
+          <t>Günlük Meditasyonlar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057737106</t>
+          <t>9786057737113</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sen H.İ.Ç Ol! Şifresi: 40</t>
+          <t>Atlantis İnisiyasyonu Tarot</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>420</v>
+        <v>720</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057737076</t>
+          <t>9786057737090</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Batıni Doktrinler Tarihi</t>
+          <t>Kundalini - Okült Bir Deneyim</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>720</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057737069</t>
+          <t>9786057737106</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Simyanın Taşı</t>
+          <t>Sen H.İ.Ç Ol! Şifresi: 40</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057737052</t>
+          <t>9786057737076</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Eril ve Dişil Enerji Eğitimi - Uyanış Seansları 1</t>
+          <t>Ezoterik Batıni Doktrinler Tarihi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>390</v>
+        <v>720</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057737045</t>
+          <t>9786057737069</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Psişik Korunma</t>
+          <t>Simyanın Taşı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057737021</t>
+          <t>9786057737052</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya</t>
+          <t>Eril ve Dişil Enerji Eğitimi - Uyanış Seansları 1</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756130964</t>
+          <t>9786057737045</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hermesçi Bilimlere Giriş</t>
+          <t>Psişik Korunma</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>540</v>
+        <v>480</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756130988</t>
+          <t>9786057737021</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Olan Robot</t>
+          <t>Yeni Bir Dünya</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756130940</t>
+          <t>9789756130964</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Zodyak İnsan ve Evrenin Anahtarı</t>
+          <t>Hermesçi Bilimlere Giriş</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756130933</t>
+          <t>9789756130988</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İndirilme Sırasına Göre Yüce Kur-an’ı Kerim ve Meali</t>
+          <t>Ruhu Olan Robot</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>900</v>
+        <v>440</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756130926</t>
+          <t>9789756130940</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğe Uyanış</t>
+          <t>Zodyak İnsan ve Evrenin Anahtarı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756130957</t>
+          <t>9789756130933</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname 5</t>
+          <t>İndirilme Sırasına Göre Yüce Kur-an’ı Kerim ve Meali</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>310</v>
+        <v>900</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756130827</t>
+          <t>9789756130926</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tapınak - Tanrı’nın Unuttuğu Kavim İsrailoğulları</t>
+          <t>Ölümsüzlüğe Uyanış</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756130896</t>
+          <t>9789756130957</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Güç veya Kanatlı Ejderha</t>
+          <t>Seyahatname 5</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756130889</t>
+          <t>9789756130827</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Yogası</t>
+          <t>Tapınak - Tanrı’nın Unuttuğu Kavim İsrailoğulları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057737649</t>
+          <t>9789756130896</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 3 (Ciltli)</t>
+          <t>Cinsel Güç veya Kanatlı Ejderha</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>975</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756130797</t>
+          <t>9789756130889</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tanrısal Maji Kitabı</t>
+          <t>Beslenme Yogası</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756130780</t>
+          <t>9786057737649</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat İçin Altın Kurallar</t>
+          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>340</v>
+        <v>975</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756130810</t>
+          <t>9789756130797</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Amazon</t>
+          <t>Tanrısal Maji Kitabı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756130803</t>
+          <t>9789756130780</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Gündelik Hayat İçin Altın Kurallar</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054262830</t>
+          <t>9789756130810</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aşk-i-Kar</t>
+          <t>Aşk-ı Amazon</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756130759</t>
+          <t>9789756130803</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Üzülme! Çünkü Ol Der ve Olur</t>
+          <t>Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756130728</t>
+          <t>9786054262830</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Pınarı</t>
+          <t>Aşk-i-Kar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756130667</t>
+          <t>9789756130759</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Siz Bir Tuhafsınız - Tuhaflar Kulübü 1. Kitap</t>
+          <t>Üzülme! Çünkü Ol Der ve Olur</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756130643</t>
+          <t>9789756130728</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Ruh ve Ölüm Ötesi</t>
+          <t>Sağlık Pınarı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756130629</t>
+          <t>9789756130667</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’nın Gölgesinde Alem-i Suğra</t>
+          <t>Siz Bir Tuhafsınız - Tuhaflar Kulübü 1. Kitap</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756130599</t>
+          <t>9789756130643</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname 2</t>
+          <t>Mısır’da Ruh ve Ölüm Ötesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756130605</t>
+          <t>9789756130629</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Davul ve Mum</t>
+          <t>Kafdağı’nın Gölgesinde Alem-i Suğra</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057737762</t>
+          <t>9789756130599</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamda Pratik Okültizm</t>
+          <t>Seyahatname 2</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756130544</t>
+          <t>9789756130605</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Mabedinin Eşiğinde</t>
+          <t>Davul ve Mum</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057737656</t>
+          <t>9786057737762</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Evliliğin Ezoterik Felsefesi</t>
+          <t>Günlük Yaşamda Pratik Okültizm</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756130520</t>
+          <t>9789756130544</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dr. Taverner'in Sırları</t>
+          <t>Bilgelik Mabedinin Eşiğinde</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756130513</t>
+          <t>9786057737656</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Yüreğine Yolculuk - İçsel Ses</t>
+          <t>Aşk ve Evliliğin Ezoterik Felsefesi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756130537</t>
+          <t>9789756130520</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kozmik Sembolleri Tamgalar</t>
+          <t>Dr. Taverner'in Sırları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>710</v>
+        <v>420</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756130384</t>
+          <t>9789756130513</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kökcanlandırmak Sunumlarıyla Ataların Gölgesinden Aydınlığa</t>
+          <t>Hakikatin Yüreğine Yolculuk - İçsel Ses</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756130650</t>
+          <t>9789756130537</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Konsantrasyon</t>
+          <t>Türklerin Kozmik Sembolleri Tamgalar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>460</v>
+        <v>710</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756130094</t>
+          <t>9789756130384</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kabalaya Giriş ve Hermetik Geleneği - Sefer Yezirah</t>
+          <t>Kökcanlandırmak Sunumlarıyla Ataların Gölgesinden Aydınlığa</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756130339</t>
+          <t>9789756130650</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Masonlarının Uygulamaları</t>
+          <t>Konsantrasyon</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
+          <t>9789756130094</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kabalaya Giriş ve Hermetik Geleneği - Sefer Yezirah</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789756130339</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Eski Türk Masonlarının Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
           <t>9786057737182</t>
         </is>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Psiko-Regresyon</t>
         </is>
       </c>
-      <c r="C155" s="1">
+      <c r="C157" s="1">
         <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>