--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,2380 +85,3220 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259357706</t>
+          <t>9786259839493</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağ’da</t>
+          <t>Üçgen İçindeki Göz</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>440</v>
+        <v>880</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259576299</t>
+          <t>9789756130490</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlahi Evlilik ve Kutsal Cinsellik</t>
+          <t>Temel Astroloji</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>520</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259576282</t>
+          <t>9789756130698</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şifa</t>
+          <t>Varoluş ve Ötesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>490</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789756130193</t>
+          <t>9789756130735</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ey Dünya İnsanları Hepiniz Türksünüz</t>
+          <t>Seyahatname 4</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>690</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259576251</t>
+          <t>9789756130711</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hint Felsefeleri</t>
+          <t>Kayıp Tanrıçanın Mabedinde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>890</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259576275</t>
+          <t>9789756130582</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üç Bilge Kral</t>
+          <t>Asla Vazgeçme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>690</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057737700</t>
+          <t>9789756130636</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eterik Beden</t>
+          <t>Bilgelik Yolu: Batıniler Sufiler ve Şamanlar Arasında</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259576220</t>
+          <t>9789756130674</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kristal Küreyle Görü ve Majikal Durugörü</t>
+          <t>Seyahatname 3</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259576244</t>
+          <t>9789756130391</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mithra Gizemleri</t>
+          <t>1 2 3 Sıçra</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>480</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259576237</t>
+          <t>9789756130506</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ritüel Majiye Giriş</t>
+          <t>Abra Kadabra!</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>480</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259576213</t>
+          <t>9789756130483</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Psişik Güçleri Geliştirme Rehberi</t>
+          <t>Anatula</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>620</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259576206</t>
+          <t>9789756130575</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme’nin Işık İnsanları</t>
+          <t>Paganizm - 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756130117</t>
+          <t>9789756130551</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Maji: Anlamı, Amacı, Gücü</t>
+          <t>Kadının Gölgelendirilmiş Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>410</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057737311</t>
+          <t>9786057737786</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsandan Tanrıya - Sefirot ve Melekler Hiyerarşisi</t>
+          <t>La - Evrenin Gizli Dili</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057737557</t>
+          <t>9786057737472</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 2 (Ciltli)</t>
+          <t>Beş Element Majisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>975</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756130902</t>
+          <t>9786057737434</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Doğumdan Önce Başlar</t>
+          <t>Hakikatin Sırrı (Gül Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259839486</t>
+          <t>9786057737373</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Astrolojik Çağlar / Ezoterik Astroloji 3. Cilt</t>
+          <t>Süptil Merkezler ve Bedenler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>480</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259839479</t>
+          <t>9789756130247</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacı</t>
+          <t>Üç Vakit Ayna</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>750</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259839455</t>
+          <t>9789756130469</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Semboller ve Ezoterizm</t>
+          <t>The Fountain of Health</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>480</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259839462</t>
+          <t>9789756130209</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnitium İntum</t>
+          <t>Tanrı’nın Eşekleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259424477</t>
+          <t>9789756130452</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Thiaoouba Kehaneti</t>
+          <t>Sağlıklı Yaşlanma - Anti Aging</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>380</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259839448</t>
+          <t>9789756130407</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Güç Döngüleri</t>
+          <t>Sağlıklı Okültizm</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057737953</t>
+          <t>9789756130360</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kolay Tarot El Kitabı</t>
+          <t>Resimle İçgelişim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>640</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057737588</t>
+          <t>9789756130438</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Astral Alem</t>
+          <t>Paganizm 1: Kadim Bilgeliğe Giriş</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>340</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259839431</t>
+          <t>9789756130322</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Orta Sütun</t>
+          <t>Mistik Kabala</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>440</v>
+        <v>720</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259839424</t>
+          <t>9789756130476</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mısır Şamanı</t>
+          <t>Mavinin Adı Ne? İnsan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>420</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756130346</t>
+          <t>9789756130261</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Enok’un Kitabı</t>
+          <t>Kybalion - Yedi Kozmik Yasa</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>590</v>
+        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259839417</t>
+          <t>9789756130681</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Buda'nın Sekizli Yüce Yolu</t>
+          <t>Kuşdili Kılavuzu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057737465</t>
+          <t>9789756130315</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizmin Bilimsel İspatı Kuantum</t>
+          <t>Hermetik Bilge Pitagoras</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>580</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259424439</t>
+          <t>9789756130025</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Astral’den Akaşa’ya</t>
+          <t>Havass’ın Derinlikleri Kitap 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259424484</t>
+          <t>9789756130155</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kabala Nedir?</t>
+          <t>Bilinmeyen Yönleriyle Hanif Din</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259424491</t>
+          <t>9789756130216</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mısır İnisiyesi Yeheşua</t>
+          <t>Gül-Haç Evren Kavramı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>360</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259839400</t>
+          <t>9789756130032</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Durugörü ve Aura Okuma Nasıl Geliştirilir?</t>
+          <t>Gizli Tibet Tibet Mucizeleri ve Ölümsüzler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>340</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259424453</t>
+          <t>9789756130742</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Reenkarnasyon</t>
+          <t>Gerçek Şifa Sanatı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259424460</t>
+          <t>9789756130292</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Efsane ve Gerçek</t>
+          <t>Festival</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259424446</t>
+          <t>9789756130308</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Gizemi</t>
+          <t>Erg-Enek-On İnsanın Kökenine Yolculuk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259424422</t>
+          <t>9789756130254</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Enok'tan Ölüdeniz Yazmaları'na Dek Essenilerin Öğretileri</t>
+          <t>Elektrikler Kesikti Çalışamadık Allahım!</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057737809</t>
+          <t>9786056231704</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Cemiyetler ve Çalışmaları</t>
+          <t>Dal veya Zal</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>340</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259424408</t>
+          <t>9790955128102</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme'nin Gizemleri</t>
+          <t>Celsus Melek Kartları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259424415</t>
+          <t>9789756130445</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mental Beden</t>
+          <t>Buda Kimdir?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>460</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057255099</t>
+          <t>9789756130063</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Albert Pike ve Masonik Ezoterizm</t>
+          <t>Batının Şövalyeleri, Doğunun Fakirleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057255075</t>
+          <t>9789756130131</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Maji - Anlamı, Amacı, Gücü</t>
+          <t>Başarının Ritmini Solumak</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057255068</t>
+          <t>9789756130223</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tevhid - İlahi Regresyon Öğretisi</t>
+          <t>Aykuşu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057255051</t>
+          <t>9786051250243</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Krallığı</t>
+          <t>Avşar Kızı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>390</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057255037</t>
+          <t>9789756130162</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Astroteoloji ve Kadim Masonik Astroloji</t>
+          <t>Sadra Tanrı Onun İçin Ağlamadı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>640</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057255044</t>
+          <t>9789756130148</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşi</t>
+          <t>Breathing The Rhythm of Success</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057255020</t>
+          <t>9789756130421</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tertium Organum</t>
+          <t>Beyaz Sabah Sayfaları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>460</v>
+        <v>40</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057255013</t>
+          <t>9786057737144</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>5 Ezoterik İnci</t>
+          <t>O’nun Sırları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>310</v>
+        <v>52</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057285195</t>
+          <t>9786057737014</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>33 Kavram ile Aile Köklerinin Tesirleri - Yaşam Denge Dans</t>
+          <t>Geometrik Şekillerin Dili</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057255006</t>
+          <t>9786057737038</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Açıdan Türk Şamanizmi</t>
+          <t>Doğa Kitabı Sözlüğü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>320</v>
+        <v>72</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057285164</t>
+          <t>9789756130971</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Allah Hayatı Niye Yarattı?</t>
+          <t>Homo Luminous - Sınırsız'a Yolculuk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057285188</t>
+          <t>9789756130995</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Işığın Mücevherleri - Günlük Hayata Okült Bakışlar</t>
+          <t>Yaratıcı Yaratılış ve Evrim</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057285171</t>
+          <t>9789756130841</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Sevgili</t>
+          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057285133</t>
+          <t>9786057737083</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hermetik Masonluk</t>
+          <t>Gnostik İttifak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057285157</t>
+          <t>9786259357720</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik ve Egzoterik Tarot Açılımları</t>
+          <t>Ayasofya: Kronos’un Mabedi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>420</v>
+        <v>770</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057285140</t>
+          <t>9786259357713</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sen Yürüyen Evrensin</t>
+          <t>Tarot’un Kartografisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057285126</t>
+          <t>9786259357706</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aklımdaki Yoncalar</t>
+          <t>Bu Çağ’da</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057285119</t>
+          <t>9786259576299</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bilme'nin Ezıoterik Dilleri</t>
+          <t>İlahi Evlilik ve Kutsal Cinsellik</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057285102</t>
+          <t>9786259576282</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Sana Dönüyorum</t>
+          <t>Şifa</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>540</v>
+        <v>490</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057737984</t>
+          <t>9789756130193</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kabala'nın İhtişamlı Sırları: 72 Kod</t>
+          <t>Ey Dünya İnsanları Hepiniz Türksünüz</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>380</v>
+        <v>690</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057737991</t>
+          <t>9786259576251</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücü ve Okültizm</t>
+          <t>Hint Felsefeleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>330</v>
+        <v>890</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057737977</t>
+          <t>9786259576275</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İnanna'dan Umay'a Lilith'den Al Karısı'na Türk Mitolojisinde Tanrıçalar ve Cadılar</t>
+          <t>Üç Bilge Kral</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>790</v>
+        <v>690</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057737960</t>
+          <t>9786057737700</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Üstatları</t>
+          <t>Eterik Beden</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057737946</t>
+          <t>9786259576220</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Törensel Maji</t>
+          <t>Kristal Küreyle Görü ve Majikal Durugörü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>620</v>
+        <v>420</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057737939</t>
+          <t>9786259576244</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinde Fantastik Varlıklar</t>
+          <t>Mithra Gizemleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>750</v>
+        <v>480</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057737915</t>
+          <t>9786259576237</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Jung ve Ezoterizm</t>
+          <t>Ritüel Majiye Giriş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057737861</t>
+          <t>9786259576213</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Pratik Teosofi</t>
+          <t>Psişik Güçleri Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>310</v>
+        <v>620</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057737878</t>
+          <t>9786259576206</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Majinin Gizemleri</t>
+          <t>Kendini Bilme’nin Işık İnsanları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057737885</t>
+          <t>9789756130117</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kadim Sırları</t>
+          <t>Maji: Anlamı, Amacı, Gücü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>440</v>
+        <v>410</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057737892</t>
+          <t>9786057737311</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlahi Bioenerji Şifa Öğretisi</t>
+          <t>İnsandan Tanrıya - Sefirot ve Melekler Hiyerarşisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>4440000000890</t>
+          <t>9786057737557</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Astral Seyahat</t>
+          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>450</v>
+        <v>975</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057737922</t>
+          <t>9789756130902</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yaşam İksiri</t>
+          <t>Eğitim Doğumdan Önce Başlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057737908</t>
+          <t>9786259839486</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Üç Gezegen: Uranüs, Neptün, Plüton</t>
+          <t>Astrolojik Çağlar / Ezoterik Astroloji 3. Cilt</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057737854</t>
+          <t>9786259839479</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güç Çemberleri - Hermetik Majiye Giriş</t>
+          <t>Hayat Ağacı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>620</v>
+        <v>750</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057737847</t>
+          <t>9786259839455</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şifa Allah'tandır</t>
+          <t>Sinemada Semboller ve Ezoterizm</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>410</v>
+        <v>560</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057737830</t>
+          <t>9786259839462</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Pagan Mesih: Tyanalı Apollonius - Filozof, Majisyen, Kahin</t>
+          <t>İnitium İntum</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057737823</t>
+          <t>9786259424477</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl İlluminati</t>
+          <t>Thiaoouba Kehaneti</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057737816</t>
+          <t>9786259839448</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gurdjieff: Yeni Bir Dünya Yaratmak</t>
+          <t>Güç Döngüleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>560</v>
+        <v>540</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057737793</t>
+          <t>9786057737953</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Güzel-İz</t>
+          <t>Kolay Tarot El Kitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>360</v>
+        <v>640</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057737779</t>
+          <t>9786057737588</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname 7</t>
+          <t>Astral Alem</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057737755</t>
+          <t>9786259839431</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Okült İncelemeler</t>
+          <t>Orta Sütun</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057737731</t>
+          <t>9786259839424</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Psişik Gelişim</t>
+          <t>Mısır Şamanı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>480</v>
+        <v>540</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057737724</t>
+          <t>9789756130346</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hür Masonluğun Büyük Üstadı Hiram Abif</t>
+          <t>Peygamber Enok’un Kitabı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>440</v>
+        <v>590</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057737748</t>
+          <t>9786259839417</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Olası Dönüşüm Psikolojisi</t>
+          <t>Buda'nın Sekizli Yüce Yolu</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057737687</t>
+          <t>9786057737465</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Işığın Oğlu</t>
+          <t>Ezoterizmin Bilimsel İspatı Kuantum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>420</v>
+        <v>580</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057737694</t>
+          <t>9786259424439</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Maji ve Kabala</t>
+          <t>Astral’den Akaşa’ya</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057737717</t>
+          <t>9786259424484</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Astral Beden ve Diğer Astral Fenomenler</t>
+          <t>Sorularla Kabala Nedir?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>460</v>
+        <v>310</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057737670</t>
+          <t>9786259424491</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Çağı - Ezoterik Öğretiler Ansiklopedisi Cilt 4</t>
+          <t>Mısır İnisiyesi Yeheşua</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>975</v>
+        <v>420</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057737663</t>
+          <t>9786259839400</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hermes’in İzinde</t>
+          <t>Durugörü ve Aura Okuma Nasıl Geliştirilir?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>520</v>
+        <v>420</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057737632</t>
+          <t>9786259424453</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Astroloji 1. Cilt</t>
+          <t>Reenkarnasyon</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>460</v>
+        <v>480</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057737618</t>
+          <t>9786259424460</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Saatler Astrolojisi ile Kehanet Sanatı</t>
+          <t>Atlantis Efsane ve Gerçek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>540</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057737571</t>
+          <t>9786259424446</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Majiye Çıraklık</t>
+          <t>Ateşin Gizemi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057737564</t>
+          <t>9786259424422</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yoga Nefes Bilimi</t>
+          <t>Enok'tan Ölüdeniz Yazmaları'na Dek Essenilerin Öğretileri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057737540</t>
+          <t>9786057737809</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Bektaşilik</t>
+          <t>Ezoterik Cemiyetler ve Çalışmaları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057737533</t>
+          <t>9786259424408</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Alemleri Bilmek ve Erişmek</t>
+          <t>Kendini Bilme'nin Gizemleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057737502</t>
+          <t>9786259424415</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Aşkı - Uyanış Seansları 2</t>
+          <t>Mental Beden</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>530</v>
+        <v>560</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057737519</t>
+          <t>9786057255099</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ın Ezoterik Yorumu ve Hanif Din</t>
+          <t>Albert Pike ve Masonik Ezoterizm</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057737526</t>
+          <t>9786057255075</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Majisyen Eğitimi ve Çalışması</t>
+          <t>Maji - Anlamı, Amacı, Gücü</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057737496</t>
+          <t>9786057255068</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 1 (Ciltli)</t>
+          <t>Tevhid - İlahi Regresyon Öğretisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>975</v>
+        <v>490</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057737458</t>
+          <t>9786057255051</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kapısından Geçiş</t>
+          <t>Tanrıların Krallığı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057737427</t>
+          <t>9786057255037</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname 6</t>
+          <t>Astroteoloji ve Kadim Masonik Astroloji</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>310</v>
+        <v>640</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057737403</t>
+          <t>9786057255044</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>12 Adımda Ruhsal Aydınlanma</t>
+          <t>Ruh Eşi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057737397</t>
+          <t>9786057255020</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Maji Sanatı</t>
+          <t>Tertium Organum</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>320</v>
+        <v>590</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057737410</t>
+          <t>9786057255013</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>En’el Aşk</t>
+          <t>5 Ezoterik İnci</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057737359</t>
+          <t>9786057285195</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nazi Dini ve Hitler’in Gizemleri</t>
+          <t>33 Kavram ile Aile Köklerinin Tesirleri - Yaşam Denge Dans</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057737366</t>
+          <t>9786057255006</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İçsel Gelişim - Farkındalık ve Aydınlanma Çalışma Kitabı</t>
+          <t>Ezoterik Açıdan Türk Şamanizmi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>540</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057737328</t>
+          <t>9786057285164</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şambala - Ölümsüzlerin Işık Vahası</t>
+          <t>Allah Hayatı Niye Yarattı?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057737304</t>
+          <t>9786057285188</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mucizevinin Arayışı - Gurdjieff Öğretileri</t>
+          <t>Işığın Mücevherleri - Günlük Hayata Okült Bakışlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>620</v>
+        <v>420</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057737205</t>
+          <t>9786057285171</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İnisiye</t>
+          <t>Şeytan Sevgili</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057737212</t>
+          <t>9786057285133</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Üç Batıni Bilge</t>
+          <t>Hermetik Masonluk</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057737168</t>
+          <t>9786057285157</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Gelişim ve Temel İlkeler</t>
+          <t>Ezoterik ve Egzoterik Tarot Açılımları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057737175</t>
+          <t>9786057285140</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Reiki</t>
+          <t>Sen Yürüyen Evrensin</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057737151</t>
+          <t>9786057285126</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hermetik Evlilik</t>
+          <t>Aklımdaki Yoncalar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057737120</t>
+          <t>9786057285119</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Alev İnisiyeleri</t>
+          <t>Kendini Bilme'nin Ezıoterik Dilleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057737137</t>
+          <t>9786057285102</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Günlük Meditasyonlar</t>
+          <t>Tanrım Sana Dönüyorum</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>420</v>
+        <v>710</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057737113</t>
+          <t>9786057737984</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Atlantis İnisiyasyonu Tarot</t>
+          <t>Kabala'nın İhtişamlı Sırları: 72 Kod</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>720</v>
+        <v>420</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057737090</t>
+          <t>9786057737991</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kundalini - Okült Bir Deneyim</t>
+          <t>Zihin Gücü ve Okültizm</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057737106</t>
+          <t>9786057737977</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sen H.İ.Ç Ol! Şifresi: 40</t>
+          <t>İnanna'dan Umay'a Lilith'den Al Karısı'na Türk Mitolojisinde Tanrıçalar ve Cadılar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>420</v>
+        <v>790</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057737076</t>
+          <t>9786057737960</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Batıni Doktrinler Tarihi</t>
+          <t>Hikmet Üstatları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>720</v>
+        <v>420</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057737069</t>
+          <t>9786057737946</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Simyanın Taşı</t>
+          <t>Törensel Maji</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>360</v>
+        <v>620</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057737052</t>
+          <t>9786057737939</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Eril ve Dişil Enerji Eğitimi - Uyanış Seansları 1</t>
+          <t>Türk Mitolojisinde Fantastik Varlıklar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057737045</t>
+          <t>9786057737915</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Psişik Korunma</t>
+          <t>Jung ve Ezoterizm</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057737021</t>
+          <t>9786057737861</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dünya</t>
+          <t>Pratik Teosofi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756130964</t>
+          <t>9786057737878</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hermesçi Bilimlere Giriş</t>
+          <t>Majinin Gizemleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>540</v>
+        <v>310</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756130988</t>
+          <t>9786057737885</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Olan Robot</t>
+          <t>İstanbul’un Kadim Sırları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>440</v>
+        <v>570</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756130940</t>
+          <t>9786057737892</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Zodyak İnsan ve Evrenin Anahtarı</t>
+          <t>İlahi Bioenerji Şifa Öğretisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756130933</t>
+          <t>4440000000890</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İndirilme Sırasına Göre Yüce Kur-an’ı Kerim ve Meali</t>
+          <t>Astral Seyahat</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756130926</t>
+          <t>9786057737922</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlüğe Uyanış</t>
+          <t>Yaşam İksiri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756130957</t>
+          <t>9786057737908</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname 5</t>
+          <t>Dünyayı Değiştiren Üç Gezegen: Uranüs, Neptün, Plüton</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756130827</t>
+          <t>9786057737854</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tapınak - Tanrı’nın Unuttuğu Kavim İsrailoğulları</t>
+          <t>Güç Çemberleri - Hermetik Majiye Giriş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756130896</t>
+          <t>9786057737847</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Güç veya Kanatlı Ejderha</t>
+          <t>Şifa Allah'tandır</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756130889</t>
+          <t>9786057737830</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Yogası</t>
+          <t>Pagan Mesih: Tyanalı Apollonius - Filozof, Majisyen, Kahin</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057737649</t>
+          <t>9786057737823</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 3 (Ciltli)</t>
+          <t>Üst Akıl İlluminati</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>975</v>
+        <v>580</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756130797</t>
+          <t>9786057737816</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tanrısal Maji Kitabı</t>
+          <t>Gurdjieff: Yeni Bir Dünya Yaratmak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>340</v>
+        <v>560</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756130780</t>
+          <t>9786057737793</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Hayat İçin Altın Kurallar</t>
+          <t>Güzel-İz</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756130810</t>
+          <t>9786057737779</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Amazon</t>
+          <t>Seyahatname 7</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756130803</t>
+          <t>9786057737755</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Gücü</t>
+          <t>Okült İncelemeler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054262830</t>
+          <t>9786057737731</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aşk-i-Kar</t>
+          <t>Yüksek Psişik Gelişim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756130759</t>
+          <t>9786057737724</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Üzülme! Çünkü Ol Der ve Olur</t>
+          <t>Hür Masonluğun Büyük Üstadı Hiram Abif</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756130728</t>
+          <t>9786057737748</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Pınarı</t>
+          <t>İnsanın Olası Dönüşüm Psikolojisi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756130667</t>
+          <t>9786057737687</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Siz Bir Tuhafsınız - Tuhaflar Kulübü 1. Kitap</t>
+          <t>Işığın Oğlu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756130643</t>
+          <t>9786057737694</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Ruh ve Ölüm Ötesi</t>
+          <t>Maji ve Kabala</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756130629</t>
+          <t>9786057737717</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’nın Gölgesinde Alem-i Suğra</t>
+          <t>Astral Beden ve Diğer Astral Fenomenler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756130599</t>
+          <t>9786057737670</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname 2</t>
+          <t>Aydınlanma Çağı - Ezoterik Öğretiler Ansiklopedisi Cilt 4</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>310</v>
+        <v>975</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756130605</t>
+          <t>9786057737663</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Davul ve Mum</t>
+          <t>Hermes’in İzinde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057737762</t>
+          <t>9786057737632</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamda Pratik Okültizm</t>
+          <t>Ezoterik Astroloji 1. Cilt</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756130544</t>
+          <t>9786057737618</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Mabedinin Eşiğinde</t>
+          <t>Saatler Astrolojisi ile Kehanet Sanatı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>410</v>
+        <v>540</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057737656</t>
+          <t>9786057737571</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Evliliğin Ezoterik Felsefesi</t>
+          <t>Majiye Çıraklık</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756130520</t>
+          <t>9786057737564</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dr. Taverner'in Sırları</t>
+          <t>Yoga Nefes Bilimi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756130513</t>
+          <t>9786057737540</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Yüreğine Yolculuk - İçsel Ses</t>
+          <t>Bilinmeyen Yönleriyle Bektaşilik</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756130537</t>
+          <t>9786057737533</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Kozmik Sembolleri Tamgalar</t>
+          <t>Yüksek Alemleri Bilmek ve Erişmek</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>710</v>
+        <v>460</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756130384</t>
+          <t>9786057737502</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kökcanlandırmak Sunumlarıyla Ataların Gölgesinden Aydınlığa</t>
+          <t>Ruhların Aşkı - Uyanış Seansları 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>360</v>
+        <v>530</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756130650</t>
+          <t>9786057737519</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Konsantrasyon</t>
+          <t>Kuran’ın Ezoterik Yorumu ve Hanif Din</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756130094</t>
+          <t>9786057737526</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kabalaya Giriş ve Hermetik Geleneği - Sefer Yezirah</t>
+          <t>Majisyen Eğitimi ve Çalışması</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756130339</t>
+          <t>9786057737496</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Masonlarının Uygulamaları</t>
+          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>460</v>
+        <v>975</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
+          <t>9786057737458</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Kapısından Geçiş</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786057737427</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Seyahatname 6</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786057737403</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>12 Adımda Ruhsal Aydınlanma</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786057737397</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Maji Sanatı</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786057737410</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>En’el Aşk</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786057737359</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Nazi Dini ve Hitler’in Gizemleri</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786057737366</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>İçsel Gelişim - Farkındalık ve Aydınlanma Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786057737328</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Şambala - Ölümsüzlerin Işık Vahası</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786057737304</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Mucizevinin Arayışı - Gurdjieff Öğretileri</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786057737205</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>İnisiye</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786057737212</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Üç Batıni Bilge</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786057737168</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Ruhsal Gelişim ve Temel İlkeler</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786057737175</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Reiki</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786057737151</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Hermetik Evlilik</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786057737120</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Alev İnisiyeleri</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786057737137</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Meditasyonlar</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786057737113</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Atlantis İnisiyasyonu Tarot</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786057737090</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Kundalini - Okült Bir Deneyim</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786057737106</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Sen H.İ.Ç Ol! Şifresi: 40</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786057737076</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Ezoterik Batıni Doktrinler Tarihi</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786057737069</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Simyanın Taşı</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786057737052</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Eril ve Dişil Enerji Eğitimi - Uyanış Seansları 1</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786057737045</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Psişik Korunma</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786057737021</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Dünya</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789756130964</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Hermesçi Bilimlere Giriş</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789756130988</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu Olan Robot</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789756130940</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Zodyak İnsan ve Evrenin Anahtarı</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789756130933</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>İndirilme Sırasına Göre Yüce Kur-an’ı Kerim ve Meali</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789756130926</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Ölümsüzlüğe Uyanış</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789756130957</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Seyahatname 5</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789756130827</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Tapınak - Tanrı’nın Unuttuğu Kavim İsrailoğulları</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789756130896</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Güç veya Kanatlı Ejderha</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789756130889</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme Yogası</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786057737649</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Ezoterik Öğretiler Ansiklopedisi Cilt 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789756130797</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Tanrısal Maji Kitabı</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789756130780</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Gündelik Hayat İçin Altın Kurallar</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789756130810</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Amazon</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789756130803</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Düşüncenin Gücü</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786054262830</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-i-Kar</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789756130759</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Üzülme! Çünkü Ol Der ve Olur</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789756130728</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Pınarı</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789756130667</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Siz Bir Tuhafsınız - Tuhaflar Kulübü 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789756130643</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Mısır’da Ruh ve Ölüm Ötesi</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789756130629</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağı’nın Gölgesinde Alem-i Suğra</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789756130599</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Seyahatname 2</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789756130605</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Davul ve Mum</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786057737762</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Yaşamda Pratik Okültizm</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789756130544</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Mabedinin Eşiğinde</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786057737656</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Evliliğin Ezoterik Felsefesi</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789756130520</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Taverner'in Sırları</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789756130513</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Hakikatin Yüreğine Yolculuk - İçsel Ses</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789756130537</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Kozmik Sembolleri Tamgalar</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789756130384</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Kökcanlandırmak Sunumlarıyla Ataların Gölgesinden Aydınlığa</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789756130650</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Konsantrasyon</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789756130094</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Kabalaya Giriş ve Hermetik Geleneği - Sefer Yezirah</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789756130339</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Eski Türk Masonlarının Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
           <t>9786057737182</t>
         </is>
       </c>
-      <c r="B157" s="1" t="inlineStr">
+      <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Psiko-Regresyon</t>
         </is>
       </c>
-      <c r="C157" s="1">
+      <c r="C213" s="1">
         <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>