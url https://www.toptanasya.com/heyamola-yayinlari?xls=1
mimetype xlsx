--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -85,6310 +85,6325 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259360614</t>
+          <t>9786259360638</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Eray Canberk Armağanı - Muhterem Bir İstanbul Efendisi</t>
+          <t>Çocuk Resimlerini Okuma</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259728797</t>
+          <t>9786259360614</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Seyyahların Gözünden 19. Yüzyılda Kafkasya'da Müridizm</t>
+          <t>Eray Canberk Armağanı - Muhterem Bir İstanbul Efendisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259360621</t>
+          <t>9786259728797</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>World Citizen Homer</t>
+          <t>Seyyahların Gözünden 19. Yüzyılda Kafkasya'da Müridizm</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259360607</t>
+          <t>9786259360621</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Dokuzuncu Katı</t>
+          <t>World Citizen Homer</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259728780</t>
+          <t>9786259360607</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sürmene'nin Tarihi Köyü Makavla (1461-1903)</t>
+          <t>Cehennemin Dokuzuncu Katı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259728766</t>
+          <t>9786259728780</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Cenneti Kadıköy ve Edebiyatımız</t>
+          <t>Sürmene'nin Tarihi Köyü Makavla (1461-1903)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259728728</t>
+          <t>9786259728766</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Her Günün Psikanalizi</t>
+          <t>Bir Dünya Cenneti Kadıköy ve Edebiyatımız</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259728704</t>
+          <t>9786259728728</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Troya’nın Sevgilisi Korfmann</t>
+          <t>Her Günün Psikanalizi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054307890</t>
+          <t>9786259728704</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Kuzey Kapısı Trabzon</t>
+          <t>Troya’nın Sevgilisi Korfmann</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259985664</t>
+          <t>9786054307890</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Mavi Perdelik Zaman</t>
+          <t>Kalbimin Kuzey Kapısı Trabzon</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259985671</t>
+          <t>9786259985664</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çemberlitaş ve Onu Kuşatan Çemberim</t>
+          <t>Bir Mavi Perdelik Zaman</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259985602</t>
+          <t>9786259985671</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gençoğlu Sokak On Üç Numara</t>
+          <t>Çemberlitaş ve Onu Kuşatan Çemberim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055419455</t>
+          <t>9786259985602</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Bayır Erdoğdu</t>
+          <t>Gençoğlu Sokak On Üç Numara</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>10</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055419462</t>
+          <t>9786055419455</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Başkentin Baş Mahallesi Ortahisar</t>
+          <t>Güneşli Bayır Erdoğdu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057592927</t>
+          <t>9786055419462</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Acı Sarı Trabzon</t>
+          <t>Başkentin Baş Mahallesi Ortahisar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057592873</t>
+          <t>9786057592927</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Merak: Psikoterapide Merak Kavramı ve İşlevleri</t>
+          <t>Acı Sarı Trabzon</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055419752</t>
+          <t>9786057592873</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İmroz Rumları</t>
+          <t>Varlık ve Merak: Psikoterapide Merak Kavramı ve İşlevleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>18.52</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057592606</t>
+          <t>9786055419752</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Laz Halk İnançları ve Mitolojisi</t>
+          <t>İmroz Rumları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057592590</t>
+          <t>9786057592606</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İki Osmanlı Aydınının Kaleminden Lazlar ve Lazistan</t>
+          <t>Laz Halk İnançları ve Mitolojisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057592835</t>
+          <t>9786057592590</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mütehayyil</t>
+          <t>İki Osmanlı Aydınının Kaleminden Lazlar ve Lazistan</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054307517</t>
+          <t>9786057592835</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Lodoslaraltında Bostancı Ve Bağdat Caddesi</t>
+          <t>Mütehayyil</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054937370</t>
+          <t>9786054307517</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Abidinpaşa Caddesi</t>
+          <t>Lodoslaraltında Bostancı Ve Bağdat Caddesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054937714</t>
+          <t>9786054937370</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mecidiyeköy</t>
+          <t>Abidinpaşa Caddesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054937578</t>
+          <t>9786054937714</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Abbasağa Bir Beşiktaşlı Olma Öyküsü</t>
+          <t>Mecidiyeköy</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756121252</t>
+          <t>9786054937578</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Balkan Muhaciri</t>
+          <t>Abbasağa Bir Beşiktaşlı Olma Öyküsü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756121993</t>
+          <t>9789756121252</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadıköyoğlu</t>
+          <t>Mehmet Balkan Muhaciri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057592651</t>
+          <t>9789756121993</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kitap Evi Otel</t>
+          <t>Bir Kadıköyoğlu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055419646</t>
+          <t>9786057592651</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ne Yazar Kim Okur</t>
+          <t>Kitap Evi Otel</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054307135</t>
+          <t>9786055419646</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çarşamba - Cibali</t>
+          <t>Ne Yazar Kim Okur</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756121931</t>
+          <t>9786054307135</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’in Kalbi Beyazıt</t>
+          <t>Çarşamba - Cibali</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054937660</t>
+          <t>9789756121931</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Gibi</t>
+          <t>Dersaadet’in Kalbi Beyazıt</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055419820</t>
+          <t>9786054937660</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cansız Hoca</t>
+          <t>Kardeşim Gibi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>315</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054937691</t>
+          <t>9786055419820</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum Şehir Niğde</t>
+          <t>Cansız Hoca</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>315</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054937806</t>
+          <t>9786054937691</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Alucra</t>
+          <t>Doğduğum Şehir Niğde</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055419615</t>
+          <t>9786054937806</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Böyle Bir Kars</t>
+          <t>Edebiyatımızda Alucra</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055419073</t>
+          <t>9786055419615</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bornova’dan Gün Rengi Sayfalar</t>
+          <t>Böyle Bir Kars</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756121894</t>
+          <t>9786055419073</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Efsaneleri</t>
+          <t>Bornova’dan Gün Rengi Sayfalar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>196</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054937868</t>
+          <t>9789756121894</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Evcilleşmemiş Hikayeler</t>
+          <t>İstanbul Efsaneleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>122</v>
+        <v>196</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756121597</t>
+          <t>9786054937868</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Fadime Kimdir</t>
+          <t>Evcilleşmemiş Hikayeler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>175</v>
+        <v>122</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054307289</t>
+          <t>9789756121597</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Feriköy Anılarda... Şimdi</t>
+          <t>Fadime Kimdir</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057592033</t>
+          <t>9786054307289</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Ceyhan'da Çocukluktu</t>
+          <t>Feriköy Anılarda... Şimdi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756121658</t>
+          <t>9786057592033</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Zonguldak</t>
+          <t>Geçmiş Ceyhan'da Çocukluktu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054937745</t>
+          <t>9789756121658</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gola Gza Gola İle 10 Yıl</t>
+          <t>İçimdeki Zonguldak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056855412</t>
+          <t>9786054937745</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Homeros’tan Günümüze Troya</t>
+          <t>Gola Gza Gola İle 10 Yıl</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>630</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057592132</t>
+          <t>9786056855412</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Romeika - Türkçe Sözlük</t>
+          <t>Homeros’tan Günümüze Troya</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>630</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056855405</t>
+          <t>9786057592132</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Her Kapıyı Açan Anahtar</t>
+          <t>Romeika - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>630</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756121900</t>
+          <t>9786056855405</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Benim Prens Adalarım</t>
+          <t>Her Kapıyı Açan Anahtar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756121177</t>
+          <t>9789756121900</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aşkım Hatay</t>
+          <t>Benim Prens Adalarım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054937349</t>
+          <t>9789756121177</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Meleklerle Zıl Gıt Çektiği Yer Melekgirmez</t>
+          <t>Sonsuz Aşkım Hatay</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756121139</t>
+          <t>9786054937349</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yaşamak Vardı</t>
+          <t>Şeytanın Meleklerle Zıl Gıt Çektiği Yer Melekgirmez</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054307104</t>
+          <t>9789756121139</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Azıcık Cihangir</t>
+          <t>Şimdi Yaşamak Vardı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756121153</t>
+          <t>9786054307104</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Temel Kimdir</t>
+          <t>Azıcık Cihangir</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054937509</t>
+          <t>9789756121153</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Ve Medya Temsilleri</t>
+          <t>Temel Kimdir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756121610</t>
+          <t>9786054937509</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kokan İnsanlar</t>
+          <t>Toplumsal Cinsiyet Ve Medya Temsilleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055419370</t>
+          <t>9789756121610</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Halk Kültürü</t>
+          <t>Toprak Kokan İnsanlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>670</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057592729</t>
+          <t>9786055419370</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ankara İstiklâl Mahkemesinin Rize Duruşmaları</t>
+          <t>Trabzon Halk Kültürü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>600</v>
+        <v>670</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054937363</t>
+          <t>9786057592729</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Adana’nın Yüreği Karasoku</t>
+          <t>Ankara İstiklâl Mahkemesinin Rize Duruşmaları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054937325</t>
+          <t>9786054937363</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Adana’da Sular Durulurken</t>
+          <t>Adana’nın Yüreği Karasoku</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055419684</t>
+          <t>9786054937325</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeşilköy Bizim Köyden Trenler Geçer</t>
+          <t>Adana’da Sular Durulurken</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054937172</t>
+          <t>9786055419684</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Beyazıt Erken Elveda Dedi</t>
+          <t>Yeşilköy Bizim Köyden Trenler Geçer</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057592620</t>
+          <t>9786054937172</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>59 Numaralı Ev-İzmirli Bir Levanten’in Anıları</t>
+          <t>Yıldırım Beyazıt Erken Elveda Dedi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055419738</t>
+          <t>9786057592620</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yolların İzinde</t>
+          <t>59 Numaralı Ev-İzmirli Bir Levanten’in Anıları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054937998</t>
+          <t>9786055419738</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarımı İstiyorum</t>
+          <t>Yolların İzinde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054937912</t>
+          <t>9786054937998</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gönlümde Pera Aklımda Mısır Apartmanı</t>
+          <t>Kitaplarımı İstiyorum</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>294</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990007592361</t>
+          <t>9786054937912</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Öteki İzmir’in Çocukları</t>
+          <t>Gönlümde Pera Aklımda Mısır Apartmanı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>25</v>
+        <v>294</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057592149</t>
+          <t>3990007592361</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tire’nin Trenleri</t>
+          <t>Öteki İzmir’in Çocukları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054937493</t>
+          <t>9786057592149</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İşim Gücüm Yaşamak</t>
+          <t>Tire’nin Trenleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756121511</t>
+          <t>9786054937493</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yorgan Gitti Kavga Bitti - The Quilt’s Flight, The End of The Fight</t>
+          <t>İşim Gücüm Yaşamak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>4.63</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055419240</t>
+          <t>9789756121511</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tepekule’den Bayraklı’ya</t>
+          <t>Yorgan Gitti Kavga Bitti - The Quilt’s Flight, The End of The Fight</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>210</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054307326</t>
+          <t>9786055419240</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarla Müzik Eğitimi</t>
+          <t>Tepekule’den Bayraklı’ya</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756121047</t>
+          <t>9786054307326</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Açlar</t>
+          <t>Şarkılarla Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756121092</t>
+          <t>9789756121047</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Safiye Ayla’nın Anıları</t>
+          <t>Savaş ve Açlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756121382</t>
+          <t>9789756121092</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Piknikte - The Picnic</t>
+          <t>Safiye Ayla’nın Anıları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>10</v>
+        <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756121023</t>
+          <t>9789756121382</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Musa</t>
+          <t>Piknikte - The Picnic</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055419707</t>
+          <t>9789756121023</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ödemiş</t>
+          <t>Öksüz Musa</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055419295</t>
+          <t>9786055419707</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Noktam: Eksik Olmasın</t>
+          <t>Ödemiş</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055419691</t>
+          <t>9786055419295</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Namazgah Güzellemesi</t>
+          <t>Noktam: Eksik Olmasın</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054307968</t>
+          <t>9786055419691</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Memleket Kolay Terk Edilmiyor: Tilkilik</t>
+          <t>Namazgah Güzellemesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756121351</t>
+          <t>9786054307968</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Tokalı Kız - The Girl with the Cherry Barette</t>
+          <t>Memleket Kolay Terk Edilmiyor: Tilkilik</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>10</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054307128</t>
+          <t>9789756121351</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Karagümrüklü Yıllar</t>
+          <t>Kiraz Tokalı Kız - The Girl with the Cherry Barette</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>210</v>
+        <v>10</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055419196</t>
+          <t>9786054307128</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İzmir Ah! Tarık Dursun K.’nın Semtleri</t>
+          <t>Karagümrüklü Yıllar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054937295</t>
+          <t>9786055419196</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfler</t>
+          <t>İzmir Ah! Tarık Dursun K.’nın Semtleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057592217</t>
+          <t>9786054937295</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Gizemli Kızı Mordoğan</t>
+          <t>Tesadüfler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057592200</t>
+          <t>9786057592217</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hatay Benim Büyülü Semtim</t>
+          <t>Güneşin Gizemli Kızı Mordoğan</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054937905</t>
+          <t>9786057592200</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gökte Yıldız Yerde Ateş</t>
+          <t>Hatay Benim Büyülü Semtim</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054937936</t>
+          <t>9786054937905</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İncelemesel Şiir Eleştirileri (Birinci Kitap)</t>
+          <t>Gökte Yıldız Yerde Ateş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>196</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054937257</t>
+          <t>9786054937936</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sis Kokulu İnsanlar</t>
+          <t>İncelemesel Şiir Eleştirileri (Birinci Kitap)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>196</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054937196</t>
+          <t>9786054937257</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kadriye</t>
+          <t>Sis Kokulu İnsanlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>9.26</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054307982</t>
+          <t>9786054937196</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Sekizinci Rengi: Bornova</t>
+          <t>Kadriye</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>210</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055419639</t>
+          <t>9786054307982</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Geçen Zamanın İzinde Kentler</t>
+          <t>Gökkuşağının Sekizinci Rengi: Bornova</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000001538</t>
+          <t>9786055419639</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öyküsü Sayı: 6</t>
+          <t>Geçen Zamanın İzinde Kentler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>14.85</v>
+        <v>260</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054307203</t>
+          <t>3990000001538</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Draman Hatırası</t>
+          <t>Dünyanın Öyküsü Sayı: 6</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055419134</t>
+          <t>9786054307203</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Adı: Gültepe</t>
+          <t>Draman Hatırası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756121559</t>
+          <t>9786055419134</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bu Kediyse Et Nerede? - If This is The Cat, Where is The Meat?</t>
+          <t>Direnişin Adı: Gültepe</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>4.63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054307074</t>
+          <t>9789756121559</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Boğaz’daki Mutlu Çocuk Kuzguncuk</t>
+          <t>Bu Kediyse Et Nerede? - If This is The Cat, Where is The Meat?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055419783</t>
+          <t>9786054307074</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Beni Artiz Yapanın</t>
+          <t>Boğaz’daki Mutlu Çocuk Kuzguncuk</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054307937</t>
+          <t>9786055419783</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Tozlu Sayfalarında Karataş</t>
+          <t>Beni Artiz Yapanın</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055419172</t>
+          <t>9786054307937</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Basmane</t>
+          <t>Belleğin Tozlu Sayfalarında Karataş</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756121566</t>
+          <t>9786055419172</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yerine Getirdim - I Put The Moon Back in Its Place</t>
+          <t>Basmane</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>4.63</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054307913</t>
+          <t>9789756121566</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Alsancak: 1482 Sokak Anıları</t>
+          <t>Ayı Yerine Getirdim - I Put The Moon Back in Its Place</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054307005</t>
+          <t>9786054307913</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ağabey Hisar: Anadolu Hisarı</t>
+          <t>Alsancak: 1482 Sokak Anıları</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>3990000001431</t>
+          <t>9786054307005</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öyküsü Sayı: 3</t>
+          <t>Ağabey Hisar: Anadolu Hisarı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>14.85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054937394</t>
+          <t>3990000001431</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Halklar Mahşeri Kocavezir</t>
+          <t>Dünyanın Öyküsü Sayı: 3</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>210</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054937356</t>
+          <t>9786054937394</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Karalar’dan Hürriyet Mahallesi'ne</t>
+          <t>Halklar Mahşeri Kocavezir</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057592354</t>
+          <t>9786054937356</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gözümden Şimdiki Aklımla Ödemiş</t>
+          <t>Karalar’dan Hürriyet Mahallesi'ne</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000001529</t>
+          <t>9786057592354</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Öyküsü Sayı: 4</t>
+          <t>Çocuk Gözümden Şimdiki Aklımla Ödemiş</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>14.85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000095934</t>
+          <t>3990000001529</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Ansiklopedik Sözlük Cilt: 2 (Ciltli)</t>
+          <t>Dünyanın Öyküsü Sayı: 4</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>34.72</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054307166</t>
+          <t>3990000095934</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Benim Taşlıtarlam</t>
+          <t>Karadeniz Ansiklopedik Sözlük Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057592279</t>
+          <t>9786054307166</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Alaybey - Alayı Bey</t>
+          <t>Benim Taşlıtarlam</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057592323</t>
+          <t>9786057592279</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Bergama’m</t>
+          <t>Alaybey - Alayı Bey</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057592286</t>
+          <t>9786057592323</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Babamın Foça'sı</t>
+          <t>Aşkım Bergama’m</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057592262</t>
+          <t>9786057592286</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bayramyeri Çocukluğum</t>
+          <t>Babamın Foça'sı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057592422</t>
+          <t>9786057592262</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Benim Menemen'im</t>
+          <t>Bayramyeri Çocukluğum</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057592255</t>
+          <t>9786057592422</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Bornova Tarlabaşı Roman’ı</t>
+          <t>Benim Menemen'im</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057592248</t>
+          <t>9786057592255</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir Kara Ten Efsanesi Alsancak-Buca-Alsancak</t>
+          <t>Bir Bornova Tarlabaşı Roman’ı</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057592231</t>
+          <t>9786057592248</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Selçuk Aslında Efes - Ege’de Bir Tanrıça Şehri</t>
+          <t>Bir Kara Ten Efsanesi Alsancak-Buca-Alsancak</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057592385</t>
+          <t>9786057592231</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Karşıyaka Hatırası Seri 52</t>
+          <t>Selçuk Aslında Efes - Ege’de Bir Tanrıça Şehri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057592194</t>
+          <t>9786057592385</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Karaburun Seri 53</t>
+          <t>Karşıyaka Hatırası Seri 52</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259728773</t>
+          <t>9786057592194</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bodamiya Sulak Coğrafya ve Derecik Vadisi</t>
+          <t>Karaburun Seri 53</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259728759</t>
+          <t>9786259728773</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Benim Kemerkaya’m</t>
+          <t>Bodamiya Sulak Coğrafya ve Derecik Vadisi</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259728742</t>
+          <t>9786259728759</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kondopuka Dernekpazarı Deyimler ve Terimler Sözlüğü</t>
+          <t>Benim Kemerkaya’m</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259728735</t>
+          <t>9786259728742</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kondu’nun Sesleri</t>
+          <t>Kondopuka Dernekpazarı Deyimler ve Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259453972</t>
+          <t>9786259728735</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kentler, Sinema Salonları, Seyir ve Tarih</t>
+          <t>Kondu’nun Sesleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259453958</t>
+          <t>9786259453972</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Homeros’tan Günümüze Troya</t>
+          <t>Kentler, Sinema Salonları, Seyir ve Tarih</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259453965</t>
+          <t>9786259453958</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Taşınabilen Taşlar</t>
+          <t>Homeros’tan Günümüze Troya</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259453934</t>
+          <t>9786259453965</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kitap Evi Otel</t>
+          <t>Taşınabilen Taşlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259453941</t>
+          <t>9786259453934</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yarım Hikayeler Dükkanı Trabzon</t>
+          <t>Kitap Evi Otel</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259453927</t>
+          <t>9786259453941</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kindinar’dan Tekfur Çayırı’na Şelale</t>
+          <t>Yarım Hikayeler Dükkanı Trabzon</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259453910</t>
+          <t>9786259453927</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Arkeoloji</t>
+          <t>Kindinar’dan Tekfur Çayırı’na Şelale</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057592989</t>
+          <t>9786259453910</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Gürcü Dans Tarihi</t>
+          <t>Atatürk ve Arkeoloji</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259985695</t>
+          <t>9786057592989</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Mavi Perdelik Zaman Humurgan</t>
+          <t>Anadolu Gürcü Dans Tarihi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259985657</t>
+          <t>9786259985695</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sinadiza Kaçamakları Düzköy</t>
+          <t>Bir Mavi Perdelik Zaman Humurgan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259985688</t>
+          <t>9786259985657</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Diplomasi ve Europalia Türkiye Sanat Festivalleri</t>
+          <t>Sinadiza Kaçamakları Düzköy</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259985640</t>
+          <t>9786259985688</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yemeğin Bize Anlattıkları Yeme Bozukluklarına Farklı Bir Bakış Açısı</t>
+          <t>Kültürel Diplomasi ve Europalia Türkiye Sanat Festivalleri</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057592996</t>
+          <t>9786259985640</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Bayır Erdoğdu</t>
+          <t>Yemeğin Bize Anlattıkları Yeme Bozukluklarına Farklı Bir Bakış Açısı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259985626</t>
+          <t>9786057592996</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mercan ve Girdap</t>
+          <t>Güneşli Bayır Erdoğdu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259985633</t>
+          <t>9786259985626</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna: 2 Perde - Tiyatro</t>
+          <t>Mercan ve Girdap</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786259985619</t>
+          <t>9786259985633</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Harşit'ten Trabzon'un Denizine</t>
+          <t>Kürk Mantolu Madonna: 2 Perde - Tiyatro</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055419431</t>
+          <t>9786259985619</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Arafilboyu Çağlayan Merdivenleri</t>
+          <t>Harşit'ten Trabzon'un Denizine</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055419448</t>
+          <t>9786055419431</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bella Vista Soğuksu</t>
+          <t>Arafilboyu Çağlayan Merdivenleri</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055419417</t>
+          <t>9786055419448</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Babamın Veresiye Defteri Moloz</t>
+          <t>Bella Vista Soğuksu</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057592941</t>
+          <t>9786055419417</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Marmara Denizi (Propontis) ve Karadeniz (Pontus-Euxinos) Gezisi</t>
+          <t>Babamın Veresiye Defteri Moloz</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057592965</t>
+          <t>9786057592941</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Keyif Cafe</t>
+          <t>Marmara Denizi (Propontis) ve Karadeniz (Pontus-Euxinos) Gezisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057592972</t>
+          <t>9786057592965</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Adagıo’su</t>
+          <t>Keyif Cafe</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057592958</t>
+          <t>9786057592972</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Aşk Baharda Aşk</t>
+          <t>Günlerin Adagıo’su</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057592934</t>
+          <t>9786057592958</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Konsolosluk Raporlarına Göre Batum Ve Çevresi (1840-1852)</t>
+          <t>Aşk Baharda Aşk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054937721</t>
+          <t>9786057592934</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Kalan Bir Semt Kocamustafapaşa</t>
+          <t>İngiliz Konsolosluk Raporlarına Göre Batum Ve Çevresi (1840-1852)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057592903</t>
+          <t>9786054937721</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Yollar Düşledim</t>
+          <t>Anılarda Kalan Bir Semt Kocamustafapaşa</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057592910</t>
+          <t>9786057592903</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Babamın Trenleri</t>
+          <t>Ben Hep Yollar Düşledim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057592880</t>
+          <t>9786057592910</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Seyyahların Diliyle 19. Yüzyılda Doğu Karadeniz</t>
+          <t>Babamın Trenleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057592866</t>
+          <t>9786057592880</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Toplum Tahayyülünün Öncüleri</t>
+          <t>Seyyahların Diliyle 19. Yüzyılda Doğu Karadeniz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057592859</t>
+          <t>9786057592866</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yurttaşı Homeros</t>
+          <t>Toplum Tahayyülünün Öncüleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057592569</t>
+          <t>9786057592859</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Dalgıcın Gözünden Boğaz’ın Altındaki İstanbul</t>
+          <t>Dünya Yurttaşı Homeros</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054937622</t>
+          <t>9786057592569</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Doğuya Seyahat (Bir Fransız Konsolosunun Gözüyle 1830’ların Trabzon’undan Siyaset ve Toplum)</t>
+          <t>Bir Dalgıcın Gözünden Boğaz’ın Altındaki İstanbul</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057592842</t>
+          <t>9786054937622</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Meserret Oteli</t>
+          <t>Doğuya Seyahat (Bir Fransız Konsolosunun Gözüyle 1830’ların Trabzon’undan Siyaset ve Toplum)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054937882</t>
+          <t>9786057592842</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mardin Mardin</t>
+          <t>Meserret Oteli</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054937080</t>
+          <t>9786054937882</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mancusun Yeşilyurt Köyüm Kalsa</t>
+          <t>Mardin Mardin</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057592668</t>
+          <t>9786054937080</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Masa Kitabı</t>
+          <t>Mancusun Yeşilyurt Köyüm Kalsa</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055419875</t>
+          <t>9786057592668</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Maçka Yolları Taşlı</t>
+          <t>Masa Kitabı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786056855474</t>
+          <t>9786055419875</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bulvar</t>
+          <t>Maçka Yolları Taşlı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055419790</t>
+          <t>9786056855474</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çayırın Kadınları</t>
+          <t>Mavi Bulvar</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054937813</t>
+          <t>9786055419790</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bolaman</t>
+          <t>Mavi Çayırın Kadınları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055419554</t>
+          <t>9786054937813</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mithra Ve Bıldırcınlar Boztepe</t>
+          <t>Bolaman</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054937073</t>
+          <t>9786055419554</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kiçikapı</t>
+          <t>Mithra Ve Bıldırcınlar Boztepe</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055419806</t>
+          <t>9786054937073</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Memed Memiş</t>
+          <t>Kiçikapı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054937226</t>
+          <t>9786055419806</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dafnis Ve Hloi</t>
+          <t>Muhammed Memed Memiş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057592750</t>
+          <t>9786054937226</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Adası</t>
+          <t>Dafnis Ve Hloi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055419424</t>
+          <t>9786057592750</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çömlekçi’ye Kar Yağıyordu</t>
+          <t>Münzevi Adası</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054307272</t>
+          <t>9786055419424</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kısa Metrajlı Film Tadında Eyüp</t>
+          <t>Çömlekçi’ye Kar Yağıyordu</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055419585</t>
+          <t>9786054307272</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kentin Odağında Bir Uzunsokak</t>
+          <t>Kısa Metrajlı Film Tadında Eyüp</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056855467</t>
+          <t>9786055419585</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Sosyolojisi Ve Adana</t>
+          <t>Kentin Odağında Bir Uzunsokak</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057592460</t>
+          <t>9786056855467</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kent Uçurtmaları</t>
+          <t>Çocukluğumun Sosyolojisi Ve Adana</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054937097</t>
+          <t>9786057592460</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Semtler</t>
+          <t>Kent Uçurtmaları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055419509</t>
+          <t>9786054937097</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kavakmeydan Gözü Gözümdü</t>
+          <t>Müzikli Semtler</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055419936</t>
+          <t>9786055419509</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çifteönü Çavdarcı Sokağında Hayat</t>
+          <t>Kavakmeydan Gözü Gözümdü</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756121832</t>
+          <t>9786055419936</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Nilüfer Bolu</t>
+          <t>Çifteönü Çavdarcı Sokağında Hayat</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054307111</t>
+          <t>9789756121832</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kasımpaşa</t>
+          <t>Nazlı Nilüfer Bolu</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054307708</t>
+          <t>9786054307111</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kalabalık Gelmeden Önce Galatasaray</t>
+          <t>Kasımpaşa</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756121146</t>
+          <t>9786054307708</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Halk Kültürü</t>
+          <t>Çılgın Kalabalık Gelmeden Önce Galatasaray</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057592507</t>
+          <t>9789756121146</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dağları Yürüten Rüzgar</t>
+          <t>Çanakkale Halk Kültürü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054937523</t>
+          <t>9786057592507</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Deniz Çekilirken</t>
+          <t>Dağları Yürüten Rüzgar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054937837</t>
+          <t>9786054937523</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Türkçe Hutbesi</t>
+          <t>Deniz Çekilirken</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054307302</t>
+          <t>9786054937837</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Karlarla Dans Kayak</t>
+          <t>Cumhuriyetin İlk Türkçe Hutbesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055419943</t>
+          <t>9786054307302</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Develi Aşağı Everek’ten Hatıralar</t>
+          <t>Karlarla Dans Kayak</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055419912</t>
+          <t>9786055419943</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Cırlavuk Yeri Göğü Taştan</t>
+          <t>Develi Aşağı Everek’ten Hatıralar</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054307586</t>
+          <t>9786055419912</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Devşirme Eşiktaşı’nın Ruhu Rumeli Hisarı</t>
+          <t>Cırlavuk Yeri Göğü Taştan</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057592675</t>
+          <t>9786054307586</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Karakoncolos</t>
+          <t>Devşirme Eşiktaşı’nın Ruhu Rumeli Hisarı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054307777</t>
+          <t>9786057592675</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dillerin Renk Demeti Kuledibi</t>
+          <t>Karakoncolos</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057592071</t>
+          <t>9786054307777</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Güney Yanı Yüreğir</t>
+          <t>Dillerin Renk Demeti Kuledibi</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055419929</t>
+          <t>9786057592071</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Büyükbahçebaşı</t>
+          <t>Kalbimin Güney Yanı Yüreğir</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055419622</t>
+          <t>9786055419929</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Uşak’ta Kaldı</t>
+          <t>Büyükbahçebaşı</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756121061</t>
+          <t>9786055419622</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kabakçı Mustafa</t>
+          <t>Kalbim Uşak’ta Kaldı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054307043</t>
+          <t>9789756121061</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Babıali</t>
+          <t>Kabakçı Mustafa</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055419905</t>
+          <t>9786054307043</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bünyan Hamidiye Köyüm Olsa</t>
+          <t>Dünden Bugüne Babıali</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054307395</t>
+          <t>9786055419905</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İttihad’ın İç Yüzü</t>
+          <t>Bünyan Hamidiye Köyüm Olsa</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054307807</t>
+          <t>9786054307395</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Divanyolu</t>
+          <t>İttihad’ın İç Yüzü</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756121191</t>
+          <t>9786054307807</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İşte Türkiye</t>
+          <t>Dünyanın En Güzel Divanyolu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055419950</t>
+          <t>9789756121191</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Düvenönü</t>
+          <t>İşte Türkiye</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054307548</t>
+          <t>9786055419950</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Buralar Vaktiyle Çayırlıktı Usta Bahçelievler</t>
+          <t>Düvenönü</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055419189</t>
+          <t>9786054307548</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İşte Bizim Gül Sokak</t>
+          <t>Buralar Vaktiyle Çayırlıktı Usta Bahçelievler</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057592088</t>
+          <t>9786055419189</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İstasyondan Kanala Namıkkemal Mahallesi</t>
+          <t>İşte Bizim Gül Sokak</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756121184</t>
+          <t>9786057592088</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bu Darbeler Kime</t>
+          <t>İstasyondan Kanala Namıkkemal Mahallesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054937066</t>
+          <t>9789756121184</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İstasyon Mahallesi</t>
+          <t>Bu Darbeler Kime</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057592774</t>
+          <t>9786054937066</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Emali Şerhi</t>
+          <t>İstasyon Mahallesi</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055419844</t>
+          <t>9786057592774</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Briçte Defans Prensipleri</t>
+          <t>Emali Şerhi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054307692</t>
+          <t>9786055419844</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’la Bakışmak Salacak</t>
+          <t>Briçte Defans Prensipleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054307883</t>
+          <t>9786054307692</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sevdalılarına</t>
+          <t>İstanbul’la Bakışmak Salacak</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055419974</t>
+          <t>9786054307883</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Erciyes</t>
+          <t>İstanbul Sevdalılarına</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054307760</t>
+          <t>9786055419974</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hayattır</t>
+          <t>Erciyes</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055419981</t>
+          <t>9786054307760</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Erkilet Güneydir Gölge Bürümez</t>
+          <t>İstanbul Hayattır</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756121788</t>
+          <t>9786055419981</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Niğde</t>
+          <t>Erkilet Güneydir Gölge Bürümez</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054937752</t>
+          <t>9789756121788</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbullular</t>
+          <t>Eski Bir Niğde</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055419998</t>
+          <t>9786054937752</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Eski Kayseri</t>
+          <t>Eski İstanbullular</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756121030</t>
+          <t>9786055419998</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Niko'nun Kemençesi</t>
+          <t>Eski Kayseri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057592057</t>
+          <t>9789756121030</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Eskibaraj Dostlukların Semti</t>
+          <t>Niko'nun Kemençesi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054937004</t>
+          <t>9786057592057</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Eskibedesten Hafızadan Hatıraya</t>
+          <t>Eskibaraj Dostlukların Semti</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054307333</t>
+          <t>9786054937004</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İstafiller Oldu Mu</t>
+          <t>Eskibedesten Hafızadan Hatıraya</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054937974</t>
+          <t>9786054307333</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İnsandan Sonra</t>
+          <t>İstafiller Oldu Mu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789756121085</t>
+          <t>9786054937974</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Evlerde Sevgi Yoktu</t>
+          <t>İnsandan Sonra</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054307159</t>
+          <t>9789756121085</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Fatih’te Geçen Kırk Yılın Hikayesi</t>
+          <t>Evlerde Sevgi Yoktu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054307081</t>
+          <t>9786054307159</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Fener’e Giden Yol: Feneryolu</t>
+          <t>Fatih’te Geçen Kırk Yılın Hikayesi</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055419400</t>
+          <t>9786054307081</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ganita Akşama Doğruyum Ben</t>
+          <t>Fener’e Giden Yol: Feneryolu</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057592644</t>
+          <t>9786055419400</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Çukuru</t>
+          <t>Ganita Akşama Doğruyum Ben</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057592064</t>
+          <t>9786057592644</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gazipaşa Mahallesi</t>
+          <t>İngiliz Çukuru</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054937059</t>
+          <t>9786057592064</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İncesu Kasabamız Kimliğimizdir</t>
+          <t>Gazipaşa Mahallesi</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055419332</t>
+          <t>9786054937059</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İkidilli Eğitim</t>
+          <t>İncesu Kasabamız Kimliğimizdir</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054937707</t>
+          <t>9786055419332</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Niğde</t>
+          <t>İkidilli Eğitim</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057592125</t>
+          <t>9786054937707</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bit Pazarı</t>
+          <t>Geçmişten Günümüze Niğde</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789756121337</t>
+          <t>9786057592125</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Türk Yorgancılık Sanatı (Ciltli)</t>
+          <t>Bit Pazarı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054307098</t>
+          <t>9789756121337</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Gözbebeğim Göztepe</t>
+          <t>Geleneksel Türk Yorgancılık Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054937332</t>
+          <t>9786054307098</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hergele Yolu</t>
+          <t>Gözbebeğim Göztepe</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786056855481</t>
+          <t>9786054937332</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Adana</t>
+          <t>Hergele Yolu</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054937011</t>
+          <t>9786056855481</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gültepe Parkı Kaldı Yadigar</t>
+          <t>Bir Zamanlar Adana</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054937035</t>
+          <t>9786054937011</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gülük’ten Gültepe’ye</t>
+          <t>Gültepe Parkı Kaldı Yadigar</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055419516</t>
+          <t>9786054937035</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Okludere</t>
+          <t>Gülük’ten Gültepe’ye</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055419479</t>
+          <t>9786055419516</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalekapım Vardı</t>
+          <t>Okludere</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054937028</t>
+          <t>9786055419479</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hacıkasım</t>
+          <t>Bir Kalekapım Vardı</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054307470</t>
+          <t>9786054937028</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Orda Bir Köy Var Uzakta Arnavutköy</t>
+          <t>Hacıkasım</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057592118</t>
+          <t>9786054307470</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük Kenti Misis</t>
+          <t>Orda Bir Köy Var Uzakta Arnavutköy</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054937042</t>
+          <t>9786057592118</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hacılar Büyük Dağın Sırları</t>
+          <t>Ölümsüzlük Kenti Misis</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756121108</t>
+          <t>9786054937042</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Sırrı</t>
+          <t>Hacılar Büyük Dağın Sırları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054937189</t>
+          <t>9789756121108</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Öteki Şehir Eski Kayseri'de Sosyal Hayat</t>
+          <t>Ölümün Sırrı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055419004</t>
+          <t>9786054937189</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bir Eski Zaman Güzeli Buca</t>
+          <t>Öteki Şehir Eski Kayseri'de Sosyal Hayat</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789756121269</t>
+          <t>9786055419004</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Terimleri Sözlüğü</t>
+          <t>Bir Eski Zaman Güzeli Buca</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054307494</t>
+          <t>9789756121269</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Renklere Son Veda Tarlabaşı</t>
+          <t>Halk Edebiyatı Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057592477</t>
+          <t>9786054307494</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ham Toprak</t>
+          <t>Renklere Son Veda Tarlabaşı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789756121115</t>
+          <t>9786057592477</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bir Erkek Sevdim O Yoktu</t>
+          <t>Ham Toprak</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057592040</t>
+          <t>9789756121115</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Adanalıyık Taman</t>
+          <t>Bir Erkek Sevdim O Yoktu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786056855498</t>
+          <t>9786057592040</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Adana Sümer Mahallesi</t>
+          <t>Hepimiz Adanalıyık Taman</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054307388</t>
+          <t>9786056855498</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Safranbolu'da Eski Bir Güneş Saati</t>
+          <t>Adana Sümer Mahallesi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054937110</t>
+          <t>9786054307388</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sahabiye Çerkes Kültürünün Işığında</t>
+          <t>Safranbolu'da Eski Bir Güneş Saati</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057592781</t>
+          <t>9786054937110</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Öğretmeninin Aydınlanma Mücadelesi</t>
+          <t>Sahabiye Çerkes Kültürünün Işığında</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054307593</t>
+          <t>9786057592781</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Samatya Dinmeyen Tını</t>
+          <t>Bir Cumhuriyet Öğretmeninin Aydınlanma Mücadelesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054307012</t>
+          <t>9786054307593</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş ''Yollar ya da Anılar Boyunca''</t>
+          <t>Samatya Dinmeyen Tını</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054307371</t>
+          <t>9786054307012</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sana Doğdum Denizli</t>
+          <t>Beşiktaş ''Yollar ya da Anılar Boyunca''</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054937301</t>
+          <t>9786054307371</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Santral Garajı (Çek Bir Umut)</t>
+          <t>Sana Doğdum Denizli</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789756121849</t>
+          <t>9786054937301</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Benim Başkentim Adana</t>
+          <t>Santral Garajı (Çek Bir Umut)</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054307739</t>
+          <t>9789756121849</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bendeki Malatya</t>
+          <t>Benim Başkentim Adana</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057592767</t>
+          <t>9786054307739</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Obsesif Kompulsif Bozukluk'a Psikanalitik ve Varoluşsal Kuramlarla Bakış</t>
+          <t>Bendeki Malatya</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054307401</t>
+          <t>9786057592767</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bekleyen Kent Burdur</t>
+          <t>Obsesif Kompulsif Bozukluk'a Psikanalitik ve Varoluşsal Kuramlarla Bakış</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054937127</t>
+          <t>9786054307401</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Setenönü</t>
+          <t>Bekleyen Kent Burdur</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789756121863</t>
+          <t>9786054937127</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bayburtlu Zihni</t>
+          <t>Setenönü</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756121825</t>
+          <t>9789756121863</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sılam Isparta</t>
+          <t>Bayburtlu Zihni</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057592798</t>
+          <t>9789756121825</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Son Trabzon İmparatorluğu (1204-1461)</t>
+          <t>Sılam Isparta</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756121283</t>
+          <t>9786057592798</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Başka Zaman Çocukları</t>
+          <t>Son Trabzon İmparatorluğu (1204-1461)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055419868</t>
+          <t>9789756121283</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Şehramed</t>
+          <t>Başka Zaman Çocukları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054307852</t>
+          <t>9786055419868</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Başı Poyrazlı Semt İcadiye</t>
+          <t>Şehramed</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054307654</t>
+          <t>9786054307852</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şehremini</t>
+          <t>Başı Poyrazlı Semt İcadiye</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057592026</t>
+          <t>9786054307654</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Baraj Yolu-Yılların Ayak İzleri</t>
+          <t>Şehremini</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055419653</t>
+          <t>9786057592026</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Takvimden Papaz Mektebine Kastamonu</t>
+          <t>Baraj Yolu-Yılların Ayak İzleri</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057592743</t>
+          <t>9786055419653</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bademlerden Sayma Beni</t>
+          <t>Şiirli Takvimden Papaz Mektebine Kastamonu</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054307647</t>
+          <t>9786057592743</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şile Bir Denizkızı</t>
+          <t>Bademlerden Sayma Beni</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055419530</t>
+          <t>9786054307647</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Aziz Eugenios’un Rüyası Yenicuma</t>
+          <t>Şile Bir Denizkızı</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054307746</t>
+          <t>9786055419530</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Taksim: Bir Şenliği Yaşamak</t>
+          <t>Aziz Eugenios’un Rüyası Yenicuma</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055419394</t>
+          <t>9786054307746</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Taş Beşiğim Hacıkasım</t>
+          <t>Taksim: Bir Şenliği Yaşamak</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054307579</t>
+          <t>9786055419394</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ayazma Mahallesi Üsküdar</t>
+          <t>Taş Beşiğim Hacıkasım</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057592095</t>
+          <t>9786054307579</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Taşköprüye Çık Irmağa Bak! Sanatçılarıyla Adana</t>
+          <t>Ayazma Mahallesi Üsküdar</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054307418</t>
+          <t>9786057592095</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tekirdağ Sonsuz Gurbet</t>
+          <t>Taşköprüye Çık Irmağa Bak! Sanatçılarıyla Adana</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054307722</t>
+          <t>9786054307418</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ayaspaşa Yıllarım</t>
+          <t>Tekirdağ Sonsuz Gurbet</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055419561</t>
+          <t>9786054307722</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Mahrem Kemik Falı Ve Lacivert</t>
+          <t>Ayaspaşa Yıllarım</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054937141</t>
+          <t>9786055419561</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tomarza Unutulan Hoşgörü Kasabası</t>
+          <t>Ayasofya Mahrem Kemik Falı Ve Lacivert</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055419837</t>
+          <t>9786054937141</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Osmanlı Kızları</t>
+          <t>Tomarza Unutulan Hoşgörü Kasabası</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055419899</t>
+          <t>9786055419837</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Argıncık Açık Kapılar</t>
+          <t>Avrupa’da Osmanlı Kızları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055419493</t>
+          <t>9786055419899</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Trabzon’un B Kapısı Kalkınma</t>
+          <t>Argıncık Açık Kapılar</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789756121764</t>
+          <t>9786055419493</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Anka Kentim Antep’im</t>
+          <t>Trabzon’un B Kapısı Kalkınma</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055419387</t>
+          <t>9789756121764</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Trabzon’un Kalbi Meydan</t>
+          <t>Anka Kentim Antep’im</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057592804</t>
+          <t>9786055419387</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Harabeler İçinde</t>
+          <t>Trabzon’un Kalbi Meydan</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055419523</t>
+          <t>9786057592804</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Trabzon’un Yaşlı Bakkalı Mumhaneönü</t>
+          <t>Anadolu Harabeler İçinde</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055419660</t>
+          <t>9786055419523</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Trabzon'a Armağan</t>
+          <t>Trabzon’un Yaşlı Bakkalı Mumhaneönü</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789756121627</t>
+          <t>9786055419660</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Amerika Dan İtalya'ya</t>
+          <t>Trabzon'a Armağan</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057592545</t>
+          <t>9789756121627</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Altının Ruhu</t>
+          <t>Amerika Dan İtalya'ya</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055419486</t>
+          <t>9786057592545</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Trabzon'un Denizden Koparılan Kalbi Sotka</t>
+          <t>Altının Ruhu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789756121290</t>
+          <t>9786055419486</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Trenler Yine Gidiyor</t>
+          <t>Trabzon'un Denizden Koparılan Kalbi Sotka</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789756121795</t>
+          <t>9789756121290</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Akan Söz Çınlayan Zaman</t>
+          <t>Trenler Yine Gidiyor</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789756121320</t>
+          <t>9789756121795</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Troya</t>
+          <t>Akan Söz Çınlayan Zaman</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789756121054</t>
+          <t>9789756121320</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Türkiye 1915</t>
+          <t>Troya</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054307265</t>
+          <t>9789756121054</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Boğaziçi Yerleşimi - Beykoz</t>
+          <t>Türkiye 1915</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057592019</t>
+          <t>9786054307265</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Adana Rüyası Kurtuluş Mahallesi</t>
+          <t>Unutulmuş Bir Boğaziçi Yerleşimi - Beykoz</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057592491</t>
+          <t>9786057592019</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Unutuş Irmağı</t>
+          <t>Adana Rüyası Kurtuluş Mahallesi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057592811</t>
+          <t>9786057592491</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Uzak, İnziva</t>
+          <t>Unutuş Irmağı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054937387</t>
+          <t>9786057592811</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Adana Efsaneleri</t>
+          <t>Uzak, İnziva</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054307227</t>
+          <t>9786054937387</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar</t>
+          <t>Adana Efsaneleri</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786056855443</t>
+          <t>9786054307227</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Vera</t>
+          <t>Üsküdar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054937158</t>
+          <t>9786056855443</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yabanlu Pazarı</t>
+          <t>Vera</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054937981</t>
+          <t>9786054937158</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımdır Bir Vakit Geyve Notları</t>
+          <t>Yabanlu Pazarı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786055419363</t>
+          <t>9786054937981</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Yazlık Öyküler</t>
+          <t>Yaşadığımdır Bir Vakit Geyve Notları</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054937875</t>
+          <t>9786055419363</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Dünya</t>
+          <t>Yaşanmış Yazlık Öyküler</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057592484</t>
+          <t>9786054937875</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Valiz</t>
+          <t>Yeniden Dünya</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057592002</t>
+          <t>9786057592484</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sümer Mahallesi</t>
+          <t>Yeşil Valiz</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057592453</t>
+          <t>9786057592002</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Acının Krallığı</t>
+          <t>Sümer Mahallesi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054307685</t>
+          <t>9786057592453</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Acıbadem Ve Sınırlarına Kısa Gezintiler</t>
+          <t>Acının Krallığı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789756121719</t>
+          <t>9786054307685</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kent Ankara</t>
+          <t>Acıbadem Ve Sınırlarına Kısa Gezintiler</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057592101</t>
+          <t>9789756121719</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Adana Kesitleri</t>
+          <t>Yitik Kent Ankara</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054307364</t>
+          <t>9786057592101</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Değdi(n) Kastamonu</t>
+          <t>Yüreğimdeki Adana Kesitleri</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054937929</t>
+          <t>9786054307364</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Zağnos Köprüsü’nden Bakan Kız</t>
+          <t>Yüreğime Değdi(n) Kastamonu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054307838</t>
+          <t>9786054937929</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Durduğu Bir Yerde Ortaköy</t>
+          <t>Zağnos Köprüsü’nden Bakan Kız</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054307425</t>
+          <t>9786054307838</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Sabahı</t>
+          <t>Zamanın Durduğu Bir Yerde Ortaköy</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057592897</t>
+          <t>9786054307425</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yaratan Adam: Özkan Sümer</t>
+          <t>12 Eylül Sabahı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057592583</t>
+          <t>9786057592897</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmamış Kıtadan Hikayeler</t>
+          <t>Kendini Yaratan Adam: Özkan Sümer</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057592576</t>
+          <t>9786057592583</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Kaybolmamış Kıtadan Hikayeler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057592170</t>
+          <t>9786057592576</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Ayak İzlerinde - Karşıyakalı Bir Çocukluk</t>
+          <t>Kuyu</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057592163</t>
+          <t>9786057592170</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Nostalji Güzelyalı Yazıları</t>
+          <t>Anneannemin Ayak İzlerinde - Karşıyakalı Bir Çocukluk</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057592156</t>
+          <t>9786057592163</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Şıngır Mıngır Tepecik</t>
+          <t>Nostalji Güzelyalı Yazıları</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057592392</t>
+          <t>9786057592156</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yeşilyurt’ta Açan Nilüfer</t>
+          <t>Şıngır Mıngır Tepecik</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055419233</t>
+          <t>9786057592392</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yitik Zamanın Peşinde: Karantina</t>
+          <t>Yeşilyurt’ta Açan Nilüfer</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054307678</t>
+          <t>9786055419233</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Tepe Cerrahpaşa</t>
+          <t>Yitik Zamanın Peşinde: Karantina</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789756121689</t>
+          <t>9786054307678</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İlk Köy Gazetesi ve Bilal Köyden</t>
+          <t>Yedinci Tepe Cerrahpaşa</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054307869</t>
+          <t>9789756121689</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Toplarönü - İstanbullu Doğan Kuban ve Boğaziçi</t>
+          <t>Türkiye’nin İlk Köy Gazetesi ve Bilal Köyden</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054307975</t>
+          <t>9786054307869</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Şemikler Şemikler</t>
+          <t>Toplarönü - İstanbullu Doğan Kuban ve Boğaziçi</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786055419271</t>
+          <t>9786054307975</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Soğukkuyu-Bahariye</t>
+          <t>Şemikler Şemikler</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054307357</t>
+          <t>9786055419271</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Sır</t>
+          <t>Soğukkuyu-Bahariye</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055419578</t>
+          <t>9786054307357</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Karanlığında Kemeraltı</t>
+          <t>Sis ve Sır</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786055419127</t>
+          <t>9786055419578</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne Alasın Alaybey</t>
+          <t>Sessizliğin Karanlığında Kemeraltı</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054307456</t>
+          <t>9786055419127</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sarıyer ve Büyükdere</t>
+          <t>Sen Ne Alasın Alaybey</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789756121740</t>
+          <t>9786054307456</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sancılı Kent Ankara</t>
+          <t>Sarıyer ve Büyükdere</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055419097</t>
+          <t>9789756121740</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Saklı Mazi: Dibekbaşı Kireçlikaya</t>
+          <t>Sancılı Kent Ankara</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054307487</t>
+          <t>9786055419097</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü Çamlıca</t>
+          <t>Saklı Mazi: Dibekbaşı Kireçlikaya</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054307616</t>
+          <t>9786054307487</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Rufinia’dan Çiftehavuzlar’a</t>
+          <t>Rüzgargülü Çamlıca</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054307531</t>
+          <t>9786054307616</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Pendikli Yıllar, Sine-Masal Anılar</t>
+          <t>Rufinia’dan Çiftehavuzlar’a</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055419219</t>
+          <t>9786054307531</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Paradiso’dan Kızılçullu’ya Şirinyer</t>
+          <t>Pendikli Yıllar, Sine-Masal Anılar</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054307944</t>
+          <t>9786055419219</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Narlıdere</t>
+          <t>Paradiso’dan Kızılçullu’ya Şirinyer</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054307562</t>
+          <t>9786054307944</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Meydanları Kaybolmuş Yorgun Bir Semt Aksaray</t>
+          <t>Narlıdere</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054307791</t>
+          <t>9786054307562</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Marmara’da Bir Balık Olarak Haydarpaşa</t>
+          <t>Meydanları Kaybolmuş Yorgun Bir Semt Aksaray</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054307036</t>
+          <t>9786054307791</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Maltepe</t>
+          <t>Marmara’da Bir Balık Olarak Haydarpaşa</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055419042</t>
+          <t>9786054307036</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Körfez Vapurları Blues</t>
+          <t>Maltepe</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054307951</t>
+          <t>9786055419042</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Köprü’de İnecek Var</t>
+          <t>Körfez Vapurları Blues</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054307715</t>
+          <t>9786054307951</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Koşuyolu: Dünyalar Kadar</t>
+          <t>Köprü’de İnecek Var</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054307609</t>
+          <t>9786054307715</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kilyos</t>
+          <t>Koşuyolu: Dünyalar Kadar</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054307555</t>
+          <t>9786054307609</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kırk Adımda Fulya</t>
+          <t>Kilyos</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054307999</t>
+          <t>9786054307555</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kentin Kıyısında ve İçinde Olmak: İnciraltı</t>
+          <t>Kırk Adımda Fulya</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055419349</t>
+          <t>9786054307999</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Karımı Seven Adam</t>
+          <t>Kentin Kıyısında ve İçinde Olmak: İnciraltı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054307029</t>
+          <t>9786055419349</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kalpzaman Yeşilçam</t>
+          <t>Karımı Seven Adam</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055419318</t>
+          <t>9786054307029</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizin Tarihi Bursa</t>
+          <t>Kalpzaman Yeşilçam</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055419158</t>
+          <t>9786055419318</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar</t>
+          <t>Kalbimizin Tarihi Bursa</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789756121641</t>
+          <t>9786055419158</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kadın Öncüler</t>
+          <t>Kahramanlar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055419592</t>
+          <t>9789756121641</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mavi Beyaz Faroz</t>
+          <t>Kadın Öncüler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055419165</t>
+          <t>9786055419592</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur ve Fesleğen Kokulu Buca</t>
+          <t>İçimdeki Mavi Beyaz Faroz</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054937165</t>
+          <t>9786055419165</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Kayseri 27 - Yahyalı</t>
+          <t>Ihlamur ve Fesleğen Kokulu Buca</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055419967</t>
+          <t>9786054937165</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Kayseri 8 - Erciyes</t>
+          <t>Bir Nefeste Kayseri 27 - Yahyalı</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054937134</t>
+          <t>9786055419967</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Kayseri 24 - Talas</t>
+          <t>Bir Nefeste Kayseri 8 - Erciyes</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054937103</t>
+          <t>9786054937134</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste Kayseri 21 - Pınarbaşı</t>
+          <t>Bir Nefeste Kayseri 24 - Talas</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054937943</t>
+          <t>9786054937103</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hayy</t>
+          <t>Bir Nefeste Kayseri 21 - Pınarbaşı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054937899</t>
+          <t>9786054937943</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Deccal İncili</t>
+          <t>Hayy</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054937950</t>
+          <t>9786054937899</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Külyaprak</t>
+          <t>Deccal İncili</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057592378</t>
+          <t>9786054937950</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Göztepe’den Köprü’ye Bir Hayat</t>
+          <t>Külyaprak</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057592187</t>
+          <t>9786057592378</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İngiliz İskelesi’nden Gündoğdu’ya</t>
+          <t>Göztepe’den Köprü’ye Bir Hayat</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057592439</t>
+          <t>9786057592187</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İzmir’in Unutulmuş Semti Keçeciler</t>
+          <t>İngiliz İskelesi’nden Gündoğdu’ya</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057592293</t>
+          <t>9786057592439</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bergama'da Abacıhan Sokak</t>
+          <t>İzmir’in Unutulmuş Semti Keçeciler</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054937851</t>
+          <t>9786057592293</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kuş Seslerinden Bir Çadır</t>
+          <t>Bergama'da Abacıhan Sokak</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054937769</t>
+          <t>9786054937851</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Antalyam</t>
+          <t>Kuş Seslerinden Bir Çadır</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054937479</t>
+          <t>9786054937769</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sis Dağının Çocukları</t>
+          <t>Antalyam</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054937844</t>
+          <t>9786054937479</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Yurdum</t>
+          <t>Sis Dağının Çocukları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789756121733</t>
+          <t>9786054937844</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hamsi Kurban O Göze (Ciltli)</t>
+          <t>Benim Güzel Yurdum</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055419103</t>
+          <t>9789756121733</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Gözbebeğim Deltam: Çiğli</t>
+          <t>Hamsi Kurban O Göze (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789756121672</t>
+          <t>9786055419103</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Gölgeden Akan Işık</t>
+          <t>Gözbebeğim Deltam: Çiğli</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055419547</t>
+          <t>9789756121672</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Gazipaşa’nın Yerlisi Olmak</t>
+          <t>Gölgeden Akan Işık</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789756121962</t>
+          <t>9786055419547</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Fındıkzade Bir Sur İçi Rüyası</t>
+          <t>Gazipaşa’nın Yerlisi Olmak</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789756121979</t>
+          <t>9789756121962</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Fener</t>
+          <t>Fındıkzade Bir Sur İçi Rüyası</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055419257</t>
+          <t>9789756121979</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Derya Kuzuları Gurbette... Konak</t>
+          <t>Fener</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055419080</t>
+          <t>9786055419257</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Değirmendağı</t>
+          <t>Derya Kuzuları Gurbette... Konak</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055419059</t>
+          <t>9786055419080</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çınarlı-Mersinli: Bir Çocukluğun Coğrafyası</t>
+          <t>Değirmendağı</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054307173</t>
+          <t>9786055419059</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Cağaloğlu - Hayatın ve Mesleğin Birleştiği Yer</t>
+          <t>Çınarlı-Mersinli: Bir Çocukluğun Coğrafyası</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054307784</t>
+          <t>9786054307173</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Bomonti’den Harbiye’ye</t>
+          <t>Cağaloğlu - Hayatın ve Mesleğin Birleştiği Yer</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055419028</t>
+          <t>9786054307784</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahalle Tenekeli Mahalle</t>
+          <t>Bomonti’den Harbiye’ye</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054307180</t>
+          <t>9786055419028</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bir Semti Kendince Yazmak Ataköy</t>
+          <t>Bizim Mahalle Tenekeli Mahalle</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055419264</t>
+          <t>9786054307180</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bir Kente Nereden Girilir? Halkapınar</t>
+          <t>Bir Semti Kendince Yazmak Ataköy</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055419110</t>
+          <t>9786055419264</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bir Göç Kasabası: Gaziemir</t>
+          <t>Bir Kente Nereden Girilir? Halkapınar</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055419035</t>
+          <t>9786055419110</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bayraklı: Eski İzmir’den Hatıralar</t>
+          <t>Bir Göç Kasabası: Gaziemir</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789756121603</t>
+          <t>9786055419035</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Barış Kültürü</t>
+          <t>Bayraklı: Eski İzmir’den Hatıralar</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054307920</t>
+          <t>9789756121603</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Aytaç’ın Balçovası</t>
+          <t>Barış Kültürü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054307500</t>
+          <t>9786054307920</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Annemin Gül Bahçeleri ve Yakacık</t>
+          <t>Aytaç’ın Balçovası</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054307753</t>
+          <t>9786054307500</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yakasının Sıfır Noktası Bağlarbaşı</t>
+          <t>Annemin Gül Bahçeleri ve Yakacık</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055419011</t>
+          <t>9786054307753</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Affet Beni Altındağ</t>
+          <t>Anadolu Yakasının Sıfır Noktası Bağlarbaşı</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789756121122</t>
+          <t>9786055419011</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Acının Askerleri</t>
+          <t>Affet Beni Altındağ</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054307814</t>
+          <t>9789756121122</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Selimiye</t>
+          <t>Acının Askerleri</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054937608</t>
+          <t>9786054307814</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Zer</t>
+          <t>Dünden Bugüne Selimiye</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054937516</t>
+          <t>9786054937608</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Köle Taciri (Onların Adı Hiç Olmadı)</t>
+          <t>Zer</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054937264</t>
+          <t>9786054937516</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Beyler Sokağı</t>
+          <t>Köle Taciri (Onların Adı Hiç Olmadı)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054937288</t>
+          <t>9786054937264</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Çar Şehrinin Hikayesi</t>
+          <t>Beyler Sokağı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055419851</t>
+          <t>9786054937288</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ustalaşma Yolunda Bire İki Zon Forsing'in Devamı</t>
+          <t>İstanbul Çar Şehrinin Hikayesi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054937271</t>
+          <t>9786055419851</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Rizeliyim Rizeli</t>
+          <t>Ustalaşma Yolunda Bire İki Zon Forsing'in Devamı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054937646</t>
+          <t>9786054937271</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Öteki İmam Hatipli</t>
+          <t>Rizeliyim Rizeli</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054937400</t>
+          <t>9786054937646</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kanalköprü ve Denizli</t>
+          <t>Öteki İmam Hatipli</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057592347</t>
+          <t>9786054937400</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Çiğli’de Yaşamak</t>
+          <t>Kanalköprü ve Denizli</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057592361</t>
+          <t>9786057592347</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Manavkuyu-İzmirim 46</t>
+          <t>Çiğli’de Yaşamak</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054307524</t>
+          <t>9786057592361</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ayağımda Kırk Numara Kâğıthane</t>
+          <t>Hatıralar Manavkuyu-İzmirim 46</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789756121948</t>
+          <t>9786054307524</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Atikvalide</t>
+          <t>Ayağımda Kırk Numara Kâğıthane</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055419301</t>
+          <t>9789756121948</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Karabağlar: Küçük Türkiye</t>
+          <t>Atikvalide</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054307845</t>
+          <t>9786055419301</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kanatları Ada Süslü Kartal</t>
+          <t>Karabağlar: Küçük Türkiye</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057592637</t>
+          <t>9786054307845</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Bir Çay</t>
+          <t>Kanatları Ada Süslü Kartal</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054937738</t>
+          <t>9786057592637</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Oflu Aşıkkutlu Hoca</t>
+          <t>İstanbul’da Bir Çay</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057592408</t>
+          <t>9786054937738</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>95’in Kahvesinden Karataş’a İngiliz Bahçesi Yokuşu</t>
+          <t>Oflu Aşıkkutlu Hoca</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057592316</t>
+          <t>9786057592408</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Adil Demir Sitesi Bornova</t>
+          <t>95’in Kahvesinden Karataş’a İngiliz Bahçesi Yokuşu</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057592330</t>
+          <t>9786057592316</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Kalan Halil Rıfat Paşa Caddesi</t>
+          <t>Adil Demir Sitesi Bornova</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057592224</t>
+          <t>9786057592330</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Eşrefpaşa’da</t>
+          <t>Anılarda Kalan Halil Rıfat Paşa Caddesi</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057592415</t>
+          <t>9786057592224</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bostanlı Anıları</t>
+          <t>Bir Zamanlar Eşrefpaşa’da</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057592309</t>
+          <t>9786057592415</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Öteki İzmir'in Çocukları Seri 47</t>
+          <t>Bostanlı Anıları</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
+          <t>9786057592309</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Öteki İzmir'in Çocukları Seri 47</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
           <t>9786057592521</t>
         </is>
       </c>
-      <c r="B419" s="1" t="inlineStr">
+      <c r="B420" s="1" t="inlineStr">
         <is>
           <t>Direnişin Adı Gültepe</t>
         </is>
       </c>
-      <c r="C419" s="1">
+      <c r="C420" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>