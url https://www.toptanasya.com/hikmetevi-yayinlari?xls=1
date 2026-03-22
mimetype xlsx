--- v0 (2026-01-21)
+++ v1 (2026-03-22)
@@ -85,2575 +85,2905 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255650054</t>
+          <t>9786258697926</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi ve Medeniyeti Külliyatı (15 Cilt)</t>
+          <t>Toplumsal Çürümenin Anatomisi Lût Kavmi Örneği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>12500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255650030</t>
+          <t>9786053518600</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hak Yolda Manevi İlerleyişin Düsturları</t>
+          <t>Fıkıhta Gayrimenkul Malların Zekatı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257756273</t>
+          <t>9786053518433</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'ün Çöküşü</t>
+          <t>Abbasi İmparatorluğunun Çöküşü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257756280</t>
+          <t>9786053517566</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'ün Doğuşu</t>
+          <t>Büyü Din ve Toplum</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257756297</t>
+          <t>9789757757009</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'ün Yükselişi</t>
+          <t>İslam Hukukunda Alacağı Teminat Altına Alma Sözleşmesi Rehin Akdi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255650023</t>
+          <t>9786053516699</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyetin Sessiz İzleri: Arap İslam Kültürünün Orta Çağ Avrupa Edebiyatına Etkisi</t>
+          <t>Psikolojik Etmenler Ve Öfkenin Fıkhî Hükümlere Etkisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255940834</t>
+          <t>9786053516132</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Göre Alkol</t>
+          <t>Fıkıhta Setr-i Avret</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257756068</t>
+          <t>9786053516057</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Tarihi ve İslam Hukukunun Kaynakları</t>
+          <t>Abbasi İhtilalinin Mimarları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255940599</t>
+          <t>9786053515982</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Özelleştirme Benzeri Uygulamalar</t>
+          <t>İmam Maturidi'de İman Amel İlişkisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255940285</t>
+          <t>9786257756709</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hakkın Iskatı</t>
+          <t>Aklını Kullanacaklar İçin Mantık (Tasavvurat)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257756976</t>
+          <t>9786257756679</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Siyasi Tarihi</t>
+          <t>İslam Ceza Hukukunda Tazir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>570</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053511533</t>
+          <t>9786257756631</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku</t>
+          <t>Eser Rey Ayrışmasında Buhari Şafii İlişkisi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058041784</t>
+          <t>9786058041714</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hanefi İmamların İhtilaf Sebepleri İbadetler</t>
+          <t>Rasulullah’ın İslam’a Davet Metodu (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255980229</t>
+          <t>9786053513094</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Kıyas</t>
+          <t>Muhtasar Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257756853</t>
+          <t>9786055959104</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukuku</t>
+          <t>Kur’an İlimleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053513025</t>
+          <t>9786053510864</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Aile Bireylerinin Sorumlulukları</t>
+          <t>Kur'an Tefsirinde Tarihsel Yöntem</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053512219</t>
+          <t>9786053512356</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli İslam Borçlar Hukuku (Şirketler İlaveli)</t>
+          <t>Sünneti İhya Etmek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053519706</t>
+          <t>9786053511748</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Metodolojisinde Genişletici Yorum</t>
+          <t>İslam Öncesi İran’da Devlet ve Ekonomi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056992292</t>
+          <t>9786053511731</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Başlangıcı</t>
+          <t>Eski İran’da Din ve Toplum</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056992285</t>
+          <t>9786056954474</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mecelle-i Ahkam-ı Adliye Külli Kaideler Şerhi</t>
+          <t>Ömer Nasühi Bilmen’in Muvazzah İlm-i Kelam Örneğinde Kelamla İlgili Rivayetler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053519102</t>
+          <t>9786058041783</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Göre Devletin Borçlanması</t>
+          <t>Endülüs Siyasi Tarihi (Kutulu 3 Kitap)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053519096</t>
+          <t>9786258697544</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Göre Kamu Maliyesi</t>
+          <t>İslam Hukukunun Kaynakları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053518358</t>
+          <t>9786255650054</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Roma Hukukundan Etkilenmiş Midir?- Oryantalist Tez Oryantalist Reddiye -</t>
+          <t>İslam Tarihi ve Medeniyeti Külliyatı (15 Cilt)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>12500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257756242</t>
+          <t>9786255650030</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Mucizesi</t>
+          <t>Hak Yolda Manevi İlerleyişin Düsturları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053517887</t>
+          <t>9786257756273</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihine Giriş</t>
+          <t>Endülüs'ün Çöküşü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053517627</t>
+          <t>9786257756280</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zararın Akitlere Etkisi (Hanefi Mezhebi Örneği)</t>
+          <t>Endülüs'ün Doğuşu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257756877</t>
+          <t>9786257756297</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular ve Haçlılar (Seljuks and Crusaders) 3 Cilt Takım</t>
+          <t>Endülüs'ün Yükselişi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053517238</t>
+          <t>9786255650023</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Niğde'de Dini Hayat ve Tasavvufi Kültüre Dair İzler</t>
+          <t>Bir Medeniyetin Sessiz İzleri: Arap İslam Kültürünün Orta Çağ Avrupa Edebiyatına Etkisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053512035</t>
+          <t>9786255940834</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ed Dubbu ve Haliyyetun Nahi</t>
+          <t>İslam'a Göre Alkol</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053512097</t>
+          <t>9786257756068</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uhibbu Sadikati</t>
+          <t>İslam Hukuk Tarihi ve İslam Hukukunun Kaynakları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053512042</t>
+          <t>9786255940599</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>El İhvatus Selase</t>
+          <t>İslam Hukukunda Özelleştirme Benzeri Uygulamalar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053512110</t>
+          <t>9786255940285</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>La Tehafi Yebneti</t>
+          <t>İslam Hukukunda Hakkın Iskatı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053512103</t>
+          <t>9786257756976</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Halavetu's Sabr</t>
+          <t>Endülüs Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>570</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257756846</t>
+          <t>9786053511533</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Endülüs Tarihi</t>
+          <t>İslam Aile Hukuku</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053512523</t>
+          <t>9786058041784</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yaygın Eşdizimleriyle Arapçada Anahtar Fiiller</t>
+          <t>Hanefi İmamların İhtilaf Sebepleri İbadetler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053511830</t>
+          <t>9786255980229</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Rihletu'n ile'l-kamer / Alau'd-din Ve'l-misbahu's-sihri</t>
+          <t>Fıkıh Usulünde Kıyas</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053511816</t>
+          <t>9786257756853</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Halilun ve'l-Hımaru's-Sağir / El-Ketkütu'l-Ahmak</t>
+          <t>Aile Hukuku</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053511793</t>
+          <t>9786053513025</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>El-Ğabetu'l-Muhterika / Es-Sinbadu fi Cezirati'l-Kenzi'l-Mechule</t>
+          <t>İslam’a Göre Aile Bireylerinin Sorumlulukları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053511823</t>
+          <t>9786053512219</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Necmetü'l-Hayr - El-akzamu ve Sani'u'l-ahziye</t>
+          <t>Mukayeseli İslam Borçlar Hukuku (Şirketler İlaveli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053511786</t>
+          <t>9786053519706</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>El-Cundiyyu's-Suca'  Es-Semeketü'z-Zehebiyye</t>
+          <t>İslam Hukuku Metodolojisinde Genişletici Yorum</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257756822</t>
+          <t>9786056992292</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferlerinde Casusluk ve İstihbarat</t>
+          <t>İslam Hukuku Başlangıcı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053516354</t>
+          <t>9786056992285</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu'l-Evleviyyat - Mutedil Bir İslam Tasavvuru Üzerine İlkeler</t>
+          <t>Mecelle-i Ahkam-ı Adliye Külli Kaideler Şerhi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053516330</t>
+          <t>9786053519102</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Muhammed Hamdi Yazır'ın Hukukçuluğu</t>
+          <t>İslam Hukukuna Göre Devletin Borçlanması</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257756815</t>
+          <t>9786053519096</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslam Emirliği ve Nizamı</t>
+          <t>İslam Hukukuna Göre Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257756792</t>
+          <t>9786053518358</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku 4.cilt (Ceza -Yargılama)</t>
+          <t>İslam Hukuku Roma Hukukundan Etkilenmiş Midir?- Oryantalist Tez Oryantalist Reddiye -</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053516033</t>
+          <t>9786257756242</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetlerinde Etkili Konuşma ve Diksiyon</t>
+          <t>Kur’an Mucizesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257756778</t>
+          <t>9786053517887</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İtikadi İslam Mezhepleri Tarihi</t>
+          <t>Tefsir Tarihine Giriş</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053515944</t>
+          <t>9786053517627</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’te Siyer Yazıcılığı</t>
+          <t>Zararın Akitlere Etkisi (Hanefi Mezhebi Örneği)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257756754</t>
+          <t>9786257756877</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Rusya ve Avrupa</t>
+          <t>Selçuklular ve Haçlılar (Seljuks and Crusaders) 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>490</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257756747</t>
+          <t>9786053517238</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Değerler Bercestesi</t>
+          <t>Niğde'de Dini Hayat ve Tasavvufi Kültüre Dair İzler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257756686</t>
+          <t>9786053512035</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku 3. Cilt</t>
+          <t>Ed Dubbu ve Haliyyetun Nahi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>480</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257756723</t>
+          <t>9786053512097</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l- Hümam'ın İctihad ve Taklit Anlayışı</t>
+          <t>Uhibbu Sadikati</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053515104</t>
+          <t>9786053512042</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>El İhvatus Selase</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257756662</t>
+          <t>9786053512110</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Ehl-i Sünnet, Şia ve Mu’tezile’ye Göre Peygamberlerin İsmeti</t>
+          <t>La Tehafi Yebneti</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053514732</t>
+          <t>9786053512103</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Cabir B. Zeyd Hayatı, Mezhebi ve Tefsiz Anlayışı</t>
+          <t>Halavetu's Sabr</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053512769</t>
+          <t>9786257756846</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Siretül Habib / Peygamberimizin Hayatı - 5 Kitap</t>
+          <t>Ana Hatlarıyla Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257756013</t>
+          <t>9786053512523</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Tefsir Problemleri</t>
+          <t>Yaygın Eşdizimleriyle Arapçada Anahtar Fiiller</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053512059</t>
+          <t>9786053511830</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>El Kana'atu Kenzun La Yefna</t>
+          <t>Rihletu'n ile'l-kamer / Alau'd-din Ve'l-misbahu's-sihri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053512066</t>
+          <t>9786053511816</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Emine ve'l Lu'be</t>
+          <t>Halilun ve'l-Hımaru's-Sağir / El-Ketkütu'l-Ahmak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053512073</t>
+          <t>9786053511793</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ahıs Sağir</t>
+          <t>El-Ğabetu'l-Muhterika / Es-Sinbadu fi Cezirati'l-Kenzi'l-Mechule</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053512080</t>
+          <t>9786053511823</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Musa'adetu'l Asdika</t>
+          <t>Necmetü'l-Hayr - El-akzamu ve Sani'u'l-ahziye</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257756082</t>
+          <t>9786053511786</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Arapça Öğretimi 2</t>
+          <t>El-Cundiyyu's-Suca'  Es-Semeketü'z-Zehebiyye</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257756075</t>
+          <t>9786257756822</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Arapça Öğretimi 1</t>
+          <t>Haçlı Seferlerinde Casusluk ve İstihbarat</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257756617</t>
+          <t>9786053516354</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Selçuklulardan Moğol İstilasına Kadar Bağdat'ta İlmi Kurumlar</t>
+          <t>Fıkhu'l-Evleviyyat - Mutedil Bir İslam Tasavvuru Üzerine İlkeler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257756600</t>
+          <t>9786053516330</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile Hukuku: Ürdün-Fas-Malezya-Uygulamaları</t>
+          <t>Elmalılı Muhammed Hamdi Yazır'ın Hukukçuluğu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257756587</t>
+          <t>9786257756815</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Alim ve Alem</t>
+          <t>İslam Emirliği ve Nizamı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257756570</t>
+          <t>9786257756792</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Mitolojisi'nde Atıf</t>
+          <t>İslam Hukuku 4.cilt (Ceza -Yargılama)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257756563</t>
+          <t>9786053516033</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Zina ve Cezası</t>
+          <t>Din Hizmetlerinde Etkili Konuşma ve Diksiyon</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257756556</t>
+          <t>9786257756778</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Azap Çeşitleri Nedenleri ve İlgili Kavramlar</t>
+          <t>İtikadi İslam Mezhepleri Tarihi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257756549</t>
+          <t>9786053515944</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İslam Miras Hukuku</t>
+          <t>Endülüs’te Siyer Yazıcılığı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257756532</t>
+          <t>9786257756754</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hicri Birinci Yüzyılda Hadis Kitabeti</t>
+          <t>Rusya ve Avrupa</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257756525</t>
+          <t>9786257756747</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kubbetü’l-İslam Belh</t>
+          <t>Değerler Bercestesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257756471</t>
+          <t>9786257756686</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İbadet Esaslarıyla İlgili Kur’an Kavramları</t>
+          <t>İslam Hukuku 3. Cilt</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257756464</t>
+          <t>9786257756723</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sakif Kabilesi ve Hz. Peygamber'le Münasebetleri</t>
+          <t>İbnü'l- Hümam'ın İctihad ve Taklit Anlayışı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257756495</t>
+          <t>9786053515104</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Beytü'l Hikme ve Orta Asya'lı Alimlerin Bağdat'taki İlmi Faaliyetleri</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257756433</t>
+          <t>9786257756662</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>Bütün Yönleriyle Ehl-i Sünnet, Şia ve Mu’tezile’ye Göre Peygamberlerin İsmeti</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257756358</t>
+          <t>9786053514732</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimlere Giriş</t>
+          <t>Cabir B. Zeyd Hayatı, Mezhebi ve Tefsiz Anlayışı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257756426</t>
+          <t>9786053512769</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Celaleddin Harizmşah Biyografisi</t>
+          <t>Siretül Habib / Peygamberimizin Hayatı - 5 Kitap</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257756440</t>
+          <t>9786257756013</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Necati Yeniel - İmam-Hatip Nesline Adanmış Bir Ömür</t>
+          <t>Günümüz Tefsir Problemleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257756310</t>
+          <t>9786053512059</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönemde Kur'an'daki Siyasi Kavramlar</t>
+          <t>El Kana'atu Kenzun La Yefna</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>60</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257756372</t>
+          <t>9786053512066</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tarihselcilik ve Fıkhi Tahlili</t>
+          <t>Emine ve'l Lu'be</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257756389</t>
+          <t>9786053512073</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunun Teşekkülü Sürecinde Hz. Ali'nin Rolü</t>
+          <t>Ahıs Sağir</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257756334</t>
+          <t>9786053512080</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamada Temel İlkeler</t>
+          <t>Musa'adetu'l Asdika</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257756327</t>
+          <t>9786257756082</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Edebiyatı Beni Ahmer / Nasriler Dönemi</t>
+          <t>Yabancılara Arapça Öğretimi 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257756341</t>
+          <t>9786257756075</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Rububiyet</t>
+          <t>Yabancılara Arapça Öğretimi 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257756303</t>
+          <t>9786257756617</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre İmsak Vakti</t>
+          <t>Selçuklulardan Moğol İstilasına Kadar Bağdat'ta İlmi Kurumlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257756228</t>
+          <t>9786257756600</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hz.Peygamber'in Süvarisi Muhammed B. Mesleme</t>
+          <t>İslam Aile Hukuku: Ürdün-Fas-Malezya-Uygulamaları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257756204</t>
+          <t>9786257756587</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatanın Kudüsü</t>
+          <t>Alim ve Alem</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257756235</t>
+          <t>9786257756570</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku 2. Cilt</t>
+          <t>İslam Hukuk Mitolojisi'nde Atıf</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257756051</t>
+          <t>9786257756563</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Araştırmaları Kılavuzu</t>
+          <t>Fıkhi Açıdan Zina ve Cezası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257756198</t>
+          <t>9786257756556</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Mukaddimelerinde Kur'an İlimlerine Giriş</t>
+          <t>Kur’an’da Azap Çeşitleri Nedenleri ve İlgili Kavramlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257756174</t>
+          <t>9786257756549</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Anlaşılmasında İki Mesele</t>
+          <t>Uygulamalı İslam Miras Hukuku</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257756167</t>
+          <t>9786257756532</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Tefsirlerinde Kıraat Yorum İlişkisi</t>
+          <t>Hicri Birinci Yüzyılda Hadis Kitabeti</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257756143</t>
+          <t>9786257756525</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yitik Değerlerin Keşfi</t>
+          <t>Kubbetü’l-İslam Belh</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257756105</t>
+          <t>9786257756471</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Zahire Bağlılık Problematiği</t>
+          <t>İbadet Esaslarıyla İlgili Kur’an Kavramları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257756136</t>
+          <t>9786257756464</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Ahlak</t>
+          <t>Sakif Kabilesi ve Hz. Peygamber'le Münasebetleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257756006</t>
+          <t>9786257756495</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukuku</t>
+          <t>Beytü'l Hikme ve Orta Asya'lı Alimlerin Bağdat'taki İlmi Faaliyetleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257756037</t>
+          <t>9786257756433</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku 1. Cilt</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056992278</t>
+          <t>9786257756358</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Kanuna Karşı Hile ve Hile-i Şer'iyye</t>
+          <t>İslami İlimlere Giriş</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056992261</t>
+          <t>9786257756426</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Göre İnternet Ortamında Alışveriş</t>
+          <t>Celaleddin Harizmşah Biyografisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056992230</t>
+          <t>9786257756440</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hat Sanatı Bakımından Kudüs ve Çevresindeki Eyyubi Kitabeleri</t>
+          <t>Ahmet Necati Yeniel - İmam-Hatip Nesline Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056992247</t>
+          <t>9786257756310</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İman Esaslarıyla İlgili Kur'an Kavramları</t>
+          <t>Modern Dönemde Kur'an'daki Siyasi Kavramlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056992216</t>
+          <t>9786257756372</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukukunda Suça Teşebbüs</t>
+          <t>Tarihselcilik ve Fıkhi Tahlili</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056992223</t>
+          <t>9786257756389</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Tevessül, İstigase ve Teberrük</t>
+          <t>İslam Hukukunun Teşekkülü Sürecinde Hz. Ali'nin Rolü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056992209</t>
+          <t>9786257756334</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mi'rac Algısı ve Mi'raciyyeler</t>
+          <t>Kur'an'ı Anlamada Temel İlkeler</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058041769</t>
+          <t>9786257756327</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Arap Dahisi: Muğire B. Şu'be</t>
+          <t>Endülüs Edebiyatı Beni Ahmer / Nasriler Dönemi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053513711</t>
+          <t>9786257756341</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans Ürünlerinde Akitlerin Birleştirilmesi</t>
+          <t>Kur'an'da Rububiyet</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058041752</t>
+          <t>9786257756303</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman ve Hz. Ali Dönemlerinde Yargı</t>
+          <t>Kur’an’a Göre İmsak Vakti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058041745</t>
+          <t>9786257756228</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam Deniz Ticaret Hukuku</t>
+          <t>Hz.Peygamber'in Süvarisi Muhammed B. Mesleme</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058041776</t>
+          <t>9786257756204</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Siyer-i Nebi Aleyhi's-Selam</t>
+          <t>Mavi Vatanın Kudüsü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786058041707</t>
+          <t>9786257756235</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın İslam'a Davet Metodu</t>
+          <t>İslam Hukuku 2. Cilt</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053513766</t>
+          <t>9786257756051</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Sosyal Yardımlaşma Sözleşmesi Ariyet Akdi</t>
+          <t>İlahiyat Araştırmaları Kılavuzu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053513735</t>
+          <t>9786257756198</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamada Temel Bir Problem Te'vil</t>
+          <t>Tefsir Mukaddimelerinde Kur'an İlimlerine Giriş</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053513650</t>
+          <t>9786257756174</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Übey B. Ka’b</t>
+          <t>Kur'an'ın Anlaşılmasında İki Mesele</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053513612</t>
+          <t>9786257756167</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Taşkent Mushafı Tarihi - Hz. Osman’ın Yazdırdığı Mushaflardan</t>
+          <t>Erken Dönem Tefsirlerinde Kıraat Yorum İlişkisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053513643</t>
+          <t>9786257756143</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Perspektifinden Dünyanın Değeri</t>
+          <t>Yitik Değerlerin Keşfi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053513605</t>
+          <t>9786257756105</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Son Üç Ayı</t>
+          <t>Tefsirde Zahire Bağlılık Problematiği</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257756112</t>
+          <t>9786257756136</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi 2</t>
+          <t>Hadislerle Ahlak</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053513339</t>
+          <t>9786257756006</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulüne Giriş</t>
+          <t>İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786058041721</t>
+          <t>9786257756037</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Hadis Usulü</t>
+          <t>İslam Hukuku 1. Cilt</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257756266</t>
+          <t>9786056992278</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi - 1</t>
+          <t>İslam Hukuku Açısından Kanuna Karşı Hile ve Hile-i Şer'iyye</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257756129</t>
+          <t>9786056992261</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukuku</t>
+          <t>İslam Hukukuna Göre İnternet Ortamında Alışveriş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053513216</t>
+          <t>9786056992230</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Başlangıcı</t>
+          <t>Hat Sanatı Bakımından Kudüs ve Çevresindeki Eyyubi Kitabeleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053513223</t>
+          <t>9786056992247</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Din ve Vicdan Hürriyeti</t>
+          <t>İman Esaslarıyla İlgili Kur'an Kavramları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053513179</t>
+          <t>9786056992216</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Eski Araplara Göre Türkler</t>
+          <t>İslam Ceza Hukukunda Suça Teşebbüs</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053512233</t>
+          <t>9786056992223</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fransız Roland Destanı’nda Endülüs Müslümanları</t>
+          <t>Hadislerde Tevessül, İstigase ve Teberrük</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053512745</t>
+          <t>9786056992209</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kısasul Cemil - Arapça Güzel Hikayeler (6 Kitap Takım)</t>
+          <t>Mi'rac Algısı ve Mi'raciyyeler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053512301</t>
+          <t>9786058041769</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Müderris Bir Sufi: Muhammed Hadimi</t>
+          <t>Bir Arap Dahisi: Muğire B. Şu'be</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257756488</t>
+          <t>9786053513711</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Temel Fıkıh Bilgileri</t>
+          <t>İslami Finans Ürünlerinde Akitlerin Birleştirilmesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786056992254</t>
+          <t>9786058041752</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ İslam Dünyasında Şehir Eşkıyaları Ayyarlar</t>
+          <t>Hz. Osman ve Hz. Ali Dönemlerinde Yargı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053512899</t>
+          <t>9786058041745</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hapis Cezası ve Hapishane</t>
+          <t>İslam Deniz Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053512912</t>
+          <t>9786058041776</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kanunların Bağlayıcılığı</t>
+          <t>Muhtasar Siyer-i Nebi Aleyhi's-Selam</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053512226</t>
+          <t>9786058041707</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Gündelik Hayatı Hurma - Deri - Deve</t>
+          <t>Rasulullah’ın İslam'a Davet Metodu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053512707</t>
+          <t>9786053513766</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya'da Hanefiliğin Gelişimi Sadrüşşeria Ubeydullah B. Mes'ud</t>
+          <t>İslam Hukukunda Sosyal Yardımlaşma Sözleşmesi Ariyet Akdi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053512714</t>
+          <t>9786053513735</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Emevi Devleti Tarihi</t>
+          <t>Kur'an'ı Anlamada Temel Bir Problem Te'vil</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053512721</t>
+          <t>9786053513650</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Döneminde Hıristiyanlar</t>
+          <t>Übey B. Ka’b</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053511977</t>
+          <t>9786053513612</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İshak ve İsmail Aleyhisselam</t>
+          <t>Taşkent Mushafı Tarihi - Hz. Osman’ın Yazdırdığı Mushaflardan</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053511984</t>
+          <t>9786053513643</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Salih ve İbrahim Aleyhisselam</t>
+          <t>Kur’an Perspektifinden Dünyanın Değeri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053511953</t>
+          <t>9786053513605</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nuh ve Hud Aleyhisselam</t>
+          <t>Hz. Peygamber’in Son Üç Ayı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053511946</t>
+          <t>9786257756112</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Adem ve İdris Aleyhisselam</t>
+          <t>İslam Tarihi 2</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053511649</t>
+          <t>9786053513339</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme ve Göç</t>
+          <t>Tefsir Usulüne Giriş</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053511809</t>
+          <t>9786058041721</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Et-Tıflu'l-Muhteri' - Ca'Feru'n fi Cezirati'l-Akzan</t>
+          <t>Uygulamalı Hadis Usulü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>80</v>
+        <v>540</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053511540</t>
+          <t>9786257756266</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde İnkar Problemi</t>
+          <t>İslam Tarihi - 1</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053510611</t>
+          <t>9786257756129</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Şehir Dindarlığından Modern Kent Dindarlığına</t>
+          <t>İslam Ceza Hukuku</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053510253</t>
+          <t>9786053513216</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sadru'd-din-i Konevi</t>
+          <t>İslam Hukuk Başlangıcı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053512516</t>
+          <t>9786053513223</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Tefsirinde Mucize Bilim İlişkisi</t>
+          <t>İslam Hukuku Açısından Din ve Vicdan Hürriyeti</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053512455</t>
+          <t>9786053513179</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Nişanlılık</t>
+          <t>Eski Araplara Göre Türkler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053512462</t>
+          <t>9786053512233</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamada Bağlam</t>
+          <t>Fransız Roland Destanı’nda Endülüs Müslümanları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053511380</t>
+          <t>9786053512745</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Müslüman - Yahudi Polemikleri</t>
+          <t>Kısasul Cemil - Arapça Güzel Hikayeler (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053511342</t>
+          <t>9786053512301</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dindarlık</t>
+          <t>Osmanlı’da Müderris Bir Sufi: Muhammed Hadimi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053511373</t>
+          <t>9786257756488</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebinde İstihsan Anlayışı ve Uygulanması</t>
+          <t>Temel Fıkıh Bilgileri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053511106</t>
+          <t>9786056992254</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Halid Bağdadi</t>
+          <t>Ortaçağ İslam Dünyasında Şehir Eşkıyaları Ayyarlar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053511090</t>
+          <t>9786053512899</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ali B. Ebi Talib Divanı</t>
+          <t>İslam Hukukunda Hapis Cezası ve Hapishane</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053510475</t>
+          <t>9786053512912</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sabir, Sekel, Avar ve Bulgar Etnik Meselelerinin Çözümü</t>
+          <t>Kanunların Bağlayıcılığı</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053510710</t>
+          <t>9786053512226</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'ın İncisi Nişabur</t>
+          <t>Hz. Peygamber'in Gündelik Hayatı Hurma - Deri - Deve</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053510468</t>
+          <t>9786053512707</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hurufiliğin Doğuşu ve Fazlullah Hurufi</t>
+          <t>Orta Asya'da Hanefiliğin Gelişimi Sadrüşşeria Ubeydullah B. Mes'ud</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053510918</t>
+          <t>9786053512714</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Makasıd Teorisine Giriş</t>
+          <t>Emevi Devleti Tarihi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058041738</t>
+          <t>9786053512721</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Giriş</t>
+          <t>Emeviler Döneminde Hıristiyanlar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053510482</t>
+          <t>9786053511977</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ulak Yol Durak</t>
+          <t>İshak ve İsmail Aleyhisselam</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053511755</t>
+          <t>9786053511984</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İslam Coğrafyasında Mecusiler</t>
+          <t>Salih ve İbrahim Aleyhisselam</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053510536</t>
+          <t>9786053511953</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’r-Red Ala Ehli’l-Bida’ Ve’l-Ehvai’d-Dalle</t>
+          <t>Nuh ve Hud Aleyhisselam</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053511458</t>
+          <t>9786053511946</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Romanında Merkez - Taşra Çatışması</t>
+          <t>Adem ve İdris Aleyhisselam</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053512349</t>
+          <t>9786053511649</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kısasü'l-İrab Arapça Hikayeler Seti (5 Kitap)</t>
+          <t>Kentleşme ve Göç</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053512332</t>
+          <t>9786053511809</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hikaye (Arapça Hikayeler) (4 Kitaplık Set)</t>
+          <t>Et-Tıflu'l-Muhteri' - Ca'Feru'n fi Cezirati'l-Akzan</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053511717</t>
+          <t>9786053511540</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Siretü’l-Habib (7 - 8)</t>
+          <t>İslam Düşüncesinde İnkar Problemi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053511687</t>
+          <t>9786053510611</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Siretü’l-Habib (1 - 2)</t>
+          <t>Geleneksel Şehir Dindarlığından Modern Kent Dindarlığına</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053511694</t>
+          <t>9786053510253</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Siretü’l-Habib (3 - 4)</t>
+          <t>Sadru'd-din-i Konevi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053511700</t>
+          <t>9786053512516</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Siretü’l-Habib (5 - 6)</t>
+          <t>Elmalılı Tefsirinde Mucize Bilim İlişkisi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
+          <t>9786053512455</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku Açısından Nişanlılık</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786053512462</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ı Anlamada Bağlam</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786053511380</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman - Yahudi Polemikleri</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786053511342</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Dindarlık</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786053511373</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Hanefi Mezhebinde İstihsan Anlayışı ve Uygulanması</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786053511106</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Halid Bağdadi</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786053511090</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Ali B. Ebi Talib Divanı</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786053510475</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Sabir, Sekel, Avar ve Bulgar Etnik Meselelerinin Çözümü</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786053510710</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Orta Çağ'ın İncisi Nişabur</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786053510468</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Hurufiliğin Doğuşu ve Fazlullah Hurufi</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786053510918</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Makasıd Teorisine Giriş</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786058041738</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukuna Giriş</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786053510482</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Ulak Yol Durak</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786053511755</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>İslam Coğrafyasında Mecusiler</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786053510536</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kitabu’r-Red Ala Ehli’l-Bida’ Ve’l-Ehvai’d-Dalle</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786053511458</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Dönemi Türk Romanında Merkez - Taşra Çatışması</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786053512349</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Kısasü'l-İrab Arapça Hikayeler Seti (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786053512332</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Ayet ve Hikaye (Arapça Hikayeler) (4 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786053511717</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Siretü’l-Habib (7 - 8)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786053511687</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Siretü’l-Habib (1 - 2)</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786053511694</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Siretü’l-Habib (3 - 4)</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786053511700</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Siretü’l-Habib (5 - 6)</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
           <t>9786053511724</t>
         </is>
       </c>
-      <c r="B170" s="1" t="inlineStr">
+      <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Siretü’l-Habib (9 - 10)</t>
         </is>
       </c>
-      <c r="C170" s="1">
+      <c r="C192" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>