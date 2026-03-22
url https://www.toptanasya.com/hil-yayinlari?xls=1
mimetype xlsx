--- v0 (2026-01-21)
+++ v1 (2026-03-22)
@@ -85,1585 +85,1765 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>2789009944574</t>
+          <t>2019502019500</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>O Bir Asiydi James Dean</t>
+          <t>Woody Allen Set: Manhattan Tekrar Çal Sam Annie Hall</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058138582</t>
+          <t>9786057017543</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Varsayımı</t>
+          <t>Ataların Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>85</v>
+        <v>245</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757638957</t>
+          <t>9786058138599</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sinemacının Gözü (Ciltli)</t>
+          <t>Mutluluk Varsayımı (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>110</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058070028</t>
+          <t>9789757618140</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Likya Yolu - Türkiye'nin İlk Uzun Mesafe Yürüyüş Rotası</t>
+          <t>Deccal - Hristiyanlığa Lanet</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757638995</t>
+          <t>9789757638988</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uluslar ve Ulusçuluk (Ciltli)</t>
+          <t>Doğal Yöntemle Gözlüklere Veda</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058070059</t>
+          <t>3990000015530</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Tahayyül</t>
+          <t>Bir Yalnız Adam Jacques Brel</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>85</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>4440000000870</t>
+          <t>9789757638032</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 1 2 3 (Ciltli)</t>
+          <t>Deneysel Sinemasının Kısa Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>55.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757638896</t>
+          <t>3990000015506</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı Psikolojisi (Ciltli)</t>
+          <t>Manhattan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>4440000000871</t>
+          <t>3990000026732</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema (1.2.3. Cilt) (Ciltli)</t>
+          <t>Noktanın Kesişimleri Antolojisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>55.56</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757638797</t>
+          <t>9789757638292</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayvan ve Şaman (Ciltli)</t>
+          <t>Film Yönetmek Üzerine</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757638735</t>
+          <t>9789757638858</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi: Ciltli</t>
+          <t>Kültür ve Emperyalizm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757638742</t>
+          <t>9789757638865</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fransız Devrimi</t>
+          <t>Gezmek Yaşamaktır</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058070042</t>
+          <t>2789009944574</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Tahayyül (Ciltli)</t>
+          <t>O Bir Asiydi James Dean</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000017627</t>
+          <t>9786058138582</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ara Güler'in Sinemacıları</t>
+          <t>Mutluluk Varsayımı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>32.41</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757638766</t>
+          <t>9789757638957</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ego'nun Aşkınlığı (Ciltli)</t>
+          <t>Sinemacının Gözü (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>25</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4440000000872</t>
+          <t>9786058070028</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 1</t>
+          <t>Likya Yolu - Türkiye'nin İlk Uzun Mesafe Yürüyüş Rotası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>30</v>
+        <v>230</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757638230</t>
+          <t>9789757638995</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Uluslar ve Ulusçuluk (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4440000000869</t>
+          <t>9786058070059</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 3</t>
+          <t>Sosyolojik Tahayyül</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>13.89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2789009961076</t>
+          <t>4440000000870</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Helena - Nöbetçi</t>
+          <t>Ve Sinema 1 2 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>25</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757638438</t>
+          <t>9789757638896</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sanat Olarak Sinema</t>
+          <t>Senaryo Yazımı Psikolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>37</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757638018</t>
+          <t>4440000000871</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kara Mizah Antolojisi</t>
+          <t>Ve Sinema (1.2.3. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>40</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4440000000868</t>
+          <t>9789757638797</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 5</t>
+          <t>Hayvan ve Şaman (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757638353</t>
+          <t>9789757638735</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Yabancı Sermaye 1854- 1914</t>
+          <t>Fransız Devrimi: Ciltli</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>58</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000015509</t>
+          <t>9789757638742</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tanrı</t>
+          <t>Fransız Devrimi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.26</v>
+        <v>390</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757638414</t>
+          <t>9786058070042</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Videoda Işıklandırma (Ciltli)</t>
+          <t>Sosyolojik Tahayyül (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058138513</t>
+          <t>3990000017627</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sinematografi (Ciltli)</t>
+          <t>Ara Güler'in Sinemacıları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058070080</t>
+          <t>9789757638766</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Sürecinde Türkiye 1945 - 1980 (Ciltli)</t>
+          <t>Ego'nun Aşkınlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058070004</t>
+          <t>4440000000872</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Sanatı - Senaryo Roman Öykü ve Oyun İçin (Ciltli)</t>
+          <t>Ve Sinema 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058070035</t>
+          <t>9789757638230</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Mit: 50 Unutulmaz Filmin Mitolojik Yapısı (Ciltli)</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058070073</t>
+          <t>4440000000869</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Kompost (Ciltli)</t>
+          <t>Ve Sinema 3</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757638964</t>
+          <t>2789009961076</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Mitleri (Ciltli)</t>
+          <t>Helena - Nöbetçi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>79</v>
+        <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058070011</t>
+          <t>9789757638438</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kurgu Sanatı</t>
+          <t>Sanat Olarak Sinema</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058138551</t>
+          <t>9789757638018</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ataların Hikayesi (Ciltli)</t>
+          <t>Kara Mizah Antolojisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>215</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057184818</t>
+          <t>4440000000868</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Mitleri : İnsanın ve Evrenin Ortaya Çıkışına Dair Tüm Dünyadan Mitler</t>
+          <t>Ve Sinema 5</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>550</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757638841</t>
+          <t>9789757638353</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Emperyalizm (Ciltli)</t>
+          <t>Osmanlı Devleti'nde Yabancı Sermaye 1854- 1914</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>58</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057017574</t>
+          <t>3990000015509</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Tahayyül</t>
+          <t>Tanrı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057017536</t>
+          <t>9789757638414</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ataların Hikayesi</t>
+          <t>Sinema ve Videoda Işıklandırma (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4440000000862</t>
+          <t>9786058138513</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 9</t>
+          <t>Sinematografi (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>4440000000873</t>
+          <t>9786058070080</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Devleti'nin Avrupa Topluluğu Üyesi Olmak Hakkı ve İsteğinin Tarihsel Kaynakları</t>
+          <t>Demokrasi Sürecinde Türkiye 1945 - 1980 (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>4440000000865</t>
+          <t>9786058070004</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 7</t>
+          <t>Kurgu Sanatı - Senaryo Roman Öykü ve Oyun İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>4440000000876</t>
+          <t>9786058070035</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cerrahiler</t>
+          <t>Sinema ve Mit: 50 Unutulmaz Filmin Mitolojik Yapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>4440000000875</t>
+          <t>9786058070073</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalem Bukalemun</t>
+          <t>Şehirde Kompost (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>2880000026259</t>
+          <t>9789757638964</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Sinema Kitabı</t>
+          <t>Yaratılış Mitleri (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>70</v>
+        <v>79</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4440000000867</t>
+          <t>9786058070011</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 4</t>
+          <t>Kurgu Sanatı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>4440000000866</t>
+          <t>9786058138551</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 6</t>
+          <t>Ataların Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4440000000863</t>
+          <t>9786057184818</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ve Sinema 8</t>
+          <t>Yaratılış Mitleri : İnsanın ve Evrenin Ortaya Çıkışına Dair Tüm Dünyadan Mitler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057017567</t>
+          <t>9789757638841</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Uluslar ve Ulusçuluk</t>
+          <t>Kültür ve Emperyalizm (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>4440000000874</t>
+          <t>9786057017574</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tekrar Çal Sam</t>
+          <t>Sosyolojik Tahayyül</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057017550</t>
+          <t>9786057017536</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar Kitabı</t>
+          <t>Ataların Hikayesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757638179</t>
+          <t>4440000000862</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mare Nostrum</t>
+          <t>Ve Sinema 9</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058138537</t>
+          <t>4440000000873</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hegel'den Sonra (Ciltli)</t>
+          <t>Türkiye Cumhuriyeti Devleti'nin Avrupa Topluluğu Üyesi Olmak Hakkı ve İsteğinin Tarihsel Kaynakları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057017529</t>
+          <t>4440000000865</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Objektifin Dili - Sinemacının Gözü (Ciltli)</t>
+          <t>Ve Sinema 7</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057017512</t>
+          <t>4440000000876</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Objektifin Dili - Sinemacının Gözü</t>
+          <t>Cerrahiler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057017505</t>
+          <t>4440000000875</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Mucizesi</t>
+          <t>Bu Kalem Bukalemun</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058070097</t>
+          <t>2880000026259</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Mit: 50 Unutulmaz Filmin Mitolojik Yapısı</t>
+          <t>Zeynep'in Sinema Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058070066</t>
+          <t>4440000000867</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Kompost</t>
+          <t>Ve Sinema 4</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757638902</t>
+          <t>4440000000866</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Umut (Ciltli)</t>
+          <t>Ve Sinema 6</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799757638154</t>
+          <t>4440000000863</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Protestan Ahlakı ve Kapitalizmin Ruhu</t>
+          <t>Ve Sinema 8</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058138575</t>
+          <t>9786057017567</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sufi Yolu</t>
+          <t>Uluslar ve Ulusçuluk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058138544</t>
+          <t>4440000000874</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hegel'den Sonra</t>
+          <t>Tekrar Çal Sam</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757638971</t>
+          <t>9786057017550</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Mitleri</t>
+          <t>Paradokslar Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757638933</t>
+          <t>9789757638179</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aziz Paul Yolu: Türkiye'nin İkinci Uzun Mesafe Yürüyüş Rotası</t>
+          <t>Mare Nostrum</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789757638926</t>
+          <t>9786058138537</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Bisiklet Rehberi - Sana Dün Bir Seleden Baktım Aziz İstanbul</t>
+          <t>Hegel'den Sonra (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757638919</t>
+          <t>9786057017529</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Umut</t>
+          <t>Objektifin Dili - Sinemacının Gözü (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757638889</t>
+          <t>9786057017512</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazımı Psikolojisi</t>
+          <t>Objektifin Dili - Sinemacının Gözü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757638834</t>
+          <t>9786057017505</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Yolu: Kağnı Tekerlerinin İzinde Doğa Yürüyüşleri</t>
+          <t>Bisiklet Mucizesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057017598</t>
+          <t>9786058070097</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Doğal Yöntemle Gözlüklere Veda</t>
+          <t>Sinema ve Mit: 50 Unutulmaz Filmin Mitolojik Yapısı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789757638759</t>
+          <t>9786058070066</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İzleniyoruz: Yeni Reklam Sektörünün Elindeki Kimliğimiz ve Değerimiz</t>
+          <t>Şehirde Kompost</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757638773</t>
+          <t>9789757638902</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ego'nun Aşkınlığı</t>
+          <t>Şimdi Umut (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757638728</t>
+          <t>9799757638154</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hittite Trekking Routes</t>
+          <t>Protestan Ahlakı ve Kapitalizmin Ruhu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757638377</t>
+          <t>9786058138575</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Olumsallık, Hegomanya, Evrensellik</t>
+          <t>Sufi Yolu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789757638667</t>
+          <t>9786058138544</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hitit Yolu</t>
+          <t>Hegel'den Sonra</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757638704</t>
+          <t>9789757638971</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alan</t>
+          <t>Yaratılış Mitleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>950</v>
+        <v>750</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789757638674</t>
+          <t>9789757638933</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bereket Saçan Nehrin İzinde Doğa Yürüyüşleri : Gastronomi Yolu</t>
+          <t>Aziz Paul Yolu: Türkiye'nin İkinci Uzun Mesafe Yürüyüş Rotası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789757638582</t>
+          <t>9789757638926</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Etnoloji Defterleri</t>
+          <t>İstanbul Bisiklet Rehberi - Sana Dün Bir Seleden Baktım Aziz İstanbul</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789757638544</t>
+          <t>9789757638919</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Günler</t>
+          <t>Şimdi Umut</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757638537</t>
+          <t>9789757638889</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Yazılar</t>
+          <t>Senaryo Yazımı Psikolojisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789757638698</t>
+          <t>9789757638834</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Sürecinde Türkiye (1945-1980)</t>
+          <t>İstiklal Yolu: Kağnı Tekerlerinin İzinde Doğa Yürüyüşleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>570</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757638940</t>
+          <t>9786057017598</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Yücelik Duyguları Üzerine Gözlemler</t>
+          <t>Doğal Yöntemle Gözlüklere Veda</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789757638117</t>
+          <t>9789757638759</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Video Sanatı Eleştirel Bir Bakış</t>
+          <t>İzleniyoruz: Yeni Reklam Sektörünün Elindeki Kimliğimiz ve Değerimiz</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757638629</t>
+          <t>9789757638773</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>En İyi Matematik Yazıları</t>
+          <t>Ego'nun Aşkınlığı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058138520</t>
+          <t>9789757638728</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sinematografi</t>
+          <t>Hittite Trekking Routes</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789757638612</t>
+          <t>9789757638377</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kaçkarlar</t>
+          <t>Olumsallık, Hegomanya, Evrensellik</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789757638605</t>
+          <t>9789757638667</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>En İyi Amerikan Öyküleri</t>
+          <t>Hitit Yolu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757638001</t>
+          <t>9789757638704</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Annie Hall</t>
+          <t>Kamusal Alan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757638285</t>
+          <t>9789757638674</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare ve Marx</t>
+          <t>Bereket Saçan Nehrin İzinde Doğa Yürüyüşleri : Gastronomi Yolu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000003295</t>
+          <t>9789757638582</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Filmi</t>
+          <t>Etnoloji Defterleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057017581</t>
+          <t>9789757638544</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Pratik Nedenler</t>
+          <t>Dünyayı Değiştiren Günler</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757638056</t>
+          <t>9789757638537</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünyadan Yeni Dünyaya</t>
+          <t>Siyasi Yazılar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000017629</t>
+          <t>9789757638698</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Melek Defteri</t>
+          <t>Demokrasi Sürecinde Türkiye (1945-1980)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057184801</t>
+          <t>9789757638940</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hayvan ve Şaman</t>
+          <t>Güzellik ve Yücelik Duyguları Üzerine Gözlemler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757638452</t>
+          <t>9789757638117</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>4. Mehmet Döneminde Osmanlı Avrupası'nda İhtida ve Fetih</t>
+          <t>Video Sanatı Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789757638049</t>
+          <t>9789757638629</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Her Yana Saldırıyorum - Rainer Werner Fassbinder</t>
+          <t>En İyi Matematik Yazıları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789757638384</t>
+          <t>9786058138520</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Mucizesi</t>
+          <t>Sinematografi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>280</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789757638520</t>
+          <t>9789757638612</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Film Yapmak</t>
+          <t>Kaçkarlar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789757638131</t>
+          <t>9789757638605</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Toplum - Bir</t>
+          <t>En İyi Amerikan Öyküleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757638315</t>
+          <t>9789757638001</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Kim Olduğumu Biliyor Musun?</t>
+          <t>Annie Hall</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757638421</t>
+          <t>9789757638285</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Videoda Işıklandırma</t>
+          <t>Shakespeare ve Marx</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757638490</t>
+          <t>3990000003295</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sinemacının Gözü</t>
+          <t>Atatürk Filmi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757638575</t>
+          <t>9786057017581</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>En İyi Avrupa Öyküleri</t>
+          <t>Pratik Nedenler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789757638513</t>
+          <t>9789757638056</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Yazıları</t>
+          <t>Eski Dünyadan Yeni Dünyaya</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789757638568</t>
+          <t>3990000017629</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sultanlar Yolu</t>
+          <t>Melek Defteri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
+          <t>9786057184801</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan ve Şaman</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789757638452</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>4. Mehmet Döneminde Osmanlı Avrupası'nda İhtida ve Fetih</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789757638049</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Her Yana Saldırıyorum - Rainer Werner Fassbinder</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789757638384</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Mucizesi</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789757638520</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Bir Film Yapmak</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789757638131</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Toplum - Bir</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789757638315</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Sen Benim Kim Olduğumu Biliyor Musun?</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789757638421</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Sinema ve Videoda Işıklandırma</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789757638490</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Sinemacının Gözü</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789757638575</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>En İyi Avrupa Öyküleri</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789757638513</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Yazıları</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789757638568</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Sultanlar Yolu</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
           <t>9789757638506</t>
         </is>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Libidinal Ekonomi</t>
         </is>
       </c>
-      <c r="C104" s="1">
-        <v>320</v>
+      <c r="C116" s="1">
+        <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>