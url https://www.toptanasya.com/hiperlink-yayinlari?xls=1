--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,15730 +85,15880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255884015</t>
+          <t>9786255884268</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Zemahşeri’nin Keşşaf Tefsirindeki Ahkam Ayetlerini Yorumlama Metodu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255884329</t>
+          <t>9786255884688</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Dönemi’nde 13. Kolordu ve Güneydoğu Cephesi</t>
+          <t>Arşivle Mektep Arasında Muallim Cevdet Makaleleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256078406</t>
+          <t>9786255884282</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Motivasyon ve Performans Süreçleri Yönetimi</t>
+          <t>Dijital ve Sürdürülebilir Gelecek - Stratejik ve İnsan Odaklı Perspektifler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255884220</t>
+          <t>9786255884411</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>AI’HAN ile Yapay Zeka Öğreniyoruz</t>
+          <t>Klasik Türk Şiirinde Oyun ve Oyuncular</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255884206</t>
+          <t>9786255884466</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kamu Liderliği İle İş Tatmini Arasındaki İlişkide Örgütsel Desteğin Aracılık Rolünün İncelenmesi</t>
+          <t>Türkçe ve Korecenin Karşılaştırmalı Ses Bilgisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255884244</t>
+          <t>9786255884305</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kurumlarında Çatışma Yönetimi</t>
+          <t>Muhammed Siyah Kalem Tasvir Grubu’nda Yer Alan Demon İmgeleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256482180</t>
+          <t>9786255884343</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizin Kadın Kahramanları</t>
+          <t>Dijital Dönüşümler ve Muhasebe Sistemine Etkileri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>690</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257339643</t>
+          <t>9786255884442</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Antlaşmaları, Planları ve Önemli BM, AB Kararları (1571-2020)</t>
+          <t>Gölgede Kalan Öğretmenler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>645</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255884138</t>
+          <t>9786255884381</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Boşamada Şahit 	Bulundurma Zorunluluğu</t>
+          <t>Şair ve Yazar Haluk Yücel’e Armağan “Şiire ve Tarihe”</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255884091</t>
+          <t>9786255884367</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi ve Sürdürülebilirlik Circular 	Economy and Sustainability</t>
+          <t>Musabahat-ı Leyliye</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>780</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255884008</t>
+          <t>9786255884015</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Algı Yönetimi KKTC’de Su</t>
+          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255884077</t>
+          <t>9786255884329</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeyi Unutma Afete Yakalanma</t>
+          <t>Milli Mücadele Dönemi’nde 13. Kolordu ve Güneydoğu Cephesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255884114</t>
+          <t>9786256078406</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dijitallaşme İle Birlikte Değişen Halk Biliminin 	Üretim ve Yayılım Mekanizmalarının Analizi</t>
+          <t>İşletmelerde Motivasyon ve Performans Süreçleri Yönetimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256078239</t>
+          <t>9786255884220</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’s Geostrategic Maritime Policy In The 	21st Century - The Libyan Intervention as a 	Geopolitical Crossroad</t>
+          <t>AI’HAN ile Yapay Zeka Öğreniyoruz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255884169</t>
+          <t>9786255884206</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Yönelimi ve Rekabet Gücü Arasındaki İlişkide İnovasyon Performansının 	Aracılık Rolü İhracatçı Firmalar Üzerinde Bir Araştırma</t>
+          <t>Kamu Liderliği İle İş Tatmini Arasındaki İlişkide Örgütsel Desteğin Aracılık Rolünün İncelenmesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256078987</t>
+          <t>9786255884244</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Açık Kaynak İstihbaratı Teknikleri Kullanılarak Teknoloji İstihbaratı Model Önerisi</t>
+          <t>Eğitim Kurumlarında Çatışma Yönetimi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256078963</t>
+          <t>9786256482180</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Veri Yönetim Sistemleri ve Arşivleme Uygulamaları Çerçevesinde Veri Gölü Mimarilerinin Geliştirilmesi</t>
+          <t>Şiirimizin Kadın Kahramanları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>480</v>
+        <v>690</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256078949</t>
+          <t>9786257339643</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Düzenlenmesinde Yapay Zeka Kullanımı</t>
+          <t>Kıbrıs Antlaşmaları, Planları ve Önemli BM, AB Kararları (1571-2020)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>420</v>
+        <v>645</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786252817018</t>
+          <t>9786255884138</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
+          <t>İslam Hukukunda Boşamada Şahit 	Bulundurma Zorunluluğu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756351475</t>
+          <t>9786255884091</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
+          <t>Döngüsel Ekonomi ve Sürdürülebilirlik Circular 	Economy and Sustainability</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>36</v>
+        <v>780</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944157186</t>
+          <t>9786255884008</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Temel Sigorta Bilgileri ve Sigorta Sektörünün Yapısal Analizi</t>
+          <t>Psikolojik Algı Yönetimi KKTC’de Su</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>23.15</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944157032</t>
+          <t>9786255884077</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sitem</t>
+          <t>Tehlikeyi Unutma Afete Yakalanma</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>12.96</v>
+        <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059143165</t>
+          <t>9786255884114</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yazma Eserlerin Bibliyografik Denetimi</t>
+          <t>Dijitallaşme İle Birlikte Değişen Halk Biliminin 	Üretim ve Yayılım Mekanizmalarının Analizi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052816639</t>
+          <t>9786256078239</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1-2 (2 Kitap Takım)</t>
+          <t>Türkiye’s Geostrategic Maritime Policy In The 	21st Century - The Libyan Intervention as a 	Geopolitical Crossroad</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>640</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944157070</t>
+          <t>9786255884169</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntem ve Stratejileri</t>
+          <t>Teknoloji Yönelimi ve Rekabet Gücü Arasındaki İlişkide İnovasyon Performansının 	Aracılık Rolü İhracatçı Firmalar Üzerinde Bir Araştırma</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256078734</t>
+          <t>9786256078987</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Finansal Stresi Turkey’s Financial 	Stress</t>
+          <t>Açık Kaynak İstihbaratı Teknikleri Kullanılarak Teknoloji İstihbaratı Model Önerisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256078260</t>
+          <t>9786256078963</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Adanın Unutulan Savaşı Kıbrıs’lı Katırcılar 1939-1944</t>
+          <t>Kurumsal Veri Yönetim Sistemleri ve Arşivleme Uygulamaları Çerçevesinde Veri Gölü Mimarilerinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256078758</t>
+          <t>9786256078949</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Din Adamları</t>
+          <t>Bilginin Düzenlenmesinde Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256607872</t>
+          <t>9786252817018</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanelerin Geleceği: Yapay Zekâ ve Büyük Verinin Kütüphanelerde Kullanımı</t>
+          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256078697</t>
+          <t>9789756351475</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Türk 	Kütüphanecilik Tarihi</t>
+          <t>Çağdaş Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258410877</t>
+          <t>9789944157186</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimine Giriş</t>
+          <t>Temel Sigorta Bilgileri ve Sigorta Sektörünün Yapısal Analizi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>430</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256078635</t>
+          <t>9789944157032</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Londra’da Bir İstanbul Sergisi Diplomasi - Ekonomi - Temaşa (1893-94)</t>
+          <t>Sitem</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256078710</t>
+          <t>9786059143165</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Çalışma Yaşamı Kalitesi 	Kütüphaneciler Üzerine Bir Araştırma</t>
+          <t>Yazma Eserlerin Bibliyografik Denetimi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256078505</t>
+          <t>9786052816639</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Strategic Management Tools, Techniques and Conceptual Models</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1-2 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>900</v>
+        <v>640</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256078666</t>
+          <t>9789944157070</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm &amp; Teknostres Tasarım Odaklı Çözümler</t>
+          <t>Araştırma Yöntem ve Stratejileri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256078543</t>
+          <t>9786256078734</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Hekimliği Perspektifinden Karaciğer</t>
+          <t>Türkiye’nin Finansal Stresi Turkey’s Financial 	Stress</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256078345</t>
+          <t>9786256078260</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gayrımenkul Yatırım Ortaklılarında İç Kontrol Yapısının Değerlendirilmesi</t>
+          <t>Unutulan Adanın Unutulan Savaşı Kıbrıs’lı Katırcılar 1939-1944</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256078598</t>
+          <t>9786256078758</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs’ın İstirdadının 50. Yılı Anısına Kıbrıs Çalışmaları</t>
+          <t>Milli Mücadele Döneminde Din Adamları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256078420</t>
+          <t>9786256607872</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>II. Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
+          <t>Kütüphanelerin Geleceği: Yapay Zekâ ve Büyük Verinin Kütüphanelerde Kullanımı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256078574</t>
+          <t>9786256078697</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar-III</t>
+          <t>Erken Cumhuriyet Dönemi Türk 	Kütüphanecilik Tarihi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256078383</t>
+          <t>9786258410877</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>E-Arşivlerin Entelektüel Kontrolü</t>
+          <t>Dil Bilimine Giriş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256078611</t>
+          <t>9786256078635</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Lojistiğin Geleceği</t>
+          <t>Londra’da Bir İstanbul Sergisi Diplomasi - Ekonomi - Temaşa (1893-94)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256078314</t>
+          <t>9786256078710</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İvriz (Eğerli) Şehrengizi Şair Şeyh Cemali</t>
+          <t>Stres ve Çalışma Yaşamı Kalitesi 	Kütüphaneciler Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256078529</t>
+          <t>9786256078505</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar III</t>
+          <t>Strategic Management Tools, Techniques and Conceptual Models</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256482937</t>
+          <t>9786256078666</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çeviride Proje Yönetimi ve Çeviri Projesi 	Yöneticisi</t>
+          <t>Dijital Dönüşüm &amp; Teknostres Tasarım Odaklı Çözümler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256078321</t>
+          <t>9786256078543</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Perakende Sektörü İşletmelerinde Kurumsal Risk Yönetimi</t>
+          <t>Veteriner Hekimliği Perspektifinden Karaciğer</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256078185</t>
+          <t>9786256078345</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Bilgi Sistemleri ve Veri Yönetimi Politikaları Çerçevesinde Gizli ve Özel Güvenlik Gerektiren Belgelerin Yönetimi</t>
+          <t>Gayrımenkul Yatırım Ortaklılarında İç Kontrol Yapısının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256078284</t>
+          <t>9786256078598</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hava Kargo Taşımacılığı ve Ülke Refahı</t>
+          <t>Kuzey Kıbrıs’ın İstirdadının 50. Yılı Anısına Kıbrıs Çalışmaları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786252810293</t>
+          <t>9786256078420</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>II. Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256078147</t>
+          <t>9786256078574</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Kalitesi ve Yeni Kalite Standartları: İlgili Paydaşların Algıları Üzerine Bir İnceleme</t>
+          <t>Türklük Bilimine Genç Bakışlar-III</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256078215</t>
+          <t>9786256078383</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Zeka</t>
+          <t>E-Arşivlerin Entelektüel Kontrolü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256078086</t>
+          <t>9786256078611</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Siyasetten Edebiyata Türk Basınında Dergiler (1882-1960)</t>
+          <t>Lojistiğin Geleceği</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256078123</t>
+          <t>9786256078314</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Manyetik Rezonans Tekniğinin (MRG/NMR) Diş Hekimliğindeki Uygulamaları</t>
+          <t>İvriz (Eğerli) Şehrengizi Şair Şeyh Cemali</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257339469</t>
+          <t>9786256078529</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Organik Yarı İletkenlerin Fiziksel Özellikleri</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar III</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256482999</t>
+          <t>9786256482937</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Sürdürülebilirlik Çalışmaları</t>
+          <t>Çeviride Proje Yönetimi ve Çeviri Projesi 	Yöneticisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052811160</t>
+          <t>9786256078321</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Temel Düzey A1</t>
+          <t>Perakende Sektörü İşletmelerinde Kurumsal Risk Yönetimi</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000016260</t>
+          <t>9786256078185</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Kamusal Bilgi Sistemleri ve Veri Yönetimi Politikaları Çerçevesinde Gizli ve Özel Güvenlik Gerektiren Belgelerin Yönetimi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256482951</t>
+          <t>9786256078284</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hatay Devleti Başbakanı Dr. Abdurrahman Melek’in Hayatı ve Siyasi Faaliyetleri</t>
+          <t>Hava Kargo Taşımacılığı ve Ülke Refahı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256482975</t>
+          <t>9786252810293</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Faaliyetlerde Çözümlü Vaka Analizleri</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256482906</t>
+          <t>9786256078147</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gastronomide Güncel Trendler</t>
+          <t>Bağımsız Denetim Kalitesi ve Yeni Kalite Standartları: İlgili Paydaşların Algıları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256482883</t>
+          <t>9786256078215</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Afet Yönetimi ve İletişimi</t>
+          <t>Herkes İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256482845</t>
+          <t>9786256078086</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kent Turizmine Eleştirel Bir Bakış: Kültürel Mirasın ve Sunulan Kentin Bütünleştirilmesi</t>
+          <t>Siyasetten Edebiyata Türk Basınında Dergiler (1882-1960)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>950</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256482869</t>
+          <t>9786256078123</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Poesia y Poetica de Luis Garcia Montero. El  Viajero de Habitaciones Separadas 1980-1994</t>
+          <t>Manyetik Rezonans Tekniğinin (MRG/NMR) Diş Hekimliğindeki Uygulamaları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256482722</t>
+          <t>9786257339469</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ankara’ya Erişilebilir Mekansal Öneriler 	Yaratıcı Kentler</t>
+          <t>Organik Yarı İletkenlerin Fiziksel Özellikleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256482807</t>
+          <t>9786256482999</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Oyun Denemeler</t>
+          <t>Sosyal Bilimlerde Sürdürülebilirlik Çalışmaları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258461299</t>
+          <t>9786052811160</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa - Cilt 1</t>
+          <t>Yabancılar İçin Türkçe Temel Düzey A1</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944157520</t>
+          <t>3990000016260</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Sigorta Sektörünün Analizi ve Banka Kaynaklı Sigorta Pazarlaması</t>
+          <t>Serbest Düşüş</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944157247</t>
+          <t>9786256482951</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Fantastik Roman</t>
+          <t>Hatay Devleti Başbakanı Dr. Abdurrahman Melek’in Hayatı ve Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944157292</t>
+          <t>9786256482975</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türk Bankacılık Sisteminde Elektronik Bankacılık Uygulamaları</t>
+          <t>Lojistik Faaliyetlerde Çözümlü Vaka Analizleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944157322</t>
+          <t>9786256482906</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türk Bankacılık Sisteminde Ekonomik Krizin Tüketici Kredilerine Etkisi</t>
+          <t>Gastronomide Güncel Trendler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944157544</t>
+          <t>9786256482883</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Son 30 Yılda Türkiye ve Güney Kore’nin Ekonomik Performansı</t>
+          <t>Sürdürülebilir Afet Yönetimi ve İletişimi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944157254</t>
+          <t>9786256482845</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Resimli Yirminci Asır</t>
+          <t>Kent Turizmine Eleştirel Bir Bakış: Kültürel Mirasın ve Sunulan Kentin Bütünleştirilmesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944157094</t>
+          <t>9786256482869</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türklerinin Bastıkları Kitaplar</t>
+          <t>Poesia y Poetica de Luis Garcia Montero. El  Viajero de Habitaciones Separadas 1980-1994</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>365</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944157360</t>
+          <t>9786256482722</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gittik, Gördük, Yazdık Orta Asya ve Kafkasya</t>
+          <t>Ankara’ya Erişilebilir Mekansal Öneriler 	Yaratıcı Kentler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944157377</t>
+          <t>9786256482807</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya ve Güney Kafkasya Siyasi Gelişmeler 1991-2010</t>
+          <t>Gerçek Oyun Denemeler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>960</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944157407</t>
+          <t>9786258461299</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Deneyimi Tasarımı ve Yönetimi</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa - Cilt 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>195.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944157346</t>
+          <t>9789944157520</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı Türk Dış Politikası Kronolojisi</t>
+          <t>Türk Sigorta Sektörünün Analizi ve Banka Kaynaklı Sigorta Pazarlaması</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944157155</t>
+          <t>9789944157247</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İşletme Finansının Küreselleşmesi</t>
+          <t>Türk Edebiyatında Fantastik Roman</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944157438</t>
+          <t>9789944157292</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Etik</t>
+          <t>Türk Bankacılık Sisteminde Elektronik Bankacılık Uygulamaları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>460</v>
+        <v>125</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944157551</t>
+          <t>9789944157322</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İç Borçlanmanın Bankacılık Sektörü Açısından Etkilerinin Analizi</t>
+          <t>Türk Bankacılık Sisteminde Ekonomik Krizin Tüketici Kredilerine Etkisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944157506</t>
+          <t>9789944157544</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hizmet, Hizmet Pazarlaması, Türkiye’de Bireysel Emeklilik Sistemi ve Pazarlama Stratejileri</t>
+          <t>Son 30 Yılda Türkiye ve Güney Kore’nin Ekonomik Performansı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944157476</t>
+          <t>9789944157254</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Kalitesinin Hizmet Performansına Etkisi: Bir Hastanede Uygulama</t>
+          <t>Resimli Yirminci Asır</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944157315</t>
+          <t>9789944157094</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hisse Senedi Piyasasında Piyasa Yapıcılığı Sistemi ve Yurtdışı Uygulamaları</t>
+          <t>Osmanlı Türklerinin Bastıkları Kitaplar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>365</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944157414</t>
+          <t>9789944157360</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Finansal Okuryazarlık</t>
+          <t>Gittik, Gördük, Yazdık Orta Asya ve Kafkasya</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>345</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944157575</t>
+          <t>9789944157377</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Farklı Pencereler, Farklı Manzaralar</t>
+          <t>Orta Asya ve Güney Kafkasya Siyasi Gelişmeler 1991-2010</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>330</v>
+        <v>960</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944157537</t>
+          <t>9789944157407</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasalarında Hisse Senetleri ve Hisse Senetlerini Etkilayen Makroekonomik Faktörler</t>
+          <t>Müşteri Deneyimi Tasarımı ve Yönetimi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>205</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944157087</t>
+          <t>9789944157346</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Yürek</t>
+          <t>Kaynakçalı Türk Dış Politikası Kronolojisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>285</v>
+        <v>215</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256482579</t>
+          <t>9789944157155</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Davet</t>
+          <t>İşletme Finansının Küreselleşmesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256482739</t>
+          <t>9789944157438</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kırımçak Türkçesi Sözlüğü</t>
+          <t>İletişim ve Etik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256482760</t>
+          <t>9789944157551</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Harcamalarını Artıran Faktörler</t>
+          <t>İç Borçlanmanın Bankacılık Sektörü Açısından Etkilerinin Analizi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256482708</t>
+          <t>9789944157506</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Güncel Bilgi ve Belge Yönetimi Araştırmaları ve Uygulamaları</t>
+          <t>Hizmet, Hizmet Pazarlaması, Türkiye’de Bireysel Emeklilik Sistemi ve Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258244670</t>
+          <t>9789944157476</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Hizmet Kalitesinin Hizmet Performansına Etkisi: Bir Hastanede Uygulama</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256482470</t>
+          <t>9789944157315</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Yönetmek ve Liderlik Ruhu</t>
+          <t>Hisse Senedi Piyasasında Piyasa Yapıcılığı Sistemi ve Yurtdışı Uygulamaları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256482593</t>
+          <t>9789944157414</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Asyalı Geçmişi</t>
+          <t>Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>600</v>
+        <v>345</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256482654</t>
+          <t>9789944157575</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Python: Veri Analizi, Görselleştirme ve Yapay Zeka</t>
+          <t>Farklı Pencereler, Farklı Manzaralar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256482166</t>
+          <t>9789944157537</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Basın Tarihi Nacak 1959-1963</t>
+          <t>Sermaye Piyasalarında Hisse Senetleri ve Hisse Senetlerini Etkilayen Makroekonomik Faktörler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>550</v>
+        <v>205</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256482548</t>
+          <t>9789944157087</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatında Geyik İkonografisi</t>
+          <t>Akıl ve Yürek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256482319</t>
+          <t>9786256482579</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Enterprise Risk Management</t>
+          <t>Kurtuluşa Davet</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256482616</t>
+          <t>9786256482739</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
+          <t>Kırımçak Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256482272</t>
+          <t>9786256482760</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Karayosunları Florası - Bryophyte Flora of Türkiye</t>
+          <t>Sağlık Harcamalarını Artıran Faktörler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256482494</t>
+          <t>9786256482708</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mapping The Landscape of Translator-Training Research in Türkiye A Review of Studies from 2000 to 2020</t>
+          <t>Güncel Bilgi ve Belge Yönetimi Araştırmaları ve Uygulamaları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256482517</t>
+          <t>9786258244670</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar 2</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256482401</t>
+          <t>9786256482470</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Tiyatrosu</t>
+          <t>Değişimi Yönetmek ve Liderlik Ruhu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256482357</t>
+          <t>9786256482593</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Koridorları</t>
+          <t>Kıbrıs’ın Asyalı Geçmişi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256482425</t>
+          <t>9786256482654</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>E=MC² ve 10 Saniyenin Sırrı</t>
+          <t>Python: Veri Analizi, Görselleştirme ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256482333</t>
+          <t>9786256482166</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Kültür, Sanat Kenti Edirne 2</t>
+          <t>Kıbrıs Türk Basın Tarihi Nacak 1959-1963</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>850</v>
+        <v>550</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256482104</t>
+          <t>9786256482548</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Okuryazarlığı Örneğinde Oyunlaştırmayla Zenginleştirilmiş Hibrit Eğitim Modeli Uygulaması</t>
+          <t>Türk Sanatında Geyik İkonografisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256482241</t>
+          <t>9786256482319</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 2</t>
+          <t>Enterprise Risk Management</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256482227</t>
+          <t>9786256482616</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Doğuştan Dijital Belgelerin Belge ve Arşiv Yönetim Süreçleri</t>
+          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258244953</t>
+          <t>9786256482272</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Performansı</t>
+          <t>Türkiye Karayosunları Florası - Bryophyte Flora of Türkiye</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256482371</t>
+          <t>9786256482494</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hizmetkar Liderlik</t>
+          <t>Mapping The Landscape of Translator-Training Research in Türkiye A Review of Studies from 2000 to 2020</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256482074</t>
+          <t>9786256482517</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Untranslatability Paradox of Translation: The Garden Paths in Translation</t>
+          <t>Türklük Bilimine Genç Bakışlar 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256482142</t>
+          <t>9786256482401</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Su ve Sürdürülebilirlik</t>
+          <t>12 Eylül Tiyatrosu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258410884</t>
+          <t>9786256482357</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hastane İşletmelerinde Motivasyonun Hemşirelerin Performansına Etkisi</t>
+          <t>Geleceğin Koridorları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256482128</t>
+          <t>9786256482425</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Döneminde Türkiye'de Günlük Hayat</t>
+          <t>E=MC² ve 10 Saniyenin Sırrı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258244984</t>
+          <t>9786256482333</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gastromania’dan Şifacılığa</t>
+          <t>Tarih, Kültür, Sanat Kenti Edirne 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256482005</t>
+          <t>9786256482104</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fransız Diplomatik Belgelerinde Balkanlar 1912-1913</t>
+          <t>Bilgi Okuryazarlığı Örneğinde Oyunlaştırmayla Zenginleştirilmiş Hibrit Eğitim Modeli Uygulaması</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256482043</t>
+          <t>9786256482241</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Üniversite Kütüphaneleri: Mevcut Durum, Sorunlar ve Çözüm Önerileri</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256482012</t>
+          <t>9786256482227</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Hizmetlerinin 	Yürütülmesinde Hemşirelerin Performansına Odaklı Ödeme Sistemleri</t>
+          <t>Dijital Çağda Doğuştan Dijital Belgelerin Belge ve Arşiv Yönetim Süreçleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258244915</t>
+          <t>9786258244953</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Markanın Oluşumunda Sağlık Çalışanlarının İşlevleri</t>
+          <t>İnovasyon Performansı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256482050</t>
+          <t>9786256482371</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Satın Alımında Marka Savunuculuğunun Ülke Menşei ve Satın Alma 	Niyetine Etkisi</t>
+          <t>Hizmetkar Liderlik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258244939</t>
+          <t>9786256482074</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Sohbetler</t>
+          <t>Untranslatability Paradox of Translation: The Garden Paths in Translation</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258244878</t>
+          <t>9786256482142</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler -2-</t>
+          <t>Su ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258244892</t>
+          <t>9786258410884</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kriz Döneminde Demokratikleşmenin Kamu Diplomasi Stratejilerine Etkisi</t>
+          <t>Hastane İşletmelerinde Motivasyonun Hemşirelerin Performansına Etkisi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258244786</t>
+          <t>9786256482128</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Pekiştirme Edatları</t>
+          <t>Demokrat Parti Döneminde Türkiye'de Günlük Hayat</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258244564</t>
+          <t>9786258244984</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Saadettin Yıldız Armağanı</t>
+          <t>Gastromania’dan Şifacılığa</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>660</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258244830</t>
+          <t>9786256482005</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İç Dinamikleri ve Türkiye İle İlişkileri 	Bağlamında Libya</t>
+          <t>Fransız Diplomatik Belgelerinde Balkanlar 1912-1913</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258244854</t>
+          <t>9786256482043</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Duayen: Hasan Tahsin Ayni ve İki Tefrikası</t>
+          <t>Türkiye’de Üniversite Kütüphaneleri: Mevcut Durum, Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258244717</t>
+          <t>9786256482012</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Istanbul Creative Industries</t>
+          <t>Sağlık İşletmelerinde Hizmetlerinin 	Yürütülmesinde Hemşirelerin Performansına Odaklı Ödeme Sistemleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258244809</t>
+          <t>9786258244915</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Dünyadan Gerçek Dünyaya Yapılan Çağrı: Mülteci Sorunu</t>
+          <t>Sağlık İşletmelerinde Markanın Oluşumunda Sağlık Çalışanlarının İşlevleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>525</v>
+        <v>280</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258244816</t>
+          <t>9786256482050</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Halk Bilginlerinden Bitki Hastalık ve Zararlıları</t>
+          <t>Otomobil Satın Alımında Marka Savunuculuğunun Ülke Menşei ve Satın Alma 	Niyetine Etkisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258244618</t>
+          <t>9786258244939</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Kuramsal ve Uygulamalı Akademik 	Araştırmalar I</t>
+          <t>Yapay Zeka İle Sohbetler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258410846</t>
+          <t>9786258244878</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Akustik Terimler Sözlüğü</t>
+          <t>Örtük Dersler -2-</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258461381</t>
+          <t>9786258244892</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Ar-Ge ve İnovasyon</t>
+          <t>Kriz Döneminde Demokratikleşmenin Kamu Diplomasi Stratejilerine Etkisi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257339056</t>
+          <t>9786258244786</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler - 1</t>
+          <t>Türkçe’de Pekiştirme Edatları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052137468</t>
+          <t>9786258244564</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Bilgi Sistemleri ve Belge Yönetimi</t>
+          <t>Prof. Dr. Saadettin Yıldız Armağanı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>410</v>
+        <v>660</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052810644</t>
+          <t>9786258244830</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Öğretimi</t>
+          <t>İç Dinamikleri ve Türkiye İle İlişkileri 	Bağlamında Libya</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052810514</t>
+          <t>9786258244854</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Genel Biyoloji</t>
+          <t>Gölgedeki Duayen: Hasan Tahsin Ayni ve İki Tefrikası</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052812044</t>
+          <t>9786258244717</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreniminde Yabancıllık</t>
+          <t>Istanbul Creative Industries</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052812907</t>
+          <t>9786258244809</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Evaluation Of The Distance Learning Systems In Turkey</t>
+          <t>Kurmaca Dünyadan Gerçek Dünyaya Yapılan Çağrı: Mülteci Sorunu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>130</v>
+        <v>525</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052813164</t>
+          <t>9786258244816</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Temel Düzey A2</t>
+          <t>Halk Bilginlerinden Bitki Hastalık ve Zararlıları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052015469</t>
+          <t>9786258244618</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Toplam Kalite Yönetimi Uygulamaları</t>
+          <t>Eğitimde Kuramsal ve Uygulamalı Akademik 	Araştırmalar I</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052810224</t>
+          <t>9786258410846</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Kolaylaştıran Kalıplar - Phrases To Make Arabic Easy</t>
+          <t>Akustik Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052137000</t>
+          <t>9786258461381</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Enerjide Ar-Ge ve İnovasyon</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052137093</t>
+          <t>9786257339056</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Akıcı Arapça Konuşman İçin 30 Adım</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler - 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052015803</t>
+          <t>9786052137468</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitiminde Yöneticilerin Etkili Zaman Yönetimi</t>
+          <t>Kurumsal Bilgi Sistemleri ve Belge Yönetimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258244755</t>
+          <t>9786052810644</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Radyo Tarihi 1963 Öncesi Kıbrıs İletişim Tarihi</t>
+          <t>Çeviri Öğretimi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057259318</t>
+          <t>9786052810514</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntem ve Stratejileri</t>
+          <t>Genel Biyoloji</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258244731</t>
+          <t>9786052812044</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>50 Yılı Aşan Mesleki Birikimlerimin Bir Bölümü Beynimde: Bazıları da Aklımda Takılı Kalmış</t>
+          <t>Dil Öğreniminde Yabancıllık</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258244694</t>
+          <t>9786052812907</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İnfertilite (Kısırlık) Duygusal Etkilerini 	Anlamak Üzerine</t>
+          <t>Evaluation Of The Distance Learning Systems In Turkey</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258244540</t>
+          <t>9786052813164</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Duha Koca Oğlu Deli Dumrul Anlatısının Ayna 	Metaforuyla Okunması İnsanoğlunun 	Ejderhası Deli Dumrul</t>
+          <t>Yabancılar İçin Türkçe Temel Düzey A2</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258244502</t>
+          <t>9786052015469</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Antakya (Hatay) Tarihinden Kesitler</t>
+          <t>Eğitimde Toplam Kalite Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>335</v>
+        <v>375</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258244632</t>
+          <t>9786052810224</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Ekonomi ve Sosyal Bilimlerde Akademik Araştırmalar - 1</t>
+          <t>Arapçayı Kolaylaştıran Kalıplar - Phrases To Make Arabic Easy</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>335</v>
+        <v>260</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258244526</t>
+          <t>9786052137000</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiye'sinin Değişen Din Politikaları ve Seçmeli Din Dersleri</t>
+          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258244380</t>
+          <t>9786052137093</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Bireylerin Bilgiye Erişimi</t>
+          <t>Akıcı Arapça Konuşman İçin 30 Adım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>750</v>
+        <v>155</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258244656</t>
+          <t>9786052015803</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hafîdü't-Teftazani Seyfeddin Ahmed B. Yahya El-Herevi ve Haşiye Ale'l-Mutavvel Adlı Eseri</t>
+          <t>Okul Öncesi Eğitiminde Yöneticilerin Etkili Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258244588</t>
+          <t>9786258244755</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş'te Yol Ayrımı ve Ak Parti'nin Kuruluşu</t>
+          <t>Kıbrıs Radyo Tarihi 1963 Öncesi Kıbrıs İletişim Tarihi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258244465</t>
+          <t>9786057259318</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>e-Devlet Felsefesi</t>
+          <t>Araştırma Yöntem ve Stratejileri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>225</v>
+        <v>370</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258244021</t>
+          <t>9786258244731</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Din ve Aile Psikolojik Bir Değerlendirme</t>
+          <t>50 Yılı Aşan Mesleki Birikimlerimin Bir Bölümü Beynimde: Bazıları da Aklımda Takılı Kalmış</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258244427</t>
+          <t>9786258244694</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Masalları</t>
+          <t>İnfertilite (Kısırlık) Duygusal Etkilerini 	Anlamak Üzerine</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258244441</t>
+          <t>9786258244540</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Uygulama Tebliği (SUT) Gerçekleri Çalıştayı</t>
+          <t>Duha Koca Oğlu Deli Dumrul Anlatısının Ayna 	Metaforuyla Okunması İnsanoğlunun 	Ejderhası Deli Dumrul</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786058244243</t>
+          <t>9786258244502</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde Yeni Yaklaşımlar Diş Tedavisinde Nöropsikolojik Uygulamalar</t>
+          <t>Antakya (Hatay) Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258244311</t>
+          <t>9786258244632</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yazınında Metinlerarasılık ve Çeviri</t>
+          <t>Kuramdan Uygulamaya Ekonomi ve Sosyal Bilimlerde Akademik Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>265</v>
+        <v>335</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258244342</t>
+          <t>9786258244526</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve İş Yaşamı</t>
+          <t>Cumhuriyet Türkiye'sinin Değişen Din Politikaları ve Seçmeli Din Dersleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258244243</t>
+          <t>9786258244380</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Medyalararasılık İlgili Kavramlar ve Edebiyat</t>
+          <t>Özel Gereksinimli Bireylerin Bilgiye Erişimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>550</v>
+        <v>750</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258244205</t>
+          <t>9786258244656</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>New Developments In Science and 	Mathematics</t>
+          <t>Hafîdü't-Teftazani Seyfeddin Ahmed B. Yahya El-Herevi ve Haşiye Ale'l-Mutavvel Adlı Eseri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258244236</t>
+          <t>9786258244588</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
+          <t>Milli Görüş'te Yol Ayrımı ve Ak Parti'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258244274</t>
+          <t>9786258244465</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Evreninde Bütünleşik Pazarlama İletişimi</t>
+          <t>e-Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>335</v>
+        <v>225</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258244151</t>
+          <t>9786258244021</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kent Yoksulluğu ile Mücadele Rejimi: Sultanbeyli Örneği</t>
+          <t>Din ve Aile Psikolojik Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258244182</t>
+          <t>9786258244427</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı 100 Yıllık Bibliyografya</t>
+          <t>Kıbrıs Türk Masalları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258244007</t>
+          <t>9786258244441</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stresin Çalışanlara Çoğaltan 	Etkisi</t>
+          <t>Sağlıkta Uygulama Tebliği (SUT) Gerçekleri Çalıştayı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258244137</t>
+          <t>9786058244243</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 1</t>
+          <t>Sağlık Yönetiminde Yeni Yaklaşımlar Diş Tedavisinde Nöropsikolojik Uygulamalar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258228557</t>
+          <t>9786258244311</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkta Sessiz Çığlık</t>
+          <t>Kadın Yazınında Metinlerarasılık ve Çeviri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258410921</t>
+          <t>9786258244342</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Afete Duyarlı Mekansal Çözümler</t>
+          <t>Kadın ve İş Yaşamı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258410952</t>
+          <t>9786258244243</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Çocuk Kütüphaneleri 	Sempozyumu Bildiriler Kitabı 27-29 Mayıs 2022 / Gaziantep</t>
+          <t>Medyalararasılık İlgili Kavramlar ve Edebiyat</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258244113</t>
+          <t>9786258244205</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Valide Turhan Sultan Kütüphanesi</t>
+          <t>New Developments In Science and 	Mathematics</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258244250</t>
+          <t>9786258244236</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Bir Casus Vambery</t>
+          <t>Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258244335</t>
+          <t>9786258244274</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeninde Makro Planlama</t>
+          <t>Metaverse Evreninde Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>130</v>
+        <v>335</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258410785</t>
+          <t>9786258244151</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Salgın Döneminin Kültürel Etkileşim ve Sosyalleşme Mekanı Olarak Halk Kütüphanelerine Etkisi</t>
+          <t>Kent Yoksulluğu ile Mücadele Rejimi: Sultanbeyli Örneği</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258410907</t>
+          <t>9786258244182</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Yaran Kültürü</t>
+          <t>İstiklal Marşı 100 Yıllık Bibliyografya</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258410815</t>
+          <t>9786258244007</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Sermayenin İşten Ayrılma Niyeti ve İş Tatmini Üzerindeki Etkisinde Örgütsel Bağlılığın Aracılık Etkisi</t>
+          <t>İşletmelerde Stresin Çalışanlara Çoğaltan 	Etkisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258410761</t>
+          <t>9786258244137</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirici Liderlik</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258410280</t>
+          <t>9786258228557</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Bölgesi’ndeki Köy Adlarında Oğuz Boylarının İzleri Ses, Şekil ve Köken Bilgisi Bakımından İnceleme</t>
+          <t>Mezarlıkta Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258410747</t>
+          <t>9786258410921</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Anatomik Deformitelerin Yaşam Kalitesi Üzerine Etkisi</t>
+          <t>Afete Duyarlı Mekansal Çözümler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258410501</t>
+          <t>9786258410952</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizmi Hastaları İçin Kişisel Sağlık Bilgi Sistemleri</t>
+          <t>3. Uluslararası Çocuk Kütüphaneleri 	Sempozyumu Bildiriler Kitabı 27-29 Mayıs 2022 / Gaziantep</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>375</v>
+        <v>750</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258410662</t>
+          <t>9786258244113</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Söyle Bana</t>
+          <t>Valide Turhan Sultan Kütüphanesi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258410655</t>
+          <t>9786258244250</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tanımlan(a)mayan Belgeler: Efemera</t>
+          <t>Payitahtta Bir Casus Vambery</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258410600</t>
+          <t>9786258244335</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sinop Livası Meclis-i Umumi Kararları (Zabıt Ceridesi)</t>
+          <t>Yeni Dünya Düzeninde Makro Planlama</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258410488</t>
+          <t>9786258410785</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Başlayarak Algoritma ve Programlama Öğrenme</t>
+          <t>Covid-19 Salgın Döneminin Kültürel Etkileşim ve Sosyalleşme Mekanı Olarak Halk Kütüphanelerine Etkisi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258410617</t>
+          <t>9786258410907</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Robinson’un Bankası</t>
+          <t>Ahilik ve Yaran Kültürü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258410693</t>
+          <t>9786258410815</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>Duygusal Sermayenin İşten Ayrılma Niyeti ve İş Tatmini Üzerindeki Etkisinde Örgütsel Bağlılığın Aracılık Etkisi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258410631</t>
+          <t>9786258410761</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Macar Askeri Ataşesi Imre Nemeth’in Kaleminden Anadolu Manzaraları (1932)</t>
+          <t>Güçlendirici Liderlik</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258410570</t>
+          <t>9786258410280</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Enviromental Policy In Taiwan As a Model for Developing Countries</t>
+          <t>Akdeniz Bölgesi’ndeki Köy Adlarında Oğuz Boylarının İzleri Ses, Şekil ve Köken Bilgisi Bakımından İnceleme</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258410587</t>
+          <t>9786258410747</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Enzim Kinetiği Temelleri ve Deneysel Çalışma Rehberi</t>
+          <t>Anatomik Deformitelerin Yaşam Kalitesi Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258410150</t>
+          <t>9786258410501</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 1</t>
+          <t>Sağlık Turizmi Hastaları İçin Kişisel Sağlık Bilgi Sistemleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258410167</t>
+          <t>9786258410662</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 2</t>
+          <t>Üniversite Söyle Bana</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258410471</t>
+          <t>9786258410655</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>The Role of Emotional Intelligence On Employee Creativity Through The Use Of Organizational Climate and Employee Learning Orientation: A Study In Turkish Retail Sector</t>
+          <t>Tanımlan(a)mayan Belgeler: Efemera</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258410389</t>
+          <t>9786258410600</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hizmetkar Liderlik ile Belirli Psikolojik İş Çıktıları Arasındaki İlişki</t>
+          <t>Sinop Livası Meclis-i Umumi Kararları (Zabıt Ceridesi)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>185</v>
+        <v>265</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258410327</t>
+          <t>9786258410488</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Korkuluk Denemeler</t>
+          <t>Sıfırdan Başlayarak Algoritma ve Programlama Öğrenme</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258410433</t>
+          <t>9786258410617</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ölçme ve Değerlendirme Boyutlarıyla Eğitim Yönetimi</t>
+          <t>Robinson’un Bankası</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258410457</t>
+          <t>9786258410693</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimi ve Covid 19 Pandemi Süreci Boyutlarıyla: Yalın Yönetim</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258410242</t>
+          <t>9786258410631</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kurum İçi Halkla İlişkiler Uygulamalarında Katılımcı Süreç Araçlarının Kullanımı</t>
+          <t>Macar Askeri Ataşesi Imre Nemeth’in Kaleminden Anadolu Manzaraları (1932)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258410259</t>
+          <t>9786258410570</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Idilio y novela en la Espana ilustrada de Carlos - 4 - 1788 - 1808</t>
+          <t>Enviromental Policy In Taiwan As a Model for Developing Countries</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258461909</t>
+          <t>9786258410587</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Peter Stamm'ın Romanlarında Heterotopyalar</t>
+          <t>Enzim Kinetiği Temelleri ve Deneysel Çalışma Rehberi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258410334</t>
+          <t>9786258410150</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Yönetimi Technology Management</t>
+          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 1</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258410112</t>
+          <t>9786258410167</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Fethinin 450. Yılında Kıbrıs Adası</t>
+          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257499569</t>
+          <t>9786258410471</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Vietnam Savaşı Döneminde Türk-Amerikan İlişkileri (1965-1975)</t>
+          <t>The Role of Emotional Intelligence On Employee Creativity Through The Use Of Organizational Climate and Employee Learning Orientation: A Study In Turkish Retail Sector</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>207</v>
+        <v>215</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258410068</t>
+          <t>9786258410389</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Marc Format Bibliyografik Tanımlamanın 	Geleceği</t>
+          <t>Hizmetkar Liderlik ile Belirli Psikolojik İş Çıktıları Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258410136</t>
+          <t>9786258410327</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler İçin Dijital Dönüşüm ve Dijital Pazarlama Rehberi</t>
+          <t>En Güzel Korkuluk Denemeler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258410037</t>
+          <t>9786258410433</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim Tasarımı ve Mizah</t>
+          <t>Ölçme ve Değerlendirme Boyutlarıyla Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258410082</t>
+          <t>9786258410457</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Davranışsal Finans</t>
+          <t>Sağlık Yönetimi ve Covid 19 Pandemi Süreci Boyutlarıyla: Yalın Yönetim</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>315</v>
+        <v>175</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258461053</t>
+          <t>9786258410242</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Akkaraman Koyunu ve Ankara Keçisinde Karın Boşluğu Arterleri Üzerinde Karşılaştırmalı Makroanatomik Araştırmalar</t>
+          <t>Kurum İçi Halkla İlişkiler Uygulamalarında Katılımcı Süreç Araçlarının Kullanımı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258461855</t>
+          <t>9786258410259</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kağızman Coğrafya, Tarih, Kültür</t>
+          <t>Idilio y novela en la Espana ilustrada de Carlos - 4 - 1788 - 1808</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258461077</t>
+          <t>9786258461909</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Adbilim Açısından Yanlış Yazılan Kişi Adları “Kars İli Örneği”</t>
+          <t>Peter Stamm'ın Romanlarında Heterotopyalar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257499927</t>
+          <t>9786258410334</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler 1</t>
+          <t>Teknoloji Yönetimi Technology Management</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258461428</t>
+          <t>9786258410112</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>English Language Skills Police/Cadets Need</t>
+          <t>Fethinin 450. Yılında Kıbrıs Adası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>205</v>
+        <v>600</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258461466</t>
+          <t>9786257499569</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Babürname’de Fiilimsiler</t>
+          <t>Vietnam Savaşı Döneminde Türk-Amerikan İlişkileri (1965-1975)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>330</v>
+        <v>207</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258461695</t>
+          <t>9786258410068</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Çerçevesinde Engelliler</t>
+          <t>Marc Format Bibliyografik Tanımlamanın 	Geleceği</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258461602</t>
+          <t>9786258410136</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Sürecinde Türkiye’de Muhalif Basın (1939-1945)</t>
+          <t>İşletmeler İçin Dijital Dönüşüm ve Dijital Pazarlama Rehberi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258461626</t>
+          <t>9786258410037</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Faslı Elçi Tamgruti'nin İstanbul Seyahati</t>
+          <t>Görsel İletişim Tasarımı ve Mizah</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052815359</t>
+          <t>9786258410082</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Rusya ve İran'da Klasik İmparatorluk ve Siyasal Modernleşme: Patrimonyalizm Perspektifinden Bir İnce</t>
+          <t>Finans ve Davranışsal Finans</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258461589</t>
+          <t>9786258461053</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bilimsel İ'cazı</t>
+          <t>Akkaraman Koyunu ve Ankara Keçisinde Karın Boşluğu Arterleri Üzerinde Karşılaştırmalı Makroanatomik Araştırmalar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258461787</t>
+          <t>9786258461855</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Antik Çağ’dan Fethe Kıbrıs’ta Türkler Sempozyumu</t>
+          <t>Kağızman Coğrafya, Tarih, Kültür</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>380</v>
+        <v>520</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052810446</t>
+          <t>9786258461077</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Current Academic Studies: Interdisciplinary Approach</t>
+          <t>Adbilim Açısından Yanlış Yazılan Kişi Adları “Kars İli Örneği”</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052810248</t>
+          <t>9786257499927</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yıkım Kriz ve Avrupa Birliği</t>
+          <t>Örtük Dersler 1</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>515</v>
+        <v>380</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052137628</t>
+          <t>9786258461428</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukukunda Doğal Afetlerin Akitlere Etkisi</t>
+          <t>English Language Skills Police/Cadets Need</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052137024</t>
+          <t>9786258461466</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Gençlik Politikaları</t>
+          <t>Babürname’de Fiilimsiler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052813263</t>
+          <t>9786258461695</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kadın Edebiyatçıların Romanlarında Kadın Öğesinin ve Duygusal İlişkilerin Sosyolojik Tahlili</t>
+          <t>Kur'an Çerçevesinde Engelliler</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052137444</t>
+          <t>9786258461602</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>El-Bab Seyahatnamesi</t>
+          <t>İkinci Dünya Savaşı Sürecinde Türkiye’de Muhalif Basın (1939-1945)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052137185</t>
+          <t>9786258461626</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Son Büyük Savunma Çanakkale’de İslam Coğrafyasından Şehitler</t>
+          <t>Faslı Elçi Tamgruti'nin İstanbul Seyahati</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>1495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052015520</t>
+          <t>9786052815359</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yeni Belgeler Işığında Vazgeçilmeyen Topraklar Misak-ı Milli 2</t>
+          <t>Rusya ve İran'da Klasik İmparatorluk ve Siyasal Modernleşme: Patrimonyalizm Perspektifinden Bir İnce</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>470</v>
+        <v>325</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052015636</t>
+          <t>9786258461589</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler ve Kütüphane Hizmetleri: İstanbul’da Belediye Kütüphaneleri</t>
+          <t>Kur'an'ın Bilimsel İ'cazı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944157483</t>
+          <t>9786258461787</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizminde Pazarlama Değişkenlerine Bir Bakış ve İstanbul Örneği</t>
+          <t>Uluslararası Antik Çağ’dan Fethe Kıbrıs’ta Türkler Sempozyumu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257280594</t>
+          <t>9786052810446</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Eğitiminde Yenilikçi Araçlar ve Kullanımları</t>
+          <t>Current Academic Studies: Interdisciplinary Approach</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257280563</t>
+          <t>9786052810248</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bah-Name (Cinsel Sağlık) Terimleri Sözlüğü</t>
+          <t>Yaratıcı Yıkım Kriz ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>350</v>
+        <v>515</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257280280</t>
+          <t>9786052137628</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>New Trends In Special Education</t>
+          <t>İslam Borçlar Hukukunda Doğal Afetlerin Akitlere Etkisi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257280068</t>
+          <t>9786052137024</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Yansıtıcı Düşünme Becerisi</t>
+          <t>Türkiye’nin Gençlik Politikaları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052813751</t>
+          <t>9786052813263</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim Yönetimi</t>
+          <t>Türkiye’de Kadın Edebiyatçıların Romanlarında Kadın Öğesinin ve Duygusal İlişkilerin Sosyolojik Tahlili</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257499187</t>
+          <t>9786052137444</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Eğitim Bilimlerinde Yeni Yönelimler</t>
+          <t>El-Bab Seyahatnamesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>545</v>
+        <v>410</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257845526</t>
+          <t>9786052137185</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Son Bir Ayı</t>
+          <t>Son Büyük Savunma Çanakkale’de İslam Coğrafyasından Şehitler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>510</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052814017</t>
+          <t>9786052015520</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Spuren Der Soziokul Turellen Weldaastellung In Den Türkischen Deutschlehrbüchern Nach 1940 Stereotypenforschung</t>
+          <t>Yeni Belgeler Işığında Vazgeçilmeyen Topraklar Misak-ı Milli 2</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052815700</t>
+          <t>9786052015636</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Diyalogla Öğretim Etkinliklerinin İngilizce Konuşma Becerisine Etkisi</t>
+          <t>Yerel Yönetimler ve Kütüphane Hizmetleri: İstanbul’da Belediye Kütüphaneleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052816486</t>
+          <t>9789944157483</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe C1-C2 Ders Kitabı İleri Düzey</t>
+          <t>Sağlık Turizminde Pazarlama Değişkenlerine Bir Bakış ve İstanbul Örneği</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052815052</t>
+          <t>9786257280594</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B2</t>
+          <t>Dil ve Edebiyat Eğitiminde Yenilikçi Araçlar ve Kullanımları</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052818664</t>
+          <t>9786257280563</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Bah-Name (Cinsel Sağlık) Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>1400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052818282</t>
+          <t>9786257280280</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Sosyal Medya Tutumlarının Akademik Güdülenmeye Etkisi</t>
+          <t>New Trends In Special Education</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052819869</t>
+          <t>9786257280068</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanelerinde Okul Öncesi Dönem</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Yansıtıcı Düşünme Becerisi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052818916</t>
+          <t>9786052813751</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Deutschstunde Almanca 1</t>
+          <t>Karşılaştırmalı Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>1400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052817728</t>
+          <t>9786257499187</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Fransızca’dan Türkçe’ye ve Türkçe’den Fransızca’ya Sanat Kamusu</t>
+          <t>Pandemi Sürecinde Eğitim Bilimlerinde Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>545</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052815335</t>
+          <t>9786257845526</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler 2</t>
+          <t>Üniversitelerin Son Bir Ayı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052814451</t>
+          <t>9786052814017</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri B1-B2</t>
+          <t>Spuren Der Soziokul Turellen Weldaastellung In Den Türkischen Deutschlehrbüchern Nach 1940 Stereotypenforschung</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052818626</t>
+          <t>9786052815700</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Dictionnaire Français-Turc ou Hazine-i Lügat par Artin Hindoğlu</t>
+          <t>Diyalogla Öğretim Etkinliklerinin İngilizce Konuşma Becerisine Etkisi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052819623</t>
+          <t>9786052816486</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumu Sürecinde 0-3 Yaş Çocuklara Akademik Dil Eğitimi</t>
+          <t>Yabancılar İçin Türkçe C1-C2 Ders Kitabı İleri Düzey</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052814215</t>
+          <t>9786052815052</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir Kariyer İçin Üniversite Hayatını Kullanma Kılavuzu</t>
+          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B2</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052813874</t>
+          <t>9786052818664</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Telkin Yöntemi ve Uygulaması</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>130</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052814147</t>
+          <t>9786052818282</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B1</t>
+          <t>Üniversite Öğrencilerinin Sosyal Medya Tutumlarının Akademik Güdülenmeye Etkisi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052816189</t>
+          <t>9786052819869</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik</t>
+          <t>Çocuk Kütüphanelerinde Okul Öncesi Dönem</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>335</v>
+        <v>240</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052814734</t>
+          <t>9786052818916</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hakeke Gaziantep Geleneksel Çocuk Oyunları Aracılığıyla Türkçe ve Matematik Öğretimi</t>
+          <t>Deutschstunde Almanca 1</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>145</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052811887</t>
+          <t>9786052817728</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Modernlik Tahayyülü: Eğitim Gönüllüleri Vakfı Örneği</t>
+          <t>Fransızca’dan Türkçe’ye ve Türkçe’den Fransızca’ya Sanat Kamusu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258410402</t>
+          <t>9786052815335</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Kuramlar, Modeller, Yaklaşımlar ve En Son Gelişmeler</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>560</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258461503</t>
+          <t>9786052814451</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar Boyutuyla Değerler Eğitimi</t>
+          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri B1-B2</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258461978</t>
+          <t>9786052818626</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>0-6 Yaşta Anne Baba Tutumlarının ve Oyunun Önemi</t>
+          <t>Dictionnaire Français-Turc ou Hazine-i Lügat par Artin Hindoğlu</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258461442</t>
+          <t>9786052819623</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika ve Erdal İnönü</t>
+          <t>Bilgi Toplumu Sürecinde 0-3 Yaş Çocuklara Akademik Dil Eğitimi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258410235</t>
+          <t>9786052814215</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dilde Erillik ve Dişillik Dilde Cinsiyet 	Tarafsızlığı ve Feminizm Hareketi Arasında 	Arapça</t>
+          <t>Başarılı Bir Kariyer İçin Üniversite Hayatını Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258410525</t>
+          <t>9786052813874</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>E7 ve G7 Ülkelerinde Yüksek Teknolojili Ürün İhracatını Etkileyen Faktörler: Geleceğin Süper Gücü E7 Ülkeleri Teori Politika Uygulama</t>
+          <t>Arapça Öğretiminde Telkin Yöntemi ve Uygulaması</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258410365</t>
+          <t>9786052814147</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Güncel Gelişmeler</t>
+          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B1</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258461954</t>
+          <t>9786052816189</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Süreci ve Lojistik Köyler</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257337308</t>
+          <t>9786052814734</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler 3</t>
+          <t>Hakeke Gaziantep Geleneksel Çocuk Oyunları Aracılığıyla Türkçe ve Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>430</v>
+        <v>145</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258461985</t>
+          <t>9786052811887</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Notlarım</t>
+          <t>Sivil Toplum ve Modernlik Tahayyülü: Eğitim Gönüllüleri Vakfı Örneği</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258410013</t>
+          <t>9786258410402</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası Süreç Analizi</t>
+          <t>Liderlik Kuramlar, Modeller, Yaklaşımlar ve En Son Gelişmeler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>385</v>
+        <v>560</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258410204</t>
+          <t>9786258461503</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ev Kızı</t>
+          <t>Okul Öncesi Çocuklar Boyutuyla Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258461565</t>
+          <t>9786258461978</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Dersim Tarihinden Kesitler 2</t>
+          <t>0-6 Yaşta Anne Baba Tutumlarının ve Oyunun Önemi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258461800</t>
+          <t>9786258461442</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Zenginliklerinin Değerlendirilmesi: Sürdürülebilir Madencilik Açısından Bir AHP Analizi</t>
+          <t>Dış Politika ve Erdal İnönü</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258461541</t>
+          <t>9786258410235</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
+          <t>Dilde Erillik ve Dişillik Dilde Cinsiyet 	Tarafsızlığı ve Feminizm Hareketi Arasında 	Arapça</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258461831</t>
+          <t>9786258410525</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Ayet, İbret Kavramları ve Aralarındaki Münasebet</t>
+          <t>E7 ve G7 Ülkelerinde Yüksek Teknolojili Ürün İhracatını Etkileyen Faktörler: Geleceğin Süper Gücü E7 Ülkeleri Teori Politika Uygulama</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258461527</t>
+          <t>9786258410365</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Almanca ve Türkçe’de Dil Bilgisel Zamanlar</t>
+          <t>Uluslararası Ticarette Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258461312</t>
+          <t>9786258461954</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt 3</t>
+          <t>Pandemi Süreci ve Lojistik Köyler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258461305</t>
+          <t>9786257337308</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt: 2</t>
+          <t>Örtük Dersler 3</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>315</v>
+        <v>430</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258461886</t>
+          <t>9786258461985</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Keşfi Katip Çelebi'yi Anlamak</t>
+          <t>Psikoloji Notlarım</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>960</v>
+        <v>185</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258461404</t>
+          <t>9786258410013</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut: Tıpkıbasım - Arap Harfli Metin - Çeviriyazı - Günümüz Türkçesi</t>
+          <t>Kamu Politikası Süreç Analizi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>4300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258461732</t>
+          <t>9786258410204</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Ali Yaşar'a Armağan Kitabı</t>
+          <t>Ev Kızı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>415</v>
+        <v>285</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257499798</t>
+          <t>9786258461565</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 17</t>
+          <t>Tunceli Dersim Tarihinden Kesitler 2</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257499811</t>
+          <t>9786258461800</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 16</t>
+          <t>Yer Altı Zenginliklerinin Değerlendirilmesi: Sürdürülebilir Madencilik Açısından Bir AHP Analizi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258461817</t>
+          <t>9786258461541</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Pazarlama</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258461640</t>
+          <t>9786258461831</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Posta Faaliyetleri ve Rum Propagandası</t>
+          <t>Kur’an’da Ayet, İbret Kavramları ve Aralarındaki Münasebet</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258461367</t>
+          <t>9786258461527</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tire Merkezdeki Osmanlı Devri Mezar Taşları</t>
+          <t>Almanca ve Türkçe’de Dil Bilgisel Zamanlar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258461480</t>
+          <t>9786258461312</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Housing Rights in Urban Transformation Projetcs</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt 3</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258461718</t>
+          <t>9786258461305</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanın İç Denetimi</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt: 2</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>460</v>
+        <v>315</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258461756</t>
+          <t>9786258461886</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Mufassal Syrelerin Değer Merkezli Tefsiri: Nebe' - Nas</t>
+          <t>İslam Medeniyetinin Keşfi Katip Çelebi'yi Anlamak</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>425</v>
+        <v>960</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258461138</t>
+          <t>9786258461404</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Finansal Matematik</t>
+          <t>Dede Korkut: Tıpkıbasım - Arap Harfli Metin - Çeviriyazı - Günümüz Türkçesi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>170</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258461213</t>
+          <t>9786258461732</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Toplam Kalite Yönetimi ve Liderlik</t>
+          <t>Mehmet Ali Yaşar'a Armağan Kitabı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>170</v>
+        <v>415</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257499613</t>
+          <t>9786257499798</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Havacılık Tarihi ve Kıbrıslı Havacılar</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 17</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>400</v>
+        <v>365</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258461190</t>
+          <t>9786257499811</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tefsir'de Usul Farklılığı</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 16</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258461015</t>
+          <t>9786258461817</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Technology Management And Industrial Policy Temip</t>
+          <t>Sorularla Pazarlama</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>380</v>
+        <v>345</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258461008</t>
+          <t>9786258461640</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Epik Yasalar Penceresinden Elazığ Masalları</t>
+          <t>Posta Faaliyetleri ve Rum Propagandası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257499774</t>
+          <t>9786258461367</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Oryantalizm ve Bilgi Üretimi</t>
+          <t>Tire Merkezdeki Osmanlı Devri Mezar Taşları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>415</v>
+        <v>310</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257499859</t>
+          <t>9786258461480</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 1. Cilt</t>
+          <t>Housing Rights in Urban Transformation Projetcs</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257499873</t>
+          <t>9786258461718</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 2. Cilt</t>
+          <t>Kur'an'da İnsanın İç Denetimi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>425</v>
+        <v>460</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257499880</t>
+          <t>9786258461756</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 3. Cilt</t>
+          <t>Mufassal Syrelerin Değer Merkezli Tefsiri: Nebe' - Nas</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258461107</t>
+          <t>9786258461138</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Millet Sisteminden Türk Ulusuna Giyim ve Kimlik</t>
+          <t>Finansal Matematik</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257499583</t>
+          <t>9786258461213</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Parti İçi Demokrasi Üye Delege ve Yönetici Görüşlerinin Sosyolojik Analizi</t>
+          <t>Örgütlerde Toplam Kalite Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>430</v>
+        <v>170</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258461121</t>
+          <t>9786257499613</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Etik Çerçevesinde İklim Değişikliği ve Uyum</t>
+          <t>Kıbrıs Havacılık Tarihi ve Kıbrıslı Havacılar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258461152</t>
+          <t>9786258461190</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi Disiplinlerarası Bir Bakış</t>
+          <t>Tefsir'de Usul Farklılığı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257499958</t>
+          <t>9786258461015</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Görsel - İşitsel Çeviri</t>
+          <t>Technology Management And Industrial Policy Temip</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258461183</t>
+          <t>9786258461008</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kaynaklarının Tanımlanması ve Erişimi Rda</t>
+          <t>Epik Yasalar Penceresinden Elazığ Masalları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258461268</t>
+          <t>9786257499774</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>On Labor - Foreigners İn Turkey For Beginners</t>
+          <t>Seyahat Oryantalizm ve Bilgi Üretimi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>285</v>
+        <v>415</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258461039</t>
+          <t>9786257499859</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Alanında Dil ve Anlam Uluslarası Çevrimiçi Sempozyumu Bildiriler Kitabı</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 1. Cilt</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257499972</t>
+          <t>9786257499873</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Lojistik ve Bütünleşik Bölge Uygulamaları</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 2. Cilt</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257443968</t>
+          <t>9786257499880</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Yönetim 1</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 3. Cilt</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>1035</v>
+        <v>345</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257443951</t>
+          <t>9786258461107</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Yönetim 2</t>
+          <t>Osmanlı Millet Sisteminden Türk Ulusuna Giyim ve Kimlik</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>860</v>
+        <v>205</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257443647</t>
+          <t>9786257499583</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>KKTC Yargısının Saygınlığını Korumak ve Yargıyı Daha Saygın Hale Getirmek Nasıl Mümkün Olabilir?</t>
+          <t>Parti İçi Demokrasi Üye Delege ve Yönetici Görüşlerinin Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257499521</t>
+          <t>9786258461121</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Seçmeli Hukuk ve Adalet Dersi Öğretim Programı ve Uygulamasının Öğrenci ve Öğretmen Görüşlerine Göre Değerlendirilmesi</t>
+          <t>Etik Çerçevesinde İklim Değişikliği ve Uyum</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257499682</t>
+          <t>9786258461152</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ben De Oradaydım 1</t>
+          <t>Proje Yönetimi Disiplinlerarası Bir Bakış</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257499637</t>
+          <t>9786257499958</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>14. Ulusal Akustik Kongresi Bildiriler Kitabı</t>
+          <t>Görsel - İşitsel Çeviri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>410</v>
+        <v>215</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257499675</t>
+          <t>9786258461183</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ben De Oradaydım 2</t>
+          <t>Bilgi Kaynaklarının Tanımlanması ve Erişimi Rda</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>305</v>
+        <v>410</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257499590</t>
+          <t>9786258461268</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Farklılıkların Yönetimi</t>
+          <t>On Labor - Foreigners İn Turkey For Beginners</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>450</v>
+        <v>285</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257499651</t>
+          <t>9786258461039</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Antakyalı Bir Şair: Ömer Hilmi Tsey (1898-1961)</t>
+          <t>Bilgi ve Belge Yönetimi Alanında Dil ve Anlam Uluslarası Çevrimiçi Sempozyumu Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257499705</t>
+          <t>9786257499972</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Demiryolu Taşımacılığında Markalaşmanın Önemi</t>
+          <t>Akıllı Lojistik ve Bütünleşik Bölge Uygulamaları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257499484</t>
+          <t>9786257443968</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ege Denizi Depremi Raporu (30.10.2020)</t>
+          <t>Bilgi Merkezlerinde Yönetim 1</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>660</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257443890</t>
+          <t>9786257443951</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Dijital Dönüşüm</t>
+          <t>Bilgi Merkezlerinde Yönetim 2</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>190</v>
+        <v>860</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257499347</t>
+          <t>9786257443647</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Blokzincir Uygulamaları</t>
+          <t>KKTC Yargısının Saygınlığını Korumak ve Yargıyı Daha Saygın Hale Getirmek Nasıl Mümkün Olabilir?</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257443913</t>
+          <t>9786257499521</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Veri Analitiği ve Yapay Zeka</t>
+          <t>Ortaokul Seçmeli Hukuk ve Adalet Dersi Öğretim Programı ve Uygulamasının Öğrenci ve Öğretmen Görüşlerine Göre Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257499422</t>
+          <t>9786257499682</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Birinci Basamak Sağlık Hizmetleri ve Covid-19 Pandemisi</t>
+          <t>Ben De Oradaydım 1</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>495</v>
+        <v>320</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257402163</t>
+          <t>9786257499637</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Afet Odaklı İletişim</t>
+          <t>14. Ulusal Akustik Kongresi Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>430</v>
+        <v>410</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257499545</t>
+          <t>9786257499675</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Juli Zeh’in Romanlarında Toplumsal ve Politik Unsurlar</t>
+          <t>Ben De Oradaydım 2</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>285</v>
+        <v>305</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257499460</t>
+          <t>9786257499590</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Elazığ - Sivrice Depremi Raporu (24.01.2020)</t>
+          <t>Sağlık İşletmelerinde Farklılıkların Yönetimi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>660</v>
+        <v>450</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257443920</t>
+          <t>9786257499651</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Halk Kütüphaneleri İçin Yenilikçi Örgüt Kültürü ve Stratejisi</t>
+          <t>Antakyalı Bir Şair: Ömer Hilmi Tsey (1898-1961)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>515</v>
+        <v>140</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257443869</t>
+          <t>9786257499705</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Piyade Sınıfı Askerlerin Eğitimi</t>
+          <t>Uluslararası Demiryolu Taşımacılığında Markalaşmanın Önemi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>415</v>
+        <v>170</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257443852</t>
+          <t>9786257499484</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Duman</t>
+          <t>Ege Denizi Depremi Raporu (30.10.2020)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>230</v>
+        <v>660</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257443821</t>
+          <t>9786257443890</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İhracatta Marka Teşvikleri ve Uluslararası Pazarlama Performansına Etkisi</t>
+          <t>Enerjide Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257443708</t>
+          <t>9786257499347</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimi Araştırmaları 2</t>
+          <t>Uluslararası Ticarette Blokzincir Uygulamaları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>515</v>
+        <v>100</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257443623</t>
+          <t>9786257443913</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış Ocak 2015 Aralık 2015 Arası Yazılar ve Yorumlar Cilt 14</t>
+          <t>Enerjide Veri Analitiği ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>385</v>
+        <v>140</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257443562</t>
+          <t>9786257499422</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Yorumbilimi Çevirmenin Anlam Süreci</t>
+          <t>Birinci Basamak Sağlık Hizmetleri ve Covid-19 Pandemisi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257443548</t>
+          <t>9786257402163</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kültürü ve Kütüphaneler</t>
+          <t>Afet Odaklı İletişim</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257443081</t>
+          <t>9786257499545</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik Programı ve Mesleki Uygulamalar</t>
+          <t>Juli Zeh’in Romanlarında Toplumsal ve Politik Unsurlar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>515</v>
+        <v>285</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257443685</t>
+          <t>9786257499460</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Urfa’da Sağlık (1900-1950)</t>
+          <t>Elazığ - Sivrice Depremi Raporu (24.01.2020)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>380</v>
+        <v>660</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257443609</t>
+          <t>9786257443920</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir’de İktisadi ve Sosyal Hayat</t>
+          <t>Türkiye’de Halk Kütüphaneleri İçin Yenilikçi Örgüt Kültürü ve Stratejisi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>220</v>
+        <v>515</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257443463</t>
+          <t>9786257443869</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Ord. Prof. Dr. A. Süheyl Ünver’in Kaleminden Edirne</t>
+          <t>Osmanlıda Piyade Sınıfı Askerlerin Eğitimi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>600</v>
+        <v>415</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257402606</t>
+          <t>9786257443852</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakış Açısıyla Medya</t>
+          <t>Duman</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257402712</t>
+          <t>9786257443821</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Bağlamında İşletme Fonksiyonlarına Bakış</t>
+          <t>İhracatta Marka Teşvikleri ve Uluslararası Pazarlama Performansına Etkisi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257402637</t>
+          <t>9786257443708</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakışta Türk Kadını</t>
+          <t>İletişim Bilimi Araştırmaları 2</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>515</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257402873</t>
+          <t>9786257443623</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Balkanlardan Göçen Toplulukların Yemek Kültürlerindeki Farklılıklar: Edirne İli Keşan İlçesi Köyleri Örneği</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış Ocak 2015 Aralık 2015 Arası Yazılar ve Yorumlar Cilt 14</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>205</v>
+        <v>385</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257443500</t>
+          <t>9786257443562</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Motivasyon Teorileri</t>
+          <t>Çeviri Yorumbilimi Çevirmenin Anlam Süreci</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257402408</t>
+          <t>9786257443548</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
+          <t>Okuma Kültürü ve Kütüphaneler</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257339568</t>
+          <t>9786257443081</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gönlümle Gördüklerim</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik Programı ve Mesleki Uygulamalar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>250</v>
+        <v>515</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257402323</t>
+          <t>9786257443685</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Göç Bibliyografyası 2. Makaleler</t>
+          <t>Urfa’da Sağlık (1900-1950)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>575</v>
+        <v>380</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257402774</t>
+          <t>9786257443609</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kurumsal Yönetim İlkelerine Uyum Derecelendirmesi</t>
+          <t>Maveraünnehir’de İktisadi ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257402811</t>
+          <t>9786257443463</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ar-Ge ve İnovasyon Faaliyetlerinin Büyüme İle İlişkisi - Kobi’ler Üzerine Bir İnceleme</t>
+          <t>Ord. Prof. Dr. A. Süheyl Ünver’in Kaleminden Edirne</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257402439</t>
+          <t>9786257402606</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanelerde İtibar Yönetimi: Paydaş Temelli Bir Model Önerisi</t>
+          <t>Disiplinlerarası Bakış Açısıyla Medya</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257402422</t>
+          <t>9786257402712</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Kalite Algısının Müşteri Memnuniyeti Üzerindeki Etkisi GSM Sektöründe Bir Uygulama</t>
+          <t>Dijitalleşme Bağlamında İşletme Fonksiyonlarına Bakış</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257402361</t>
+          <t>9786257402637</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Devri Türk Romanında Kötülük</t>
+          <t>Disiplinlerarası Bakışta Türk Kadını</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>515</v>
+        <v>180</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257402699</t>
+          <t>9786257402873</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatında Eser Çözümlemeleri</t>
+          <t>Balkanlardan Göçen Toplulukların Yemek Kültürlerindeki Farklılıklar: Edirne İli Keşan İlçesi Köyleri Örneği</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>555</v>
+        <v>205</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257402620</t>
+          <t>9786257443500</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Serbest Yatırım Fonları ve Uyguladıkları Stratejiler</t>
+          <t>Liderlik ve Motivasyon Teorileri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257402736</t>
+          <t>9786257402408</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Miras Uygulamalarında Önleyici Koruma</t>
+          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257402538</t>
+          <t>9786257339568</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Waste Management For Municipalities In Turkey</t>
+          <t>Gönlümle Gördüklerim</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257402798</t>
+          <t>9786257402323</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bankalarda Kurumsal Yönetim ve İç Denetim</t>
+          <t>Göç Bibliyografyası 2. Makaleler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>180</v>
+        <v>575</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257402187</t>
+          <t>9786257402774</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Meşahid-i Mevlid-i Ahmedi</t>
+          <t>Türkiye’de Kurumsal Yönetim İlkelerine Uyum Derecelendirmesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257402750</t>
+          <t>9786257402811</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Düşünce Yapısını Etkilemesi</t>
+          <t>Ar-Ge ve İnovasyon Faaliyetlerinin Büyüme İle İlişkisi - Kobi’ler Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257402040</t>
+          <t>9786257402439</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 2</t>
+          <t>Kütüphanelerde İtibar Yönetimi: Paydaş Temelli Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>540</v>
+        <v>370</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257402668</t>
+          <t>9786257402422</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Eserlerinin Deyimler Sözlüğü ve Özdeyişler</t>
+          <t>Hizmet Kalite Algısının Müşteri Memnuniyeti Üzerindeki Etkisi GSM Sektöründe Bir Uygulama</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>830</v>
+        <v>230</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257402033</t>
+          <t>9786257402361</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 1</t>
+          <t>Tanzimat Devri Türk Romanında Kötülük</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>575</v>
+        <v>515</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257402477</t>
+          <t>9786257402699</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları</t>
+          <t>Resim Sanatında Eser Çözümlemeleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>245</v>
+        <v>555</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257339865</t>
+          <t>9786257402620</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Kimyası</t>
+          <t>Serbest Yatırım Fonları ve Uyguladıkları Stratejiler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257402002</t>
+          <t>9786257402736</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye’de Sosyal Medyada Etkileyici Pazarlama (Influencer Marketing)</t>
+          <t>Kültürel Miras Uygulamalarında Önleyici Koruma</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>230</v>
+        <v>365</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257339988</t>
+          <t>9786257402538</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Zigetvar Türbedarı Ali Dede Bosnevi’nin Hayatı, Eserleri ve Kırk Hadis Derlemeleri</t>
+          <t>Waste Management For Municipalities In Turkey</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257402385</t>
+          <t>9786257402798</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Bankalarda Kurumsal Yönetim ve İç Denetim</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>172.5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257402309</t>
+          <t>9786257402187</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>John Stuart Mill</t>
+          <t>Kitab-ı Meşahid-i Mevlid-i Ahmedi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257339841</t>
+          <t>9786257402750</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Etkilendiği ve Yorumladığı Batılı Şahsiyetler</t>
+          <t>Kur’an’ın Düşünce Yapısını Etkilemesi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257339674</t>
+          <t>9786257402040</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Postmodernizme Sanat Tarihi Okumaları</t>
+          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 2</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>970</v>
+        <v>540</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257402149</t>
+          <t>9786257402668</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Halka</t>
+          <t>Tanpınar Eserlerinin Deyimler Sözlüğü ve Özdeyişler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>225</v>
+        <v>830</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257402101</t>
+          <t>9786257402033</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Kazakça)</t>
+          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 1</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>230</v>
+        <v>575</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257402132</t>
+          <t>9786257402477</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Rusça)</t>
+          <t>Çeviribilimin Paradigmaları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257402347</t>
+          <t>9786257339865</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Çalışmada Dikkat Edilmesi Gereken Hususlar</t>
+          <t>Renklerin Kimyası</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257339483</t>
+          <t>9786257402002</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mübadelede Tekirdağ</t>
+          <t>Dünya ve Türkiye’de Sosyal Medyada Etkileyici Pazarlama (Influencer Marketing)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257339605</t>
+          <t>9786257339988</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yunusca Çeviri</t>
+          <t>Zigetvar Türbedarı Ali Dede Bosnevi’nin Hayatı, Eserleri ve Kırk Hadis Derlemeleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257339476</t>
+          <t>9786257402385</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Geschichte Der Kommunikationstechniken</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>230</v>
+        <v>172.5</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257339780</t>
+          <t>9786257402309</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ulusal Halk Kütüphanesi Stratejisi</t>
+          <t>John Stuart Mill</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>325</v>
+        <v>145</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257339629</t>
+          <t>9786257339841</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>19. Asır Mevlevi Şairi Galatalı Safvet ve İbnülemin’in Kemalü’s - Safve’si</t>
+          <t>Tanpınar’ın Etkilendiği ve Yorumladığı Batılı Şahsiyetler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257339582</t>
+          <t>9786257339674</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Varlık Paylaşımı ve İnovasyon Uber ve Airbnb Örneği</t>
+          <t>Ortaçağ’dan Postmodernizme Sanat Tarihi Okumaları</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>170</v>
+        <v>970</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257339964</t>
+          <t>9786257402149</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Oğuz Karakartal Armağanı</t>
+          <t>Kayıp Halka</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>625</v>
+        <v>225</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257339926</t>
+          <t>9786257402101</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman ve Anlatıbilim</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Kazakça)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257339766</t>
+          <t>9786257402132</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Üzerine Hibrit Perspektiflerle Değerlendirmeler</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Rusça)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>218.5</v>
+        <v>230</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257339889</t>
+          <t>9786257402347</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kitabiyat</t>
+          <t>Uzaktan Çalışmada Dikkat Edilmesi Gereken Hususlar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257339544</t>
+          <t>9786257339483</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
+          <t>Mübadelede Tekirdağ</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257339346</t>
+          <t>9786257339605</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim, Kurumsal Yönetim, Risk Yönetimi, İç Kontrol İlişkileri İle İç Denetim Fayda, Performans, Yönetim</t>
+          <t>Yunusca Çeviri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257280679</t>
+          <t>9786257339476</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 2</t>
+          <t>Geschichte Der Kommunikationstechniken</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>890</v>
+        <v>230</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257280693</t>
+          <t>9786257339780</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 4</t>
+          <t>Türkiye’de Ulusal Halk Kütüphanesi Stratejisi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>965</v>
+        <v>325</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257339032</t>
+          <t>9786257339629</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Sol Görüş Bağlamında Kıbrıs Meselesi!</t>
+          <t>19. Asır Mevlevi Şairi Galatalı Safvet ve İbnülemin’in Kemalü’s - Safve’si</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257339254</t>
+          <t>9786257339582</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>1950’li Yıllarda Türkiye</t>
+          <t>Varlık Paylaşımı ve İnovasyon Uber ve Airbnb Örneği</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>345</v>
+        <v>170</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257339209</t>
+          <t>9786257339964</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Urfası’nda Müslüman Kadın (1845-1915)</t>
+          <t>Prof. Dr. Oğuz Karakartal Armağanı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>230</v>
+        <v>625</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257339360</t>
+          <t>9786257339926</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve İşletmeciler İçin Uygulamalı Temel Matematik</t>
+          <t>Çizgi Roman ve Anlatıbilim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257280990</t>
+          <t>9786257339766</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin İslami Bankacılık ve Finans</t>
+          <t>Uluslararası Ticaret Üzerine Hibrit Perspektiflerle Değerlendirmeler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>218.5</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257339094</t>
+          <t>9786257339889</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Marka ve Sürdürülebilirlik</t>
+          <t>Kitabiyat</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257339124</t>
+          <t>9786257339544</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Masalların Yapı Unsurlarının Çözümlemesi</t>
+          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>315</v>
+        <v>255</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257339322</t>
+          <t>9786257339346</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar</t>
+          <t>Stratejik Yönetim, Kurumsal Yönetim, Risk Yönetimi, İç Kontrol İlişkileri İle İç Denetim Fayda, Performans, Yönetim</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>365</v>
+        <v>210</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257339186</t>
+          <t>9786257280679</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yolsuzluk ve Usulsüzlük Olaylarının Türk Siyasetine Yansımaları (1923-1950)</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 2</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>360</v>
+        <v>890</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257339285</t>
+          <t>9786257280693</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Else Günther Als Kinderbuchautorin Und Ihr Beitrag Zur Interkulturellen Erziehung</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 4</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>965</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257339247</t>
+          <t>9786257339032</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernleşme Bağlamında Sosyoekonomik Kimlikler: Mardin Örneği</t>
+          <t>Belgelerle Sol Görüş Bağlamında Kıbrıs Meselesi!</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257339223</t>
+          <t>9786257339254</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Temizliğin Türkçesi</t>
+          <t>1950’li Yıllarda Türkiye</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257280976</t>
+          <t>9786257339209</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler 1</t>
+          <t>Osmanlı Urfası’nda Müslüman Kadın (1845-1915)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257339148</t>
+          <t>9786257339360</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Gençlerin Tüketici Davranışı</t>
+          <t>İktisat ve İşletmeciler İçin Uygulamalı Temel Matematik</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257339162</t>
+          <t>9786257280990</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Boyutları İle Uzaktan Eğitim</t>
+          <t>Yeni Başlayanlar İçin İslami Bankacılık ve Finans</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257280938</t>
+          <t>9786257339094</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Interkulturele Zusammenarbeit am Beispiel Deutschen und Türkischen Mitarbeitern</t>
+          <t>Marka ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257280891</t>
+          <t>9786257339124</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Politikaları ve Teknoloji Yönetimi</t>
+          <t>Masalların Yapı Unsurlarının Çözümlemesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>205</v>
+        <v>315</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257280952</t>
+          <t>9786257339322</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Problem Çözme ve Eleştirel Düşünme Becerileri</t>
+          <t>Türklük Bilimine Genç Bakışlar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257280914</t>
+          <t>9786257339186</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kripto Para ve Blockchain Teknolojisi Ekonometrik Zaman Serisi Analizi</t>
+          <t>Yolsuzluk ve Usulsüzlük Olaylarının Türk Siyasetine Yansımaları (1923-1950)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257280877</t>
+          <t>9786257339285</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Arşivcilik</t>
+          <t>Else Günther Als Kinderbuchautorin Und Ihr Beitrag Zur Interkulturellen Erziehung</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257280839</t>
+          <t>9786257339247</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Modern Technology and Communication</t>
+          <t>Gelenek ve Modernleşme Bağlamında Sosyoekonomik Kimlikler: Mardin Örneği</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>285</v>
+        <v>430</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257280518</t>
+          <t>9786257339223</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Edebi Belleğin Korunması, Dünyadaki Örnekleri ve İstanbul’daki Edebiyat Müzeleri</t>
+          <t>Temizliğin Türkçesi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>410</v>
+        <v>385</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257280853</t>
+          <t>9786257280976</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluğun Kurumsal İtibara Etkisi</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler 1</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>385</v>
+        <v>260</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052812419</t>
+          <t>9786257339148</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Kamu İşyerlerinde ve Sendikalarda Mobbing Bakış Açısı</t>
+          <t>Sosyal Medyada Gençlerin Tüketici Davranışı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257845847</t>
+          <t>9786257339162</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>İran Şairleri Sözlüğü</t>
+          <t>Çeşitli Boyutları İle Uzaktan Eğitim</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257280471</t>
+          <t>9786257280938</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Araştırmaları 2</t>
+          <t>Interkulturele Zusammenarbeit am Beispiel Deutschen und Türkischen Mitarbeitern</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257280433</t>
+          <t>9786257280891</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Perinatoloji İzlem ve Tedavi Yönergeleri</t>
+          <t>Sanayi Politikaları ve Teknoloji Yönetimi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257280235</t>
+          <t>9786257280952</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi Perspektifinde Sağlık Okuryazarlığı</t>
+          <t>Liderlik Problem Çözme ve Eleştirel Düşünme Becerileri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257280419</t>
+          <t>9786257280914</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Portföy Yönetiminde Finansal Teknolojiler</t>
+          <t>Kripto Para ve Blockchain Teknolojisi Ekonometrik Zaman Serisi Analizi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257280570</t>
+          <t>9786257280877</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bartın Araştırmaları 1</t>
+          <t>Arşivcilik</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>345</v>
+        <v>205</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257845946</t>
+          <t>9786257280839</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ticari Diplomasi</t>
+          <t>Modern Technology and Communication</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257280457</t>
+          <t>9786257280518</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sanat, Sanatçılar ve Sanat Eğitimi</t>
+          <t>Edebi Belleğin Korunması, Dünyadaki Örnekleri ve İstanbul’daki Edebiyat Müzeleri</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257280099</t>
+          <t>9786257280853</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ortak Düşman Covid-19</t>
+          <t>Kurumsal Sosyal Sorumluluğun Kurumsal İtibara Etkisi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>30</v>
+        <v>385</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257280662</t>
+          <t>9786052812419</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Kamu İşyerlerinde ve Sendikalarda Mobbing Bakış Açısı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>830</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257280495</t>
+          <t>9786257845847</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Ali Efendi Riyazü’r-Rahme</t>
+          <t>İran Şairleri Sözlüğü</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257280631</t>
+          <t>9786257280471</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Modernleşen Alevilikte Dini Otorite</t>
+          <t>Türk Edebiyatı Araştırmaları 2</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257280617</t>
+          <t>9786257280433</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Değişen Turizm Trendleri</t>
+          <t>Perinatoloji İzlem ve Tedavi Yönergeleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257280310</t>
+          <t>9786257280235</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yeraltı Edebiyatı</t>
+          <t>Sağlık İletişimi Perspektifinde Sağlık Okuryazarlığı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257280532</t>
+          <t>9786257280419</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dijital(in) Ritmi</t>
+          <t>Portföy Yönetiminde Finansal Teknolojiler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>630</v>
+        <v>215</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257280204</t>
+          <t>9786257280570</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Masalların Tematik Çözümlemesi</t>
+          <t>Bartın Araştırmaları 1</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052812358</t>
+          <t>9786257845946</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim Yönetiminde İleribildirim</t>
+          <t>Ticari Diplomasi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052818855</t>
+          <t>9786257280457</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Değerler ve Yaşam Tarzı</t>
+          <t>Sanat, Sanatçılar ve Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052818503</t>
+          <t>9786257280099</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Özel Okullarda Halkla İlişkiler ve İtibar</t>
+          <t>Ortak Düşman Covid-19</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>285</v>
+        <v>30</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257280167</t>
+          <t>9786257280662</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Rahatu’n-Nüfus Üzerine Bir Dil İncelemesi</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>700</v>
+        <v>830</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257280303</t>
+          <t>9786257280495</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Edebiyatı</t>
+          <t>Hüseyin Ali Efendi Riyazü’r-Rahme</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052817223</t>
+          <t>9786257280631</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kıbrısta Strateji Üçüncü Devlet Egemen İngiliz Üsleri ve ABD Varlığı</t>
+          <t>Modernleşen Alevilikte Dini Otorite</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>345</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257280020</t>
+          <t>9786257280617</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Risk ve Kriz Yönetimi</t>
+          <t>Değişen Turizm Trendleri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257280051</t>
+          <t>9786257280310</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Deprem Fragmanları Van’dan Örnekler</t>
+          <t>Türkiye’de Yeraltı Edebiyatı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052817643</t>
+          <t>9786257280532</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Dr. Derviş Eroğlu Siyaset, Spor ve Kıbrıs’ta Mücadele</t>
+          <t>Dijital(in) Ritmi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>280</v>
+        <v>630</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257280334</t>
+          <t>9786257280204</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Geleneksel Ayakkabı Sanatı</t>
+          <t>Masalların Tematik Çözümlemesi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257845885</t>
+          <t>9786052812358</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliğinin İşgören Performansı ve İş Doyumuna Etkileri</t>
+          <t>Kurumsal İletişim Yönetiminde İleribildirim</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257280112</t>
+          <t>9786052818855</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Mekan</t>
+          <t>Pazarlamada Değerler ve Yaşam Tarzı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257280266</t>
+          <t>9786052818503</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Bin Abdulmelik’in Hayatı İlmi Kişiliği ve "el-Mazbut Fi Şerhi'l-Maksud" Adlı Eseri</t>
+          <t>Özel Okullarda Halkla İlişkiler ve İtibar</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257845922</t>
+          <t>9786257280167</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Bağlamında Hz. Peygamber’in Nübüvvet Süreci</t>
+          <t>Rahatu’n-Nüfus Üzerine Bir Dil İncelemesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257280198</t>
+          <t>9786257280303</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yeni Küresel Düzende Büyüme, Eşitsizlik ve Kapsayıcılık İlişkisi</t>
+          <t>Koronavirüs Edebiyatı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257845960</t>
+          <t>9786052817223</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Bilgi ve Belge Yönetimi</t>
+          <t>Kıbrısta Strateji Üçüncü Devlet Egemen İngiliz Üsleri ve ABD Varlığı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>420</v>
+        <v>345</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254004162</t>
+          <t>9786257280020</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Top Stent - Endovasküler Hibrid Travma ve Kanama Yönetimi Sanatı 1. Kitap</t>
+          <t>Bilgi Merkezlerinde Risk ve Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257845786</t>
+          <t>9786257280051</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Tema: Yemek</t>
+          <t>Sosyal Bilimler Perspektifinden Deprem Fragmanları Van’dan Örnekler</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257845137</t>
+          <t>9786052817643</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bankalarda Kredi Sürecinin İç Kontrol Sistemi Açısından Değerlendirilmesi</t>
+          <t>Dr. Derviş Eroğlu Siyaset, Spor ve Kıbrıs’ta Mücadele</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257845823</t>
+          <t>9786257280334</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kadın Çalışmalarında Yansımalar</t>
+          <t>Türk Kültüründe Geleneksel Ayakkabı Sanatı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257845618</t>
+          <t>9786257845885</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hamide Süeda’nın Mektupları</t>
+          <t>İş Sağlığı ve Güvenliğinin İşgören Performansı ve İş Doyumuna Etkileri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>205</v>
+        <v>275</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257845809</t>
+          <t>9786257280112</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Development and Education Studies</t>
+          <t>Bilgi Merkezlerinde Mekan</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>470</v>
+        <v>380</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052819708</t>
+          <t>9786257280266</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Savaş Tarihçiliğinden Tasvirli Bir Kesit</t>
+          <t>Yusuf Bin Abdulmelik’in Hayatı İlmi Kişiliği ve "el-Mazbut Fi Şerhi'l-Maksud" Adlı Eseri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>1495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257845762</t>
+          <t>9786257845922</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türk Sağlık Turizminde Fırsatlar ve Tehditler</t>
+          <t>Vahiy Bağlamında Hz. Peygamber’in Nübüvvet Süreci</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257845595</t>
+          <t>9786257280198</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Marka ve Marka Özgünlüğü (Uygulamalı)</t>
+          <t>Yeni Küresel Düzende Büyüme, Eşitsizlik ve Kapsayıcılık İlişkisi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257845656</t>
+          <t>9786257845960</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Dijital Gelecekte Mesleklerin ve Sektörlerin Dönüşümü</t>
+          <t>Sağlıkta Bilgi ve Belge Yönetimi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>645</v>
+        <v>420</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257845724</t>
+          <t>9786254004162</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>New Generation Studies In Electromembrane Extraction</t>
+          <t>Top Stent - Endovasküler Hibrid Travma ve Kanama Yönetimi Sanatı 1. Kitap</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257845571</t>
+          <t>9786257845786</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sektörlerin ve Mesleklerin Geleceği</t>
+          <t>Sanatta Tema: Yemek</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>530</v>
+        <v>340</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257845687</t>
+          <t>9786257845137</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İstila Filmleri</t>
+          <t>Bankalarda Kredi Sürecinin İç Kontrol Sistemi Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>345</v>
+        <v>285</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257845700</t>
+          <t>9786257845823</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 3</t>
+          <t>Geçmişten Günümüze Kadın Çalışmalarında Yansımalar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257845366</t>
+          <t>9786257845618</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kütüphaneler El Kitabı</t>
+          <t>Hamide Süeda’nın Mektupları</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>1030</v>
+        <v>205</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257845632</t>
+          <t>9786257845809</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Film Çevirisi - Dublajda Eşleme</t>
+          <t>Development and Education Studies</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257845557</t>
+          <t>9786052819708</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Sosyoloji ve Antropoloji Bağlamında İncelemeler</t>
+          <t>Osmanlı Savaş Tarihçiliğinden Tasvirli Bir Kesit</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>515</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052817902</t>
+          <t>9786257845762</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Hukuk, Politika ve Aktörler</t>
+          <t>Türk Sağlık Turizminde Fırsatlar ve Tehditler</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257845380</t>
+          <t>9786257845595</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Hayat Romanlardan Daha Tuhaf Selçuk Altun’un Romancılığı</t>
+          <t>Marka ve Marka Özgünlüğü (Uygulamalı)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257845465</t>
+          <t>9786257845656</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Merkez-Çevre İletişimsizliği Bağlamında Sason İsyanları</t>
+          <t>Dijital Gelecekte Mesleklerin ve Sektörlerin Dönüşümü</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>645</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257845533</t>
+          <t>9786257845724</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Havacılık Sertifikasyonu</t>
+          <t>New Generation Studies In Electromembrane Extraction</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052818671</t>
+          <t>9786257845571</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Rauf Bütün Telif Tiyatroları</t>
+          <t>Sektörlerin ve Mesleklerin Geleceği</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>335</v>
+        <v>530</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257845069</t>
+          <t>9786257845687</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ratip Kazancıgil’in Kaleminden Edirne (2 Kitap Takım) (Ciltli)</t>
+          <t>İstila Filmleri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>435</v>
+        <v>345</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257845502</t>
+          <t>9786257845700</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Aydınlarının Bilgi ve Belge Yönetimi Çalışmaları</t>
+          <t>Ağrı - Akademik Makaleler 3</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257845441</t>
+          <t>9786257845366</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Migration Communication Adaptation</t>
+          <t>Dijital Kütüphaneler El Kitabı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>245</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257845182</t>
+          <t>9786257845632</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Güç Santrallerinin Finansman Modeli ve Matematiksel Yaklaşımlar</t>
+          <t>Film Çevirisi - Dublajda Eşleme</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257845250</t>
+          <t>9786257845557</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Masal Kahramanlarının Tip Çözümlemesi</t>
+          <t>Tarih, Sosyoloji ve Antropoloji Bağlamında İncelemeler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>420</v>
+        <v>515</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257845328</t>
+          <t>9786052817902</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Serbest Cumhuriyet Fırkası İstanbul Teşkilatı ve Azınlıklar</t>
+          <t>Tarih, Hukuk, Politika ve Aktörler</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257845427</t>
+          <t>9786257845380</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Toplumsal Cinsiyet Üzerine Tartışmalar</t>
+          <t>Hayat Romanlardan Daha Tuhaf Selçuk Altun’un Romancılığı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257845489</t>
+          <t>9786257845465</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında Mahmut Soydan</t>
+          <t>Tek Parti Döneminde Merkez-Çevre İletişimsizliği Bağlamında Sason İsyanları</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257845205</t>
+          <t>9786257845533</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Romanında Ütopya (1923-1950)</t>
+          <t>Uygulamalı Havacılık Sertifikasyonu</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257845397</t>
+          <t>9786052818671</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Krizlerinin Çözümlenmesine İlişkin Yeni Yaklaşımlar</t>
+          <t>Mehmet Rauf Bütün Telif Tiyatroları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257845007</t>
+          <t>9786257845069</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Arşiv Kurumlarındaki Uygulamalarda Yenilikçi Yaklaşımlar</t>
+          <t>Ratip Kazancıgil’in Kaleminden Edirne (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>310</v>
+        <v>435</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257845281</t>
+          <t>9786257845502</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Saltanat Mücadeleleri</t>
+          <t>Osmanlı Aydınlarının Bilgi ve Belge Yönetimi Çalışmaları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257845298</t>
+          <t>9786257845441</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Siyaset: Vedat Türkali Örneği</t>
+          <t>Migration Communication Adaptation</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257845304</t>
+          <t>9786257845182</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Samaniler Döneminde Buhara Şehri</t>
+          <t>Nükleer Güç Santrallerinin Finansman Modeli ve Matematiksel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257845106</t>
+          <t>9786257845250</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Halkla İlişkiler Kapsamında Kriz Yönetimi</t>
+          <t>Masal Kahramanlarının Tip Çözümlemesi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257845236</t>
+          <t>9786257845328</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Her Derde Deva Mucizevi Bitki Zeytin ve Zeytinyağı Analizleri</t>
+          <t>Serbest Cumhuriyet Fırkası İstanbul Teşkilatı ve Azınlıklar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257845151</t>
+          <t>9786257845427</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlarda</t>
+          <t>Medya ve Toplumsal Cinsiyet Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052819982</t>
+          <t>9786257845489</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Tükenmişlik, Yetenek Yönetimi ve Çalışan Performansı</t>
+          <t>Türk Siyasi Hayatında Mahmut Soydan</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052819845</t>
+          <t>9786257845205</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Okumaları 2</t>
+          <t>Cumhuriyet Dönemi Türk Romanında Ütopya (1923-1950)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052819944</t>
+          <t>9786257845397</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski’den Grotowski’ye Meyerhold’den Brecht’e Oyunculukta Yöntem ve Rol Çalışmaları</t>
+          <t>Kapitalizmin Krizlerinin Çözümlenmesine İlişkin Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052819951</t>
+          <t>9786257845007</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türk Edebiyatının Büyük Realisti Celil Memmedkuluzade’nin Hikayelerinde Sosyal Tenkit</t>
+          <t>Kütüphane ve Arşiv Kurumlarındaki Uygulamalarda Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052818886</t>
+          <t>9786257845281</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Kütüphane Hizmetleri ve İstanbul Büyükşehir Belediyesi Örneği</t>
+          <t>Selçuklularda Saltanat Mücadeleleri</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>205</v>
+        <v>410</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052818466</t>
+          <t>9786257845298</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yapılan Seçim İttifaklarının Seçim Sonuçlarına Etkisi</t>
+          <t>Edebiyatta Siyaset: Vedat Türkali Örneği</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052819807</t>
+          <t>9786257845304</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimi Araştırmaları 1</t>
+          <t>Samaniler Döneminde Buhara Şehri</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>630</v>
+        <v>230</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052819906</t>
+          <t>9786257845106</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Gazeteci Olmak</t>
+          <t>Stratejik Halkla İlişkiler Kapsamında Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052819784</t>
+          <t>9786257845236</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kredi Derecelendirme Sektörü</t>
+          <t>Her Derde Deva Mucizevi Bitki Zeytin ve Zeytinyağı Analizleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052819654</t>
+          <t>9786257845151</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika ve Yerel Yönetim İlişkisi:  Sultangazi Belediyesi Örneği</t>
+          <t>Zor Zamanlarda</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052819760</t>
+          <t>9786052819982</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İyiliği Emretme ve Kötülükten Sakındırma</t>
+          <t>Sağlık Kurumlarında Tükenmişlik, Yetenek Yönetimi ve Çalışan Performansı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052819746</t>
+          <t>9786052819845</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İbrahim El-Lekani’nin Kelami Görüşleri</t>
+          <t>Dijital Çağda İletişim Okumaları 2</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>505</v>
+        <v>450</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052819821</t>
+          <t>9786052819944</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hulasatü’l-Efkar Şerhu Muhtasari’l-Menar</t>
+          <t>Stanislavski’den Grotowski’ye Meyerhold’den Brecht’e Oyunculukta Yöntem ve Rol Çalışmaları</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>315</v>
+        <v>230</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052819678</t>
+          <t>9786052819951</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihinde Önemli Dönüm Noktaları: Orta Doğu ve Avrupa ile Siyasi Münasebetler</t>
+          <t>Azerbaycan Türk Edebiyatının Büyük Realisti Celil Memmedkuluzade’nin Hikayelerinde Sosyal Tenkit</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052819258</t>
+          <t>9786052818886</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimlerinde Makale Hazırlama ve Yayımlama Teknikleri</t>
+          <t>Belediyelerde Kütüphane Hizmetleri ve İstanbul Büyükşehir Belediyesi Örneği</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052819685</t>
+          <t>9786052818466</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat - Kültür ve Tarih Araştırmaları</t>
+          <t>Türkiye’de Yapılan Seçim İttifaklarının Seçim Sonuçlarına Etkisi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052818213</t>
+          <t>9786052819807</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yazma ve Eski Harfli Basma Eserlerde Bibliyografik Tanımlama</t>
+          <t>İletişim Bilimi Araştırmaları 1</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>350</v>
+        <v>630</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052819395</t>
+          <t>9786052819906</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimeler Zaviyesinden Tanzimat Dönemi Gazeteleri</t>
+          <t>Doğu’da Gazeteci Olmak</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052818794</t>
+          <t>9786052819784</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Akademik Örgütlerde Çalışan Personelin Çatışma Nedenleri ve Sonuçları: Süleyman Demirel Üniversitesi’nde Bir Araştırma</t>
+          <t>Kredi Derecelendirme Sektörü</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052819548</t>
+          <t>9786052819654</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Yazıları - Prof. Dr. Ali Gültekin’e Armağan</t>
+          <t>Sosyal Politika ve Yerel Yönetim İlişkisi:  Sultangazi Belediyesi Örneği</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052819487</t>
+          <t>9786052819760</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Suç Estetiği</t>
+          <t>Kur’an’da İyiliği Emretme ve Kötülükten Sakındırma</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052819500</t>
+          <t>9786052819746</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri ve Yönetiminde Yapay Zeka</t>
+          <t>İbrahim El-Lekani’nin Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>310</v>
+        <v>505</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052819586</t>
+          <t>9786052819821</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Globale Veranderung Und Neues Medienleben</t>
+          <t>Hulasatü’l-Efkar Şerhu Muhtasari’l-Menar</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052819531</t>
+          <t>9786052819678</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezleri: Sağlık ve Afet Bilgi Yönetimi - Information Centers: Health and Disaster Information Management</t>
+          <t>Türk Siyasi Tarihinde Önemli Dönüm Noktaları: Orta Doğu ve Avrupa ile Siyasi Münasebetler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>485</v>
+        <v>310</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052819562</t>
+          <t>9786052819258</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hicri 5.-7. (M. 11.-13.) Yy.’da Hadis Çalışmaları ve Ahvazlı Hadisçiler</t>
+          <t>Sağlık Bilimlerinde Makale Hazırlama ve Yayımlama Teknikleri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052819142</t>
+          <t>9786052819685</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama Kavramı ve Kamu Sektörü Reklamlarının Geleneksel ve Sosyal Medya Üzerinden Duyurulması</t>
+          <t>Edebiyat - Kültür ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052811900</t>
+          <t>9786052818213</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Lisanü’l-Etibba - Tabiplerin Dili</t>
+          <t>Yazma ve Eski Harfli Basma Eserlerde Bibliyografik Tanımlama</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>760</v>
+        <v>350</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052819265</t>
+          <t>9786052819395</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Riskleri</t>
+          <t>Mukaddimeler Zaviyesinden Tanzimat Dönemi Gazeteleri</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052819340</t>
+          <t>9786052818794</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sıfat Bu Aşka Da Gelir Aşığa Da</t>
+          <t>Akademik Örgütlerde Çalışan Personelin Çatışma Nedenleri ve Sonuçları: Süleyman Demirel Üniversitesi’nde Bir Araştırma</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052819425</t>
+          <t>9786052819548</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Rus Edebiyatında L. Ulitskaya, L. Petruşevskaya ve T. Tolstaya’nın Öykü Sanatı</t>
+          <t>Dil ve Edebiyat Yazıları - Prof. Dr. Ali Gültekin’e Armağan</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052819128</t>
+          <t>9786052819487</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Biçim</t>
+          <t>Suç Estetiği</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>414</v>
+        <v>230</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052819180</t>
+          <t>9786052819500</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Belgelerin İmhası: Teori ve Uygulama</t>
+          <t>Sağlık Hizmetleri ve Yönetiminde Yapay Zeka</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>410</v>
+        <v>310</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052819401</t>
+          <t>9786052819586</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Fun With Literature Crossword Puzzles</t>
+          <t>Globale Veranderung Und Neues Medienleben</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052818565</t>
+          <t>9786052819531</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 5</t>
+          <t>Bilgi Merkezleri: Sağlık ve Afet Bilgi Yönetimi - Information Centers: Health and Disaster Information Management</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>260</v>
+        <v>485</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052819364</t>
+          <t>9786052819562</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Hurufat Defterleri (1690-1840)</t>
+          <t>Hicri 5.-7. (M. 11.-13.) Yy.’da Hadis Çalışmaları ve Ahvazlı Hadisçiler</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>555</v>
+        <v>270</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052819166</t>
+          <t>9786052819142</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Yeni Dünya Düzeninde Teknoloji Yönetimi ve İnsani Dijitalizasyon</t>
+          <t>Sosyal Pazarlama Kavramı ve Kamu Sektörü Reklamlarının Geleneksel ve Sosyal Medya Üzerinden Duyurulması</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>530</v>
+        <v>380</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052819227</t>
+          <t>9786052811900</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Şehir Markalaşması Sürecinde Tüketici Temelli Marka Değerinin Ölçülmesi: Adıyaman İli Üzerine Bir Uygulama</t>
+          <t>Lisanü’l-Etibba - Tabiplerin Dili</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>385</v>
+        <v>760</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052819289</t>
+          <t>9786052819265</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Trendleri Yeni Medya İletişim Teknoloji Toplum ve İş Dünyası İçin Perspektifler</t>
+          <t>Tedarik Zinciri Riskleri</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052819203</t>
+          <t>9786052819340</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Çocuk-Gençlik Yazını Çevirisi Üzerine Bir İnceleme</t>
+          <t>Sıfat Bu Aşka Da Gelir Aşığa Da</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052819326</t>
+          <t>9786052819425</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İşletme 2.0: İşletmecilikte Yeni Trendler</t>
+          <t>Çağdaş Rus Edebiyatında L. Ulitskaya, L. Petruşevskaya ve T. Tolstaya’nın Öykü Sanatı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052818824</t>
+          <t>9786052819128</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür ve Sosyal Medya Okumaları</t>
+          <t>Roman ve Biçim</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>465</v>
+        <v>414</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052819449</t>
+          <t>9786052819180</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>A Book On MTS: Multilateral Trade System</t>
+          <t>Elektronik Belgelerin İmhası: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>245</v>
+        <v>410</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052819067</t>
+          <t>9786052819401</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Arif Ünal’a Armağan</t>
+          <t>Fun With Literature Crossword Puzzles</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052819074</t>
+          <t>9786052818565</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Osmanlı Devleti’nin İdari Taksimatı (1839-1914)</t>
+          <t>Çeviribilimin Paradigmaları 5</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>445</v>
+        <v>260</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052818930</t>
+          <t>9786052819364</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Alternatif Gazetecilik</t>
+          <t>Kastamonu Hurufat Defterleri (1690-1840)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>350</v>
+        <v>555</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052819036</t>
+          <t>9786052819166</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Şihabüddin El-Mercani’nin Usul-i Fıkıh Anlayışı</t>
+          <t>Pandemi Sonrası Yeni Dünya Düzeninde Teknoloji Yönetimi ve İnsani Dijitalizasyon</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052818978</t>
+          <t>9786052819227</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Marka Menuniyetinin Marka Sadakatine ve Güvenine Etkisi</t>
+          <t>Şehir Markalaşması Sürecinde Tüketici Temelli Marka Değerinin Ölçülmesi: Adıyaman İli Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052819098</t>
+          <t>9786052819289</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalı Doğu - Batı Edebiyatı</t>
+          <t>Yeni Medya Trendleri Yeni Medya İletişim Teknoloji Toplum ve İş Dünyası İçin Perspektifler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052819302</t>
+          <t>9786052819203</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Kuramları ve Çeviri Eğitimi</t>
+          <t>Çocuk-Gençlik Yazını Çevirisi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052818909</t>
+          <t>9786052819326</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Salim Efendi Beşir-Name</t>
+          <t>İşletme 2.0: İşletmecilikte Yeni Trendler</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052817681</t>
+          <t>9786052818824</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Politik İstikrarsızlık ve Enerji Güvenliği Ekseninde Orta Doğu Ekonomileri</t>
+          <t>Dijital Kültür ve Sosyal Medya Okumaları</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>430</v>
+        <v>465</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052818749</t>
+          <t>9786052819449</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-İran Üzerine Okumalar</t>
+          <t>A Book On MTS: Multilateral Trade System</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052818862</t>
+          <t>9786052819067</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme ve Halkla İlişkiler</t>
+          <t>Prof. Dr. Arif Ünal’a Armağan</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052818756</t>
+          <t>9786052819074</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Politikaları: Ekonomik ve Sosyal Eğilimler</t>
+          <t>19. Yüzyılda Osmanlı Devleti’nin İdari Taksimatı (1839-1914)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>430</v>
+        <v>445</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052818954</t>
+          <t>9786052818930</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi İzmir Medrese ve Kütüphaneleri</t>
+          <t>Yeni Medya ve Alternatif Gazetecilik</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052818640</t>
+          <t>9786052819036</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Engelli Bireylerin Sosyal Medya Kullanmaları Üzerine Bir Araştırma</t>
+          <t>Şihabüddin El-Mercani’nin Usul-i Fıkıh Anlayışı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052818589</t>
+          <t>9786052818978</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Emirhan Yeniki’nin Hikayeciliği</t>
+          <t>Marka Menuniyetinin Marka Sadakatine ve Güvenine Etkisi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052818985</t>
+          <t>9786052819098</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Ceditçi Fıtrat ve Eserlerinden Örnekler</t>
+          <t>Bulmacalı Doğu - Batı Edebiyatı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052818480</t>
+          <t>9786052819302</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Yöneticilerden Hayati Hikayeler</t>
+          <t>Çeviri Kuramları ve Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052818695</t>
+          <t>9786052818909</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Başarı Cepte</t>
+          <t>Salim Efendi Beşir-Name</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>260</v>
+        <v>335</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052818787</t>
+          <t>9786052817681</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Kavramlar Temalar Yönelimler</t>
+          <t>Politik İstikrarsızlık ve Enerji Güvenliği Ekseninde Orta Doğu Ekonomileri</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052818442</t>
+          <t>9786052818749</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş'ın Oluşum Süreci ve Türkiye'ye Etkileri (1939-1952)</t>
+          <t>Türkiye-İran Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>515</v>
+        <v>345</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052818121</t>
+          <t>9786052818862</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun</t>
+          <t>Toplumsal Değişme ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>415</v>
+        <v>320</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052818725</t>
+          <t>9786052818756</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Jandarmasının Mesleki ve Askeri Terbiyesi</t>
+          <t>Sanayi Politikaları: Ekonomik ve Sosyal Eğilimler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052818367</t>
+          <t>9786052818954</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türk Edebiyatının Büyük Romantiği Hüseyin Cavid</t>
+          <t>Osmanlı Dönemi İzmir Medrese ve Kütüphaneleri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052818411</t>
+          <t>9786052818640</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu Sosyolojisi Işığında Türk Tiyatro Alanında Çevirinin Rolü ve Dostlar Tiyatrosunun Konumu</t>
+          <t>Engelli Bireylerin Sosyal Medya Kullanmaları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052818541</t>
+          <t>9786052818589</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Tecrübe ve Eğitim</t>
+          <t>Emirhan Yeniki’nin Hikayeciliği</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>380</v>
+        <v>315</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052818060</t>
+          <t>9786052818985</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Kırsalında Bir Saha Çalışması</t>
+          <t>Ceditçi Fıtrat ve Eserlerinden Örnekler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052818602</t>
+          <t>9786052818480</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hangi Atilla İlhan?</t>
+          <t>Başarılı Yöneticilerden Hayati Hikayeler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052818527</t>
+          <t>9786052818695</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kimya</t>
+          <t>Başarı Cepte</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052816493</t>
+          <t>9786052818787</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Tarihi Romanlar</t>
+          <t>Sosyoloji Kavramlar Temalar Yönelimler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>1495</v>
+        <v>220</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052818329</t>
+          <t>9786052818442</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Social Media Era</t>
+          <t>Soğuk Savaş'ın Oluşum Süreci ve Türkiye'ye Etkileri (1939-1952)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>215</v>
+        <v>515</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052810828</t>
+          <t>9786052818121</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Tourist Police For Tourism Security: A Model Proposal For Police Organizations</t>
+          <t>Servet-i Fünun</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>160</v>
+        <v>415</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052817773</t>
+          <t>9786052818725</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler’de İlim, Kültür ve Sanat</t>
+          <t>Osmanlı Jandarmasının Mesleki ve Askeri Terbiyesi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>640</v>
+        <v>230</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052818138</t>
+          <t>9786052818367</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Balkanlar</t>
+          <t>Azerbaycan Türk Edebiyatının Büyük Romantiği Hüseyin Cavid</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052818190</t>
+          <t>9786052818411</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Doğu Akdeniz</t>
+          <t>Pierre Bourdieu Sosyolojisi Işığında Türk Tiyatro Alanında Çevirinin Rolü ve Dostlar Tiyatrosunun Konumu</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052818244</t>
+          <t>9786052818541</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Ortadoğu</t>
+          <t>Tecrübe ve Eğitim</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052818015</t>
+          <t>9786052818060</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>2008 Global Kriz Dönemi ile Döviz Kuru Dalgalanmaları Döneminin Şirket Oranlarına Etkisi</t>
+          <t>Doğu Anadolu Kırsalında Bir Saha Çalışması</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052817834</t>
+          <t>9786052818602</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler’de Siyasi ve Ekonomik İlişkiler</t>
+          <t>Hangi Atilla İlhan?</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052818268</t>
+          <t>9786052818527</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>2008 Yılı ABD Kaynaklı Küresel Finansal Krizin Türkiye Ekonomisine Etkileri</t>
+          <t>Kimya</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052818398</t>
+          <t>9786052816493</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Online Alışverişte Karar Verme Stilleri Çelişki Risk ve Memnuniyet</t>
+          <t>Türk Edebiyatında Tarihi Romanlar</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>290</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052817704</t>
+          <t>9786052818329</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 2</t>
+          <t>Social Media Era</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052818039</t>
+          <t>9786052810828</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Sosyal Medyada Tüketici Davranışları</t>
+          <t>Tourist Police For Tourism Security: A Model Proposal For Police Organizations</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052818107</t>
+          <t>9786052817773</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Evcilleştirmek: Türk Halk Kültüründe Ölüm Temelli Mizah</t>
+          <t>Eyyubiler’de İlim, Kültür ve Sanat</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>315</v>
+        <v>640</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052818374</t>
+          <t>9786052818138</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Türk - Macar İlişkilerinde Tayyip Gökbilgin</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Balkanlar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052818343</t>
+          <t>9786052818190</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Mezalimi ve Bulgar Vahşetleri</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Doğu Akdeniz</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052818084</t>
+          <t>9786052818244</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Şiiri Çevresinde - Ece Ayhan</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Ortadoğu</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052818169</t>
+          <t>9786052818015</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Reklam ve Marka Üçgeni</t>
+          <t>2008 Global Kriz Dönemi ile Döviz Kuru Dalgalanmaları Döneminin Şirket Oranlarına Etkisi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>170</v>
+        <v>470</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052817766</t>
+          <t>9786052817834</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Açılan Kapı - İstanbul Üniversitesi Merkez Kütüphanesi 2012-2020</t>
+          <t>Eyyubiler’de Siyasi ve Ekonomik İlişkiler</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052817926</t>
+          <t>9786052818268</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Anlamsal Döngü ve Döngülü Sözcük Örnekleri</t>
+          <t>2008 Yılı ABD Kaynaklı Küresel Finansal Krizin Türkiye Ekonomisine Etkileri</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052817858</t>
+          <t>9786052818398</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Atizinden Atalar İzine - Berendi Köyü</t>
+          <t>Online Alışverişte Karar Verme Stilleri Çelişki Risk ve Memnuniyet</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052818299</t>
+          <t>9786052817704</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Şirvan ve Arran Bölgeleri Muhaddisleri</t>
+          <t>Ağrı - Akademik Makaleler 2</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052817049</t>
+          <t>9786052818039</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu Döneminde İşveren ve İşçilerin İş Sağlığı ve Güvenliği Açısından Görev ve Sorumlulukları</t>
+          <t>Örneklerle Sosyal Medyada Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052817971</t>
+          <t>9786052818107</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Karar Destek Sistemleri (Veri Ambarı - Veri Madenciliği - Klinik KDS)</t>
+          <t>Ölümü Evcilleştirmek: Türk Halk Kültüründe Ölüm Temelli Mizah</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052818183</t>
+          <t>9786052818374</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Suriyeliler - Entegrasyon Mümkün mü?</t>
+          <t>Türk - Macar İlişkilerinde Tayyip Gökbilgin</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052817247</t>
+          <t>9786052818343</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz-Akdeniz Kardeşliği Kıbrıs’ta Bereketçiler ve TMT Mücadelesi</t>
+          <t>Rumeli Mezalimi ve Bulgar Vahşetleri</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052817995</t>
+          <t>9786052818084</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İdeoloji İlişkisi Bağlamında Türk Romanında Kıbrıs Meselesi (1955-2015)</t>
+          <t>İkinci Yeni Şiiri Çevresinde - Ece Ayhan</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052817957</t>
+          <t>9786052818169</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Karanlık Zamanları: İşkence</t>
+          <t>Sosyal Medya Reklam ve Marka Üçgeni</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>590</v>
+        <v>170</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052817803</t>
+          <t>9786052817766</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>9 ve 14. Yüzyıllar Arası Yazılmış Arapça Tarih Kaynaklarında Terminoloji</t>
+          <t>Geçmişten Geleceğe Açılan Kapı - İstanbul Üniversitesi Merkez Kütüphanesi 2012-2020</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052816455</t>
+          <t>9786052817926</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>SPA Su İle Gelen Güzellik</t>
+          <t>Türkiye Türkçesinde Anlamsal Döngü ve Döngülü Sözcük Örnekleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>830</v>
+        <v>180</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052817933</t>
+          <t>9786052817858</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Sivil Havacılıkta Güncel Konular</t>
+          <t>Atizinden Atalar İzine - Berendi Köyü</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>185</v>
+        <v>315</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052815533</t>
+          <t>9786052818299</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Sıtma ve Mehmet Aziz Bey</t>
+          <t>Şirvan ve Arran Bölgeleri Muhaddisleri</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052817148</t>
+          <t>9786052817049</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Strateji, Espiyonaj, İntelijans ve Çatışma Kaynayan Kazan Akdeniz ve Kıbrıs</t>
+          <t>4857 Sayılı İş Kanunu Döneminde İşveren ve İşçilerin İş Sağlığı ve Güvenliği Açısından Görev ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052817018</t>
+          <t>9786052817971</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs 1919 - 19 Mayıs 2019 / 100 Öncü Kadın</t>
+          <t>Karar Destek Sistemleri (Veri Ambarı - Veri Madenciliği - Klinik KDS)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>355</v>
+        <v>275</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052817513</t>
+          <t>9786052818183</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Türkiye’de Günlük Hayat  (1923-1950)</t>
+          <t>Türkiye’deki Suriyeliler - Entegrasyon Mümkün mü?</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>385</v>
+        <v>310</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052817742</t>
+          <t>9786052817247</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Üzerine Güncel Çalışmalar</t>
+          <t>Karadeniz-Akdeniz Kardeşliği Kıbrıs’ta Bereketçiler ve TMT Mücadelesi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052817483</t>
+          <t>9786052817995</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Uygulamaya Kent Güvenliği Yönetişimi</t>
+          <t>Edebiyat ve İdeoloji İlişkisi Bağlamında Türk Romanında Kıbrıs Meselesi (1955-2015)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052817889</t>
+          <t>9786052817957</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çocukları</t>
+          <t>Avrupa’nın Karanlık Zamanları: İşkence</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>600</v>
+        <v>590</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052817650</t>
+          <t>9786052817803</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Dili ve Edebiyatı Araştırmaları</t>
+          <t>9 ve 14. Yüzyıllar Arası Yazılmış Arapça Tarih Kaynaklarında Terminoloji</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052817629</t>
+          <t>9786052816455</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerde ve Kütüb-i Sitte’de Dersler ve İbretlerle Hz. Peygamber’in (S.A.V) Hayatı</t>
+          <t>SPA Su İle Gelen Güzellik</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>600</v>
+        <v>830</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052817841</t>
+          <t>9786052817933</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Kültür Tarihi Araştırmaları</t>
+          <t>Sivil Havacılıkta Güncel Konular</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>2760</v>
+        <v>185</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052811351</t>
+          <t>9786052815533</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Edirne’de Bitkisel Doğal Boyama</t>
+          <t>Kıbrıs’ta Sıtma ve Mehmet Aziz Bey</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>660</v>
+        <v>300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052817445</t>
+          <t>9786052817148</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Deneyimsel Pazarlama ve Yeşil Davranış (Uygulamalı)</t>
+          <t>Strateji, Espiyonaj, İntelijans ve Çatışma Kaynayan Kazan Akdeniz ve Kıbrıs</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052814918</t>
+          <t>9786052817018</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Aile İçi Şiddetine Genel Bakış</t>
+          <t>19 Mayıs 1919 - 19 Mayıs 2019 / 100 Öncü Kadın</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>160</v>
+        <v>355</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052817551</t>
+          <t>9786052817513</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Kadın Konferans Bildirileri (İstanbul, 9 Mart 2019)</t>
+          <t>Tek Parti Döneminde Türkiye’de Günlük Hayat  (1923-1950)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>315</v>
+        <v>385</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052817575</t>
+          <t>9786052817742</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Türkleri'nin Büyük Göçü '89</t>
+          <t>Örgütsel Davranış Üzerine Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052817469</t>
+          <t>9786052817483</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Panopticism and Buchi Emecheta</t>
+          <t>Teoriden Uygulamaya Kent Güvenliği Yönetişimi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052817599</t>
+          <t>9786052817889</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>TBMM’de Gayrimüslim Milletvekilleri (1923 - 1964)</t>
+          <t>Denizin Çocukları</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>470</v>
+        <v>600</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052817377</t>
+          <t>9786052817650</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Refah Devletlerinde İş Sağlığı ve Güvenliği Hizmetleri</t>
+          <t>İspanyol Dili ve Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052817322</t>
+          <t>9786052817629</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Halkbilim Dolayları</t>
+          <t>Ayetlerde ve Kütüb-i Sitte’de Dersler ve İbretlerle Hz. Peygamber’in (S.A.V) Hayatı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052817537</t>
+          <t>9786052817841</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hava Trafik Kontrolörü Performansını Etkileyen Faktörler Havalimanı Yer Seçimi ve Çalışma Koşulları</t>
+          <t>Sanat ve Kültür Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>175</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052817506</t>
+          <t>9786052811351</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Yalova İli Yerli Ağzı</t>
+          <t>Edirne’de Bitkisel Doğal Boyama</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>540</v>
+        <v>660</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052817414</t>
+          <t>9786052817445</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Madeni Takılar Üzerine Bir Analiz</t>
+          <t>Deneyimsel Pazarlama ve Yeşil Davranış (Uygulamalı)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>1025</v>
+        <v>335</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052817391</t>
+          <t>9786052814918</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Fedai Dergisi’nde Komünizm (1963-1979)</t>
+          <t>Kadına Yönelik Aile İçi Şiddetine Genel Bakış</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052817186</t>
+          <t>9786052817551</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Osmanlı Öncesi Türkler Sempozyumu</t>
+          <t>Türk Dünyasında Kadın Konferans Bildirileri (İstanbul, 9 Mart 2019)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>265</v>
+        <v>315</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052817261</t>
+          <t>9786052817575</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Göç Bibliyografyası</t>
+          <t>Bulgaristan Türkleri'nin Büyük Göçü '89</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052817315</t>
+          <t>9786052817469</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Araçları - Medya</t>
+          <t>Panopticism and Buchi Emecheta</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052816769</t>
+          <t>9786052817599</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Mean Stack ile Yazılım Geliştirme</t>
+          <t>TBMM’de Gayrimüslim Milletvekilleri (1923 - 1964)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>345</v>
+        <v>470</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052817209</t>
+          <t>9786052817377</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İş, Emek, Göç Kıbrıs 1974</t>
+          <t>Refah Devletlerinde İş Sağlığı ve Güvenliği Hizmetleri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>315</v>
+        <v>230</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052816943</t>
+          <t>9786052817322</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Teknoloji Temel Bilimler ve Uygulamalı Bilimler Fakülteleri İçin Python ve Matlab ile Bilişi Matematiği</t>
+          <t>Halkbilim Dolayları</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>690</v>
+        <v>375</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052817070</t>
+          <t>9786052817537</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hamza-Name 67. Cilt</t>
+          <t>Hava Trafik Kontrolörü Performansını Etkileyen Faktörler Havalimanı Yer Seçimi ve Çalışma Koşulları</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>610</v>
+        <v>175</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052817087</t>
+          <t>9786052817506</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Hamza-Name 70. Cilt</t>
+          <t>Yalova İli Yerli Ağzı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>515</v>
+        <v>540</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052816967</t>
+          <t>9786052817414</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Yazının Elinden Tutmak</t>
+          <t>Etnografik Madeni Takılar Üzerine Bir Analiz</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>560</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052816936</t>
+          <t>9786052817391</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Mutezile İmamet Düşüncesinde Osmani Tavır Cahız’ın İmamet Teorisi</t>
+          <t>Fedai Dergisi’nde Komünizm (1963-1979)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052816660</t>
+          <t>9786052817186</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 2</t>
+          <t>Kıbrıs’ta Osmanlı Öncesi Türkler Sempozyumu</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052816646</t>
+          <t>9786052817261</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1</t>
+          <t>Göç Bibliyografyası</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>345</v>
+        <v>310</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052817285</t>
+          <t>9786052817315</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetimi (Uygulamalı)</t>
+          <t>Kitle İletişim Araçları - Medya</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>475</v>
+        <v>330</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052817025</t>
+          <t>9786052816769</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Hatay (Anavatana Katılışının 80. Yıl Armağanı)</t>
+          <t>Mean Stack ile Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>670</v>
+        <v>345</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052816158</t>
+          <t>9786052817209</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasını Yeniden Okumak</t>
+          <t>İş, Emek, Göç Kıbrıs 1974</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052816714</t>
+          <t>9786052816943</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Kavaid-i Osmaniye</t>
+          <t>Mühendislik Teknoloji Temel Bilimler ve Uygulamalı Bilimler Fakülteleri İçin Python ve Matlab ile Bilişi Matematiği</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>345</v>
+        <v>690</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052816783</t>
+          <t>9786052817070</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>Hamza-Name 67. Cilt</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>620</v>
+        <v>610</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052816981</t>
+          <t>9786052817087</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Döneminde Taşköprü Kazası'nın Sosyal ve Ekonomik Tarihi</t>
+          <t>Hamza-Name 70. Cilt</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>515</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052816905</t>
+          <t>9786052816967</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Jeolojiye Giriş</t>
+          <t>Yazının Elinden Tutmak</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>370</v>
+        <v>560</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052816820</t>
+          <t>9786052816936</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İyiliği İçin Çocuk Kütüphaneleri</t>
+          <t>Mutezile İmamet Düşüncesinde Osmani Tavır Cahız’ın İmamet Teorisi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>410</v>
+        <v>180</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052816875</t>
+          <t>9786052816660</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Aristophanes Atlılar</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 2</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052816851</t>
+          <t>9786052816646</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Academic Studies in Social, Human and Administrative Sciences Intraders 2019</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>290</v>
+        <v>345</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052816738</t>
+          <t>9786052817285</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Meclis Tutanaklarının Mantıksal Açıdan İncelenmesi</t>
+          <t>Marka Yönetimi (Uygulamalı)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052816950</t>
+          <t>9786052817025</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Sünnete Farklı Yaklaşımlar</t>
+          <t>Hatay (Anavatana Katılışının 80. Yıl Armağanı)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>260</v>
+        <v>670</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052816752</t>
+          <t>9786052816158</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Van Gölü Havzası’nda Kamu Yatırımları ve Harcamaları (1946-1960)</t>
+          <t>Türk Sinemasını Yeniden Okumak</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052816417</t>
+          <t>9786052816714</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Algılanan Ebeveyn Tutumlarının Koşullu Öz - Değerde ve Depresyondaki Yeri</t>
+          <t>Külliyat-ı Kavaid-i Osmaniye</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052813812</t>
+          <t>9786052816783</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Milattan Önce</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>210</v>
+        <v>620</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052816806</t>
+          <t>9786052816981</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kemal Sunal Filmlerinde Folklor ve Mizah</t>
+          <t>Osmanlı Klasik Döneminde Taşköprü Kazası'nın Sosyal ve Ekonomik Tarihi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>470</v>
+        <v>515</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052816691</t>
+          <t>9786052816905</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Güneydoğu Anadolu (Gaziantep-Mardin-Urfa)’ya Yapılan Kamu Harcamaları ve Yatırımlar (1923-1950)</t>
+          <t>Jeolojiye Giriş</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>515</v>
+        <v>370</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052816202</t>
+          <t>9786052816820</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik El Kitabı</t>
+          <t>Dünyanın İyiliği İçin Çocuk Kütüphaneleri</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052816554</t>
+          <t>9786052816875</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Abdullah Efendi Abdi İrşad-ı Ezkiya - Manzum Bir Nahiv</t>
+          <t>Aristophanes Atlılar</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052816134</t>
+          <t>9786052816851</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Yörükler Böyle Ölür - Hikayelerle Anadolu Kültürü</t>
+          <t>Academic Studies in Social, Human and Administrative Sciences Intraders 2019</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052816240</t>
+          <t>9786052816738</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Finansal Performans</t>
+          <t>Meclis Tutanaklarının Mantıksal Açıdan İncelenmesi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>315</v>
+        <v>230</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052816592</t>
+          <t>9786052816950</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Edebiyat ve Tarih Araştırmaları</t>
+          <t>Sünnete Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052816325</t>
+          <t>9786052816752</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphanelerinde Derme Geliştirme Politikaları: Türkiye İçin Bir Değerlendirme</t>
+          <t>Van Gölü Havzası’nda Kamu Yatırımları ve Harcamaları (1946-1960)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>225</v>
+        <v>355</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052816479</t>
+          <t>9786052816417</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Din'in Anlaşılmasında Dil'in Rolü</t>
+          <t>Algılanan Ebeveyn Tutumlarının Koşullu Öz - Değerde ve Depresyondaki Yeri</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052815502</t>
+          <t>9786052813812</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayanlardan Kıbrıs Havaları</t>
+          <t>Milattan Önce</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052816547</t>
+          <t>9786052816806</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hırsızlık Suçu</t>
+          <t>Kemal Sunal Filmlerinde Folklor ve Mizah</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052816431</t>
+          <t>9786052816691</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hala Umut Var...</t>
+          <t>Cumhuriyet Döneminde Güneydoğu Anadolu (Gaziantep-Mardin-Urfa)’ya Yapılan Kamu Harcamaları ve Yatırımlar (1923-1950)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>170</v>
+        <v>515</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052816578</t>
+          <t>9786052816202</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında Hakkı Batıldan Ayırma</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik El Kitabı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052816523</t>
+          <t>9786052816554</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Araştırmaları</t>
+          <t>Vassaf Abdullah Efendi Abdi İrşad-ı Ezkiya - Manzum Bir Nahiv</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052816349</t>
+          <t>9786052816134</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Ebussuud Efendi Tefsiri’nin Tefsir Usulü Açısından İncelenmesi</t>
+          <t>Yörükler Böyle Ölür - Hikayelerle Anadolu Kültürü</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052816264</t>
+          <t>9786052816240</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Organizasyonlar</t>
+          <t>Sağlık İşletmelerinde Finansal Performans</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052814581</t>
+          <t>9786052816592</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Şair-i Mader-zad İsmail Safa Bütün Şiirleri</t>
+          <t>Düşünce Edebiyat ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>830</v>
+        <v>460</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052814604</t>
+          <t>9786052816325</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Davut Paşa Külliyesi Haziresi ve Mezar Taşları</t>
+          <t>Halk Kütüphanelerinde Derme Geliştirme Politikaları: Türkiye İçin Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>920</v>
+        <v>225</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052816028</t>
+          <t>9786052816479</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji ve Sanat Tarihi Araştırmaları</t>
+          <t>Din'in Anlaşılmasında Dil'in Rolü</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>1495</v>
+        <v>310</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052816141</t>
+          <t>9786052815502</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Yeni Assur Krallığı'nın Kuzeybatı İran Politikaları ve Kültürel Yansımaları</t>
+          <t>Unutulmayanlardan Kıbrıs Havaları</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052816103</t>
+          <t>9786052816547</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Safvetü't Tefasirde Beyan, Bedi ve Meani İlimleri</t>
+          <t>İslam Hukukunda Hırsızlık Suçu</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052816233</t>
+          <t>9786052816431</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Vanda Göç Hareketleri</t>
+          <t>Hala Umut Var...</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052816288</t>
+          <t>9786052816578</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Mağfiret</t>
+          <t>Kur'an'ın Işığında Hakkı Batıldan Ayırma</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052816301</t>
+          <t>9786052816523</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>İslam Eşya Hukuku</t>
+          <t>Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052816363</t>
+          <t>9786052816349</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ Örgütlerinde Güncel Yönetim Konuları</t>
+          <t>Ebussuud Efendi Tefsiri’nin Tefsir Usulü Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052816011</t>
+          <t>9786052816264</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Artvin'deki Bir Grup Orta Çağ Bagratlı Dönemi Kilise Mimarisinde Bizans Etkileri</t>
+          <t>Öğrenen Organizasyonlar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>830</v>
+        <v>290</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052816097</t>
+          <t>9786052814581</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfak Kültürümüzde Aşurenin Tarihsel Süreci</t>
+          <t>Şair-i Mader-zad İsmail Safa Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>165</v>
+        <v>830</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052816066</t>
+          <t>9786052814604</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Descartes Felsefesine Giriş</t>
+          <t>İstanbul Davut Paşa Külliyesi Haziresi ve Mezar Taşları</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>180</v>
+        <v>920</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052816073</t>
+          <t>9786052816028</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Kuzeybatı Kıpçakçası Fiil Yapım Ekleri ve Tarihi Karşılaştırmalı Etimolojik Fiil Sözlüğü</t>
+          <t>Arkeoloji ve Sanat Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>515</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052815564</t>
+          <t>9786052816141</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi</t>
+          <t>Yeni Assur Krallığı'nın Kuzeybatı İran Politikaları ve Kültürel Yansımaları</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>430</v>
+        <v>255</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052815977</t>
+          <t>9786052816103</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Tarihinde Boğa - Öküz</t>
+          <t>Safvetü't Tefasirde Beyan, Bedi ve Meani İlimleri</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052815298</t>
+          <t>9786052816233</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Arap - İslam Dünyasında Tarih Yazıcılığı</t>
+          <t>Vanda Göç Hareketleri</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052815892</t>
+          <t>9786052816288</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 1</t>
+          <t>Kur'an'da Mağfiret</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052815960</t>
+          <t>9786052816301</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Koçarlı (Aydın) Halk Kültürü</t>
+          <t>İslam Eşya Hukuku</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052815878</t>
+          <t>9786052816363</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Vilayat-ı Sitte’den Amerika’ya Transatlantik Göç (1908 - 1914)</t>
+          <t>Dijital Çağ Örgütlerinde Güncel Yönetim Konuları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>375</v>
+        <v>215</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052815991</t>
+          <t>9786052816011</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Örgüt Kültürü ve Bilgi Yönetimi</t>
+          <t>Artvin'deki Bir Grup Orta Çağ Bagratlı Dönemi Kilise Mimarisinde Bizans Etkileri</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>315</v>
+        <v>830</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052815946</t>
+          <t>9786052816097</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğlence Kültüründe Giresun Yayla Şenliklerinin Yeri</t>
+          <t>Türk Mutfak Kültürümüzde Aşurenin Tarihsel Süreci</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052815915</t>
+          <t>9786052816066</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Sonrası Ortadoğu</t>
+          <t>Descartes Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>510</v>
+        <v>180</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052815793</t>
+          <t>9786052816073</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Tanzimattan Sonra Evkaf İdarelerinin Yeniden Yapılandırılması Kapsamında Maraş Evkaf Müdürlüğü’nün Kuruluşu</t>
+          <t>Tarihi Kuzeybatı Kıpçakçası Fiil Yapım Ekleri ve Tarihi Karşılaştırmalı Etimolojik Fiil Sözlüğü</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>220</v>
+        <v>515</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052815762</t>
+          <t>9786052815564</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İngiltere, Fransa, Amerika Birleşik Devletleri ve Türkiye’de Laiklik Uygulamaları: Karşılaştırmalı Bir Analiz</t>
+          <t>Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052815816</t>
+          <t>9786052815977</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kayıtdışı İstihdamın Engellenmesi ve İyi   Uygulama Örnekleri</t>
+          <t>Türk Kültür Tarihinde Boğa - Öküz</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052815724</t>
+          <t>9786052815298</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Havayollarında Hizmet</t>
+          <t>Arap - İslam Dünyasında Tarih Yazıcılığı</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052815830</t>
+          <t>9786052815892</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kültür Sanat Kenti Edirne</t>
+          <t>Ağrı - Akademik Makaleler 1</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>745</v>
+        <v>215</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052815663</t>
+          <t>9786052815960</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arşiv Belgelerine Göre Çukurova (Anavarza) Çiftlikat-ı Hümayün-u Askerisi</t>
+          <t>Koçarlı (Aydın) Halk Kültürü</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>315</v>
+        <v>410</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052815748</t>
+          <t>9786052815878</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle İletişim ve Halkla İlişkiler</t>
+          <t>Vilayat-ı Sitte’den Amerika’ya Transatlantik Göç (1908 - 1914)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052815618</t>
+          <t>9786052815991</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Üretim İşletmelerinin Lojistik Faaliyetlerinde Süreçsel Etkinliğin Başarı Dinamikleri</t>
+          <t>Hastanelerde Örgüt Kültürü ve Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052815786</t>
+          <t>9786052815946</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Nutuk’u Anlamak</t>
+          <t>Türk Eğlence Kültüründe Giresun Yayla Şenliklerinin Yeri</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052815519</t>
+          <t>9786052815915</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Vergi Kayıp ve Kaçaklarının Önlenmesinde Meslek Mensupları ve Bağımsız Denetçilerin Etkinliği: İzmir İli Örneği</t>
+          <t>Arap Baharı Sonrası Ortadoğu</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>430</v>
+        <v>510</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052815670</t>
+          <t>9786052815793</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Araştırmaları</t>
+          <t>Tanzimattan Sonra Evkaf İdarelerinin Yeniden Yapılandırılması Kapsamında Maraş Evkaf Müdürlüğü’nün Kuruluşu</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>395</v>
+        <v>220</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052815649</t>
+          <t>9786052815762</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Elif ile Mahmut Hikayesi</t>
+          <t>İngiltere, Fransa, Amerika Birleşik Devletleri ve Türkiye’de Laiklik Uygulamaları: Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>445</v>
+        <v>470</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052815489</t>
+          <t>9786052815816</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Asurbanipal Kütüphanesi</t>
+          <t>Türkiye'de Kayıtdışı İstihdamın Engellenmesi ve İyi   Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052815175</t>
+          <t>9786052815724</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin El Kitabı</t>
+          <t>Havayollarında Hizmet</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052815151</t>
+          <t>9786052815830</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Çorum Kent Morfolojisi</t>
+          <t>Tarih Kültür Sanat Kenti Edirne</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>660</v>
+        <v>745</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052815458</t>
+          <t>9786052815663</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Eray Canberk’in Şiiri ve Şiircesi</t>
+          <t>Osmanlı Arşiv Belgelerine Göre Çukurova (Anavarza) Çiftlikat-ı Hümayün-u Askerisi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052815311</t>
+          <t>9786052815748</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka, Yaşam Tatmini ve İş Performansı Arasındaki İlişkilerin İncelenmesi</t>
+          <t>Her Yönüyle İletişim ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052815236</t>
+          <t>9786052815618</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Paul Auster ve Arketip Eleştiri</t>
+          <t>Üretim İşletmelerinin Lojistik Faaliyetlerinde Süreçsel Etkinliğin Başarı Dinamikleri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052815441</t>
+          <t>9786052815786</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığın Sosyolojisi: Değişen Arkadaşlık İlişkileri Üzerine Bir Araştırma (Mardin Örneği)</t>
+          <t>Nutuk’u Anlamak</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>515</v>
+        <v>375</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052815403</t>
+          <t>9786052815519</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Deizm Eleştirisi ve Yapılması Gerekenler</t>
+          <t>Türkiye’de Vergi Kayıp ve Kaçaklarının Önlenmesinde Meslek Mensupları ve Bağımsız Denetçilerin Etkinliği: İzmir İli Örneği</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052815250</t>
+          <t>9786052815670</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devlet Modernleşmesinin Taşraya Yansıması</t>
+          <t>Mitoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>285</v>
+        <v>395</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052814970</t>
+          <t>9786052815649</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Edirne Şehir Tarihçileri ve Eserleri</t>
+          <t>Elif ile Mahmut Hikayesi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>600</v>
+        <v>445</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052815182</t>
+          <t>9786052815489</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>İşletmeye Giriş</t>
+          <t>Asurbanipal Kütüphanesi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>345</v>
+        <v>170</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052815380</t>
+          <t>9786052815175</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezleri</t>
+          <t>Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>585</v>
+        <v>240</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052815069</t>
+          <t>9786052815151</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük 1. Uluslararası Kıbrıs Araştırmaları Sempozyumu Bildiri Tam Metin Kitabı</t>
+          <t>Çorum Kent Morfolojisi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>315</v>
+        <v>660</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052815113</t>
+          <t>9786052815458</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Çerçevesinde Yönetim ve Yargı</t>
+          <t>Eray Canberk’in Şiiri ve Şiircesi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052814871</t>
+          <t>9786052815311</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Maraş Vilayet Meclisi Kararları 1338-1339/1922-1923</t>
+          <t>Duygusal Zeka, Yaşam Tatmini ve İş Performansı Arasındaki İlişkilerin İncelenmesi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052815090</t>
+          <t>9786052815236</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir İstanbul Günlüğü</t>
+          <t>Paul Auster ve Arketip Eleştiri</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>400</v>
+        <v>215</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052814994</t>
+          <t>9786052815441</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Edebiyat</t>
+          <t>Arkadaşlığın Sosyolojisi: Değişen Arkadaşlık İlişkileri Üzerine Bir Araştırma (Mardin Örneği)</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>215</v>
+        <v>515</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052814659</t>
+          <t>9786052815403</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gibi...</t>
+          <t>Deizm Eleştirisi ve Yapılması Gerekenler</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052815212</t>
+          <t>9786052815250</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Değer Duygusundan Duygunun Değerine Ahlak Felsefesi Açısından Duygu-Değer İlişkisi</t>
+          <t>Ulus Devlet Modernleşmesinin Taşraya Yansıması</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>215</v>
+        <v>285</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052815137</t>
+          <t>9786052814970</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Başlarında İstihdam Politikaları</t>
+          <t>Edirne Şehir Tarihçileri ve Eserleri</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>345</v>
+        <v>600</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052815045</t>
+          <t>9786052815182</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bir Miras Şark Medreseleri</t>
+          <t>İşletmeye Giriş</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052815274</t>
+          <t>9786052815380</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Urfa'da Sosyal Hayat</t>
+          <t>Bilgi Merkezleri</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>395</v>
+        <v>585</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052814796</t>
+          <t>9786052815069</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Açıdan Seçmen Pazarını Bölümlendirmede Yeni Ufuklar</t>
+          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük 1. Uluslararası Kıbrıs Araştırmaları Sempozyumu Bildiri Tam Metin Kitabı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052814543</t>
+          <t>9786052815113</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Eşitlik Modeli: Örnek Bir Uygulama</t>
+          <t>Hadisler Çerçevesinde Yönetim ve Yargı</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052814833</t>
+          <t>9786052814871</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İngiliz ve Amerikan Şiirinde Yitirilen Cennet Harcanan Dünya</t>
+          <t>Maraş Vilayet Meclisi Kararları 1338-1339/1922-1923</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052814826</t>
+          <t>9786052815090</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Linux ve Ağ Temelleri - Başucu Kitabı</t>
+          <t>Bilinmeyen Bir İstanbul Günlüğü</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052814758</t>
+          <t>9786052814994</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Dil-Edebiyat ve Tarih Araştırmaları 2</t>
+          <t>Bulmacalarla Edebiyat</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>490</v>
+        <v>215</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052814932</t>
+          <t>9786052814659</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Gezi Notları</t>
+          <t>İnsan Gibi...</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052814857</t>
+          <t>9786052815212</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Demokrasi Bağlamında Türkiye’de Kamu Sendikacılığı</t>
+          <t>Değer Duygusundan Duygunun Değerine Ahlak Felsefesi Açısından Duygu-Değer İlişkisi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052815014</t>
+          <t>9786052815137</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>1856 Tarihli Bir Risale Işığında Tuna Nehri’nin Tarihi Coğrafyası ve Jeopolitiği</t>
+          <t>İslam’ın İlk Başlarında İstihdam Politikaları</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>380</v>
+        <v>345</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052814710</t>
+          <t>9786052815045</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Bilgi İman İlişkisi</t>
+          <t>Yitik Bir Miras Şark Medreseleri</t>
         </is>
       </c>
       <c r="C715" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052814956</t>
+          <t>9786052815274</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>İhracat Performansı</t>
+          <t>Osmanlı Döneminde Urfa'da Sosyal Hayat</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052814284</t>
+          <t>9786052814796</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Prof. Dr. Fuat Sezgin Bilim Tarihi Sempozyumu</t>
+          <t>Stratejik Açıdan Seçmen Pazarını Bölümlendirmede Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052814772</t>
+          <t>9786052814543</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Archetypische Sprache Des Marchens</t>
+          <t>Yapısal Eşitlik Modeli: Örnek Bir Uygulama</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052814635</t>
+          <t>9786052814833</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Sessizlik ile Örgütsel Güven Arasındaki İlişkinin İncelenmesi: Ağrı Örneği</t>
+          <t>İngiliz ve Amerikan Şiirinde Yitirilen Cennet Harcanan Dünya</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>305</v>
+        <v>265</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052814437</t>
+          <t>9786052814826</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
+          <t>Linux ve Ağ Temelleri - Başucu Kitabı</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052814697</t>
+          <t>9786052814758</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Dönüşüm</t>
+          <t>Dil-Edebiyat ve Tarih Araştırmaları 2</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052814611</t>
+          <t>9786052814932</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Bilimsellik-Öznellik Sorgulamaları</t>
+          <t>İslam Tarihi Gezi Notları</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052814475</t>
+          <t>9786052814857</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Akademik Araştırmalar</t>
+          <t>Endüstriyel Demokrasi Bağlamında Türkiye’de Kamu Sendikacılığı</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>365</v>
+        <v>150</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052814550</t>
+          <t>9786052815014</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Termal Turizm İşletmelerinde İç ve Dış Müşteri Tatmini İlişkisi</t>
+          <t>1856 Tarihli Bir Risale Işığında Tuna Nehri’nin Tarihi Coğrafyası ve Jeopolitiği</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052814529</t>
+          <t>9786052814710</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerin Proje Bazlı Uluslararası Fonlara Erişimi</t>
+          <t>Kur’an’a Göre Bilgi İman İlişkisi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052810033</t>
+          <t>9786052814956</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Ortak Mirasımız</t>
+          <t>İhracat Performansı</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052814208</t>
+          <t>9786052814284</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Güney Batı Afrika’dan Kosova’ya Uluslararası Adalet Divanı’nda Self-Determinasyon Hakkı</t>
+          <t>Uluslararası Prof. Dr. Fuat Sezgin Bilim Tarihi Sempozyumu</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052814413</t>
+          <t>9786052814772</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Performansa Dayalı Ücret Sistemi ve Sağlık Kurumlarında Uygulanması</t>
+          <t>Archetypische Sprache Des Marchens</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052814185</t>
+          <t>9786052814635</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Makine Çevirisi</t>
+          <t>Örgütsel Sessizlik ile Örgütsel Güven Arasındaki İlişkinin İncelenmesi: Ağrı Örneği</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052813898</t>
+          <t>9786052814437</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Görsel Anlatılar ve Ötekiler</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>395</v>
+        <v>170</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052814499</t>
+          <t>9786052814697</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Cihad ve Savaş Anlayışı</t>
+          <t>Sağlıkta Dönüşüm</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>255</v>
+        <v>440</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052814192</t>
+          <t>9786052814611</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatı 101 - Yeni Başlayanlar İçin El Kitabı</t>
+          <t>Çeviribilimde Bilimsellik-Öznellik Sorgulamaları</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052814079</t>
+          <t>9786052814475</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tersine Lojistik Ürünlere İlişkin Kalite Algısı ve Risk Algısı ile İnovasyon Arasındaki İlişki</t>
+          <t>Sosyal Bilimlerde Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>190</v>
+        <v>365</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052814123</t>
+          <t>9786052814550</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Bir Çerçeve Bin Dünya : Türkiye’de Televizyon Yayıncılığı Üzerine Okumalar</t>
+          <t>Termal Turizm İşletmelerinde İç ve Dış Müşteri Tatmini İlişkisi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052813409</t>
+          <t>9786052814529</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Tuna'nın İnce Donanması</t>
+          <t>Yerel Yönetimlerin Proje Bazlı Uluslararası Fonlara Erişimi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>535</v>
+        <v>240</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052813188</t>
+          <t>9786052810033</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>600 Yıllık Desen Serüveni</t>
+          <t>Ortak Mirasımız</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052813959</t>
+          <t>9786052814208</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Harp Raporlarına Göre Osmanlı Ordusu Filistin ve Suriye'den Nasıl Geri Çekildi?</t>
+          <t>Güney Batı Afrika’dan Kosova’ya Uluslararası Adalet Divanı’nda Self-Determinasyon Hakkı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>735</v>
+        <v>240</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052814116</t>
+          <t>9786052814413</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Ülker Köksal'ın Tiyatrolarında Sosyal Meseleler</t>
+          <t>Performansa Dayalı Ücret Sistemi ve Sağlık Kurumlarında Uygulanması</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052814086</t>
+          <t>9786052814185</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği Fonetik Notasyon Sistemi-THMFNS’nin Eğitsel-Öğretisel Uygulamalara Aktarım-Adaptasyon Süreçlerinde Kullanılması Öngörülen Modeller</t>
+          <t>Makine Çevirisi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>410</v>
+        <v>255</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052814031</t>
+          <t>9786052813898</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Diyarbakır Üzerine Bazı Tespitler ve Diyarbakır Şer’iyye Sicilleri (Katalog ve Fihristleri)</t>
+          <t>Görsel Anlatılar ve Ötekiler</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>430</v>
+        <v>395</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052814055</t>
+          <t>9786052814499</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Sende Saklısın</t>
+          <t>Hz. Peygamber'in Cihad ve Savaş Anlayışı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052814109</t>
+          <t>9786052814192</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Ziya Paşa’nın Arz-ı Hal’i</t>
+          <t>İş Hayatı 101 - Yeni Başlayanlar İçin El Kitabı</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052813799</t>
+          <t>9786052814079</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Soğukluğundan İnsanın Sıcaklığına</t>
+          <t>Yeşil Tersine Lojistik Ürünlere İlişkin Kalite Algısı ve Risk Algısı ile İnovasyon Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052813478</t>
+          <t>9786052814123</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Modern Alevi Ekolleri</t>
+          <t>Bir Çerçeve Bin Dünya : Türkiye’de Televizyon Yayıncılığı Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052813676</t>
+          <t>9786052813409</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat ve Ceditçilik</t>
+          <t>Nazlı Tuna'nın İnce Donanması</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>390</v>
+        <v>535</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052813973</t>
+          <t>9786052813188</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Özel Arşiv Türü Olarak Bilet Efemeraları</t>
+          <t>600 Yıllık Desen Serüveni</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052813508</t>
+          <t>9786052813959</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Arap Savaşları</t>
+          <t>Harp Raporlarına Göre Osmanlı Ordusu Filistin ve Suriye'den Nasıl Geri Çekildi?</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>180</v>
+        <v>735</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052813911</t>
+          <t>9786052814116</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Pınarbaşı İlçesi’nin (Kayseri) Beşeri ve İktisadi Coğrafyası</t>
+          <t>Ülker Köksal'ın Tiyatrolarında Sosyal Meseleler</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052813386</t>
+          <t>9786052814086</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Mardin Müzesi’ndeki Eyyubi Sikkeleri</t>
+          <t>Türk Halk Müziği Fonetik Notasyon Sistemi-THMFNS’nin Eğitsel-Öğretisel Uygulamalara Aktarım-Adaptasyon Süreçlerinde Kullanılması Öngörülen Modeller</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>450</v>
+        <v>410</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052813850</t>
+          <t>9786052814031</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Dil - Edebiyat ve Tarih Araştırmaları</t>
+          <t>Osmanlı Döneminde Diyarbakır Üzerine Bazı Tespitler ve Diyarbakır Şer’iyye Sicilleri (Katalog ve Fihristleri)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052813836</t>
+          <t>9786052814055</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Faruk Gürtunca'nın (1904-1982) Şiir Kitapları Üzerine Bir İnceleme</t>
+          <t>Sende Saklısın</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052813430</t>
+          <t>9786052814109</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Bitki Adları</t>
+          <t>Ziya Paşa’nın Arz-ı Hal’i</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052813362</t>
+          <t>9786052813799</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İran ve İsveçli Subaylar</t>
+          <t>Teknolojinin Soğukluğundan İnsanın Sıcaklığına</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>400</v>
+        <v>115</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052813461</t>
+          <t>9786052813478</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Ötekiler</t>
+          <t>Modern Alevi Ekolleri</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052813720</t>
+          <t>9786052813676</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Maliki Fakih'i Abdullah B. Vehb'in (v.197-812) Hadisçiliği ve El-Cami'ine Ait Tefsir Bölümü</t>
+          <t>Fıtrat ve Ceditçilik</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052813775</t>
+          <t>9786052813973</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği İstihdam ve Eğitim Politikaları</t>
+          <t>Türkiye’de Özel Arşiv Türü Olarak Bilet Efemeraları</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052813324</t>
+          <t>9786052813508</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İş Ekonomi Dünyasının Değişen Dinamikleri</t>
+          <t>Cahiliye Döneminde Arap Savaşları</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052813683</t>
+          <t>9786052813911</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Halk Kültüründe Geçiş Dönemleri ve Bunlara Bağlı İnanışlar</t>
+          <t>Pınarbaşı İlçesi’nin (Kayseri) Beşeri ve İktisadi Coğrafyası</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052813645</t>
+          <t>9786052813386</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Birlikte Kütüphanelerde Konu Otorite Dizini Oluşturma</t>
+          <t>Mardin Müzesi’ndeki Eyyubi Sikkeleri</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052813522</t>
+          <t>9786052813850</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Örgütsel Davranışların Bilişsel Uyarılması (SÖDBU)</t>
+          <t>Dil - Edebiyat ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>165</v>
+        <v>390</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052813546</t>
+          <t>9786052813836</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Yazılım Sistemleri İçerisinde Depo Yönetimi</t>
+          <t>Mehmet Faruk Gürtunca'nın (1904-1982) Şiir Kitapları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052813638</t>
+          <t>9786052813430</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji'nin Kırkı</t>
+          <t>Türkiye Türkçesinde Bitki Adları</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052813744</t>
+          <t>9786052813362</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Bilgiye Erişimde Engellilere Yönelik Kütüphane Uygulamaları</t>
+          <t>İran ve İsveçli Subaylar</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>315</v>
+        <v>400</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052813423</t>
+          <t>9786052813461</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir Şehir Coğrafyası</t>
+          <t>Unutulmuş Ötekiler</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>430</v>
+        <v>380</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052811948</t>
+          <t>9786052813720</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Açısından Savaş ve Toplum</t>
+          <t>Maliki Fakih'i Abdullah B. Vehb'in (v.197-812) Hadisçiliği ve El-Cami'ine Ait Tefsir Bölümü</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786059143769</t>
+          <t>9786052813775</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Turkey-African Relations</t>
+          <t>Avrupa Birliği İstihdam ve Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>155</v>
+        <v>310</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786059143646</t>
+          <t>9786052813324</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Türküyü Okumak - Türkü Yazıları 2</t>
+          <t>21. Yüzyıl İş Ekonomi Dünyasının Değişen Dinamikleri</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052137543</t>
+          <t>9786052813683</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Am60 ve Az61 Magnezyum Alaşımlarının Soğuma Hızına Bağlı Mekanik ve Mikroyapı Özelliklerinin İncelenmesi</t>
+          <t>Kuzey Kıbrıs Türk Halk Kültüründe Geçiş Dönemleri ve Bunlara Bağlı İnanışlar</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789944157636</t>
+          <t>9786052813645</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hakkında Merak Ettikleriniz</t>
+          <t>Örneklerle Birlikte Kütüphanelerde Konu Otorite Dizini Oluşturma</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>495</v>
+        <v>170</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786059143653</t>
+          <t>9786052813522</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Sürdürülebilir Örgütsel Davranışların Bilişsel Uyarılması (SÖDBU)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786059143103</t>
+          <t>9786052813546</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Güncel Satış Yönetimi</t>
+          <t>Yazılım Sistemleri İçerisinde Depo Yönetimi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>1320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786059143745</t>
+          <t>9786052813638</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>Türkoloji'nin Kırkı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>1340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052812815</t>
+          <t>9786052813744</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Diplomasi</t>
+          <t>Bilgiye Erişimde Engellilere Yönelik Kütüphane Uygulamaları</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>385</v>
+        <v>315</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052812020</t>
+          <t>9786052813423</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Odağında Tarih Boyunca Savaş</t>
+          <t>Nevşehir Şehir Coğrafyası</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>515</v>
+        <v>430</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052813041</t>
+          <t>9786052811948</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Asya Hunlarında Tarım ve Yerleşik Hayat</t>
+          <t>Felsefe Açısından Savaş ve Toplum</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786059143097</t>
+          <t>9786059143769</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneler Müfettişi Ahmed Muhtar'ın İstanbul Kütüphaneleri Raporu</t>
+          <t>Turkey-African Relations</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786059143301</t>
+          <t>9786059143646</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Edebiyatta Yenileşme</t>
+          <t>Türküyü Okumak - Türkü Yazıları 2</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052813201</t>
+          <t>9786052137543</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Henri Bergson’un Şuur - Sezgi Kavramları Üzerine Bir Deneme</t>
+          <t>Am60 ve Az61 Magnezyum Alaşımlarının Soğuma Hızına Bağlı Mekanik ve Mikroyapı Özelliklerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052813256</t>
+          <t>9789944157636</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sübha-i Sıbyan’ın Kıbrıs Nüshaları Üzerine Dil İncelemesi</t>
+          <t>Avrupa Birliği Hakkında Merak Ettikleriniz</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>230</v>
+        <v>495</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052813287</t>
+          <t>9786059143653</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Gümrükler</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>205</v>
+        <v>120</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786059143882</t>
+          <t>9786059143103</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı Üzerine Cahit Uçuk'un Çocuk Romanlarında Tip ve İletiler</t>
+          <t>Güncel Satış Yönetimi</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>285</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052812839</t>
+          <t>9786059143745</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Umut İradesi</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>285</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052812945</t>
+          <t>9786052812815</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Geleneksel El Dokumaları Kataloğu</t>
+          <t>Savaşta Diplomasi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>515</v>
+        <v>385</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052813126</t>
+          <t>9786052812020</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Kazım Yetiş Armağanı</t>
+          <t>Birinci Dünya Savaşı Odağında Tarih Boyunca Savaş</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>435</v>
+        <v>515</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052813225</t>
+          <t>9786052813041</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Araştırmalar</t>
+          <t>Asya Hunlarında Tarım ve Yerleşik Hayat</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052812532</t>
+          <t>9786059143097</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Eşekle Gelen Aydınlık</t>
+          <t>Kütüphaneler Müfettişi Ahmed Muhtar'ın İstanbul Kütüphaneleri Raporu</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052812594</t>
+          <t>9786059143301</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilginin Dolaşım Araçları</t>
+          <t>Bilim ve Edebiyatta Yenileşme</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052811979</t>
+          <t>9786052813201</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Edebiyat</t>
+          <t>Henri Bergson’un Şuur - Sezgi Kavramları Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052812990</t>
+          <t>9786052813256</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Milliyetçilik ve Estetik</t>
+          <t>Sübha-i Sıbyan’ın Kıbrıs Nüshaları Üzerine Dil İncelemesi</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052812853</t>
+          <t>9786052813287</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Yüzer Sergi Avrupa'da - Türkiye Cumhuriyeti Kendini Tanıtıyor</t>
+          <t>Tarih Boyunca Gümrükler</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052813010</t>
+          <t>9786059143882</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği ve İşgören Sağlığı Kültürü ve Örgütsel Vatandaşlık Davranışı</t>
+          <t>Çocuk Edebiyatı Üzerine Cahit Uçuk'un Çocuk Romanlarında Tip ve İletiler</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>360</v>
+        <v>285</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052812921</t>
+          <t>9786052812839</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Üzerine Gözlemler</t>
+          <t>Umut İradesi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052813072</t>
+          <t>9786052812945</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Nesne Temelli Programlama Mantığı ve Veri Tabanı</t>
+          <t>Ağrı Geleneksel El Dokumaları Kataloğu</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>265</v>
+        <v>515</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052813096</t>
+          <t>9786052813126</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>İletişim Araştırmaları ve Medya Analizleri</t>
+          <t>Prof. Dr. Kazım Yetiş Armağanı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052813140</t>
+          <t>9786052813225</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Haremden Valide Sultan Mektupları</t>
+          <t>Çeviribilimde Araştırmalar</t>
         </is>
       </c>
       <c r="C795" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052812570</t>
+          <t>9786052812532</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Bakiyye</t>
+          <t>Eşekle Gelen Aydınlık</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052812877</t>
+          <t>9786052812594</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Öyle Zor Öyle Kolay</t>
+          <t>Yeni Bilginin Dolaşım Araçları</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052812693</t>
+          <t>9786052811979</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Hekimlerde Mobbing ve Öfke</t>
+          <t>Savaş ve Edebiyat</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052812761</t>
+          <t>9786052812990</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Cennet ve Cehennem</t>
+          <t>Sinemada Milliyetçilik ve Estetik</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052811986</t>
+          <t>9786052812853</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Psikoloji</t>
+          <t>Yüzer Sergi Avrupa'da - Türkiye Cumhuriyeti Kendini Tanıtıyor</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052812891</t>
+          <t>9786052813010</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Mütala'at-ı Edebiyye</t>
+          <t>İş Güvenliği ve İşgören Sağlığı Kültürü ve Örgütsel Vatandaşlık Davranışı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>205</v>
+        <v>360</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052812679</t>
+          <t>9786052812921</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Yönetim Düşüncesi</t>
+          <t>Çeviri Üzerine Gözlemler</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052812556</t>
+          <t>9786052813072</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
+          <t>Nesne Temelli Programlama Mantığı ve Veri Tabanı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>390</v>
+        <v>265</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052813034</t>
+          <t>9786052813096</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Fazlullah'ın Sakalında Beliren Tanrı</t>
+          <t>İletişim Araştırmaları ve Medya Analizleri</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>345</v>
+        <v>430</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052812976</t>
+          <t>9786052813140</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ Türk Edebiyatı ve Medyalararasılık Tartışmaları</t>
+          <t>Haremden Valide Sultan Mektupları</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052812457</t>
+          <t>9786052812570</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Üçlü Sarmal İşbirliğine Dayalı İnovasyon Model Üretimi: Türkiye Örneği</t>
+          <t>Asar-ı Bakiyye</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052812655</t>
+          <t>9786052812877</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Türkistanda Parlayan Bir Yıldız Türkmenistan</t>
+          <t>Öyle Zor Öyle Kolay</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052812112</t>
+          <t>9786052812693</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Alanında Hazırlanan  Doktora Tezlerinin Dünü Bugünü</t>
+          <t>Hekimlerde Mobbing ve Öfke</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052812747</t>
+          <t>9786052812761</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Ağ Kuşağının Bilgi Davranışı</t>
+          <t>Klasik Türk Şiirinde Cennet ve Cehennem</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052812785</t>
+          <t>9786052811986</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Yerel Yönetimlerin Gelişimi ve Yerel Yönetim Metinleri</t>
+          <t>Savaş ve Psikoloji</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>480</v>
+        <v>225</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052812792</t>
+          <t>9786052812891</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Tunceli (Dersim) Tarihinden Kesitler</t>
+          <t>Mütala'at-ı Edebiyye</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>355</v>
+        <v>205</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052812716</t>
+          <t>9786052812679</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Örgüt Kültürü Bağlamında Prososyal Motivasyon</t>
+          <t>Tarihsel Süreçte Yönetim Düşüncesi</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>260</v>
+        <v>345</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052812495</t>
+          <t>9786052812556</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Diken Çiçeği</t>
+          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>50</v>
+        <v>390</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052812471</t>
+          <t>9786052813034</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Son Damla - Hikmet Afif Mapolar: Julide Akın 1919-1989</t>
+          <t>Fazlullah'ın Sakalında Beliren Tanrı</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>50</v>
+        <v>345</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052812648</t>
+          <t>9786052812976</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Demokratikleşme-Küreselleşme Bağlamında Türkiye’de Sivil Toplum ve Bir STÖ Örneği BİLSAM</t>
+          <t>Dijital Çağ Türk Edebiyatı ve Medyalararasılık Tartışmaları</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052812396</t>
+          <t>9786052812457</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Türkmen Boylarından Varsaklar</t>
+          <t>Üçlü Sarmal İşbirliğine Dayalı İnovasyon Model Üretimi: Türkiye Örneği</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>315</v>
+        <v>245</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052812617</t>
+          <t>9786052812655</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Rusya'nın Avrupa Siyaseti</t>
+          <t>Türkistanda Parlayan Bir Yıldız Türkmenistan</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052812310</t>
+          <t>9786052812112</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Şehirler ve İnsanlar</t>
+          <t>Türk Dili ve Edebiyatı Alanında Hazırlanan  Doktora Tezlerinin Dünü Bugünü</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052812297</t>
+          <t>9786052812747</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Türkmenistan Tarihinde</t>
+          <t>Ağ Kuşağının Bilgi Davranışı</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052812334</t>
+          <t>9786052812785</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Özdilek Mecmuası</t>
+          <t>Osmanlıda Yerel Yönetimlerin Gelişimi ve Yerel Yönetim Metinleri</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052810323</t>
+          <t>9786052812792</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Doğu Anadolu</t>
+          <t>Tunceli (Dersim) Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>630</v>
+        <v>355</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052812372</t>
+          <t>9786052812716</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kuru Belirleme Modelleri</t>
+          <t>Kişilik ve Örgüt Kültürü Bağlamında Prososyal Motivasyon</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>315</v>
+        <v>260</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052812433</t>
+          <t>9786052812495</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Toplumu’nun Sosyo Ekonomik Yapısı</t>
+          <t>Diken Çiçeği</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>330</v>
+        <v>50</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052812273</t>
+          <t>9786052812471</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Yalın Altı Sigma</t>
+          <t>Son Damla - Hikmet Afif Mapolar: Julide Akın 1919-1989</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>310</v>
+        <v>50</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052812259</t>
+          <t>9786052812648</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>1945 - 1948 Kıbrıs’ta Yahudiler</t>
+          <t>Demokratikleşme-Küreselleşme Bağlamında Türkiye’de Sivil Toplum ve Bir STÖ Örneği BİLSAM</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>480</v>
+        <v>170</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052812150</t>
+          <t>9786052812396</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Mübadele İmar ve İskan Vekaleti</t>
+          <t>Oğuz Türkmen Boylarından Varsaklar</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052812174</t>
+          <t>9786052812617</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Mücadele Tarihinde İletişim 1955 - 1974</t>
+          <t>Rusya'nın Avrupa Siyaseti</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052812136</t>
+          <t>9786052812310</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Harp Bağlamında Kıbrıs’ta Stratejik Güç: Su</t>
+          <t>Şehirler ve İnsanlar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052812198</t>
+          <t>9786052812297</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat</t>
+          <t>Türkmenistan Tarihinde</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>415</v>
+        <v>200</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052812211</t>
+          <t>9786052812334</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Batı İşgalleri Karşısında Türkiye’nin Ortadoğu Politikaları</t>
+          <t>Özdilek Mecmuası</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>430</v>
+        <v>310</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052812235</t>
+          <t>9786052810323</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Ağ ve Teknoloji Odaklı Uygulamalı Girişimcilik Programı ATOG</t>
+          <t>Türk Romanında Doğu Anadolu</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>175</v>
+        <v>630</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052015537</t>
+          <t>9786052812372</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çeviriler Bibliyografisi</t>
+          <t>Döviz Kuru Belirleme Modelleri</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>830</v>
+        <v>315</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052015605</t>
+          <t>9786052812433</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Kalite</t>
+          <t>Klasik Dönem Osmanlı Toplumu’nun Sosyo Ekonomik Yapısı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052015377</t>
+          <t>9786052812273</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>1990'dan Günümüze Türkiye ve Azerbaycan Edebiyatlarının Karşılıklı Etkileşimi</t>
+          <t>Yalın Altı Sigma</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052015438</t>
+          <t>9786052812259</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Şikayetleri ve Risk Faktörleri</t>
+          <t>1945 - 1948 Kıbrıs’ta Yahudiler</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052812068</t>
+          <t>9786052812150</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Balinalar, Yunuslar ve Muturlar</t>
+          <t>Mübadele İmar ve İskan Vekaleti</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052811399</t>
+          <t>9786052812174</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Ne Öğrendim?</t>
+          <t>Kıbrıs Türk Mücadele Tarihinde İletişim 1955 - 1974</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052811801</t>
+          <t>9786052812136</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik, Teknoloji, Denizcilik, Temel Bilimler ve Uygulamalı Bilim Fakülteleri İçin Meslek Matematiği</t>
+          <t>Psikolojik Harp Bağlamında Kıbrıs’ta Stratejik Güç: Su</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052811511</t>
+          <t>9786052812198</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Temel Olasılık Dersleri - Basic Ideas of Probability ve Biyoistatistikte Olasılık Hesabı (Uygulamalı Türkçe - İngilizce)</t>
+          <t>Karşılaştırmalı Edebiyat</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>135</v>
+        <v>415</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052811740</t>
+          <t>9786052812211</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Okumaları - 1</t>
+          <t>Batı İşgalleri Karşısında Türkiye’nin Ortadoğu Politikaları</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>275</v>
+        <v>430</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052811788</t>
+          <t>9786052812235</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güven(liksiz)lik</t>
+          <t>Ağ ve Teknoloji Odaklı Uygulamalı Girişimcilik Programı ATOG</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052811665</t>
+          <t>9786052015537</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Yaşayan Üçüncü Kuşak Türklerin Kimlik Algısı</t>
+          <t>Türkçe Çeviriler Bibliyografisi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>170</v>
+        <v>830</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052811610</t>
+          <t>9786052015605</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Bir İşletme Komedisi</t>
+          <t>Bireysel Kalite</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052810545</t>
+          <t>9786052015377</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Optimization of The Sustainability of Contingency Logistics Networks: Application of a Hybrid Heuristic - A Multi - Objective Optimization Approaches</t>
+          <t>1990'dan Günümüze Türkiye ve Azerbaycan Edebiyatlarının Karşılıklı Etkileşimi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052811559</t>
+          <t>9786052015438</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Konaklama İşletmelerinde Maliyet Kontrol Süreci ve Oda - Mönü Maliyetlerinin Belirlenmesi: Denizli’deki Küçük Ölçekli Bir Konaklama İşletmesinde Uygulama</t>
+          <t>Sağlık Şikayetleri ve Risk Faktörleri</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052811849</t>
+          <t>9786052812068</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Afganistan’a Eğitim Alanındaki Katkıları (1932-1938)</t>
+          <t>Doğu Akdeniz'de Balinalar, Yunuslar ve Muturlar</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052811580</t>
+          <t>9786052811399</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Taş Yağ - Kuzey Kıbrıs'ta Zeytinyağı Değirmenleri</t>
+          <t>Hayattan Ne Öğrendim?</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>1200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052811924</t>
+          <t>9786052811801</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Rıfat Özdemir’e Armağan</t>
+          <t>Mühendislik, Teknoloji, Denizcilik, Temel Bilimler ve Uygulamalı Bilim Fakülteleri İçin Meslek Matematiği</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>630</v>
+        <v>600</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052811634</t>
+          <t>9786052811511</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Sivil Toplum Örgütleri ile İlişkisi</t>
+          <t>Temel Olasılık Dersleri - Basic Ideas of Probability ve Biyoistatistikte Olasılık Hesabı (Uygulamalı Türkçe - İngilizce)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052811535</t>
+          <t>9786052811740</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de 1980 Sonrası Maliye Politikaları ile Gelir Dağılımı ve Sosyal Adalet Arasındaki İlişkiler</t>
+          <t>Dijital Çağda İletişim Okumaları - 1</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052811993</t>
+          <t>9786052811788</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Ağrılı Aşık Hasani Hayatı Sanatı Eserleri</t>
+          <t>Küresel Güven(liksiz)lik</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052811696</t>
+          <t>9786052811665</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Girişimcinin Seyir Defteri</t>
+          <t>Almanya’da Yaşayan Üçüncü Kuşak Türklerin Kimlik Algısı</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052812082</t>
+          <t>9786052811610</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>K.K.T.C. Cumhurbaşkanı Rauf R. Denktaş’ın Annan Planı Sürecindeki Mücadelesi</t>
+          <t>Bir İşletme Komedisi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052812105</t>
+          <t>9786052810545</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Arşivlerde Tanımlama ve Üstveri</t>
+          <t>Optimization of The Sustainability of Contingency Logistics Networks: Application of a Hybrid Heuristic - A Multi - Objective Optimization Approaches</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052811566</t>
+          <t>9786052811559</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tıp Kütüphaneleri: Elektronik Süreli Yayın Hizmetlerinin Yönetimi</t>
+          <t>Konaklama İşletmelerinde Maliyet Kontrol Süreci ve Oda - Mönü Maliyetlerinin Belirlenmesi: Denizli’deki Küçük Ölçekli Bir Konaklama İşletmesinde Uygulama</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>445</v>
+        <v>310</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052811757</t>
+          <t>9786052811849</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Hiciv - Yığın - Göçmen Edebiyatı Uzmanı Prof. Dr. Yüksel Baypınar Armağanı</t>
+          <t>Türkiye Cumhuriyeti’nin Afganistan’a Eğitim Alanındaki Katkıları (1932-1938)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052811863</t>
+          <t>9786052811580</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tarihine Yöneltilen Bazı Şüphelere Reddiye</t>
+          <t>Zeytin Taş Yağ - Kuzey Kıbrıs'ta Zeytinyağı Değirmenleri</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052811344</t>
+          <t>9786052811924</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Stratejist</t>
+          <t>Rıfat Özdemir’e Armağan</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>70</v>
+        <v>630</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052810422</t>
+          <t>9786052811634</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Muş İli Arkeolojik Yüzey Araştırmaları 2009-2014</t>
+          <t>Türk Sinemasının Sivil Toplum Örgütleri ile İlişkisi</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>690</v>
+        <v>185</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052811825</t>
+          <t>9786052811535</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Yıllarında Evlilikler ve Evlendirmeler</t>
+          <t>Türkiye’de 1980 Sonrası Maliye Politikaları ile Gelir Dağılımı ve Sosyal Adalet Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052810019</t>
+          <t>9786052811993</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Göçebelerin Kente Tutunma Biçimleri</t>
+          <t>Ağrılı Aşık Hasani Hayatı Sanatı Eserleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052811283</t>
+          <t>9786052811696</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>J. Rawls’ın İktisadi Adalet Teorisi</t>
+          <t>Girişimcilik Girişimcinin Seyir Defteri</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052811450</t>
+          <t>9786052812082</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>1. InTraders Uluslararası Ticaret Kongresi Kongre Kitabı - First InTraders International Conference on International Trade Conference Book</t>
+          <t>K.K.T.C. Cumhurbaşkanı Rauf R. Denktaş’ın Annan Planı Sürecindeki Mücadelesi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>535</v>
+        <v>325</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052811436</t>
+          <t>9786052812105</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Cenani Dökmeci</t>
+          <t>Arşivlerde Tanımlama ve Üstveri</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052811726</t>
+          <t>9786052811566</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Simülasyon Yaklaşım - Riskli Bir Yatırım Projesi Olarak Gemi Yatırımlarının Finansal Değerlendirilmesi</t>
+          <t>Türkiye’de Tıp Kütüphaneleri: Elektronik Süreli Yayın Hizmetlerinin Yönetimi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>410</v>
+        <v>445</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052811382</t>
+          <t>9786052811757</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Edebiyatı</t>
+          <t>Hiciv - Yığın - Göçmen Edebiyatı Uzmanı Prof. Dr. Yüksel Baypınar Armağanı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>245</v>
+        <v>370</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052811498</t>
+          <t>9786052811863</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerde İletişim ve Algılama Süreci</t>
+          <t>Kur’an Tarihine Yöneltilen Bazı Şüphelere Reddiye</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052811429</t>
+          <t>9786052811344</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İnşacılık Kuramı Çerçevesinde Türk ve Bulgar Kimliği</t>
+          <t>Stratejist</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>355</v>
+        <v>70</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052811214</t>
+          <t>9786052810422</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>La Problematiqye Du Moyen - Orient Dans Les Relations Transatlantiques</t>
+          <t>Muş İli Arkeolojik Yüzey Araştırmaları 2009-2014</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>220</v>
+        <v>690</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052811320</t>
+          <t>9786052811825</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>New Advancements In Fuels and Lubricants For The Aerospace Industry Part-I: Introduction</t>
+          <t>İslam’ın İlk Yıllarında Evlilikler ve Evlendirmeler</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052811238</t>
+          <t>9786052810019</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Aile Etkisi ve Örgütsel Ustalık Kavramlarının İşletme Performansı Üzerindeki Etkilerinin İncelenmesi</t>
+          <t>Göçebelerin Kente Tutunma Biçimleri</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052811184</t>
+          <t>9786052811283</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>2. InTraders Uluslararası Ticaret Kongresi Özet Kitabı - The Second InTraders International Trade Abstract Book</t>
+          <t>J. Rawls’ın İktisadi Adalet Teorisi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052811191</t>
+          <t>9786052811450</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarih İnsan Üzerine Aykırı Düşünceler</t>
+          <t>1. InTraders Uluslararası Ticaret Kongresi Kongre Kitabı - First InTraders International Conference on International Trade Conference Book</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>280</v>
+        <v>535</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052811269</t>
+          <t>9786052811436</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Engellilere Yönelik Kamu Hizmetlerinin Yönetimi ve Sunumu: Karşılaştırmalı Bir Değerlendirme</t>
+          <t>Cenani Dökmeci</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052811153</t>
+          <t>9786052811726</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilim Temelli Pragmatik Yaklaşımlar</t>
+          <t>Simülasyon Yaklaşım - Riskli Bir Yatırım Projesi Olarak Gemi Yatırımlarının Finansal Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>245</v>
+        <v>410</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052810866</t>
+          <t>9786052811382</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku ve Kolluk Meslek Etiği</t>
+          <t>Sevgi Edebiyatı</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052810989</t>
+          <t>9786052811498</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sosyal Güvenlik Hukuku (1865 - 1923)</t>
+          <t>Farklı Kültürlerde İletişim ve Algılama Süreci</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>215</v>
+        <v>500</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052811092</t>
+          <t>9786052811429</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukunda kanunilik İlkesi</t>
+          <t>Sosyal İnşacılık Kuramı Çerçevesinde Türk ve Bulgar Kimliği</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>330</v>
+        <v>355</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052810712</t>
+          <t>9786052811214</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Tüketim ve Din</t>
+          <t>La Problematiqye Du Moyen - Orient Dans Les Relations Transatlantiques</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052810903</t>
+          <t>9786052811320</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi - 1</t>
+          <t>New Advancements In Fuels and Lubricants For The Aerospace Industry Part-I: Introduction</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>1495</v>
+        <v>240</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052810682</t>
+          <t>9786052811238</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Türk Kütüphaneciliğinde Önemli Bir Adım: Devr-i Hamidi Katalogları</t>
+          <t>Aile İşletmelerinde Aile Etkisi ve Örgütsel Ustalık Kavramlarının İşletme Performansı Üzerindeki Etkilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C881" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052810880</t>
+          <t>9786052811184</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphaneleri Geçmişten Geleceğe Yönelimler ve Yeni Roller</t>
+          <t>2. InTraders Uluslararası Ticaret Kongresi Özet Kitabı - The Second InTraders International Trade Abstract Book</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>535</v>
+        <v>130</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052810927</t>
+          <t>9786052811191</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İnancın İman Hayatına Yansıması Bağlamında Deizm Eleştirisi</t>
+          <t>Doğa Tarih İnsan Üzerine Aykırı Düşünceler</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052810781</t>
+          <t>9786052811269</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>AB Enformasyon Toplumu ve Üniversite Kütüphanecileri</t>
+          <t>Engellilere Yönelik Kamu Hizmetlerinin Yönetimi ve Sunumu: Karşılaştırmalı Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052810163</t>
+          <t>9786052811153</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Artvin ve Erzurum’daki Gürcü Dini Mimarisinde Süsleme</t>
+          <t>Sosyal Bilim Temelli Pragmatik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>975</v>
+        <v>245</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052810965</t>
+          <t>9786052810866</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Yerel Yönetimler Özerklik Şartı Türkiye’de Uygulanabilirliği</t>
+          <t>İslam Hukuku ve Kolluk Meslek Etiği</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052810699</t>
+          <t>9786052810989</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Şia ve Ehl-i Sünnet Fıkhına Göre Mut’a</t>
+          <t>Osmanlı Sosyal Güvenlik Hukuku (1865 - 1923)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>420</v>
+        <v>215</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052810668</t>
+          <t>9786052811092</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Ortadoğu’ya Yönelik Dini Politikalarında Misyoner Kurumları (1840-1917)</t>
+          <t>İslam Ceza Hukunda kanunilik İlkesi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>345</v>
+        <v>330</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052810941</t>
+          <t>9786052810712</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Güncel Tartışmalardan Kavramsal Sorgulamalara</t>
+          <t>Gençlerde Tüketim ve Din</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052810347</t>
+          <t>9786052810903</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Fakültesi Öğrenci Panelleri</t>
+          <t>Sanat Tarihi - 1</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>410</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052810743</t>
+          <t>9786052810682</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Dr. Ratip Kazancıgil ve Edirnesi</t>
+          <t>Türk Kütüphaneciliğinde Önemli Bir Adım: Devr-i Hamidi Katalogları</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052810576</t>
+          <t>9786052810880</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Endüstri İçi Ticaret: Teori ve Uygulama</t>
+          <t>Halk Kütüphaneleri Geçmişten Geleceğe Yönelimler ve Yeni Roller</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>280</v>
+        <v>535</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052810620</t>
+          <t>9786052810927</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Açık Bilim: Açık Erişim Türkiye</t>
+          <t>İnancın İman Hayatına Yansıması Bağlamında Deizm Eleştirisi</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>510</v>
+        <v>165</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052810460</t>
+          <t>9786052810781</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Current Approaches On Technical Sciences</t>
+          <t>AB Enformasyon Toplumu ve Üniversite Kütüphanecileri</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>145</v>
+        <v>310</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052810361</t>
+          <t>9786052810163</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Güncel Akademik Araştırmalar</t>
+          <t>Artvin ve Erzurum’daki Gürcü Dini Mimarisinde Süsleme</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>350</v>
+        <v>975</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052810385</t>
+          <t>9786052810965</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Innovative Approaches in The Business World</t>
+          <t>Avrupa Yerel Yönetimler Özerklik Şartı Türkiye’de Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052810392</t>
+          <t>9786052810699</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Sarıkeçili Yörükler’in Kültür-Çevre İlişkisi İçerisinde Geleneksel Ekolojik Bilgilerinin Araştırılması</t>
+          <t>Şia ve Ehl-i Sünnet Fıkhına Göre Mut’a</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052810507</t>
+          <t>9786052810668</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Teknik Bilimlerde Güncel Yaklaşımlar</t>
+          <t>Rusya’nın Ortadoğu’ya Yönelik Dini Politikalarında Misyoner Kurumları (1840-1917)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052810484</t>
+          <t>9786052810941</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dersi Etkinliklerinde Çocuk Oyunları</t>
+          <t>Çeviribilimde Güncel Tartışmalardan Kavramsal Sorgulamalara</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052810156</t>
+          <t>9786052810347</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Savunma Yönetimi</t>
+          <t>Edebiyat Fakültesi Öğrenci Panelleri</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>230</v>
+        <v>410</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052810170</t>
+          <t>9786052810743</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Knowledge Based Economy and Intellectual Capital</t>
+          <t>Dr. Ratip Kazancıgil ve Edirnesi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052810200</t>
+          <t>9786052810576</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarında Yönetim ve Yönetici Teması</t>
+          <t>Endüstri İçi Ticaret: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052137710</t>
+          <t>9786052810620</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mülkiyet</t>
+          <t>Açık Bilim: Açık Erişim Türkiye</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052810293</t>
+          <t>9786052810460</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Alanında Bilgiye Erişim/Kataloglama Sorunları Sempozyumu Bildiriler Kitabı</t>
+          <t>Current Approaches On Technical Sciences</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>570</v>
+        <v>145</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052137680</t>
+          <t>9786052810361</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ağlar Odağında Kültür, Kimlik ve Mekan Tartışmaları</t>
+          <t>Güncel Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052137871</t>
+          <t>9786052810385</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sistemi Kamu Yönetiminde Değişim</t>
+          <t>Innovative Approaches in The Business World</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>575</v>
+        <v>300</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052137666</t>
+          <t>9786052810392</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Kanal/Sina ve Filistin/ Suriye Cephesi</t>
+          <t>Sarıkeçili Yörükler’in Kültür-Çevre İlişkisi İçerisinde Geleneksel Ekolojik Bilgilerinin Araştırılması</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>2050</v>
+        <v>550</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052137567</t>
+          <t>9786052810507</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kuramı ve Bilgi Yönetimi</t>
+          <t>Teknik Bilimlerde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052137505</t>
+          <t>9786052810484</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Kitap Kültürü ve Batı Dünyası</t>
+          <t>Türkçe Dersi Etkinliklerinde Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052137703</t>
+          <t>9786052810156</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşüncenin İslam Dünyasındaki Yansımaları</t>
+          <t>Stratejik Savunma Yönetimi</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052137598</t>
+          <t>9786052810170</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Terörü</t>
+          <t>Knowledge Based Economy and Intellectual Capital</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052137581</t>
+          <t>9786052810200</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Doğru Yönetim</t>
+          <t>Hadis Kaynaklarında Yönetim ve Yönetici Teması</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052137529</t>
+          <t>9786052137710</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Bilgi Politikaları ve Bilgi Merkezleri</t>
+          <t>İslam Hukukunda Mülkiyet</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052137642</t>
+          <t>9786052810293</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Milli Mücadelesi</t>
+          <t>Bilgi ve Belge Yönetimi Alanında Bilgiye Erişim/Kataloglama Sorunları Sempozyumu Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>345</v>
+        <v>570</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789944539609</t>
+          <t>9786052137680</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Fikir Büyümez</t>
+          <t>Küresel Ağlar Odağında Kültür, Kimlik ve Mekan Tartışmaları</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>75</v>
+        <v>375</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052137420</t>
+          <t>9786052137871</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Şiir</t>
+          <t>Cumhurbaşkanlığı Hükümet Sistemi Kamu Yönetiminde Değişim</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>165</v>
+        <v>575</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052137369</t>
+          <t>9786052137666</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Koçluk</t>
+          <t>Birinci Dünya Savaşı'nda Kanal/Sina ve Filistin/ Suriye Cephesi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>230</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052015919</t>
+          <t>9786052137567</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sisteminde Cevap Verilebilirlik</t>
+          <t>Bilgi Kuramı ve Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052137406</t>
+          <t>9786052137505</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten Cumhuriyet’e Eğitim (1876-1923)</t>
+          <t>Osmanlı'da Kitap Kültürü ve Batı Dünyası</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>3990000013894</t>
+          <t>9786052137703</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Metodu ve Teorik Bilgiler ile Viyolonsel</t>
+          <t>Felsefi Düşüncenin İslam Dünyasındaki Yansımaları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052015186</t>
+          <t>9786052137598</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Toplumbilimin ABC'si</t>
+          <t>Ermeni Terörü</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>565</v>
+        <v>230</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052015414</t>
+          <t>9786052137581</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Kuramsal Yaklaşımlar</t>
+          <t>Doğru Yönetim</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>535</v>
+        <v>400</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052015383</t>
+          <t>9786052137529</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 4</t>
+          <t>Ulusal Bilgi Politikaları ve Bilgi Merkezleri</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052137307</t>
+          <t>9786052137642</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Eniştesiz Dış Ticaret</t>
+          <t>Türkistan Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052137338</t>
+          <t>9789944539609</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Caravaggio</t>
+          <t>Karanlıkta Fikir Büyümez</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>1495</v>
+        <v>75</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052137321</t>
+          <t>9786052137420</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Reklam Tarihi Gelişimi ve Televizyon Reklam Araştırmaları</t>
+          <t>Psiko-Şiir</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052137253</t>
+          <t>9786052137369</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Mersin ve İçel’de Siyasi Hayat (1923-1950)</t>
+          <t>Bilişsel Davranışçı Koçluk</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786059143141</t>
+          <t>9786052015919</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Zamane Şıkları - Biçare</t>
+          <t>Sağlık Sisteminde Cevap Verilebilirlik</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052137130</t>
+          <t>9786052137406</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Şair Nabi’den Öğütler</t>
+          <t>Meşrutiyet’ten Cumhuriyet’e Eğitim (1876-1923)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052137208</t>
+          <t>3990000013894</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Bilgi Biliminde Tema ve Yönelim</t>
+          <t>Başlangıç Metodu ve Teorik Bilgiler ile Viyolonsel</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052137116</t>
+          <t>9786052015186</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Yöresi Düz Dokumaları</t>
+          <t>Toplumbilimin ABC'si</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>335</v>
+        <v>565</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052137123</t>
+          <t>9786052015414</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Tunceli’deki Mezarlıklar ve Mezar Taşları</t>
+          <t>Bilgi ve Belge Yönetimi Kuramsal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>3220</v>
+        <v>535</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052137079</t>
+          <t>9786052015383</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç ve İllerin Demografik Ekonomik ve Fiziksel Dönüşümü</t>
+          <t>Çeviribilimin Paradigmaları 4</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052137048</t>
+          <t>9786052137307</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>AB Tarım Politikaları Açısından Türk Tarımında Katılımcı Bir Model Önerisi: Tigem Örneği</t>
+          <t>Eniştesiz Dış Ticaret</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052015940</t>
+          <t>9786052137338</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı Sahasının Kaynakçası</t>
+          <t>Caravaggio</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>260</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052015988</t>
+          <t>9786052137321</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>KKTC’de Girne’ye Bağlı Şirinevler Köyü Monografisi</t>
+          <t>Türkiye’de Reklam Tarihi Gelişimi ve Televizyon Reklam Araştırmaları</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>145</v>
+        <v>340</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052015865</t>
+          <t>9786052137253</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alan Olarak Bilgi Merkezleri ve Yenilikçi Yaklaşımlar</t>
+          <t>Cumhuriyet Döneminde Mersin ve İçel’de Siyasi Hayat (1923-1950)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>385</v>
+        <v>600</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052015780</t>
+          <t>9786059143141</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>John Dewey’de Deneyim ve Sanat</t>
+          <t>Zamane Şıkları - Biçare</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>445</v>
+        <v>140</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052015964</t>
+          <t>9786052137130</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>KKTC Üniversiteleri Tez Bibliyografyası (GAÜ, DAÜ, LAÜ, YDÜ)</t>
+          <t>Şair Nabi’den Öğütler</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052137062</t>
+          <t>9786052137208</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Fakültesi Panelleri</t>
+          <t>Kütüphane ve Bilgi Biliminde Tema ve Yönelim</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052015902</t>
+          <t>9786052137116</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Gelişen Viyola Ekolleri</t>
+          <t>Tunceli Yöresi Düz Dokumaları</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>185</v>
+        <v>335</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052015889</t>
+          <t>9786052137123</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>İmam Malik ve Metodolojisi</t>
+          <t>Tunceli’deki Mezarlıklar ve Mezar Taşları</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>310</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052015582</t>
+          <t>9786052137079</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane’de.</t>
+          <t>Türkiye’de Göç ve İllerin Demografik Ekonomik ve Fiziksel Dönüşümü</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052015766</t>
+          <t>9786052137048</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür Ortamında Bilgi Hizmetleri ve Kütüphaneciler</t>
+          <t>AB Tarım Politikaları Açısından Türk Tarımında Katılımcı Bir Model Önerisi: Tigem Örneği</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>345</v>
+        <v>550</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052015551</t>
+          <t>9786052015940</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Hollanda Resminde Portre</t>
+          <t>Ağrı Dağı Sahasının Kaynakçası</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>2500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052015681</t>
+          <t>9786052015988</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Suriyeliler İç İçe Geçişler ve Karşılaşmalar</t>
+          <t>KKTC’de Girne’ye Bağlı Şirinevler Köyü Monografisi</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052015667</t>
+          <t>9786052015865</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Bir Sanattır</t>
+          <t>Kamusal Alan Olarak Bilgi Merkezleri ve Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>160</v>
+        <v>385</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052015704</t>
+          <t>9786052015780</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl İstanbul’unda Mutasavvıf Mûsikîşinaslar</t>
+          <t>John Dewey’de Deneyim ve Sanat</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>170</v>
+        <v>445</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052015483</t>
+          <t>9786052015964</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Serdarlı-Çatoz-Köyü Monografisi ve Ağzı</t>
+          <t>KKTC Üniversiteleri Tez Bibliyografyası (GAÜ, DAÜ, LAÜ, YDÜ)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052015629</t>
+          <t>9786052137062</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Laiklik ve AK Parti’nin Laiklik Anlayışı</t>
+          <t>Edebiyat Fakültesi Panelleri</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>245</v>
+        <v>410</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052015506</t>
+          <t>9786052015902</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Defne Yapraklar Dil, Kültür ve Edebiyat Yazıları</t>
+          <t>Tarihsel Süreçte Gelişen Viyola Ekolleri</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052015391</t>
+          <t>9786052015889</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>1916 Yılı Osmanlı Nüfus İstatistik Cetveli</t>
+          <t>İmam Malik ve Metodolojisi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052015353</t>
+          <t>9786052015582</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kürt Siyasi Hareketi</t>
+          <t>Kütüphane’de.</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052015315</t>
+          <t>9786052015766</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphanelerinde Yenilikçi Hizmet</t>
+          <t>Dijital Kültür Ortamında Bilgi Hizmetleri ve Kütüphaneciler</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>420</v>
+        <v>345</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052015308</t>
+          <t>9786052015551</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Panik Bozukluk</t>
+          <t>17. Yüzyıl Hollanda Resminde Portre</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>515</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052015261</t>
+          <t>9786052015681</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Teknolojilerinin Bilgi Merkezlerine ve Hizmetlerine Etkileri</t>
+          <t>Türkiye’deki Suriyeliler İç İçe Geçişler ve Karşılaşmalar</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052015285</t>
+          <t>9786052015667</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Mardin Ortaçağ Anıtları ve Yapım Teknikleri</t>
+          <t>Lojistik Bir Sanattır</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>535</v>
+        <v>160</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052015216</t>
+          <t>9786052015704</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kütüphanecilik Alanında Faaliyet Gösteren Derneklerde Yönetim Katılım ve Seçim Süreci</t>
+          <t>17. Yüzyıl İstanbul’unda Mutasavvıf Mûsikîşinaslar</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052015193</t>
+          <t>9786052015483</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>1983-93 Yılları Arasında Türk Siyasal Hayatında Anavatan Partisi ve Turgut Özal'ın Partideki Rolü</t>
+          <t>Serdarlı-Çatoz-Köyü Monografisi ve Ağzı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052015247</t>
+          <t>9786052015629</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Özel Arşivlerde Teori ve Uygulama</t>
+          <t>Türkiye’de Laiklik ve AK Parti’nin Laiklik Anlayışı</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>360</v>
+        <v>245</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789944539619</t>
+          <t>9786052015506</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Gladyatöre Dikkat</t>
+          <t>Defne Yapraklar Dil, Kültür ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>50</v>
+        <v>285</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789786056508</t>
+          <t>9786052015391</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Sorgula</t>
+          <t>1916 Yılı Osmanlı Nüfus İstatistik Cetveli</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>55</v>
+        <v>340</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052015162</t>
+          <t>9786052015353</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Arayış Teodise</t>
+          <t>Geçmişten Günümüze Kürt Siyasi Hareketi</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052015131</t>
+          <t>9786052015315</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bellek Kurumlarında Dijitalleştirme ve Dijital Koruma Politikaları</t>
+          <t>Halk Kütüphanelerinde Yenilikçi Hizmet</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>215</v>
+        <v>420</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052015070</t>
+          <t>9786052015308</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Aksaray Evleri</t>
+          <t>Panik Bozukluk</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>335</v>
+        <v>515</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786059143998</t>
+          <t>9786052015261</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Hazine-i Kıraat 1</t>
+          <t>Bilişim Teknolojilerinin Bilgi Merkezlerine ve Hizmetlerine Etkileri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786059143899</t>
+          <t>9786052015285</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>İnci Kitap</t>
+          <t>Mardin Ortaçağ Anıtları ve Yapım Teknikleri</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>300</v>
+        <v>535</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786059143783</t>
+          <t>9786052015216</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Hazine-i Kıraat 2</t>
+          <t>Türkiye'de Kütüphanecilik Alanında Faaliyet Gösteren Derneklerde Yönetim Katılım ve Seçim Süreci</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786059143981</t>
+          <t>9786052015193</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kültür Politikaları ve Kütüphaneler</t>
+          <t>1983-93 Yılları Arasında Türk Siyasal Hayatında Anavatan Partisi ve Turgut Özal'ın Partideki Rolü</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052015032</t>
+          <t>9786052015247</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Dijital Kültürel Miras Ürünlerine Açık Erişim</t>
+          <t>Özel Arşivlerde Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052015001</t>
+          <t>9789944539619</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Motivasyon</t>
+          <t>Gladyatöre Dikkat</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>315</v>
+        <v>50</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786059143967</t>
+          <t>9789786056508</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Ne Umduk Ne Bulduk</t>
+          <t>Sorgula</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>140</v>
+        <v>55</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052015056</t>
+          <t>9786052015162</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri İncelemeleri ve Hocam Amil Çelebioğlu İçin Yazdıklarım</t>
+          <t>Arayış Teodise</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>510</v>
+        <v>285</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786059143943</t>
+          <t>9786052015131</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Komşu</t>
+          <t>Kültürel Bellek Kurumlarında Dijitalleştirme ve Dijital Koruma Politikaları</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052015025</t>
+          <t>9786052015070</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Mani, Ninni, Fıkra ve Tandır Hikayeleri</t>
+          <t>Tarihi Aksaray Evleri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>210</v>
+        <v>335</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789944157865</t>
+          <t>9786059143998</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Disiplinler Arası Bakış Açısı ile Çevre</t>
+          <t>Hazine-i Kıraat 1</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>365</v>
+        <v>345</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786059143493</t>
+          <t>9786059143899</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Geçmişimiz: Kültürümüzün Kaybolan Değerleri</t>
+          <t>İnci Kitap</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>3400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786059143479</t>
+          <t>9786059143783</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Kilimleri: Türkmen ve Avşar Dokumaları</t>
+          <t>Hazine-i Kıraat 2</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>3400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786059143554</t>
+          <t>9786059143981</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 1</t>
+          <t>Türkiye'de Kültür Politikaları ve Kütüphaneler</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>3400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786059143585</t>
+          <t>9786052015032</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 2</t>
+          <t>Türkiye'de Dijital Kültürel Miras Ürünlerine Açık Erişim</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>3400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786059143912</t>
+          <t>9786052015001</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalleşme Sürecinde İş Ahlakı</t>
+          <t>Başarı ve Motivasyon</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>325</v>
+        <v>315</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786059143820</t>
+          <t>9786059143967</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Ciğersiz Köse</t>
+          <t>Ne Umduk Ne Bulduk</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786059143875</t>
+          <t>9786052015056</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Tarihselcilik Düşüncesi Bakımından İbn Haldun</t>
+          <t>Divan Şiiri İncelemeleri ve Hocam Amil Çelebioğlu İçin Yazdıklarım</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>280</v>
+        <v>510</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786059143844</t>
+          <t>9786059143943</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>İslam Teminat Hukuku</t>
+          <t>Güle Güle Komşu</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786059143622</t>
+          <t>9786052015025</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yöresinde Derlenen Jön Türk Asker ve Halk Türküleri</t>
+          <t>Gaziantep Mani, Ninni, Fıkra ve Tandır Hikayeleri</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786059143608</t>
+          <t>9789944157865</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Çöllerinden</t>
+          <t>Disiplinler Arası Bakış Açısı ile Çevre</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>170</v>
+        <v>365</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786059143387</t>
+          <t>9786059143493</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Aşka İlham Verenler</t>
+          <t>Unutulan Geçmişimiz: Kültürümüzün Kaybolan Değerleri</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>2875</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786059143448</t>
+          <t>9786059143479</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Sana Geldi Bu Gönül</t>
+          <t>Kadirli’nin Kilimleri: Türkmen ve Avşar Dokumaları</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>340</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786059143400</t>
+          <t>9786059143554</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>İş'te Bankacılık</t>
+          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 1</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>200</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786059143417</t>
+          <t>9786059143585</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Söz ve Anlam Analizi</t>
+          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 2</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>350</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786059143462</t>
+          <t>9786059143912</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 3</t>
+          <t>Neoliberalleşme Sürecinde İş Ahlakı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786059143349</t>
+          <t>9786059143820</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal Üniversitesi Kampüs Bitkileri</t>
+          <t>Ciğersiz Köse</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>1035</v>
+        <v>180</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786059143363</t>
+          <t>9786059143875</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Arzuhalim</t>
+          <t>Tarihselcilik Düşüncesi Bakımından İbn Haldun</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786059143233</t>
+          <t>9786059143844</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masallarında Kitap ve Kütüphane Motifi</t>
+          <t>İslam Teminat Hukuku</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786059143318</t>
+          <t>9786059143622</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Nacak-Cumhuriyet Çatışması (1960-1962)</t>
+          <t>Çanakkale Yöresinde Derlenen Jön Türk Asker ve Halk Türküleri</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>395</v>
+        <v>170</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786059143325</t>
+          <t>9786059143608</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>KKTC’de Siyasi Parti Liderlerinin Beden Dili Kullanımı: 2013 Erken Genel Seçimleri</t>
+          <t>Asyanın Çöllerinden</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786059143332</t>
+          <t>9786059143387</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Folklor Malzemesi Olarak Şer’iye Sicilleri</t>
+          <t>Aşka İlham Verenler</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>500</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786059143295</t>
+          <t>9786059143448</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Yine de Hayat</t>
+          <t>Sana Geldi Bu Gönül</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>70</v>
+        <v>340</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786059143264</t>
+          <t>9786059143400</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Guguş</t>
+          <t>İş'te Bankacılık</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786059143288</t>
+          <t>9786059143417</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 2</t>
+          <t>Psikolojide Söz ve Anlam Analizi</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786059143240</t>
+          <t>9786059143462</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Sivas Kadın Giyimi</t>
+          <t>Çeviribilimin Paradigmaları 3</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>1600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786059143271</t>
+          <t>9786059143349</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılın İkinci Yarısında Amasya</t>
+          <t>Namık Kemal Üniversitesi Kampüs Bitkileri</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>515</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786059143226</t>
+          <t>9786059143363</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Beylerbeyi Sarayında Risk Analizleri ve Koruyucu Tedbir Önerileri</t>
+          <t>Arzuhalim</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786059143219</t>
+          <t>9786059143233</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Bilgi Merkezlerinde Stratejik İletişim Yönetimi</t>
+          <t>Binbir Gece Masallarında Kitap ve Kütüphane Motifi</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786059143202</t>
+          <t>9786059143318</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Söylem Araştırmaları</t>
+          <t>Kıbrıs’ta Nacak-Cumhuriyet Çatışması (1960-1962)</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>310</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786059143127</t>
+          <t>9786059143325</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Riskler ve Japonya Modeli</t>
+          <t>KKTC’de Siyasi Parti Liderlerinin Beden Dili Kullanımı: 2013 Erken Genel Seçimleri</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>370</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786059143042</t>
+          <t>9786059143332</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası Kütüphane ve Bilgibilim Felsefesi Sempozyumu Etik: Kuram ve Uygulama 3-5 Eylül 2014, Kastamonu</t>
+          <t>Dil ve Folklor Malzemesi Olarak Şer’iye Sicilleri</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>850</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786059143073</t>
+          <t>9786059143295</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Bilişim</t>
+          <t>Yine de Hayat</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>420</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786059143080</t>
+          <t>9786059143264</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Araştırmanın Yazılması ve Sunumu</t>
+          <t>Guguş</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786059143059</t>
+          <t>9786059143288</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Nemenra Bir Yer altı Krallığı ve Ruhların Azadı</t>
+          <t>Çeviribilimin Paradigmaları 2</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786059143066</t>
+          <t>9786059143240</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumu Kütüphaneleri</t>
+          <t>Sivas Kadın Giyimi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>575</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786059143028</t>
+          <t>9786059143271</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yakın Dönem Ekonomik Krizleri</t>
+          <t>17. Yüzyılın İkinci Yarısında Amasya</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>275</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786059143035</t>
+          <t>9786059143226</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Türk Beşikdevri Basmalarında Yazma Kitap Geleneğinin Etkileri ve İçkapağın Gelişimi</t>
+          <t>Beylerbeyi Sarayında Risk Analizleri ve Koruyucu Tedbir Önerileri</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>550</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789944157971</t>
+          <t>9786059143219</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Doğunun ve Batının Yerelliği</t>
+          <t>Kütüphane ve Bilgi Merkezlerinde Stratejik İletişim Yönetimi</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>410</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786059143004</t>
+          <t>9786059143202</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>İlerleme Kavramı ve Bilimdeki Yansımaları</t>
+          <t>Söylem Araştırmaları</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>430</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789944157995</t>
+          <t>9786059143127</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm Versus Post - Marksizm</t>
+          <t>Kentsel Riskler ve Japonya Modeli</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>355</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789944157858</t>
+          <t>9786059143042</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Farklılıkların Birlikteliği</t>
+          <t>1. Uluslararası Kütüphane ve Bilgibilim Felsefesi Sempozyumu Etik: Kuram ve Uygulama 3-5 Eylül 2014, Kastamonu</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789944157681</t>
+          <t>9786059143073</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi - Musahabat-ı Leyliye</t>
+          <t>Bilişim</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>345</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789944157667</t>
+          <t>9786059143080</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>İpekyolu Ekonomileri</t>
+          <t>Araştırmanın Yazılması ve Sunumu</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789944157988</t>
+          <t>9786059143059</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Bilginin Eleştirel Arkaplanı</t>
+          <t>Nemenra Bir Yer altı Krallığı ve Ruhların Azadı</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789944157957</t>
+          <t>9786059143066</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Reklamı Okumak</t>
+          <t>Ceza İnfaz Kurumu Kütüphaneleri</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>345</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789944157742</t>
+          <t>9786059143028</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Markalaşma Stratejileri</t>
+          <t>Türkiye'nin Yakın Dönem Ekonomik Krizleri</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789944157964</t>
+          <t>9786059143035</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Müşteri İlişkileri Yönetimi</t>
+          <t>Türk Beşikdevri Basmalarında Yazma Kitap Geleneğinin Etkileri ve İçkapağın Gelişimi</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>1320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052819463</t>
+          <t>9789944157971</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Notları</t>
+          <t>Doğunun ve Batının Yerelliği</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789944157841</t>
+          <t>9786059143004</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta İlaç Pazarlaması</t>
+          <t>İlerleme Kavramı ve Bilimdeki Yansımaları</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>1320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789944157735</t>
+          <t>9789944157995</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yatırım Kararları ve Hedef Pazar Stratejileri</t>
+          <t>Pragmatizm Versus Post - Marksizm</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>180</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789944157704</t>
+          <t>9789944157858</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Hizmetlerinin Pazarlanması ve Satış Gücü</t>
+          <t>Farklılıkların Birlikteliği</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789944157711</t>
+          <t>9789944157681</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>İnavasyonu Oluşturan İşletmelerin Yaşam Döngüleri</t>
+          <t>Ahmet Mithat Efendi - Musahabat-ı Leyliye</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>215</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789944157803</t>
+          <t>9789944157667</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Pazarlama</t>
+          <t>İpekyolu Ekonomileri</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>1090</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789944157469</t>
+          <t>9789944157988</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ürün Fikirlerinin Belirlenmesinde Kullanılan Yöntemler</t>
+          <t>Psikolojide Bilginin Eleştirel Arkaplanı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789944157421</t>
+          <t>9789944157957</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Yeni Teknolojiler Işığında Bilgi ve Belge Yönetimi</t>
+          <t>Reklamı Okumak</t>
         </is>
       </c>
       <c r="C1031" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789944157339</t>
+          <t>9789944157742</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırılmış Finansal Araçlar ve Aracı Kuruluşların Kaldıraçlı Hisse Senedi Piyasaları</t>
+          <t>Pazarlamada Markalaşma Stratejileri</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789944157353</t>
+          <t>9789944157964</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk’ün Dış Politika Konuşmaları</t>
+          <t>Bankacılıkta Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>320</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789944157513</t>
+          <t>9786052819463</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Motivasyonun Örgütsel Bağlılığa ve Performansa Etkisi</t>
+          <t>Lojistik Notları</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789944157285</t>
+          <t>9789944157841</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi ve E-Lojistik</t>
+          <t>Sağlıkta İlaç Pazarlaması</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>150</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789944157278</t>
+          <t>9789944157735</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Bilgi Sistemleri</t>
+          <t>İşletmelerde Yatırım Kararları ve Hedef Pazar Stratejileri</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789944157230</t>
+          <t>9789944157704</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Kriz Dönemlerinde Finansal Risk Yönetimi</t>
+          <t>Bankacılık Hizmetlerinin Pazarlanması ve Satış Gücü</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789944157728</t>
+          <t>9789944157711</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>İnternet Reklamlarının Tüketicinin Satın Alma Davranışlarına Etkileri</t>
+          <t>İnavasyonu Oluşturan İşletmelerin Yaşam Döngüleri</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789944157797</t>
+          <t>9789944157803</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Devrim Yılları</t>
+          <t>Bankacılıkta Pazarlama</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>285</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789944157698</t>
+          <t>9789944157469</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hizmetlerinin Pazarlamasında Eğitimcilerin Toplam Kalite Yönetimine Giriş</t>
+          <t>Yeni Ürün Fikirlerinin Belirlenmesinde Kullanılan Yöntemler</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789944157773</t>
+          <t>9789944157421</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>İletişim Ve...</t>
+          <t>Yeni Teknolojiler Işığında Bilgi ve Belge Yönetimi</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>370</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789944157766</t>
+          <t>9789944157339</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinin Pazarlaması ve Reklamın Etkileri</t>
+          <t>Yapılandırılmış Finansal Araçlar ve Aracı Kuruluşların Kaldıraçlı Hisse Senedi Piyasaları</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789944157940</t>
+          <t>9789944157353</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ayetleri</t>
+          <t>Mustafa Kemal Atatürk’ün Dış Politika Konuşmaları</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786059143196</t>
+          <t>9789944157513</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi ve Girişimcilik</t>
+          <t>Motivasyonun Örgütsel Bağlılığa ve Performansa Etkisi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786059143158</t>
+          <t>9789944157285</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsan İçinde - Ana Akım ve Eleştirel Sosyal Psikoloji</t>
+          <t>Lojistik Yönetimi ve E-Lojistik</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>575</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786059143189</t>
+          <t>9789944157278</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Film</t>
+          <t>Lojistik Bilgi Sistemleri</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
+          <t>9789944157230</t>
+        </is>
+      </c>
+      <c r="B1047" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Dönemlerinde Finansal Risk Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1047" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:3">
+      <c r="A1048" s="1" t="inlineStr">
+        <is>
+          <t>9789944157728</t>
+        </is>
+      </c>
+      <c r="B1048" s="1" t="inlineStr">
+        <is>
+          <t>İnternet Reklamlarının Tüketicinin Satın Alma Davranışlarına Etkileri</t>
+        </is>
+      </c>
+      <c r="C1048" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:3">
+      <c r="A1049" s="1" t="inlineStr">
+        <is>
+          <t>9789944157797</t>
+        </is>
+      </c>
+      <c r="B1049" s="1" t="inlineStr">
+        <is>
+          <t>İletişimin Devrim Yılları</t>
+        </is>
+      </c>
+      <c r="C1049" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:3">
+      <c r="A1050" s="1" t="inlineStr">
+        <is>
+          <t>9789944157698</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hizmetlerinin Pazarlamasında Eğitimcilerin Toplam Kalite Yönetimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1050" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:3">
+      <c r="A1051" s="1" t="inlineStr">
+        <is>
+          <t>9789944157773</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Ve...</t>
+        </is>
+      </c>
+      <c r="C1051" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:3">
+      <c r="A1052" s="1" t="inlineStr">
+        <is>
+          <t>9789944157766</t>
+        </is>
+      </c>
+      <c r="B1052" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetlerinin Pazarlaması ve Reklamın Etkileri</t>
+        </is>
+      </c>
+      <c r="C1052" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:3">
+      <c r="A1053" s="1" t="inlineStr">
+        <is>
+          <t>9789944157940</t>
+        </is>
+      </c>
+      <c r="B1053" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Ayetleri</t>
+        </is>
+      </c>
+      <c r="C1053" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:3">
+      <c r="A1054" s="1" t="inlineStr">
+        <is>
+          <t>9786059143196</t>
+        </is>
+      </c>
+      <c r="B1054" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Yönetimi ve Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C1054" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:3">
+      <c r="A1055" s="1" t="inlineStr">
+        <is>
+          <t>9786059143158</t>
+        </is>
+      </c>
+      <c r="B1055" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İnsan İçinde - Ana Akım ve Eleştirel Sosyal Psikoloji</t>
+        </is>
+      </c>
+      <c r="C1055" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:3">
+      <c r="A1056" s="1" t="inlineStr">
+        <is>
+          <t>9786059143189</t>
+        </is>
+      </c>
+      <c r="B1056" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Film</t>
+        </is>
+      </c>
+      <c r="C1056" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:3">
+      <c r="A1057" s="1" t="inlineStr">
+        <is>
           <t>9789944157759</t>
         </is>
       </c>
-      <c r="B1047" s="1" t="inlineStr">
+      <c r="B1057" s="1" t="inlineStr">
         <is>
           <t>Sağlık İşletmelerindeki Çatışmaların Hizmetlerin Pazarlanmasına Etkileri</t>
         </is>
       </c>
-      <c r="C1047" s="1">
+      <c r="C1057" s="1">
         <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>