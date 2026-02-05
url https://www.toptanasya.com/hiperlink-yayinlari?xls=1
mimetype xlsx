--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -85,15880 +85,16165 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255884268</t>
+          <t>9786255884855</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri’nin Keşşaf Tefsirindeki Ahkam Ayetlerini Yorumlama Metodu</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar IV</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255884688</t>
+          <t>9786255884800</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Arşivle Mektep Arasında Muallim Cevdet Makaleleri</t>
+          <t>Saraydan Dünya Başkentlerine Osmanlı’nın Diplomatik Teşekkür Mektupları Arşiv 	Belgeleriyle 18. 19. 20. Yüzyıl</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>850</v>
+        <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255884282</t>
+          <t>9786255884916</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dijital ve Sürdürülebilir Gelecek - Stratejik ve İnsan Odaklı Perspektifler</t>
+          <t>Propaganda Aracı Olarak İnsani Yardımın 	Kullanımı Hilal-i Ahmer (Kızılay) Örneği</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255884411</t>
+          <t>9786255884978</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Oyun ve Oyuncular</t>
+          <t>Kültürel Diplomasinin Yeni Aracı Kütüphane Diplomasisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255884466</t>
+          <t>9786259686004</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türkçe ve Korecenin Karşılaştırmalı Ses Bilgisi</t>
+          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük II. Uluslararası Kıbrıs Araştırmaları Sempozyumu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255884305</t>
+          <t>9786255884879</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Siyah Kalem Tasvir Grubu’nda Yer Alan Demon İmgeleri</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar IV</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255884343</t>
+          <t>9786255884749</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümler ve Muhasebe Sistemine Etkileri</t>
+          <t>Üniversite Kütüphanelerinde Değişim ve Psikolojik Sermaye Yönetimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255884442</t>
+          <t>9786255884886</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan Öğretmenler</t>
+          <t>Legal Aspects Of Turkish Cypriot Waqfs and The Waqf Culture</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255884381</t>
+          <t>9786255884831</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Yazar Haluk Yücel’e Armağan “Şiire ve Tarihe”</t>
+          <t>Hukuki Boyutlarıyla Kıbrıs Türk Vakıfları ve Vakıf Kültürü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255884367</t>
+          <t>9786255884596</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Musabahat-ı Leyliye</t>
+          <t>II. Uluslararası Altayistik Sempozyumu 	Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255884015</t>
+          <t>9786255884701</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Bilgi, Bilim ve Bilgi Merkezleri Odağında Etik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255884329</t>
+          <t>9786255884725</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Dönemi’nde 13. Kolordu ve Güneydoğu Cephesi</t>
+          <t>Tanzimattan Günümüze Türk Tiyatrosunun Edebi ve Toplumsal Serüveni</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256078406</t>
+          <t>9786255884572</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Motivasyon ve Performans Süreçleri Yönetimi</t>
+          <t>Bilgi ve Belge Yönetimi Bakış Açısından Özel Gereksinimli Çocuklar İçin Kütüphane 	Hizmetleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255884220</t>
+          <t>9786255884763</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>AI’HAN ile Yapay Zeka Öğreniyoruz</t>
+          <t>Arzi Mehmed Dede ve Şiirleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255884206</t>
+          <t>9786255884664</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kamu Liderliği İle İş Tatmini Arasındaki İlişkide Örgütsel Desteğin Aracılık Rolünün İncelenmesi</t>
+          <t>Bartın Halkevi 1935 - 1951</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255884244</t>
+          <t>9786255884503</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kurumlarında Çatışma Yönetimi</t>
+          <t>Görsel İletişim Öznenin Nesneye Anlam Yüklemesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256482180</t>
+          <t>9786255884480</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizin Kadın Kahramanları</t>
+          <t>Üniversite Kütüphanelerinde Performans Yönetimi: Anahtar Göstergeler ve Ölçüm Modeli</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>690</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257339643</t>
+          <t>9786255884619</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Antlaşmaları, Planları ve Önemli BM, AB Kararları (1571-2020)</t>
+          <t>Türklük Bilimine Genç Bakışlar - IV</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>645</v>
+        <v>850</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255884138</t>
+          <t>9786255884558</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Boşamada Şahit 	Bulundurma Zorunluluğu</t>
+          <t>Uluslararası Gelenekten Geleceğe Bilgi ve Belge Yönetimi Sempozyumu (IV)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255884091</t>
+          <t>9786255884268</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi ve Sürdürülebilirlik Circular 	Economy and Sustainability</t>
+          <t>Zemahşeri’nin Keşşaf Tefsirindeki Ahkam Ayetlerini Yorumlama Metodu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>780</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255884008</t>
+          <t>9786255884688</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Algı Yönetimi KKTC’de Su</t>
+          <t>Arşivle Mektep Arasında Muallim Cevdet Makaleleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255884077</t>
+          <t>9786255884282</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeyi Unutma Afete Yakalanma</t>
+          <t>Dijital ve Sürdürülebilir Gelecek - Stratejik ve İnsan Odaklı Perspektifler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255884114</t>
+          <t>9786255884411</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dijitallaşme İle Birlikte Değişen Halk Biliminin 	Üretim ve Yayılım Mekanizmalarının Analizi</t>
+          <t>Klasik Türk Şiirinde Oyun ve Oyuncular</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256078239</t>
+          <t>9786255884466</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’s Geostrategic Maritime Policy In The 	21st Century - The Libyan Intervention as a 	Geopolitical Crossroad</t>
+          <t>Türkçe ve Korecenin Karşılaştırmalı Ses Bilgisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255884169</t>
+          <t>9786255884305</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Yönelimi ve Rekabet Gücü Arasındaki İlişkide İnovasyon Performansının 	Aracılık Rolü İhracatçı Firmalar Üzerinde Bir Araştırma</t>
+          <t>Muhammed Siyah Kalem Tasvir Grubu’nda Yer Alan Demon İmgeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256078987</t>
+          <t>9786255884343</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Açık Kaynak İstihbaratı Teknikleri Kullanılarak Teknoloji İstihbaratı Model Önerisi</t>
+          <t>Dijital Dönüşümler ve Muhasebe Sistemine Etkileri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256078963</t>
+          <t>9786255884442</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Veri Yönetim Sistemleri ve Arşivleme Uygulamaları Çerçevesinde Veri Gölü Mimarilerinin Geliştirilmesi</t>
+          <t>Gölgede Kalan Öğretmenler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256078949</t>
+          <t>9786255884381</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Düzenlenmesinde Yapay Zeka Kullanımı</t>
+          <t>Şair ve Yazar Haluk Yücel’e Armağan “Şiire ve Tarihe”</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786252817018</t>
+          <t>9786255884367</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
+          <t>Musabahat-ı Leyliye</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756351475</t>
+          <t>9786255884015</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
+          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>36</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944157186</t>
+          <t>9786255884329</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Temel Sigorta Bilgileri ve Sigorta Sektörünün Yapısal Analizi</t>
+          <t>Milli Mücadele Dönemi’nde 13. Kolordu ve Güneydoğu Cephesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>23.15</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789944157032</t>
+          <t>9786256078406</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sitem</t>
+          <t>İşletmelerde Motivasyon ve Performans Süreçleri Yönetimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>12.96</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059143165</t>
+          <t>9786255884220</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yazma Eserlerin Bibliyografik Denetimi</t>
+          <t>AI’HAN ile Yapay Zeka Öğreniyoruz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052816639</t>
+          <t>9786255884206</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1-2 (2 Kitap Takım)</t>
+          <t>Kamu Liderliği İle İş Tatmini Arasındaki İlişkide Örgütsel Desteğin Aracılık Rolünün İncelenmesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>640</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944157070</t>
+          <t>9786255884244</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntem ve Stratejileri</t>
+          <t>Eğitim Kurumlarında Çatışma Yönetimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256078734</t>
+          <t>9786256482180</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Finansal Stresi Turkey’s Financial 	Stress</t>
+          <t>Şiirimizin Kadın Kahramanları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>690</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256078260</t>
+          <t>9786257339643</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Adanın Unutulan Savaşı Kıbrıs’lı Katırcılar 1939-1944</t>
+          <t>Kıbrıs Antlaşmaları, Planları ve Önemli BM, AB Kararları (1571-2020)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>645</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256078758</t>
+          <t>9786255884138</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Din Adamları</t>
+          <t>İslam Hukukunda Boşamada Şahit 	Bulundurma Zorunluluğu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256607872</t>
+          <t>9786255884091</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanelerin Geleceği: Yapay Zekâ ve Büyük Verinin Kütüphanelerde Kullanımı</t>
+          <t>Döngüsel Ekonomi ve Sürdürülebilirlik Circular 	Economy and Sustainability</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>780</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256078697</t>
+          <t>9786255884008</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Türk 	Kütüphanecilik Tarihi</t>
+          <t>Psikolojik Algı Yönetimi KKTC’de Su</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258410877</t>
+          <t>9786255884077</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimine Giriş</t>
+          <t>Tehlikeyi Unutma Afete Yakalanma</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256078635</t>
+          <t>9786255884114</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Londra’da Bir İstanbul Sergisi Diplomasi - Ekonomi - Temaşa (1893-94)</t>
+          <t>Dijitallaşme İle Birlikte Değişen Halk Biliminin 	Üretim ve Yayılım Mekanizmalarının Analizi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256078710</t>
+          <t>9786256078239</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Çalışma Yaşamı Kalitesi 	Kütüphaneciler Üzerine Bir Araştırma</t>
+          <t>Türkiye’s Geostrategic Maritime Policy In The 	21st Century - The Libyan Intervention as a 	Geopolitical Crossroad</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256078505</t>
+          <t>9786255884169</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Strategic Management Tools, Techniques and Conceptual Models</t>
+          <t>Teknoloji Yönelimi ve Rekabet Gücü Arasındaki İlişkide İnovasyon Performansının 	Aracılık Rolü İhracatçı Firmalar Üzerinde Bir Araştırma</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256078666</t>
+          <t>9786256078987</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm &amp; Teknostres Tasarım Odaklı Çözümler</t>
+          <t>Açık Kaynak İstihbaratı Teknikleri Kullanılarak Teknoloji İstihbaratı Model Önerisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256078543</t>
+          <t>9786256078963</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Hekimliği Perspektifinden Karaciğer</t>
+          <t>Kurumsal Veri Yönetim Sistemleri ve Arşivleme Uygulamaları Çerçevesinde Veri Gölü Mimarilerinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256078345</t>
+          <t>9786256078949</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gayrımenkul Yatırım Ortaklılarında İç Kontrol Yapısının Değerlendirilmesi</t>
+          <t>Bilginin Düzenlenmesinde Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256078598</t>
+          <t>9786252817018</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs’ın İstirdadının 50. Yılı Anısına Kıbrıs Çalışmaları</t>
+          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256078420</t>
+          <t>9789756351475</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>II. Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
+          <t>Çağdaş Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>800</v>
+        <v>36</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256078574</t>
+          <t>9789944157186</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar-III</t>
+          <t>Temel Sigorta Bilgileri ve Sigorta Sektörünün Yapısal Analizi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256078383</t>
+          <t>9789944157032</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>E-Arşivlerin Entelektüel Kontrolü</t>
+          <t>Sitem</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256078611</t>
+          <t>9786059143165</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Lojistiğin Geleceği</t>
+          <t>Yazma Eserlerin Bibliyografik Denetimi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256078314</t>
+          <t>9786052816639</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İvriz (Eğerli) Şehrengizi Şair Şeyh Cemali</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1-2 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>640</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256078529</t>
+          <t>9789944157070</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar III</t>
+          <t>Araştırma Yöntem ve Stratejileri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256482937</t>
+          <t>9786256078734</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çeviride Proje Yönetimi ve Çeviri Projesi 	Yöneticisi</t>
+          <t>Türkiye’nin Finansal Stresi Turkey’s Financial 	Stress</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256078321</t>
+          <t>9786256078260</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Perakende Sektörü İşletmelerinde Kurumsal Risk Yönetimi</t>
+          <t>Unutulan Adanın Unutulan Savaşı Kıbrıs’lı Katırcılar 1939-1944</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256078185</t>
+          <t>9786256078758</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Bilgi Sistemleri ve Veri Yönetimi Politikaları Çerçevesinde Gizli ve Özel Güvenlik Gerektiren Belgelerin Yönetimi</t>
+          <t>Milli Mücadele Döneminde Din Adamları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256078284</t>
+          <t>9786256607872</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hava Kargo Taşımacılığı ve Ülke Refahı</t>
+          <t>Kütüphanelerin Geleceği: Yapay Zekâ ve Büyük Verinin Kütüphanelerde Kullanımı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786252810293</t>
+          <t>9786256078697</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Erken Cumhuriyet Dönemi Türk 	Kütüphanecilik Tarihi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256078147</t>
+          <t>9786258410877</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Kalitesi ve Yeni Kalite Standartları: İlgili Paydaşların Algıları Üzerine Bir İnceleme</t>
+          <t>Dil Bilimine Giriş</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256078215</t>
+          <t>9786256078635</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Zeka</t>
+          <t>Londra’da Bir İstanbul Sergisi Diplomasi - Ekonomi - Temaşa (1893-94)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256078086</t>
+          <t>9786256078710</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Siyasetten Edebiyata Türk Basınında Dergiler (1882-1960)</t>
+          <t>Stres ve Çalışma Yaşamı Kalitesi 	Kütüphaneciler Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256078123</t>
+          <t>9786256078505</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Manyetik Rezonans Tekniğinin (MRG/NMR) Diş Hekimliğindeki Uygulamaları</t>
+          <t>Strategic Management Tools, Techniques and Conceptual Models</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257339469</t>
+          <t>9786256078666</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Organik Yarı İletkenlerin Fiziksel Özellikleri</t>
+          <t>Dijital Dönüşüm &amp; Teknostres Tasarım Odaklı Çözümler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256482999</t>
+          <t>9786256078543</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Sürdürülebilirlik Çalışmaları</t>
+          <t>Veteriner Hekimliği Perspektifinden Karaciğer</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052811160</t>
+          <t>9786256078345</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Temel Düzey A1</t>
+          <t>Gayrımenkul Yatırım Ortaklılarında İç Kontrol Yapısının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000016260</t>
+          <t>9786256078598</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Kuzey Kıbrıs’ın İstirdadının 50. Yılı Anısına Kıbrıs Çalışmaları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256482951</t>
+          <t>9786256078420</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hatay Devleti Başbakanı Dr. Abdurrahman Melek’in Hayatı ve Siyasi Faaliyetleri</t>
+          <t>II. Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256482975</t>
+          <t>9786256078574</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Faaliyetlerde Çözümlü Vaka Analizleri</t>
+          <t>Türklük Bilimine Genç Bakışlar-III</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256482906</t>
+          <t>9786256078383</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gastronomide Güncel Trendler</t>
+          <t>E-Arşivlerin Entelektüel Kontrolü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256482883</t>
+          <t>9786256078611</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Afet Yönetimi ve İletişimi</t>
+          <t>Lojistiğin Geleceği</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256482845</t>
+          <t>9786256078314</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kent Turizmine Eleştirel Bir Bakış: Kültürel Mirasın ve Sunulan Kentin Bütünleştirilmesi</t>
+          <t>İvriz (Eğerli) Şehrengizi Şair Şeyh Cemali</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>950</v>
+        <v>140</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256482869</t>
+          <t>9786256078529</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Poesia y Poetica de Luis Garcia Montero. El  Viajero de Habitaciones Separadas 1980-1994</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar III</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256482722</t>
+          <t>9786256482937</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ankara’ya Erişilebilir Mekansal Öneriler 	Yaratıcı Kentler</t>
+          <t>Çeviride Proje Yönetimi ve Çeviri Projesi 	Yöneticisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256482807</t>
+          <t>9786256078321</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Oyun Denemeler</t>
+          <t>Perakende Sektörü İşletmelerinde Kurumsal Risk Yönetimi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258461299</t>
+          <t>9786256078185</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa - Cilt 1</t>
+          <t>Kamusal Bilgi Sistemleri ve Veri Yönetimi Politikaları Çerçevesinde Gizli ve Özel Güvenlik Gerektiren Belgelerin Yönetimi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944157520</t>
+          <t>9786256078284</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk Sigorta Sektörünün Analizi ve Banka Kaynaklı Sigorta Pazarlaması</t>
+          <t>Hava Kargo Taşımacılığı ve Ülke Refahı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944157247</t>
+          <t>9786252810293</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Fantastik Roman</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944157292</t>
+          <t>9786256078147</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türk Bankacılık Sisteminde Elektronik Bankacılık Uygulamaları</t>
+          <t>Bağımsız Denetim Kalitesi ve Yeni Kalite Standartları: İlgili Paydaşların Algıları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944157322</t>
+          <t>9786256078215</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türk Bankacılık Sisteminde Ekonomik Krizin Tüketici Kredilerine Etkisi</t>
+          <t>Herkes İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944157544</t>
+          <t>9786256078086</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Son 30 Yılda Türkiye ve Güney Kore’nin Ekonomik Performansı</t>
+          <t>Siyasetten Edebiyata Türk Basınında Dergiler (1882-1960)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944157254</t>
+          <t>9786256078123</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Resimli Yirminci Asır</t>
+          <t>Manyetik Rezonans Tekniğinin (MRG/NMR) Diş Hekimliğindeki Uygulamaları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944157094</t>
+          <t>9786257339469</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türklerinin Bastıkları Kitaplar</t>
+          <t>Organik Yarı İletkenlerin Fiziksel Özellikleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>365</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944157360</t>
+          <t>9786256482999</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gittik, Gördük, Yazdık Orta Asya ve Kafkasya</t>
+          <t>Sosyal Bilimlerde Sürdürülebilirlik Çalışmaları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944157377</t>
+          <t>9786052811160</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya ve Güney Kafkasya Siyasi Gelişmeler 1991-2010</t>
+          <t>Yabancılar İçin Türkçe Temel Düzey A1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>960</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944157407</t>
+          <t>3990000016260</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Deneyimi Tasarımı ve Yönetimi</t>
+          <t>Serbest Düşüş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>195.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944157346</t>
+          <t>9786256482951</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı Türk Dış Politikası Kronolojisi</t>
+          <t>Hatay Devleti Başbakanı Dr. Abdurrahman Melek’in Hayatı ve Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944157155</t>
+          <t>9786256482975</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İşletme Finansının Küreselleşmesi</t>
+          <t>Lojistik Faaliyetlerde Çözümlü Vaka Analizleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944157438</t>
+          <t>9786256482906</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Etik</t>
+          <t>Gastronomide Güncel Trendler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>460</v>
+        <v>125</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944157551</t>
+          <t>9786256482883</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İç Borçlanmanın Bankacılık Sektörü Açısından Etkilerinin Analizi</t>
+          <t>Sürdürülebilir Afet Yönetimi ve İletişimi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944157506</t>
+          <t>9786256482845</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hizmet, Hizmet Pazarlaması, Türkiye’de Bireysel Emeklilik Sistemi ve Pazarlama Stratejileri</t>
+          <t>Kent Turizmine Eleştirel Bir Bakış: Kültürel Mirasın ve Sunulan Kentin Bütünleştirilmesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>950</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944157476</t>
+          <t>9786256482869</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Kalitesinin Hizmet Performansına Etkisi: Bir Hastanede Uygulama</t>
+          <t>Poesia y Poetica de Luis Garcia Montero. El  Viajero de Habitaciones Separadas 1980-1994</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944157315</t>
+          <t>9786256482722</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hisse Senedi Piyasasında Piyasa Yapıcılığı Sistemi ve Yurtdışı Uygulamaları</t>
+          <t>Ankara’ya Erişilebilir Mekansal Öneriler 	Yaratıcı Kentler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944157414</t>
+          <t>9786256482807</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Finansal Okuryazarlık</t>
+          <t>Gerçek Oyun Denemeler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944157575</t>
+          <t>9786258461299</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Farklı Pencereler, Farklı Manzaralar</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa - Cilt 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944157537</t>
+          <t>9789944157520</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasalarında Hisse Senetleri ve Hisse Senetlerini Etkilayen Makroekonomik Faktörler</t>
+          <t>Türk Sigorta Sektörünün Analizi ve Banka Kaynaklı Sigorta Pazarlaması</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944157087</t>
+          <t>9789944157247</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Yürek</t>
+          <t>Türk Edebiyatında Fantastik Roman</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256482579</t>
+          <t>9789944157292</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Davet</t>
+          <t>Türk Bankacılık Sisteminde Elektronik Bankacılık Uygulamaları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256482739</t>
+          <t>9789944157322</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kırımçak Türkçesi Sözlüğü</t>
+          <t>Türk Bankacılık Sisteminde Ekonomik Krizin Tüketici Kredilerine Etkisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256482760</t>
+          <t>9789944157544</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Harcamalarını Artıran Faktörler</t>
+          <t>Son 30 Yılda Türkiye ve Güney Kore’nin Ekonomik Performansı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256482708</t>
+          <t>9789944157254</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Güncel Bilgi ve Belge Yönetimi Araştırmaları ve Uygulamaları</t>
+          <t>Resimli Yirminci Asır</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258244670</t>
+          <t>9789944157094</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Osmanlı Türklerinin Bastıkları Kitaplar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>500</v>
+        <v>365</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256482470</t>
+          <t>9789944157360</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Yönetmek ve Liderlik Ruhu</t>
+          <t>Gittik, Gördük, Yazdık Orta Asya ve Kafkasya</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256482593</t>
+          <t>9789944157377</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Asyalı Geçmişi</t>
+          <t>Orta Asya ve Güney Kafkasya Siyasi Gelişmeler 1991-2010</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>600</v>
+        <v>960</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256482654</t>
+          <t>9789944157407</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Python: Veri Analizi, Görselleştirme ve Yapay Zeka</t>
+          <t>Müşteri Deneyimi Tasarımı ve Yönetimi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>380</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256482166</t>
+          <t>9789944157346</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Basın Tarihi Nacak 1959-1963</t>
+          <t>Kaynakçalı Türk Dış Politikası Kronolojisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>550</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256482548</t>
+          <t>9789944157155</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatında Geyik İkonografisi</t>
+          <t>İşletme Finansının Küreselleşmesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>255</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256482319</t>
+          <t>9789944157438</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Enterprise Risk Management</t>
+          <t>İletişim ve Etik</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>170</v>
+        <v>460</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256482616</t>
+          <t>9789944157551</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
+          <t>İç Borçlanmanın Bankacılık Sektörü Açısından Etkilerinin Analizi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256482272</t>
+          <t>9789944157506</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Karayosunları Florası - Bryophyte Flora of Türkiye</t>
+          <t>Hizmet, Hizmet Pazarlaması, Türkiye’de Bireysel Emeklilik Sistemi ve Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256482494</t>
+          <t>9789944157476</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mapping The Landscape of Translator-Training Research in Türkiye A Review of Studies from 2000 to 2020</t>
+          <t>Hizmet Kalitesinin Hizmet Performansına Etkisi: Bir Hastanede Uygulama</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256482517</t>
+          <t>9789944157315</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar 2</t>
+          <t>Hisse Senedi Piyasasında Piyasa Yapıcılığı Sistemi ve Yurtdışı Uygulamaları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256482401</t>
+          <t>9789944157414</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Tiyatrosu</t>
+          <t>Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256482357</t>
+          <t>9789944157575</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Koridorları</t>
+          <t>Farklı Pencereler, Farklı Manzaralar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256482425</t>
+          <t>9789944157537</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>E=MC² ve 10 Saniyenin Sırrı</t>
+          <t>Sermaye Piyasalarında Hisse Senetleri ve Hisse Senetlerini Etkilayen Makroekonomik Faktörler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256482333</t>
+          <t>9789944157087</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Kültür, Sanat Kenti Edirne 2</t>
+          <t>Akıl ve Yürek</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>850</v>
+        <v>285</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256482104</t>
+          <t>9786256482579</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Okuryazarlığı Örneğinde Oyunlaştırmayla Zenginleştirilmiş Hibrit Eğitim Modeli Uygulaması</t>
+          <t>Kurtuluşa Davet</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256482241</t>
+          <t>9786256482739</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 2</t>
+          <t>Kırımçak Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256482227</t>
+          <t>9786256482760</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Doğuştan Dijital Belgelerin Belge ve Arşiv Yönetim Süreçleri</t>
+          <t>Sağlık Harcamalarını Artıran Faktörler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258244953</t>
+          <t>9786256482708</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Performansı</t>
+          <t>Güncel Bilgi ve Belge Yönetimi Araştırmaları ve Uygulamaları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256482371</t>
+          <t>9786258244670</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hizmetkar Liderlik</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256482074</t>
+          <t>9786256482470</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Untranslatability Paradox of Translation: The Garden Paths in Translation</t>
+          <t>Değişimi Yönetmek ve Liderlik Ruhu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256482142</t>
+          <t>9786256482593</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Su ve Sürdürülebilirlik</t>
+          <t>Kıbrıs’ın Asyalı Geçmişi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258410884</t>
+          <t>9786256482654</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hastane İşletmelerinde Motivasyonun Hemşirelerin Performansına Etkisi</t>
+          <t>Python: Veri Analizi, Görselleştirme ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256482128</t>
+          <t>9786256482166</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Döneminde Türkiye'de Günlük Hayat</t>
+          <t>Kıbrıs Türk Basın Tarihi Nacak 1959-1963</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258244984</t>
+          <t>9786256482548</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gastromania’dan Şifacılığa</t>
+          <t>Türk Sanatında Geyik İkonografisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256482005</t>
+          <t>9786256482319</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fransız Diplomatik Belgelerinde Balkanlar 1912-1913</t>
+          <t>Enterprise Risk Management</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256482043</t>
+          <t>9786256482616</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Üniversite Kütüphaneleri: Mevcut Durum, Sorunlar ve Çözüm Önerileri</t>
+          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256482012</t>
+          <t>9786256482272</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Hizmetlerinin 	Yürütülmesinde Hemşirelerin Performansına Odaklı Ödeme Sistemleri</t>
+          <t>Türkiye Karayosunları Florası - Bryophyte Flora of Türkiye</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258244915</t>
+          <t>9786256482494</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Markanın Oluşumunda Sağlık Çalışanlarının İşlevleri</t>
+          <t>Mapping The Landscape of Translator-Training Research in Türkiye A Review of Studies from 2000 to 2020</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256482050</t>
+          <t>9786256482517</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Satın Alımında Marka Savunuculuğunun Ülke Menşei ve Satın Alma 	Niyetine Etkisi</t>
+          <t>Türklük Bilimine Genç Bakışlar 2</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258244939</t>
+          <t>9786256482401</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Sohbetler</t>
+          <t>12 Eylül Tiyatrosu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258244878</t>
+          <t>9786256482357</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler -2-</t>
+          <t>Geleceğin Koridorları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258244892</t>
+          <t>9786256482425</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kriz Döneminde Demokratikleşmenin Kamu Diplomasi Stratejilerine Etkisi</t>
+          <t>E=MC² ve 10 Saniyenin Sırrı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258244786</t>
+          <t>9786256482333</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Pekiştirme Edatları</t>
+          <t>Tarih, Kültür, Sanat Kenti Edirne 2</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258244564</t>
+          <t>9786256482104</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Saadettin Yıldız Armağanı</t>
+          <t>Bilgi Okuryazarlığı Örneğinde Oyunlaştırmayla Zenginleştirilmiş Hibrit Eğitim Modeli Uygulaması</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>660</v>
+        <v>550</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258244830</t>
+          <t>9786256482241</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İç Dinamikleri ve Türkiye İle İlişkileri 	Bağlamında Libya</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258244854</t>
+          <t>9786256482227</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Duayen: Hasan Tahsin Ayni ve İki Tefrikası</t>
+          <t>Dijital Çağda Doğuştan Dijital Belgelerin Belge ve Arşiv Yönetim Süreçleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258244717</t>
+          <t>9786258244953</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Istanbul Creative Industries</t>
+          <t>İnovasyon Performansı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258244809</t>
+          <t>9786256482371</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Dünyadan Gerçek Dünyaya Yapılan Çağrı: Mülteci Sorunu</t>
+          <t>Hizmetkar Liderlik</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>525</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258244816</t>
+          <t>9786256482074</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Halk Bilginlerinden Bitki Hastalık ve Zararlıları</t>
+          <t>Untranslatability Paradox of Translation: The Garden Paths in Translation</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258244618</t>
+          <t>9786256482142</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Kuramsal ve Uygulamalı Akademik 	Araştırmalar I</t>
+          <t>Su ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258410846</t>
+          <t>9786258410884</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Akustik Terimler Sözlüğü</t>
+          <t>Hastane İşletmelerinde Motivasyonun Hemşirelerin Performansına Etkisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258461381</t>
+          <t>9786256482128</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Ar-Ge ve İnovasyon</t>
+          <t>Demokrat Parti Döneminde Türkiye'de Günlük Hayat</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257339056</t>
+          <t>9786258244984</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler - 1</t>
+          <t>Gastromania’dan Şifacılığa</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052137468</t>
+          <t>9786256482005</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Bilgi Sistemleri ve Belge Yönetimi</t>
+          <t>Fransız Diplomatik Belgelerinde Balkanlar 1912-1913</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052810644</t>
+          <t>9786256482043</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Öğretimi</t>
+          <t>Türkiye’de Üniversite Kütüphaneleri: Mevcut Durum, Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052810514</t>
+          <t>9786256482012</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Genel Biyoloji</t>
+          <t>Sağlık İşletmelerinde Hizmetlerinin 	Yürütülmesinde Hemşirelerin Performansına Odaklı Ödeme Sistemleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052812044</t>
+          <t>9786258244915</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreniminde Yabancıllık</t>
+          <t>Sağlık İşletmelerinde Markanın Oluşumunda Sağlık Çalışanlarının İşlevleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052812907</t>
+          <t>9786256482050</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Evaluation Of The Distance Learning Systems In Turkey</t>
+          <t>Otomobil Satın Alımında Marka Savunuculuğunun Ülke Menşei ve Satın Alma 	Niyetine Etkisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052813164</t>
+          <t>9786258244939</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Temel Düzey A2</t>
+          <t>Yapay Zeka İle Sohbetler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052015469</t>
+          <t>9786258244878</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Toplam Kalite Yönetimi Uygulamaları</t>
+          <t>Örtük Dersler -2-</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052810224</t>
+          <t>9786258244892</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Kolaylaştıran Kalıplar - Phrases To Make Arabic Easy</t>
+          <t>Kriz Döneminde Demokratikleşmenin Kamu Diplomasi Stratejilerine Etkisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052137000</t>
+          <t>9786258244786</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Türkçe’de Pekiştirme Edatları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052137093</t>
+          <t>9786258244564</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Akıcı Arapça Konuşman İçin 30 Adım</t>
+          <t>Prof. Dr. Saadettin Yıldız Armağanı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>155</v>
+        <v>660</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052015803</t>
+          <t>9786258244830</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitiminde Yöneticilerin Etkili Zaman Yönetimi</t>
+          <t>İç Dinamikleri ve Türkiye İle İlişkileri 	Bağlamında Libya</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258244755</t>
+          <t>9786258244854</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Radyo Tarihi 1963 Öncesi Kıbrıs İletişim Tarihi</t>
+          <t>Gölgedeki Duayen: Hasan Tahsin Ayni ve İki Tefrikası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057259318</t>
+          <t>9786258244717</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntem ve Stratejileri</t>
+          <t>Istanbul Creative Industries</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>370</v>
+        <v>225</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258244731</t>
+          <t>9786258244809</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>50 Yılı Aşan Mesleki Birikimlerimin Bir Bölümü Beynimde: Bazıları da Aklımda Takılı Kalmış</t>
+          <t>Kurmaca Dünyadan Gerçek Dünyaya Yapılan Çağrı: Mülteci Sorunu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>225</v>
+        <v>525</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258244694</t>
+          <t>9786258244816</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İnfertilite (Kısırlık) Duygusal Etkilerini 	Anlamak Üzerine</t>
+          <t>Halk Bilginlerinden Bitki Hastalık ve Zararlıları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258244540</t>
+          <t>9786258244618</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Duha Koca Oğlu Deli Dumrul Anlatısının Ayna 	Metaforuyla Okunması İnsanoğlunun 	Ejderhası Deli Dumrul</t>
+          <t>Eğitimde Kuramsal ve Uygulamalı Akademik 	Araştırmalar I</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258244502</t>
+          <t>9786258410846</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Antakya (Hatay) Tarihinden Kesitler</t>
+          <t>Akustik Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258244632</t>
+          <t>9786258461381</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Ekonomi ve Sosyal Bilimlerde Akademik Araştırmalar - 1</t>
+          <t>Enerjide Ar-Ge ve İnovasyon</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>335</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258244526</t>
+          <t>9786257339056</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiye'sinin Değişen Din Politikaları ve Seçmeli Din Dersleri</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler - 1</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258244380</t>
+          <t>9786052137468</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Bireylerin Bilgiye Erişimi</t>
+          <t>Kurumsal Bilgi Sistemleri ve Belge Yönetimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>750</v>
+        <v>410</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258244656</t>
+          <t>9786052810644</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hafîdü't-Teftazani Seyfeddin Ahmed B. Yahya El-Herevi ve Haşiye Ale'l-Mutavvel Adlı Eseri</t>
+          <t>Çeviri Öğretimi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258244588</t>
+          <t>9786052810514</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş'te Yol Ayrımı ve Ak Parti'nin Kuruluşu</t>
+          <t>Genel Biyoloji</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258244465</t>
+          <t>9786052812044</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>e-Devlet Felsefesi</t>
+          <t>Dil Öğreniminde Yabancıllık</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258244021</t>
+          <t>9786052812907</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Din ve Aile Psikolojik Bir Değerlendirme</t>
+          <t>Evaluation Of The Distance Learning Systems In Turkey</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258244427</t>
+          <t>9786052813164</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Masalları</t>
+          <t>Yabancılar İçin Türkçe Temel Düzey A2</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>450</v>
+        <v>135</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258244441</t>
+          <t>9786052015469</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Uygulama Tebliği (SUT) Gerçekleri Çalıştayı</t>
+          <t>Eğitimde Toplam Kalite Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786058244243</t>
+          <t>9786052810224</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde Yeni Yaklaşımlar Diş Tedavisinde Nöropsikolojik Uygulamalar</t>
+          <t>Arapçayı Kolaylaştıran Kalıplar - Phrases To Make Arabic Easy</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258244311</t>
+          <t>9786052137000</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yazınında Metinlerarasılık ve Çeviri</t>
+          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258244342</t>
+          <t>9786052137093</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve İş Yaşamı</t>
+          <t>Akıcı Arapça Konuşman İçin 30 Adım</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258244243</t>
+          <t>9786052015803</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Medyalararasılık İlgili Kavramlar ve Edebiyat</t>
+          <t>Okul Öncesi Eğitiminde Yöneticilerin Etkili Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258244205</t>
+          <t>9786258244755</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>New Developments In Science and 	Mathematics</t>
+          <t>Kıbrıs Radyo Tarihi 1963 Öncesi Kıbrıs İletişim Tarihi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258244236</t>
+          <t>9786057259318</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
+          <t>Araştırma Yöntem ve Stratejileri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258244274</t>
+          <t>9786258244731</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Evreninde Bütünleşik Pazarlama İletişimi</t>
+          <t>50 Yılı Aşan Mesleki Birikimlerimin Bir Bölümü Beynimde: Bazıları da Aklımda Takılı Kalmış</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>335</v>
+        <v>225</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258244151</t>
+          <t>9786258244694</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kent Yoksulluğu ile Mücadele Rejimi: Sultanbeyli Örneği</t>
+          <t>İnfertilite (Kısırlık) Duygusal Etkilerini 	Anlamak Üzerine</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258244182</t>
+          <t>9786258244540</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı 100 Yıllık Bibliyografya</t>
+          <t>Duha Koca Oğlu Deli Dumrul Anlatısının Ayna 	Metaforuyla Okunması İnsanoğlunun 	Ejderhası Deli Dumrul</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258244007</t>
+          <t>9786258244502</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stresin Çalışanlara Çoğaltan 	Etkisi</t>
+          <t>Antakya (Hatay) Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>185</v>
+        <v>335</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258244137</t>
+          <t>9786258244632</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 1</t>
+          <t>Kuramdan Uygulamaya Ekonomi ve Sosyal Bilimlerde Akademik Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>340</v>
+        <v>335</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258228557</t>
+          <t>9786258244526</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkta Sessiz Çığlık</t>
+          <t>Cumhuriyet Türkiye'sinin Değişen Din Politikaları ve Seçmeli Din Dersleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258410921</t>
+          <t>9786258244380</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Afete Duyarlı Mekansal Çözümler</t>
+          <t>Özel Gereksinimli Bireylerin Bilgiye Erişimi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258410952</t>
+          <t>9786258244656</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Çocuk Kütüphaneleri 	Sempozyumu Bildiriler Kitabı 27-29 Mayıs 2022 / Gaziantep</t>
+          <t>Hafîdü't-Teftazani Seyfeddin Ahmed B. Yahya El-Herevi ve Haşiye Ale'l-Mutavvel Adlı Eseri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258244113</t>
+          <t>9786258244588</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Valide Turhan Sultan Kütüphanesi</t>
+          <t>Milli Görüş'te Yol Ayrımı ve Ak Parti'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258244250</t>
+          <t>9786258244465</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Bir Casus Vambery</t>
+          <t>e-Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258244335</t>
+          <t>9786258244021</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeninde Makro Planlama</t>
+          <t>Din ve Aile Psikolojik Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258410785</t>
+          <t>9786258244427</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Salgın Döneminin Kültürel Etkileşim ve Sosyalleşme Mekanı Olarak Halk Kütüphanelerine Etkisi</t>
+          <t>Kıbrıs Türk Masalları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258410907</t>
+          <t>9786258244441</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Yaran Kültürü</t>
+          <t>Sağlıkta Uygulama Tebliği (SUT) Gerçekleri Çalıştayı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258410815</t>
+          <t>9786058244243</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Sermayenin İşten Ayrılma Niyeti ve İş Tatmini Üzerindeki Etkisinde Örgütsel Bağlılığın Aracılık Etkisi</t>
+          <t>Sağlık Yönetiminde Yeni Yaklaşımlar Diş Tedavisinde Nöropsikolojik Uygulamalar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258410761</t>
+          <t>9786258244311</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirici Liderlik</t>
+          <t>Kadın Yazınında Metinlerarasılık ve Çeviri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258410280</t>
+          <t>9786258244342</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Bölgesi’ndeki Köy Adlarında Oğuz Boylarının İzleri Ses, Şekil ve Köken Bilgisi Bakımından İnceleme</t>
+          <t>Kadın ve İş Yaşamı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258410747</t>
+          <t>9786258244243</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Anatomik Deformitelerin Yaşam Kalitesi Üzerine Etkisi</t>
+          <t>Medyalararasılık İlgili Kavramlar ve Edebiyat</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258410501</t>
+          <t>9786258244205</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizmi Hastaları İçin Kişisel Sağlık Bilgi Sistemleri</t>
+          <t>New Developments In Science and 	Mathematics</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258410662</t>
+          <t>9786258244236</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Söyle Bana</t>
+          <t>Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258410655</t>
+          <t>9786258244274</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tanımlan(a)mayan Belgeler: Efemera</t>
+          <t>Metaverse Evreninde Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258410600</t>
+          <t>9786258244151</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sinop Livası Meclis-i Umumi Kararları (Zabıt Ceridesi)</t>
+          <t>Kent Yoksulluğu ile Mücadele Rejimi: Sultanbeyli Örneği</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258410488</t>
+          <t>9786258244182</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Başlayarak Algoritma ve Programlama Öğrenme</t>
+          <t>İstiklal Marşı 100 Yıllık Bibliyografya</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258410617</t>
+          <t>9786258244007</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Robinson’un Bankası</t>
+          <t>İşletmelerde Stresin Çalışanlara Çoğaltan 	Etkisi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258410693</t>
+          <t>9786258244137</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 1</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258410631</t>
+          <t>9786258228557</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Macar Askeri Ataşesi Imre Nemeth’in Kaleminden Anadolu Manzaraları (1932)</t>
+          <t>Mezarlıkta Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258410570</t>
+          <t>9786258410921</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Enviromental Policy In Taiwan As a Model for Developing Countries</t>
+          <t>Afete Duyarlı Mekansal Çözümler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258410587</t>
+          <t>9786258410952</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Enzim Kinetiği Temelleri ve Deneysel Çalışma Rehberi</t>
+          <t>3. Uluslararası Çocuk Kütüphaneleri 	Sempozyumu Bildiriler Kitabı 27-29 Mayıs 2022 / Gaziantep</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258410150</t>
+          <t>9786258244113</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 1</t>
+          <t>Valide Turhan Sultan Kütüphanesi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258410167</t>
+          <t>9786258244250</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 2</t>
+          <t>Payitahtta Bir Casus Vambery</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258410471</t>
+          <t>9786258244335</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>The Role of Emotional Intelligence On Employee Creativity Through The Use Of Organizational Climate and Employee Learning Orientation: A Study In Turkish Retail Sector</t>
+          <t>Yeni Dünya Düzeninde Makro Planlama</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258410389</t>
+          <t>9786258410785</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hizmetkar Liderlik ile Belirli Psikolojik İş Çıktıları Arasındaki İlişki</t>
+          <t>Covid-19 Salgın Döneminin Kültürel Etkileşim ve Sosyalleşme Mekanı Olarak Halk Kütüphanelerine Etkisi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258410327</t>
+          <t>9786258410907</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Korkuluk Denemeler</t>
+          <t>Ahilik ve Yaran Kültürü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258410433</t>
+          <t>9786258410815</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ölçme ve Değerlendirme Boyutlarıyla Eğitim Yönetimi</t>
+          <t>Duygusal Sermayenin İşten Ayrılma Niyeti ve İş Tatmini Üzerindeki Etkisinde Örgütsel Bağlılığın Aracılık Etkisi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258410457</t>
+          <t>9786258410761</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimi ve Covid 19 Pandemi Süreci Boyutlarıyla: Yalın Yönetim</t>
+          <t>Güçlendirici Liderlik</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258410242</t>
+          <t>9786258410280</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kurum İçi Halkla İlişkiler Uygulamalarında Katılımcı Süreç Araçlarının Kullanımı</t>
+          <t>Akdeniz Bölgesi’ndeki Köy Adlarında Oğuz Boylarının İzleri Ses, Şekil ve Köken Bilgisi Bakımından İnceleme</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258410259</t>
+          <t>9786258410747</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Idilio y novela en la Espana ilustrada de Carlos - 4 - 1788 - 1808</t>
+          <t>Anatomik Deformitelerin Yaşam Kalitesi Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258461909</t>
+          <t>9786258410501</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Peter Stamm'ın Romanlarında Heterotopyalar</t>
+          <t>Sağlık Turizmi Hastaları İçin Kişisel Sağlık Bilgi Sistemleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258410334</t>
+          <t>9786258410662</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Yönetimi Technology Management</t>
+          <t>Üniversite Söyle Bana</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258410112</t>
+          <t>9786258410655</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Fethinin 450. Yılında Kıbrıs Adası</t>
+          <t>Tanımlan(a)mayan Belgeler: Efemera</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257499569</t>
+          <t>9786258410600</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Vietnam Savaşı Döneminde Türk-Amerikan İlişkileri (1965-1975)</t>
+          <t>Sinop Livası Meclis-i Umumi Kararları (Zabıt Ceridesi)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>207</v>
+        <v>265</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258410068</t>
+          <t>9786258410488</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Marc Format Bibliyografik Tanımlamanın 	Geleceği</t>
+          <t>Sıfırdan Başlayarak Algoritma ve Programlama Öğrenme</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258410136</t>
+          <t>9786258410617</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler İçin Dijital Dönüşüm ve Dijital Pazarlama Rehberi</t>
+          <t>Robinson’un Bankası</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258410037</t>
+          <t>9786258410693</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim Tasarımı ve Mizah</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258410082</t>
+          <t>9786258410631</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Davranışsal Finans</t>
+          <t>Macar Askeri Ataşesi Imre Nemeth’in Kaleminden Anadolu Manzaraları (1932)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>315</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258461053</t>
+          <t>9786258410570</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Akkaraman Koyunu ve Ankara Keçisinde Karın Boşluğu Arterleri Üzerinde Karşılaştırmalı Makroanatomik Araştırmalar</t>
+          <t>Enviromental Policy In Taiwan As a Model for Developing Countries</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258461855</t>
+          <t>9786258410587</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kağızman Coğrafya, Tarih, Kültür</t>
+          <t>Enzim Kinetiği Temelleri ve Deneysel Çalışma Rehberi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>520</v>
+        <v>160</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258461077</t>
+          <t>9786258410150</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Adbilim Açısından Yanlış Yazılan Kişi Adları “Kars İli Örneği”</t>
+          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 1</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257499927</t>
+          <t>9786258410167</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler 1</t>
+          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 2</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258461428</t>
+          <t>9786258410471</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>English Language Skills Police/Cadets Need</t>
+          <t>The Role of Emotional Intelligence On Employee Creativity Through The Use Of Organizational Climate and Employee Learning Orientation: A Study In Turkish Retail Sector</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258461466</t>
+          <t>9786258410389</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Babürname’de Fiilimsiler</t>
+          <t>Hizmetkar Liderlik ile Belirli Psikolojik İş Çıktıları Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258461695</t>
+          <t>9786258410327</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Çerçevesinde Engelliler</t>
+          <t>En Güzel Korkuluk Denemeler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258461602</t>
+          <t>9786258410433</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Sürecinde Türkiye’de Muhalif Basın (1939-1945)</t>
+          <t>Ölçme ve Değerlendirme Boyutlarıyla Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258461626</t>
+          <t>9786258410457</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Faslı Elçi Tamgruti'nin İstanbul Seyahati</t>
+          <t>Sağlık Yönetimi ve Covid 19 Pandemi Süreci Boyutlarıyla: Yalın Yönetim</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052815359</t>
+          <t>9786258410242</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Rusya ve İran'da Klasik İmparatorluk ve Siyasal Modernleşme: Patrimonyalizm Perspektifinden Bir İnce</t>
+          <t>Kurum İçi Halkla İlişkiler Uygulamalarında Katılımcı Süreç Araçlarının Kullanımı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258461589</t>
+          <t>9786258410259</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bilimsel İ'cazı</t>
+          <t>Idilio y novela en la Espana ilustrada de Carlos - 4 - 1788 - 1808</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258461787</t>
+          <t>9786258461909</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Antik Çağ’dan Fethe Kıbrıs’ta Türkler Sempozyumu</t>
+          <t>Peter Stamm'ın Romanlarında Heterotopyalar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052810446</t>
+          <t>9786258410334</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Current Academic Studies: Interdisciplinary Approach</t>
+          <t>Teknoloji Yönetimi Technology Management</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052810248</t>
+          <t>9786258410112</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yıkım Kriz ve Avrupa Birliği</t>
+          <t>Fethinin 450. Yılında Kıbrıs Adası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>515</v>
+        <v>600</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052137628</t>
+          <t>9786257499569</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukukunda Doğal Afetlerin Akitlere Etkisi</t>
+          <t>Vietnam Savaşı Döneminde Türk-Amerikan İlişkileri (1965-1975)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>207</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052137024</t>
+          <t>9786258410068</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Gençlik Politikaları</t>
+          <t>Marc Format Bibliyografik Tanımlamanın 	Geleceği</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052813263</t>
+          <t>9786258410136</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kadın Edebiyatçıların Romanlarında Kadın Öğesinin ve Duygusal İlişkilerin Sosyolojik Tahlili</t>
+          <t>İşletmeler İçin Dijital Dönüşüm ve Dijital Pazarlama Rehberi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052137444</t>
+          <t>9786258410037</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>El-Bab Seyahatnamesi</t>
+          <t>Görsel İletişim Tasarımı ve Mizah</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>410</v>
+        <v>260</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052137185</t>
+          <t>9786258410082</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Son Büyük Savunma Çanakkale’de İslam Coğrafyasından Şehitler</t>
+          <t>Finans ve Davranışsal Finans</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1495</v>
+        <v>315</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052015520</t>
+          <t>9786258461053</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yeni Belgeler Işığında Vazgeçilmeyen Topraklar Misak-ı Milli 2</t>
+          <t>Akkaraman Koyunu ve Ankara Keçisinde Karın Boşluğu Arterleri Üzerinde Karşılaştırmalı Makroanatomik Araştırmalar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>470</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052015636</t>
+          <t>9786258461855</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler ve Kütüphane Hizmetleri: İstanbul’da Belediye Kütüphaneleri</t>
+          <t>Kağızman Coğrafya, Tarih, Kültür</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>170</v>
+        <v>520</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944157483</t>
+          <t>9786258461077</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizminde Pazarlama Değişkenlerine Bir Bakış ve İstanbul Örneği</t>
+          <t>Adbilim Açısından Yanlış Yazılan Kişi Adları “Kars İli Örneği”</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257280594</t>
+          <t>9786257499927</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Eğitiminde Yenilikçi Araçlar ve Kullanımları</t>
+          <t>Örtük Dersler 1</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>245</v>
+        <v>380</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257280563</t>
+          <t>9786258461428</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bah-Name (Cinsel Sağlık) Terimleri Sözlüğü</t>
+          <t>English Language Skills Police/Cadets Need</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257280280</t>
+          <t>9786258461466</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>New Trends In Special Education</t>
+          <t>Babürname’de Fiilimsiler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257280068</t>
+          <t>9786258461695</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Yansıtıcı Düşünme Becerisi</t>
+          <t>Kur'an Çerçevesinde Engelliler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052813751</t>
+          <t>9786258461602</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim Yönetimi</t>
+          <t>İkinci Dünya Savaşı Sürecinde Türkiye’de Muhalif Basın (1939-1945)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257499187</t>
+          <t>9786258461626</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Eğitim Bilimlerinde Yeni Yönelimler</t>
+          <t>Faslı Elçi Tamgruti'nin İstanbul Seyahati</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>545</v>
+        <v>280</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257845526</t>
+          <t>9786052815359</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Son Bir Ayı</t>
+          <t>Rusya ve İran'da Klasik İmparatorluk ve Siyasal Modernleşme: Patrimonyalizm Perspektifinden Bir İnce</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>510</v>
+        <v>325</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052814017</t>
+          <t>9786258461589</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Spuren Der Soziokul Turellen Weldaastellung In Den Türkischen Deutschlehrbüchern Nach 1940 Stereotypenforschung</t>
+          <t>Kur'an'ın Bilimsel İ'cazı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052815700</t>
+          <t>9786258461787</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Diyalogla Öğretim Etkinliklerinin İngilizce Konuşma Becerisine Etkisi</t>
+          <t>Uluslararası Antik Çağ’dan Fethe Kıbrıs’ta Türkler Sempozyumu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052816486</t>
+          <t>9786052810446</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe C1-C2 Ders Kitabı İleri Düzey</t>
+          <t>Current Academic Studies: Interdisciplinary Approach</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052815052</t>
+          <t>9786052810248</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B2</t>
+          <t>Yaratıcı Yıkım Kriz ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>135</v>
+        <v>515</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052818664</t>
+          <t>9786052137628</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>İslam Borçlar Hukukunda Doğal Afetlerin Akitlere Etkisi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052818282</t>
+          <t>9786052137024</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Sosyal Medya Tutumlarının Akademik Güdülenmeye Etkisi</t>
+          <t>Türkiye’nin Gençlik Politikaları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052819869</t>
+          <t>9786052813263</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanelerinde Okul Öncesi Dönem</t>
+          <t>Türkiye’de Kadın Edebiyatçıların Romanlarında Kadın Öğesinin ve Duygusal İlişkilerin Sosyolojik Tahlili</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052818916</t>
+          <t>9786052137444</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Deutschstunde Almanca 1</t>
+          <t>El-Bab Seyahatnamesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>1400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052817728</t>
+          <t>9786052137185</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Fransızca’dan Türkçe’ye ve Türkçe’den Fransızca’ya Sanat Kamusu</t>
+          <t>Son Büyük Savunma Çanakkale’de İslam Coğrafyasından Şehitler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052815335</t>
+          <t>9786052015520</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler 2</t>
+          <t>Yeni Belgeler Işığında Vazgeçilmeyen Topraklar Misak-ı Milli 2</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052814451</t>
+          <t>9786052015636</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri B1-B2</t>
+          <t>Yerel Yönetimler ve Kütüphane Hizmetleri: İstanbul’da Belediye Kütüphaneleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052818626</t>
+          <t>9789944157483</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dictionnaire Français-Turc ou Hazine-i Lügat par Artin Hindoğlu</t>
+          <t>Sağlık Turizminde Pazarlama Değişkenlerine Bir Bakış ve İstanbul Örneği</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052819623</t>
+          <t>9786257280594</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumu Sürecinde 0-3 Yaş Çocuklara Akademik Dil Eğitimi</t>
+          <t>Dil ve Edebiyat Eğitiminde Yenilikçi Araçlar ve Kullanımları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052814215</t>
+          <t>9786257280563</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir Kariyer İçin Üniversite Hayatını Kullanma Kılavuzu</t>
+          <t>Bah-Name (Cinsel Sağlık) Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052813874</t>
+          <t>9786257280280</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Telkin Yöntemi ve Uygulaması</t>
+          <t>New Trends In Special Education</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052814147</t>
+          <t>9786257280068</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B1</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Yansıtıcı Düşünme Becerisi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052816189</t>
+          <t>9786052813751</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik</t>
+          <t>Karşılaştırmalı Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>335</v>
+        <v>260</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052814734</t>
+          <t>9786257499187</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hakeke Gaziantep Geleneksel Çocuk Oyunları Aracılığıyla Türkçe ve Matematik Öğretimi</t>
+          <t>Pandemi Sürecinde Eğitim Bilimlerinde Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>145</v>
+        <v>545</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052811887</t>
+          <t>9786257845526</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Modernlik Tahayyülü: Eğitim Gönüllüleri Vakfı Örneği</t>
+          <t>Üniversitelerin Son Bir Ayı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258410402</t>
+          <t>9786052814017</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Kuramlar, Modeller, Yaklaşımlar ve En Son Gelişmeler</t>
+          <t>Spuren Der Soziokul Turellen Weldaastellung In Den Türkischen Deutschlehrbüchern Nach 1940 Stereotypenforschung</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258461503</t>
+          <t>9786052815700</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar Boyutuyla Değerler Eğitimi</t>
+          <t>Diyalogla Öğretim Etkinliklerinin İngilizce Konuşma Becerisine Etkisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258461978</t>
+          <t>9786052816486</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>0-6 Yaşta Anne Baba Tutumlarının ve Oyunun Önemi</t>
+          <t>Yabancılar İçin Türkçe C1-C2 Ders Kitabı İleri Düzey</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258461442</t>
+          <t>9786052815052</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika ve Erdal İnönü</t>
+          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B2</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258410235</t>
+          <t>9786052818664</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dilde Erillik ve Dişillik Dilde Cinsiyet 	Tarafsızlığı ve Feminizm Hareketi Arasında 	Arapça</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>170</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258410525</t>
+          <t>9786052818282</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>E7 ve G7 Ülkelerinde Yüksek Teknolojili Ürün İhracatını Etkileyen Faktörler: Geleceğin Süper Gücü E7 Ülkeleri Teori Politika Uygulama</t>
+          <t>Üniversite Öğrencilerinin Sosyal Medya Tutumlarının Akademik Güdülenmeye Etkisi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258410365</t>
+          <t>9786052819869</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Güncel Gelişmeler</t>
+          <t>Çocuk Kütüphanelerinde Okul Öncesi Dönem</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258461954</t>
+          <t>9786052818916</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Süreci ve Lojistik Köyler</t>
+          <t>Deutschstunde Almanca 1</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>240</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257337308</t>
+          <t>9786052817728</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler 3</t>
+          <t>Fransızca’dan Türkçe’ye ve Türkçe’den Fransızca’ya Sanat Kamusu</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258461985</t>
+          <t>9786052815335</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Notlarım</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler 2</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258410013</t>
+          <t>9786052814451</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası Süreç Analizi</t>
+          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri B1-B2</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>385</v>
+        <v>375</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258410204</t>
+          <t>9786052818626</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ev Kızı</t>
+          <t>Dictionnaire Français-Turc ou Hazine-i Lügat par Artin Hindoğlu</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>285</v>
+        <v>500</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258461565</t>
+          <t>9786052819623</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Dersim Tarihinden Kesitler 2</t>
+          <t>Bilgi Toplumu Sürecinde 0-3 Yaş Çocuklara Akademik Dil Eğitimi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258461800</t>
+          <t>9786052814215</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Zenginliklerinin Değerlendirilmesi: Sürdürülebilir Madencilik Açısından Bir AHP Analizi</t>
+          <t>Başarılı Bir Kariyer İçin Üniversite Hayatını Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258461541</t>
+          <t>9786052813874</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
+          <t>Arapça Öğretiminde Telkin Yöntemi ve Uygulaması</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258461831</t>
+          <t>9786052814147</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Ayet, İbret Kavramları ve Aralarındaki Münasebet</t>
+          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B1</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258461527</t>
+          <t>9786052816189</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Almanca ve Türkçe’de Dil Bilgisel Zamanlar</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258461312</t>
+          <t>9786052814734</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt 3</t>
+          <t>Hakeke Gaziantep Geleneksel Çocuk Oyunları Aracılığıyla Türkçe ve Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>390</v>
+        <v>145</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258461305</t>
+          <t>9786052811887</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt: 2</t>
+          <t>Sivil Toplum ve Modernlik Tahayyülü: Eğitim Gönüllüleri Vakfı Örneği</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258461886</t>
+          <t>9786258410402</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Keşfi Katip Çelebi'yi Anlamak</t>
+          <t>Liderlik Kuramlar, Modeller, Yaklaşımlar ve En Son Gelişmeler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>960</v>
+        <v>560</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258461404</t>
+          <t>9786258461503</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut: Tıpkıbasım - Arap Harfli Metin - Çeviriyazı - Günümüz Türkçesi</t>
+          <t>Okul Öncesi Çocuklar Boyutuyla Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>4300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258461732</t>
+          <t>9786258461978</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Ali Yaşar'a Armağan Kitabı</t>
+          <t>0-6 Yaşta Anne Baba Tutumlarının ve Oyunun Önemi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>415</v>
+        <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257499798</t>
+          <t>9786258461442</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 17</t>
+          <t>Dış Politika ve Erdal İnönü</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>365</v>
+        <v>100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257499811</t>
+          <t>9786258410235</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 16</t>
+          <t>Dilde Erillik ve Dişillik Dilde Cinsiyet 	Tarafsızlığı ve Feminizm Hareketi Arasında 	Arapça</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258461817</t>
+          <t>9786258410525</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Pazarlama</t>
+          <t>E7 ve G7 Ülkelerinde Yüksek Teknolojili Ürün İhracatını Etkileyen Faktörler: Geleceğin Süper Gücü E7 Ülkeleri Teori Politika Uygulama</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258461640</t>
+          <t>9786258410365</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Posta Faaliyetleri ve Rum Propagandası</t>
+          <t>Uluslararası Ticarette Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258461367</t>
+          <t>9786258461954</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Tire Merkezdeki Osmanlı Devri Mezar Taşları</t>
+          <t>Pandemi Süreci ve Lojistik Köyler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258461480</t>
+          <t>9786257337308</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Housing Rights in Urban Transformation Projetcs</t>
+          <t>Örtük Dersler 3</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258461718</t>
+          <t>9786258461985</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanın İç Denetimi</t>
+          <t>Psikoloji Notlarım</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>460</v>
+        <v>185</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258461756</t>
+          <t>9786258410013</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mufassal Syrelerin Değer Merkezli Tefsiri: Nebe' - Nas</t>
+          <t>Kamu Politikası Süreç Analizi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>425</v>
+        <v>385</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258461138</t>
+          <t>9786258410204</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Finansal Matematik</t>
+          <t>Ev Kızı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258461213</t>
+          <t>9786258461565</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Toplam Kalite Yönetimi ve Liderlik</t>
+          <t>Tunceli Dersim Tarihinden Kesitler 2</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257499613</t>
+          <t>9786258461800</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Havacılık Tarihi ve Kıbrıslı Havacılar</t>
+          <t>Yer Altı Zenginliklerinin Değerlendirilmesi: Sürdürülebilir Madencilik Açısından Bir AHP Analizi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258461190</t>
+          <t>9786258461541</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Tefsir'de Usul Farklılığı</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258461015</t>
+          <t>9786258461831</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Technology Management And Industrial Policy Temip</t>
+          <t>Kur’an’da Ayet, İbret Kavramları ve Aralarındaki Münasebet</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258461008</t>
+          <t>9786258461527</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Epik Yasalar Penceresinden Elazığ Masalları</t>
+          <t>Almanca ve Türkçe’de Dil Bilgisel Zamanlar</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257499774</t>
+          <t>9786258461312</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Oryantalizm ve Bilgi Üretimi</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt 3</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>415</v>
+        <v>390</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257499859</t>
+          <t>9786258461305</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 1. Cilt</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt: 2</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>460</v>
+        <v>315</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257499873</t>
+          <t>9786258461886</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 2. Cilt</t>
+          <t>İslam Medeniyetinin Keşfi Katip Çelebi'yi Anlamak</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>425</v>
+        <v>960</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257499880</t>
+          <t>9786258461404</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 3. Cilt</t>
+          <t>Dede Korkut: Tıpkıbasım - Arap Harfli Metin - Çeviriyazı - Günümüz Türkçesi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>345</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258461107</t>
+          <t>9786258461732</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Millet Sisteminden Türk Ulusuna Giyim ve Kimlik</t>
+          <t>Mehmet Ali Yaşar'a Armağan Kitabı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>205</v>
+        <v>415</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257499583</t>
+          <t>9786257499798</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Parti İçi Demokrasi Üye Delege ve Yönetici Görüşlerinin Sosyolojik Analizi</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 17</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>430</v>
+        <v>365</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258461121</t>
+          <t>9786257499811</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Etik Çerçevesinde İklim Değişikliği ve Uyum</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 16</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258461152</t>
+          <t>9786258461817</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi Disiplinlerarası Bir Bakış</t>
+          <t>Sorularla Pazarlama</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257499958</t>
+          <t>9786258461640</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Görsel - İşitsel Çeviri</t>
+          <t>Posta Faaliyetleri ve Rum Propagandası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258461183</t>
+          <t>9786258461367</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kaynaklarının Tanımlanması ve Erişimi Rda</t>
+          <t>Tire Merkezdeki Osmanlı Devri Mezar Taşları</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>410</v>
+        <v>310</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258461268</t>
+          <t>9786258461480</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>On Labor - Foreigners İn Turkey For Beginners</t>
+          <t>Housing Rights in Urban Transformation Projetcs</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258461039</t>
+          <t>9786258461718</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Alanında Dil ve Anlam Uluslarası Çevrimiçi Sempozyumu Bildiriler Kitabı</t>
+          <t>Kur'an'da İnsanın İç Denetimi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257499972</t>
+          <t>9786258461756</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Lojistik ve Bütünleşik Bölge Uygulamaları</t>
+          <t>Mufassal Syrelerin Değer Merkezli Tefsiri: Nebe' - Nas</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257443968</t>
+          <t>9786258461138</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Yönetim 1</t>
+          <t>Finansal Matematik</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>1035</v>
+        <v>170</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257443951</t>
+          <t>9786258461213</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Yönetim 2</t>
+          <t>Örgütlerde Toplam Kalite Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>860</v>
+        <v>170</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257443647</t>
+          <t>9786257499613</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>KKTC Yargısının Saygınlığını Korumak ve Yargıyı Daha Saygın Hale Getirmek Nasıl Mümkün Olabilir?</t>
+          <t>Kıbrıs Havacılık Tarihi ve Kıbrıslı Havacılar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257499521</t>
+          <t>9786258461190</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Seçmeli Hukuk ve Adalet Dersi Öğretim Programı ve Uygulamasının Öğrenci ve Öğretmen Görüşlerine Göre Değerlendirilmesi</t>
+          <t>Tefsir'de Usul Farklılığı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257499682</t>
+          <t>9786258461015</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ben De Oradaydım 1</t>
+          <t>Technology Management And Industrial Policy Temip</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257499637</t>
+          <t>9786258461008</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>14. Ulusal Akustik Kongresi Bildiriler Kitabı</t>
+          <t>Epik Yasalar Penceresinden Elazığ Masalları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257499675</t>
+          <t>9786257499774</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ben De Oradaydım 2</t>
+          <t>Seyahat Oryantalizm ve Bilgi Üretimi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>305</v>
+        <v>415</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257499590</t>
+          <t>9786257499859</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Farklılıkların Yönetimi</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 1. Cilt</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>450</v>
+        <v>460</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257499651</t>
+          <t>9786257499873</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Antakyalı Bir Şair: Ömer Hilmi Tsey (1898-1961)</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 2. Cilt</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>140</v>
+        <v>425</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257499705</t>
+          <t>9786257499880</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Demiryolu Taşımacılığında Markalaşmanın Önemi</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 3. Cilt</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257499484</t>
+          <t>9786258461107</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ege Denizi Depremi Raporu (30.10.2020)</t>
+          <t>Osmanlı Millet Sisteminden Türk Ulusuna Giyim ve Kimlik</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>660</v>
+        <v>205</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257443890</t>
+          <t>9786257499583</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Dijital Dönüşüm</t>
+          <t>Parti İçi Demokrasi Üye Delege ve Yönetici Görüşlerinin Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257499347</t>
+          <t>9786258461121</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Blokzincir Uygulamaları</t>
+          <t>Etik Çerçevesinde İklim Değişikliği ve Uyum</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257443913</t>
+          <t>9786258461152</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Veri Analitiği ve Yapay Zeka</t>
+          <t>Proje Yönetimi Disiplinlerarası Bir Bakış</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257499422</t>
+          <t>9786257499958</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Birinci Basamak Sağlık Hizmetleri ve Covid-19 Pandemisi</t>
+          <t>Görsel - İşitsel Çeviri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>495</v>
+        <v>215</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257402163</t>
+          <t>9786258461183</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Afet Odaklı İletişim</t>
+          <t>Bilgi Kaynaklarının Tanımlanması ve Erişimi Rda</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>430</v>
+        <v>410</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257499545</t>
+          <t>9786258461268</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Juli Zeh’in Romanlarında Toplumsal ve Politik Unsurlar</t>
+          <t>On Labor - Foreigners İn Turkey For Beginners</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257499460</t>
+          <t>9786258461039</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Elazığ - Sivrice Depremi Raporu (24.01.2020)</t>
+          <t>Bilgi ve Belge Yönetimi Alanında Dil ve Anlam Uluslarası Çevrimiçi Sempozyumu Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>660</v>
+        <v>430</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257443920</t>
+          <t>9786257499972</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Halk Kütüphaneleri İçin Yenilikçi Örgüt Kültürü ve Stratejisi</t>
+          <t>Akıllı Lojistik ve Bütünleşik Bölge Uygulamaları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>515</v>
+        <v>390</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257443869</t>
+          <t>9786257443968</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Piyade Sınıfı Askerlerin Eğitimi</t>
+          <t>Bilgi Merkezlerinde Yönetim 1</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>415</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257443852</t>
+          <t>9786257443951</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Duman</t>
+          <t>Bilgi Merkezlerinde Yönetim 2</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>230</v>
+        <v>860</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257443821</t>
+          <t>9786257443647</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İhracatta Marka Teşvikleri ve Uluslararası Pazarlama Performansına Etkisi</t>
+          <t>KKTC Yargısının Saygınlığını Korumak ve Yargıyı Daha Saygın Hale Getirmek Nasıl Mümkün Olabilir?</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257443708</t>
+          <t>9786257499521</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimi Araştırmaları 2</t>
+          <t>Ortaokul Seçmeli Hukuk ve Adalet Dersi Öğretim Programı ve Uygulamasının Öğrenci ve Öğretmen Görüşlerine Göre Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>515</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257443623</t>
+          <t>9786257499682</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış Ocak 2015 Aralık 2015 Arası Yazılar ve Yorumlar Cilt 14</t>
+          <t>Ben De Oradaydım 1</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257443562</t>
+          <t>9786257499637</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Yorumbilimi Çevirmenin Anlam Süreci</t>
+          <t>14. Ulusal Akustik Kongresi Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257443548</t>
+          <t>9786257499675</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kültürü ve Kütüphaneler</t>
+          <t>Ben De Oradaydım 2</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>350</v>
+        <v>305</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257443081</t>
+          <t>9786257499590</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik Programı ve Mesleki Uygulamalar</t>
+          <t>Sağlık İşletmelerinde Farklılıkların Yönetimi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>515</v>
+        <v>450</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257443685</t>
+          <t>9786257499651</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Urfa’da Sağlık (1900-1950)</t>
+          <t>Antakyalı Bir Şair: Ömer Hilmi Tsey (1898-1961)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257443609</t>
+          <t>9786257499705</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir’de İktisadi ve Sosyal Hayat</t>
+          <t>Uluslararası Demiryolu Taşımacılığında Markalaşmanın Önemi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257443463</t>
+          <t>9786257499484</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ord. Prof. Dr. A. Süheyl Ünver’in Kaleminden Edirne</t>
+          <t>Ege Denizi Depremi Raporu (30.10.2020)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>600</v>
+        <v>660</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257402606</t>
+          <t>9786257443890</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakış Açısıyla Medya</t>
+          <t>Enerjide Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257402712</t>
+          <t>9786257499347</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Bağlamında İşletme Fonksiyonlarına Bakış</t>
+          <t>Uluslararası Ticarette Blokzincir Uygulamaları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>310</v>
+        <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257402637</t>
+          <t>9786257443913</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakışta Türk Kadını</t>
+          <t>Enerjide Veri Analitiği ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257402873</t>
+          <t>9786257499422</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Balkanlardan Göçen Toplulukların Yemek Kültürlerindeki Farklılıklar: Edirne İli Keşan İlçesi Köyleri Örneği</t>
+          <t>Birinci Basamak Sağlık Hizmetleri ve Covid-19 Pandemisi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>205</v>
+        <v>495</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257443500</t>
+          <t>9786257402163</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Motivasyon Teorileri</t>
+          <t>Afet Odaklı İletişim</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>285</v>
+        <v>430</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257402408</t>
+          <t>9786257499545</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
+          <t>Juli Zeh’in Romanlarında Toplumsal ve Politik Unsurlar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257339568</t>
+          <t>9786257499460</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Gönlümle Gördüklerim</t>
+          <t>Elazığ - Sivrice Depremi Raporu (24.01.2020)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>660</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257402323</t>
+          <t>9786257443920</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Göç Bibliyografyası 2. Makaleler</t>
+          <t>Türkiye’de Halk Kütüphaneleri İçin Yenilikçi Örgüt Kültürü ve Stratejisi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>575</v>
+        <v>515</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257402774</t>
+          <t>9786257443869</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kurumsal Yönetim İlkelerine Uyum Derecelendirmesi</t>
+          <t>Osmanlıda Piyade Sınıfı Askerlerin Eğitimi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>215</v>
+        <v>415</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257402811</t>
+          <t>9786257443852</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ar-Ge ve İnovasyon Faaliyetlerinin Büyüme İle İlişkisi - Kobi’ler Üzerine Bir İnceleme</t>
+          <t>Duman</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257402439</t>
+          <t>9786257443821</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanelerde İtibar Yönetimi: Paydaş Temelli Bir Model Önerisi</t>
+          <t>İhracatta Marka Teşvikleri ve Uluslararası Pazarlama Performansına Etkisi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257402422</t>
+          <t>9786257443708</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Kalite Algısının Müşteri Memnuniyeti Üzerindeki Etkisi GSM Sektöründe Bir Uygulama</t>
+          <t>İletişim Bilimi Araştırmaları 2</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>230</v>
+        <v>515</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257402361</t>
+          <t>9786257443623</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Devri Türk Romanında Kötülük</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış Ocak 2015 Aralık 2015 Arası Yazılar ve Yorumlar Cilt 14</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>515</v>
+        <v>385</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257402699</t>
+          <t>9786257443562</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatında Eser Çözümlemeleri</t>
+          <t>Çeviri Yorumbilimi Çevirmenin Anlam Süreci</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>555</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257402620</t>
+          <t>9786257443548</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Serbest Yatırım Fonları ve Uyguladıkları Stratejiler</t>
+          <t>Okuma Kültürü ve Kütüphaneler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257402736</t>
+          <t>9786257443081</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Miras Uygulamalarında Önleyici Koruma</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik Programı ve Mesleki Uygulamalar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>365</v>
+        <v>515</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257402538</t>
+          <t>9786257443685</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Waste Management For Municipalities In Turkey</t>
+          <t>Urfa’da Sağlık (1900-1950)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257402798</t>
+          <t>9786257443609</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bankalarda Kurumsal Yönetim ve İç Denetim</t>
+          <t>Maveraünnehir’de İktisadi ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257402187</t>
+          <t>9786257443463</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Meşahid-i Mevlid-i Ahmedi</t>
+          <t>Ord. Prof. Dr. A. Süheyl Ünver’in Kaleminden Edirne</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257402750</t>
+          <t>9786257402606</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Düşünce Yapısını Etkilemesi</t>
+          <t>Disiplinlerarası Bakış Açısıyla Medya</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257402040</t>
+          <t>9786257402712</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 2</t>
+          <t>Dijitalleşme Bağlamında İşletme Fonksiyonlarına Bakış</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>540</v>
+        <v>310</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257402668</t>
+          <t>9786257402637</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Eserlerinin Deyimler Sözlüğü ve Özdeyişler</t>
+          <t>Disiplinlerarası Bakışta Türk Kadını</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>830</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257402033</t>
+          <t>9786257402873</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 1</t>
+          <t>Balkanlardan Göçen Toplulukların Yemek Kültürlerindeki Farklılıklar: Edirne İli Keşan İlçesi Köyleri Örneği</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>575</v>
+        <v>205</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257402477</t>
+          <t>9786257443500</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları</t>
+          <t>Liderlik ve Motivasyon Teorileri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257339865</t>
+          <t>9786257402408</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Kimyası</t>
+          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257402002</t>
+          <t>9786257339568</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye’de Sosyal Medyada Etkileyici Pazarlama (Influencer Marketing)</t>
+          <t>Gönlümle Gördüklerim</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257339988</t>
+          <t>9786257402323</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Zigetvar Türbedarı Ali Dede Bosnevi’nin Hayatı, Eserleri ve Kırk Hadis Derlemeleri</t>
+          <t>Göç Bibliyografyası 2. Makaleler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257402385</t>
+          <t>9786257402774</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Türkiye’de Kurumsal Yönetim İlkelerine Uyum Derecelendirmesi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>172.5</v>
+        <v>215</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257402309</t>
+          <t>9786257402811</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>John Stuart Mill</t>
+          <t>Ar-Ge ve İnovasyon Faaliyetlerinin Büyüme İle İlişkisi - Kobi’ler Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>145</v>
+        <v>325</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257339841</t>
+          <t>9786257402439</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Etkilendiği ve Yorumladığı Batılı Şahsiyetler</t>
+          <t>Kütüphanelerde İtibar Yönetimi: Paydaş Temelli Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257339674</t>
+          <t>9786257402422</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Postmodernizme Sanat Tarihi Okumaları</t>
+          <t>Hizmet Kalite Algısının Müşteri Memnuniyeti Üzerindeki Etkisi GSM Sektöründe Bir Uygulama</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>970</v>
+        <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257402149</t>
+          <t>9786257402361</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Halka</t>
+          <t>Tanzimat Devri Türk Romanında Kötülük</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>225</v>
+        <v>515</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257402101</t>
+          <t>9786257402699</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Kazakça)</t>
+          <t>Resim Sanatında Eser Çözümlemeleri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>230</v>
+        <v>555</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257402132</t>
+          <t>9786257402620</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Rusça)</t>
+          <t>Serbest Yatırım Fonları ve Uyguladıkları Stratejiler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257402347</t>
+          <t>9786257402736</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Çalışmada Dikkat Edilmesi Gereken Hususlar</t>
+          <t>Kültürel Miras Uygulamalarında Önleyici Koruma</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257339483</t>
+          <t>9786257402538</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Mübadelede Tekirdağ</t>
+          <t>Waste Management For Municipalities In Turkey</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257339605</t>
+          <t>9786257402798</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yunusca Çeviri</t>
+          <t>Bankalarda Kurumsal Yönetim ve İç Denetim</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257339476</t>
+          <t>9786257402187</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Geschichte Der Kommunikationstechniken</t>
+          <t>Kitab-ı Meşahid-i Mevlid-i Ahmedi</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257339780</t>
+          <t>9786257402750</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ulusal Halk Kütüphanesi Stratejisi</t>
+          <t>Kur’an’ın Düşünce Yapısını Etkilemesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257339629</t>
+          <t>9786257402040</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>19. Asır Mevlevi Şairi Galatalı Safvet ve İbnülemin’in Kemalü’s - Safve’si</t>
+          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 2</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257339582</t>
+          <t>9786257402668</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Varlık Paylaşımı ve İnovasyon Uber ve Airbnb Örneği</t>
+          <t>Tanpınar Eserlerinin Deyimler Sözlüğü ve Özdeyişler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>170</v>
+        <v>830</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257339964</t>
+          <t>9786257402033</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Oğuz Karakartal Armağanı</t>
+          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 1</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>625</v>
+        <v>575</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257339926</t>
+          <t>9786257402477</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman ve Anlatıbilim</t>
+          <t>Çeviribilimin Paradigmaları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>420</v>
+        <v>245</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257339766</t>
+          <t>9786257339865</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Üzerine Hibrit Perspektiflerle Değerlendirmeler</t>
+          <t>Renklerin Kimyası</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>218.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257339889</t>
+          <t>9786257402002</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kitabiyat</t>
+          <t>Dünya ve Türkiye’de Sosyal Medyada Etkileyici Pazarlama (Influencer Marketing)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257339544</t>
+          <t>9786257339988</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
+          <t>Zigetvar Türbedarı Ali Dede Bosnevi’nin Hayatı, Eserleri ve Kırk Hadis Derlemeleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257339346</t>
+          <t>9786257402385</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim, Kurumsal Yönetim, Risk Yönetimi, İç Kontrol İlişkileri İle İç Denetim Fayda, Performans, Yönetim</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>210</v>
+        <v>172.5</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257280679</t>
+          <t>9786257402309</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 2</t>
+          <t>John Stuart Mill</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>890</v>
+        <v>145</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257280693</t>
+          <t>9786257339841</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 4</t>
+          <t>Tanpınar’ın Etkilendiği ve Yorumladığı Batılı Şahsiyetler</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>965</v>
+        <v>460</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257339032</t>
+          <t>9786257339674</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Sol Görüş Bağlamında Kıbrıs Meselesi!</t>
+          <t>Ortaçağ’dan Postmodernizme Sanat Tarihi Okumaları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>280</v>
+        <v>970</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257339254</t>
+          <t>9786257402149</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>1950’li Yıllarda Türkiye</t>
+          <t>Kayıp Halka</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257339209</t>
+          <t>9786257402101</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Urfası’nda Müslüman Kadın (1845-1915)</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Kazakça)</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257339360</t>
+          <t>9786257402132</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve İşletmeciler İçin Uygulamalı Temel Matematik</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Rusça)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257280990</t>
+          <t>9786257402347</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin İslami Bankacılık ve Finans</t>
+          <t>Uzaktan Çalışmada Dikkat Edilmesi Gereken Hususlar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257339094</t>
+          <t>9786257339483</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Marka ve Sürdürülebilirlik</t>
+          <t>Mübadelede Tekirdağ</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257339124</t>
+          <t>9786257339605</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Masalların Yapı Unsurlarının Çözümlemesi</t>
+          <t>Yunusca Çeviri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257339322</t>
+          <t>9786257339476</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar</t>
+          <t>Geschichte Der Kommunikationstechniken</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>365</v>
+        <v>230</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257339186</t>
+          <t>9786257339780</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yolsuzluk ve Usulsüzlük Olaylarının Türk Siyasetine Yansımaları (1923-1950)</t>
+          <t>Türkiye’de Ulusal Halk Kütüphanesi Stratejisi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257339285</t>
+          <t>9786257339629</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Else Günther Als Kinderbuchautorin Und Ihr Beitrag Zur Interkulturellen Erziehung</t>
+          <t>19. Asır Mevlevi Şairi Galatalı Safvet ve İbnülemin’in Kemalü’s - Safve’si</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257339247</t>
+          <t>9786257339582</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernleşme Bağlamında Sosyoekonomik Kimlikler: Mardin Örneği</t>
+          <t>Varlık Paylaşımı ve İnovasyon Uber ve Airbnb Örneği</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>430</v>
+        <v>170</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257339223</t>
+          <t>9786257339964</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Temizliğin Türkçesi</t>
+          <t>Prof. Dr. Oğuz Karakartal Armağanı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>385</v>
+        <v>625</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257280976</t>
+          <t>9786257339926</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler 1</t>
+          <t>Çizgi Roman ve Anlatıbilim</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257339148</t>
+          <t>9786257339766</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Gençlerin Tüketici Davranışı</t>
+          <t>Uluslararası Ticaret Üzerine Hibrit Perspektiflerle Değerlendirmeler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>215</v>
+        <v>218.5</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257339162</t>
+          <t>9786257339889</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Boyutları İle Uzaktan Eğitim</t>
+          <t>Kitabiyat</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>255</v>
+        <v>225</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257280938</t>
+          <t>9786257339544</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Interkulturele Zusammenarbeit am Beispiel Deutschen und Türkischen Mitarbeitern</t>
+          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257280891</t>
+          <t>9786257339346</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Politikaları ve Teknoloji Yönetimi</t>
+          <t>Stratejik Yönetim, Kurumsal Yönetim, Risk Yönetimi, İç Kontrol İlişkileri İle İç Denetim Fayda, Performans, Yönetim</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257280952</t>
+          <t>9786257280679</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Problem Çözme ve Eleştirel Düşünme Becerileri</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 2</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>225</v>
+        <v>890</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257280914</t>
+          <t>9786257280693</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kripto Para ve Blockchain Teknolojisi Ekonometrik Zaman Serisi Analizi</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 4</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>310</v>
+        <v>965</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257280877</t>
+          <t>9786257339032</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Arşivcilik</t>
+          <t>Belgelerle Sol Görüş Bağlamında Kıbrıs Meselesi!</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257280839</t>
+          <t>9786257339254</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Modern Technology and Communication</t>
+          <t>1950’li Yıllarda Türkiye</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>285</v>
+        <v>345</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257280518</t>
+          <t>9786257339209</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Edebi Belleğin Korunması, Dünyadaki Örnekleri ve İstanbul’daki Edebiyat Müzeleri</t>
+          <t>Osmanlı Urfası’nda Müslüman Kadın (1845-1915)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257280853</t>
+          <t>9786257339360</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluğun Kurumsal İtibara Etkisi</t>
+          <t>İktisat ve İşletmeciler İçin Uygulamalı Temel Matematik</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>385</v>
+        <v>140</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052812419</t>
+          <t>9786257280990</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Kamu İşyerlerinde ve Sendikalarda Mobbing Bakış Açısı</t>
+          <t>Yeni Başlayanlar İçin İslami Bankacılık ve Finans</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257845847</t>
+          <t>9786257339094</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İran Şairleri Sözlüğü</t>
+          <t>Marka ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257280471</t>
+          <t>9786257339124</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Araştırmaları 2</t>
+          <t>Masalların Yapı Unsurlarının Çözümlemesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257280433</t>
+          <t>9786257339322</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Perinatoloji İzlem ve Tedavi Yönergeleri</t>
+          <t>Türklük Bilimine Genç Bakışlar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257280235</t>
+          <t>9786257339186</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi Perspektifinde Sağlık Okuryazarlığı</t>
+          <t>Yolsuzluk ve Usulsüzlük Olaylarının Türk Siyasetine Yansımaları (1923-1950)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257280419</t>
+          <t>9786257339285</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Portföy Yönetiminde Finansal Teknolojiler</t>
+          <t>Else Günther Als Kinderbuchautorin Und Ihr Beitrag Zur Interkulturellen Erziehung</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257280570</t>
+          <t>9786257339247</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bartın Araştırmaları 1</t>
+          <t>Gelenek ve Modernleşme Bağlamında Sosyoekonomik Kimlikler: Mardin Örneği</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>345</v>
+        <v>430</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257845946</t>
+          <t>9786257339223</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ticari Diplomasi</t>
+          <t>Temizliğin Türkçesi</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257280457</t>
+          <t>9786257280976</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sanat, Sanatçılar ve Sanat Eğitimi</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler 1</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257280099</t>
+          <t>9786257339148</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ortak Düşman Covid-19</t>
+          <t>Sosyal Medyada Gençlerin Tüketici Davranışı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>30</v>
+        <v>215</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257280662</t>
+          <t>9786257339162</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019</t>
+          <t>Çeşitli Boyutları İle Uzaktan Eğitim</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>830</v>
+        <v>255</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257280495</t>
+          <t>9786257280938</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Ali Efendi Riyazü’r-Rahme</t>
+          <t>Interkulturele Zusammenarbeit am Beispiel Deutschen und Türkischen Mitarbeitern</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257280631</t>
+          <t>9786257280891</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Modernleşen Alevilikte Dini Otorite</t>
+          <t>Sanayi Politikaları ve Teknoloji Yönetimi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>260</v>
+        <v>205</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257280617</t>
+          <t>9786257280952</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Değişen Turizm Trendleri</t>
+          <t>Liderlik Problem Çözme ve Eleştirel Düşünme Becerileri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257280310</t>
+          <t>9786257280914</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yeraltı Edebiyatı</t>
+          <t>Kripto Para ve Blockchain Teknolojisi Ekonometrik Zaman Serisi Analizi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257280532</t>
+          <t>9786257280877</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Dijital(in) Ritmi</t>
+          <t>Arşivcilik</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>630</v>
+        <v>205</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257280204</t>
+          <t>9786257280839</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Masalların Tematik Çözümlemesi</t>
+          <t>Modern Technology and Communication</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>315</v>
+        <v>285</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052812358</t>
+          <t>9786257280518</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim Yönetiminde İleribildirim</t>
+          <t>Edebi Belleğin Korunması, Dünyadaki Örnekleri ve İstanbul’daki Edebiyat Müzeleri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052818855</t>
+          <t>9786257280853</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Değerler ve Yaşam Tarzı</t>
+          <t>Kurumsal Sosyal Sorumluluğun Kurumsal İtibara Etkisi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052818503</t>
+          <t>9786052812419</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Özel Okullarda Halkla İlişkiler ve İtibar</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Kamu İşyerlerinde ve Sendikalarda Mobbing Bakış Açısı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257280167</t>
+          <t>9786257845847</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Rahatu’n-Nüfus Üzerine Bir Dil İncelemesi</t>
+          <t>İran Şairleri Sözlüğü</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257280303</t>
+          <t>9786257280471</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Edebiyatı</t>
+          <t>Türk Edebiyatı Araştırmaları 2</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052817223</t>
+          <t>9786257280433</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kıbrısta Strateji Üçüncü Devlet Egemen İngiliz Üsleri ve ABD Varlığı</t>
+          <t>Perinatoloji İzlem ve Tedavi Yönergeleri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>345</v>
+        <v>320</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257280020</t>
+          <t>9786257280235</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Risk ve Kriz Yönetimi</t>
+          <t>Sağlık İletişimi Perspektifinde Sağlık Okuryazarlığı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257280051</t>
+          <t>9786257280419</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Deprem Fragmanları Van’dan Örnekler</t>
+          <t>Portföy Yönetiminde Finansal Teknolojiler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052817643</t>
+          <t>9786257280570</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dr. Derviş Eroğlu Siyaset, Spor ve Kıbrıs’ta Mücadele</t>
+          <t>Bartın Araştırmaları 1</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257280334</t>
+          <t>9786257845946</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Geleneksel Ayakkabı Sanatı</t>
+          <t>Ticari Diplomasi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>340</v>
+        <v>385</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257845885</t>
+          <t>9786257280457</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliğinin İşgören Performansı ve İş Doyumuna Etkileri</t>
+          <t>Sanat, Sanatçılar ve Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257280112</t>
+          <t>9786257280099</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Mekan</t>
+          <t>Ortak Düşman Covid-19</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>380</v>
+        <v>30</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257280266</t>
+          <t>9786257280662</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Bin Abdulmelik’in Hayatı İlmi Kişiliği ve "el-Mazbut Fi Şerhi'l-Maksud" Adlı Eseri</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>830</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257845922</t>
+          <t>9786257280495</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Bağlamında Hz. Peygamber’in Nübüvvet Süreci</t>
+          <t>Hüseyin Ali Efendi Riyazü’r-Rahme</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257280198</t>
+          <t>9786257280631</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yeni Küresel Düzende Büyüme, Eşitsizlik ve Kapsayıcılık İlişkisi</t>
+          <t>Modernleşen Alevilikte Dini Otorite</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257845960</t>
+          <t>9786257280617</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Bilgi ve Belge Yönetimi</t>
+          <t>Değişen Turizm Trendleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254004162</t>
+          <t>9786257280310</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Top Stent - Endovasküler Hibrid Travma ve Kanama Yönetimi Sanatı 1. Kitap</t>
+          <t>Türkiye’de Yeraltı Edebiyatı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257845786</t>
+          <t>9786257280532</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Tema: Yemek</t>
+          <t>Dijital(in) Ritmi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>340</v>
+        <v>630</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257845137</t>
+          <t>9786257280204</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Bankalarda Kredi Sürecinin İç Kontrol Sistemi Açısından Değerlendirilmesi</t>
+          <t>Masalların Tematik Çözümlemesi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>285</v>
+        <v>315</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257845823</t>
+          <t>9786052812358</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kadın Çalışmalarında Yansımalar</t>
+          <t>Kurumsal İletişim Yönetiminde İleribildirim</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257845618</t>
+          <t>9786052818855</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hamide Süeda’nın Mektupları</t>
+          <t>Pazarlamada Değerler ve Yaşam Tarzı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257845809</t>
+          <t>9786052818503</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Development and Education Studies</t>
+          <t>Özel Okullarda Halkla İlişkiler ve İtibar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>470</v>
+        <v>285</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052819708</t>
+          <t>9786257280167</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Savaş Tarihçiliğinden Tasvirli Bir Kesit</t>
+          <t>Rahatu’n-Nüfus Üzerine Bir Dil İncelemesi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>1495</v>
+        <v>700</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257845762</t>
+          <t>9786257280303</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Türk Sağlık Turizminde Fırsatlar ve Tehditler</t>
+          <t>Koronavirüs Edebiyatı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>345</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257845595</t>
+          <t>9786052817223</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Marka ve Marka Özgünlüğü (Uygulamalı)</t>
+          <t>Kıbrısta Strateji Üçüncü Devlet Egemen İngiliz Üsleri ve ABD Varlığı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257845656</t>
+          <t>9786257280020</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Dijital Gelecekte Mesleklerin ve Sektörlerin Dönüşümü</t>
+          <t>Bilgi Merkezlerinde Risk ve Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>645</v>
+        <v>430</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257845724</t>
+          <t>9786257280051</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>New Generation Studies In Electromembrane Extraction</t>
+          <t>Sosyal Bilimler Perspektifinden Deprem Fragmanları Van’dan Örnekler</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257845571</t>
+          <t>9786052817643</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sektörlerin ve Mesleklerin Geleceği</t>
+          <t>Dr. Derviş Eroğlu Siyaset, Spor ve Kıbrıs’ta Mücadele</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>530</v>
+        <v>280</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257845687</t>
+          <t>9786257280334</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İstila Filmleri</t>
+          <t>Türk Kültüründe Geleneksel Ayakkabı Sanatı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257845700</t>
+          <t>9786257845885</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 3</t>
+          <t>İş Sağlığı ve Güvenliğinin İşgören Performansı ve İş Doyumuna Etkileri</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257845366</t>
+          <t>9786257280112</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kütüphaneler El Kitabı</t>
+          <t>Bilgi Merkezlerinde Mekan</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>1030</v>
+        <v>380</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257845632</t>
+          <t>9786257280266</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Film Çevirisi - Dublajda Eşleme</t>
+          <t>Yusuf Bin Abdulmelik’in Hayatı İlmi Kişiliği ve "el-Mazbut Fi Şerhi'l-Maksud" Adlı Eseri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257845557</t>
+          <t>9786257845922</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Sosyoloji ve Antropoloji Bağlamında İncelemeler</t>
+          <t>Vahiy Bağlamında Hz. Peygamber’in Nübüvvet Süreci</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>515</v>
+        <v>240</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052817902</t>
+          <t>9786257280198</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Hukuk, Politika ve Aktörler</t>
+          <t>Yeni Küresel Düzende Büyüme, Eşitsizlik ve Kapsayıcılık İlişkisi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257845380</t>
+          <t>9786257845960</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Hayat Romanlardan Daha Tuhaf Selçuk Altun’un Romancılığı</t>
+          <t>Sağlıkta Bilgi ve Belge Yönetimi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>325</v>
+        <v>420</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257845465</t>
+          <t>9786254004162</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Merkez-Çevre İletişimsizliği Bağlamında Sason İsyanları</t>
+          <t>Top Stent - Endovasküler Hibrid Travma ve Kanama Yönetimi Sanatı 1. Kitap</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257845533</t>
+          <t>9786257845786</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Havacılık Sertifikasyonu</t>
+          <t>Sanatta Tema: Yemek</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052818671</t>
+          <t>9786257845137</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Rauf Bütün Telif Tiyatroları</t>
+          <t>Bankalarda Kredi Sürecinin İç Kontrol Sistemi Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>335</v>
+        <v>285</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257845069</t>
+          <t>9786257845823</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ratip Kazancıgil’in Kaleminden Edirne (2 Kitap Takım) (Ciltli)</t>
+          <t>Geçmişten Günümüze Kadın Çalışmalarında Yansımalar</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>435</v>
+        <v>450</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257845502</t>
+          <t>9786257845618</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Aydınlarının Bilgi ve Belge Yönetimi Çalışmaları</t>
+          <t>Hamide Süeda’nın Mektupları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257845441</t>
+          <t>9786257845809</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Migration Communication Adaptation</t>
+          <t>Development and Education Studies</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>245</v>
+        <v>470</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257845182</t>
+          <t>9786052819708</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Güç Santrallerinin Finansman Modeli ve Matematiksel Yaklaşımlar</t>
+          <t>Osmanlı Savaş Tarihçiliğinden Tasvirli Bir Kesit</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>230</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257845250</t>
+          <t>9786257845762</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Masal Kahramanlarının Tip Çözümlemesi</t>
+          <t>Türk Sağlık Turizminde Fırsatlar ve Tehditler</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257845328</t>
+          <t>9786257845595</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Serbest Cumhuriyet Fırkası İstanbul Teşkilatı ve Azınlıklar</t>
+          <t>Marka ve Marka Özgünlüğü (Uygulamalı)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257845427</t>
+          <t>9786257845656</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Toplumsal Cinsiyet Üzerine Tartışmalar</t>
+          <t>Dijital Gelecekte Mesleklerin ve Sektörlerin Dönüşümü</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>300</v>
+        <v>645</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257845489</t>
+          <t>9786257845724</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında Mahmut Soydan</t>
+          <t>New Generation Studies In Electromembrane Extraction</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257845205</t>
+          <t>9786257845571</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Romanında Ütopya (1923-1950)</t>
+          <t>Sektörlerin ve Mesleklerin Geleceği</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257845397</t>
+          <t>9786257845687</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Krizlerinin Çözümlenmesine İlişkin Yeni Yaklaşımlar</t>
+          <t>İstila Filmleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257845007</t>
+          <t>9786257845700</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Arşiv Kurumlarındaki Uygulamalarda Yenilikçi Yaklaşımlar</t>
+          <t>Ağrı - Akademik Makaleler 3</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257845281</t>
+          <t>9786257845366</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Saltanat Mücadeleleri</t>
+          <t>Dijital Kütüphaneler El Kitabı</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>410</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257845298</t>
+          <t>9786257845632</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Siyaset: Vedat Türkali Örneği</t>
+          <t>Film Çevirisi - Dublajda Eşleme</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257845304</t>
+          <t>9786257845557</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Samaniler Döneminde Buhara Şehri</t>
+          <t>Tarih, Sosyoloji ve Antropoloji Bağlamında İncelemeler</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>230</v>
+        <v>515</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257845106</t>
+          <t>9786052817902</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Halkla İlişkiler Kapsamında Kriz Yönetimi</t>
+          <t>Tarih, Hukuk, Politika ve Aktörler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257845236</t>
+          <t>9786257845380</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Her Derde Deva Mucizevi Bitki Zeytin ve Zeytinyağı Analizleri</t>
+          <t>Hayat Romanlardan Daha Tuhaf Selçuk Altun’un Romancılığı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257845151</t>
+          <t>9786257845465</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlarda</t>
+          <t>Tek Parti Döneminde Merkez-Çevre İletişimsizliği Bağlamında Sason İsyanları</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052819982</t>
+          <t>9786257845533</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Tükenmişlik, Yetenek Yönetimi ve Çalışan Performansı</t>
+          <t>Uygulamalı Havacılık Sertifikasyonu</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052819845</t>
+          <t>9786052818671</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Okumaları 2</t>
+          <t>Mehmet Rauf Bütün Telif Tiyatroları</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>450</v>
+        <v>335</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052819944</t>
+          <t>9786257845069</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski’den Grotowski’ye Meyerhold’den Brecht’e Oyunculukta Yöntem ve Rol Çalışmaları</t>
+          <t>Ratip Kazancıgil’in Kaleminden Edirne (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>230</v>
+        <v>435</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052819951</t>
+          <t>9786257845502</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türk Edebiyatının Büyük Realisti Celil Memmedkuluzade’nin Hikayelerinde Sosyal Tenkit</t>
+          <t>Osmanlı Aydınlarının Bilgi ve Belge Yönetimi Çalışmaları</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052818886</t>
+          <t>9786257845441</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Kütüphane Hizmetleri ve İstanbul Büyükşehir Belediyesi Örneği</t>
+          <t>Migration Communication Adaptation</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052818466</t>
+          <t>9786257845182</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yapılan Seçim İttifaklarının Seçim Sonuçlarına Etkisi</t>
+          <t>Nükleer Güç Santrallerinin Finansman Modeli ve Matematiksel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052819807</t>
+          <t>9786257845250</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimi Araştırmaları 1</t>
+          <t>Masal Kahramanlarının Tip Çözümlemesi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>630</v>
+        <v>420</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052819906</t>
+          <t>9786257845328</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Gazeteci Olmak</t>
+          <t>Serbest Cumhuriyet Fırkası İstanbul Teşkilatı ve Azınlıklar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052819784</t>
+          <t>9786257845427</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kredi Derecelendirme Sektörü</t>
+          <t>Medya ve Toplumsal Cinsiyet Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052819654</t>
+          <t>9786257845489</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika ve Yerel Yönetim İlişkisi:  Sultangazi Belediyesi Örneği</t>
+          <t>Türk Siyasi Hayatında Mahmut Soydan</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052819760</t>
+          <t>9786257845205</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İyiliği Emretme ve Kötülükten Sakındırma</t>
+          <t>Cumhuriyet Dönemi Türk Romanında Ütopya (1923-1950)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052819746</t>
+          <t>9786257845397</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İbrahim El-Lekani’nin Kelami Görüşleri</t>
+          <t>Kapitalizmin Krizlerinin Çözümlenmesine İlişkin Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>505</v>
+        <v>310</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052819821</t>
+          <t>9786257845007</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Hulasatü’l-Efkar Şerhu Muhtasari’l-Menar</t>
+          <t>Kütüphane ve Arşiv Kurumlarındaki Uygulamalarda Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052819678</t>
+          <t>9786257845281</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihinde Önemli Dönüm Noktaları: Orta Doğu ve Avrupa ile Siyasi Münasebetler</t>
+          <t>Selçuklularda Saltanat Mücadeleleri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052819258</t>
+          <t>9786257845298</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimlerinde Makale Hazırlama ve Yayımlama Teknikleri</t>
+          <t>Edebiyatta Siyaset: Vedat Türkali Örneği</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052819685</t>
+          <t>9786257845304</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat - Kültür ve Tarih Araştırmaları</t>
+          <t>Samaniler Döneminde Buhara Şehri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052818213</t>
+          <t>9786257845106</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yazma ve Eski Harfli Basma Eserlerde Bibliyografik Tanımlama</t>
+          <t>Stratejik Halkla İlişkiler Kapsamında Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052819395</t>
+          <t>9786257845236</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimeler Zaviyesinden Tanzimat Dönemi Gazeteleri</t>
+          <t>Her Derde Deva Mucizevi Bitki Zeytin ve Zeytinyağı Analizleri</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052818794</t>
+          <t>9786257845151</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Akademik Örgütlerde Çalışan Personelin Çatışma Nedenleri ve Sonuçları: Süleyman Demirel Üniversitesi’nde Bir Araştırma</t>
+          <t>Zor Zamanlarda</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052819548</t>
+          <t>9786052819982</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Yazıları - Prof. Dr. Ali Gültekin’e Armağan</t>
+          <t>Sağlık Kurumlarında Tükenmişlik, Yetenek Yönetimi ve Çalışan Performansı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052819487</t>
+          <t>9786052819845</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Suç Estetiği</t>
+          <t>Dijital Çağda İletişim Okumaları 2</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052819500</t>
+          <t>9786052819944</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri ve Yönetiminde Yapay Zeka</t>
+          <t>Stanislavski’den Grotowski’ye Meyerhold’den Brecht’e Oyunculukta Yöntem ve Rol Çalışmaları</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052819586</t>
+          <t>9786052819951</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Globale Veranderung Und Neues Medienleben</t>
+          <t>Azerbaycan Türk Edebiyatının Büyük Realisti Celil Memmedkuluzade’nin Hikayelerinde Sosyal Tenkit</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052819531</t>
+          <t>9786052818886</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezleri: Sağlık ve Afet Bilgi Yönetimi - Information Centers: Health and Disaster Information Management</t>
+          <t>Belediyelerde Kütüphane Hizmetleri ve İstanbul Büyükşehir Belediyesi Örneği</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>485</v>
+        <v>205</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052819562</t>
+          <t>9786052818466</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Hicri 5.-7. (M. 11.-13.) Yy.’da Hadis Çalışmaları ve Ahvazlı Hadisçiler</t>
+          <t>Türkiye’de Yapılan Seçim İttifaklarının Seçim Sonuçlarına Etkisi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052819142</t>
+          <t>9786052819807</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama Kavramı ve Kamu Sektörü Reklamlarının Geleneksel ve Sosyal Medya Üzerinden Duyurulması</t>
+          <t>İletişim Bilimi Araştırmaları 1</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>380</v>
+        <v>630</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052811900</t>
+          <t>9786052819906</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Lisanü’l-Etibba - Tabiplerin Dili</t>
+          <t>Doğu’da Gazeteci Olmak</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>760</v>
+        <v>200</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052819265</t>
+          <t>9786052819784</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Riskleri</t>
+          <t>Kredi Derecelendirme Sektörü</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052819340</t>
+          <t>9786052819654</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Sıfat Bu Aşka Da Gelir Aşığa Da</t>
+          <t>Sosyal Politika ve Yerel Yönetim İlişkisi:  Sultangazi Belediyesi Örneği</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052819425</t>
+          <t>9786052819760</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Rus Edebiyatında L. Ulitskaya, L. Petruşevskaya ve T. Tolstaya’nın Öykü Sanatı</t>
+          <t>Kur’an’da İyiliği Emretme ve Kötülükten Sakındırma</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052819128</t>
+          <t>9786052819746</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Biçim</t>
+          <t>İbrahim El-Lekani’nin Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>414</v>
+        <v>505</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052819180</t>
+          <t>9786052819821</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Belgelerin İmhası: Teori ve Uygulama</t>
+          <t>Hulasatü’l-Efkar Şerhu Muhtasari’l-Menar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>410</v>
+        <v>315</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052819401</t>
+          <t>9786052819678</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Fun With Literature Crossword Puzzles</t>
+          <t>Türk Siyasi Tarihinde Önemli Dönüm Noktaları: Orta Doğu ve Avrupa ile Siyasi Münasebetler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052818565</t>
+          <t>9786052819258</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 5</t>
+          <t>Sağlık Bilimlerinde Makale Hazırlama ve Yayımlama Teknikleri</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052819364</t>
+          <t>9786052819685</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Hurufat Defterleri (1690-1840)</t>
+          <t>Edebiyat - Kültür ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>555</v>
+        <v>450</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052819166</t>
+          <t>9786052818213</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Yeni Dünya Düzeninde Teknoloji Yönetimi ve İnsani Dijitalizasyon</t>
+          <t>Yazma ve Eski Harfli Basma Eserlerde Bibliyografik Tanımlama</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>530</v>
+        <v>350</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052819227</t>
+          <t>9786052819395</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Şehir Markalaşması Sürecinde Tüketici Temelli Marka Değerinin Ölçülmesi: Adıyaman İli Üzerine Bir Uygulama</t>
+          <t>Mukaddimeler Zaviyesinden Tanzimat Dönemi Gazeteleri</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052819289</t>
+          <t>9786052818794</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Trendleri Yeni Medya İletişim Teknoloji Toplum ve İş Dünyası İçin Perspektifler</t>
+          <t>Akademik Örgütlerde Çalışan Personelin Çatışma Nedenleri ve Sonuçları: Süleyman Demirel Üniversitesi’nde Bir Araştırma</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052819203</t>
+          <t>9786052819548</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çocuk-Gençlik Yazını Çevirisi Üzerine Bir İnceleme</t>
+          <t>Dil ve Edebiyat Yazıları - Prof. Dr. Ali Gültekin’e Armağan</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052819326</t>
+          <t>9786052819487</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İşletme 2.0: İşletmecilikte Yeni Trendler</t>
+          <t>Suç Estetiği</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052818824</t>
+          <t>9786052819500</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür ve Sosyal Medya Okumaları</t>
+          <t>Sağlık Hizmetleri ve Yönetiminde Yapay Zeka</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>465</v>
+        <v>310</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052819449</t>
+          <t>9786052819586</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>A Book On MTS: Multilateral Trade System</t>
+          <t>Globale Veranderung Und Neues Medienleben</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052819067</t>
+          <t>9786052819531</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Arif Ünal’a Armağan</t>
+          <t>Bilgi Merkezleri: Sağlık ve Afet Bilgi Yönetimi - Information Centers: Health and Disaster Information Management</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>410</v>
+        <v>485</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052819074</t>
+          <t>9786052819562</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Osmanlı Devleti’nin İdari Taksimatı (1839-1914)</t>
+          <t>Hicri 5.-7. (M. 11.-13.) Yy.’da Hadis Çalışmaları ve Ahvazlı Hadisçiler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>445</v>
+        <v>270</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052818930</t>
+          <t>9786052819142</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Alternatif Gazetecilik</t>
+          <t>Sosyal Pazarlama Kavramı ve Kamu Sektörü Reklamlarının Geleneksel ve Sosyal Medya Üzerinden Duyurulması</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052819036</t>
+          <t>9786052811900</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Şihabüddin El-Mercani’nin Usul-i Fıkıh Anlayışı</t>
+          <t>Lisanü’l-Etibba - Tabiplerin Dili</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>240</v>
+        <v>760</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052818978</t>
+          <t>9786052819265</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Marka Menuniyetinin Marka Sadakatine ve Güvenine Etkisi</t>
+          <t>Tedarik Zinciri Riskleri</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052819098</t>
+          <t>9786052819340</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalı Doğu - Batı Edebiyatı</t>
+          <t>Sıfat Bu Aşka Da Gelir Aşığa Da</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052819302</t>
+          <t>9786052819425</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Kuramları ve Çeviri Eğitimi</t>
+          <t>Çağdaş Rus Edebiyatında L. Ulitskaya, L. Petruşevskaya ve T. Tolstaya’nın Öykü Sanatı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>315</v>
+        <v>375</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052818909</t>
+          <t>9786052819128</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Salim Efendi Beşir-Name</t>
+          <t>Roman ve Biçim</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>335</v>
+        <v>414</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052817681</t>
+          <t>9786052819180</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Politik İstikrarsızlık ve Enerji Güvenliği Ekseninde Orta Doğu Ekonomileri</t>
+          <t>Elektronik Belgelerin İmhası: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>430</v>
+        <v>410</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052818749</t>
+          <t>9786052819401</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-İran Üzerine Okumalar</t>
+          <t>Fun With Literature Crossword Puzzles</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052818862</t>
+          <t>9786052818565</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme ve Halkla İlişkiler</t>
+          <t>Çeviribilimin Paradigmaları 5</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052818756</t>
+          <t>9786052819364</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Politikaları: Ekonomik ve Sosyal Eğilimler</t>
+          <t>Kastamonu Hurufat Defterleri (1690-1840)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>430</v>
+        <v>555</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052818954</t>
+          <t>9786052819166</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi İzmir Medrese ve Kütüphaneleri</t>
+          <t>Pandemi Sonrası Yeni Dünya Düzeninde Teknoloji Yönetimi ve İnsani Dijitalizasyon</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052818640</t>
+          <t>9786052819227</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Engelli Bireylerin Sosyal Medya Kullanmaları Üzerine Bir Araştırma</t>
+          <t>Şehir Markalaşması Sürecinde Tüketici Temelli Marka Değerinin Ölçülmesi: Adıyaman İli Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>275</v>
+        <v>385</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052818589</t>
+          <t>9786052819289</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Emirhan Yeniki’nin Hikayeciliği</t>
+          <t>Yeni Medya Trendleri Yeni Medya İletişim Teknoloji Toplum ve İş Dünyası İçin Perspektifler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052818985</t>
+          <t>9786052819203</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ceditçi Fıtrat ve Eserlerinden Örnekler</t>
+          <t>Çocuk-Gençlik Yazını Çevirisi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052818480</t>
+          <t>9786052819326</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Yöneticilerden Hayati Hikayeler</t>
+          <t>İşletme 2.0: İşletmecilikte Yeni Trendler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>470</v>
+        <v>255</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052818695</t>
+          <t>9786052818824</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Başarı Cepte</t>
+          <t>Dijital Kültür ve Sosyal Medya Okumaları</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>260</v>
+        <v>465</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052818787</t>
+          <t>9786052819449</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Kavramlar Temalar Yönelimler</t>
+          <t>A Book On MTS: Multilateral Trade System</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052818442</t>
+          <t>9786052819067</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş'ın Oluşum Süreci ve Türkiye'ye Etkileri (1939-1952)</t>
+          <t>Prof. Dr. Arif Ünal’a Armağan</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>515</v>
+        <v>410</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052818121</t>
+          <t>9786052819074</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun</t>
+          <t>19. Yüzyılda Osmanlı Devleti’nin İdari Taksimatı (1839-1914)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>415</v>
+        <v>445</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052818725</t>
+          <t>9786052818930</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Jandarmasının Mesleki ve Askeri Terbiyesi</t>
+          <t>Yeni Medya ve Alternatif Gazetecilik</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052818367</t>
+          <t>9786052819036</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türk Edebiyatının Büyük Romantiği Hüseyin Cavid</t>
+          <t>Şihabüddin El-Mercani’nin Usul-i Fıkıh Anlayışı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052818411</t>
+          <t>9786052818978</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu Sosyolojisi Işığında Türk Tiyatro Alanında Çevirinin Rolü ve Dostlar Tiyatrosunun Konumu</t>
+          <t>Marka Menuniyetinin Marka Sadakatine ve Güvenine Etkisi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052818541</t>
+          <t>9786052819098</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Tecrübe ve Eğitim</t>
+          <t>Bulmacalı Doğu - Batı Edebiyatı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052818060</t>
+          <t>9786052819302</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Kırsalında Bir Saha Çalışması</t>
+          <t>Çeviri Kuramları ve Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052818602</t>
+          <t>9786052818909</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Hangi Atilla İlhan?</t>
+          <t>Salim Efendi Beşir-Name</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>370</v>
+        <v>335</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052818527</t>
+          <t>9786052817681</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kimya</t>
+          <t>Politik İstikrarsızlık ve Enerji Güvenliği Ekseninde Orta Doğu Ekonomileri</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052816493</t>
+          <t>9786052818749</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Tarihi Romanlar</t>
+          <t>Türkiye-İran Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>1495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052818329</t>
+          <t>9786052818862</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Social Media Era</t>
+          <t>Toplumsal Değişme ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052810828</t>
+          <t>9786052818756</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Tourist Police For Tourism Security: A Model Proposal For Police Organizations</t>
+          <t>Sanayi Politikaları: Ekonomik ve Sosyal Eğilimler</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052817773</t>
+          <t>9786052818954</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler’de İlim, Kültür ve Sanat</t>
+          <t>Osmanlı Dönemi İzmir Medrese ve Kütüphaneleri</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>640</v>
+        <v>420</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052818138</t>
+          <t>9786052818640</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Balkanlar</t>
+          <t>Engelli Bireylerin Sosyal Medya Kullanmaları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052818190</t>
+          <t>9786052818589</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Doğu Akdeniz</t>
+          <t>Emirhan Yeniki’nin Hikayeciliği</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052818244</t>
+          <t>9786052818985</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Ortadoğu</t>
+          <t>Ceditçi Fıtrat ve Eserlerinden Örnekler</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052818015</t>
+          <t>9786052818480</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>2008 Global Kriz Dönemi ile Döviz Kuru Dalgalanmaları Döneminin Şirket Oranlarına Etkisi</t>
+          <t>Başarılı Yöneticilerden Hayati Hikayeler</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052817834</t>
+          <t>9786052818695</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler’de Siyasi ve Ekonomik İlişkiler</t>
+          <t>Başarı Cepte</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052818268</t>
+          <t>9786052818787</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>2008 Yılı ABD Kaynaklı Küresel Finansal Krizin Türkiye Ekonomisine Etkileri</t>
+          <t>Sosyoloji Kavramlar Temalar Yönelimler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052818398</t>
+          <t>9786052818442</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Online Alışverişte Karar Verme Stilleri Çelişki Risk ve Memnuniyet</t>
+          <t>Soğuk Savaş'ın Oluşum Süreci ve Türkiye'ye Etkileri (1939-1952)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>290</v>
+        <v>515</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052817704</t>
+          <t>9786052818121</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 2</t>
+          <t>Servet-i Fünun</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>205</v>
+        <v>415</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052818039</t>
+          <t>9786052818725</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Sosyal Medyada Tüketici Davranışları</t>
+          <t>Osmanlı Jandarmasının Mesleki ve Askeri Terbiyesi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052818107</t>
+          <t>9786052818367</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Evcilleştirmek: Türk Halk Kültüründe Ölüm Temelli Mizah</t>
+          <t>Azerbaycan Türk Edebiyatının Büyük Romantiği Hüseyin Cavid</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>315</v>
+        <v>430</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052818374</t>
+          <t>9786052818411</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Türk - Macar İlişkilerinde Tayyip Gökbilgin</t>
+          <t>Pierre Bourdieu Sosyolojisi Işığında Türk Tiyatro Alanında Çevirinin Rolü ve Dostlar Tiyatrosunun Konumu</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052818343</t>
+          <t>9786052818541</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Mezalimi ve Bulgar Vahşetleri</t>
+          <t>Tecrübe ve Eğitim</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052818084</t>
+          <t>9786052818060</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Şiiri Çevresinde - Ece Ayhan</t>
+          <t>Doğu Anadolu Kırsalında Bir Saha Çalışması</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052818169</t>
+          <t>9786052818602</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Reklam ve Marka Üçgeni</t>
+          <t>Hangi Atilla İlhan?</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052817766</t>
+          <t>9786052818527</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Açılan Kapı - İstanbul Üniversitesi Merkez Kütüphanesi 2012-2020</t>
+          <t>Kimya</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052817926</t>
+          <t>9786052816493</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Anlamsal Döngü ve Döngülü Sözcük Örnekleri</t>
+          <t>Türk Edebiyatında Tarihi Romanlar</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>180</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052817858</t>
+          <t>9786052818329</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Atizinden Atalar İzine - Berendi Köyü</t>
+          <t>Social Media Era</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052818299</t>
+          <t>9786052810828</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Şirvan ve Arran Bölgeleri Muhaddisleri</t>
+          <t>Tourist Police For Tourism Security: A Model Proposal For Police Organizations</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>235</v>
+        <v>160</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052817049</t>
+          <t>9786052817773</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu Döneminde İşveren ve İşçilerin İş Sağlığı ve Güvenliği Açısından Görev ve Sorumlulukları</t>
+          <t>Eyyubiler’de İlim, Kültür ve Sanat</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>250</v>
+        <v>640</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052817971</t>
+          <t>9786052818138</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Karar Destek Sistemleri (Veri Ambarı - Veri Madenciliği - Klinik KDS)</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Balkanlar</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052818183</t>
+          <t>9786052818190</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Suriyeliler - Entegrasyon Mümkün mü?</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Doğu Akdeniz</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052817247</t>
+          <t>9786052818244</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz-Akdeniz Kardeşliği Kıbrıs’ta Bereketçiler ve TMT Mücadelesi</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Ortadoğu</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>315</v>
+        <v>370</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052817995</t>
+          <t>9786052818015</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İdeoloji İlişkisi Bağlamında Türk Romanında Kıbrıs Meselesi (1955-2015)</t>
+          <t>2008 Global Kriz Dönemi ile Döviz Kuru Dalgalanmaları Döneminin Şirket Oranlarına Etkisi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052817957</t>
+          <t>9786052817834</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Karanlık Zamanları: İşkence</t>
+          <t>Eyyubiler’de Siyasi ve Ekonomik İlişkiler</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>590</v>
+        <v>420</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052817803</t>
+          <t>9786052818268</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>9 ve 14. Yüzyıllar Arası Yazılmış Arapça Tarih Kaynaklarında Terminoloji</t>
+          <t>2008 Yılı ABD Kaynaklı Küresel Finansal Krizin Türkiye Ekonomisine Etkileri</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052816455</t>
+          <t>9786052818398</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>SPA Su İle Gelen Güzellik</t>
+          <t>Online Alışverişte Karar Verme Stilleri Çelişki Risk ve Memnuniyet</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>830</v>
+        <v>290</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052817933</t>
+          <t>9786052817704</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sivil Havacılıkta Güncel Konular</t>
+          <t>Ağrı - Akademik Makaleler 2</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052815533</t>
+          <t>9786052818039</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Sıtma ve Mehmet Aziz Bey</t>
+          <t>Örneklerle Sosyal Medyada Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052817148</t>
+          <t>9786052818107</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Strateji, Espiyonaj, İntelijans ve Çatışma Kaynayan Kazan Akdeniz ve Kıbrıs</t>
+          <t>Ölümü Evcilleştirmek: Türk Halk Kültüründe Ölüm Temelli Mizah</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>345</v>
+        <v>315</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052817018</t>
+          <t>9786052818374</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs 1919 - 19 Mayıs 2019 / 100 Öncü Kadın</t>
+          <t>Türk - Macar İlişkilerinde Tayyip Gökbilgin</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>355</v>
+        <v>180</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052817513</t>
+          <t>9786052818343</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Türkiye’de Günlük Hayat  (1923-1950)</t>
+          <t>Rumeli Mezalimi ve Bulgar Vahşetleri</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052817742</t>
+          <t>9786052818084</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Üzerine Güncel Çalışmalar</t>
+          <t>İkinci Yeni Şiiri Çevresinde - Ece Ayhan</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052817483</t>
+          <t>9786052818169</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Uygulamaya Kent Güvenliği Yönetişimi</t>
+          <t>Sosyal Medya Reklam ve Marka Üçgeni</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052817889</t>
+          <t>9786052817766</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çocukları</t>
+          <t>Geçmişten Geleceğe Açılan Kapı - İstanbul Üniversitesi Merkez Kütüphanesi 2012-2020</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052817650</t>
+          <t>9786052817926</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Dili ve Edebiyatı Araştırmaları</t>
+          <t>Türkiye Türkçesinde Anlamsal Döngü ve Döngülü Sözcük Örnekleri</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052817629</t>
+          <t>9786052817858</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerde ve Kütüb-i Sitte’de Dersler ve İbretlerle Hz. Peygamber’in (S.A.V) Hayatı</t>
+          <t>Atizinden Atalar İzine - Berendi Köyü</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>600</v>
+        <v>315</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052817841</t>
+          <t>9786052818299</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Kültür Tarihi Araştırmaları</t>
+          <t>Şirvan ve Arran Bölgeleri Muhaddisleri</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>2760</v>
+        <v>235</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052811351</t>
+          <t>9786052817049</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Edirne’de Bitkisel Doğal Boyama</t>
+          <t>4857 Sayılı İş Kanunu Döneminde İşveren ve İşçilerin İş Sağlığı ve Güvenliği Açısından Görev ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>660</v>
+        <v>250</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052817445</t>
+          <t>9786052817971</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Deneyimsel Pazarlama ve Yeşil Davranış (Uygulamalı)</t>
+          <t>Karar Destek Sistemleri (Veri Ambarı - Veri Madenciliği - Klinik KDS)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>335</v>
+        <v>275</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052814918</t>
+          <t>9786052818183</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Aile İçi Şiddetine Genel Bakış</t>
+          <t>Türkiye’deki Suriyeliler - Entegrasyon Mümkün mü?</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052817551</t>
+          <t>9786052817247</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Kadın Konferans Bildirileri (İstanbul, 9 Mart 2019)</t>
+          <t>Karadeniz-Akdeniz Kardeşliği Kıbrıs’ta Bereketçiler ve TMT Mücadelesi</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052817575</t>
+          <t>9786052817995</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Türkleri'nin Büyük Göçü '89</t>
+          <t>Edebiyat ve İdeoloji İlişkisi Bağlamında Türk Romanında Kıbrıs Meselesi (1955-2015)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052817469</t>
+          <t>9786052817957</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Panopticism and Buchi Emecheta</t>
+          <t>Avrupa’nın Karanlık Zamanları: İşkence</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>165</v>
+        <v>590</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052817599</t>
+          <t>9786052817803</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>TBMM’de Gayrimüslim Milletvekilleri (1923 - 1964)</t>
+          <t>9 ve 14. Yüzyıllar Arası Yazılmış Arapça Tarih Kaynaklarında Terminoloji</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>470</v>
+        <v>190</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052817377</t>
+          <t>9786052816455</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Refah Devletlerinde İş Sağlığı ve Güvenliği Hizmetleri</t>
+          <t>SPA Su İle Gelen Güzellik</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>230</v>
+        <v>830</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052817322</t>
+          <t>9786052817933</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Halkbilim Dolayları</t>
+          <t>Sivil Havacılıkta Güncel Konular</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>375</v>
+        <v>185</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052817537</t>
+          <t>9786052815533</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hava Trafik Kontrolörü Performansını Etkileyen Faktörler Havalimanı Yer Seçimi ve Çalışma Koşulları</t>
+          <t>Kıbrıs’ta Sıtma ve Mehmet Aziz Bey</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052817506</t>
+          <t>9786052817148</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Yalova İli Yerli Ağzı</t>
+          <t>Strateji, Espiyonaj, İntelijans ve Çatışma Kaynayan Kazan Akdeniz ve Kıbrıs</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>540</v>
+        <v>345</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052817414</t>
+          <t>9786052817018</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Madeni Takılar Üzerine Bir Analiz</t>
+          <t>19 Mayıs 1919 - 19 Mayıs 2019 / 100 Öncü Kadın</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>1025</v>
+        <v>355</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052817391</t>
+          <t>9786052817513</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Fedai Dergisi’nde Komünizm (1963-1979)</t>
+          <t>Tek Parti Döneminde Türkiye’de Günlük Hayat  (1923-1950)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>170</v>
+        <v>385</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052817186</t>
+          <t>9786052817742</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Osmanlı Öncesi Türkler Sempozyumu</t>
+          <t>Örgütsel Davranış Üzerine Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052817261</t>
+          <t>9786052817483</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Göç Bibliyografyası</t>
+          <t>Teoriden Uygulamaya Kent Güvenliği Yönetişimi</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052817315</t>
+          <t>9786052817889</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Araçları - Medya</t>
+          <t>Denizin Çocukları</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052816769</t>
+          <t>9786052817650</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Mean Stack ile Yazılım Geliştirme</t>
+          <t>İspanyol Dili ve Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>345</v>
+        <v>310</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052817209</t>
+          <t>9786052817629</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>İş, Emek, Göç Kıbrıs 1974</t>
+          <t>Ayetlerde ve Kütüb-i Sitte’de Dersler ve İbretlerle Hz. Peygamber’in (S.A.V) Hayatı</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>315</v>
+        <v>600</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052816943</t>
+          <t>9786052817841</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Teknoloji Temel Bilimler ve Uygulamalı Bilimler Fakülteleri İçin Python ve Matlab ile Bilişi Matematiği</t>
+          <t>Sanat ve Kültür Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>690</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052817070</t>
+          <t>9786052811351</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Hamza-Name 67. Cilt</t>
+          <t>Edirne’de Bitkisel Doğal Boyama</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>610</v>
+        <v>660</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052817087</t>
+          <t>9786052817445</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Hamza-Name 70. Cilt</t>
+          <t>Deneyimsel Pazarlama ve Yeşil Davranış (Uygulamalı)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>515</v>
+        <v>335</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052816967</t>
+          <t>9786052814918</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Yazının Elinden Tutmak</t>
+          <t>Kadına Yönelik Aile İçi Şiddetine Genel Bakış</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>560</v>
+        <v>160</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052816936</t>
+          <t>9786052817551</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Mutezile İmamet Düşüncesinde Osmani Tavır Cahız’ın İmamet Teorisi</t>
+          <t>Türk Dünyasında Kadın Konferans Bildirileri (İstanbul, 9 Mart 2019)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052816660</t>
+          <t>9786052817575</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 2</t>
+          <t>Bulgaristan Türkleri'nin Büyük Göçü '89</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052816646</t>
+          <t>9786052817469</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1</t>
+          <t>Panopticism and Buchi Emecheta</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>345</v>
+        <v>165</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052817285</t>
+          <t>9786052817599</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetimi (Uygulamalı)</t>
+          <t>TBMM’de Gayrimüslim Milletvekilleri (1923 - 1964)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>475</v>
+        <v>470</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052817025</t>
+          <t>9786052817377</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Hatay (Anavatana Katılışının 80. Yıl Armağanı)</t>
+          <t>Refah Devletlerinde İş Sağlığı ve Güvenliği Hizmetleri</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>670</v>
+        <v>230</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052816158</t>
+          <t>9786052817322</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasını Yeniden Okumak</t>
+          <t>Halkbilim Dolayları</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052816714</t>
+          <t>9786052817537</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Kavaid-i Osmaniye</t>
+          <t>Hava Trafik Kontrolörü Performansını Etkileyen Faktörler Havalimanı Yer Seçimi ve Çalışma Koşulları</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052816783</t>
+          <t>9786052817506</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>Yalova İli Yerli Ağzı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>620</v>
+        <v>540</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052816981</t>
+          <t>9786052817414</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Döneminde Taşköprü Kazası'nın Sosyal ve Ekonomik Tarihi</t>
+          <t>Etnografik Madeni Takılar Üzerine Bir Analiz</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>515</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052816905</t>
+          <t>9786052817391</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Jeolojiye Giriş</t>
+          <t>Fedai Dergisi’nde Komünizm (1963-1979)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052816820</t>
+          <t>9786052817186</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İyiliği İçin Çocuk Kütüphaneleri</t>
+          <t>Kıbrıs’ta Osmanlı Öncesi Türkler Sempozyumu</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>410</v>
+        <v>265</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052816875</t>
+          <t>9786052817261</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Aristophanes Atlılar</t>
+          <t>Göç Bibliyografyası</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>205</v>
+        <v>310</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052816851</t>
+          <t>9786052817315</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Academic Studies in Social, Human and Administrative Sciences Intraders 2019</t>
+          <t>Kitle İletişim Araçları - Medya</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052816738</t>
+          <t>9786052816769</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Meclis Tutanaklarının Mantıksal Açıdan İncelenmesi</t>
+          <t>Mean Stack ile Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052816950</t>
+          <t>9786052817209</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Sünnete Farklı Yaklaşımlar</t>
+          <t>İş, Emek, Göç Kıbrıs 1974</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>260</v>
+        <v>315</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052816752</t>
+          <t>9786052816943</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Van Gölü Havzası’nda Kamu Yatırımları ve Harcamaları (1946-1960)</t>
+          <t>Mühendislik Teknoloji Temel Bilimler ve Uygulamalı Bilimler Fakülteleri İçin Python ve Matlab ile Bilişi Matematiği</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>355</v>
+        <v>690</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052816417</t>
+          <t>9786052817070</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Algılanan Ebeveyn Tutumlarının Koşullu Öz - Değerde ve Depresyondaki Yeri</t>
+          <t>Hamza-Name 67. Cilt</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>170</v>
+        <v>610</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052813812</t>
+          <t>9786052817087</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Milattan Önce</t>
+          <t>Hamza-Name 70. Cilt</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>210</v>
+        <v>515</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052816806</t>
+          <t>9786052816967</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kemal Sunal Filmlerinde Folklor ve Mizah</t>
+          <t>Yazının Elinden Tutmak</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>470</v>
+        <v>560</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052816691</t>
+          <t>9786052816936</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Güneydoğu Anadolu (Gaziantep-Mardin-Urfa)’ya Yapılan Kamu Harcamaları ve Yatırımlar (1923-1950)</t>
+          <t>Mutezile İmamet Düşüncesinde Osmani Tavır Cahız’ın İmamet Teorisi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>515</v>
+        <v>180</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052816202</t>
+          <t>9786052816660</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik El Kitabı</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 2</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>400</v>
+        <v>295</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052816554</t>
+          <t>9786052816646</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Abdullah Efendi Abdi İrşad-ı Ezkiya - Manzum Bir Nahiv</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052816134</t>
+          <t>9786052817285</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Yörükler Böyle Ölür - Hikayelerle Anadolu Kültürü</t>
+          <t>Marka Yönetimi (Uygulamalı)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052816240</t>
+          <t>9786052817025</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Finansal Performans</t>
+          <t>Hatay (Anavatana Katılışının 80. Yıl Armağanı)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>315</v>
+        <v>670</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052816592</t>
+          <t>9786052816158</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Edebiyat ve Tarih Araştırmaları</t>
+          <t>Türk Sinemasını Yeniden Okumak</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052816325</t>
+          <t>9786052816714</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphanelerinde Derme Geliştirme Politikaları: Türkiye İçin Bir Değerlendirme</t>
+          <t>Külliyat-ı Kavaid-i Osmaniye</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052816479</t>
+          <t>9786052816783</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Din'in Anlaşılmasında Dil'in Rolü</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>310</v>
+        <v>620</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052815502</t>
+          <t>9786052816981</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayanlardan Kıbrıs Havaları</t>
+          <t>Osmanlı Klasik Döneminde Taşköprü Kazası'nın Sosyal ve Ekonomik Tarihi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>175</v>
+        <v>515</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052816547</t>
+          <t>9786052816905</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hırsızlık Suçu</t>
+          <t>Jeolojiye Giriş</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052816431</t>
+          <t>9786052816820</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Hala Umut Var...</t>
+          <t>Dünyanın İyiliği İçin Çocuk Kütüphaneleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>170</v>
+        <v>410</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052816578</t>
+          <t>9786052816875</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında Hakkı Batıldan Ayırma</t>
+          <t>Aristophanes Atlılar</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052816523</t>
+          <t>9786052816851</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Araştırmaları</t>
+          <t>Academic Studies in Social, Human and Administrative Sciences Intraders 2019</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052816349</t>
+          <t>9786052816738</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Ebussuud Efendi Tefsiri’nin Tefsir Usulü Açısından İncelenmesi</t>
+          <t>Meclis Tutanaklarının Mantıksal Açıdan İncelenmesi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052816264</t>
+          <t>9786052816950</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Organizasyonlar</t>
+          <t>Sünnete Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052814581</t>
+          <t>9786052816752</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Şair-i Mader-zad İsmail Safa Bütün Şiirleri</t>
+          <t>Van Gölü Havzası’nda Kamu Yatırımları ve Harcamaları (1946-1960)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>830</v>
+        <v>355</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052814604</t>
+          <t>9786052816417</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Davut Paşa Külliyesi Haziresi ve Mezar Taşları</t>
+          <t>Algılanan Ebeveyn Tutumlarının Koşullu Öz - Değerde ve Depresyondaki Yeri</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>920</v>
+        <v>170</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052816028</t>
+          <t>9786052813812</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji ve Sanat Tarihi Araştırmaları</t>
+          <t>Milattan Önce</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>1495</v>
+        <v>210</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052816141</t>
+          <t>9786052816806</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yeni Assur Krallığı'nın Kuzeybatı İran Politikaları ve Kültürel Yansımaları</t>
+          <t>Kemal Sunal Filmlerinde Folklor ve Mizah</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>255</v>
+        <v>470</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052816103</t>
+          <t>9786052816691</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Safvetü't Tefasirde Beyan, Bedi ve Meani İlimleri</t>
+          <t>Cumhuriyet Döneminde Güneydoğu Anadolu (Gaziantep-Mardin-Urfa)’ya Yapılan Kamu Harcamaları ve Yatırımlar (1923-1950)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>225</v>
+        <v>515</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052816233</t>
+          <t>9786052816202</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Vanda Göç Hareketleri</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik El Kitabı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>205</v>
+        <v>400</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052816288</t>
+          <t>9786052816554</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Mağfiret</t>
+          <t>Vassaf Abdullah Efendi Abdi İrşad-ı Ezkiya - Manzum Bir Nahiv</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052816301</t>
+          <t>9786052816134</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>İslam Eşya Hukuku</t>
+          <t>Yörükler Böyle Ölür - Hikayelerle Anadolu Kültürü</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052816363</t>
+          <t>9786052816240</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ Örgütlerinde Güncel Yönetim Konuları</t>
+          <t>Sağlık İşletmelerinde Finansal Performans</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052816011</t>
+          <t>9786052816592</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Artvin'deki Bir Grup Orta Çağ Bagratlı Dönemi Kilise Mimarisinde Bizans Etkileri</t>
+          <t>Düşünce Edebiyat ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>830</v>
+        <v>460</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052816097</t>
+          <t>9786052816325</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfak Kültürümüzde Aşurenin Tarihsel Süreci</t>
+          <t>Halk Kütüphanelerinde Derme Geliştirme Politikaları: Türkiye İçin Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052816066</t>
+          <t>9786052816479</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Descartes Felsefesine Giriş</t>
+          <t>Din'in Anlaşılmasında Dil'in Rolü</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052816073</t>
+          <t>9786052815502</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Kuzeybatı Kıpçakçası Fiil Yapım Ekleri ve Tarihi Karşılaştırmalı Etimolojik Fiil Sözlüğü</t>
+          <t>Unutulmayanlardan Kıbrıs Havaları</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>515</v>
+        <v>175</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052815564</t>
+          <t>9786052816547</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi</t>
+          <t>İslam Hukukunda Hırsızlık Suçu</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052815977</t>
+          <t>9786052816431</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Tarihinde Boğa - Öküz</t>
+          <t>Hala Umut Var...</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052815298</t>
+          <t>9786052816578</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Arap - İslam Dünyasında Tarih Yazıcılığı</t>
+          <t>Kur'an'ın Işığında Hakkı Batıldan Ayırma</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052815892</t>
+          <t>9786052816523</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 1</t>
+          <t>Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052815960</t>
+          <t>9786052816349</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Koçarlı (Aydın) Halk Kültürü</t>
+          <t>Ebussuud Efendi Tefsiri’nin Tefsir Usulü Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>410</v>
+        <v>375</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052815878</t>
+          <t>9786052816264</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Vilayat-ı Sitte’den Amerika’ya Transatlantik Göç (1908 - 1914)</t>
+          <t>Öğrenen Organizasyonlar</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052815991</t>
+          <t>9786052814581</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Örgüt Kültürü ve Bilgi Yönetimi</t>
+          <t>Şair-i Mader-zad İsmail Safa Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>315</v>
+        <v>830</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052815946</t>
+          <t>9786052814604</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğlence Kültüründe Giresun Yayla Şenliklerinin Yeri</t>
+          <t>İstanbul Davut Paşa Külliyesi Haziresi ve Mezar Taşları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>390</v>
+        <v>920</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052815915</t>
+          <t>9786052816028</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Sonrası Ortadoğu</t>
+          <t>Arkeoloji ve Sanat Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>510</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052815793</t>
+          <t>9786052816141</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Tanzimattan Sonra Evkaf İdarelerinin Yeniden Yapılandırılması Kapsamında Maraş Evkaf Müdürlüğü’nün Kuruluşu</t>
+          <t>Yeni Assur Krallığı'nın Kuzeybatı İran Politikaları ve Kültürel Yansımaları</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052815762</t>
+          <t>9786052816103</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>İngiltere, Fransa, Amerika Birleşik Devletleri ve Türkiye’de Laiklik Uygulamaları: Karşılaştırmalı Bir Analiz</t>
+          <t>Safvetü't Tefasirde Beyan, Bedi ve Meani İlimleri</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>470</v>
+        <v>225</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052815816</t>
+          <t>9786052816233</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kayıtdışı İstihdamın Engellenmesi ve İyi   Uygulama Örnekleri</t>
+          <t>Vanda Göç Hareketleri</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052815724</t>
+          <t>9786052816288</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Havayollarında Hizmet</t>
+          <t>Kur'an'da Mağfiret</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052815830</t>
+          <t>9786052816301</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kültür Sanat Kenti Edirne</t>
+          <t>İslam Eşya Hukuku</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>745</v>
+        <v>300</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052815663</t>
+          <t>9786052816363</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arşiv Belgelerine Göre Çukurova (Anavarza) Çiftlikat-ı Hümayün-u Askerisi</t>
+          <t>Dijital Çağ Örgütlerinde Güncel Yönetim Konuları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052815748</t>
+          <t>9786052816011</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle İletişim ve Halkla İlişkiler</t>
+          <t>Artvin'deki Bir Grup Orta Çağ Bagratlı Dönemi Kilise Mimarisinde Bizans Etkileri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>260</v>
+        <v>830</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052815618</t>
+          <t>9786052816097</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Üretim İşletmelerinin Lojistik Faaliyetlerinde Süreçsel Etkinliğin Başarı Dinamikleri</t>
+          <t>Türk Mutfak Kültürümüzde Aşurenin Tarihsel Süreci</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052815786</t>
+          <t>9786052816066</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Nutuk’u Anlamak</t>
+          <t>Descartes Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052815519</t>
+          <t>9786052816073</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Vergi Kayıp ve Kaçaklarının Önlenmesinde Meslek Mensupları ve Bağımsız Denetçilerin Etkinliği: İzmir İli Örneği</t>
+          <t>Tarihi Kuzeybatı Kıpçakçası Fiil Yapım Ekleri ve Tarihi Karşılaştırmalı Etimolojik Fiil Sözlüğü</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>430</v>
+        <v>515</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052815670</t>
+          <t>9786052815564</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Araştırmaları</t>
+          <t>Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>395</v>
+        <v>430</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052815649</t>
+          <t>9786052815977</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Elif ile Mahmut Hikayesi</t>
+          <t>Türk Kültür Tarihinde Boğa - Öküz</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>445</v>
+        <v>340</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052815489</t>
+          <t>9786052815298</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Asurbanipal Kütüphanesi</t>
+          <t>Arap - İslam Dünyasında Tarih Yazıcılığı</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052815175</t>
+          <t>9786052815892</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin El Kitabı</t>
+          <t>Ağrı - Akademik Makaleler 1</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052815151</t>
+          <t>9786052815960</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Çorum Kent Morfolojisi</t>
+          <t>Koçarlı (Aydın) Halk Kültürü</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>660</v>
+        <v>410</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052815458</t>
+          <t>9786052815878</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Eray Canberk’in Şiiri ve Şiircesi</t>
+          <t>Vilayat-ı Sitte’den Amerika’ya Transatlantik Göç (1908 - 1914)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052815311</t>
+          <t>9786052815991</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka, Yaşam Tatmini ve İş Performansı Arasındaki İlişkilerin İncelenmesi</t>
+          <t>Hastanelerde Örgüt Kültürü ve Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052815236</t>
+          <t>9786052815946</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Paul Auster ve Arketip Eleştiri</t>
+          <t>Türk Eğlence Kültüründe Giresun Yayla Şenliklerinin Yeri</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>215</v>
+        <v>390</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052815441</t>
+          <t>9786052815915</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığın Sosyolojisi: Değişen Arkadaşlık İlişkileri Üzerine Bir Araştırma (Mardin Örneği)</t>
+          <t>Arap Baharı Sonrası Ortadoğu</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>515</v>
+        <v>510</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052815403</t>
+          <t>9786052815793</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Deizm Eleştirisi ve Yapılması Gerekenler</t>
+          <t>Tanzimattan Sonra Evkaf İdarelerinin Yeniden Yapılandırılması Kapsamında Maraş Evkaf Müdürlüğü’nün Kuruluşu</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052815250</t>
+          <t>9786052815762</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devlet Modernleşmesinin Taşraya Yansıması</t>
+          <t>İngiltere, Fransa, Amerika Birleşik Devletleri ve Türkiye’de Laiklik Uygulamaları: Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>285</v>
+        <v>470</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052814970</t>
+          <t>9786052815816</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Edirne Şehir Tarihçileri ve Eserleri</t>
+          <t>Türkiye'de Kayıtdışı İstihdamın Engellenmesi ve İyi   Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052815182</t>
+          <t>9786052815724</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>İşletmeye Giriş</t>
+          <t>Havayollarında Hizmet</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052815380</t>
+          <t>9786052815830</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezleri</t>
+          <t>Tarih Kültür Sanat Kenti Edirne</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>585</v>
+        <v>745</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052815069</t>
+          <t>9786052815663</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük 1. Uluslararası Kıbrıs Araştırmaları Sempozyumu Bildiri Tam Metin Kitabı</t>
+          <t>Osmanlı Arşiv Belgelerine Göre Çukurova (Anavarza) Çiftlikat-ı Hümayün-u Askerisi</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052815113</t>
+          <t>9786052815748</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Çerçevesinde Yönetim ve Yargı</t>
+          <t>Her Yönüyle İletişim ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052814871</t>
+          <t>9786052815618</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Maraş Vilayet Meclisi Kararları 1338-1339/1922-1923</t>
+          <t>Üretim İşletmelerinin Lojistik Faaliyetlerinde Süreçsel Etkinliğin Başarı Dinamikleri</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052815090</t>
+          <t>9786052815786</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir İstanbul Günlüğü</t>
+          <t>Nutuk’u Anlamak</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052814994</t>
+          <t>9786052815519</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Edebiyat</t>
+          <t>Türkiye’de Vergi Kayıp ve Kaçaklarının Önlenmesinde Meslek Mensupları ve Bağımsız Denetçilerin Etkinliği: İzmir İli Örneği</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>215</v>
+        <v>430</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052814659</t>
+          <t>9786052815670</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gibi...</t>
+          <t>Mitoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052815212</t>
+          <t>9786052815649</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Değer Duygusundan Duygunun Değerine Ahlak Felsefesi Açısından Duygu-Değer İlişkisi</t>
+          <t>Elif ile Mahmut Hikayesi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>215</v>
+        <v>445</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052815137</t>
+          <t>9786052815489</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Başlarında İstihdam Politikaları</t>
+          <t>Asurbanipal Kütüphanesi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>345</v>
+        <v>170</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052815045</t>
+          <t>9786052815175</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bir Miras Şark Medreseleri</t>
+          <t>Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052815274</t>
+          <t>9786052815151</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Urfa'da Sosyal Hayat</t>
+          <t>Çorum Kent Morfolojisi</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>395</v>
+        <v>660</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052814796</t>
+          <t>9786052815458</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Açıdan Seçmen Pazarını Bölümlendirmede Yeni Ufuklar</t>
+          <t>Eray Canberk’in Şiiri ve Şiircesi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052814543</t>
+          <t>9786052815311</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Eşitlik Modeli: Örnek Bir Uygulama</t>
+          <t>Duygusal Zeka, Yaşam Tatmini ve İş Performansı Arasındaki İlişkilerin İncelenmesi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052814833</t>
+          <t>9786052815236</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>İngiliz ve Amerikan Şiirinde Yitirilen Cennet Harcanan Dünya</t>
+          <t>Paul Auster ve Arketip Eleştiri</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>265</v>
+        <v>215</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052814826</t>
+          <t>9786052815441</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Linux ve Ağ Temelleri - Başucu Kitabı</t>
+          <t>Arkadaşlığın Sosyolojisi: Değişen Arkadaşlık İlişkileri Üzerine Bir Araştırma (Mardin Örneği)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>230</v>
+        <v>515</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052814758</t>
+          <t>9786052815403</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Dil-Edebiyat ve Tarih Araştırmaları 2</t>
+          <t>Deizm Eleştirisi ve Yapılması Gerekenler</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052814932</t>
+          <t>9786052815250</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Gezi Notları</t>
+          <t>Ulus Devlet Modernleşmesinin Taşraya Yansıması</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>430</v>
+        <v>285</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052814857</t>
+          <t>9786052814970</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Demokrasi Bağlamında Türkiye’de Kamu Sendikacılığı</t>
+          <t>Edirne Şehir Tarihçileri ve Eserleri</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052815014</t>
+          <t>9786052815182</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>1856 Tarihli Bir Risale Işığında Tuna Nehri’nin Tarihi Coğrafyası ve Jeopolitiği</t>
+          <t>İşletmeye Giriş</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>380</v>
+        <v>345</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052814710</t>
+          <t>9786052815380</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Bilgi İman İlişkisi</t>
+          <t>Bilgi Merkezleri</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>300</v>
+        <v>585</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052814956</t>
+          <t>9786052815069</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>İhracat Performansı</t>
+          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük 1. Uluslararası Kıbrıs Araştırmaları Sempozyumu Bildiri Tam Metin Kitabı</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052814284</t>
+          <t>9786052815113</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Prof. Dr. Fuat Sezgin Bilim Tarihi Sempozyumu</t>
+          <t>Hadisler Çerçevesinde Yönetim ve Yargı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052814772</t>
+          <t>9786052814871</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Archetypische Sprache Des Marchens</t>
+          <t>Maraş Vilayet Meclisi Kararları 1338-1339/1922-1923</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052814635</t>
+          <t>9786052815090</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Sessizlik ile Örgütsel Güven Arasındaki İlişkinin İncelenmesi: Ağrı Örneği</t>
+          <t>Bilinmeyen Bir İstanbul Günlüğü</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>305</v>
+        <v>400</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052814437</t>
+          <t>9786052814994</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
+          <t>Bulmacalarla Edebiyat</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052814697</t>
+          <t>9786052814659</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Dönüşüm</t>
+          <t>İnsan Gibi...</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052814611</t>
+          <t>9786052815212</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Bilimsellik-Öznellik Sorgulamaları</t>
+          <t>Değer Duygusundan Duygunun Değerine Ahlak Felsefesi Açısından Duygu-Değer İlişkisi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052814475</t>
+          <t>9786052815137</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Akademik Araştırmalar</t>
+          <t>İslam’ın İlk Başlarında İstihdam Politikaları</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>365</v>
+        <v>345</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052814550</t>
+          <t>9786052815045</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Termal Turizm İşletmelerinde İç ve Dış Müşteri Tatmini İlişkisi</t>
+          <t>Yitik Bir Miras Şark Medreseleri</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052814529</t>
+          <t>9786052815274</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerin Proje Bazlı Uluslararası Fonlara Erişimi</t>
+          <t>Osmanlı Döneminde Urfa'da Sosyal Hayat</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052810033</t>
+          <t>9786052814796</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Ortak Mirasımız</t>
+          <t>Stratejik Açıdan Seçmen Pazarını Bölümlendirmede Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052814208</t>
+          <t>9786052814543</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Güney Batı Afrika’dan Kosova’ya Uluslararası Adalet Divanı’nda Self-Determinasyon Hakkı</t>
+          <t>Yapısal Eşitlik Modeli: Örnek Bir Uygulama</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052814413</t>
+          <t>9786052814833</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Performansa Dayalı Ücret Sistemi ve Sağlık Kurumlarında Uygulanması</t>
+          <t>İngiliz ve Amerikan Şiirinde Yitirilen Cennet Harcanan Dünya</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>390</v>
+        <v>265</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052814185</t>
+          <t>9786052814826</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Makine Çevirisi</t>
+          <t>Linux ve Ağ Temelleri - Başucu Kitabı</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052813898</t>
+          <t>9786052814758</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Görsel Anlatılar ve Ötekiler</t>
+          <t>Dil-Edebiyat ve Tarih Araştırmaları 2</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>395</v>
+        <v>490</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052814499</t>
+          <t>9786052814932</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Cihad ve Savaş Anlayışı</t>
+          <t>İslam Tarihi Gezi Notları</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>255</v>
+        <v>430</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052814192</t>
+          <t>9786052814857</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatı 101 - Yeni Başlayanlar İçin El Kitabı</t>
+          <t>Endüstriyel Demokrasi Bağlamında Türkiye’de Kamu Sendikacılığı</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052814079</t>
+          <t>9786052815014</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tersine Lojistik Ürünlere İlişkin Kalite Algısı ve Risk Algısı ile İnovasyon Arasındaki İlişki</t>
+          <t>1856 Tarihli Bir Risale Işığında Tuna Nehri’nin Tarihi Coğrafyası ve Jeopolitiği</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052814123</t>
+          <t>9786052814710</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Bir Çerçeve Bin Dünya : Türkiye’de Televizyon Yayıncılığı Üzerine Okumalar</t>
+          <t>Kur’an’a Göre Bilgi İman İlişkisi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052813409</t>
+          <t>9786052814956</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Tuna'nın İnce Donanması</t>
+          <t>İhracat Performansı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>535</v>
+        <v>275</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052813188</t>
+          <t>9786052814284</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>600 Yıllık Desen Serüveni</t>
+          <t>Uluslararası Prof. Dr. Fuat Sezgin Bilim Tarihi Sempozyumu</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052813959</t>
+          <t>9786052814772</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Harp Raporlarına Göre Osmanlı Ordusu Filistin ve Suriye'den Nasıl Geri Çekildi?</t>
+          <t>Archetypische Sprache Des Marchens</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>735</v>
+        <v>275</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052814116</t>
+          <t>9786052814635</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Ülker Köksal'ın Tiyatrolarında Sosyal Meseleler</t>
+          <t>Örgütsel Sessizlik ile Örgütsel Güven Arasındaki İlişkinin İncelenmesi: Ağrı Örneği</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052814086</t>
+          <t>9786052814437</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği Fonetik Notasyon Sistemi-THMFNS’nin Eğitsel-Öğretisel Uygulamalara Aktarım-Adaptasyon Süreçlerinde Kullanılması Öngörülen Modeller</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>410</v>
+        <v>170</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052814031</t>
+          <t>9786052814697</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Diyarbakır Üzerine Bazı Tespitler ve Diyarbakır Şer’iyye Sicilleri (Katalog ve Fihristleri)</t>
+          <t>Sağlıkta Dönüşüm</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052814055</t>
+          <t>9786052814611</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Sende Saklısın</t>
+          <t>Çeviribilimde Bilimsellik-Öznellik Sorgulamaları</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052814109</t>
+          <t>9786052814475</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Ziya Paşa’nın Arz-ı Hal’i</t>
+          <t>Sosyal Bilimlerde Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052813799</t>
+          <t>9786052814550</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Soğukluğundan İnsanın Sıcaklığına</t>
+          <t>Termal Turizm İşletmelerinde İç ve Dış Müşteri Tatmini İlişkisi</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052813478</t>
+          <t>9786052814529</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Modern Alevi Ekolleri</t>
+          <t>Yerel Yönetimlerin Proje Bazlı Uluslararası Fonlara Erişimi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052813676</t>
+          <t>9786052810033</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat ve Ceditçilik</t>
+          <t>Ortak Mirasımız</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052813973</t>
+          <t>9786052814208</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Özel Arşiv Türü Olarak Bilet Efemeraları</t>
+          <t>Güney Batı Afrika’dan Kosova’ya Uluslararası Adalet Divanı’nda Self-Determinasyon Hakkı</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052813508</t>
+          <t>9786052814413</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Arap Savaşları</t>
+          <t>Performansa Dayalı Ücret Sistemi ve Sağlık Kurumlarında Uygulanması</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052813911</t>
+          <t>9786052814185</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Pınarbaşı İlçesi’nin (Kayseri) Beşeri ve İktisadi Coğrafyası</t>
+          <t>Makine Çevirisi</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>520</v>
+        <v>255</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052813386</t>
+          <t>9786052813898</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Mardin Müzesi’ndeki Eyyubi Sikkeleri</t>
+          <t>Görsel Anlatılar ve Ötekiler</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052813850</t>
+          <t>9786052814499</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Dil - Edebiyat ve Tarih Araştırmaları</t>
+          <t>Hz. Peygamber'in Cihad ve Savaş Anlayışı</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>390</v>
+        <v>255</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052813836</t>
+          <t>9786052814192</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Faruk Gürtunca'nın (1904-1982) Şiir Kitapları Üzerine Bir İnceleme</t>
+          <t>İş Hayatı 101 - Yeni Başlayanlar İçin El Kitabı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052813430</t>
+          <t>9786052814079</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Bitki Adları</t>
+          <t>Yeşil Tersine Lojistik Ürünlere İlişkin Kalite Algısı ve Risk Algısı ile İnovasyon Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052813362</t>
+          <t>9786052814123</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İran ve İsveçli Subaylar</t>
+          <t>Bir Çerçeve Bin Dünya : Türkiye’de Televizyon Yayıncılığı Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052813461</t>
+          <t>9786052813409</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Ötekiler</t>
+          <t>Nazlı Tuna'nın İnce Donanması</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>380</v>
+        <v>535</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052813720</t>
+          <t>9786052813188</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Maliki Fakih'i Abdullah B. Vehb'in (v.197-812) Hadisçiliği ve El-Cami'ine Ait Tefsir Bölümü</t>
+          <t>600 Yıllık Desen Serüveni</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052813775</t>
+          <t>9786052813959</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği İstihdam ve Eğitim Politikaları</t>
+          <t>Harp Raporlarına Göre Osmanlı Ordusu Filistin ve Suriye'den Nasıl Geri Çekildi?</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>310</v>
+        <v>735</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052813324</t>
+          <t>9786052814116</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İş Ekonomi Dünyasının Değişen Dinamikleri</t>
+          <t>Ülker Köksal'ın Tiyatrolarında Sosyal Meseleler</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052813683</t>
+          <t>9786052814086</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Halk Kültüründe Geçiş Dönemleri ve Bunlara Bağlı İnanışlar</t>
+          <t>Türk Halk Müziği Fonetik Notasyon Sistemi-THMFNS’nin Eğitsel-Öğretisel Uygulamalara Aktarım-Adaptasyon Süreçlerinde Kullanılması Öngörülen Modeller</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052813645</t>
+          <t>9786052814031</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Birlikte Kütüphanelerde Konu Otorite Dizini Oluşturma</t>
+          <t>Osmanlı Döneminde Diyarbakır Üzerine Bazı Tespitler ve Diyarbakır Şer’iyye Sicilleri (Katalog ve Fihristleri)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052813522</t>
+          <t>9786052814055</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Örgütsel Davranışların Bilişsel Uyarılması (SÖDBU)</t>
+          <t>Sende Saklısın</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052813546</t>
+          <t>9786052814109</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Yazılım Sistemleri İçerisinde Depo Yönetimi</t>
+          <t>Ziya Paşa’nın Arz-ı Hal’i</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052813638</t>
+          <t>9786052813799</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji'nin Kırkı</t>
+          <t>Teknolojinin Soğukluğundan İnsanın Sıcaklığına</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052813744</t>
+          <t>9786052813478</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Bilgiye Erişimde Engellilere Yönelik Kütüphane Uygulamaları</t>
+          <t>Modern Alevi Ekolleri</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052813423</t>
+          <t>9786052813676</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir Şehir Coğrafyası</t>
+          <t>Fıtrat ve Ceditçilik</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052811948</t>
+          <t>9786052813973</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Açısından Savaş ve Toplum</t>
+          <t>Türkiye’de Özel Arşiv Türü Olarak Bilet Efemeraları</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786059143769</t>
+          <t>9786052813508</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Turkey-African Relations</t>
+          <t>Cahiliye Döneminde Arap Savaşları</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786059143646</t>
+          <t>9786052813911</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Türküyü Okumak - Türkü Yazıları 2</t>
+          <t>Pınarbaşı İlçesi’nin (Kayseri) Beşeri ve İktisadi Coğrafyası</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>430</v>
+        <v>520</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052137543</t>
+          <t>9786052813386</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Am60 ve Az61 Magnezyum Alaşımlarının Soğuma Hızına Bağlı Mekanik ve Mikroyapı Özelliklerinin İncelenmesi</t>
+          <t>Mardin Müzesi’ndeki Eyyubi Sikkeleri</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789944157636</t>
+          <t>9786052813850</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hakkında Merak Ettikleriniz</t>
+          <t>Dil - Edebiyat ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>495</v>
+        <v>390</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786059143653</t>
+          <t>9786052813836</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Mehmet Faruk Gürtunca'nın (1904-1982) Şiir Kitapları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786059143103</t>
+          <t>9786052813430</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Güncel Satış Yönetimi</t>
+          <t>Türkiye Türkçesinde Bitki Adları</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>1320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786059143745</t>
+          <t>9786052813362</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>İran ve İsveçli Subaylar</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>1340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052812815</t>
+          <t>9786052813461</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Diplomasi</t>
+          <t>Unutulmuş Ötekiler</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052812020</t>
+          <t>9786052813720</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Odağında Tarih Boyunca Savaş</t>
+          <t>Maliki Fakih'i Abdullah B. Vehb'in (v.197-812) Hadisçiliği ve El-Cami'ine Ait Tefsir Bölümü</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>515</v>
+        <v>330</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052813041</t>
+          <t>9786052813775</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Asya Hunlarında Tarım ve Yerleşik Hayat</t>
+          <t>Avrupa Birliği İstihdam ve Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>185</v>
+        <v>310</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786059143097</t>
+          <t>9786052813324</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneler Müfettişi Ahmed Muhtar'ın İstanbul Kütüphaneleri Raporu</t>
+          <t>21. Yüzyıl İş Ekonomi Dünyasının Değişen Dinamikleri</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786059143301</t>
+          <t>9786052813683</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Edebiyatta Yenileşme</t>
+          <t>Kuzey Kıbrıs Türk Halk Kültüründe Geçiş Dönemleri ve Bunlara Bağlı İnanışlar</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052813201</t>
+          <t>9786052813645</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Henri Bergson’un Şuur - Sezgi Kavramları Üzerine Bir Deneme</t>
+          <t>Örneklerle Birlikte Kütüphanelerde Konu Otorite Dizini Oluşturma</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052813256</t>
+          <t>9786052813522</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Sübha-i Sıbyan’ın Kıbrıs Nüshaları Üzerine Dil İncelemesi</t>
+          <t>Sürdürülebilir Örgütsel Davranışların Bilişsel Uyarılması (SÖDBU)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052813287</t>
+          <t>9786052813546</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Gümrükler</t>
+          <t>Yazılım Sistemleri İçerisinde Depo Yönetimi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786059143882</t>
+          <t>9786052813638</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı Üzerine Cahit Uçuk'un Çocuk Romanlarında Tip ve İletiler</t>
+          <t>Türkoloji'nin Kırkı</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052812839</t>
+          <t>9786052813744</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Umut İradesi</t>
+          <t>Bilgiye Erişimde Engellilere Yönelik Kütüphane Uygulamaları</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>285</v>
+        <v>315</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052812945</t>
+          <t>9786052813423</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Geleneksel El Dokumaları Kataloğu</t>
+          <t>Nevşehir Şehir Coğrafyası</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>515</v>
+        <v>430</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052813126</t>
+          <t>9786052811948</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Kazım Yetiş Armağanı</t>
+          <t>Felsefe Açısından Savaş ve Toplum</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>435</v>
+        <v>350</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052813225</t>
+          <t>9786059143769</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Araştırmalar</t>
+          <t>Turkey-African Relations</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>330</v>
+        <v>155</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052812532</t>
+          <t>9786059143646</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Eşekle Gelen Aydınlık</t>
+          <t>Türküyü Okumak - Türkü Yazıları 2</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>90</v>
+        <v>430</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052812594</t>
+          <t>9786052137543</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilginin Dolaşım Araçları</t>
+          <t>Am60 ve Az61 Magnezyum Alaşımlarının Soğuma Hızına Bağlı Mekanik ve Mikroyapı Özelliklerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052811979</t>
+          <t>9789944157636</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Edebiyat</t>
+          <t>Avrupa Birliği Hakkında Merak Ettikleriniz</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>315</v>
+        <v>495</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052812990</t>
+          <t>9786059143653</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Milliyetçilik ve Estetik</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>430</v>
+        <v>120</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052812853</t>
+          <t>9786059143103</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Yüzer Sergi Avrupa'da - Türkiye Cumhuriyeti Kendini Tanıtıyor</t>
+          <t>Güncel Satış Yönetimi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>275</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052813010</t>
+          <t>9786059143745</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği ve İşgören Sağlığı Kültürü ve Örgütsel Vatandaşlık Davranışı</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>360</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052812921</t>
+          <t>9786052812815</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Üzerine Gözlemler</t>
+          <t>Savaşta Diplomasi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>340</v>
+        <v>385</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052813072</t>
+          <t>9786052812020</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Nesne Temelli Programlama Mantığı ve Veri Tabanı</t>
+          <t>Birinci Dünya Savaşı Odağında Tarih Boyunca Savaş</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>265</v>
+        <v>515</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052813096</t>
+          <t>9786052813041</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>İletişim Araştırmaları ve Medya Analizleri</t>
+          <t>Asya Hunlarında Tarım ve Yerleşik Hayat</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>430</v>
+        <v>185</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052813140</t>
+          <t>9786059143097</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Haremden Valide Sultan Mektupları</t>
+          <t>Kütüphaneler Müfettişi Ahmed Muhtar'ın İstanbul Kütüphaneleri Raporu</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052812570</t>
+          <t>9786059143301</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Bakiyye</t>
+          <t>Bilim ve Edebiyatta Yenileşme</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>145</v>
+        <v>360</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052812877</t>
+          <t>9786052813201</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Öyle Zor Öyle Kolay</t>
+          <t>Henri Bergson’un Şuur - Sezgi Kavramları Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052812693</t>
+          <t>9786052813256</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hekimlerde Mobbing ve Öfke</t>
+          <t>Sübha-i Sıbyan’ın Kıbrıs Nüshaları Üzerine Dil İncelemesi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052812761</t>
+          <t>9786052813287</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Cennet ve Cehennem</t>
+          <t>Tarih Boyunca Gümrükler</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>420</v>
+        <v>205</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052811986</t>
+          <t>9786059143882</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Psikoloji</t>
+          <t>Çocuk Edebiyatı Üzerine Cahit Uçuk'un Çocuk Romanlarında Tip ve İletiler</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052812891</t>
+          <t>9786052812839</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Mütala'at-ı Edebiyye</t>
+          <t>Umut İradesi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052812679</t>
+          <t>9786052812945</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Yönetim Düşüncesi</t>
+          <t>Ağrı Geleneksel El Dokumaları Kataloğu</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>345</v>
+        <v>515</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052812556</t>
+          <t>9786052813126</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
+          <t>Prof. Dr. Kazım Yetiş Armağanı</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>390</v>
+        <v>435</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052813034</t>
+          <t>9786052813225</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Fazlullah'ın Sakalında Beliren Tanrı</t>
+          <t>Çeviribilimde Araştırmalar</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>345</v>
+        <v>330</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052812976</t>
+          <t>9786052812532</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ Türk Edebiyatı ve Medyalararasılık Tartışmaları</t>
+          <t>Eşekle Gelen Aydınlık</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>330</v>
+        <v>90</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052812457</t>
+          <t>9786052812594</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Üçlü Sarmal İşbirliğine Dayalı İnovasyon Model Üretimi: Türkiye Örneği</t>
+          <t>Yeni Bilginin Dolaşım Araçları</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052812655</t>
+          <t>9786052811979</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Türkistanda Parlayan Bir Yıldız Türkmenistan</t>
+          <t>Savaş ve Edebiyat</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052812112</t>
+          <t>9786052812990</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Alanında Hazırlanan  Doktora Tezlerinin Dünü Bugünü</t>
+          <t>Sinemada Milliyetçilik ve Estetik</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052812747</t>
+          <t>9786052812853</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Ağ Kuşağının Bilgi Davranışı</t>
+          <t>Yüzer Sergi Avrupa'da - Türkiye Cumhuriyeti Kendini Tanıtıyor</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052812785</t>
+          <t>9786052813010</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Yerel Yönetimlerin Gelişimi ve Yerel Yönetim Metinleri</t>
+          <t>İş Güvenliği ve İşgören Sağlığı Kültürü ve Örgütsel Vatandaşlık Davranışı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052812792</t>
+          <t>9786052812921</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Tunceli (Dersim) Tarihinden Kesitler</t>
+          <t>Çeviri Üzerine Gözlemler</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>355</v>
+        <v>340</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052812716</t>
+          <t>9786052813072</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Örgüt Kültürü Bağlamında Prososyal Motivasyon</t>
+          <t>Nesne Temelli Programlama Mantığı ve Veri Tabanı</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052812495</t>
+          <t>9786052813096</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Diken Çiçeği</t>
+          <t>İletişim Araştırmaları ve Medya Analizleri</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>50</v>
+        <v>430</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052812471</t>
+          <t>9786052813140</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Son Damla - Hikmet Afif Mapolar: Julide Akın 1919-1989</t>
+          <t>Haremden Valide Sultan Mektupları</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>50</v>
+        <v>330</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052812648</t>
+          <t>9786052812570</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Demokratikleşme-Küreselleşme Bağlamında Türkiye’de Sivil Toplum ve Bir STÖ Örneği BİLSAM</t>
+          <t>Asar-ı Bakiyye</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052812396</t>
+          <t>9786052812877</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Türkmen Boylarından Varsaklar</t>
+          <t>Öyle Zor Öyle Kolay</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>315</v>
+        <v>360</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052812617</t>
+          <t>9786052812693</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Rusya'nın Avrupa Siyaseti</t>
+          <t>Hekimlerde Mobbing ve Öfke</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052812310</t>
+          <t>9786052812761</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Şehirler ve İnsanlar</t>
+          <t>Klasik Türk Şiirinde Cennet ve Cehennem</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052812297</t>
+          <t>9786052811986</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Türkmenistan Tarihinde</t>
+          <t>Savaş ve Psikoloji</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052812334</t>
+          <t>9786052812891</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Özdilek Mecmuası</t>
+          <t>Mütala'at-ı Edebiyye</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052810323</t>
+          <t>9786052812679</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Doğu Anadolu</t>
+          <t>Tarihsel Süreçte Yönetim Düşüncesi</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>630</v>
+        <v>345</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052812372</t>
+          <t>9786052812556</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kuru Belirleme Modelleri</t>
+          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>315</v>
+        <v>390</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052812433</t>
+          <t>9786052813034</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Toplumu’nun Sosyo Ekonomik Yapısı</t>
+          <t>Fazlullah'ın Sakalında Beliren Tanrı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052812273</t>
+          <t>9786052812976</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Yalın Altı Sigma</t>
+          <t>Dijital Çağ Türk Edebiyatı ve Medyalararasılık Tartışmaları</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052812259</t>
+          <t>9786052812457</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>1945 - 1948 Kıbrıs’ta Yahudiler</t>
+          <t>Üçlü Sarmal İşbirliğine Dayalı İnovasyon Model Üretimi: Türkiye Örneği</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>480</v>
+        <v>245</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052812150</t>
+          <t>9786052812655</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Mübadele İmar ve İskan Vekaleti</t>
+          <t>Türkistanda Parlayan Bir Yıldız Türkmenistan</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052812174</t>
+          <t>9786052812112</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Mücadele Tarihinde İletişim 1955 - 1974</t>
+          <t>Türk Dili ve Edebiyatı Alanında Hazırlanan  Doktora Tezlerinin Dünü Bugünü</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052812136</t>
+          <t>9786052812747</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Harp Bağlamında Kıbrıs’ta Stratejik Güç: Su</t>
+          <t>Ağ Kuşağının Bilgi Davranışı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052812198</t>
+          <t>9786052812785</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat</t>
+          <t>Osmanlıda Yerel Yönetimlerin Gelişimi ve Yerel Yönetim Metinleri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>415</v>
+        <v>480</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052812211</t>
+          <t>9786052812792</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Batı İşgalleri Karşısında Türkiye’nin Ortadoğu Politikaları</t>
+          <t>Tunceli (Dersim) Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>430</v>
+        <v>355</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052812235</t>
+          <t>9786052812716</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Ağ ve Teknoloji Odaklı Uygulamalı Girişimcilik Programı ATOG</t>
+          <t>Kişilik ve Örgüt Kültürü Bağlamında Prososyal Motivasyon</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052015537</t>
+          <t>9786052812495</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çeviriler Bibliyografisi</t>
+          <t>Diken Çiçeği</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>830</v>
+        <v>50</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052015605</t>
+          <t>9786052812471</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Kalite</t>
+          <t>Son Damla - Hikmet Afif Mapolar: Julide Akın 1919-1989</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>310</v>
+        <v>50</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052015377</t>
+          <t>9786052812648</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>1990'dan Günümüze Türkiye ve Azerbaycan Edebiyatlarının Karşılıklı Etkileşimi</t>
+          <t>Demokratikleşme-Küreselleşme Bağlamında Türkiye’de Sivil Toplum ve Bir STÖ Örneği BİLSAM</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052015438</t>
+          <t>9786052812396</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Şikayetleri ve Risk Faktörleri</t>
+          <t>Oğuz Türkmen Boylarından Varsaklar</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>410</v>
+        <v>315</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052812068</t>
+          <t>9786052812617</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Balinalar, Yunuslar ve Muturlar</t>
+          <t>Rusya'nın Avrupa Siyaseti</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052811399</t>
+          <t>9786052812310</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Ne Öğrendim?</t>
+          <t>Şehirler ve İnsanlar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052811801</t>
+          <t>9786052812297</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik, Teknoloji, Denizcilik, Temel Bilimler ve Uygulamalı Bilim Fakülteleri İçin Meslek Matematiği</t>
+          <t>Türkmenistan Tarihinde</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052811511</t>
+          <t>9786052812334</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Temel Olasılık Dersleri - Basic Ideas of Probability ve Biyoistatistikte Olasılık Hesabı (Uygulamalı Türkçe - İngilizce)</t>
+          <t>Özdilek Mecmuası</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052811740</t>
+          <t>9786052810323</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Okumaları - 1</t>
+          <t>Türk Romanında Doğu Anadolu</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>275</v>
+        <v>630</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052811788</t>
+          <t>9786052812372</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güven(liksiz)lik</t>
+          <t>Döviz Kuru Belirleme Modelleri</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>360</v>
+        <v>315</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052811665</t>
+          <t>9786052812433</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Yaşayan Üçüncü Kuşak Türklerin Kimlik Algısı</t>
+          <t>Klasik Dönem Osmanlı Toplumu’nun Sosyo Ekonomik Yapısı</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052811610</t>
+          <t>9786052812273</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Bir İşletme Komedisi</t>
+          <t>Yalın Altı Sigma</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052810545</t>
+          <t>9786052812259</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Optimization of The Sustainability of Contingency Logistics Networks: Application of a Hybrid Heuristic - A Multi - Objective Optimization Approaches</t>
+          <t>1945 - 1948 Kıbrıs’ta Yahudiler</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052811559</t>
+          <t>9786052812150</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Konaklama İşletmelerinde Maliyet Kontrol Süreci ve Oda - Mönü Maliyetlerinin Belirlenmesi: Denizli’deki Küçük Ölçekli Bir Konaklama İşletmesinde Uygulama</t>
+          <t>Mübadele İmar ve İskan Vekaleti</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052811849</t>
+          <t>9786052812174</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Afganistan’a Eğitim Alanındaki Katkıları (1932-1938)</t>
+          <t>Kıbrıs Türk Mücadele Tarihinde İletişim 1955 - 1974</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052811580</t>
+          <t>9786052812136</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Taş Yağ - Kuzey Kıbrıs'ta Zeytinyağı Değirmenleri</t>
+          <t>Psikolojik Harp Bağlamında Kıbrıs’ta Stratejik Güç: Su</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>1200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052811924</t>
+          <t>9786052812198</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Rıfat Özdemir’e Armağan</t>
+          <t>Karşılaştırmalı Edebiyat</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>630</v>
+        <v>415</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052811634</t>
+          <t>9786052812211</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Sivil Toplum Örgütleri ile İlişkisi</t>
+          <t>Batı İşgalleri Karşısında Türkiye’nin Ortadoğu Politikaları</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>185</v>
+        <v>430</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052811535</t>
+          <t>9786052812235</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de 1980 Sonrası Maliye Politikaları ile Gelir Dağılımı ve Sosyal Adalet Arasındaki İlişkiler</t>
+          <t>Ağ ve Teknoloji Odaklı Uygulamalı Girişimcilik Programı ATOG</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052811993</t>
+          <t>9786052015537</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Ağrılı Aşık Hasani Hayatı Sanatı Eserleri</t>
+          <t>Türkçe Çeviriler Bibliyografisi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>200</v>
+        <v>830</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052811696</t>
+          <t>9786052015605</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Girişimcinin Seyir Defteri</t>
+          <t>Bireysel Kalite</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052812082</t>
+          <t>9786052015377</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>K.K.T.C. Cumhurbaşkanı Rauf R. Denktaş’ın Annan Planı Sürecindeki Mücadelesi</t>
+          <t>1990'dan Günümüze Türkiye ve Azerbaycan Edebiyatlarının Karşılıklı Etkileşimi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052812105</t>
+          <t>9786052015438</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Arşivlerde Tanımlama ve Üstveri</t>
+          <t>Sağlık Şikayetleri ve Risk Faktörleri</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>225</v>
+        <v>410</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052811566</t>
+          <t>9786052812068</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tıp Kütüphaneleri: Elektronik Süreli Yayın Hizmetlerinin Yönetimi</t>
+          <t>Doğu Akdeniz'de Balinalar, Yunuslar ve Muturlar</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>445</v>
+        <v>200</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052811757</t>
+          <t>9786052811399</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Hiciv - Yığın - Göçmen Edebiyatı Uzmanı Prof. Dr. Yüksel Baypınar Armağanı</t>
+          <t>Hayattan Ne Öğrendim?</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052811863</t>
+          <t>9786052811801</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tarihine Yöneltilen Bazı Şüphelere Reddiye</t>
+          <t>Mühendislik, Teknoloji, Denizcilik, Temel Bilimler ve Uygulamalı Bilim Fakülteleri İçin Meslek Matematiği</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052811344</t>
+          <t>9786052811511</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Stratejist</t>
+          <t>Temel Olasılık Dersleri - Basic Ideas of Probability ve Biyoistatistikte Olasılık Hesabı (Uygulamalı Türkçe - İngilizce)</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052810422</t>
+          <t>9786052811740</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Muş İli Arkeolojik Yüzey Araştırmaları 2009-2014</t>
+          <t>Dijital Çağda İletişim Okumaları - 1</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>690</v>
+        <v>275</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052811825</t>
+          <t>9786052811788</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Yıllarında Evlilikler ve Evlendirmeler</t>
+          <t>Küresel Güven(liksiz)lik</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052810019</t>
+          <t>9786052811665</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Göçebelerin Kente Tutunma Biçimleri</t>
+          <t>Almanya’da Yaşayan Üçüncü Kuşak Türklerin Kimlik Algısı</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052811283</t>
+          <t>9786052811610</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>J. Rawls’ın İktisadi Adalet Teorisi</t>
+          <t>Bir İşletme Komedisi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>290</v>
+        <v>165</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052811450</t>
+          <t>9786052810545</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>1. InTraders Uluslararası Ticaret Kongresi Kongre Kitabı - First InTraders International Conference on International Trade Conference Book</t>
+          <t>Optimization of The Sustainability of Contingency Logistics Networks: Application of a Hybrid Heuristic - A Multi - Objective Optimization Approaches</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>535</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052811436</t>
+          <t>9786052811559</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Cenani Dökmeci</t>
+          <t>Konaklama İşletmelerinde Maliyet Kontrol Süreci ve Oda - Mönü Maliyetlerinin Belirlenmesi: Denizli’deki Küçük Ölçekli Bir Konaklama İşletmesinde Uygulama</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052811726</t>
+          <t>9786052811849</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Simülasyon Yaklaşım - Riskli Bir Yatırım Projesi Olarak Gemi Yatırımlarının Finansal Değerlendirilmesi</t>
+          <t>Türkiye Cumhuriyeti’nin Afganistan’a Eğitim Alanındaki Katkıları (1932-1938)</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052811382</t>
+          <t>9786052811580</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Edebiyatı</t>
+          <t>Zeytin Taş Yağ - Kuzey Kıbrıs'ta Zeytinyağı Değirmenleri</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>245</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052811498</t>
+          <t>9786052811924</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerde İletişim ve Algılama Süreci</t>
+          <t>Rıfat Özdemir’e Armağan</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>500</v>
+        <v>630</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052811429</t>
+          <t>9786052811634</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İnşacılık Kuramı Çerçevesinde Türk ve Bulgar Kimliği</t>
+          <t>Türk Sinemasının Sivil Toplum Örgütleri ile İlişkisi</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>355</v>
+        <v>185</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052811214</t>
+          <t>9786052811535</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>La Problematiqye Du Moyen - Orient Dans Les Relations Transatlantiques</t>
+          <t>Türkiye’de 1980 Sonrası Maliye Politikaları ile Gelir Dağılımı ve Sosyal Adalet Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052811320</t>
+          <t>9786052811993</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>New Advancements In Fuels and Lubricants For The Aerospace Industry Part-I: Introduction</t>
+          <t>Ağrılı Aşık Hasani Hayatı Sanatı Eserleri</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052811238</t>
+          <t>9786052811696</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Aile Etkisi ve Örgütsel Ustalık Kavramlarının İşletme Performansı Üzerindeki Etkilerinin İncelenmesi</t>
+          <t>Girişimcilik Girişimcinin Seyir Defteri</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052811184</t>
+          <t>9786052812082</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>2. InTraders Uluslararası Ticaret Kongresi Özet Kitabı - The Second InTraders International Trade Abstract Book</t>
+          <t>K.K.T.C. Cumhurbaşkanı Rauf R. Denktaş’ın Annan Planı Sürecindeki Mücadelesi</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052811191</t>
+          <t>9786052812105</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarih İnsan Üzerine Aykırı Düşünceler</t>
+          <t>Arşivlerde Tanımlama ve Üstveri</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052811269</t>
+          <t>9786052811566</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Engellilere Yönelik Kamu Hizmetlerinin Yönetimi ve Sunumu: Karşılaştırmalı Bir Değerlendirme</t>
+          <t>Türkiye’de Tıp Kütüphaneleri: Elektronik Süreli Yayın Hizmetlerinin Yönetimi</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>320</v>
+        <v>445</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052811153</t>
+          <t>9786052811757</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilim Temelli Pragmatik Yaklaşımlar</t>
+          <t>Hiciv - Yığın - Göçmen Edebiyatı Uzmanı Prof. Dr. Yüksel Baypınar Armağanı</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>245</v>
+        <v>370</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052810866</t>
+          <t>9786052811863</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku ve Kolluk Meslek Etiği</t>
+          <t>Kur’an Tarihine Yöneltilen Bazı Şüphelere Reddiye</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052810989</t>
+          <t>9786052811344</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sosyal Güvenlik Hukuku (1865 - 1923)</t>
+          <t>Stratejist</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>215</v>
+        <v>70</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052811092</t>
+          <t>9786052810422</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukunda kanunilik İlkesi</t>
+          <t>Muş İli Arkeolojik Yüzey Araştırmaları 2009-2014</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>330</v>
+        <v>690</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052810712</t>
+          <t>9786052811825</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Tüketim ve Din</t>
+          <t>İslam’ın İlk Yıllarında Evlilikler ve Evlendirmeler</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052810903</t>
+          <t>9786052810019</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi - 1</t>
+          <t>Göçebelerin Kente Tutunma Biçimleri</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>1495</v>
+        <v>250</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052810682</t>
+          <t>9786052811283</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Türk Kütüphaneciliğinde Önemli Bir Adım: Devr-i Hamidi Katalogları</t>
+          <t>J. Rawls’ın İktisadi Adalet Teorisi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052810880</t>
+          <t>9786052811450</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphaneleri Geçmişten Geleceğe Yönelimler ve Yeni Roller</t>
+          <t>1. InTraders Uluslararası Ticaret Kongresi Kongre Kitabı - First InTraders International Conference on International Trade Conference Book</t>
         </is>
       </c>
       <c r="C892" s="1">
         <v>535</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052810927</t>
+          <t>9786052811436</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>İnancın İman Hayatına Yansıması Bağlamında Deizm Eleştirisi</t>
+          <t>Cenani Dökmeci</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052810781</t>
+          <t>9786052811726</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>AB Enformasyon Toplumu ve Üniversite Kütüphanecileri</t>
+          <t>Simülasyon Yaklaşım - Riskli Bir Yatırım Projesi Olarak Gemi Yatırımlarının Finansal Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052810163</t>
+          <t>9786052811382</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Artvin ve Erzurum’daki Gürcü Dini Mimarisinde Süsleme</t>
+          <t>Sevgi Edebiyatı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>975</v>
+        <v>245</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052810965</t>
+          <t>9786052811498</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Yerel Yönetimler Özerklik Şartı Türkiye’de Uygulanabilirliği</t>
+          <t>Farklı Kültürlerde İletişim ve Algılama Süreci</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>295</v>
+        <v>500</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052810699</t>
+          <t>9786052811429</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Şia ve Ehl-i Sünnet Fıkhına Göre Mut’a</t>
+          <t>Sosyal İnşacılık Kuramı Çerçevesinde Türk ve Bulgar Kimliği</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>420</v>
+        <v>355</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052810668</t>
+          <t>9786052811214</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Ortadoğu’ya Yönelik Dini Politikalarında Misyoner Kurumları (1840-1917)</t>
+          <t>La Problematiqye Du Moyen - Orient Dans Les Relations Transatlantiques</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>345</v>
+        <v>220</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052810941</t>
+          <t>9786052811320</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Güncel Tartışmalardan Kavramsal Sorgulamalara</t>
+          <t>New Advancements In Fuels and Lubricants For The Aerospace Industry Part-I: Introduction</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052810347</t>
+          <t>9786052811238</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Fakültesi Öğrenci Panelleri</t>
+          <t>Aile İşletmelerinde Aile Etkisi ve Örgütsel Ustalık Kavramlarının İşletme Performansı Üzerindeki Etkilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>410</v>
+        <v>310</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052810743</t>
+          <t>9786052811184</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Dr. Ratip Kazancıgil ve Edirnesi</t>
+          <t>2. InTraders Uluslararası Ticaret Kongresi Özet Kitabı - The Second InTraders International Trade Abstract Book</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052810576</t>
+          <t>9786052811191</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Endüstri İçi Ticaret: Teori ve Uygulama</t>
+          <t>Doğa Tarih İnsan Üzerine Aykırı Düşünceler</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052810620</t>
+          <t>9786052811269</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Açık Bilim: Açık Erişim Türkiye</t>
+          <t>Engellilere Yönelik Kamu Hizmetlerinin Yönetimi ve Sunumu: Karşılaştırmalı Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>510</v>
+        <v>320</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052810460</t>
+          <t>9786052811153</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Current Approaches On Technical Sciences</t>
+          <t>Sosyal Bilim Temelli Pragmatik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052810361</t>
+          <t>9786052810866</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Güncel Akademik Araştırmalar</t>
+          <t>İslam Hukuku ve Kolluk Meslek Etiği</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052810385</t>
+          <t>9786052810989</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Innovative Approaches in The Business World</t>
+          <t>Osmanlı Sosyal Güvenlik Hukuku (1865 - 1923)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052810392</t>
+          <t>9786052811092</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Sarıkeçili Yörükler’in Kültür-Çevre İlişkisi İçerisinde Geleneksel Ekolojik Bilgilerinin Araştırılması</t>
+          <t>İslam Ceza Hukunda kanunilik İlkesi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052810507</t>
+          <t>9786052810712</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Teknik Bilimlerde Güncel Yaklaşımlar</t>
+          <t>Gençlerde Tüketim ve Din</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052810484</t>
+          <t>9786052810903</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dersi Etkinliklerinde Çocuk Oyunları</t>
+          <t>Sanat Tarihi - 1</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>290</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052810156</t>
+          <t>9786052810682</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Savunma Yönetimi</t>
+          <t>Türk Kütüphaneciliğinde Önemli Bir Adım: Devr-i Hamidi Katalogları</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052810170</t>
+          <t>9786052810880</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Knowledge Based Economy and Intellectual Capital</t>
+          <t>Halk Kütüphaneleri Geçmişten Geleceğe Yönelimler ve Yeni Roller</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>265</v>
+        <v>535</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052810200</t>
+          <t>9786052810927</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarında Yönetim ve Yönetici Teması</t>
+          <t>İnancın İman Hayatına Yansıması Bağlamında Deizm Eleştirisi</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052137710</t>
+          <t>9786052810781</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mülkiyet</t>
+          <t>AB Enformasyon Toplumu ve Üniversite Kütüphanecileri</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052810293</t>
+          <t>9786052810163</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Alanında Bilgiye Erişim/Kataloglama Sorunları Sempozyumu Bildiriler Kitabı</t>
+          <t>Artvin ve Erzurum’daki Gürcü Dini Mimarisinde Süsleme</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>570</v>
+        <v>975</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052137680</t>
+          <t>9786052810965</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ağlar Odağında Kültür, Kimlik ve Mekan Tartışmaları</t>
+          <t>Avrupa Yerel Yönetimler Özerklik Şartı Türkiye’de Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052137871</t>
+          <t>9786052810699</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sistemi Kamu Yönetiminde Değişim</t>
+          <t>Şia ve Ehl-i Sünnet Fıkhına Göre Mut’a</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>575</v>
+        <v>420</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052137666</t>
+          <t>9786052810668</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Kanal/Sina ve Filistin/ Suriye Cephesi</t>
+          <t>Rusya’nın Ortadoğu’ya Yönelik Dini Politikalarında Misyoner Kurumları (1840-1917)</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>2050</v>
+        <v>345</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052137567</t>
+          <t>9786052810941</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kuramı ve Bilgi Yönetimi</t>
+          <t>Çeviribilimde Güncel Tartışmalardan Kavramsal Sorgulamalara</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052137505</t>
+          <t>9786052810347</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Kitap Kültürü ve Batı Dünyası</t>
+          <t>Edebiyat Fakültesi Öğrenci Panelleri</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>330</v>
+        <v>410</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052137703</t>
+          <t>9786052810743</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşüncenin İslam Dünyasındaki Yansımaları</t>
+          <t>Dr. Ratip Kazancıgil ve Edirnesi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052137598</t>
+          <t>9786052810576</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Terörü</t>
+          <t>Endüstri İçi Ticaret: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052137581</t>
+          <t>9786052810620</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Doğru Yönetim</t>
+          <t>Açık Bilim: Açık Erişim Türkiye</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052137529</t>
+          <t>9786052810460</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Bilgi Politikaları ve Bilgi Merkezleri</t>
+          <t>Current Approaches On Technical Sciences</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052137642</t>
+          <t>9786052810361</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Milli Mücadelesi</t>
+          <t>Güncel Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789944539609</t>
+          <t>9786052810385</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Fikir Büyümez</t>
+          <t>Innovative Approaches in The Business World</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052137420</t>
+          <t>9786052810392</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Şiir</t>
+          <t>Sarıkeçili Yörükler’in Kültür-Çevre İlişkisi İçerisinde Geleneksel Ekolojik Bilgilerinin Araştırılması</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>165</v>
+        <v>550</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052137369</t>
+          <t>9786052810507</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Koçluk</t>
+          <t>Teknik Bilimlerde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052015919</t>
+          <t>9786052810484</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sisteminde Cevap Verilebilirlik</t>
+          <t>Türkçe Dersi Etkinliklerinde Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052137406</t>
+          <t>9786052810156</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten Cumhuriyet’e Eğitim (1876-1923)</t>
+          <t>Stratejik Savunma Yönetimi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>3990000013894</t>
+          <t>9786052810170</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Metodu ve Teorik Bilgiler ile Viyolonsel</t>
+          <t>Knowledge Based Economy and Intellectual Capital</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052015186</t>
+          <t>9786052810200</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Toplumbilimin ABC'si</t>
+          <t>Hadis Kaynaklarında Yönetim ve Yönetici Teması</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>565</v>
+        <v>380</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052015414</t>
+          <t>9786052137710</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Kuramsal Yaklaşımlar</t>
+          <t>İslam Hukukunda Mülkiyet</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>535</v>
+        <v>400</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052015383</t>
+          <t>9786052810293</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 4</t>
+          <t>Bilgi ve Belge Yönetimi Alanında Bilgiye Erişim/Kataloglama Sorunları Sempozyumu Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>350</v>
+        <v>570</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052137307</t>
+          <t>9786052137680</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Eniştesiz Dış Ticaret</t>
+          <t>Küresel Ağlar Odağında Kültür, Kimlik ve Mekan Tartışmaları</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052137338</t>
+          <t>9786052137871</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Caravaggio</t>
+          <t>Cumhurbaşkanlığı Hükümet Sistemi Kamu Yönetiminde Değişim</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>1495</v>
+        <v>575</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052137321</t>
+          <t>9786052137666</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Reklam Tarihi Gelişimi ve Televizyon Reklam Araştırmaları</t>
+          <t>Birinci Dünya Savaşı'nda Kanal/Sina ve Filistin/ Suriye Cephesi</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>340</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052137253</t>
+          <t>9786052137567</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Mersin ve İçel’de Siyasi Hayat (1923-1950)</t>
+          <t>Bilgi Kuramı ve Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786059143141</t>
+          <t>9786052137505</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Zamane Şıkları - Biçare</t>
+          <t>Osmanlı'da Kitap Kültürü ve Batı Dünyası</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052137130</t>
+          <t>9786052137703</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Şair Nabi’den Öğütler</t>
+          <t>Felsefi Düşüncenin İslam Dünyasındaki Yansımaları</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052137208</t>
+          <t>9786052137598</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Bilgi Biliminde Tema ve Yönelim</t>
+          <t>Ermeni Terörü</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052137116</t>
+          <t>9786052137581</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Yöresi Düz Dokumaları</t>
+          <t>Doğru Yönetim</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>335</v>
+        <v>400</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052137123</t>
+          <t>9786052137529</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Tunceli’deki Mezarlıklar ve Mezar Taşları</t>
+          <t>Ulusal Bilgi Politikaları ve Bilgi Merkezleri</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>3220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052137079</t>
+          <t>9786052137642</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç ve İllerin Demografik Ekonomik ve Fiziksel Dönüşümü</t>
+          <t>Türkistan Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052137048</t>
+          <t>9789944539609</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>AB Tarım Politikaları Açısından Türk Tarımında Katılımcı Bir Model Önerisi: Tigem Örneği</t>
+          <t>Karanlıkta Fikir Büyümez</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>550</v>
+        <v>75</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052015940</t>
+          <t>9786052137420</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı Sahasının Kaynakçası</t>
+          <t>Psiko-Şiir</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052015988</t>
+          <t>9786052137369</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>KKTC’de Girne’ye Bağlı Şirinevler Köyü Monografisi</t>
+          <t>Bilişsel Davranışçı Koçluk</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052015865</t>
+          <t>9786052015919</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alan Olarak Bilgi Merkezleri ve Yenilikçi Yaklaşımlar</t>
+          <t>Sağlık Sisteminde Cevap Verilebilirlik</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>385</v>
+        <v>140</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052015780</t>
+          <t>9786052137406</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>John Dewey’de Deneyim ve Sanat</t>
+          <t>Meşrutiyet’ten Cumhuriyet’e Eğitim (1876-1923)</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>445</v>
+        <v>170</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052015964</t>
+          <t>3990000013894</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>KKTC Üniversiteleri Tez Bibliyografyası (GAÜ, DAÜ, LAÜ, YDÜ)</t>
+          <t>Başlangıç Metodu ve Teorik Bilgiler ile Viyolonsel</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>800</v>
+        <v>210</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052137062</t>
+          <t>9786052015186</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Fakültesi Panelleri</t>
+          <t>Toplumbilimin ABC'si</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>410</v>
+        <v>565</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052015902</t>
+          <t>9786052015414</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Gelişen Viyola Ekolleri</t>
+          <t>Bilgi ve Belge Yönetimi Kuramsal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>185</v>
+        <v>535</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052015889</t>
+          <t>9786052015383</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>İmam Malik ve Metodolojisi</t>
+          <t>Çeviribilimin Paradigmaları 4</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052015582</t>
+          <t>9786052137307</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane’de.</t>
+          <t>Eniştesiz Dış Ticaret</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052015766</t>
+          <t>9786052137338</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür Ortamında Bilgi Hizmetleri ve Kütüphaneciler</t>
+          <t>Caravaggio</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>345</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052015551</t>
+          <t>9786052137321</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Hollanda Resminde Portre</t>
+          <t>Türkiye’de Reklam Tarihi Gelişimi ve Televizyon Reklam Araştırmaları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>2500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052015681</t>
+          <t>9786052137253</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Suriyeliler İç İçe Geçişler ve Karşılaşmalar</t>
+          <t>Cumhuriyet Döneminde Mersin ve İçel’de Siyasi Hayat (1923-1950)</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052015667</t>
+          <t>9786059143141</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Bir Sanattır</t>
+          <t>Zamane Şıkları - Biçare</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052015704</t>
+          <t>9786052137130</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl İstanbul’unda Mutasavvıf Mûsikîşinaslar</t>
+          <t>Şair Nabi’den Öğütler</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052015483</t>
+          <t>9786052137208</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Serdarlı-Çatoz-Köyü Monografisi ve Ağzı</t>
+          <t>Kütüphane ve Bilgi Biliminde Tema ve Yönelim</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052015629</t>
+          <t>9786052137116</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Laiklik ve AK Parti’nin Laiklik Anlayışı</t>
+          <t>Tunceli Yöresi Düz Dokumaları</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>245</v>
+        <v>335</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052015506</t>
+          <t>9786052137123</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Defne Yapraklar Dil, Kültür ve Edebiyat Yazıları</t>
+          <t>Tunceli’deki Mezarlıklar ve Mezar Taşları</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>285</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052015391</t>
+          <t>9786052137079</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>1916 Yılı Osmanlı Nüfus İstatistik Cetveli</t>
+          <t>Türkiye’de Göç ve İllerin Demografik Ekonomik ve Fiziksel Dönüşümü</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052015353</t>
+          <t>9786052137048</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kürt Siyasi Hareketi</t>
+          <t>AB Tarım Politikaları Açısından Türk Tarımında Katılımcı Bir Model Önerisi: Tigem Örneği</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052015315</t>
+          <t>9786052015940</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphanelerinde Yenilikçi Hizmet</t>
+          <t>Ağrı Dağı Sahasının Kaynakçası</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052015308</t>
+          <t>9786052015988</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Panik Bozukluk</t>
+          <t>KKTC’de Girne’ye Bağlı Şirinevler Köyü Monografisi</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>515</v>
+        <v>145</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052015261</t>
+          <t>9786052015865</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Teknolojilerinin Bilgi Merkezlerine ve Hizmetlerine Etkileri</t>
+          <t>Kamusal Alan Olarak Bilgi Merkezleri ve Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052015285</t>
+          <t>9786052015780</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Mardin Ortaçağ Anıtları ve Yapım Teknikleri</t>
+          <t>John Dewey’de Deneyim ve Sanat</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>535</v>
+        <v>445</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052015216</t>
+          <t>9786052015964</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kütüphanecilik Alanında Faaliyet Gösteren Derneklerde Yönetim Katılım ve Seçim Süreci</t>
+          <t>KKTC Üniversiteleri Tez Bibliyografyası (GAÜ, DAÜ, LAÜ, YDÜ)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052015193</t>
+          <t>9786052137062</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>1983-93 Yılları Arasında Türk Siyasal Hayatında Anavatan Partisi ve Turgut Özal'ın Partideki Rolü</t>
+          <t>Edebiyat Fakültesi Panelleri</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>195</v>
+        <v>410</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052015247</t>
+          <t>9786052015902</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Özel Arşivlerde Teori ve Uygulama</t>
+          <t>Tarihsel Süreçte Gelişen Viyola Ekolleri</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>360</v>
+        <v>185</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789944539619</t>
+          <t>9786052015889</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Gladyatöre Dikkat</t>
+          <t>İmam Malik ve Metodolojisi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>50</v>
+        <v>310</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789786056508</t>
+          <t>9786052015582</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Sorgula</t>
+          <t>Kütüphane’de.</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052015162</t>
+          <t>9786052015766</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Arayış Teodise</t>
+          <t>Dijital Kültür Ortamında Bilgi Hizmetleri ve Kütüphaneciler</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>285</v>
+        <v>345</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052015131</t>
+          <t>9786052015551</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bellek Kurumlarında Dijitalleştirme ve Dijital Koruma Politikaları</t>
+          <t>17. Yüzyıl Hollanda Resminde Portre</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>215</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052015070</t>
+          <t>9786052015681</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Aksaray Evleri</t>
+          <t>Türkiye’deki Suriyeliler İç İçe Geçişler ve Karşılaşmalar</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>335</v>
+        <v>220</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786059143998</t>
+          <t>9786052015667</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Hazine-i Kıraat 1</t>
+          <t>Lojistik Bir Sanattır</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>345</v>
+        <v>160</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786059143899</t>
+          <t>9786052015704</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>İnci Kitap</t>
+          <t>17. Yüzyıl İstanbul’unda Mutasavvıf Mûsikîşinaslar</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786059143783</t>
+          <t>9786052015483</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Hazine-i Kıraat 2</t>
+          <t>Serdarlı-Çatoz-Köyü Monografisi ve Ağzı</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>430</v>
+        <v>380</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786059143981</t>
+          <t>9786052015629</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kültür Politikaları ve Kütüphaneler</t>
+          <t>Türkiye’de Laiklik ve AK Parti’nin Laiklik Anlayışı</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>390</v>
+        <v>245</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052015032</t>
+          <t>9786052015506</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Dijital Kültürel Miras Ürünlerine Açık Erişim</t>
+          <t>Defne Yapraklar Dil, Kültür ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>260</v>
+        <v>285</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052015001</t>
+          <t>9786052015391</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Motivasyon</t>
+          <t>1916 Yılı Osmanlı Nüfus İstatistik Cetveli</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786059143967</t>
+          <t>9786052015353</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Ne Umduk Ne Bulduk</t>
+          <t>Geçmişten Günümüze Kürt Siyasi Hareketi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052015056</t>
+          <t>9786052015315</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri İncelemeleri ve Hocam Amil Çelebioğlu İçin Yazdıklarım</t>
+          <t>Halk Kütüphanelerinde Yenilikçi Hizmet</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>510</v>
+        <v>420</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786059143943</t>
+          <t>9786052015308</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Komşu</t>
+          <t>Panik Bozukluk</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>290</v>
+        <v>515</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052015025</t>
+          <t>9786052015261</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Mani, Ninni, Fıkra ve Tandır Hikayeleri</t>
+          <t>Bilişim Teknolojilerinin Bilgi Merkezlerine ve Hizmetlerine Etkileri</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789944157865</t>
+          <t>9786052015285</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Disiplinler Arası Bakış Açısı ile Çevre</t>
+          <t>Mardin Ortaçağ Anıtları ve Yapım Teknikleri</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>365</v>
+        <v>535</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786059143493</t>
+          <t>9786052015216</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Geçmişimiz: Kültürümüzün Kaybolan Değerleri</t>
+          <t>Türkiye'de Kütüphanecilik Alanında Faaliyet Gösteren Derneklerde Yönetim Katılım ve Seçim Süreci</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>3400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786059143479</t>
+          <t>9786052015193</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Kilimleri: Türkmen ve Avşar Dokumaları</t>
+          <t>1983-93 Yılları Arasında Türk Siyasal Hayatında Anavatan Partisi ve Turgut Özal'ın Partideki Rolü</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>3400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786059143554</t>
+          <t>9786052015247</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 1</t>
+          <t>Özel Arşivlerde Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>3400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786059143585</t>
+          <t>9789944539619</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 2</t>
+          <t>Gladyatöre Dikkat</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>3400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786059143912</t>
+          <t>9789786056508</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalleşme Sürecinde İş Ahlakı</t>
+          <t>Sorgula</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786059143820</t>
+          <t>9786052015162</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Ciğersiz Köse</t>
+          <t>Arayış Teodise</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786059143875</t>
+          <t>9786052015131</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Tarihselcilik Düşüncesi Bakımından İbn Haldun</t>
+          <t>Kültürel Bellek Kurumlarında Dijitalleştirme ve Dijital Koruma Politikaları</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786059143844</t>
+          <t>9786052015070</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>İslam Teminat Hukuku</t>
+          <t>Tarihi Aksaray Evleri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>345</v>
+        <v>335</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786059143622</t>
+          <t>9786059143998</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yöresinde Derlenen Jön Türk Asker ve Halk Türküleri</t>
+          <t>Hazine-i Kıraat 1</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786059143608</t>
+          <t>9786059143899</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Çöllerinden</t>
+          <t>İnci Kitap</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786059143387</t>
+          <t>9786059143783</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Aşka İlham Verenler</t>
+          <t>Hazine-i Kıraat 2</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>2875</v>
+        <v>430</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786059143448</t>
+          <t>9786059143981</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Sana Geldi Bu Gönül</t>
+          <t>Türkiye'de Kültür Politikaları ve Kütüphaneler</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786059143400</t>
+          <t>9786052015032</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İş'te Bankacılık</t>
+          <t>Türkiye'de Dijital Kültürel Miras Ürünlerine Açık Erişim</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786059143417</t>
+          <t>9786052015001</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Söz ve Anlam Analizi</t>
+          <t>Başarı ve Motivasyon</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786059143462</t>
+          <t>9786059143967</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 3</t>
+          <t>Ne Umduk Ne Bulduk</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786059143349</t>
+          <t>9786052015056</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal Üniversitesi Kampüs Bitkileri</t>
+          <t>Divan Şiiri İncelemeleri ve Hocam Amil Çelebioğlu İçin Yazdıklarım</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>1035</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786059143363</t>
+          <t>9786059143943</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Arzuhalim</t>
+          <t>Güle Güle Komşu</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786059143233</t>
+          <t>9786052015025</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masallarında Kitap ve Kütüphane Motifi</t>
+          <t>Gaziantep Mani, Ninni, Fıkra ve Tandır Hikayeleri</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786059143318</t>
+          <t>9789944157865</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Nacak-Cumhuriyet Çatışması (1960-1962)</t>
+          <t>Disiplinler Arası Bakış Açısı ile Çevre</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>395</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786059143325</t>
+          <t>9786059143493</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>KKTC’de Siyasi Parti Liderlerinin Beden Dili Kullanımı: 2013 Erken Genel Seçimleri</t>
+          <t>Unutulan Geçmişimiz: Kültürümüzün Kaybolan Değerleri</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>205</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786059143332</t>
+          <t>9786059143479</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Folklor Malzemesi Olarak Şer’iye Sicilleri</t>
+          <t>Kadirli’nin Kilimleri: Türkmen ve Avşar Dokumaları</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>500</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786059143295</t>
+          <t>9786059143554</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Yine de Hayat</t>
+          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 1</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>70</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786059143264</t>
+          <t>9786059143585</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Guguş</t>
+          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 2</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>30</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786059143288</t>
+          <t>9786059143912</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 2</t>
+          <t>Neoliberalleşme Sürecinde İş Ahlakı</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786059143240</t>
+          <t>9786059143820</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Sivas Kadın Giyimi</t>
+          <t>Ciğersiz Köse</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>1600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786059143271</t>
+          <t>9786059143875</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılın İkinci Yarısında Amasya</t>
+          <t>Tarihselcilik Düşüncesi Bakımından İbn Haldun</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>515</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786059143226</t>
+          <t>9786059143844</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Beylerbeyi Sarayında Risk Analizleri ve Koruyucu Tedbir Önerileri</t>
+          <t>İslam Teminat Hukuku</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786059143219</t>
+          <t>9786059143622</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Bilgi Merkezlerinde Stratejik İletişim Yönetimi</t>
+          <t>Çanakkale Yöresinde Derlenen Jön Türk Asker ve Halk Türküleri</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786059143202</t>
+          <t>9786059143608</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Söylem Araştırmaları</t>
+          <t>Asyanın Çöllerinden</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786059143127</t>
+          <t>9786059143387</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Riskler ve Japonya Modeli</t>
+          <t>Aşka İlham Verenler</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>370</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786059143042</t>
+          <t>9786059143448</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası Kütüphane ve Bilgibilim Felsefesi Sempozyumu Etik: Kuram ve Uygulama 3-5 Eylül 2014, Kastamonu</t>
+          <t>Sana Geldi Bu Gönül</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>850</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786059143073</t>
+          <t>9786059143400</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Bilişim</t>
+          <t>İş'te Bankacılık</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786059143080</t>
+          <t>9786059143417</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Araştırmanın Yazılması ve Sunumu</t>
+          <t>Psikolojide Söz ve Anlam Analizi</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786059143059</t>
+          <t>9786059143462</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Nemenra Bir Yer altı Krallığı ve Ruhların Azadı</t>
+          <t>Çeviribilimin Paradigmaları 3</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786059143066</t>
+          <t>9786059143349</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumu Kütüphaneleri</t>
+          <t>Namık Kemal Üniversitesi Kampüs Bitkileri</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>575</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786059143028</t>
+          <t>9786059143363</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yakın Dönem Ekonomik Krizleri</t>
+          <t>Arzuhalim</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786059143035</t>
+          <t>9786059143233</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Türk Beşikdevri Basmalarında Yazma Kitap Geleneğinin Etkileri ve İçkapağın Gelişimi</t>
+          <t>Binbir Gece Masallarında Kitap ve Kütüphane Motifi</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789944157971</t>
+          <t>9786059143318</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Doğunun ve Batının Yerelliği</t>
+          <t>Kıbrıs’ta Nacak-Cumhuriyet Çatışması (1960-1962)</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>410</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786059143004</t>
+          <t>9786059143325</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>İlerleme Kavramı ve Bilimdeki Yansımaları</t>
+          <t>KKTC’de Siyasi Parti Liderlerinin Beden Dili Kullanımı: 2013 Erken Genel Seçimleri</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>430</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789944157995</t>
+          <t>9786059143332</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm Versus Post - Marksizm</t>
+          <t>Dil ve Folklor Malzemesi Olarak Şer’iye Sicilleri</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>355</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789944157858</t>
+          <t>9786059143295</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Farklılıkların Birlikteliği</t>
+          <t>Yine de Hayat</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789944157681</t>
+          <t>9786059143264</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi - Musahabat-ı Leyliye</t>
+          <t>Guguş</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>345</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789944157667</t>
+          <t>9786059143288</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>İpekyolu Ekonomileri</t>
+          <t>Çeviribilimin Paradigmaları 2</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789944157988</t>
+          <t>9786059143240</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Bilginin Eleştirel Arkaplanı</t>
+          <t>Sivas Kadın Giyimi</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>255</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789944157957</t>
+          <t>9786059143271</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Reklamı Okumak</t>
+          <t>17. Yüzyılın İkinci Yarısında Amasya</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>345</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789944157742</t>
+          <t>9786059143226</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Markalaşma Stratejileri</t>
+          <t>Beylerbeyi Sarayında Risk Analizleri ve Koruyucu Tedbir Önerileri</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789944157964</t>
+          <t>9786059143219</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Müşteri İlişkileri Yönetimi</t>
+          <t>Kütüphane ve Bilgi Merkezlerinde Stratejik İletişim Yönetimi</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>1320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052819463</t>
+          <t>9786059143202</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Notları</t>
+          <t>Söylem Araştırmaları</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789944157841</t>
+          <t>9786059143127</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta İlaç Pazarlaması</t>
+          <t>Kentsel Riskler ve Japonya Modeli</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>1320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789944157735</t>
+          <t>9786059143042</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yatırım Kararları ve Hedef Pazar Stratejileri</t>
+          <t>1. Uluslararası Kütüphane ve Bilgibilim Felsefesi Sempozyumu Etik: Kuram ve Uygulama 3-5 Eylül 2014, Kastamonu</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789944157704</t>
+          <t>9786059143073</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Hizmetlerinin Pazarlanması ve Satış Gücü</t>
+          <t>Bilişim</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789944157711</t>
+          <t>9786059143080</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>İnavasyonu Oluşturan İşletmelerin Yaşam Döngüleri</t>
+          <t>Araştırmanın Yazılması ve Sunumu</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789944157803</t>
+          <t>9786059143059</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Pazarlama</t>
+          <t>Nemenra Bir Yer altı Krallığı ve Ruhların Azadı</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>1090</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789944157469</t>
+          <t>9786059143066</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ürün Fikirlerinin Belirlenmesinde Kullanılan Yöntemler</t>
+          <t>Ceza İnfaz Kurumu Kütüphaneleri</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>125</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789944157421</t>
+          <t>9786059143028</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Yeni Teknolojiler Işığında Bilgi ve Belge Yönetimi</t>
+          <t>Türkiye'nin Yakın Dönem Ekonomik Krizleri</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789944157339</t>
+          <t>9786059143035</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırılmış Finansal Araçlar ve Aracı Kuruluşların Kaldıraçlı Hisse Senedi Piyasaları</t>
+          <t>Türk Beşikdevri Basmalarında Yazma Kitap Geleneğinin Etkileri ve İçkapağın Gelişimi</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789944157353</t>
+          <t>9789944157971</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk’ün Dış Politika Konuşmaları</t>
+          <t>Doğunun ve Batının Yerelliği</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789944157513</t>
+          <t>9786059143004</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Motivasyonun Örgütsel Bağlılığa ve Performansa Etkisi</t>
+          <t>İlerleme Kavramı ve Bilimdeki Yansımaları</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789944157285</t>
+          <t>9789944157995</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi ve E-Lojistik</t>
+          <t>Pragmatizm Versus Post - Marksizm</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>150</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789944157278</t>
+          <t>9789944157858</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Bilgi Sistemleri</t>
+          <t>Farklılıkların Birlikteliği</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789944157230</t>
+          <t>9789944157681</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Kriz Dönemlerinde Finansal Risk Yönetimi</t>
+          <t>Ahmet Mithat Efendi - Musahabat-ı Leyliye</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>260</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789944157728</t>
+          <t>9789944157667</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>İnternet Reklamlarının Tüketicinin Satın Alma Davranışlarına Etkileri</t>
+          <t>İpekyolu Ekonomileri</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789944157797</t>
+          <t>9789944157988</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Devrim Yılları</t>
+          <t>Psikolojide Bilginin Eleştirel Arkaplanı</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>285</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789944157698</t>
+          <t>9789944157957</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hizmetlerinin Pazarlamasında Eğitimcilerin Toplam Kalite Yönetimine Giriş</t>
+          <t>Reklamı Okumak</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>215</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789944157773</t>
+          <t>9789944157742</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>İletişim Ve...</t>
+          <t>Pazarlamada Markalaşma Stratejileri</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>370</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789944157766</t>
+          <t>9789944157964</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinin Pazarlaması ve Reklamın Etkileri</t>
+          <t>Bankacılıkta Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>200</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789944157940</t>
+          <t>9786052819463</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ayetleri</t>
+          <t>Lojistik Notları</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786059143196</t>
+          <t>9789944157841</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi ve Girişimcilik</t>
+          <t>Sağlıkta İlaç Pazarlaması</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>170</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786059143158</t>
+          <t>9789944157735</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsan İçinde - Ana Akım ve Eleştirel Sosyal Psikoloji</t>
+          <t>İşletmelerde Yatırım Kararları ve Hedef Pazar Stratejileri</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>575</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786059143189</t>
+          <t>9789944157704</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Film</t>
+          <t>Bankacılık Hizmetlerinin Pazarlanması ve Satış Gücü</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
+          <t>9789944157711</t>
+        </is>
+      </c>
+      <c r="B1057" s="1" t="inlineStr">
+        <is>
+          <t>İnavasyonu Oluşturan İşletmelerin Yaşam Döngüleri</t>
+        </is>
+      </c>
+      <c r="C1057" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:3">
+      <c r="A1058" s="1" t="inlineStr">
+        <is>
+          <t>9789944157803</t>
+        </is>
+      </c>
+      <c r="B1058" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılıkta Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1058" s="1">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:3">
+      <c r="A1059" s="1" t="inlineStr">
+        <is>
+          <t>9789944157469</t>
+        </is>
+      </c>
+      <c r="B1059" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Ürün Fikirlerinin Belirlenmesinde Kullanılan Yöntemler</t>
+        </is>
+      </c>
+      <c r="C1059" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:3">
+      <c r="A1060" s="1" t="inlineStr">
+        <is>
+          <t>9789944157421</t>
+        </is>
+      </c>
+      <c r="B1060" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Teknolojiler Işığında Bilgi ve Belge Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1060" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:3">
+      <c r="A1061" s="1" t="inlineStr">
+        <is>
+          <t>9789944157339</t>
+        </is>
+      </c>
+      <c r="B1061" s="1" t="inlineStr">
+        <is>
+          <t>Yapılandırılmış Finansal Araçlar ve Aracı Kuruluşların Kaldıraçlı Hisse Senedi Piyasaları</t>
+        </is>
+      </c>
+      <c r="C1061" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:3">
+      <c r="A1062" s="1" t="inlineStr">
+        <is>
+          <t>9789944157353</t>
+        </is>
+      </c>
+      <c r="B1062" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Atatürk’ün Dış Politika Konuşmaları</t>
+        </is>
+      </c>
+      <c r="C1062" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:3">
+      <c r="A1063" s="1" t="inlineStr">
+        <is>
+          <t>9789944157513</t>
+        </is>
+      </c>
+      <c r="B1063" s="1" t="inlineStr">
+        <is>
+          <t>Motivasyonun Örgütsel Bağlılığa ve Performansa Etkisi</t>
+        </is>
+      </c>
+      <c r="C1063" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:3">
+      <c r="A1064" s="1" t="inlineStr">
+        <is>
+          <t>9789944157285</t>
+        </is>
+      </c>
+      <c r="B1064" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Yönetimi ve E-Lojistik</t>
+        </is>
+      </c>
+      <c r="C1064" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:3">
+      <c r="A1065" s="1" t="inlineStr">
+        <is>
+          <t>9789944157278</t>
+        </is>
+      </c>
+      <c r="B1065" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Bilgi Sistemleri</t>
+        </is>
+      </c>
+      <c r="C1065" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:3">
+      <c r="A1066" s="1" t="inlineStr">
+        <is>
+          <t>9789944157230</t>
+        </is>
+      </c>
+      <c r="B1066" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Dönemlerinde Finansal Risk Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1066" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:3">
+      <c r="A1067" s="1" t="inlineStr">
+        <is>
+          <t>9789944157728</t>
+        </is>
+      </c>
+      <c r="B1067" s="1" t="inlineStr">
+        <is>
+          <t>İnternet Reklamlarının Tüketicinin Satın Alma Davranışlarına Etkileri</t>
+        </is>
+      </c>
+      <c r="C1067" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:3">
+      <c r="A1068" s="1" t="inlineStr">
+        <is>
+          <t>9789944157797</t>
+        </is>
+      </c>
+      <c r="B1068" s="1" t="inlineStr">
+        <is>
+          <t>İletişimin Devrim Yılları</t>
+        </is>
+      </c>
+      <c r="C1068" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:3">
+      <c r="A1069" s="1" t="inlineStr">
+        <is>
+          <t>9789944157698</t>
+        </is>
+      </c>
+      <c r="B1069" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hizmetlerinin Pazarlamasında Eğitimcilerin Toplam Kalite Yönetimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1069" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:3">
+      <c r="A1070" s="1" t="inlineStr">
+        <is>
+          <t>9789944157773</t>
+        </is>
+      </c>
+      <c r="B1070" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Ve...</t>
+        </is>
+      </c>
+      <c r="C1070" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:3">
+      <c r="A1071" s="1" t="inlineStr">
+        <is>
+          <t>9789944157766</t>
+        </is>
+      </c>
+      <c r="B1071" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetlerinin Pazarlaması ve Reklamın Etkileri</t>
+        </is>
+      </c>
+      <c r="C1071" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:3">
+      <c r="A1072" s="1" t="inlineStr">
+        <is>
+          <t>9789944157940</t>
+        </is>
+      </c>
+      <c r="B1072" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Ayetleri</t>
+        </is>
+      </c>
+      <c r="C1072" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:3">
+      <c r="A1073" s="1" t="inlineStr">
+        <is>
+          <t>9786059143196</t>
+        </is>
+      </c>
+      <c r="B1073" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Yönetimi ve Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C1073" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:3">
+      <c r="A1074" s="1" t="inlineStr">
+        <is>
+          <t>9786059143158</t>
+        </is>
+      </c>
+      <c r="B1074" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İnsan İçinde - Ana Akım ve Eleştirel Sosyal Psikoloji</t>
+        </is>
+      </c>
+      <c r="C1074" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:3">
+      <c r="A1075" s="1" t="inlineStr">
+        <is>
+          <t>9786059143189</t>
+        </is>
+      </c>
+      <c r="B1075" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Film</t>
+        </is>
+      </c>
+      <c r="C1075" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:3">
+      <c r="A1076" s="1" t="inlineStr">
+        <is>
           <t>9789944157759</t>
         </is>
       </c>
-      <c r="B1057" s="1" t="inlineStr">
+      <c r="B1076" s="1" t="inlineStr">
         <is>
           <t>Sağlık İşletmelerindeki Çatışmaların Hizmetlerin Pazarlanmasına Etkileri</t>
         </is>
       </c>
-      <c r="C1057" s="1">
+      <c r="C1076" s="1">
         <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>