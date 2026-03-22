--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -85,16165 +85,17080 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255884855</t>
+          <t>9786256078062</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar IV</t>
+          <t>Understanding Turkey’s Syria Policy During The AK Party Era: From Desecuritization to Securitization</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255884800</t>
+          <t>9786256078109</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Dünya Başkentlerine Osmanlı’nın Diplomatik Teşekkür Mektupları Arşiv 	Belgeleriyle 18. 19. 20. Yüzyıl</t>
+          <t>Cumhuriyet’in 100. Yılı Anısına Kastamonu Üniversitesi Bilgi ve Belge Yönetimi Bölümü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255884916</t>
+          <t>9786256078048</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Propaganda Aracı Olarak İnsani Yardımın 	Kullanımı Hilal-i Ahmer (Kızılay) Örneği</t>
+          <t>İşletmelerde Finansal Modelleme Stratejik Planlama ve Bütçeleme Entegrasyonu ile Finansal Modelleme Uygulaması</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255884978</t>
+          <t>9786256078017</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Diplomasinin Yeni Aracı Kütüphane Diplomasisi</t>
+          <t>İnsanlığın Somut Olmayan Kültürel Mirası: Kırkpınar - Cumhuriyet Dönemi İlkleri, Başpehlivanları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259686004</t>
+          <t>9786059143172</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük II. Uluslararası Kıbrıs Araştırmaları Sempozyumu</t>
+          <t>Lojistik Notları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255884879</t>
+          <t>9786056557705</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar IV</t>
+          <t>Yeni Başlayanlar İçin Homeopati ve Homeopatik İlk Yardım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255884749</t>
+          <t>9789944157193</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Kütüphanelerinde Değişim ve Psikolojik Sermaye Yönetimi</t>
+          <t>Termik Motorlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255884886</t>
+          <t>9786052811139</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Legal Aspects Of Turkish Cypriot Waqfs and The Waqf Culture</t>
+          <t>Imperial Meritocracies</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>750</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255884831</t>
+          <t>9789754913767</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Boyutlarıyla Kıbrıs Türk Vakıfları ve Vakıf Kültürü</t>
+          <t>Kurumsal Bilgi Sistemleri ve Belge Yönetimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>700</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255884596</t>
+          <t>9786052810095</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>II. Uluslararası Altayistik Sempozyumu 	Bildiriler Kitabı</t>
+          <t>Kıbrıs Dünyanın Merkezidir - Türk Evi Serisi İkinci Kitap</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>850</v>
+        <v>115</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255884701</t>
+          <t>9786052811009</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bilgi, Bilim ve Bilgi Merkezleri Odağında Etik</t>
+          <t>Mucize Bitki Kenevir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255884725</t>
+          <t>9786052137482</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tanzimattan Günümüze Türk Tiyatrosunun Edebi ve Toplumsal Serüveni</t>
+          <t>Kıbrıs - Afrin Hattı 1192 - 2018</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255884572</t>
+          <t>9786052015094</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Bakış Açısından Özel Gereksinimli Çocuklar İçin Kütüphane 	Hizmetleri</t>
+          <t>Resmed Resimlerle Edebiyat</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255884763</t>
+          <t>9786052137246</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Arzi Mehmed Dede ve Şiirleri</t>
+          <t>Uzlaştırma (Sınava Hazırlık Kitabı)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255884664</t>
+          <t>9789756351529</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bartın Halkevi 1935 - 1951</t>
+          <t>Bu da Geldi Kitabın Başına</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>420</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255884503</t>
+          <t>9786056557712</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim Öznenin Nesneye Anlam Yüklemesi</t>
+          <t>Homeopatinin Bakış Açısıyla Tıbbın Özü Felsefesi ve Hastalıkların Tedavisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255884480</t>
+          <t>9786059143134</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Kütüphanelerinde Performans Yönetimi: Anahtar Göstergeler ve Ölçüm Modeli</t>
+          <t>Şizofreni İçin Sosyal Beceri Eğitimi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255884619</t>
+          <t>9786052015728</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar - IV</t>
+          <t>Örgütsel İletişim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>850</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255884558</t>
+          <t>9789944539647</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Gelenekten Geleceğe Bilgi ve Belge Yönetimi Sempozyumu (IV)</t>
+          <t>Savrulmuş Yaşamlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>420</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255884268</t>
+          <t>9786056508219</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri’nin Keşşaf Tefsirindeki Ahkam Ayetlerini Yorumlama Metodu</t>
+          <t>Dünya Bu Kadar Güzelken İnsanlar Neden Kötü...</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255884688</t>
+          <t>9789944539692</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Arşivle Mektep Arasında Muallim Cevdet Makaleleri</t>
+          <t>Dallar Hep Kırıktı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>850</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255884282</t>
+          <t>9789944539661</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dijital ve Sürdürülebilir Gelecek - Stratejik ve İnsan Odaklı Perspektifler</t>
+          <t>Özlemleri Ölüm Siler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255884411</t>
+          <t>9789944539654</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Oyun ve Oyuncular</t>
+          <t>At Hırsızı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255884466</t>
+          <t>9786056508202</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türkçe ve Korecenin Karşılaştırmalı Ses Bilgisi</t>
+          <t>Bir Babanın Yanlışı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255884305</t>
+          <t>9789944539678</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Siyah Kalem Tasvir Grubu’nda Yer Alan Demon İmgeleri</t>
+          <t>Tutsak Aşk</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255884343</t>
+          <t>9789944157674</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümler ve Muhasebe Sistemine Etkileri</t>
+          <t>Televizyon ve Radyo Yayıncılığı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255884442</t>
+          <t>9789944157124</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan Öğretmenler</t>
+          <t>Yükseköğretim Mevzuatı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255884381</t>
+          <t>3990000050514</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Yazar Haluk Yücel’e Armağan “Şiire ve Tarihe”</t>
+          <t>Web Sitelerinin Kimliklenmesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255884367</t>
+          <t>9789756351338</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Musabahat-ı Leyliye</t>
+          <t>Türkiye’de Siyasetin Bilgi ve Belge Yönetimi Alanına Etkileri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255884015</t>
+          <t>9789944157049</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Taşlamalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255884329</t>
+          <t>3990000025949</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Dönemi’nde 13. Kolordu ve Güneydoğu Cephesi</t>
+          <t>Tarım Makinaları İlkeleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1300</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256078406</t>
+          <t>9789759529574</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Motivasyon ve Performans Süreçleri Yönetimi</t>
+          <t>Kütüphane Kaynak ve Hizmetlerini Pazarlama</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255884220</t>
+          <t>9789944157025</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>AI’HAN ile Yapay Zeka Öğreniyoruz</t>
+          <t>Kır Çiçekleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255884206</t>
+          <t>9789944157117</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kamu Liderliği İle İş Tatmini Arasındaki İlişkide Örgütsel Desteğin Aracılık Rolünün İncelenmesi</t>
+          <t>Kıbrıs Barış Harekatı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255884244</t>
+          <t>9789757670414</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Kurumlarında Çatışma Yönetimi</t>
+          <t>Kanunların Ruhu Üzerine</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>402.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256482180</t>
+          <t>9789944157391</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizin Kadın Kahramanları</t>
+          <t>İlköğretimden Üniversiteye Akademik Başarın İçin Yanındayım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>690</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257339643</t>
+          <t>9789944157148</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Antlaşmaları, Planları ve Önemli BM, AB Kararları (1571-2020)</t>
+          <t>İletişime Giriş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>645</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255884138</t>
+          <t>9789944157056</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Boşamada Şahit 	Bulundurma Zorunluluğu</t>
+          <t>Elektronik Yayıncılık ve Web Tasarım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255884091</t>
+          <t>9789752709003</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi ve Sürdürülebilirlik Circular 	Economy and Sustainability</t>
+          <t>Sağlam Düşün Gerçeği Bul</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>780</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255884008</t>
+          <t>9786257499446</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Algı Yönetimi KKTC’de Su</t>
+          <t>İşveren Yönüyle İş Hukukunda Disiplin Cezaları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>280</v>
+        <v>184</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255884077</t>
+          <t>3990000845069</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeyi Unutma Afete Yakalanma</t>
+          <t>Ratip Kazancıgil’in Kaleminden Edirne Cilt 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255884114</t>
+          <t>9786257280716</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dijitallaşme İle Birlikte Değişen Halk Biliminin 	Üretim ve Yayılım Mekanizmalarının Analizi</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 6</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>980</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256078239</t>
+          <t>9786257280709</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’s Geostrategic Maritime Policy In The 	21st Century - The Libyan Intervention as a 	Geopolitical Crossroad</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 5</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>965</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255884169</t>
+          <t>9786257280686</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Yönelimi ve Rekabet Gücü Arasındaki İlişkide İnovasyon Performansının 	Aracılık Rolü İhracatçı Firmalar Üzerinde Bir Araştırma</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 3</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>900</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256078987</t>
+          <t>9786052816387</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Açık Kaynak İstihbaratı Teknikleri Kullanılarak Teknoloji İstihbaratı Model Önerisi</t>
+          <t>Umay Türkeş Günay Armağanı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256078963</t>
+          <t>9786052815358</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Veri Yönetim Sistemleri ve Arşivleme Uygulamaları Çerçevesinde Veri Gölü Mimarilerinin Geliştirilmesi</t>
+          <t>Rusya ve İran’da Klasik İmparatorluk ve Siyasal Modernleşme: Patrimonyalizm Perspektifinden Bir İnceleme</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>480</v>
+        <v>40</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256078949</t>
+          <t>9789756351291</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Düzenlenmesinde Yapay Zeka Kullanımı</t>
+          <t>E-Devlet Sürecinde Elektronik Belge Yönetimi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>420</v>
+        <v>575</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786252817018</t>
+          <t>9789944157216</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
+          <t>Dünya Jeopolitiğinde Türkiye</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>230</v>
+        <v>630</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756351475</t>
+          <t>9789944157131</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
+          <t>Duruş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944157186</t>
+          <t>9789944157223</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Temel Sigorta Bilgileri ve Sigorta Sektörünün Yapısal Analizi</t>
+          <t>Donanma Mecmuası Çanakkale</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944157032</t>
+          <t>9789750128752</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sitem</t>
+          <t>Çocuklarımıza Çevre ve Bilinçli Tüketim Rehberi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059143165</t>
+          <t>9789944157384</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yazma Eserlerin Bibliyografik Denetimi</t>
+          <t>Centralasia-South Caucasus Political Development</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>830</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052816639</t>
+          <t>9789944157179</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1-2 (2 Kitap Takım)</t>
+          <t>Bir Kütüphanenin Hikayesi - Kurumsal ve Kişisel Anılar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>640</v>
+        <v>390</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944157070</t>
+          <t>9789944157063</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntem ve Stratejileri</t>
+          <t>Anahtar - II</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256078734</t>
+          <t>9789944157001</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Finansal Stresi Turkey’s Financial 	Stress</t>
+          <t>Amaçlı Canlılar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256078260</t>
+          <t>9789944157100</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Adanın Unutulan Savaşı Kıbrıs’lı Katırcılar 1939-1944</t>
+          <t>Akademik Futbol</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256078758</t>
+          <t>9789944157261</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Döneminde Din Adamları</t>
+          <t>2008 Global Ekonomik Kriz Öncesi ve Sonrası Türk Bankacılık Sisteminde Fon Yönetimi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256607872</t>
+          <t>9789944157308</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanelerin Geleceği: Yapay Zekâ ve Büyük Verinin Kütüphanelerde Kullanımı</t>
+          <t>2008 Finansal Krizi ve Bu Dönemde Bankacılık Sektörünün Kar Etme Nedenleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256078697</t>
+          <t>9789944157568</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Türk 	Kütüphanecilik Tarihi</t>
+          <t>Çin Halk Cumhuriyetinin 2009 Mali Krizden Büyüyerek Çıkma Nedenleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258410877</t>
+          <t>3990000051519</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimine Giriş</t>
+          <t>Lisanü'l-Etibba Tabiplerin Dili</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256078635</t>
+          <t>9786052817155</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Londra’da Bir İstanbul Sergisi Diplomasi - Ekonomi - Temaşa (1893-94)</t>
+          <t>Doğu Toplum ve Devlet Düşüncesi Bakımından Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>42</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256078710</t>
+          <t>9786255884855</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Çalışma Yaşamı Kalitesi 	Kütüphaneciler Üzerine Bir Araştırma</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar IV</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256078505</t>
+          <t>9786255884800</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Strategic Management Tools, Techniques and Conceptual Models</t>
+          <t>Saraydan Dünya Başkentlerine Osmanlı’nın Diplomatik Teşekkür Mektupları Arşiv 	Belgeleriyle 18. 19. 20. Yüzyıl</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>900</v>
+        <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256078666</t>
+          <t>9786255884916</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm &amp; Teknostres Tasarım Odaklı Çözümler</t>
+          <t>Propaganda Aracı Olarak İnsani Yardımın 	Kullanımı Hilal-i Ahmer (Kızılay) Örneği</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256078543</t>
+          <t>9786255884978</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Hekimliği Perspektifinden Karaciğer</t>
+          <t>Kültürel Diplomasinin Yeni Aracı Kütüphane Diplomasisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256078345</t>
+          <t>9786259686004</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gayrımenkul Yatırım Ortaklılarında İç Kontrol Yapısının Değerlendirilmesi</t>
+          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük II. Uluslararası Kıbrıs Araştırmaları Sempozyumu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256078598</t>
+          <t>9786255884879</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs’ın İstirdadının 50. Yılı Anısına Kıbrıs Çalışmaları</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar IV</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256078420</t>
+          <t>9786255884749</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>II. Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
+          <t>Üniversite Kütüphanelerinde Değişim ve Psikolojik Sermaye Yönetimi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256078574</t>
+          <t>9786255884886</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar-III</t>
+          <t>Legal Aspects Of Turkish Cypriot Waqfs and The Waqf Culture</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256078383</t>
+          <t>9786255884831</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>E-Arşivlerin Entelektüel Kontrolü</t>
+          <t>Hukuki Boyutlarıyla Kıbrıs Türk Vakıfları ve Vakıf Kültürü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256078611</t>
+          <t>9786255884596</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Lojistiğin Geleceği</t>
+          <t>II. Uluslararası Altayistik Sempozyumu 	Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256078314</t>
+          <t>9786255884701</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İvriz (Eğerli) Şehrengizi Şair Şeyh Cemali</t>
+          <t>Bilgi, Bilim ve Bilgi Merkezleri Odağında Etik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256078529</t>
+          <t>9786255884725</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar III</t>
+          <t>Tanzimattan Günümüze Türk Tiyatrosunun Edebi ve Toplumsal Serüveni</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256482937</t>
+          <t>9786255884572</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çeviride Proje Yönetimi ve Çeviri Projesi 	Yöneticisi</t>
+          <t>Bilgi ve Belge Yönetimi Bakış Açısından Özel Gereksinimli Çocuklar İçin Kütüphane 	Hizmetleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256078321</t>
+          <t>9786255884763</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Perakende Sektörü İşletmelerinde Kurumsal Risk Yönetimi</t>
+          <t>Arzi Mehmed Dede ve Şiirleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256078185</t>
+          <t>9786255884664</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Bilgi Sistemleri ve Veri Yönetimi Politikaları Çerçevesinde Gizli ve Özel Güvenlik Gerektiren Belgelerin Yönetimi</t>
+          <t>Bartın Halkevi 1935 - 1951</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256078284</t>
+          <t>9786255884503</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hava Kargo Taşımacılığı ve Ülke Refahı</t>
+          <t>Görsel İletişim Öznenin Nesneye Anlam Yüklemesi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786252810293</t>
+          <t>9786255884480</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Üniversite Kütüphanelerinde Performans Yönetimi: Anahtar Göstergeler ve Ölçüm Modeli</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256078147</t>
+          <t>9786255884619</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Kalitesi ve Yeni Kalite Standartları: İlgili Paydaşların Algıları Üzerine Bir İnceleme</t>
+          <t>Türklük Bilimine Genç Bakışlar - IV</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256078215</t>
+          <t>9786255884558</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Zeka</t>
+          <t>Uluslararası Gelenekten Geleceğe Bilgi ve Belge Yönetimi Sempozyumu (IV)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256078086</t>
+          <t>9786255884268</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Siyasetten Edebiyata Türk Basınında Dergiler (1882-1960)</t>
+          <t>Zemahşeri’nin Keşşaf Tefsirindeki Ahkam Ayetlerini Yorumlama Metodu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256078123</t>
+          <t>9786255884688</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Manyetik Rezonans Tekniğinin (MRG/NMR) Diş Hekimliğindeki Uygulamaları</t>
+          <t>Arşivle Mektep Arasında Muallim Cevdet Makaleleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257339469</t>
+          <t>9786255884282</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Organik Yarı İletkenlerin Fiziksel Özellikleri</t>
+          <t>Dijital ve Sürdürülebilir Gelecek - Stratejik ve İnsan Odaklı Perspektifler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256482999</t>
+          <t>9786255884411</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Sürdürülebilirlik Çalışmaları</t>
+          <t>Klasik Türk Şiirinde Oyun ve Oyuncular</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052811160</t>
+          <t>9786255884466</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Temel Düzey A1</t>
+          <t>Türkçe ve Korecenin Karşılaştırmalı Ses Bilgisi</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>3990000016260</t>
+          <t>9786255884305</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Muhammed Siyah Kalem Tasvir Grubu’nda Yer Alan Demon İmgeleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256482951</t>
+          <t>9786255884343</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hatay Devleti Başbakanı Dr. Abdurrahman Melek’in Hayatı ve Siyasi Faaliyetleri</t>
+          <t>Dijital Dönüşümler ve Muhasebe Sistemine Etkileri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256482975</t>
+          <t>9786255884442</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Faaliyetlerde Çözümlü Vaka Analizleri</t>
+          <t>Gölgede Kalan Öğretmenler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256482906</t>
+          <t>9786255884381</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gastronomide Güncel Trendler</t>
+          <t>Şair ve Yazar Haluk Yücel’e Armağan “Şiire ve Tarihe”</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256482883</t>
+          <t>9786255884367</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Afet Yönetimi ve İletişimi</t>
+          <t>Musabahat-ı Leyliye</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256482845</t>
+          <t>9786255884015</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kent Turizmine Eleştirel Bir Bakış: Kültürel Mirasın ve Sunulan Kentin Bütünleştirilmesi</t>
+          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>950</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256482869</t>
+          <t>9786255884329</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Poesia y Poetica de Luis Garcia Montero. El  Viajero de Habitaciones Separadas 1980-1994</t>
+          <t>Milli Mücadele Dönemi’nde 13. Kolordu ve Güneydoğu Cephesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256482722</t>
+          <t>9786256078406</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ankara’ya Erişilebilir Mekansal Öneriler 	Yaratıcı Kentler</t>
+          <t>İşletmelerde Motivasyon ve Performans Süreçleri Yönetimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>370</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256482807</t>
+          <t>9786255884220</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Oyun Denemeler</t>
+          <t>AI’HAN ile Yapay Zeka Öğreniyoruz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258461299</t>
+          <t>9786255884206</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa - Cilt 1</t>
+          <t>Kamu Liderliği İle İş Tatmini Arasındaki İlişkide Örgütsel Desteğin Aracılık Rolünün İncelenmesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944157520</t>
+          <t>9786255884244</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Türk Sigorta Sektörünün Analizi ve Banka Kaynaklı Sigorta Pazarlaması</t>
+          <t>Eğitim Kurumlarında Çatışma Yönetimi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944157247</t>
+          <t>9786256482180</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Fantastik Roman</t>
+          <t>Şiirimizin Kadın Kahramanları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>690</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944157292</t>
+          <t>9786257339643</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türk Bankacılık Sisteminde Elektronik Bankacılık Uygulamaları</t>
+          <t>Kıbrıs Antlaşmaları, Planları ve Önemli BM, AB Kararları (1571-2020)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>125</v>
+        <v>645</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944157322</t>
+          <t>9786255884138</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türk Bankacılık Sisteminde Ekonomik Krizin Tüketici Kredilerine Etkisi</t>
+          <t>İslam Hukukunda Boşamada Şahit 	Bulundurma Zorunluluğu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944157544</t>
+          <t>9786255884091</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Son 30 Yılda Türkiye ve Güney Kore’nin Ekonomik Performansı</t>
+          <t>Döngüsel Ekonomi ve Sürdürülebilirlik Circular 	Economy and Sustainability</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>165</v>
+        <v>780</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944157254</t>
+          <t>9786255884008</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Resimli Yirminci Asır</t>
+          <t>Psikolojik Algı Yönetimi KKTC’de Su</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944157094</t>
+          <t>9786255884077</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türklerinin Bastıkları Kitaplar</t>
+          <t>Tehlikeyi Unutma Afete Yakalanma</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>365</v>
+        <v>420</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944157360</t>
+          <t>9786255884114</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gittik, Gördük, Yazdık Orta Asya ve Kafkasya</t>
+          <t>Dijitallaşme İle Birlikte Değişen Halk Biliminin 	Üretim ve Yayılım Mekanizmalarının Analizi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944157377</t>
+          <t>9786256078239</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya ve Güney Kafkasya Siyasi Gelişmeler 1991-2010</t>
+          <t>Türkiye’s Geostrategic Maritime Policy In The 	21st Century - The Libyan Intervention as a 	Geopolitical Crossroad</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>960</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944157407</t>
+          <t>9786255884169</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Deneyimi Tasarımı ve Yönetimi</t>
+          <t>Teknoloji Yönelimi ve Rekabet Gücü Arasındaki İlişkide İnovasyon Performansının 	Aracılık Rolü İhracatçı Firmalar Üzerinde Bir Araştırma</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>195.5</v>
+        <v>220</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944157346</t>
+          <t>9786256078987</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kaynakçalı Türk Dış Politikası Kronolojisi</t>
+          <t>Açık Kaynak İstihbaratı Teknikleri Kullanılarak Teknoloji İstihbaratı Model Önerisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944157155</t>
+          <t>9786256078963</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İşletme Finansının Küreselleşmesi</t>
+          <t>Kurumsal Veri Yönetim Sistemleri ve Arşivleme Uygulamaları Çerçevesinde Veri Gölü Mimarilerinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>255</v>
+        <v>480</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944157438</t>
+          <t>9786256078949</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Etik</t>
+          <t>Bilginin Düzenlenmesinde Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944157551</t>
+          <t>9786252817018</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İç Borçlanmanın Bankacılık Sektörü Açısından Etkilerinin Analizi</t>
+          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944157506</t>
+          <t>9789756351475</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hizmet, Hizmet Pazarlaması, Türkiye’de Bireysel Emeklilik Sistemi ve Pazarlama Stratejileri</t>
+          <t>Çağdaş Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>36</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944157476</t>
+          <t>9789944157186</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Kalitesinin Hizmet Performansına Etkisi: Bir Hastanede Uygulama</t>
+          <t>Temel Sigorta Bilgileri ve Sigorta Sektörünün Yapısal Analizi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944157315</t>
+          <t>9789944157032</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hisse Senedi Piyasasında Piyasa Yapıcılığı Sistemi ve Yurtdışı Uygulamaları</t>
+          <t>Sitem</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944157414</t>
+          <t>9786059143165</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Finansal Okuryazarlık</t>
+          <t>Yazma Eserlerin Bibliyografik Denetimi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944157575</t>
+          <t>9786052816639</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Farklı Pencereler, Farklı Manzaralar</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1-2 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>330</v>
+        <v>640</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944157537</t>
+          <t>9789944157070</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasalarında Hisse Senetleri ve Hisse Senetlerini Etkilayen Makroekonomik Faktörler</t>
+          <t>Araştırma Yöntem ve Stratejileri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>205</v>
+        <v>130</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944157087</t>
+          <t>9786256078734</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Yürek</t>
+          <t>Türkiye’nin Finansal Stresi Turkey’s Financial 	Stress</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256482579</t>
+          <t>9786256078260</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Davet</t>
+          <t>Unutulan Adanın Unutulan Savaşı Kıbrıs’lı Katırcılar 1939-1944</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256482739</t>
+          <t>9786256078758</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kırımçak Türkçesi Sözlüğü</t>
+          <t>Milli Mücadele Döneminde Din Adamları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256482760</t>
+          <t>9786256607872</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Harcamalarını Artıran Faktörler</t>
+          <t>Kütüphanelerin Geleceği: Yapay Zekâ ve Büyük Verinin Kütüphanelerde Kullanımı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256482708</t>
+          <t>9786256078697</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güncel Bilgi ve Belge Yönetimi Araştırmaları ve Uygulamaları</t>
+          <t>Erken Cumhuriyet Dönemi Türk 	Kütüphanecilik Tarihi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258244670</t>
+          <t>9786258410877</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Dil Bilimine Giriş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256482470</t>
+          <t>9786256078635</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Yönetmek ve Liderlik Ruhu</t>
+          <t>Londra’da Bir İstanbul Sergisi Diplomasi - Ekonomi - Temaşa (1893-94)</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256482593</t>
+          <t>9786256078710</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Asyalı Geçmişi</t>
+          <t>Stres ve Çalışma Yaşamı Kalitesi 	Kütüphaneciler Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256482654</t>
+          <t>9786256078505</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Python: Veri Analizi, Görselleştirme ve Yapay Zeka</t>
+          <t>Strategic Management Tools, Techniques and Conceptual Models</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>380</v>
+        <v>900</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256482166</t>
+          <t>9786256078666</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Basın Tarihi Nacak 1959-1963</t>
+          <t>Dijital Dönüşüm &amp; Teknostres Tasarım Odaklı Çözümler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256482548</t>
+          <t>9786256078543</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatında Geyik İkonografisi</t>
+          <t>Veteriner Hekimliği Perspektifinden Karaciğer</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256482319</t>
+          <t>9786256078345</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Enterprise Risk Management</t>
+          <t>Gayrımenkul Yatırım Ortaklılarında İç Kontrol Yapısının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256482616</t>
+          <t>9786256078598</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
+          <t>Kuzey Kıbrıs’ın İstirdadının 50. Yılı Anısına Kıbrıs Çalışmaları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256482272</t>
+          <t>9786256078420</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Karayosunları Florası - Bryophyte Flora of Türkiye</t>
+          <t>II. Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256482494</t>
+          <t>9786256078574</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mapping The Landscape of Translator-Training Research in Türkiye A Review of Studies from 2000 to 2020</t>
+          <t>Türklük Bilimine Genç Bakışlar-III</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256482517</t>
+          <t>9786256078383</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar 2</t>
+          <t>E-Arşivlerin Entelektüel Kontrolü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256482401</t>
+          <t>9786256078611</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Tiyatrosu</t>
+          <t>Lojistiğin Geleceği</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256482357</t>
+          <t>9786256078314</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Koridorları</t>
+          <t>İvriz (Eğerli) Şehrengizi Şair Şeyh Cemali</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256482425</t>
+          <t>9786256078529</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>E=MC² ve 10 Saniyenin Sırrı</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar III</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256482333</t>
+          <t>9786256482937</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Kültür, Sanat Kenti Edirne 2</t>
+          <t>Çeviride Proje Yönetimi ve Çeviri Projesi 	Yöneticisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256482104</t>
+          <t>9786256078321</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Okuryazarlığı Örneğinde Oyunlaştırmayla Zenginleştirilmiş Hibrit Eğitim Modeli Uygulaması</t>
+          <t>Perakende Sektörü İşletmelerinde Kurumsal Risk Yönetimi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256482241</t>
+          <t>9786256078185</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 2</t>
+          <t>Kamusal Bilgi Sistemleri ve Veri Yönetimi Politikaları Çerçevesinde Gizli ve Özel Güvenlik Gerektiren Belgelerin Yönetimi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256482227</t>
+          <t>9786256078284</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Doğuştan Dijital Belgelerin Belge ve Arşiv Yönetim Süreçleri</t>
+          <t>Hava Kargo Taşımacılığı ve Ülke Refahı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258244953</t>
+          <t>9786252810293</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Performansı</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256482371</t>
+          <t>9786256078147</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hizmetkar Liderlik</t>
+          <t>Bağımsız Denetim Kalitesi ve Yeni Kalite Standartları: İlgili Paydaşların Algıları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256482074</t>
+          <t>9786256078215</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Untranslatability Paradox of Translation: The Garden Paths in Translation</t>
+          <t>Herkes İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256482142</t>
+          <t>9786256078086</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Su ve Sürdürülebilirlik</t>
+          <t>Siyasetten Edebiyata Türk Basınında Dergiler (1882-1960)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258410884</t>
+          <t>9786256078123</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hastane İşletmelerinde Motivasyonun Hemşirelerin Performansına Etkisi</t>
+          <t>Manyetik Rezonans Tekniğinin (MRG/NMR) Diş Hekimliğindeki Uygulamaları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256482128</t>
+          <t>9786257339469</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Döneminde Türkiye'de Günlük Hayat</t>
+          <t>Organik Yarı İletkenlerin Fiziksel Özellikleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258244984</t>
+          <t>9786256482999</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gastromania’dan Şifacılığa</t>
+          <t>Sosyal Bilimlerde Sürdürülebilirlik Çalışmaları</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256482005</t>
+          <t>9786052811160</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fransız Diplomatik Belgelerinde Balkanlar 1912-1913</t>
+          <t>Yabancılar İçin Türkçe Temel Düzey A1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256482043</t>
+          <t>3990000016260</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Üniversite Kütüphaneleri: Mevcut Durum, Sorunlar ve Çözüm Önerileri</t>
+          <t>Serbest Düşüş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256482012</t>
+          <t>9786256482951</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Hizmetlerinin 	Yürütülmesinde Hemşirelerin Performansına Odaklı Ödeme Sistemleri</t>
+          <t>Hatay Devleti Başbakanı Dr. Abdurrahman Melek’in Hayatı ve Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258244915</t>
+          <t>9786256482975</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Markanın Oluşumunda Sağlık Çalışanlarının İşlevleri</t>
+          <t>Lojistik Faaliyetlerde Çözümlü Vaka Analizleri</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256482050</t>
+          <t>9786256482906</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Satın Alımında Marka Savunuculuğunun Ülke Menşei ve Satın Alma 	Niyetine Etkisi</t>
+          <t>Gastronomide Güncel Trendler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258244939</t>
+          <t>9786256482883</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Sohbetler</t>
+          <t>Sürdürülebilir Afet Yönetimi ve İletişimi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258244878</t>
+          <t>9786256482845</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler -2-</t>
+          <t>Kent Turizmine Eleştirel Bir Bakış: Kültürel Mirasın ve Sunulan Kentin Bütünleştirilmesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>950</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258244892</t>
+          <t>9786256482869</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kriz Döneminde Demokratikleşmenin Kamu Diplomasi Stratejilerine Etkisi</t>
+          <t>Poesia y Poetica de Luis Garcia Montero. El  Viajero de Habitaciones Separadas 1980-1994</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258244786</t>
+          <t>9786256482722</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Pekiştirme Edatları</t>
+          <t>Ankara’ya Erişilebilir Mekansal Öneriler 	Yaratıcı Kentler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258244564</t>
+          <t>9786256482807</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Saadettin Yıldız Armağanı</t>
+          <t>Gerçek Oyun Denemeler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>660</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258244830</t>
+          <t>9786258461299</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İç Dinamikleri ve Türkiye İle İlişkileri 	Bağlamında Libya</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa - Cilt 1</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258244854</t>
+          <t>9789944157520</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Duayen: Hasan Tahsin Ayni ve İki Tefrikası</t>
+          <t>Türk Sigorta Sektörünün Analizi ve Banka Kaynaklı Sigorta Pazarlaması</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258244717</t>
+          <t>9789944157247</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Istanbul Creative Industries</t>
+          <t>Türk Edebiyatında Fantastik Roman</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258244809</t>
+          <t>9789944157292</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Dünyadan Gerçek Dünyaya Yapılan Çağrı: Mülteci Sorunu</t>
+          <t>Türk Bankacılık Sisteminde Elektronik Bankacılık Uygulamaları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>525</v>
+        <v>125</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258244816</t>
+          <t>9789944157322</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Halk Bilginlerinden Bitki Hastalık ve Zararlıları</t>
+          <t>Türk Bankacılık Sisteminde Ekonomik Krizin Tüketici Kredilerine Etkisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258244618</t>
+          <t>9789944157544</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Kuramsal ve Uygulamalı Akademik 	Araştırmalar I</t>
+          <t>Son 30 Yılda Türkiye ve Güney Kore’nin Ekonomik Performansı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>650</v>
+        <v>165</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258410846</t>
+          <t>9789944157254</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Akustik Terimler Sözlüğü</t>
+          <t>Resimli Yirminci Asır</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258461381</t>
+          <t>9789944157094</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Ar-Ge ve İnovasyon</t>
+          <t>Osmanlı Türklerinin Bastıkları Kitaplar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257339056</t>
+          <t>9789944157360</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler - 1</t>
+          <t>Gittik, Gördük, Yazdık Orta Asya ve Kafkasya</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052137468</t>
+          <t>9789944157377</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Bilgi Sistemleri ve Belge Yönetimi</t>
+          <t>Orta Asya ve Güney Kafkasya Siyasi Gelişmeler 1991-2010</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>410</v>
+        <v>960</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052810644</t>
+          <t>9789944157407</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Öğretimi</t>
+          <t>Müşteri Deneyimi Tasarımı ve Yönetimi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>230</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052810514</t>
+          <t>9789944157346</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Genel Biyoloji</t>
+          <t>Kaynakçalı Türk Dış Politikası Kronolojisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052812044</t>
+          <t>9789944157155</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreniminde Yabancıllık</t>
+          <t>İşletme Finansının Küreselleşmesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052812907</t>
+          <t>9789944157438</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Evaluation Of The Distance Learning Systems In Turkey</t>
+          <t>İletişim ve Etik</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>130</v>
+        <v>460</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052813164</t>
+          <t>9789944157551</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Temel Düzey A2</t>
+          <t>İç Borçlanmanın Bankacılık Sektörü Açısından Etkilerinin Analizi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052015469</t>
+          <t>9789944157506</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Toplam Kalite Yönetimi Uygulamaları</t>
+          <t>Hizmet, Hizmet Pazarlaması, Türkiye’de Bireysel Emeklilik Sistemi ve Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052810224</t>
+          <t>9789944157476</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Arapçayı Kolaylaştıran Kalıplar - Phrases To Make Arabic Easy</t>
+          <t>Hizmet Kalitesinin Hizmet Performansına Etkisi: Bir Hastanede Uygulama</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052137000</t>
+          <t>9789944157315</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Hisse Senedi Piyasasında Piyasa Yapıcılığı Sistemi ve Yurtdışı Uygulamaları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052137093</t>
+          <t>9789944157414</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Akıcı Arapça Konuşman İçin 30 Adım</t>
+          <t>Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>155</v>
+        <v>345</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052015803</t>
+          <t>9789944157575</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitiminde Yöneticilerin Etkili Zaman Yönetimi</t>
+          <t>Farklı Pencereler, Farklı Manzaralar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258244755</t>
+          <t>9789944157537</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Radyo Tarihi 1963 Öncesi Kıbrıs İletişim Tarihi</t>
+          <t>Sermaye Piyasalarında Hisse Senetleri ve Hisse Senetlerini Etkilayen Makroekonomik Faktörler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057259318</t>
+          <t>9789944157087</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yöntem ve Stratejileri</t>
+          <t>Akıl ve Yürek</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>370</v>
+        <v>285</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258244731</t>
+          <t>9786256482579</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>50 Yılı Aşan Mesleki Birikimlerimin Bir Bölümü Beynimde: Bazıları da Aklımda Takılı Kalmış</t>
+          <t>Kurtuluşa Davet</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258244694</t>
+          <t>9786256482739</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İnfertilite (Kısırlık) Duygusal Etkilerini 	Anlamak Üzerine</t>
+          <t>Kırımçak Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258244540</t>
+          <t>9786256482760</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Duha Koca Oğlu Deli Dumrul Anlatısının Ayna 	Metaforuyla Okunması İnsanoğlunun 	Ejderhası Deli Dumrul</t>
+          <t>Sağlık Harcamalarını Artıran Faktörler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258244502</t>
+          <t>9786256482708</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Antakya (Hatay) Tarihinden Kesitler</t>
+          <t>Güncel Bilgi ve Belge Yönetimi Araştırmaları ve Uygulamaları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>335</v>
+        <v>460</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258244632</t>
+          <t>9786258244670</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Ekonomi ve Sosyal Bilimlerde Akademik Araştırmalar - 1</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>335</v>
+        <v>500</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258244526</t>
+          <t>9786256482470</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türkiye'sinin Değişen Din Politikaları ve Seçmeli Din Dersleri</t>
+          <t>Değişimi Yönetmek ve Liderlik Ruhu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258244380</t>
+          <t>9786256482593</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Bireylerin Bilgiye Erişimi</t>
+          <t>Kıbrıs’ın Asyalı Geçmişi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>750</v>
+        <v>680</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258244656</t>
+          <t>9786256482654</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hafîdü't-Teftazani Seyfeddin Ahmed B. Yahya El-Herevi ve Haşiye Ale'l-Mutavvel Adlı Eseri</t>
+          <t>Python: Veri Analizi, Görselleştirme ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>435</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258244588</t>
+          <t>9786256482166</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş'te Yol Ayrımı ve Ak Parti'nin Kuruluşu</t>
+          <t>Kıbrıs Türk Basın Tarihi Nacak 1959-1963</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>375</v>
+        <v>630</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258244465</t>
+          <t>9786256482548</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>e-Devlet Felsefesi</t>
+          <t>Türk Sanatında Geyik İkonografisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258244021</t>
+          <t>9786256482319</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Din ve Aile Psikolojik Bir Değerlendirme</t>
+          <t>Enterprise Risk Management</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258244427</t>
+          <t>9786256482616</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Masalları</t>
+          <t>Cumhuriyet’imizin 100. Yılında 100 Türk Kadını</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258244441</t>
+          <t>9786256482272</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Uygulama Tebliği (SUT) Gerçekleri Çalıştayı</t>
+          <t>Türkiye Karayosunları Florası - Bryophyte Flora of Türkiye</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>145</v>
+        <v>750</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058244243</t>
+          <t>9786256482494</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde Yeni Yaklaşımlar Diş Tedavisinde Nöropsikolojik Uygulamalar</t>
+          <t>Mapping The Landscape of Translator-Training Research in Türkiye A Review of Studies from 2000 to 2020</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258244311</t>
+          <t>9786256482517</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yazınında Metinlerarasılık ve Çeviri</t>
+          <t>Türklük Bilimine Genç Bakışlar 2</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258244342</t>
+          <t>9786256482401</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve İş Yaşamı</t>
+          <t>12 Eylül Tiyatrosu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258244243</t>
+          <t>9786256482357</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Medyalararasılık İlgili Kavramlar ve Edebiyat</t>
+          <t>Geleceğin Koridorları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258244205</t>
+          <t>9786256482425</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>New Developments In Science and 	Mathematics</t>
+          <t>E=MC² ve 10 Saniyenin Sırrı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258244236</t>
+          <t>9786256482333</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
+          <t>Tarih, Kültür, Sanat Kenti Edirne 2</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258244274</t>
+          <t>9786256482104</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Evreninde Bütünleşik Pazarlama İletişimi</t>
+          <t>Bilgi Okuryazarlığı Örneğinde Oyunlaştırmayla Zenginleştirilmiş Hibrit Eğitim Modeli Uygulaması</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>335</v>
+        <v>630</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258244151</t>
+          <t>9786256482241</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kent Yoksulluğu ile Mücadele Rejimi: Sultanbeyli Örneği</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 2</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258244182</t>
+          <t>9786256482227</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı 100 Yıllık Bibliyografya</t>
+          <t>Dijital Çağda Doğuştan Dijital Belgelerin Belge ve Arşiv Yönetim Süreçleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258244007</t>
+          <t>9786258244953</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stresin Çalışanlara Çoğaltan 	Etkisi</t>
+          <t>İnovasyon Performansı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258244137</t>
+          <t>9786256482371</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 1</t>
+          <t>Hizmetkar Liderlik</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258228557</t>
+          <t>9786256482074</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkta Sessiz Çığlık</t>
+          <t>Untranslatability Paradox of Translation: The Garden Paths in Translation</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258410921</t>
+          <t>9786256482142</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Afete Duyarlı Mekansal Çözümler</t>
+          <t>Su ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258410952</t>
+          <t>9786258410884</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Çocuk Kütüphaneleri 	Sempozyumu Bildiriler Kitabı 27-29 Mayıs 2022 / Gaziantep</t>
+          <t>Hastane İşletmelerinde Motivasyonun Hemşirelerin Performansına Etkisi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258244113</t>
+          <t>9786256482128</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Valide Turhan Sultan Kütüphanesi</t>
+          <t>Demokrat Parti Döneminde Türkiye'de Günlük Hayat</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258244250</t>
+          <t>9786258244984</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Bir Casus Vambery</t>
+          <t>Gastromania’dan Şifacılığa</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258244335</t>
+          <t>9786256482005</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeninde Makro Planlama</t>
+          <t>Fransız Diplomatik Belgelerinde Balkanlar 1912-1913</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>130</v>
+        <v>365</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258410785</t>
+          <t>9786256482043</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Salgın Döneminin Kültürel Etkileşim ve Sosyalleşme Mekanı Olarak Halk Kütüphanelerine Etkisi</t>
+          <t>Türkiye’de Üniversite Kütüphaneleri: Mevcut Durum, Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258410907</t>
+          <t>9786256482012</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Yaran Kültürü</t>
+          <t>Sağlık İşletmelerinde Hizmetlerinin 	Yürütülmesinde Hemşirelerin Performansına Odaklı Ödeme Sistemleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258410815</t>
+          <t>9786258244915</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Sermayenin İşten Ayrılma Niyeti ve İş Tatmini Üzerindeki Etkisinde Örgütsel Bağlılığın Aracılık Etkisi</t>
+          <t>Sağlık İşletmelerinde Markanın Oluşumunda Sağlık Çalışanlarının İşlevleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258410761</t>
+          <t>9786256482050</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirici Liderlik</t>
+          <t>Otomobil Satın Alımında Marka Savunuculuğunun Ülke Menşei ve Satın Alma 	Niyetine Etkisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258410280</t>
+          <t>9786258244939</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Bölgesi’ndeki Köy Adlarında Oğuz Boylarının İzleri Ses, Şekil ve Köken Bilgisi Bakımından İnceleme</t>
+          <t>Yapay Zeka İle Sohbetler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258410747</t>
+          <t>9786258244878</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Anatomik Deformitelerin Yaşam Kalitesi Üzerine Etkisi</t>
+          <t>Örtük Dersler -2-</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258410501</t>
+          <t>9786258244892</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizmi Hastaları İçin Kişisel Sağlık Bilgi Sistemleri</t>
+          <t>Kriz Döneminde Demokratikleşmenin Kamu Diplomasi Stratejilerine Etkisi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258410662</t>
+          <t>9786258244786</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Söyle Bana</t>
+          <t>Türkçe’de Pekiştirme Edatları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>690</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258410655</t>
+          <t>9786258244564</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tanımlan(a)mayan Belgeler: Efemera</t>
+          <t>Prof. Dr. Saadettin Yıldız Armağanı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>760</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258410600</t>
+          <t>9786258244830</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sinop Livası Meclis-i Umumi Kararları (Zabıt Ceridesi)</t>
+          <t>İç Dinamikleri ve Türkiye İle İlişkileri 	Bağlamında Libya</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258410488</t>
+          <t>9786258244854</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Başlayarak Algoritma ve Programlama Öğrenme</t>
+          <t>Gölgedeki Duayen: Hasan Tahsin Ayni ve İki Tefrikası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258410617</t>
+          <t>9786258244717</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Robinson’un Bankası</t>
+          <t>Istanbul Creative Industries</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258410693</t>
+          <t>9786258244809</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>Kurmaca Dünyadan Gerçek Dünyaya Yapılan Çağrı: Mülteci Sorunu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258410631</t>
+          <t>9786258244816</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Macar Askeri Ataşesi Imre Nemeth’in Kaleminden Anadolu Manzaraları (1932)</t>
+          <t>Halk Bilginlerinden Bitki Hastalık ve Zararlıları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258410570</t>
+          <t>9786258244618</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Enviromental Policy In Taiwan As a Model for Developing Countries</t>
+          <t>Eğitimde Kuramsal ve Uygulamalı Akademik 	Araştırmalar I</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258410587</t>
+          <t>9786258410846</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Enzim Kinetiği Temelleri ve Deneysel Çalışma Rehberi</t>
+          <t>Akustik Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258410150</t>
+          <t>9786258461381</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 1</t>
+          <t>Enerjide Ar-Ge ve İnovasyon</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258410167</t>
+          <t>9786257339056</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 2</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler - 1</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258410471</t>
+          <t>9786052137468</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>The Role of Emotional Intelligence On Employee Creativity Through The Use Of Organizational Climate and Employee Learning Orientation: A Study In Turkish Retail Sector</t>
+          <t>Kurumsal Bilgi Sistemleri ve Belge Yönetimi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>215</v>
+        <v>470</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258410389</t>
+          <t>9786052810644</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hizmetkar Liderlik ile Belirli Psikolojik İş Çıktıları Arasındaki İlişki</t>
+          <t>Çeviri Öğretimi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258410327</t>
+          <t>9786052810514</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Korkuluk Denemeler</t>
+          <t>Genel Biyoloji</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>285</v>
+        <v>170</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258410433</t>
+          <t>9786052812044</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ölçme ve Değerlendirme Boyutlarıyla Eğitim Yönetimi</t>
+          <t>Dil Öğreniminde Yabancıllık</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258410457</t>
+          <t>9786052812907</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimi ve Covid 19 Pandemi Süreci Boyutlarıyla: Yalın Yönetim</t>
+          <t>Evaluation Of The Distance Learning Systems In Turkey</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258410242</t>
+          <t>9786052813164</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kurum İçi Halkla İlişkiler Uygulamalarında Katılımcı Süreç Araçlarının Kullanımı</t>
+          <t>Yabancılar İçin Türkçe Temel Düzey A2</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258410259</t>
+          <t>9786052015469</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Idilio y novela en la Espana ilustrada de Carlos - 4 - 1788 - 1808</t>
+          <t>Eğitimde Toplam Kalite Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258461909</t>
+          <t>9786052810224</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Peter Stamm'ın Romanlarında Heterotopyalar</t>
+          <t>Arapçayı Kolaylaştıran Kalıplar - Phrases To Make Arabic Easy</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258410334</t>
+          <t>9786052137000</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Yönetimi Technology Management</t>
+          <t>Kültürel Etkileşim Bağlamında Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258410112</t>
+          <t>9786052137093</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Fethinin 450. Yılında Kıbrıs Adası</t>
+          <t>Akıcı Arapça Konuşman İçin 30 Adım</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257499569</t>
+          <t>9786052015803</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Vietnam Savaşı Döneminde Türk-Amerikan İlişkileri (1965-1975)</t>
+          <t>Okul Öncesi Eğitiminde Yöneticilerin Etkili Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>207</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258410068</t>
+          <t>9786258244755</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Marc Format Bibliyografik Tanımlamanın 	Geleceği</t>
+          <t>Kıbrıs Radyo Tarihi 1963 Öncesi Kıbrıs İletişim Tarihi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258410136</t>
+          <t>9786057259318</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler İçin Dijital Dönüşüm ve Dijital Pazarlama Rehberi</t>
+          <t>Araştırma Yöntem ve Stratejileri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258410037</t>
+          <t>9786258244731</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim Tasarımı ve Mizah</t>
+          <t>50 Yılı Aşan Mesleki Birikimlerimin Bir Bölümü Beynimde: Bazıları da Aklımda Takılı Kalmış</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258410082</t>
+          <t>9786258244694</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Davranışsal Finans</t>
+          <t>İnfertilite (Kısırlık) Duygusal Etkilerini 	Anlamak Üzerine</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>315</v>
+        <v>170</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258461053</t>
+          <t>9786258244540</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Akkaraman Koyunu ve Ankara Keçisinde Karın Boşluğu Arterleri Üzerinde Karşılaştırmalı Makroanatomik Araştırmalar</t>
+          <t>Duha Koca Oğlu Deli Dumrul Anlatısının Ayna 	Metaforuyla Okunması İnsanoğlunun 	Ejderhası Deli Dumrul</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258461855</t>
+          <t>9786258244502</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kağızman Coğrafya, Tarih, Kültür</t>
+          <t>Antakya (Hatay) Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258461077</t>
+          <t>9786258244632</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Adbilim Açısından Yanlış Yazılan Kişi Adları “Kars İli Örneği”</t>
+          <t>Kuramdan Uygulamaya Ekonomi ve Sosyal Bilimlerde Akademik Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257499927</t>
+          <t>9786258244526</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler 1</t>
+          <t>Cumhuriyet Türkiye'sinin Değişen Din Politikaları ve Seçmeli Din Dersleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258461428</t>
+          <t>9786258244380</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>English Language Skills Police/Cadets Need</t>
+          <t>Özel Gereksinimli Bireylerin Bilgiye Erişimi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>205</v>
+        <v>860</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258461466</t>
+          <t>9786258244656</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Babürname’de Fiilimsiler</t>
+          <t>Hafîdü't-Teftazani Seyfeddin Ahmed B. Yahya El-Herevi ve Haşiye Ale'l-Mutavvel Adlı Eseri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258461695</t>
+          <t>9786258244588</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Çerçevesinde Engelliler</t>
+          <t>Milli Görüş'te Yol Ayrımı ve Ak Parti'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>275</v>
+        <v>430</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258461602</t>
+          <t>9786258244465</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Sürecinde Türkiye’de Muhalif Basın (1939-1945)</t>
+          <t>e-Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258461626</t>
+          <t>9786258244021</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Faslı Elçi Tamgruti'nin İstanbul Seyahati</t>
+          <t>Din ve Aile Psikolojik Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052815359</t>
+          <t>9786258244427</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Rusya ve İran'da Klasik İmparatorluk ve Siyasal Modernleşme: Patrimonyalizm Perspektifinden Bir İnce</t>
+          <t>Kıbrıs Türk Masalları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>325</v>
+        <v>510</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258461589</t>
+          <t>9786258244441</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bilimsel İ'cazı</t>
+          <t>Sağlıkta Uygulama Tebliği (SUT) Gerçekleri Çalıştayı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>370</v>
+        <v>165</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258461787</t>
+          <t>9786058244243</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Antik Çağ’dan Fethe Kıbrıs’ta Türkler Sempozyumu</t>
+          <t>Sağlık Yönetiminde Yeni Yaklaşımlar Diş Tedavisinde Nöropsikolojik Uygulamalar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052810446</t>
+          <t>9786258244311</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Current Academic Studies: Interdisciplinary Approach</t>
+          <t>Kadın Yazınında Metinlerarasılık ve Çeviri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052810248</t>
+          <t>9786258244342</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yıkım Kriz ve Avrupa Birliği</t>
+          <t>Kadın ve İş Yaşamı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>515</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052137628</t>
+          <t>9786258244243</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukukunda Doğal Afetlerin Akitlere Etkisi</t>
+          <t>Medyalararasılık İlgili Kavramlar ve Edebiyat</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>320</v>
+        <v>630</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052137024</t>
+          <t>9786258244205</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Gençlik Politikaları</t>
+          <t>New Developments In Science and 	Mathematics</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>280</v>
+        <v>620</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052813263</t>
+          <t>9786258244236</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kadın Edebiyatçıların Romanlarında Kadın Öğesinin ve Duygusal İlişkilerin Sosyolojik Tahlili</t>
+          <t>Uluslararası Bilim ve Yazı Dili Olarak Türkçe Sempozyumu</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>275</v>
+        <v>745</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052137444</t>
+          <t>9786258244274</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>El-Bab Seyahatnamesi</t>
+          <t>Metaverse Evreninde Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>410</v>
+        <v>385</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052137185</t>
+          <t>9786258244151</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Son Büyük Savunma Çanakkale’de İslam Coğrafyasından Şehitler</t>
+          <t>Kent Yoksulluğu ile Mücadele Rejimi: Sultanbeyli Örneği</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1495</v>
+        <v>330</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052015520</t>
+          <t>9786258244182</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yeni Belgeler Işığında Vazgeçilmeyen Topraklar Misak-ı Milli 2</t>
+          <t>İstiklal Marşı 100 Yıllık Bibliyografya</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052015636</t>
+          <t>9786258244007</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler ve Kütüphane Hizmetleri: İstanbul’da Belediye Kütüphaneleri</t>
+          <t>İşletmelerde Stresin Çalışanlara Çoğaltan 	Etkisi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789944157483</t>
+          <t>9786258244137</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizminde Pazarlama Değişkenlerine Bir Bakış ve İstanbul Örneği</t>
+          <t>Türkçe Eğitimi İle İlgili Güncel Araştırmalar 1</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257280594</t>
+          <t>9786258228557</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Eğitiminde Yenilikçi Araçlar ve Kullanımları</t>
+          <t>Mezarlıkta Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257280563</t>
+          <t>9786258410921</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bah-Name (Cinsel Sağlık) Terimleri Sözlüğü</t>
+          <t>Afete Duyarlı Mekansal Çözümler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257280280</t>
+          <t>9786258410952</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>New Trends In Special Education</t>
+          <t>3. Uluslararası Çocuk Kütüphaneleri 	Sempozyumu Bildiriler Kitabı 27-29 Mayıs 2022 / Gaziantep</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257280068</t>
+          <t>9786258244113</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Yansıtıcı Düşünme Becerisi</t>
+          <t>Valide Turhan Sultan Kütüphanesi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052813751</t>
+          <t>9786258244250</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim Yönetimi</t>
+          <t>Payitahtta Bir Casus Vambery</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257499187</t>
+          <t>9786258244335</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Eğitim Bilimlerinde Yeni Yönelimler</t>
+          <t>Yeni Dünya Düzeninde Makro Planlama</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>545</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257845526</t>
+          <t>9786258410785</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Son Bir Ayı</t>
+          <t>Covid-19 Salgın Döneminin Kültürel Etkileşim ve Sosyalleşme Mekanı Olarak Halk Kütüphanelerine Etkisi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>510</v>
+        <v>205</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052814017</t>
+          <t>9786258410907</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Spuren Der Soziokul Turellen Weldaastellung In Den Türkischen Deutschlehrbüchern Nach 1940 Stereotypenforschung</t>
+          <t>Ahilik ve Yaran Kültürü</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052815700</t>
+          <t>9786258410815</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Diyalogla Öğretim Etkinliklerinin İngilizce Konuşma Becerisine Etkisi</t>
+          <t>Duygusal Sermayenin İşten Ayrılma Niyeti ve İş Tatmini Üzerindeki Etkisinde Örgütsel Bağlılığın Aracılık Etkisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052816486</t>
+          <t>9786258410761</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe C1-C2 Ders Kitabı İleri Düzey</t>
+          <t>Güçlendirici Liderlik</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052815052</t>
+          <t>9786258410280</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B2</t>
+          <t>Akdeniz Bölgesi’ndeki Köy Adlarında Oğuz Boylarının İzleri Ses, Şekil ve Köken Bilgisi Bakımından İnceleme</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052818664</t>
+          <t>9786258410747</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
+          <t>Anatomik Deformitelerin Yaşam Kalitesi Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052818282</t>
+          <t>9786258410501</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Sosyal Medya Tutumlarının Akademik Güdülenmeye Etkisi</t>
+          <t>Sağlık Turizmi Hastaları İçin Kişisel Sağlık Bilgi Sistemleri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>225</v>
+        <v>430</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052819869</t>
+          <t>9786258410662</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanelerinde Okul Öncesi Dönem</t>
+          <t>Üniversite Söyle Bana</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052818916</t>
+          <t>9786258410655</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Deutschstunde Almanca 1</t>
+          <t>Tanımlan(a)mayan Belgeler: Efemera</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>1400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052817728</t>
+          <t>9786258410600</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Fransızca’dan Türkçe’ye ve Türkçe’den Fransızca’ya Sanat Kamusu</t>
+          <t>Sinop Livası Meclis-i Umumi Kararları (Zabıt Ceridesi)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052815335</t>
+          <t>9786258410488</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler 2</t>
+          <t>Sıfırdan Başlayarak Algoritma ve Programlama Öğrenme</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052814451</t>
+          <t>9786258410617</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri B1-B2</t>
+          <t>Robinson’un Bankası</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>375</v>
+        <v>215</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052818626</t>
+          <t>9786258410693</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dictionnaire Français-Turc ou Hazine-i Lügat par Artin Hindoğlu</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052819623</t>
+          <t>9786258410631</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumu Sürecinde 0-3 Yaş Çocuklara Akademik Dil Eğitimi</t>
+          <t>Macar Askeri Ataşesi Imre Nemeth’in Kaleminden Anadolu Manzaraları (1932)</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052814215</t>
+          <t>9786258410570</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir Kariyer İçin Üniversite Hayatını Kullanma Kılavuzu</t>
+          <t>Enviromental Policy In Taiwan As a Model for Developing Countries</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>95</v>
+        <v>335</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052813874</t>
+          <t>9786258410587</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretiminde Telkin Yöntemi ve Uygulaması</t>
+          <t>Enzim Kinetiği Temelleri ve Deneysel Çalışma Rehberi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052814147</t>
+          <t>9786258410150</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B1</t>
+          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 1</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052816189</t>
+          <t>9786258410167</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik</t>
+          <t>Kronaka: Güzel Ülke Kıbrıs’ın Hikayesine Dair Bir Kronik Cilt 2</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>335</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052814734</t>
+          <t>9786258410471</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hakeke Gaziantep Geleneksel Çocuk Oyunları Aracılığıyla Türkçe ve Matematik Öğretimi</t>
+          <t>The Role of Emotional Intelligence On Employee Creativity Through The Use Of Organizational Climate and Employee Learning Orientation: A Study In Turkish Retail Sector</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052811887</t>
+          <t>9786258410389</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Modernlik Tahayyülü: Eğitim Gönüllüleri Vakfı Örneği</t>
+          <t>Hizmetkar Liderlik ile Belirli Psikolojik İş Çıktıları Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258410402</t>
+          <t>9786258410327</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Kuramlar, Modeller, Yaklaşımlar ve En Son Gelişmeler</t>
+          <t>En Güzel Korkuluk Denemeler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>560</v>
+        <v>285</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258461503</t>
+          <t>9786258410433</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar Boyutuyla Değerler Eğitimi</t>
+          <t>Ölçme ve Değerlendirme Boyutlarıyla Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258461978</t>
+          <t>9786258410457</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>0-6 Yaşta Anne Baba Tutumlarının ve Oyunun Önemi</t>
+          <t>Sağlık Yönetimi ve Covid 19 Pandemi Süreci Boyutlarıyla: Yalın Yönetim</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258461442</t>
+          <t>9786258410242</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika ve Erdal İnönü</t>
+          <t>Kurum İçi Halkla İlişkiler Uygulamalarında Katılımcı Süreç Araçlarının Kullanımı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258410235</t>
+          <t>9786258410259</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dilde Erillik ve Dişillik Dilde Cinsiyet 	Tarafsızlığı ve Feminizm Hareketi Arasında 	Arapça</t>
+          <t>Idilio y novela en la Espana ilustrada de Carlos - 4 - 1788 - 1808</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258410525</t>
+          <t>9786258461909</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>E7 ve G7 Ülkelerinde Yüksek Teknolojili Ürün İhracatını Etkileyen Faktörler: Geleceğin Süper Gücü E7 Ülkeleri Teori Politika Uygulama</t>
+          <t>Peter Stamm'ın Romanlarında Heterotopyalar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258410365</t>
+          <t>9786258410334</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Güncel Gelişmeler</t>
+          <t>Teknoloji Yönetimi Technology Management</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>265</v>
+        <v>370</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258461954</t>
+          <t>9786258410112</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Süreci ve Lojistik Köyler</t>
+          <t>Fethinin 450. Yılında Kıbrıs Adası</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257337308</t>
+          <t>9786257499569</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Örtük Dersler 3</t>
+          <t>Vietnam Savaşı Döneminde Türk-Amerikan İlişkileri (1965-1975)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>430</v>
+        <v>207</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258461985</t>
+          <t>9786258410068</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Notlarım</t>
+          <t>Marc Format Bibliyografik Tanımlamanın 	Geleceği</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>185</v>
+        <v>330</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258410013</t>
+          <t>9786258410136</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası Süreç Analizi</t>
+          <t>İşletmeler İçin Dijital Dönüşüm ve Dijital Pazarlama Rehberi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>385</v>
+        <v>225</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258410204</t>
+          <t>9786258410037</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ev Kızı</t>
+          <t>Görsel İletişim Tasarımı ve Mizah</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258461565</t>
+          <t>9786258410082</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Dersim Tarihinden Kesitler 2</t>
+          <t>Finans ve Davranışsal Finans</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258461800</t>
+          <t>9786258461053</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Zenginliklerinin Değerlendirilmesi: Sürdürülebilir Madencilik Açısından Bir AHP Analizi</t>
+          <t>Akkaraman Koyunu ve Ankara Keçisinde Karın Boşluğu Arterleri Üzerinde Karşılaştırmalı Makroanatomik Araştırmalar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258461541</t>
+          <t>9786258461855</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
+          <t>Kağızman Coğrafya, Tarih, Kültür</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>230</v>
+        <v>520</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258461831</t>
+          <t>9786258461077</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Ayet, İbret Kavramları ve Aralarındaki Münasebet</t>
+          <t>Adbilim Açısından Yanlış Yazılan Kişi Adları “Kars İli Örneği”</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258461527</t>
+          <t>9786257499927</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Almanca ve Türkçe’de Dil Bilgisel Zamanlar</t>
+          <t>Örtük Dersler 1</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258461312</t>
+          <t>9786258461428</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt 3</t>
+          <t>English Language Skills Police/Cadets Need</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>390</v>
+        <v>205</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258461305</t>
+          <t>9786258461466</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt: 2</t>
+          <t>Babürname’de Fiilimsiler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258461886</t>
+          <t>9786258461695</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Keşfi Katip Çelebi'yi Anlamak</t>
+          <t>Kur'an Çerçevesinde Engelliler</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>960</v>
+        <v>275</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258461404</t>
+          <t>9786258461602</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut: Tıpkıbasım - Arap Harfli Metin - Çeviriyazı - Günümüz Türkçesi</t>
+          <t>İkinci Dünya Savaşı Sürecinde Türkiye’de Muhalif Basın (1939-1945)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>4300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258461732</t>
+          <t>9786258461626</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Ali Yaşar'a Armağan Kitabı</t>
+          <t>Faslı Elçi Tamgruti'nin İstanbul Seyahati</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>415</v>
+        <v>280</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257499798</t>
+          <t>9786052815359</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 17</t>
+          <t>Rusya ve İran'da Klasik İmparatorluk ve Siyasal Modernleşme: Patrimonyalizm Perspektifinden Bir İnce</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>365</v>
+        <v>325</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257499811</t>
+          <t>9786258461589</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 16</t>
+          <t>Kur'an'ın Bilimsel İ'cazı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258461817</t>
+          <t>9786258461787</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Pazarlama</t>
+          <t>Uluslararası Antik Çağ’dan Fethe Kıbrıs’ta Türkler Sempozyumu</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>345</v>
+        <v>380</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258461640</t>
+          <t>9786052810446</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Posta Faaliyetleri ve Rum Propagandası</t>
+          <t>Current Academic Studies: Interdisciplinary Approach</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258461367</t>
+          <t>9786052810248</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tire Merkezdeki Osmanlı Devri Mezar Taşları</t>
+          <t>Yaratıcı Yıkım Kriz ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>310</v>
+        <v>515</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258461480</t>
+          <t>9786052137628</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Housing Rights in Urban Transformation Projetcs</t>
+          <t>İslam Borçlar Hukukunda Doğal Afetlerin Akitlere Etkisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258461718</t>
+          <t>9786052137024</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İnsanın İç Denetimi</t>
+          <t>Türkiye’nin Gençlik Politikaları</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258461756</t>
+          <t>9786052813263</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mufassal Syrelerin Değer Merkezli Tefsiri: Nebe' - Nas</t>
+          <t>Türkiye’de Kadın Edebiyatçıların Romanlarında Kadın Öğesinin ve Duygusal İlişkilerin Sosyolojik Tahlili</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258461138</t>
+          <t>9786052137444</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Finansal Matematik</t>
+          <t>El-Bab Seyahatnamesi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>170</v>
+        <v>410</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258461213</t>
+          <t>9786052137185</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Toplam Kalite Yönetimi ve Liderlik</t>
+          <t>Son Büyük Savunma Çanakkale’de İslam Coğrafyasından Şehitler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>170</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257499613</t>
+          <t>9786052015520</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Havacılık Tarihi ve Kıbrıslı Havacılar</t>
+          <t>Yeni Belgeler Işığında Vazgeçilmeyen Topraklar Misak-ı Milli 2</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>400</v>
+        <v>470</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258461190</t>
+          <t>9786052015636</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tefsir'de Usul Farklılığı</t>
+          <t>Yerel Yönetimler ve Kütüphane Hizmetleri: İstanbul’da Belediye Kütüphaneleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258461015</t>
+          <t>9789944157483</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Technology Management And Industrial Policy Temip</t>
+          <t>Sağlık Turizminde Pazarlama Değişkenlerine Bir Bakış ve İstanbul Örneği</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258461008</t>
+          <t>9786257280594</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Epik Yasalar Penceresinden Elazığ Masalları</t>
+          <t>Dil ve Edebiyat Eğitiminde Yenilikçi Araçlar ve Kullanımları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257499774</t>
+          <t>9786257280563</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Oryantalizm ve Bilgi Üretimi</t>
+          <t>Bah-Name (Cinsel Sağlık) Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>415</v>
+        <v>400</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257499859</t>
+          <t>9786257280280</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 1. Cilt</t>
+          <t>New Trends In Special Education</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>460</v>
+        <v>285</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257499873</t>
+          <t>9786257280068</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 2. Cilt</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Yansıtıcı Düşünme Becerisi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257499880</t>
+          <t>9786052813751</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 3. Cilt</t>
+          <t>Karşılaştırmalı Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258461107</t>
+          <t>9786257499187</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Millet Sisteminden Türk Ulusuna Giyim ve Kimlik</t>
+          <t>Pandemi Sürecinde Eğitim Bilimlerinde Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>205</v>
+        <v>625</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257499583</t>
+          <t>9786257845526</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Parti İçi Demokrasi Üye Delege ve Yönetici Görüşlerinin Sosyolojik Analizi</t>
+          <t>Üniversitelerin Son Bir Ayı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>430</v>
+        <v>585</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258461121</t>
+          <t>9786052814017</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Etik Çerçevesinde İklim Değişikliği ve Uyum</t>
+          <t>Spuren Der Soziokul Turellen Weldaastellung In Den Türkischen Deutschlehrbüchern Nach 1940 Stereotypenforschung</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>420</v>
+        <v>285</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258461152</t>
+          <t>9786052815700</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi Disiplinlerarası Bir Bakış</t>
+          <t>Diyalogla Öğretim Etkinliklerinin İngilizce Konuşma Becerisine Etkisi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257499958</t>
+          <t>9786052816486</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Görsel - İşitsel Çeviri</t>
+          <t>Yabancılar İçin Türkçe C1-C2 Ders Kitabı İleri Düzey</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258461183</t>
+          <t>9786052815052</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kaynaklarının Tanımlanması ve Erişimi Rda</t>
+          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B2</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258461268</t>
+          <t>9786052818664</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>On Labor - Foreigners İn Turkey For Beginners</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>285</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258461039</t>
+          <t>9786052818282</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Alanında Dil ve Anlam Uluslarası Çevrimiçi Sempozyumu Bildiriler Kitabı</t>
+          <t>Üniversite Öğrencilerinin Sosyal Medya Tutumlarının Akademik Güdülenmeye Etkisi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>430</v>
+        <v>225</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257499972</t>
+          <t>9786052819869</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Lojistik ve Bütünleşik Bölge Uygulamaları</t>
+          <t>Çocuk Kütüphanelerinde Okul Öncesi Dönem</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257443968</t>
+          <t>9786052818916</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Yönetim 1</t>
+          <t>Deutschstunde Almanca 1</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>1035</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257443951</t>
+          <t>9786052817728</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Yönetim 2</t>
+          <t>Fransızca’dan Türkçe’ye ve Türkçe’den Fransızca’ya Sanat Kamusu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>860</v>
+        <v>287.5</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257443647</t>
+          <t>9786052815335</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>KKTC Yargısının Saygınlığını Korumak ve Yargıyı Daha Saygın Hale Getirmek Nasıl Mümkün Olabilir?</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler 2</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257499521</t>
+          <t>9786052814451</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Seçmeli Hukuk ve Adalet Dersi Öğretim Programı ve Uygulamasının Öğrenci ve Öğretmen Görüşlerine Göre Değerlendirilmesi</t>
+          <t>Yabancılar İçin Arapça Açıklamalı Türkçe Okuma Metinleri B1-B2</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257499682</t>
+          <t>9786052818626</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ben De Oradaydım 1</t>
+          <t>Dictionnaire Français-Turc ou Hazine-i Lügat par Artin Hindoğlu</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>320</v>
+        <v>575</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257499637</t>
+          <t>9786052819623</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>14. Ulusal Akustik Kongresi Bildiriler Kitabı</t>
+          <t>Bilgi Toplumu Sürecinde 0-3 Yaş Çocuklara Akademik Dil Eğitimi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>410</v>
+        <v>180</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257499675</t>
+          <t>9786052814215</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ben De Oradaydım 2</t>
+          <t>Başarılı Bir Kariyer İçin Üniversite Hayatını Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>305</v>
+        <v>110</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257499590</t>
+          <t>9786052813874</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Farklılıkların Yönetimi</t>
+          <t>Arapça Öğretiminde Telkin Yöntemi ve Uygulaması</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257499651</t>
+          <t>9786052814147</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Antakyalı Bir Şair: Ömer Hilmi Tsey (1898-1961)</t>
+          <t>Yabancılar İçin Türkçe Ders Kitabı Orta Düzey B1</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257499705</t>
+          <t>9786052816189</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Demiryolu Taşımacılığında Markalaşmanın Önemi</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>170</v>
+        <v>385</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257499484</t>
+          <t>9786052814734</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ege Denizi Depremi Raporu (30.10.2020)</t>
+          <t>Hakeke Gaziantep Geleneksel Çocuk Oyunları Aracılığıyla Türkçe ve Matematik Öğretimi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>660</v>
+        <v>165</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257443890</t>
+          <t>9786052811887</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Dijital Dönüşüm</t>
+          <t>Sivil Toplum ve Modernlik Tahayyülü: Eğitim Gönüllüleri Vakfı Örneği</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257499347</t>
+          <t>9786258410402</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Blokzincir Uygulamaları</t>
+          <t>Liderlik Kuramlar, Modeller, Yaklaşımlar ve En Son Gelişmeler</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>100</v>
+        <v>560</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257443913</t>
+          <t>9786258461503</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Enerjide Veri Analitiği ve Yapay Zeka</t>
+          <t>Okul Öncesi Çocuklar Boyutuyla Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257499422</t>
+          <t>9786258461978</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Birinci Basamak Sağlık Hizmetleri ve Covid-19 Pandemisi</t>
+          <t>0-6 Yaşta Anne Baba Tutumlarının ve Oyunun Önemi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>495</v>
+        <v>130</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257402163</t>
+          <t>9786258461442</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Afet Odaklı İletişim</t>
+          <t>Dış Politika ve Erdal İnönü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>430</v>
+        <v>100</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257499545</t>
+          <t>9786258410235</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Juli Zeh’in Romanlarında Toplumsal ve Politik Unsurlar</t>
+          <t>Dilde Erillik ve Dişillik Dilde Cinsiyet 	Tarafsızlığı ve Feminizm Hareketi Arasında 	Arapça</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>285</v>
+        <v>170</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257499460</t>
+          <t>9786258410525</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Elazığ - Sivrice Depremi Raporu (24.01.2020)</t>
+          <t>E7 ve G7 Ülkelerinde Yüksek Teknolojili Ürün İhracatını Etkileyen Faktörler: Geleceğin Süper Gücü E7 Ülkeleri Teori Politika Uygulama</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>660</v>
+        <v>330</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257443920</t>
+          <t>9786258410365</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Halk Kütüphaneleri İçin Yenilikçi Örgüt Kültürü ve Stratejisi</t>
+          <t>Uluslararası Ticarette Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>515</v>
+        <v>265</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257443869</t>
+          <t>9786258461954</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Piyade Sınıfı Askerlerin Eğitimi</t>
+          <t>Pandemi Süreci ve Lojistik Köyler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>415</v>
+        <v>240</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257443852</t>
+          <t>9786257337308</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Duman</t>
+          <t>Örtük Dersler 3</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>230</v>
+        <v>495</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257443821</t>
+          <t>9786258461985</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İhracatta Marka Teşvikleri ve Uluslararası Pazarlama Performansına Etkisi</t>
+          <t>Psikoloji Notlarım</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257443708</t>
+          <t>9786258410013</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimi Araştırmaları 2</t>
+          <t>Kamu Politikası Süreç Analizi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>515</v>
+        <v>385</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257443623</t>
+          <t>9786258410204</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Siyasetine Akademik Bakış Ocak 2015 Aralık 2015 Arası Yazılar ve Yorumlar Cilt 14</t>
+          <t>Ev Kızı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257443562</t>
+          <t>9786258461565</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Yorumbilimi Çevirmenin Anlam Süreci</t>
+          <t>Tunceli Dersim Tarihinden Kesitler 2</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257443548</t>
+          <t>9786258461800</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kültürü ve Kütüphaneler</t>
+          <t>Yer Altı Zenginliklerinin Değerlendirilmesi: Sürdürülebilir Madencilik Açısından Bir AHP Analizi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257443081</t>
+          <t>9786258461541</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik Programı ve Mesleki Uygulamalar</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>515</v>
+        <v>230</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257443685</t>
+          <t>9786258461831</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Urfa’da Sağlık (1900-1950)</t>
+          <t>Kur’an’da Ayet, İbret Kavramları ve Aralarındaki Münasebet</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257443609</t>
+          <t>9786258461527</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Maveraünnehir’de İktisadi ve Sosyal Hayat</t>
+          <t>Almanca ve Türkçe’de Dil Bilgisel Zamanlar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257443463</t>
+          <t>9786258461312</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ord. Prof. Dr. A. Süheyl Ünver’in Kaleminden Edirne</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt 3</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257402606</t>
+          <t>9786258461305</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakış Açısıyla Medya</t>
+          <t>Tarihe Damgasını Vurmuş Şehir Lefkoşa Cilt: 2</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257402712</t>
+          <t>9786258461886</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Bağlamında İşletme Fonksiyonlarına Bakış</t>
+          <t>İslam Medeniyetinin Keşfi Katip Çelebi'yi Anlamak</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>310</v>
+        <v>960</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257402637</t>
+          <t>9786258461404</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakışta Türk Kadını</t>
+          <t>Dede Korkut: Tıpkıbasım - Arap Harfli Metin - Çeviriyazı - Günümüz Türkçesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257402873</t>
+          <t>9786258461732</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Balkanlardan Göçen Toplulukların Yemek Kültürlerindeki Farklılıklar: Edirne İli Keşan İlçesi Köyleri Örneği</t>
+          <t>Mehmet Ali Yaşar'a Armağan Kitabı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>205</v>
+        <v>415</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257443500</t>
+          <t>9786257499798</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Motivasyon Teorileri</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 17</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>285</v>
+        <v>365</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257402408</t>
+          <t>9786257499811</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış - Cilt 16</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257339568</t>
+          <t>9786258461817</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Gönlümle Gördüklerim</t>
+          <t>Sorularla Pazarlama</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257402323</t>
+          <t>9786258461640</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Göç Bibliyografyası 2. Makaleler</t>
+          <t>Posta Faaliyetleri ve Rum Propagandası</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>575</v>
+        <v>290</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257402774</t>
+          <t>9786258461367</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kurumsal Yönetim İlkelerine Uyum Derecelendirmesi</t>
+          <t>Tire Merkezdeki Osmanlı Devri Mezar Taşları</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257402811</t>
+          <t>9786258461480</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Ar-Ge ve İnovasyon Faaliyetlerinin Büyüme İle İlişkisi - Kobi’ler Üzerine Bir İnceleme</t>
+          <t>Housing Rights in Urban Transformation Projetcs</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257402439</t>
+          <t>9786258461718</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanelerde İtibar Yönetimi: Paydaş Temelli Bir Model Önerisi</t>
+          <t>Kur'an'da İnsanın İç Denetimi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257402422</t>
+          <t>9786258461756</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Kalite Algısının Müşteri Memnuniyeti Üzerindeki Etkisi GSM Sektöründe Bir Uygulama</t>
+          <t>Mufassal Syrelerin Değer Merkezli Tefsiri: Nebe' - Nas</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257402361</t>
+          <t>9786258461138</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Devri Türk Romanında Kötülük</t>
+          <t>Finansal Matematik</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>515</v>
+        <v>170</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257402699</t>
+          <t>9786258461213</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatında Eser Çözümlemeleri</t>
+          <t>Örgütlerde Toplam Kalite Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>555</v>
+        <v>170</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257402620</t>
+          <t>9786257499613</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Serbest Yatırım Fonları ve Uyguladıkları Stratejiler</t>
+          <t>Kıbrıs Havacılık Tarihi ve Kıbrıslı Havacılar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257402736</t>
+          <t>9786258461190</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Miras Uygulamalarında Önleyici Koruma</t>
+          <t>Tefsir'de Usul Farklılığı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>365</v>
+        <v>310</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257402538</t>
+          <t>9786258461015</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Waste Management For Municipalities In Turkey</t>
+          <t>Technology Management And Industrial Policy Temip</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257402798</t>
+          <t>9786258461008</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bankalarda Kurumsal Yönetim ve İç Denetim</t>
+          <t>Epik Yasalar Penceresinden Elazığ Masalları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257402187</t>
+          <t>9786257499774</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Meşahid-i Mevlid-i Ahmedi</t>
+          <t>Seyahat Oryantalizm ve Bilgi Üretimi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>230</v>
+        <v>415</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257402750</t>
+          <t>9786257499859</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Düşünce Yapısını Etkilemesi</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 1. Cilt</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257402040</t>
+          <t>9786257499873</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 2</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 2. Cilt</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>540</v>
+        <v>425</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257402668</t>
+          <t>9786257499880</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Eserlerinin Deyimler Sözlüğü ve Özdeyişler</t>
+          <t>1. Pandemi Sürecinde Yabancı Dil Öğretimi Uluslararası Kongresi 3. Cilt</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>830</v>
+        <v>345</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257402033</t>
+          <t>9786258461107</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 1</t>
+          <t>Osmanlı Millet Sisteminden Türk Ulusuna Giyim ve Kimlik</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>575</v>
+        <v>205</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257402477</t>
+          <t>9786257499583</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları</t>
+          <t>Parti İçi Demokrasi Üye Delege ve Yönetici Görüşlerinin Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>245</v>
+        <v>430</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257339865</t>
+          <t>9786258461121</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Kimyası</t>
+          <t>Etik Çerçevesinde İklim Değişikliği ve Uyum</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257402002</t>
+          <t>9786258461152</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye’de Sosyal Medyada Etkileyici Pazarlama (Influencer Marketing)</t>
+          <t>Proje Yönetimi Disiplinlerarası Bir Bakış</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257339988</t>
+          <t>9786257499958</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Zigetvar Türbedarı Ali Dede Bosnevi’nin Hayatı, Eserleri ve Kırk Hadis Derlemeleri</t>
+          <t>Görsel - İşitsel Çeviri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257402385</t>
+          <t>9786258461183</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Bilgi Kaynaklarının Tanımlanması ve Erişimi Rda</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>172.5</v>
+        <v>410</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257402309</t>
+          <t>9786258461268</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>John Stuart Mill</t>
+          <t>On Labor - Foreigners İn Turkey For Beginners</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>145</v>
+        <v>285</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257339841</t>
+          <t>9786258461039</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın Etkilendiği ve Yorumladığı Batılı Şahsiyetler</t>
+          <t>Bilgi ve Belge Yönetimi Alanında Dil ve Anlam Uluslarası Çevrimiçi Sempozyumu Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>460</v>
+        <v>430</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257339674</t>
+          <t>9786257499972</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Postmodernizme Sanat Tarihi Okumaları</t>
+          <t>Akıllı Lojistik ve Bütünleşik Bölge Uygulamaları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>970</v>
+        <v>390</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257402149</t>
+          <t>9786257443968</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Halka</t>
+          <t>Bilgi Merkezlerinde Yönetim 1</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>225</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257402101</t>
+          <t>9786257443951</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Kazakça)</t>
+          <t>Bilgi Merkezlerinde Yönetim 2</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>230</v>
+        <v>860</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257402132</t>
+          <t>9786257443647</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Rusça)</t>
+          <t>KKTC Yargısının Saygınlığını Korumak ve Yargıyı Daha Saygın Hale Getirmek Nasıl Mümkün Olabilir?</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257402347</t>
+          <t>9786257499521</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Çalışmada Dikkat Edilmesi Gereken Hususlar</t>
+          <t>Ortaokul Seçmeli Hukuk ve Adalet Dersi Öğretim Programı ve Uygulamasının Öğrenci ve Öğretmen Görüşlerine Göre Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257339483</t>
+          <t>9786257499682</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Mübadelede Tekirdağ</t>
+          <t>Ben De Oradaydım 1</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257339605</t>
+          <t>9786257499637</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yunusca Çeviri</t>
+          <t>14. Ulusal Akustik Kongresi Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257339476</t>
+          <t>9786257499675</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Geschichte Der Kommunikationstechniken</t>
+          <t>Ben De Oradaydım 2</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>230</v>
+        <v>305</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257339780</t>
+          <t>9786257499590</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ulusal Halk Kütüphanesi Stratejisi</t>
+          <t>Sağlık İşletmelerinde Farklılıkların Yönetimi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257339629</t>
+          <t>9786257499651</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>19. Asır Mevlevi Şairi Galatalı Safvet ve İbnülemin’in Kemalü’s - Safve’si</t>
+          <t>Antakyalı Bir Şair: Ömer Hilmi Tsey (1898-1961)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257339582</t>
+          <t>9786257499705</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Varlık Paylaşımı ve İnovasyon Uber ve Airbnb Örneği</t>
+          <t>Uluslararası Demiryolu Taşımacılığında Markalaşmanın Önemi</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257339964</t>
+          <t>9786257499484</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Oğuz Karakartal Armağanı</t>
+          <t>Ege Denizi Depremi Raporu (30.10.2020)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>625</v>
+        <v>660</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257339926</t>
+          <t>9786257443890</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Roman ve Anlatıbilim</t>
+          <t>Enerjide Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257339766</t>
+          <t>9786257499347</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Üzerine Hibrit Perspektiflerle Değerlendirmeler</t>
+          <t>Uluslararası Ticarette Blokzincir Uygulamaları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>218.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257339889</t>
+          <t>9786257443913</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kitabiyat</t>
+          <t>Enerjide Veri Analitiği ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257339544</t>
+          <t>9786257499422</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
+          <t>Birinci Basamak Sağlık Hizmetleri ve Covid-19 Pandemisi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>255</v>
+        <v>495</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257339346</t>
+          <t>9786257402163</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim, Kurumsal Yönetim, Risk Yönetimi, İç Kontrol İlişkileri İle İç Denetim Fayda, Performans, Yönetim</t>
+          <t>Afet Odaklı İletişim</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257280679</t>
+          <t>9786257499545</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 2</t>
+          <t>Juli Zeh’in Romanlarında Toplumsal ve Politik Unsurlar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>890</v>
+        <v>285</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257280693</t>
+          <t>9786257499460</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 4</t>
+          <t>Elazığ - Sivrice Depremi Raporu (24.01.2020)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>965</v>
+        <v>660</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257339032</t>
+          <t>9786257443920</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Sol Görüş Bağlamında Kıbrıs Meselesi!</t>
+          <t>Türkiye’de Halk Kütüphaneleri İçin Yenilikçi Örgüt Kültürü ve Stratejisi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>280</v>
+        <v>515</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257339254</t>
+          <t>9786257443869</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>1950’li Yıllarda Türkiye</t>
+          <t>Osmanlıda Piyade Sınıfı Askerlerin Eğitimi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>345</v>
+        <v>415</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257339209</t>
+          <t>9786257443852</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Urfası’nda Müslüman Kadın (1845-1915)</t>
+          <t>Duman</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257339360</t>
+          <t>9786257443821</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve İşletmeciler İçin Uygulamalı Temel Matematik</t>
+          <t>İhracatta Marka Teşvikleri ve Uluslararası Pazarlama Performansına Etkisi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257280990</t>
+          <t>9786257443708</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin İslami Bankacılık ve Finans</t>
+          <t>İletişim Bilimi Araştırmaları 2</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>515</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257339094</t>
+          <t>9786257443623</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Marka ve Sürdürülebilirlik</t>
+          <t>Kıbrıs Siyasetine Akademik Bakış Ocak 2015 Aralık 2015 Arası Yazılar ve Yorumlar Cilt 14</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>170</v>
+        <v>385</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257339124</t>
+          <t>9786257443562</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Masalların Yapı Unsurlarının Çözümlemesi</t>
+          <t>Çeviri Yorumbilimi Çevirmenin Anlam Süreci</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257339322</t>
+          <t>9786257443548</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimine Genç Bakışlar</t>
+          <t>Okuma Kültürü ve Kütüphaneler</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257339186</t>
+          <t>9786257443081</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yolsuzluk ve Usulsüzlük Olaylarının Türk Siyasetine Yansımaları (1923-1950)</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik Programı ve Mesleki Uygulamalar</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>360</v>
+        <v>515</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257339285</t>
+          <t>9786257443685</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Else Günther Als Kinderbuchautorin Und Ihr Beitrag Zur Interkulturellen Erziehung</t>
+          <t>Urfa’da Sağlık (1900-1950)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257339247</t>
+          <t>9786257443609</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Modernleşme Bağlamında Sosyoekonomik Kimlikler: Mardin Örneği</t>
+          <t>Maveraünnehir’de İktisadi ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257339223</t>
+          <t>9786257443463</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Temizliğin Türkçesi</t>
+          <t>Ord. Prof. Dr. A. Süheyl Ünver’in Kaleminden Edirne</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>385</v>
+        <v>600</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257280976</t>
+          <t>9786257402606</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Ağzında Atasözleri ve Deyimler 1</t>
+          <t>Disiplinlerarası Bakış Açısıyla Medya</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257339148</t>
+          <t>9786257402712</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Gençlerin Tüketici Davranışı</t>
+          <t>Dijitalleşme Bağlamında İşletme Fonksiyonlarına Bakış</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257339162</t>
+          <t>9786257402637</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Boyutları İle Uzaktan Eğitim</t>
+          <t>Disiplinlerarası Bakışta Türk Kadını</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257280938</t>
+          <t>9786257402873</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Interkulturele Zusammenarbeit am Beispiel Deutschen und Türkischen Mitarbeitern</t>
+          <t>Balkanlardan Göçen Toplulukların Yemek Kültürlerindeki Farklılıklar: Edirne İli Keşan İlçesi Köyleri Örneği</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257280891</t>
+          <t>9786257443500</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Politikaları ve Teknoloji Yönetimi</t>
+          <t>Liderlik ve Motivasyon Teorileri</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257280952</t>
+          <t>9786257402408</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Problem Çözme ve Eleştirel Düşünme Becerileri</t>
+          <t>Yeni Tarihselcilik Kuramı ve Türk Edebiyatında Postmodern Tarih Romanları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257280914</t>
+          <t>9786257339568</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kripto Para ve Blockchain Teknolojisi Ekonometrik Zaman Serisi Analizi</t>
+          <t>Gönlümle Gördüklerim</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257280877</t>
+          <t>9786257402323</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Arşivcilik</t>
+          <t>Göç Bibliyografyası 2. Makaleler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>205</v>
+        <v>575</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786257280839</t>
+          <t>9786257402774</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Modern Technology and Communication</t>
+          <t>Türkiye’de Kurumsal Yönetim İlkelerine Uyum Derecelendirmesi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>285</v>
+        <v>215</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257280518</t>
+          <t>9786257402811</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Edebi Belleğin Korunması, Dünyadaki Örnekleri ve İstanbul’daki Edebiyat Müzeleri</t>
+          <t>Ar-Ge ve İnovasyon Faaliyetlerinin Büyüme İle İlişkisi - Kobi’ler Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257280853</t>
+          <t>9786257402439</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluğun Kurumsal İtibara Etkisi</t>
+          <t>Kütüphanelerde İtibar Yönetimi: Paydaş Temelli Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>385</v>
+        <v>370</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052812419</t>
+          <t>9786257402422</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti Kamu İşyerlerinde ve Sendikalarda Mobbing Bakış Açısı</t>
+          <t>Hizmet Kalite Algısının Müşteri Memnuniyeti Üzerindeki Etkisi GSM Sektöründe Bir Uygulama</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257845847</t>
+          <t>9786257402361</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İran Şairleri Sözlüğü</t>
+          <t>Tanzimat Devri Türk Romanında Kötülük</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>450</v>
+        <v>515</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257280471</t>
+          <t>9786257402699</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Araştırmaları 2</t>
+          <t>Resim Sanatında Eser Çözümlemeleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>290</v>
+        <v>555</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257280433</t>
+          <t>9786257402620</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Perinatoloji İzlem ve Tedavi Yönergeleri</t>
+          <t>Serbest Yatırım Fonları ve Uyguladıkları Stratejiler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257280235</t>
+          <t>9786257402736</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi Perspektifinde Sağlık Okuryazarlığı</t>
+          <t>Kültürel Miras Uygulamalarında Önleyici Koruma</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257280419</t>
+          <t>9786257402538</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Portföy Yönetiminde Finansal Teknolojiler</t>
+          <t>Waste Management For Municipalities In Turkey</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257280570</t>
+          <t>9786257402798</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bartın Araştırmaları 1</t>
+          <t>Bankalarda Kurumsal Yönetim ve İç Denetim</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257845946</t>
+          <t>9786257402187</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Ticari Diplomasi</t>
+          <t>Kitab-ı Meşahid-i Mevlid-i Ahmedi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>385</v>
+        <v>230</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257280457</t>
+          <t>9786257402750</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sanat, Sanatçılar ve Sanat Eğitimi</t>
+          <t>Kur’an’ın Düşünce Yapısını Etkilemesi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257280099</t>
+          <t>9786257402040</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ortak Düşman Covid-19</t>
+          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 2</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>30</v>
+        <v>540</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257280662</t>
+          <t>9786257402668</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019</t>
+          <t>Tanpınar Eserlerinin Deyimler Sözlüğü ve Özdeyişler</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>830</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257280495</t>
+          <t>9786257402033</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Ali Efendi Riyazü’r-Rahme</t>
+          <t>1. Uluslararası 20. Yüzyılın İlk Yarısında Türk-Ermeni İlişkileri Sempozyumu 16-18 Ekim 2019 Cilt 1</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257280631</t>
+          <t>9786257402477</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Modernleşen Alevilikte Dini Otorite</t>
+          <t>Çeviribilimin Paradigmaları</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257280617</t>
+          <t>9786257339865</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Değişen Turizm Trendleri</t>
+          <t>Renklerin Kimyası</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257280310</t>
+          <t>9786257402002</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yeraltı Edebiyatı</t>
+          <t>Dünya ve Türkiye’de Sosyal Medyada Etkileyici Pazarlama (Influencer Marketing)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257280532</t>
+          <t>9786257339988</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Dijital(in) Ritmi</t>
+          <t>Zigetvar Türbedarı Ali Dede Bosnevi’nin Hayatı, Eserleri ve Kırk Hadis Derlemeleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>630</v>
+        <v>300</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257280204</t>
+          <t>9786257402385</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Masalların Tematik Çözümlemesi</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>315</v>
+        <v>172.5</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052812358</t>
+          <t>9786257402309</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim Yönetiminde İleribildirim</t>
+          <t>John Stuart Mill</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052818855</t>
+          <t>9786257339841</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Değerler ve Yaşam Tarzı</t>
+          <t>Tanpınar’ın Etkilendiği ve Yorumladığı Batılı Şahsiyetler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052818503</t>
+          <t>9786257339674</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Özel Okullarda Halkla İlişkiler ve İtibar</t>
+          <t>Ortaçağ’dan Postmodernizme Sanat Tarihi Okumaları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>285</v>
+        <v>970</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786257280167</t>
+          <t>9786257402149</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Rahatu’n-Nüfus Üzerine Bir Dil İncelemesi</t>
+          <t>Kayıp Halka</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>700</v>
+        <v>225</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257280303</t>
+          <t>9786257402101</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Edebiyatı</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Kazakça)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052817223</t>
+          <t>9786257402132</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kıbrısta Strateji Üçüncü Devlet Egemen İngiliz Üsleri ve ABD Varlığı</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu (Rusça)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257280020</t>
+          <t>9786257402347</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Risk ve Kriz Yönetimi</t>
+          <t>Uzaktan Çalışmada Dikkat Edilmesi Gereken Hususlar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257280051</t>
+          <t>9786257339483</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Deprem Fragmanları Van’dan Örnekler</t>
+          <t>Mübadelede Tekirdağ</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052817643</t>
+          <t>9786257339605</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Dr. Derviş Eroğlu Siyaset, Spor ve Kıbrıs’ta Mücadele</t>
+          <t>Yunusca Çeviri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257280334</t>
+          <t>9786257339476</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Geleneksel Ayakkabı Sanatı</t>
+          <t>Geschichte Der Kommunikationstechniken</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257845885</t>
+          <t>9786257339780</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliğinin İşgören Performansı ve İş Doyumuna Etkileri</t>
+          <t>Türkiye’de Ulusal Halk Kütüphanesi Stratejisi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257280112</t>
+          <t>9786257339629</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezlerinde Mekan</t>
+          <t>19. Asır Mevlevi Şairi Galatalı Safvet ve İbnülemin’in Kemalü’s - Safve’si</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257280266</t>
+          <t>9786257339582</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Bin Abdulmelik’in Hayatı İlmi Kişiliği ve "el-Mazbut Fi Şerhi'l-Maksud" Adlı Eseri</t>
+          <t>Varlık Paylaşımı ve İnovasyon Uber ve Airbnb Örneği</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257845922</t>
+          <t>9786257339964</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Vahiy Bağlamında Hz. Peygamber’in Nübüvvet Süreci</t>
+          <t>Prof. Dr. Oğuz Karakartal Armağanı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>240</v>
+        <v>625</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257280198</t>
+          <t>9786257339926</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yeni Küresel Düzende Büyüme, Eşitsizlik ve Kapsayıcılık İlişkisi</t>
+          <t>Çizgi Roman ve Anlatıbilim</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257845960</t>
+          <t>9786257339766</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Bilgi ve Belge Yönetimi</t>
+          <t>Uluslararası Ticaret Üzerine Hibrit Perspektiflerle Değerlendirmeler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>420</v>
+        <v>218.5</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254004162</t>
+          <t>9786257339889</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Top Stent - Endovasküler Hibrid Travma ve Kanama Yönetimi Sanatı 1. Kitap</t>
+          <t>Kitabiyat</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257845786</t>
+          <t>9786257339544</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Tema: Yemek</t>
+          <t>Mehmet Akif Ersoy ve İstiklal Marşı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257845137</t>
+          <t>9786257339346</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Bankalarda Kredi Sürecinin İç Kontrol Sistemi Açısından Değerlendirilmesi</t>
+          <t>Stratejik Yönetim, Kurumsal Yönetim, Risk Yönetimi, İç Kontrol İlişkileri İle İç Denetim Fayda, Performans, Yönetim</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257845823</t>
+          <t>9786257280679</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kadın Çalışmalarında Yansımalar</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 2</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>450</v>
+        <v>890</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257845618</t>
+          <t>9786257280693</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hamide Süeda’nın Mektupları</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019 Bryophyta Vol. 4</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>205</v>
+        <v>965</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786257845809</t>
+          <t>9786257339032</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Development and Education Studies</t>
+          <t>Belgelerle Sol Görüş Bağlamında Kıbrıs Meselesi!</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052819708</t>
+          <t>9786257339254</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Savaş Tarihçiliğinden Tasvirli Bir Kesit</t>
+          <t>1950’li Yıllarda Türkiye</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>1495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257845762</t>
+          <t>9786257339209</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Türk Sağlık Turizminde Fırsatlar ve Tehditler</t>
+          <t>Osmanlı Urfası’nda Müslüman Kadın (1845-1915)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257845595</t>
+          <t>9786257339360</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Marka ve Marka Özgünlüğü (Uygulamalı)</t>
+          <t>İktisat ve İşletmeciler İçin Uygulamalı Temel Matematik</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257845656</t>
+          <t>9786257280990</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Dijital Gelecekte Mesleklerin ve Sektörlerin Dönüşümü</t>
+          <t>Yeni Başlayanlar İçin İslami Bankacılık ve Finans</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>645</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257845724</t>
+          <t>9786257339094</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>New Generation Studies In Electromembrane Extraction</t>
+          <t>Marka ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257845571</t>
+          <t>9786257339124</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sektörlerin ve Mesleklerin Geleceği</t>
+          <t>Masalların Yapı Unsurlarının Çözümlemesi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>530</v>
+        <v>315</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257845687</t>
+          <t>9786257339322</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İstila Filmleri</t>
+          <t>Türklük Bilimine Genç Bakışlar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>345</v>
+        <v>365</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257845700</t>
+          <t>9786257339186</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 3</t>
+          <t>Yolsuzluk ve Usulsüzlük Olaylarının Türk Siyasetine Yansımaları (1923-1950)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257845366</t>
+          <t>9786257339285</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kütüphaneler El Kitabı</t>
+          <t>Else Günther Als Kinderbuchautorin Und Ihr Beitrag Zur Interkulturellen Erziehung</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>1030</v>
+        <v>300</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257845632</t>
+          <t>9786257339247</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Film Çevirisi - Dublajda Eşleme</t>
+          <t>Gelenek ve Modernleşme Bağlamında Sosyoekonomik Kimlikler: Mardin Örneği</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257845557</t>
+          <t>9786257339223</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Sosyoloji ve Antropoloji Bağlamında İncelemeler</t>
+          <t>Temizliğin Türkçesi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>515</v>
+        <v>385</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052817902</t>
+          <t>9786257280976</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Hukuk, Politika ve Aktörler</t>
+          <t>Adıyaman Ağzında Atasözleri ve Deyimler 1</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257845380</t>
+          <t>9786257339148</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Hayat Romanlardan Daha Tuhaf Selçuk Altun’un Romancılığı</t>
+          <t>Sosyal Medyada Gençlerin Tüketici Davranışı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>325</v>
+        <v>215</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257845465</t>
+          <t>9786257339162</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Merkez-Çevre İletişimsizliği Bağlamında Sason İsyanları</t>
+          <t>Çeşitli Boyutları İle Uzaktan Eğitim</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257845533</t>
+          <t>9786257280938</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Havacılık Sertifikasyonu</t>
+          <t>Interkulturele Zusammenarbeit am Beispiel Deutschen und Türkischen Mitarbeitern</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052818671</t>
+          <t>9786257280891</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Rauf Bütün Telif Tiyatroları</t>
+          <t>Sanayi Politikaları ve Teknoloji Yönetimi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>335</v>
+        <v>205</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257845069</t>
+          <t>9786257280952</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Ratip Kazancıgil’in Kaleminden Edirne (2 Kitap Takım) (Ciltli)</t>
+          <t>Liderlik Problem Çözme ve Eleştirel Düşünme Becerileri</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>435</v>
+        <v>225</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257845502</t>
+          <t>9786257280914</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Aydınlarının Bilgi ve Belge Yönetimi Çalışmaları</t>
+          <t>Kripto Para ve Blockchain Teknolojisi Ekonometrik Zaman Serisi Analizi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257845441</t>
+          <t>9786257280877</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Migration Communication Adaptation</t>
+          <t>Arşivcilik</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257845182</t>
+          <t>9786257280839</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Güç Santrallerinin Finansman Modeli ve Matematiksel Yaklaşımlar</t>
+          <t>Modern Technology and Communication</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257845250</t>
+          <t>9786257280518</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Masal Kahramanlarının Tip Çözümlemesi</t>
+          <t>Edebi Belleğin Korunması, Dünyadaki Örnekleri ve İstanbul’daki Edebiyat Müzeleri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257845328</t>
+          <t>9786257280853</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Serbest Cumhuriyet Fırkası İstanbul Teşkilatı ve Azınlıklar</t>
+          <t>Kurumsal Sosyal Sorumluluğun Kurumsal İtibara Etkisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257845427</t>
+          <t>9786052812419</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Toplumsal Cinsiyet Üzerine Tartışmalar</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti Kamu İşyerlerinde ve Sendikalarda Mobbing Bakış Açısı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257845489</t>
+          <t>9786257845847</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında Mahmut Soydan</t>
+          <t>İran Şairleri Sözlüğü</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257845205</t>
+          <t>9786257280471</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Romanında Ütopya (1923-1950)</t>
+          <t>Türk Edebiyatı Araştırmaları 2</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257845397</t>
+          <t>9786257280433</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Krizlerinin Çözümlenmesine İlişkin Yeni Yaklaşımlar</t>
+          <t>Perinatoloji İzlem ve Tedavi Yönergeleri</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257845007</t>
+          <t>9786257280235</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Arşiv Kurumlarındaki Uygulamalarda Yenilikçi Yaklaşımlar</t>
+          <t>Sağlık İletişimi Perspektifinde Sağlık Okuryazarlığı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257845281</t>
+          <t>9786257280419</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Saltanat Mücadeleleri</t>
+          <t>Portföy Yönetiminde Finansal Teknolojiler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>410</v>
+        <v>215</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257845298</t>
+          <t>9786257280570</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Siyaset: Vedat Türkali Örneği</t>
+          <t>Bartın Araştırmaları 1</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>290</v>
+        <v>345</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257845304</t>
+          <t>9786257845946</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Samaniler Döneminde Buhara Şehri</t>
+          <t>Ticari Diplomasi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257845106</t>
+          <t>9786257280457</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Halkla İlişkiler Kapsamında Kriz Yönetimi</t>
+          <t>Sanat, Sanatçılar ve Sanat Eğitimi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257845236</t>
+          <t>9786257280099</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Her Derde Deva Mucizevi Bitki Zeytin ve Zeytinyağı Analizleri</t>
+          <t>Ortak Düşman Covid-19</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257845151</t>
+          <t>9786257280662</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlarda</t>
+          <t>Bryophyte Locality Data From The Near and Middle East 1775-2019</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>230</v>
+        <v>830</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052819982</t>
+          <t>9786257280495</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Tükenmişlik, Yetenek Yönetimi ve Çalışan Performansı</t>
+          <t>Hüseyin Ali Efendi Riyazü’r-Rahme</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052819845</t>
+          <t>9786257280631</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Okumaları 2</t>
+          <t>Modernleşen Alevilikte Dini Otorite</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052819944</t>
+          <t>9786257280617</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski’den Grotowski’ye Meyerhold’den Brecht’e Oyunculukta Yöntem ve Rol Çalışmaları</t>
+          <t>Değişen Turizm Trendleri</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052819951</t>
+          <t>9786257280310</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türk Edebiyatının Büyük Realisti Celil Memmedkuluzade’nin Hikayelerinde Sosyal Tenkit</t>
+          <t>Türkiye’de Yeraltı Edebiyatı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052818886</t>
+          <t>9786257280532</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Kütüphane Hizmetleri ve İstanbul Büyükşehir Belediyesi Örneği</t>
+          <t>Dijital(in) Ritmi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>205</v>
+        <v>630</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052818466</t>
+          <t>9786257280204</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yapılan Seçim İttifaklarının Seçim Sonuçlarına Etkisi</t>
+          <t>Masalların Tematik Çözümlemesi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052819807</t>
+          <t>9786052812358</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimi Araştırmaları 1</t>
+          <t>Kurumsal İletişim Yönetiminde İleribildirim</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>630</v>
+        <v>400</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052819906</t>
+          <t>9786052818855</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Gazeteci Olmak</t>
+          <t>Pazarlamada Değerler ve Yaşam Tarzı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052819784</t>
+          <t>9786052818503</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kredi Derecelendirme Sektörü</t>
+          <t>Özel Okullarda Halkla İlişkiler ve İtibar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>345</v>
+        <v>285</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052819654</t>
+          <t>9786257280167</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika ve Yerel Yönetim İlişkisi:  Sultangazi Belediyesi Örneği</t>
+          <t>Rahatu’n-Nüfus Üzerine Bir Dil İncelemesi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052819760</t>
+          <t>9786257280303</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İyiliği Emretme ve Kötülükten Sakındırma</t>
+          <t>Koronavirüs Edebiyatı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052819746</t>
+          <t>9786052817223</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İbrahim El-Lekani’nin Kelami Görüşleri</t>
+          <t>Kıbrısta Strateji Üçüncü Devlet Egemen İngiliz Üsleri ve ABD Varlığı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>505</v>
+        <v>345</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052819821</t>
+          <t>9786257280020</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Hulasatü’l-Efkar Şerhu Muhtasari’l-Menar</t>
+          <t>Bilgi Merkezlerinde Risk ve Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>315</v>
+        <v>430</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052819678</t>
+          <t>9786257280051</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihinde Önemli Dönüm Noktaları: Orta Doğu ve Avrupa ile Siyasi Münasebetler</t>
+          <t>Sosyal Bilimler Perspektifinden Deprem Fragmanları Van’dan Örnekler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052819258</t>
+          <t>9786052817643</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Bilimlerinde Makale Hazırlama ve Yayımlama Teknikleri</t>
+          <t>Dr. Derviş Eroğlu Siyaset, Spor ve Kıbrıs’ta Mücadele</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052819685</t>
+          <t>9786257280334</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat - Kültür ve Tarih Araştırmaları</t>
+          <t>Türk Kültüründe Geleneksel Ayakkabı Sanatı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052818213</t>
+          <t>9786257845885</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yazma ve Eski Harfli Basma Eserlerde Bibliyografik Tanımlama</t>
+          <t>İş Sağlığı ve Güvenliğinin İşgören Performansı ve İş Doyumuna Etkileri</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052819395</t>
+          <t>9786257280112</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimeler Zaviyesinden Tanzimat Dönemi Gazeteleri</t>
+          <t>Bilgi Merkezlerinde Mekan</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052818794</t>
+          <t>9786257280266</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Akademik Örgütlerde Çalışan Personelin Çatışma Nedenleri ve Sonuçları: Süleyman Demirel Üniversitesi’nde Bir Araştırma</t>
+          <t>Yusuf Bin Abdulmelik’in Hayatı İlmi Kişiliği ve "el-Mazbut Fi Şerhi'l-Maksud" Adlı Eseri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052819548</t>
+          <t>9786257845922</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Edebiyat Yazıları - Prof. Dr. Ali Gültekin’e Armağan</t>
+          <t>Vahiy Bağlamında Hz. Peygamber’in Nübüvvet Süreci</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052819487</t>
+          <t>9786257280198</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Suç Estetiği</t>
+          <t>Yeni Küresel Düzende Büyüme, Eşitsizlik ve Kapsayıcılık İlişkisi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052819500</t>
+          <t>9786257845960</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri ve Yönetiminde Yapay Zeka</t>
+          <t>Sağlıkta Bilgi ve Belge Yönetimi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052819586</t>
+          <t>9786254004162</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Globale Veranderung Und Neues Medienleben</t>
+          <t>Top Stent - Endovasküler Hibrid Travma ve Kanama Yönetimi Sanatı 1. Kitap</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052819531</t>
+          <t>9786257845786</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezleri: Sağlık ve Afet Bilgi Yönetimi - Information Centers: Health and Disaster Information Management</t>
+          <t>Sanatta Tema: Yemek</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>485</v>
+        <v>340</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052819562</t>
+          <t>9786257845137</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Hicri 5.-7. (M. 11.-13.) Yy.’da Hadis Çalışmaları ve Ahvazlı Hadisçiler</t>
+          <t>Bankalarda Kredi Sürecinin İç Kontrol Sistemi Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052819142</t>
+          <t>9786257845823</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama Kavramı ve Kamu Sektörü Reklamlarının Geleneksel ve Sosyal Medya Üzerinden Duyurulması</t>
+          <t>Geçmişten Günümüze Kadın Çalışmalarında Yansımalar</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052811900</t>
+          <t>9786257845618</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Lisanü’l-Etibba - Tabiplerin Dili</t>
+          <t>Hamide Süeda’nın Mektupları</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>760</v>
+        <v>205</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052819265</t>
+          <t>9786257845809</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Riskleri</t>
+          <t>Development and Education Studies</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>170</v>
+        <v>470</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052819340</t>
+          <t>9786052819708</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sıfat Bu Aşka Da Gelir Aşığa Da</t>
+          <t>Osmanlı Savaş Tarihçiliğinden Tasvirli Bir Kesit</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052819425</t>
+          <t>9786257845762</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Rus Edebiyatında L. Ulitskaya, L. Petruşevskaya ve T. Tolstaya’nın Öykü Sanatı</t>
+          <t>Türk Sağlık Turizminde Fırsatlar ve Tehditler</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052819128</t>
+          <t>9786257845595</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Biçim</t>
+          <t>Marka ve Marka Özgünlüğü (Uygulamalı)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>414</v>
+        <v>255</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052819180</t>
+          <t>9786257845656</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Belgelerin İmhası: Teori ve Uygulama</t>
+          <t>Dijital Gelecekte Mesleklerin ve Sektörlerin Dönüşümü</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>410</v>
+        <v>645</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052819401</t>
+          <t>9786257845724</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Fun With Literature Crossword Puzzles</t>
+          <t>New Generation Studies In Electromembrane Extraction</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052818565</t>
+          <t>9786257845571</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 5</t>
+          <t>Sektörlerin ve Mesleklerin Geleceği</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>260</v>
+        <v>530</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052819364</t>
+          <t>9786257845687</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Hurufat Defterleri (1690-1840)</t>
+          <t>İstila Filmleri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>555</v>
+        <v>345</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052819166</t>
+          <t>9786257845700</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Yeni Dünya Düzeninde Teknoloji Yönetimi ve İnsani Dijitalizasyon</t>
+          <t>Ağrı - Akademik Makaleler 3</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052819227</t>
+          <t>9786257845366</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Şehir Markalaşması Sürecinde Tüketici Temelli Marka Değerinin Ölçülmesi: Adıyaman İli Üzerine Bir Uygulama</t>
+          <t>Dijital Kütüphaneler El Kitabı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>385</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052819289</t>
+          <t>9786257845632</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Trendleri Yeni Medya İletişim Teknoloji Toplum ve İş Dünyası İçin Perspektifler</t>
+          <t>Film Çevirisi - Dublajda Eşleme</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052819203</t>
+          <t>9786257845557</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Çocuk-Gençlik Yazını Çevirisi Üzerine Bir İnceleme</t>
+          <t>Tarih, Sosyoloji ve Antropoloji Bağlamında İncelemeler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>360</v>
+        <v>515</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052819326</t>
+          <t>9786052817902</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İşletme 2.0: İşletmecilikte Yeni Trendler</t>
+          <t>Tarih, Hukuk, Politika ve Aktörler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052818824</t>
+          <t>9786257845380</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür ve Sosyal Medya Okumaları</t>
+          <t>Hayat Romanlardan Daha Tuhaf Selçuk Altun’un Romancılığı</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>465</v>
+        <v>325</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052819449</t>
+          <t>9786257845465</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>A Book On MTS: Multilateral Trade System</t>
+          <t>Tek Parti Döneminde Merkez-Çevre İletişimsizliği Bağlamında Sason İsyanları</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052819067</t>
+          <t>9786257845533</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Arif Ünal’a Armağan</t>
+          <t>Uygulamalı Havacılık Sertifikasyonu</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>410</v>
+        <v>170</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052819074</t>
+          <t>9786052818671</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Osmanlı Devleti’nin İdari Taksimatı (1839-1914)</t>
+          <t>Mehmet Rauf Bütün Telif Tiyatroları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>445</v>
+        <v>335</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052818930</t>
+          <t>9786257845069</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Alternatif Gazetecilik</t>
+          <t>Ratip Kazancıgil’in Kaleminden Edirne (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>350</v>
+        <v>435</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052819036</t>
+          <t>9786257845502</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Şihabüddin El-Mercani’nin Usul-i Fıkıh Anlayışı</t>
+          <t>Osmanlı Aydınlarının Bilgi ve Belge Yönetimi Çalışmaları</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052818978</t>
+          <t>9786257845441</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Marka Menuniyetinin Marka Sadakatine ve Güvenine Etkisi</t>
+          <t>Migration Communication Adaptation</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052819098</t>
+          <t>9786257845182</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalı Doğu - Batı Edebiyatı</t>
+          <t>Nükleer Güç Santrallerinin Finansman Modeli ve Matematiksel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052819302</t>
+          <t>9786257845250</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Kuramları ve Çeviri Eğitimi</t>
+          <t>Masal Kahramanlarının Tip Çözümlemesi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052818909</t>
+          <t>9786257845328</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Salim Efendi Beşir-Name</t>
+          <t>Serbest Cumhuriyet Fırkası İstanbul Teşkilatı ve Azınlıklar</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>335</v>
+        <v>230</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052817681</t>
+          <t>9786257845427</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Politik İstikrarsızlık ve Enerji Güvenliği Ekseninde Orta Doğu Ekonomileri</t>
+          <t>Medya ve Toplumsal Cinsiyet Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052818749</t>
+          <t>9786257845489</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-İran Üzerine Okumalar</t>
+          <t>Türk Siyasi Hayatında Mahmut Soydan</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052818862</t>
+          <t>9786257845205</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme ve Halkla İlişkiler</t>
+          <t>Cumhuriyet Dönemi Türk Romanında Ütopya (1923-1950)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052818756</t>
+          <t>9786257845397</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Politikaları: Ekonomik ve Sosyal Eğilimler</t>
+          <t>Kapitalizmin Krizlerinin Çözümlenmesine İlişkin Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>430</v>
+        <v>310</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052818954</t>
+          <t>9786257845007</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi İzmir Medrese ve Kütüphaneleri</t>
+          <t>Kütüphane ve Arşiv Kurumlarındaki Uygulamalarda Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052818640</t>
+          <t>9786257845281</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Engelli Bireylerin Sosyal Medya Kullanmaları Üzerine Bir Araştırma</t>
+          <t>Selçuklularda Saltanat Mücadeleleri</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>275</v>
+        <v>410</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052818589</t>
+          <t>9786257845298</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Emirhan Yeniki’nin Hikayeciliği</t>
+          <t>Edebiyatta Siyaset: Vedat Türkali Örneği</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052818985</t>
+          <t>9786257845304</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Ceditçi Fıtrat ve Eserlerinden Örnekler</t>
+          <t>Samaniler Döneminde Buhara Şehri</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052818480</t>
+          <t>9786257845106</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Yöneticilerden Hayati Hikayeler</t>
+          <t>Stratejik Halkla İlişkiler Kapsamında Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052818695</t>
+          <t>9786257845236</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Başarı Cepte</t>
+          <t>Her Derde Deva Mucizevi Bitki Zeytin ve Zeytinyağı Analizleri</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052818787</t>
+          <t>9786257845151</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Kavramlar Temalar Yönelimler</t>
+          <t>Zor Zamanlarda</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052818442</t>
+          <t>9786052819982</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş'ın Oluşum Süreci ve Türkiye'ye Etkileri (1939-1952)</t>
+          <t>Sağlık Kurumlarında Tükenmişlik, Yetenek Yönetimi ve Çalışan Performansı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>515</v>
+        <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052818121</t>
+          <t>9786052819845</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Servet-i Fünun</t>
+          <t>Dijital Çağda İletişim Okumaları 2</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>415</v>
+        <v>450</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052818725</t>
+          <t>9786052819944</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Jandarmasının Mesleki ve Askeri Terbiyesi</t>
+          <t>Stanislavski’den Grotowski’ye Meyerhold’den Brecht’e Oyunculukta Yöntem ve Rol Çalışmaları</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052818367</t>
+          <t>9786052819951</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türk Edebiyatının Büyük Romantiği Hüseyin Cavid</t>
+          <t>Azerbaycan Türk Edebiyatının Büyük Realisti Celil Memmedkuluzade’nin Hikayelerinde Sosyal Tenkit</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052818411</t>
+          <t>9786052818886</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Pierre Bourdieu Sosyolojisi Işığında Türk Tiyatro Alanında Çevirinin Rolü ve Dostlar Tiyatrosunun Konumu</t>
+          <t>Belediyelerde Kütüphane Hizmetleri ve İstanbul Büyükşehir Belediyesi Örneği</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052818541</t>
+          <t>9786052818466</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Tecrübe ve Eğitim</t>
+          <t>Türkiye’de Yapılan Seçim İttifaklarının Seçim Sonuçlarına Etkisi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052818060</t>
+          <t>9786052819807</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Kırsalında Bir Saha Çalışması</t>
+          <t>İletişim Bilimi Araştırmaları 1</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>180</v>
+        <v>630</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052818602</t>
+          <t>9786052819906</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Hangi Atilla İlhan?</t>
+          <t>Doğu’da Gazeteci Olmak</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052818527</t>
+          <t>9786052819784</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kimya</t>
+          <t>Kredi Derecelendirme Sektörü</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>550</v>
+        <v>345</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052816493</t>
+          <t>9786052819654</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Tarihi Romanlar</t>
+          <t>Sosyal Politika ve Yerel Yönetim İlişkisi:  Sultangazi Belediyesi Örneği</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>1495</v>
+        <v>180</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052818329</t>
+          <t>9786052819760</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Social Media Era</t>
+          <t>Kur’an’da İyiliği Emretme ve Kötülükten Sakındırma</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052810828</t>
+          <t>9786052819746</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Tourist Police For Tourism Security: A Model Proposal For Police Organizations</t>
+          <t>İbrahim El-Lekani’nin Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>160</v>
+        <v>505</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052817773</t>
+          <t>9786052819821</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler’de İlim, Kültür ve Sanat</t>
+          <t>Hulasatü’l-Efkar Şerhu Muhtasari’l-Menar</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>640</v>
+        <v>315</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052818138</t>
+          <t>9786052819678</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Balkanlar</t>
+          <t>Türk Siyasi Tarihinde Önemli Dönüm Noktaları: Orta Doğu ve Avrupa ile Siyasi Münasebetler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052818190</t>
+          <t>9786052819258</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Doğu Akdeniz</t>
+          <t>Sağlık Bilimlerinde Makale Hazırlama ve Yayımlama Teknikleri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052818244</t>
+          <t>9786052819685</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Ortadoğu</t>
+          <t>Edebiyat - Kültür ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052818015</t>
+          <t>9786052818213</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>2008 Global Kriz Dönemi ile Döviz Kuru Dalgalanmaları Döneminin Şirket Oranlarına Etkisi</t>
+          <t>Yazma ve Eski Harfli Basma Eserlerde Bibliyografik Tanımlama</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052817834</t>
+          <t>9786052819395</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiler’de Siyasi ve Ekonomik İlişkiler</t>
+          <t>Mukaddimeler Zaviyesinden Tanzimat Dönemi Gazeteleri</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052818268</t>
+          <t>9786052818794</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>2008 Yılı ABD Kaynaklı Küresel Finansal Krizin Türkiye Ekonomisine Etkileri</t>
+          <t>Akademik Örgütlerde Çalışan Personelin Çatışma Nedenleri ve Sonuçları: Süleyman Demirel Üniversitesi’nde Bir Araştırma</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052818398</t>
+          <t>9786052819548</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Online Alışverişte Karar Verme Stilleri Çelişki Risk ve Memnuniyet</t>
+          <t>Dil ve Edebiyat Yazıları - Prof. Dr. Ali Gültekin’e Armağan</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052817704</t>
+          <t>9786052819487</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 2</t>
+          <t>Suç Estetiği</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052818039</t>
+          <t>9786052819500</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Sosyal Medyada Tüketici Davranışları</t>
+          <t>Sağlık Hizmetleri ve Yönetiminde Yapay Zeka</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>185</v>
+        <v>310</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052818107</t>
+          <t>9786052819586</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Evcilleştirmek: Türk Halk Kültüründe Ölüm Temelli Mizah</t>
+          <t>Globale Veranderung Und Neues Medienleben</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052818374</t>
+          <t>9786052819531</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Türk - Macar İlişkilerinde Tayyip Gökbilgin</t>
+          <t>Bilgi Merkezleri: Sağlık ve Afet Bilgi Yönetimi - Information Centers: Health and Disaster Information Management</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>180</v>
+        <v>485</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052818343</t>
+          <t>9786052819562</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Mezalimi ve Bulgar Vahşetleri</t>
+          <t>Hicri 5.-7. (M. 11.-13.) Yy.’da Hadis Çalışmaları ve Ahvazlı Hadisçiler</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052818084</t>
+          <t>9786052819142</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yeni Şiiri Çevresinde - Ece Ayhan</t>
+          <t>Sosyal Pazarlama Kavramı ve Kamu Sektörü Reklamlarının Geleneksel ve Sosyal Medya Üzerinden Duyurulması</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052818169</t>
+          <t>9786052811900</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Reklam ve Marka Üçgeni</t>
+          <t>Lisanü’l-Etibba - Tabiplerin Dili</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>170</v>
+        <v>760</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052817766</t>
+          <t>9786052819265</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Açılan Kapı - İstanbul Üniversitesi Merkez Kütüphanesi 2012-2020</t>
+          <t>Tedarik Zinciri Riskleri</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052817926</t>
+          <t>9786052819340</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Anlamsal Döngü ve Döngülü Sözcük Örnekleri</t>
+          <t>Sıfat Bu Aşka Da Gelir Aşığa Da</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052817858</t>
+          <t>9786052819425</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Atizinden Atalar İzine - Berendi Köyü</t>
+          <t>Çağdaş Rus Edebiyatında L. Ulitskaya, L. Petruşevskaya ve T. Tolstaya’nın Öykü Sanatı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>315</v>
+        <v>375</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052818299</t>
+          <t>9786052819128</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Şirvan ve Arran Bölgeleri Muhaddisleri</t>
+          <t>Roman ve Biçim</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>235</v>
+        <v>414</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052817049</t>
+          <t>9786052819180</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu Döneminde İşveren ve İşçilerin İş Sağlığı ve Güvenliği Açısından Görev ve Sorumlulukları</t>
+          <t>Elektronik Belgelerin İmhası: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052817971</t>
+          <t>9786052819401</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Karar Destek Sistemleri (Veri Ambarı - Veri Madenciliği - Klinik KDS)</t>
+          <t>Fun With Literature Crossword Puzzles</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052818183</t>
+          <t>9786052818565</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Suriyeliler - Entegrasyon Mümkün mü?</t>
+          <t>Çeviribilimin Paradigmaları 5</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052817247</t>
+          <t>9786052819364</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz-Akdeniz Kardeşliği Kıbrıs’ta Bereketçiler ve TMT Mücadelesi</t>
+          <t>Kastamonu Hurufat Defterleri (1690-1840)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>315</v>
+        <v>555</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052817995</t>
+          <t>9786052819166</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve İdeoloji İlişkisi Bağlamında Türk Romanında Kıbrıs Meselesi (1955-2015)</t>
+          <t>Pandemi Sonrası Yeni Dünya Düzeninde Teknoloji Yönetimi ve İnsani Dijitalizasyon</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>360</v>
+        <v>530</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052817957</t>
+          <t>9786052819227</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Karanlık Zamanları: İşkence</t>
+          <t>Şehir Markalaşması Sürecinde Tüketici Temelli Marka Değerinin Ölçülmesi: Adıyaman İli Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>590</v>
+        <v>385</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052817803</t>
+          <t>9786052819289</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>9 ve 14. Yüzyıllar Arası Yazılmış Arapça Tarih Kaynaklarında Terminoloji</t>
+          <t>Yeni Medya Trendleri Yeni Medya İletişim Teknoloji Toplum ve İş Dünyası İçin Perspektifler</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052816455</t>
+          <t>9786052819203</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>SPA Su İle Gelen Güzellik</t>
+          <t>Çocuk-Gençlik Yazını Çevirisi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>830</v>
+        <v>360</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052817933</t>
+          <t>9786052819326</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sivil Havacılıkta Güncel Konular</t>
+          <t>İşletme 2.0: İşletmecilikte Yeni Trendler</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>185</v>
+        <v>255</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052815533</t>
+          <t>9786052818824</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Sıtma ve Mehmet Aziz Bey</t>
+          <t>Dijital Kültür ve Sosyal Medya Okumaları</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>300</v>
+        <v>465</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052817148</t>
+          <t>9786052819449</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Strateji, Espiyonaj, İntelijans ve Çatışma Kaynayan Kazan Akdeniz ve Kıbrıs</t>
+          <t>A Book On MTS: Multilateral Trade System</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052817018</t>
+          <t>9786052819067</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs 1919 - 19 Mayıs 2019 / 100 Öncü Kadın</t>
+          <t>Prof. Dr. Arif Ünal’a Armağan</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>355</v>
+        <v>410</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052817513</t>
+          <t>9786052819074</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Türkiye’de Günlük Hayat  (1923-1950)</t>
+          <t>19. Yüzyılda Osmanlı Devleti’nin İdari Taksimatı (1839-1914)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>385</v>
+        <v>445</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052817742</t>
+          <t>9786052818930</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Üzerine Güncel Çalışmalar</t>
+          <t>Yeni Medya ve Alternatif Gazetecilik</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052817483</t>
+          <t>9786052819036</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Uygulamaya Kent Güvenliği Yönetişimi</t>
+          <t>Şihabüddin El-Mercani’nin Usul-i Fıkıh Anlayışı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052817889</t>
+          <t>9786052818978</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Denizin Çocukları</t>
+          <t>Marka Menuniyetinin Marka Sadakatine ve Güvenine Etkisi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052817650</t>
+          <t>9786052819098</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Dili ve Edebiyatı Araştırmaları</t>
+          <t>Bulmacalı Doğu - Batı Edebiyatı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052817629</t>
+          <t>9786052819302</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerde ve Kütüb-i Sitte’de Dersler ve İbretlerle Hz. Peygamber’in (S.A.V) Hayatı</t>
+          <t>Çeviri Kuramları ve Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>600</v>
+        <v>315</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052817841</t>
+          <t>9786052818909</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Kültür Tarihi Araştırmaları</t>
+          <t>Salim Efendi Beşir-Name</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>2760</v>
+        <v>335</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052811351</t>
+          <t>9786052817681</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Edirne’de Bitkisel Doğal Boyama</t>
+          <t>Politik İstikrarsızlık ve Enerji Güvenliği Ekseninde Orta Doğu Ekonomileri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>660</v>
+        <v>430</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052817445</t>
+          <t>9786052818749</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Deneyimsel Pazarlama ve Yeşil Davranış (Uygulamalı)</t>
+          <t>Türkiye-İran Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052814918</t>
+          <t>9786052818862</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Aile İçi Şiddetine Genel Bakış</t>
+          <t>Toplumsal Değişme ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052817551</t>
+          <t>9786052818756</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Kadın Konferans Bildirileri (İstanbul, 9 Mart 2019)</t>
+          <t>Sanayi Politikaları: Ekonomik ve Sosyal Eğilimler</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>315</v>
+        <v>430</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052817575</t>
+          <t>9786052818954</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Türkleri'nin Büyük Göçü '89</t>
+          <t>Osmanlı Dönemi İzmir Medrese ve Kütüphaneleri</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052817469</t>
+          <t>9786052818640</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Panopticism and Buchi Emecheta</t>
+          <t>Engelli Bireylerin Sosyal Medya Kullanmaları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052817599</t>
+          <t>9786052818589</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>TBMM’de Gayrimüslim Milletvekilleri (1923 - 1964)</t>
+          <t>Emirhan Yeniki’nin Hikayeciliği</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052817377</t>
+          <t>9786052818985</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Refah Devletlerinde İş Sağlığı ve Güvenliği Hizmetleri</t>
+          <t>Ceditçi Fıtrat ve Eserlerinden Örnekler</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052817322</t>
+          <t>9786052818480</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Halkbilim Dolayları</t>
+          <t>Başarılı Yöneticilerden Hayati Hikayeler</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>375</v>
+        <v>470</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052817537</t>
+          <t>9786052818695</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hava Trafik Kontrolörü Performansını Etkileyen Faktörler Havalimanı Yer Seçimi ve Çalışma Koşulları</t>
+          <t>Başarı Cepte</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052817506</t>
+          <t>9786052818787</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Yalova İli Yerli Ağzı</t>
+          <t>Sosyoloji Kavramlar Temalar Yönelimler</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052817414</t>
+          <t>9786052818442</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Madeni Takılar Üzerine Bir Analiz</t>
+          <t>Soğuk Savaş'ın Oluşum Süreci ve Türkiye'ye Etkileri (1939-1952)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>1025</v>
+        <v>515</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052817391</t>
+          <t>9786052818121</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Fedai Dergisi’nde Komünizm (1963-1979)</t>
+          <t>Servet-i Fünun</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>170</v>
+        <v>415</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052817186</t>
+          <t>9786052818725</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Osmanlı Öncesi Türkler Sempozyumu</t>
+          <t>Osmanlı Jandarmasının Mesleki ve Askeri Terbiyesi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052817261</t>
+          <t>9786052818367</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Göç Bibliyografyası</t>
+          <t>Azerbaycan Türk Edebiyatının Büyük Romantiği Hüseyin Cavid</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>310</v>
+        <v>430</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052817315</t>
+          <t>9786052818411</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Araçları - Medya</t>
+          <t>Pierre Bourdieu Sosyolojisi Işığında Türk Tiyatro Alanında Çevirinin Rolü ve Dostlar Tiyatrosunun Konumu</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052816769</t>
+          <t>9786052818541</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Mean Stack ile Yazılım Geliştirme</t>
+          <t>Tecrübe ve Eğitim</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>345</v>
+        <v>380</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052817209</t>
+          <t>9786052818060</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>İş, Emek, Göç Kıbrıs 1974</t>
+          <t>Doğu Anadolu Kırsalında Bir Saha Çalışması</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052816943</t>
+          <t>9786052818602</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Teknoloji Temel Bilimler ve Uygulamalı Bilimler Fakülteleri İçin Python ve Matlab ile Bilişi Matematiği</t>
+          <t>Hangi Atilla İlhan?</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>690</v>
+        <v>370</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052817070</t>
+          <t>9786052818527</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hamza-Name 67. Cilt</t>
+          <t>Kimya</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>610</v>
+        <v>550</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052817087</t>
+          <t>9786052816493</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Hamza-Name 70. Cilt</t>
+          <t>Türk Edebiyatında Tarihi Romanlar</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>515</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052816967</t>
+          <t>9786052818329</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Yazının Elinden Tutmak</t>
+          <t>Social Media Era</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>560</v>
+        <v>215</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052816936</t>
+          <t>9786052810828</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mutezile İmamet Düşüncesinde Osmani Tavır Cahız’ın İmamet Teorisi</t>
+          <t>Tourist Police For Tourism Security: A Model Proposal For Police Organizations</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052816660</t>
+          <t>9786052817773</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 2</t>
+          <t>Eyyubiler’de İlim, Kültür ve Sanat</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>295</v>
+        <v>640</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052816646</t>
+          <t>9786052818138</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Balkanlar</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>345</v>
+        <v>360</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052817285</t>
+          <t>9786052818190</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetimi (Uygulamalı)</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Doğu Akdeniz</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052817025</t>
+          <t>9786052818244</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Hatay (Anavatana Katılışının 80. Yıl Armağanı)</t>
+          <t>Türkiye’nin Bölgesel Sorunları “Osmanlı’dan Günümüze” Ortadoğu</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>670</v>
+        <v>370</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052816158</t>
+          <t>9786052818015</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasını Yeniden Okumak</t>
+          <t>2008 Global Kriz Dönemi ile Döviz Kuru Dalgalanmaları Döneminin Şirket Oranlarına Etkisi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052816714</t>
+          <t>9786052817834</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Külliyat-ı Kavaid-i Osmaniye</t>
+          <t>Eyyubiler’de Siyasi ve Ekonomik İlişkiler</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>345</v>
+        <v>420</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052816783</t>
+          <t>9786052818268</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>2008 Yılı ABD Kaynaklı Küresel Finansal Krizin Türkiye Ekonomisine Etkileri</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>620</v>
+        <v>300</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052816981</t>
+          <t>9786052818398</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Klasik Döneminde Taşköprü Kazası'nın Sosyal ve Ekonomik Tarihi</t>
+          <t>Online Alışverişte Karar Verme Stilleri Çelişki Risk ve Memnuniyet</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>515</v>
+        <v>290</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052816905</t>
+          <t>9786052817704</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Jeolojiye Giriş</t>
+          <t>Ağrı - Akademik Makaleler 2</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>370</v>
+        <v>205</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052816820</t>
+          <t>9786052818039</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İyiliği İçin Çocuk Kütüphaneleri</t>
+          <t>Örneklerle Sosyal Medyada Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>410</v>
+        <v>185</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052816875</t>
+          <t>9786052818107</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Aristophanes Atlılar</t>
+          <t>Ölümü Evcilleştirmek: Türk Halk Kültüründe Ölüm Temelli Mizah</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>205</v>
+        <v>315</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052816851</t>
+          <t>9786052818374</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Academic Studies in Social, Human and Administrative Sciences Intraders 2019</t>
+          <t>Türk - Macar İlişkilerinde Tayyip Gökbilgin</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052816738</t>
+          <t>9786052818343</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Meclis Tutanaklarının Mantıksal Açıdan İncelenmesi</t>
+          <t>Rumeli Mezalimi ve Bulgar Vahşetleri</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052816950</t>
+          <t>9786052818084</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sünnete Farklı Yaklaşımlar</t>
+          <t>İkinci Yeni Şiiri Çevresinde - Ece Ayhan</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052816752</t>
+          <t>9786052818169</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Van Gölü Havzası’nda Kamu Yatırımları ve Harcamaları (1946-1960)</t>
+          <t>Sosyal Medya Reklam ve Marka Üçgeni</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>355</v>
+        <v>170</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052816417</t>
+          <t>9786052817766</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Algılanan Ebeveyn Tutumlarının Koşullu Öz - Değerde ve Depresyondaki Yeri</t>
+          <t>Geçmişten Geleceğe Açılan Kapı - İstanbul Üniversitesi Merkez Kütüphanesi 2012-2020</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052813812</t>
+          <t>9786052817926</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Milattan Önce</t>
+          <t>Türkiye Türkçesinde Anlamsal Döngü ve Döngülü Sözcük Örnekleri</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052816806</t>
+          <t>9786052817858</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kemal Sunal Filmlerinde Folklor ve Mizah</t>
+          <t>Atizinden Atalar İzine - Berendi Köyü</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052816691</t>
+          <t>9786052818299</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Güneydoğu Anadolu (Gaziantep-Mardin-Urfa)’ya Yapılan Kamu Harcamaları ve Yatırımlar (1923-1950)</t>
+          <t>Şirvan ve Arran Bölgeleri Muhaddisleri</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>515</v>
+        <v>235</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052816202</t>
+          <t>9786052817049</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Dokümantasyon ve Sekreterlik El Kitabı</t>
+          <t>4857 Sayılı İş Kanunu Döneminde İşveren ve İşçilerin İş Sağlığı ve Güvenliği Açısından Görev ve Sorumlulukları</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052816554</t>
+          <t>9786052817971</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Abdullah Efendi Abdi İrşad-ı Ezkiya - Manzum Bir Nahiv</t>
+          <t>Karar Destek Sistemleri (Veri Ambarı - Veri Madenciliği - Klinik KDS)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052816134</t>
+          <t>9786052818183</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Yörükler Böyle Ölür - Hikayelerle Anadolu Kültürü</t>
+          <t>Türkiye’deki Suriyeliler - Entegrasyon Mümkün mü?</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052816240</t>
+          <t>9786052817247</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Finansal Performans</t>
+          <t>Karadeniz-Akdeniz Kardeşliği Kıbrıs’ta Bereketçiler ve TMT Mücadelesi</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052816592</t>
+          <t>9786052817995</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Edebiyat ve Tarih Araştırmaları</t>
+          <t>Edebiyat ve İdeoloji İlişkisi Bağlamında Türk Romanında Kıbrıs Meselesi (1955-2015)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052816325</t>
+          <t>9786052817957</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphanelerinde Derme Geliştirme Politikaları: Türkiye İçin Bir Değerlendirme</t>
+          <t>Avrupa’nın Karanlık Zamanları: İşkence</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>225</v>
+        <v>590</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052816479</t>
+          <t>9786052817803</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Din'in Anlaşılmasında Dil'in Rolü</t>
+          <t>9 ve 14. Yüzyıllar Arası Yazılmış Arapça Tarih Kaynaklarında Terminoloji</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052815502</t>
+          <t>9786052816455</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayanlardan Kıbrıs Havaları</t>
+          <t>SPA Su İle Gelen Güzellik</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>175</v>
+        <v>830</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052816547</t>
+          <t>9786052817933</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Hırsızlık Suçu</t>
+          <t>Sivil Havacılıkta Güncel Konular</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052816431</t>
+          <t>9786052815533</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Hala Umut Var...</t>
+          <t>Kıbrıs’ta Sıtma ve Mehmet Aziz Bey</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052816578</t>
+          <t>9786052817148</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında Hakkı Batıldan Ayırma</t>
+          <t>Strateji, Espiyonaj, İntelijans ve Çatışma Kaynayan Kazan Akdeniz ve Kıbrıs</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052816523</t>
+          <t>9786052817018</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Araştırmaları</t>
+          <t>19 Mayıs 1919 - 19 Mayıs 2019 / 100 Öncü Kadın</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>315</v>
+        <v>355</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052816349</t>
+          <t>9786052817513</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Ebussuud Efendi Tefsiri’nin Tefsir Usulü Açısından İncelenmesi</t>
+          <t>Tek Parti Döneminde Türkiye’de Günlük Hayat  (1923-1950)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052816264</t>
+          <t>9786052817742</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Organizasyonlar</t>
+          <t>Örgütsel Davranış Üzerine Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052814581</t>
+          <t>9786052817483</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Şair-i Mader-zad İsmail Safa Bütün Şiirleri</t>
+          <t>Teoriden Uygulamaya Kent Güvenliği Yönetişimi</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>830</v>
+        <v>310</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052814604</t>
+          <t>9786052817889</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Davut Paşa Külliyesi Haziresi ve Mezar Taşları</t>
+          <t>Denizin Çocukları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>920</v>
+        <v>600</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052816028</t>
+          <t>9786052817650</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji ve Sanat Tarihi Araştırmaları</t>
+          <t>İspanyol Dili ve Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>1495</v>
+        <v>310</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052816141</t>
+          <t>9786052817629</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Yeni Assur Krallığı'nın Kuzeybatı İran Politikaları ve Kültürel Yansımaları</t>
+          <t>Ayetlerde ve Kütüb-i Sitte’de Dersler ve İbretlerle Hz. Peygamber’in (S.A.V) Hayatı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>255</v>
+        <v>600</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052816103</t>
+          <t>9786052817841</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Safvetü't Tefasirde Beyan, Bedi ve Meani İlimleri</t>
+          <t>Sanat ve Kültür Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>225</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052816233</t>
+          <t>9786052811351</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Vanda Göç Hareketleri</t>
+          <t>Edirne’de Bitkisel Doğal Boyama</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>205</v>
+        <v>660</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052816288</t>
+          <t>9786052817445</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Mağfiret</t>
+          <t>Deneyimsel Pazarlama ve Yeşil Davranış (Uygulamalı)</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>375</v>
+        <v>335</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052816301</t>
+          <t>9786052814918</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>İslam Eşya Hukuku</t>
+          <t>Kadına Yönelik Aile İçi Şiddetine Genel Bakış</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052816363</t>
+          <t>9786052817551</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ Örgütlerinde Güncel Yönetim Konuları</t>
+          <t>Türk Dünyasında Kadın Konferans Bildirileri (İstanbul, 9 Mart 2019)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052816011</t>
+          <t>9786052817575</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Artvin'deki Bir Grup Orta Çağ Bagratlı Dönemi Kilise Mimarisinde Bizans Etkileri</t>
+          <t>Bulgaristan Türkleri'nin Büyük Göçü '89</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>830</v>
+        <v>275</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052816097</t>
+          <t>9786052817469</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfak Kültürümüzde Aşurenin Tarihsel Süreci</t>
+          <t>Panopticism and Buchi Emecheta</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052816066</t>
+          <t>9786052817599</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Descartes Felsefesine Giriş</t>
+          <t>TBMM’de Gayrimüslim Milletvekilleri (1923 - 1964)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052816073</t>
+          <t>9786052817377</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Kuzeybatı Kıpçakçası Fiil Yapım Ekleri ve Tarihi Karşılaştırmalı Etimolojik Fiil Sözlüğü</t>
+          <t>Refah Devletlerinde İş Sağlığı ve Güvenliği Hizmetleri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>515</v>
+        <v>230</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052815564</t>
+          <t>9786052817322</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi</t>
+          <t>Halkbilim Dolayları</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>430</v>
+        <v>375</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052815977</t>
+          <t>9786052817537</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Tarihinde Boğa - Öküz</t>
+          <t>Hava Trafik Kontrolörü Performansını Etkileyen Faktörler Havalimanı Yer Seçimi ve Çalışma Koşulları</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052815298</t>
+          <t>9786052817506</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Arap - İslam Dünyasında Tarih Yazıcılığı</t>
+          <t>Yalova İli Yerli Ağzı</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052815892</t>
+          <t>9786052817414</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Ağrı - Akademik Makaleler 1</t>
+          <t>Etnografik Madeni Takılar Üzerine Bir Analiz</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>215</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052815960</t>
+          <t>9786052817391</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Koçarlı (Aydın) Halk Kültürü</t>
+          <t>Fedai Dergisi’nde Komünizm (1963-1979)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>410</v>
+        <v>170</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052815878</t>
+          <t>9786052817186</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Vilayat-ı Sitte’den Amerika’ya Transatlantik Göç (1908 - 1914)</t>
+          <t>Kıbrıs’ta Osmanlı Öncesi Türkler Sempozyumu</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052815991</t>
+          <t>9786052817261</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hastanelerde Örgüt Kültürü ve Bilgi Yönetimi</t>
+          <t>Göç Bibliyografyası</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052815946</t>
+          <t>9786052817315</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğlence Kültüründe Giresun Yayla Şenliklerinin Yeri</t>
+          <t>Kitle İletişim Araçları - Medya</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052815915</t>
+          <t>9786052816769</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Sonrası Ortadoğu</t>
+          <t>Mean Stack ile Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>510</v>
+        <v>345</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052815793</t>
+          <t>9786052817209</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Tanzimattan Sonra Evkaf İdarelerinin Yeniden Yapılandırılması Kapsamında Maraş Evkaf Müdürlüğü’nün Kuruluşu</t>
+          <t>İş, Emek, Göç Kıbrıs 1974</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>220</v>
+        <v>315</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052815762</t>
+          <t>9786052816943</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>İngiltere, Fransa, Amerika Birleşik Devletleri ve Türkiye’de Laiklik Uygulamaları: Karşılaştırmalı Bir Analiz</t>
+          <t>Mühendislik Teknoloji Temel Bilimler ve Uygulamalı Bilimler Fakülteleri İçin Python ve Matlab ile Bilişi Matematiği</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>470</v>
+        <v>690</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052815816</t>
+          <t>9786052817070</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kayıtdışı İstihdamın Engellenmesi ve İyi   Uygulama Örnekleri</t>
+          <t>Hamza-Name 67. Cilt</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>190</v>
+        <v>610</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052815724</t>
+          <t>9786052817087</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Havayollarında Hizmet</t>
+          <t>Hamza-Name 70. Cilt</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>290</v>
+        <v>515</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052815830</t>
+          <t>9786052816967</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kültür Sanat Kenti Edirne</t>
+          <t>Yazının Elinden Tutmak</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>745</v>
+        <v>560</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052815663</t>
+          <t>9786052816936</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arşiv Belgelerine Göre Çukurova (Anavarza) Çiftlikat-ı Hümayün-u Askerisi</t>
+          <t>Mutezile İmamet Düşüncesinde Osmani Tavır Cahız’ın İmamet Teorisi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052815748</t>
+          <t>9786052816660</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle İletişim ve Halkla İlişkiler</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 2</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052815618</t>
+          <t>9786052816646</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Üretim İşletmelerinin Lojistik Faaliyetlerinde Süreçsel Etkinliğin Başarı Dinamikleri</t>
+          <t>Tarih Yolunda Bir Ömür Ergün Öz Akçora Armağanı Cilt 1</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052815786</t>
+          <t>9786052817285</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Nutuk’u Anlamak</t>
+          <t>Marka Yönetimi (Uygulamalı)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>375</v>
+        <v>475</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052815519</t>
+          <t>9786052817025</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Vergi Kayıp ve Kaçaklarının Önlenmesinde Meslek Mensupları ve Bağımsız Denetçilerin Etkinliği: İzmir İli Örneği</t>
+          <t>Hatay (Anavatana Katılışının 80. Yıl Armağanı)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>430</v>
+        <v>670</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052815670</t>
+          <t>9786052816158</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Araştırmaları</t>
+          <t>Türk Sinemasını Yeniden Okumak</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>395</v>
+        <v>360</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052815649</t>
+          <t>9786052816714</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Elif ile Mahmut Hikayesi</t>
+          <t>Külliyat-ı Kavaid-i Osmaniye</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052815489</t>
+          <t>9786052816783</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Asurbanipal Kütüphanesi</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>170</v>
+        <v>620</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052815175</t>
+          <t>9786052816981</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin El Kitabı</t>
+          <t>Osmanlı Klasik Döneminde Taşköprü Kazası'nın Sosyal ve Ekonomik Tarihi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>240</v>
+        <v>515</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052815151</t>
+          <t>9786052816905</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Çorum Kent Morfolojisi</t>
+          <t>Jeolojiye Giriş</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>660</v>
+        <v>370</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052815458</t>
+          <t>9786052816820</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Eray Canberk’in Şiiri ve Şiircesi</t>
+          <t>Dünyanın İyiliği İçin Çocuk Kütüphaneleri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052815311</t>
+          <t>9786052816875</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka, Yaşam Tatmini ve İş Performansı Arasındaki İlişkilerin İncelenmesi</t>
+          <t>Aristophanes Atlılar</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052815236</t>
+          <t>9786052816851</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Paul Auster ve Arketip Eleştiri</t>
+          <t>Academic Studies in Social, Human and Administrative Sciences Intraders 2019</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052815441</t>
+          <t>9786052816738</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığın Sosyolojisi: Değişen Arkadaşlık İlişkileri Üzerine Bir Araştırma (Mardin Örneği)</t>
+          <t>Meclis Tutanaklarının Mantıksal Açıdan İncelenmesi</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>515</v>
+        <v>230</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052815403</t>
+          <t>9786052816950</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Deizm Eleştirisi ve Yapılması Gerekenler</t>
+          <t>Sünnete Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052815250</t>
+          <t>9786052816752</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devlet Modernleşmesinin Taşraya Yansıması</t>
+          <t>Van Gölü Havzası’nda Kamu Yatırımları ve Harcamaları (1946-1960)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>285</v>
+        <v>355</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052814970</t>
+          <t>9786052816417</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Edirne Şehir Tarihçileri ve Eserleri</t>
+          <t>Algılanan Ebeveyn Tutumlarının Koşullu Öz - Değerde ve Depresyondaki Yeri</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052815182</t>
+          <t>9786052813812</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>İşletmeye Giriş</t>
+          <t>Milattan Önce</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052815380</t>
+          <t>9786052816806</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Merkezleri</t>
+          <t>Kemal Sunal Filmlerinde Folklor ve Mizah</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>585</v>
+        <v>470</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052815069</t>
+          <t>9786052816691</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük 1. Uluslararası Kıbrıs Araştırmaları Sempozyumu Bildiri Tam Metin Kitabı</t>
+          <t>Cumhuriyet Döneminde Güneydoğu Anadolu (Gaziantep-Mardin-Urfa)’ya Yapılan Kamu Harcamaları ve Yatırımlar (1923-1950)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>315</v>
+        <v>515</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052815113</t>
+          <t>9786052816202</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Çerçevesinde Yönetim ve Yargı</t>
+          <t>Tıbbi Dokümantasyon ve Sekreterlik El Kitabı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052814871</t>
+          <t>9786052816554</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Maraş Vilayet Meclisi Kararları 1338-1339/1922-1923</t>
+          <t>Vassaf Abdullah Efendi Abdi İrşad-ı Ezkiya - Manzum Bir Nahiv</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052815090</t>
+          <t>9786052816134</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir İstanbul Günlüğü</t>
+          <t>Yörükler Böyle Ölür - Hikayelerle Anadolu Kültürü</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052814994</t>
+          <t>9786052816240</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalarla Edebiyat</t>
+          <t>Sağlık İşletmelerinde Finansal Performans</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052814659</t>
+          <t>9786052816592</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>İnsan Gibi...</t>
+          <t>Düşünce Edebiyat ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052815212</t>
+          <t>9786052816325</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Değer Duygusundan Duygunun Değerine Ahlak Felsefesi Açısından Duygu-Değer İlişkisi</t>
+          <t>Halk Kütüphanelerinde Derme Geliştirme Politikaları: Türkiye İçin Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052815137</t>
+          <t>9786052816479</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Başlarında İstihdam Politikaları</t>
+          <t>Din'in Anlaşılmasında Dil'in Rolü</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>345</v>
+        <v>310</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052815045</t>
+          <t>9786052815502</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Yitik Bir Miras Şark Medreseleri</t>
+          <t>Unutulmayanlardan Kıbrıs Havaları</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052815274</t>
+          <t>9786052816547</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Urfa'da Sosyal Hayat</t>
+          <t>İslam Hukukunda Hırsızlık Suçu</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>395</v>
+        <v>230</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052814796</t>
+          <t>9786052816431</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Açıdan Seçmen Pazarını Bölümlendirmede Yeni Ufuklar</t>
+          <t>Hala Umut Var...</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052814543</t>
+          <t>9786052816578</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Eşitlik Modeli: Örnek Bir Uygulama</t>
+          <t>Kur'an'ın Işığında Hakkı Batıldan Ayırma</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052814833</t>
+          <t>9786052816523</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>İngiliz ve Amerikan Şiirinde Yitirilen Cennet Harcanan Dünya</t>
+          <t>Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>265</v>
+        <v>315</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052814826</t>
+          <t>9786052816349</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Linux ve Ağ Temelleri - Başucu Kitabı</t>
+          <t>Ebussuud Efendi Tefsiri’nin Tefsir Usulü Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052814758</t>
+          <t>9786052816264</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Dil-Edebiyat ve Tarih Araştırmaları 2</t>
+          <t>Öğrenen Organizasyonlar</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052814932</t>
+          <t>9786052814581</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Gezi Notları</t>
+          <t>Şair-i Mader-zad İsmail Safa Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>430</v>
+        <v>830</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052814857</t>
+          <t>9786052814604</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Demokrasi Bağlamında Türkiye’de Kamu Sendikacılığı</t>
+          <t>İstanbul Davut Paşa Külliyesi Haziresi ve Mezar Taşları</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>150</v>
+        <v>920</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052815014</t>
+          <t>9786052816028</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>1856 Tarihli Bir Risale Işığında Tuna Nehri’nin Tarihi Coğrafyası ve Jeopolitiği</t>
+          <t>Arkeoloji ve Sanat Tarihi Araştırmaları</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>380</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052814710</t>
+          <t>9786052816141</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Bilgi İman İlişkisi</t>
+          <t>Yeni Assur Krallığı'nın Kuzeybatı İran Politikaları ve Kültürel Yansımaları</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052814956</t>
+          <t>9786052816103</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>İhracat Performansı</t>
+          <t>Safvetü't Tefasirde Beyan, Bedi ve Meani İlimleri</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052814284</t>
+          <t>9786052816233</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Prof. Dr. Fuat Sezgin Bilim Tarihi Sempozyumu</t>
+          <t>Vanda Göç Hareketleri</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052814772</t>
+          <t>9786052816288</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Archetypische Sprache Des Marchens</t>
+          <t>Kur'an'da Mağfiret</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052814635</t>
+          <t>9786052816301</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Sessizlik ile Örgütsel Güven Arasındaki İlişkinin İncelenmesi: Ağrı Örneği</t>
+          <t>İslam Eşya Hukuku</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052814437</t>
+          <t>9786052816363</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
+          <t>Dijital Çağ Örgütlerinde Güncel Yönetim Konuları</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052814697</t>
+          <t>9786052816011</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Dönüşüm</t>
+          <t>Artvin'deki Bir Grup Orta Çağ Bagratlı Dönemi Kilise Mimarisinde Bizans Etkileri</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>440</v>
+        <v>830</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052814611</t>
+          <t>9786052816097</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Bilimsellik-Öznellik Sorgulamaları</t>
+          <t>Türk Mutfak Kültürümüzde Aşurenin Tarihsel Süreci</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052814475</t>
+          <t>9786052816066</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Akademik Araştırmalar</t>
+          <t>Descartes Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>365</v>
+        <v>180</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052814550</t>
+          <t>9786052816073</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Termal Turizm İşletmelerinde İç ve Dış Müşteri Tatmini İlişkisi</t>
+          <t>Tarihi Kuzeybatı Kıpçakçası Fiil Yapım Ekleri ve Tarihi Karşılaştırmalı Etimolojik Fiil Sözlüğü</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>225</v>
+        <v>515</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052814529</t>
+          <t>9786052815564</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerin Proje Bazlı Uluslararası Fonlara Erişimi</t>
+          <t>Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052810033</t>
+          <t>9786052815977</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Ortak Mirasımız</t>
+          <t>Türk Kültür Tarihinde Boğa - Öküz</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052814208</t>
+          <t>9786052815298</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Güney Batı Afrika’dan Kosova’ya Uluslararası Adalet Divanı’nda Self-Determinasyon Hakkı</t>
+          <t>Arap - İslam Dünyasında Tarih Yazıcılığı</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052814413</t>
+          <t>9786052815892</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Performansa Dayalı Ücret Sistemi ve Sağlık Kurumlarında Uygulanması</t>
+          <t>Ağrı - Akademik Makaleler 1</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>390</v>
+        <v>215</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052814185</t>
+          <t>9786052815960</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Makine Çevirisi</t>
+          <t>Koçarlı (Aydın) Halk Kültürü</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>255</v>
+        <v>410</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052813898</t>
+          <t>9786052815878</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Görsel Anlatılar ve Ötekiler</t>
+          <t>Vilayat-ı Sitte’den Amerika’ya Transatlantik Göç (1908 - 1914)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052814499</t>
+          <t>9786052815991</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Cihad ve Savaş Anlayışı</t>
+          <t>Hastanelerde Örgüt Kültürü ve Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>255</v>
+        <v>315</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052814192</t>
+          <t>9786052815946</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatı 101 - Yeni Başlayanlar İçin El Kitabı</t>
+          <t>Türk Eğlence Kültüründe Giresun Yayla Şenliklerinin Yeri</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052814079</t>
+          <t>9786052815915</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tersine Lojistik Ürünlere İlişkin Kalite Algısı ve Risk Algısı ile İnovasyon Arasındaki İlişki</t>
+          <t>Arap Baharı Sonrası Ortadoğu</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>190</v>
+        <v>510</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052814123</t>
+          <t>9786052815793</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Bir Çerçeve Bin Dünya : Türkiye’de Televizyon Yayıncılığı Üzerine Okumalar</t>
+          <t>Tanzimattan Sonra Evkaf İdarelerinin Yeniden Yapılandırılması Kapsamında Maraş Evkaf Müdürlüğü’nün Kuruluşu</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052813409</t>
+          <t>9786052815762</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Tuna'nın İnce Donanması</t>
+          <t>İngiltere, Fransa, Amerika Birleşik Devletleri ve Türkiye’de Laiklik Uygulamaları: Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>535</v>
+        <v>470</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052813188</t>
+          <t>9786052815816</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>600 Yıllık Desen Serüveni</t>
+          <t>Türkiye'de Kayıtdışı İstihdamın Engellenmesi ve İyi   Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052813959</t>
+          <t>9786052815724</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Harp Raporlarına Göre Osmanlı Ordusu Filistin ve Suriye'den Nasıl Geri Çekildi?</t>
+          <t>Havayollarında Hizmet</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>735</v>
+        <v>290</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052814116</t>
+          <t>9786052815830</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Ülker Köksal'ın Tiyatrolarında Sosyal Meseleler</t>
+          <t>Tarih Kültür Sanat Kenti Edirne</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>180</v>
+        <v>745</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052814086</t>
+          <t>9786052815663</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği Fonetik Notasyon Sistemi-THMFNS’nin Eğitsel-Öğretisel Uygulamalara Aktarım-Adaptasyon Süreçlerinde Kullanılması Öngörülen Modeller</t>
+          <t>Osmanlı Arşiv Belgelerine Göre Çukurova (Anavarza) Çiftlikat-ı Hümayün-u Askerisi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>410</v>
+        <v>315</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052814031</t>
+          <t>9786052815748</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Diyarbakır Üzerine Bazı Tespitler ve Diyarbakır Şer’iyye Sicilleri (Katalog ve Fihristleri)</t>
+          <t>Her Yönüyle İletişim ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>430</v>
+        <v>260</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052814055</t>
+          <t>9786052815618</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sende Saklısın</t>
+          <t>Üretim İşletmelerinin Lojistik Faaliyetlerinde Süreçsel Etkinliğin Başarı Dinamikleri</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052814109</t>
+          <t>9786052815786</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Ziya Paşa’nın Arz-ı Hal’i</t>
+          <t>Nutuk’u Anlamak</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052813799</t>
+          <t>9786052815519</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Soğukluğundan İnsanın Sıcaklığına</t>
+          <t>Türkiye’de Vergi Kayıp ve Kaçaklarının Önlenmesinde Meslek Mensupları ve Bağımsız Denetçilerin Etkinliği: İzmir İli Örneği</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>115</v>
+        <v>430</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052813478</t>
+          <t>9786052815670</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Modern Alevi Ekolleri</t>
+          <t>Mitoloji Araştırmaları</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>360</v>
+        <v>395</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052813676</t>
+          <t>9786052815649</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat ve Ceditçilik</t>
+          <t>Elif ile Mahmut Hikayesi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>390</v>
+        <v>445</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052813973</t>
+          <t>9786052815489</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Özel Arşiv Türü Olarak Bilet Efemeraları</t>
+          <t>Asurbanipal Kütüphanesi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052813508</t>
+          <t>9786052815175</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Döneminde Arap Savaşları</t>
+          <t>Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052813911</t>
+          <t>9786052815151</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Pınarbaşı İlçesi’nin (Kayseri) Beşeri ve İktisadi Coğrafyası</t>
+          <t>Çorum Kent Morfolojisi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>520</v>
+        <v>660</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052813386</t>
+          <t>9786052815458</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Mardin Müzesi’ndeki Eyyubi Sikkeleri</t>
+          <t>Eray Canberk’in Şiiri ve Şiircesi</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052813850</t>
+          <t>9786052815311</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Dil - Edebiyat ve Tarih Araştırmaları</t>
+          <t>Duygusal Zeka, Yaşam Tatmini ve İş Performansı Arasındaki İlişkilerin İncelenmesi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052813836</t>
+          <t>9786052815236</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Faruk Gürtunca'nın (1904-1982) Şiir Kitapları Üzerine Bir İnceleme</t>
+          <t>Paul Auster ve Arketip Eleştiri</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052813430</t>
+          <t>9786052815441</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Bitki Adları</t>
+          <t>Arkadaşlığın Sosyolojisi: Değişen Arkadaşlık İlişkileri Üzerine Bir Araştırma (Mardin Örneği)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>450</v>
+        <v>515</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052813362</t>
+          <t>9786052815403</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>İran ve İsveçli Subaylar</t>
+          <t>Deizm Eleştirisi ve Yapılması Gerekenler</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052813461</t>
+          <t>9786052815250</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Ötekiler</t>
+          <t>Ulus Devlet Modernleşmesinin Taşraya Yansıması</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>380</v>
+        <v>285</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052813720</t>
+          <t>9786052814970</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Maliki Fakih'i Abdullah B. Vehb'in (v.197-812) Hadisçiliği ve El-Cami'ine Ait Tefsir Bölümü</t>
+          <t>Edirne Şehir Tarihçileri ve Eserleri</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052813775</t>
+          <t>9786052815182</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği İstihdam ve Eğitim Politikaları</t>
+          <t>İşletmeye Giriş</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052813324</t>
+          <t>9786052815380</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İş Ekonomi Dünyasının Değişen Dinamikleri</t>
+          <t>Bilgi Merkezleri</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>350</v>
+        <v>585</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052813683</t>
+          <t>9786052815069</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Halk Kültüründe Geçiş Dönemleri ve Bunlara Bağlı İnanışlar</t>
+          <t>Rauf Raif Denktaş ve Dr. Fazıl Küçük 1. Uluslararası Kıbrıs Araştırmaları Sempozyumu Bildiri Tam Metin Kitabı</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052813645</t>
+          <t>9786052815113</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Birlikte Kütüphanelerde Konu Otorite Dizini Oluşturma</t>
+          <t>Hadisler Çerçevesinde Yönetim ve Yargı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052813522</t>
+          <t>9786052814871</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Örgütsel Davranışların Bilişsel Uyarılması (SÖDBU)</t>
+          <t>Maraş Vilayet Meclisi Kararları 1338-1339/1922-1923</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052813546</t>
+          <t>9786052815090</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Yazılım Sistemleri İçerisinde Depo Yönetimi</t>
+          <t>Bilinmeyen Bir İstanbul Günlüğü</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052813638</t>
+          <t>9786052814994</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji'nin Kırkı</t>
+          <t>Bulmacalarla Edebiyat</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>160</v>
+        <v>215</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052813744</t>
+          <t>9786052814659</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Bilgiye Erişimde Engellilere Yönelik Kütüphane Uygulamaları</t>
+          <t>İnsan Gibi...</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052813423</t>
+          <t>9786052815212</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir Şehir Coğrafyası</t>
+          <t>Değer Duygusundan Duygunun Değerine Ahlak Felsefesi Açısından Duygu-Değer İlişkisi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>430</v>
+        <v>215</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052811948</t>
+          <t>9786052815137</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Açısından Savaş ve Toplum</t>
+          <t>İslam’ın İlk Başlarında İstihdam Politikaları</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786059143769</t>
+          <t>9786052815045</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Turkey-African Relations</t>
+          <t>Yitik Bir Miras Şark Medreseleri</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786059143646</t>
+          <t>9786052815274</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Türküyü Okumak - Türkü Yazıları 2</t>
+          <t>Osmanlı Döneminde Urfa'da Sosyal Hayat</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>430</v>
+        <v>395</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052137543</t>
+          <t>9786052814796</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Am60 ve Az61 Magnezyum Alaşımlarının Soğuma Hızına Bağlı Mekanik ve Mikroyapı Özelliklerinin İncelenmesi</t>
+          <t>Stratejik Açıdan Seçmen Pazarını Bölümlendirmede Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789944157636</t>
+          <t>9786052814543</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hakkında Merak Ettikleriniz</t>
+          <t>Yapısal Eşitlik Modeli: Örnek Bir Uygulama</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>495</v>
+        <v>400</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786059143653</t>
+          <t>9786052814833</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>İngiliz ve Amerikan Şiirinde Yitirilen Cennet Harcanan Dünya</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786059143103</t>
+          <t>9786052814826</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Güncel Satış Yönetimi</t>
+          <t>Linux ve Ağ Temelleri - Başucu Kitabı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>1320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786059143745</t>
+          <t>9786052814758</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>Dil-Edebiyat ve Tarih Araştırmaları 2</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>1340</v>
+        <v>490</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052812815</t>
+          <t>9786052814932</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Diplomasi</t>
+          <t>İslam Tarihi Gezi Notları</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>385</v>
+        <v>430</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052812020</t>
+          <t>9786052814857</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Odağında Tarih Boyunca Savaş</t>
+          <t>Endüstriyel Demokrasi Bağlamında Türkiye’de Kamu Sendikacılığı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>515</v>
+        <v>150</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052813041</t>
+          <t>9786052815014</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Asya Hunlarında Tarım ve Yerleşik Hayat</t>
+          <t>1856 Tarihli Bir Risale Işığında Tuna Nehri’nin Tarihi Coğrafyası ve Jeopolitiği</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>185</v>
+        <v>380</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786059143097</t>
+          <t>9786052814710</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kütüphaneler Müfettişi Ahmed Muhtar'ın İstanbul Kütüphaneleri Raporu</t>
+          <t>Kur’an’a Göre Bilgi İman İlişkisi</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786059143301</t>
+          <t>9786052814956</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Edebiyatta Yenileşme</t>
+          <t>İhracat Performansı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052813201</t>
+          <t>9786052814284</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Henri Bergson’un Şuur - Sezgi Kavramları Üzerine Bir Deneme</t>
+          <t>Uluslararası Prof. Dr. Fuat Sezgin Bilim Tarihi Sempozyumu</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052813256</t>
+          <t>9786052814772</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Sübha-i Sıbyan’ın Kıbrıs Nüshaları Üzerine Dil İncelemesi</t>
+          <t>Archetypische Sprache Des Marchens</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052813287</t>
+          <t>9786052814635</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Gümrükler</t>
+          <t>Örgütsel Sessizlik ile Örgütsel Güven Arasındaki İlişkinin İncelenmesi: Ağrı Örneği</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>205</v>
+        <v>305</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786059143882</t>
+          <t>9786052814437</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı Üzerine Cahit Uçuk'un Çocuk Romanlarında Tip ve İletiler</t>
+          <t>Çocuk Kütüphanesi Hizmetleri Kılavuzu</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>285</v>
+        <v>170</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052812839</t>
+          <t>9786052814697</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Umut İradesi</t>
+          <t>Sağlıkta Dönüşüm</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>285</v>
+        <v>440</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052812945</t>
+          <t>9786052814611</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Geleneksel El Dokumaları Kataloğu</t>
+          <t>Çeviribilimde Bilimsellik-Öznellik Sorgulamaları</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>515</v>
+        <v>230</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052813126</t>
+          <t>9786052814475</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Kazım Yetiş Armağanı</t>
+          <t>Sosyal Bilimlerde Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>435</v>
+        <v>365</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052813225</t>
+          <t>9786052814550</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Araştırmalar</t>
+          <t>Termal Turizm İşletmelerinde İç ve Dış Müşteri Tatmini İlişkisi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052812532</t>
+          <t>9786052814529</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Eşekle Gelen Aydınlık</t>
+          <t>Yerel Yönetimlerin Proje Bazlı Uluslararası Fonlara Erişimi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052812594</t>
+          <t>9786052810033</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilginin Dolaşım Araçları</t>
+          <t>Ortak Mirasımız</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052811979</t>
+          <t>9786052814208</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Edebiyat</t>
+          <t>Güney Batı Afrika’dan Kosova’ya Uluslararası Adalet Divanı’nda Self-Determinasyon Hakkı</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052812990</t>
+          <t>9786052814413</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Milliyetçilik ve Estetik</t>
+          <t>Performansa Dayalı Ücret Sistemi ve Sağlık Kurumlarında Uygulanması</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052812853</t>
+          <t>9786052814185</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Yüzer Sergi Avrupa'da - Türkiye Cumhuriyeti Kendini Tanıtıyor</t>
+          <t>Makine Çevirisi</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>275</v>
+        <v>255</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052813010</t>
+          <t>9786052813898</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği ve İşgören Sağlığı Kültürü ve Örgütsel Vatandaşlık Davranışı</t>
+          <t>Görsel Anlatılar ve Ötekiler</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>360</v>
+        <v>395</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052812921</t>
+          <t>9786052814499</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Üzerine Gözlemler</t>
+          <t>Hz. Peygamber'in Cihad ve Savaş Anlayışı</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052813072</t>
+          <t>9786052814192</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Nesne Temelli Programlama Mantığı ve Veri Tabanı</t>
+          <t>İş Hayatı 101 - Yeni Başlayanlar İçin El Kitabı</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052813096</t>
+          <t>9786052814079</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>İletişim Araştırmaları ve Medya Analizleri</t>
+          <t>Yeşil Tersine Lojistik Ürünlere İlişkin Kalite Algısı ve Risk Algısı ile İnovasyon Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052813140</t>
+          <t>9786052814123</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Haremden Valide Sultan Mektupları</t>
+          <t>Bir Çerçeve Bin Dünya : Türkiye’de Televizyon Yayıncılığı Üzerine Okumalar</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052812570</t>
+          <t>9786052813409</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Bakiyye</t>
+          <t>Nazlı Tuna'nın İnce Donanması</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>145</v>
+        <v>535</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052812877</t>
+          <t>9786052813188</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Öyle Zor Öyle Kolay</t>
+          <t>600 Yıllık Desen Serüveni</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052812693</t>
+          <t>9786052813959</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Hekimlerde Mobbing ve Öfke</t>
+          <t>Harp Raporlarına Göre Osmanlı Ordusu Filistin ve Suriye'den Nasıl Geri Çekildi?</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>210</v>
+        <v>735</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786052812761</t>
+          <t>9786052814116</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Cennet ve Cehennem</t>
+          <t>Ülker Köksal'ın Tiyatrolarında Sosyal Meseleler</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786052811986</t>
+          <t>9786052814086</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Psikoloji</t>
+          <t>Türk Halk Müziği Fonetik Notasyon Sistemi-THMFNS’nin Eğitsel-Öğretisel Uygulamalara Aktarım-Adaptasyon Süreçlerinde Kullanılması Öngörülen Modeller</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>225</v>
+        <v>410</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786052812891</t>
+          <t>9786052814031</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Mütala'at-ı Edebiyye</t>
+          <t>Osmanlı Döneminde Diyarbakır Üzerine Bazı Tespitler ve Diyarbakır Şer’iyye Sicilleri (Katalog ve Fihristleri)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>205</v>
+        <v>430</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052812679</t>
+          <t>9786052814055</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Yönetim Düşüncesi</t>
+          <t>Sende Saklısın</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786052812556</t>
+          <t>9786052814109</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
+          <t>Ziya Paşa’nın Arz-ı Hal’i</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786052813034</t>
+          <t>9786052813799</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Fazlullah'ın Sakalında Beliren Tanrı</t>
+          <t>Teknolojinin Soğukluğundan İnsanın Sıcaklığına</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>345</v>
+        <v>115</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052812976</t>
+          <t>9786052813478</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ Türk Edebiyatı ve Medyalararasılık Tartışmaları</t>
+          <t>Modern Alevi Ekolleri</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786052812457</t>
+          <t>9786052813676</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Üçlü Sarmal İşbirliğine Dayalı İnovasyon Model Üretimi: Türkiye Örneği</t>
+          <t>Fıtrat ve Ceditçilik</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786052812655</t>
+          <t>9786052813973</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Türkistanda Parlayan Bir Yıldız Türkmenistan</t>
+          <t>Türkiye’de Özel Arşiv Türü Olarak Bilet Efemeraları</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052812112</t>
+          <t>9786052813508</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Alanında Hazırlanan  Doktora Tezlerinin Dünü Bugünü</t>
+          <t>Cahiliye Döneminde Arap Savaşları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786052812747</t>
+          <t>9786052813911</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ağ Kuşağının Bilgi Davranışı</t>
+          <t>Pınarbaşı İlçesi’nin (Kayseri) Beşeri ve İktisadi Coğrafyası</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052812785</t>
+          <t>9786052813386</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Yerel Yönetimlerin Gelişimi ve Yerel Yönetim Metinleri</t>
+          <t>Mardin Müzesi’ndeki Eyyubi Sikkeleri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052812792</t>
+          <t>9786052813850</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Tunceli (Dersim) Tarihinden Kesitler</t>
+          <t>Dil - Edebiyat ve Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>355</v>
+        <v>390</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052812716</t>
+          <t>9786052813836</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Örgüt Kültürü Bağlamında Prososyal Motivasyon</t>
+          <t>Mehmet Faruk Gürtunca'nın (1904-1982) Şiir Kitapları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052812495</t>
+          <t>9786052813430</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Diken Çiçeği</t>
+          <t>Türkiye Türkçesinde Bitki Adları</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786052812471</t>
+          <t>9786052813362</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Son Damla - Hikmet Afif Mapolar: Julide Akın 1919-1989</t>
+          <t>İran ve İsveçli Subaylar</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786052812648</t>
+          <t>9786052813461</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Demokratikleşme-Küreselleşme Bağlamında Türkiye’de Sivil Toplum ve Bir STÖ Örneği BİLSAM</t>
+          <t>Unutulmuş Ötekiler</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052812396</t>
+          <t>9786052813720</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Türkmen Boylarından Varsaklar</t>
+          <t>Maliki Fakih'i Abdullah B. Vehb'in (v.197-812) Hadisçiliği ve El-Cami'ine Ait Tefsir Bölümü</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052812617</t>
+          <t>9786052813775</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Rusya'nın Avrupa Siyaseti</t>
+          <t>Avrupa Birliği İstihdam ve Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052812310</t>
+          <t>9786052813324</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Şehirler ve İnsanlar</t>
+          <t>21. Yüzyıl İş Ekonomi Dünyasının Değişen Dinamikleri</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052812297</t>
+          <t>9786052813683</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Türkmenistan Tarihinde</t>
+          <t>Kuzey Kıbrıs Türk Halk Kültüründe Geçiş Dönemleri ve Bunlara Bağlı İnanışlar</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052812334</t>
+          <t>9786052813645</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Özdilek Mecmuası</t>
+          <t>Örneklerle Birlikte Kütüphanelerde Konu Otorite Dizini Oluşturma</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052810323</t>
+          <t>9786052813522</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Doğu Anadolu</t>
+          <t>Sürdürülebilir Örgütsel Davranışların Bilişsel Uyarılması (SÖDBU)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>630</v>
+        <v>165</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052812372</t>
+          <t>9786052813546</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kuru Belirleme Modelleri</t>
+          <t>Yazılım Sistemleri İçerisinde Depo Yönetimi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786052812433</t>
+          <t>9786052813638</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Toplumu’nun Sosyo Ekonomik Yapısı</t>
+          <t>Türkoloji'nin Kırkı</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052812273</t>
+          <t>9786052813744</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Yalın Altı Sigma</t>
+          <t>Bilgiye Erişimde Engellilere Yönelik Kütüphane Uygulamaları</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052812259</t>
+          <t>9786052813423</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>1945 - 1948 Kıbrıs’ta Yahudiler</t>
+          <t>Nevşehir Şehir Coğrafyası</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052812150</t>
+          <t>9786052811948</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Mübadele İmar ve İskan Vekaleti</t>
+          <t>Felsefe Açısından Savaş ve Toplum</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052812174</t>
+          <t>9786059143769</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Mücadele Tarihinde İletişim 1955 - 1974</t>
+          <t>Turkey-African Relations</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>280</v>
+        <v>155</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052812136</t>
+          <t>9786059143646</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Harp Bağlamında Kıbrıs’ta Stratejik Güç: Su</t>
+          <t>Türküyü Okumak - Türkü Yazıları 2</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052812198</t>
+          <t>9786052137543</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat</t>
+          <t>Am60 ve Az61 Magnezyum Alaşımlarının Soğuma Hızına Bağlı Mekanik ve Mikroyapı Özelliklerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>415</v>
+        <v>150</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052812211</t>
+          <t>9789944157636</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Batı İşgalleri Karşısında Türkiye’nin Ortadoğu Politikaları</t>
+          <t>Avrupa Birliği Hakkında Merak Ettikleriniz</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>430</v>
+        <v>495</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052812235</t>
+          <t>9786059143653</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ağ ve Teknoloji Odaklı Uygulamalı Girişimcilik Programı ATOG</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052015537</t>
+          <t>9786059143103</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Çeviriler Bibliyografisi</t>
+          <t>Güncel Satış Yönetimi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>830</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052015605</t>
+          <t>9786059143745</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Kalite</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>310</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052015377</t>
+          <t>9786052812815</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>1990'dan Günümüze Türkiye ve Azerbaycan Edebiyatlarının Karşılıklı Etkileşimi</t>
+          <t>Savaşta Diplomasi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>380</v>
+        <v>385</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052015438</t>
+          <t>9786052812020</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Şikayetleri ve Risk Faktörleri</t>
+          <t>Birinci Dünya Savaşı Odağında Tarih Boyunca Savaş</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>410</v>
+        <v>515</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052812068</t>
+          <t>9786052813041</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Balinalar, Yunuslar ve Muturlar</t>
+          <t>Asya Hunlarında Tarım ve Yerleşik Hayat</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052811399</t>
+          <t>9786059143097</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Ne Öğrendim?</t>
+          <t>Kütüphaneler Müfettişi Ahmed Muhtar'ın İstanbul Kütüphaneleri Raporu</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052811801</t>
+          <t>9786059143301</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik, Teknoloji, Denizcilik, Temel Bilimler ve Uygulamalı Bilim Fakülteleri İçin Meslek Matematiği</t>
+          <t>Bilim ve Edebiyatta Yenileşme</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052811511</t>
+          <t>9786052813201</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Temel Olasılık Dersleri - Basic Ideas of Probability ve Biyoistatistikte Olasılık Hesabı (Uygulamalı Türkçe - İngilizce)</t>
+          <t>Henri Bergson’un Şuur - Sezgi Kavramları Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052811740</t>
+          <t>9786052813256</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Okumaları - 1</t>
+          <t>Sübha-i Sıbyan’ın Kıbrıs Nüshaları Üzerine Dil İncelemesi</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052811788</t>
+          <t>9786052813287</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Küresel Güven(liksiz)lik</t>
+          <t>Tarih Boyunca Gümrükler</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>360</v>
+        <v>205</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052811665</t>
+          <t>9786059143882</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Yaşayan Üçüncü Kuşak Türklerin Kimlik Algısı</t>
+          <t>Çocuk Edebiyatı Üzerine Cahit Uçuk'un Çocuk Romanlarında Tip ve İletiler</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052811610</t>
+          <t>9786052812839</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Bir İşletme Komedisi</t>
+          <t>Umut İradesi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>165</v>
+        <v>285</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052810545</t>
+          <t>9786052812945</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Optimization of The Sustainability of Contingency Logistics Networks: Application of a Hybrid Heuristic - A Multi - Objective Optimization Approaches</t>
+          <t>Ağrı Geleneksel El Dokumaları Kataloğu</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>200</v>
+        <v>515</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052811559</t>
+          <t>9786052813126</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Konaklama İşletmelerinde Maliyet Kontrol Süreci ve Oda - Mönü Maliyetlerinin Belirlenmesi: Denizli’deki Küçük Ölçekli Bir Konaklama İşletmesinde Uygulama</t>
+          <t>Prof. Dr. Kazım Yetiş Armağanı</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>310</v>
+        <v>435</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052811849</t>
+          <t>9786052813225</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Afganistan’a Eğitim Alanındaki Katkıları (1932-1938)</t>
+          <t>Çeviribilimde Araştırmalar</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052811580</t>
+          <t>9786052812532</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Taş Yağ - Kuzey Kıbrıs'ta Zeytinyağı Değirmenleri</t>
+          <t>Eşekle Gelen Aydınlık</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>1200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052811924</t>
+          <t>9786052812594</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Rıfat Özdemir’e Armağan</t>
+          <t>Yeni Bilginin Dolaşım Araçları</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>630</v>
+        <v>275</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052811634</t>
+          <t>9786052811979</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasının Sivil Toplum Örgütleri ile İlişkisi</t>
+          <t>Savaş ve Edebiyat</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>185</v>
+        <v>315</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052811535</t>
+          <t>9786052812990</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de 1980 Sonrası Maliye Politikaları ile Gelir Dağılımı ve Sosyal Adalet Arasındaki İlişkiler</t>
+          <t>Sinemada Milliyetçilik ve Estetik</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>275</v>
+        <v>430</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052811993</t>
+          <t>9786052812853</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Ağrılı Aşık Hasani Hayatı Sanatı Eserleri</t>
+          <t>Yüzer Sergi Avrupa'da - Türkiye Cumhuriyeti Kendini Tanıtıyor</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052811696</t>
+          <t>9786052813010</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Girişimcinin Seyir Defteri</t>
+          <t>İş Güvenliği ve İşgören Sağlığı Kültürü ve Örgütsel Vatandaşlık Davranışı</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052812082</t>
+          <t>9786052812921</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>K.K.T.C. Cumhurbaşkanı Rauf R. Denktaş’ın Annan Planı Sürecindeki Mücadelesi</t>
+          <t>Çeviri Üzerine Gözlemler</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052812105</t>
+          <t>9786052813072</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Arşivlerde Tanımlama ve Üstveri</t>
+          <t>Nesne Temelli Programlama Mantığı ve Veri Tabanı</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052811566</t>
+          <t>9786052813096</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tıp Kütüphaneleri: Elektronik Süreli Yayın Hizmetlerinin Yönetimi</t>
+          <t>İletişim Araştırmaları ve Medya Analizleri</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>445</v>
+        <v>430</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052811757</t>
+          <t>9786052813140</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Hiciv - Yığın - Göçmen Edebiyatı Uzmanı Prof. Dr. Yüksel Baypınar Armağanı</t>
+          <t>Haremden Valide Sultan Mektupları</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052811863</t>
+          <t>9786052812570</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tarihine Yöneltilen Bazı Şüphelere Reddiye</t>
+          <t>Asar-ı Bakiyye</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052811344</t>
+          <t>9786052812877</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Stratejist</t>
+          <t>Öyle Zor Öyle Kolay</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>70</v>
+        <v>360</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052810422</t>
+          <t>9786052812693</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Muş İli Arkeolojik Yüzey Araştırmaları 2009-2014</t>
+          <t>Hekimlerde Mobbing ve Öfke</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>690</v>
+        <v>210</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052811825</t>
+          <t>9786052812761</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Yıllarında Evlilikler ve Evlendirmeler</t>
+          <t>Klasik Türk Şiirinde Cennet ve Cehennem</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052810019</t>
+          <t>9786052811986</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Göçebelerin Kente Tutunma Biçimleri</t>
+          <t>Savaş ve Psikoloji</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052811283</t>
+          <t>9786052812891</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>J. Rawls’ın İktisadi Adalet Teorisi</t>
+          <t>Mütala'at-ı Edebiyye</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052811450</t>
+          <t>9786052812679</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>1. InTraders Uluslararası Ticaret Kongresi Kongre Kitabı - First InTraders International Conference on International Trade Conference Book</t>
+          <t>Tarihsel Süreçte Yönetim Düşüncesi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>535</v>
+        <v>345</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052811436</t>
+          <t>9786052812556</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Cenani Dökmeci</t>
+          <t>21. Yüzyılda Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052811726</t>
+          <t>9786052813034</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Simülasyon Yaklaşım - Riskli Bir Yatırım Projesi Olarak Gemi Yatırımlarının Finansal Değerlendirilmesi</t>
+          <t>Fazlullah'ın Sakalında Beliren Tanrı</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>410</v>
+        <v>345</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052811382</t>
+          <t>9786052812976</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Edebiyatı</t>
+          <t>Dijital Çağ Türk Edebiyatı ve Medyalararasılık Tartışmaları</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052811498</t>
+          <t>9786052812457</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerde İletişim ve Algılama Süreci</t>
+          <t>Üçlü Sarmal İşbirliğine Dayalı İnovasyon Model Üretimi: Türkiye Örneği</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>500</v>
+        <v>245</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052811429</t>
+          <t>9786052812655</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İnşacılık Kuramı Çerçevesinde Türk ve Bulgar Kimliği</t>
+          <t>Türkistanda Parlayan Bir Yıldız Türkmenistan</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>355</v>
+        <v>300</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052811214</t>
+          <t>9786052812112</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>La Problematiqye Du Moyen - Orient Dans Les Relations Transatlantiques</t>
+          <t>Türk Dili ve Edebiyatı Alanında Hazırlanan  Doktora Tezlerinin Dünü Bugünü</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052811320</t>
+          <t>9786052812747</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>New Advancements In Fuels and Lubricants For The Aerospace Industry Part-I: Introduction</t>
+          <t>Ağ Kuşağının Bilgi Davranışı</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052811238</t>
+          <t>9786052812785</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Aile Etkisi ve Örgütsel Ustalık Kavramlarının İşletme Performansı Üzerindeki Etkilerinin İncelenmesi</t>
+          <t>Osmanlıda Yerel Yönetimlerin Gelişimi ve Yerel Yönetim Metinleri</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052811184</t>
+          <t>9786052812792</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>2. InTraders Uluslararası Ticaret Kongresi Özet Kitabı - The Second InTraders International Trade Abstract Book</t>
+          <t>Tunceli (Dersim) Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>130</v>
+        <v>355</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052811191</t>
+          <t>9786052812716</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tarih İnsan Üzerine Aykırı Düşünceler</t>
+          <t>Kişilik ve Örgüt Kültürü Bağlamında Prososyal Motivasyon</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052811269</t>
+          <t>9786052812495</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Engellilere Yönelik Kamu Hizmetlerinin Yönetimi ve Sunumu: Karşılaştırmalı Bir Değerlendirme</t>
+          <t>Diken Çiçeği</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052811153</t>
+          <t>9786052812471</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilim Temelli Pragmatik Yaklaşımlar</t>
+          <t>Son Damla - Hikmet Afif Mapolar: Julide Akın 1919-1989</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052810866</t>
+          <t>9786052812648</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku ve Kolluk Meslek Etiği</t>
+          <t>Demokratikleşme-Küreselleşme Bağlamında Türkiye’de Sivil Toplum ve Bir STÖ Örneği BİLSAM</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052810989</t>
+          <t>9786052812396</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sosyal Güvenlik Hukuku (1865 - 1923)</t>
+          <t>Oğuz Türkmen Boylarından Varsaklar</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052811092</t>
+          <t>9786052812617</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukunda kanunilik İlkesi</t>
+          <t>Rusya'nın Avrupa Siyaseti</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052810712</t>
+          <t>9786052812310</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Tüketim ve Din</t>
+          <t>Şehirler ve İnsanlar</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052810903</t>
+          <t>9786052812297</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihi - 1</t>
+          <t>Türkmenistan Tarihinde</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>1495</v>
+        <v>200</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052810682</t>
+          <t>9786052812334</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Türk Kütüphaneciliğinde Önemli Bir Adım: Devr-i Hamidi Katalogları</t>
+          <t>Özdilek Mecmuası</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052810880</t>
+          <t>9786052810323</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphaneleri Geçmişten Geleceğe Yönelimler ve Yeni Roller</t>
+          <t>Türk Romanında Doğu Anadolu</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>535</v>
+        <v>630</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052810927</t>
+          <t>9786052812372</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>İnancın İman Hayatına Yansıması Bağlamında Deizm Eleştirisi</t>
+          <t>Döviz Kuru Belirleme Modelleri</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>165</v>
+        <v>315</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052810781</t>
+          <t>9786052812433</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>AB Enformasyon Toplumu ve Üniversite Kütüphanecileri</t>
+          <t>Klasik Dönem Osmanlı Toplumu’nun Sosyo Ekonomik Yapısı</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052810163</t>
+          <t>9786052812273</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Artvin ve Erzurum’daki Gürcü Dini Mimarisinde Süsleme</t>
+          <t>Yalın Altı Sigma</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>975</v>
+        <v>310</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052810965</t>
+          <t>9786052812259</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Yerel Yönetimler Özerklik Şartı Türkiye’de Uygulanabilirliği</t>
+          <t>1945 - 1948 Kıbrıs’ta Yahudiler</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>295</v>
+        <v>480</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052810699</t>
+          <t>9786052812150</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Şia ve Ehl-i Sünnet Fıkhına Göre Mut’a</t>
+          <t>Mübadele İmar ve İskan Vekaleti</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052810668</t>
+          <t>9786052812174</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Ortadoğu’ya Yönelik Dini Politikalarında Misyoner Kurumları (1840-1917)</t>
+          <t>Kıbrıs Türk Mücadele Tarihinde İletişim 1955 - 1974</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052810941</t>
+          <t>9786052812136</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Güncel Tartışmalardan Kavramsal Sorgulamalara</t>
+          <t>Psikolojik Harp Bağlamında Kıbrıs’ta Stratejik Güç: Su</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052810347</t>
+          <t>9786052812198</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Fakültesi Öğrenci Panelleri</t>
+          <t>Karşılaştırmalı Edebiyat</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>410</v>
+        <v>415</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052810743</t>
+          <t>9786052812211</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Dr. Ratip Kazancıgil ve Edirnesi</t>
+          <t>Batı İşgalleri Karşısında Türkiye’nin Ortadoğu Politikaları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052810576</t>
+          <t>9786052812235</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Endüstri İçi Ticaret: Teori ve Uygulama</t>
+          <t>Ağ ve Teknoloji Odaklı Uygulamalı Girişimcilik Programı ATOG</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052810620</t>
+          <t>9786052015537</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Açık Bilim: Açık Erişim Türkiye</t>
+          <t>Türkçe Çeviriler Bibliyografisi</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>510</v>
+        <v>830</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052810460</t>
+          <t>9786052015605</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Current Approaches On Technical Sciences</t>
+          <t>Bireysel Kalite</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>145</v>
+        <v>310</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052810361</t>
+          <t>9786052015377</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Güncel Akademik Araştırmalar</t>
+          <t>1990'dan Günümüze Türkiye ve Azerbaycan Edebiyatlarının Karşılıklı Etkileşimi</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052810385</t>
+          <t>9786052015438</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Innovative Approaches in The Business World</t>
+          <t>Sağlık Şikayetleri ve Risk Faktörleri</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052810392</t>
+          <t>9786052812068</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Sarıkeçili Yörükler’in Kültür-Çevre İlişkisi İçerisinde Geleneksel Ekolojik Bilgilerinin Araştırılması</t>
+          <t>Doğu Akdeniz'de Balinalar, Yunuslar ve Muturlar</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052810507</t>
+          <t>9786052811399</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Teknik Bilimlerde Güncel Yaklaşımlar</t>
+          <t>Hayattan Ne Öğrendim?</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052810484</t>
+          <t>9786052811801</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dersi Etkinliklerinde Çocuk Oyunları</t>
+          <t>Mühendislik, Teknoloji, Denizcilik, Temel Bilimler ve Uygulamalı Bilim Fakülteleri İçin Meslek Matematiği</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052810156</t>
+          <t>9786052811511</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Savunma Yönetimi</t>
+          <t>Temel Olasılık Dersleri - Basic Ideas of Probability ve Biyoistatistikte Olasılık Hesabı (Uygulamalı Türkçe - İngilizce)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052810170</t>
+          <t>9786052811740</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Knowledge Based Economy and Intellectual Capital</t>
+          <t>Dijital Çağda İletişim Okumaları - 1</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052810200</t>
+          <t>9786052811788</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarında Yönetim ve Yönetici Teması</t>
+          <t>Küresel Güven(liksiz)lik</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052137710</t>
+          <t>9786052811665</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mülkiyet</t>
+          <t>Almanya’da Yaşayan Üçüncü Kuşak Türklerin Kimlik Algısı</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052810293</t>
+          <t>9786052811610</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Alanında Bilgiye Erişim/Kataloglama Sorunları Sempozyumu Bildiriler Kitabı</t>
+          <t>Bir İşletme Komedisi</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>570</v>
+        <v>165</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052137680</t>
+          <t>9786052810545</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ağlar Odağında Kültür, Kimlik ve Mekan Tartışmaları</t>
+          <t>Optimization of The Sustainability of Contingency Logistics Networks: Application of a Hybrid Heuristic - A Multi - Objective Optimization Approaches</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052137871</t>
+          <t>9786052811559</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sistemi Kamu Yönetiminde Değişim</t>
+          <t>Konaklama İşletmelerinde Maliyet Kontrol Süreci ve Oda - Mönü Maliyetlerinin Belirlenmesi: Denizli’deki Küçük Ölçekli Bir Konaklama İşletmesinde Uygulama</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>575</v>
+        <v>310</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052137666</t>
+          <t>9786052811849</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda Kanal/Sina ve Filistin/ Suriye Cephesi</t>
+          <t>Türkiye Cumhuriyeti’nin Afganistan’a Eğitim Alanındaki Katkıları (1932-1938)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>2050</v>
+        <v>300</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052137567</t>
+          <t>9786052811580</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kuramı ve Bilgi Yönetimi</t>
+          <t>Zeytin Taş Yağ - Kuzey Kıbrıs'ta Zeytinyağı Değirmenleri</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>310</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052137505</t>
+          <t>9786052811924</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Kitap Kültürü ve Batı Dünyası</t>
+          <t>Rıfat Özdemir’e Armağan</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>330</v>
+        <v>630</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052137703</t>
+          <t>9786052811634</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Düşüncenin İslam Dünyasındaki Yansımaları</t>
+          <t>Türk Sinemasının Sivil Toplum Örgütleri ile İlişkisi</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052137598</t>
+          <t>9786052811535</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Terörü</t>
+          <t>Türkiye’de 1980 Sonrası Maliye Politikaları ile Gelir Dağılımı ve Sosyal Adalet Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052137581</t>
+          <t>9786052811993</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Doğru Yönetim</t>
+          <t>Ağrılı Aşık Hasani Hayatı Sanatı Eserleri</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052137529</t>
+          <t>9786052811696</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Bilgi Politikaları ve Bilgi Merkezleri</t>
+          <t>Girişimcilik Girişimcinin Seyir Defteri</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052137642</t>
+          <t>9786052812082</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Milli Mücadelesi</t>
+          <t>K.K.T.C. Cumhurbaşkanı Rauf R. Denktaş’ın Annan Planı Sürecindeki Mücadelesi</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789944539609</t>
+          <t>9786052812105</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Fikir Büyümez</t>
+          <t>Arşivlerde Tanımlama ve Üstveri</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052137420</t>
+          <t>9786052811566</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Şiir</t>
+          <t>Türkiye’de Tıp Kütüphaneleri: Elektronik Süreli Yayın Hizmetlerinin Yönetimi</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>165</v>
+        <v>445</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052137369</t>
+          <t>9786052811757</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Koçluk</t>
+          <t>Hiciv - Yığın - Göçmen Edebiyatı Uzmanı Prof. Dr. Yüksel Baypınar Armağanı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052015919</t>
+          <t>9786052811863</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sisteminde Cevap Verilebilirlik</t>
+          <t>Kur’an Tarihine Yöneltilen Bazı Şüphelere Reddiye</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052137406</t>
+          <t>9786052811344</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten Cumhuriyet’e Eğitim (1876-1923)</t>
+          <t>Stratejist</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>170</v>
+        <v>70</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>3990000013894</t>
+          <t>9786052810422</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Metodu ve Teorik Bilgiler ile Viyolonsel</t>
+          <t>Muş İli Arkeolojik Yüzey Araştırmaları 2009-2014</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>210</v>
+        <v>690</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052015186</t>
+          <t>9786052811825</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Toplumbilimin ABC'si</t>
+          <t>İslam’ın İlk Yıllarında Evlilikler ve Evlendirmeler</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>565</v>
+        <v>230</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052015414</t>
+          <t>9786052810019</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Belge Yönetimi Kuramsal Yaklaşımlar</t>
+          <t>Göçebelerin Kente Tutunma Biçimleri</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>535</v>
+        <v>250</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052015383</t>
+          <t>9786052811283</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 4</t>
+          <t>J. Rawls’ın İktisadi Adalet Teorisi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052137307</t>
+          <t>9786052811450</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Eniştesiz Dış Ticaret</t>
+          <t>1. InTraders Uluslararası Ticaret Kongresi Kongre Kitabı - First InTraders International Conference on International Trade Conference Book</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>340</v>
+        <v>535</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052137338</t>
+          <t>9786052811436</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Caravaggio</t>
+          <t>Cenani Dökmeci</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>1495</v>
+        <v>400</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052137321</t>
+          <t>9786052811726</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Reklam Tarihi Gelişimi ve Televizyon Reklam Araştırmaları</t>
+          <t>Simülasyon Yaklaşım - Riskli Bir Yatırım Projesi Olarak Gemi Yatırımlarının Finansal Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052137253</t>
+          <t>9786052811382</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Mersin ve İçel’de Siyasi Hayat (1923-1950)</t>
+          <t>Sevgi Edebiyatı</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>600</v>
+        <v>245</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786059143141</t>
+          <t>9786052811498</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Zamane Şıkları - Biçare</t>
+          <t>Farklı Kültürlerde İletişim ve Algılama Süreci</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052137130</t>
+          <t>9786052811429</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Şair Nabi’den Öğütler</t>
+          <t>Sosyal İnşacılık Kuramı Çerçevesinde Türk ve Bulgar Kimliği</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>230</v>
+        <v>355</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052137208</t>
+          <t>9786052811214</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Bilgi Biliminde Tema ve Yönelim</t>
+          <t>La Problematiqye Du Moyen - Orient Dans Les Relations Transatlantiques</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052137116</t>
+          <t>9786052811320</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Tunceli Yöresi Düz Dokumaları</t>
+          <t>New Advancements In Fuels and Lubricants For The Aerospace Industry Part-I: Introduction</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>335</v>
+        <v>240</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052137123</t>
+          <t>9786052811238</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Tunceli’deki Mezarlıklar ve Mezar Taşları</t>
+          <t>Aile İşletmelerinde Aile Etkisi ve Örgütsel Ustalık Kavramlarının İşletme Performansı Üzerindeki Etkilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>3220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052137079</t>
+          <t>9786052811184</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç ve İllerin Demografik Ekonomik ve Fiziksel Dönüşümü</t>
+          <t>2. InTraders Uluslararası Ticaret Kongresi Özet Kitabı - The Second InTraders International Trade Abstract Book</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052137048</t>
+          <t>9786052811191</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>AB Tarım Politikaları Açısından Türk Tarımında Katılımcı Bir Model Önerisi: Tigem Örneği</t>
+          <t>Doğa Tarih İnsan Üzerine Aykırı Düşünceler</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052015940</t>
+          <t>9786052811269</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı Sahasının Kaynakçası</t>
+          <t>Engellilere Yönelik Kamu Hizmetlerinin Yönetimi ve Sunumu: Karşılaştırmalı Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052015988</t>
+          <t>9786052811153</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>KKTC’de Girne’ye Bağlı Şirinevler Köyü Monografisi</t>
+          <t>Sosyal Bilim Temelli Pragmatik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052015865</t>
+          <t>9786052810866</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alan Olarak Bilgi Merkezleri ve Yenilikçi Yaklaşımlar</t>
+          <t>İslam Hukuku ve Kolluk Meslek Etiği</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052015780</t>
+          <t>9786052810989</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>John Dewey’de Deneyim ve Sanat</t>
+          <t>Osmanlı Sosyal Güvenlik Hukuku (1865 - 1923)</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>445</v>
+        <v>215</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052015964</t>
+          <t>9786052811092</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>KKTC Üniversiteleri Tez Bibliyografyası (GAÜ, DAÜ, LAÜ, YDÜ)</t>
+          <t>İslam Ceza Hukunda kanunilik İlkesi</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>800</v>
+        <v>330</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052137062</t>
+          <t>9786052810712</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Fakültesi Panelleri</t>
+          <t>Gençlerde Tüketim ve Din</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>410</v>
+        <v>260</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052015902</t>
+          <t>9786052810903</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Gelişen Viyola Ekolleri</t>
+          <t>Sanat Tarihi - 1</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>185</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052015889</t>
+          <t>9786052810682</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>İmam Malik ve Metodolojisi</t>
+          <t>Türk Kütüphaneciliğinde Önemli Bir Adım: Devr-i Hamidi Katalogları</t>
         </is>
       </c>
       <c r="C971" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052015582</t>
+          <t>9786052810880</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane’de.</t>
+          <t>Halk Kütüphaneleri Geçmişten Geleceğe Yönelimler ve Yeni Roller</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>160</v>
+        <v>535</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052015766</t>
+          <t>9786052810927</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültür Ortamında Bilgi Hizmetleri ve Kütüphaneciler</t>
+          <t>İnancın İman Hayatına Yansıması Bağlamında Deizm Eleştirisi</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>345</v>
+        <v>165</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052015551</t>
+          <t>9786052810781</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Hollanda Resminde Portre</t>
+          <t>AB Enformasyon Toplumu ve Üniversite Kütüphanecileri</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>2500</v>
+        <v>310</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052015681</t>
+          <t>9786052810163</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Suriyeliler İç İçe Geçişler ve Karşılaşmalar</t>
+          <t>Artvin ve Erzurum’daki Gürcü Dini Mimarisinde Süsleme</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>220</v>
+        <v>975</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052015667</t>
+          <t>9786052810965</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Bir Sanattır</t>
+          <t>Avrupa Yerel Yönetimler Özerklik Şartı Türkiye’de Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052015704</t>
+          <t>9786052810699</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl İstanbul’unda Mutasavvıf Mûsikîşinaslar</t>
+          <t>Şia ve Ehl-i Sünnet Fıkhına Göre Mut’a</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052015483</t>
+          <t>9786052810668</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Serdarlı-Çatoz-Köyü Monografisi ve Ağzı</t>
+          <t>Rusya’nın Ortadoğu’ya Yönelik Dini Politikalarında Misyoner Kurumları (1840-1917)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>380</v>
+        <v>345</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052015629</t>
+          <t>9786052810941</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Laiklik ve AK Parti’nin Laiklik Anlayışı</t>
+          <t>Çeviribilimde Güncel Tartışmalardan Kavramsal Sorgulamalara</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>245</v>
+        <v>520</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052015506</t>
+          <t>9786052810347</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Defne Yapraklar Dil, Kültür ve Edebiyat Yazıları</t>
+          <t>Edebiyat Fakültesi Öğrenci Panelleri</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>285</v>
+        <v>410</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052015391</t>
+          <t>9786052810743</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>1916 Yılı Osmanlı Nüfus İstatistik Cetveli</t>
+          <t>Dr. Ratip Kazancıgil ve Edirnesi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052015353</t>
+          <t>9786052810576</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kürt Siyasi Hareketi</t>
+          <t>Endüstri İçi Ticaret: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052015315</t>
+          <t>9786052810620</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Halk Kütüphanelerinde Yenilikçi Hizmet</t>
+          <t>Açık Bilim: Açık Erişim Türkiye</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>420</v>
+        <v>510</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052015308</t>
+          <t>9786052810460</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Panik Bozukluk</t>
+          <t>Current Approaches On Technical Sciences</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>515</v>
+        <v>145</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052015261</t>
+          <t>9786052810361</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Teknolojilerinin Bilgi Merkezlerine ve Hizmetlerine Etkileri</t>
+          <t>Güncel Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052015285</t>
+          <t>9786052810385</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Mardin Ortaçağ Anıtları ve Yapım Teknikleri</t>
+          <t>Innovative Approaches in The Business World</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>535</v>
+        <v>300</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052015216</t>
+          <t>9786052810392</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kütüphanecilik Alanında Faaliyet Gösteren Derneklerde Yönetim Katılım ve Seçim Süreci</t>
+          <t>Sarıkeçili Yörükler’in Kültür-Çevre İlişkisi İçerisinde Geleneksel Ekolojik Bilgilerinin Araştırılması</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052015193</t>
+          <t>9786052810507</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>1983-93 Yılları Arasında Türk Siyasal Hayatında Anavatan Partisi ve Turgut Özal'ın Partideki Rolü</t>
+          <t>Teknik Bilimlerde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052015247</t>
+          <t>9786052810484</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Özel Arşivlerde Teori ve Uygulama</t>
+          <t>Türkçe Dersi Etkinliklerinde Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789944539619</t>
+          <t>9786052810156</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Gladyatöre Dikkat</t>
+          <t>Stratejik Savunma Yönetimi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>50</v>
+        <v>230</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789786056508</t>
+          <t>9786052810170</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Sorgula</t>
+          <t>Knowledge Based Economy and Intellectual Capital</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>55</v>
+        <v>265</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052015162</t>
+          <t>9786052810200</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Arayış Teodise</t>
+          <t>Hadis Kaynaklarında Yönetim ve Yönetici Teması</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>285</v>
+        <v>380</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052015131</t>
+          <t>9786052137710</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Bellek Kurumlarında Dijitalleştirme ve Dijital Koruma Politikaları</t>
+          <t>İslam Hukukunda Mülkiyet</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052015070</t>
+          <t>9786052810293</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Aksaray Evleri</t>
+          <t>Bilgi ve Belge Yönetimi Alanında Bilgiye Erişim/Kataloglama Sorunları Sempozyumu Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>335</v>
+        <v>570</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786059143998</t>
+          <t>9786052137680</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Hazine-i Kıraat 1</t>
+          <t>Küresel Ağlar Odağında Kültür, Kimlik ve Mekan Tartışmaları</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786059143899</t>
+          <t>9786052137871</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>İnci Kitap</t>
+          <t>Cumhurbaşkanlığı Hükümet Sistemi Kamu Yönetiminde Değişim</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786059143783</t>
+          <t>9786052137666</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Hazine-i Kıraat 2</t>
+          <t>Birinci Dünya Savaşı'nda Kanal/Sina ve Filistin/ Suriye Cephesi</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>430</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786059143981</t>
+          <t>9786052137567</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kültür Politikaları ve Kütüphaneler</t>
+          <t>Bilgi Kuramı ve Bilgi Yönetimi</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052015032</t>
+          <t>9786052137505</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Dijital Kültürel Miras Ürünlerine Açık Erişim</t>
+          <t>Osmanlı'da Kitap Kültürü ve Batı Dünyası</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052015001</t>
+          <t>9786052137703</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Motivasyon</t>
+          <t>Felsefi Düşüncenin İslam Dünyasındaki Yansımaları</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>315</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786059143967</t>
+          <t>9786052137598</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Ne Umduk Ne Bulduk</t>
+          <t>Ermeni Terörü</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052015056</t>
+          <t>9786052137581</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri İncelemeleri ve Hocam Amil Çelebioğlu İçin Yazdıklarım</t>
+          <t>Doğru Yönetim</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>510</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786059143943</t>
+          <t>9786052137529</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Komşu</t>
+          <t>Ulusal Bilgi Politikaları ve Bilgi Merkezleri</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052015025</t>
+          <t>9786052137642</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Mani, Ninni, Fıkra ve Tandır Hikayeleri</t>
+          <t>Türkistan Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>210</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789944157865</t>
+          <t>9789944539609</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Disiplinler Arası Bakış Açısı ile Çevre</t>
+          <t>Karanlıkta Fikir Büyümez</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>365</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786059143493</t>
+          <t>9786052137420</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Geçmişimiz: Kültürümüzün Kaybolan Değerleri</t>
+          <t>Psiko-Şiir</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>3400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786059143479</t>
+          <t>9786052137369</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Kilimleri: Türkmen ve Avşar Dokumaları</t>
+          <t>Bilişsel Davranışçı Koçluk</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>3400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786059143554</t>
+          <t>9786052015919</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 1</t>
+          <t>Sağlık Sisteminde Cevap Verilebilirlik</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>3400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786059143585</t>
+          <t>9786052137406</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 2</t>
+          <t>Meşrutiyet’ten Cumhuriyet’e Eğitim (1876-1923)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>3400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786059143912</t>
+          <t>3990000013894</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalleşme Sürecinde İş Ahlakı</t>
+          <t>Başlangıç Metodu ve Teorik Bilgiler ile Viyolonsel</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786059143820</t>
+          <t>9786052015186</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Ciğersiz Köse</t>
+          <t>Toplumbilimin ABC'si</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>180</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786059143875</t>
+          <t>9786052015414</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Tarihselcilik Düşüncesi Bakımından İbn Haldun</t>
+          <t>Bilgi ve Belge Yönetimi Kuramsal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>280</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786059143844</t>
+          <t>9786052015383</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İslam Teminat Hukuku</t>
+          <t>Çeviribilimin Paradigmaları 4</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786059143622</t>
+          <t>9786052137307</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yöresinde Derlenen Jön Türk Asker ve Halk Türküleri</t>
+          <t>Eniştesiz Dış Ticaret</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786059143608</t>
+          <t>9786052137338</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Çöllerinden</t>
+          <t>Caravaggio</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>170</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786059143387</t>
+          <t>9786052137321</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Aşka İlham Verenler</t>
+          <t>Türkiye’de Reklam Tarihi Gelişimi ve Televizyon Reklam Araştırmaları</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>2875</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786059143448</t>
+          <t>9786052137253</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Sana Geldi Bu Gönül</t>
+          <t>Cumhuriyet Döneminde Mersin ve İçel’de Siyasi Hayat (1923-1950)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786059143400</t>
+          <t>9786059143141</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>İş'te Bankacılık</t>
+          <t>Zamane Şıkları - Biçare</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786059143417</t>
+          <t>9786052137130</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Söz ve Anlam Analizi</t>
+          <t>Şair Nabi’den Öğütler</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786059143462</t>
+          <t>9786052137208</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 3</t>
+          <t>Kütüphane ve Bilgi Biliminde Tema ve Yönelim</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786059143349</t>
+          <t>9786052137116</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal Üniversitesi Kampüs Bitkileri</t>
+          <t>Tunceli Yöresi Düz Dokumaları</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>1035</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786059143363</t>
+          <t>9786052137123</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Arzuhalim</t>
+          <t>Tunceli’deki Mezarlıklar ve Mezar Taşları</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>150</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786059143233</t>
+          <t>9786052137079</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masallarında Kitap ve Kütüphane Motifi</t>
+          <t>Türkiye’de Göç ve İllerin Demografik Ekonomik ve Fiziksel Dönüşümü</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786059143318</t>
+          <t>9786052137048</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Nacak-Cumhuriyet Çatışması (1960-1962)</t>
+          <t>AB Tarım Politikaları Açısından Türk Tarımında Katılımcı Bir Model Önerisi: Tigem Örneği</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>395</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786059143325</t>
+          <t>9786052015940</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>KKTC’de Siyasi Parti Liderlerinin Beden Dili Kullanımı: 2013 Erken Genel Seçimleri</t>
+          <t>Ağrı Dağı Sahasının Kaynakçası</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786059143332</t>
+          <t>9786052015988</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Folklor Malzemesi Olarak Şer’iye Sicilleri</t>
+          <t>KKTC’de Girne’ye Bağlı Şirinevler Köyü Monografisi</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>500</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786059143295</t>
+          <t>9786052015865</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Yine de Hayat</t>
+          <t>Kamusal Alan Olarak Bilgi Merkezleri ve Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>70</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786059143264</t>
+          <t>9786052015780</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Guguş</t>
+          <t>John Dewey’de Deneyim ve Sanat</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>30</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786059143288</t>
+          <t>9786052015964</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimin Paradigmaları 2</t>
+          <t>KKTC Üniversiteleri Tez Bibliyografyası (GAÜ, DAÜ, LAÜ, YDÜ)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>310</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786059143240</t>
+          <t>9786052137062</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Sivas Kadın Giyimi</t>
+          <t>Edebiyat Fakültesi Panelleri</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>1600</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786059143271</t>
+          <t>9786052015902</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyılın İkinci Yarısında Amasya</t>
+          <t>Tarihsel Süreçte Gelişen Viyola Ekolleri</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>515</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786059143226</t>
+          <t>9786052015889</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Beylerbeyi Sarayında Risk Analizleri ve Koruyucu Tedbir Önerileri</t>
+          <t>İmam Malik ve Metodolojisi</t>
         </is>
       </c>
       <c r="C1032" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786059143219</t>
+          <t>9786052015582</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane ve Bilgi Merkezlerinde Stratejik İletişim Yönetimi</t>
+          <t>Kütüphane’de.</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786059143202</t>
+          <t>9786052015766</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Söylem Araştırmaları</t>
+          <t>Dijital Kültür Ortamında Bilgi Hizmetleri ve Kütüphaneciler</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786059143127</t>
+          <t>9786052015551</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Riskler ve Japonya Modeli</t>
+          <t>17. Yüzyıl Hollanda Resminde Portre</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>370</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786059143042</t>
+          <t>9786052015681</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası Kütüphane ve Bilgibilim Felsefesi Sempozyumu Etik: Kuram ve Uygulama 3-5 Eylül 2014, Kastamonu</t>
+          <t>Türkiye’deki Suriyeliler İç İçe Geçişler ve Karşılaşmalar</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>850</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786059143073</t>
+          <t>9786052015667</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Bilişim</t>
+          <t>Lojistik Bir Sanattır</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786059143080</t>
+          <t>9786052015704</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Araştırmanın Yazılması ve Sunumu</t>
+          <t>17. Yüzyıl İstanbul’unda Mutasavvıf Mûsikîşinaslar</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786059143059</t>
+          <t>9786052015483</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Nemenra Bir Yer altı Krallığı ve Ruhların Azadı</t>
+          <t>Serdarlı-Çatoz-Köyü Monografisi ve Ağzı</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786059143066</t>
+          <t>9786052015629</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Kurumu Kütüphaneleri</t>
+          <t>Türkiye’de Laiklik ve AK Parti’nin Laiklik Anlayışı</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>575</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786059143028</t>
+          <t>9786052015506</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yakın Dönem Ekonomik Krizleri</t>
+          <t>Defne Yapraklar Dil, Kültür ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786059143035</t>
+          <t>9786052015391</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Türk Beşikdevri Basmalarında Yazma Kitap Geleneğinin Etkileri ve İçkapağın Gelişimi</t>
+          <t>1916 Yılı Osmanlı Nüfus İstatistik Cetveli</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789944157971</t>
+          <t>9786052015353</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Doğunun ve Batının Yerelliği</t>
+          <t>Geçmişten Günümüze Kürt Siyasi Hareketi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>410</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786059143004</t>
+          <t>9786052015315</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>İlerleme Kavramı ve Bilimdeki Yansımaları</t>
+          <t>Halk Kütüphanelerinde Yenilikçi Hizmet</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789944157995</t>
+          <t>9786052015308</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm Versus Post - Marksizm</t>
+          <t>Panik Bozukluk</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>355</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789944157858</t>
+          <t>9786052015261</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Farklılıkların Birlikteliği</t>
+          <t>Bilişim Teknolojilerinin Bilgi Merkezlerine ve Hizmetlerine Etkileri</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789944157681</t>
+          <t>9786052015285</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Mithat Efendi - Musahabat-ı Leyliye</t>
+          <t>Mardin Ortaçağ Anıtları ve Yapım Teknikleri</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>345</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789944157667</t>
+          <t>9786052015216</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>İpekyolu Ekonomileri</t>
+          <t>Türkiye'de Kütüphanecilik Alanında Faaliyet Gösteren Derneklerde Yönetim Katılım ve Seçim Süreci</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789944157988</t>
+          <t>9786052015193</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Bilginin Eleştirel Arkaplanı</t>
+          <t>1983-93 Yılları Arasında Türk Siyasal Hayatında Anavatan Partisi ve Turgut Özal'ın Partideki Rolü</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789944157957</t>
+          <t>9786052015247</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Reklamı Okumak</t>
+          <t>Özel Arşivlerde Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>345</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789944157742</t>
+          <t>9789944539619</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Markalaşma Stratejileri</t>
+          <t>Gladyatöre Dikkat</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>165</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789944157964</t>
+          <t>9789786056508</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Müşteri İlişkileri Yönetimi</t>
+          <t>Sorgula</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>1320</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052819463</t>
+          <t>9786052015162</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Notları</t>
+          <t>Arayış Teodise</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>190</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789944157841</t>
+          <t>9786052015131</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta İlaç Pazarlaması</t>
+          <t>Kültürel Bellek Kurumlarında Dijitalleştirme ve Dijital Koruma Politikaları</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>1320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789944157735</t>
+          <t>9786052015070</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yatırım Kararları ve Hedef Pazar Stratejileri</t>
+          <t>Tarihi Aksaray Evleri</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789944157704</t>
+          <t>9786059143998</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Hizmetlerinin Pazarlanması ve Satış Gücü</t>
+          <t>Hazine-i Kıraat 1</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789944157711</t>
+          <t>9786059143899</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>İnavasyonu Oluşturan İşletmelerin Yaşam Döngüleri</t>
+          <t>İnci Kitap</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789944157803</t>
+          <t>9786059143783</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Pazarlama</t>
+          <t>Hazine-i Kıraat 2</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>1090</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789944157469</t>
+          <t>9786059143981</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ürün Fikirlerinin Belirlenmesinde Kullanılan Yöntemler</t>
+          <t>Türkiye'de Kültür Politikaları ve Kütüphaneler</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789944157421</t>
+          <t>9786052015032</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Yeni Teknolojiler Işığında Bilgi ve Belge Yönetimi</t>
+          <t>Türkiye'de Dijital Kültürel Miras Ürünlerine Açık Erişim</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>345</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789944157339</t>
+          <t>9786052015001</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırılmış Finansal Araçlar ve Aracı Kuruluşların Kaldıraçlı Hisse Senedi Piyasaları</t>
+          <t>Başarı ve Motivasyon</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789944157353</t>
+          <t>9786059143967</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk’ün Dış Politika Konuşmaları</t>
+          <t>Ne Umduk Ne Bulduk</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789944157513</t>
+          <t>9786052015056</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Motivasyonun Örgütsel Bağlılığa ve Performansa Etkisi</t>
+          <t>Divan Şiiri İncelemeleri ve Hocam Amil Çelebioğlu İçin Yazdıklarım</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789944157285</t>
+          <t>9786059143943</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi ve E-Lojistik</t>
+          <t>Güle Güle Komşu</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789944157278</t>
+          <t>9786052015025</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Bilgi Sistemleri</t>
+          <t>Gaziantep Mani, Ninni, Fıkra ve Tandır Hikayeleri</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789944157230</t>
+          <t>9789944157865</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Kriz Dönemlerinde Finansal Risk Yönetimi</t>
+          <t>Disiplinler Arası Bakış Açısı ile Çevre</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>260</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789944157728</t>
+          <t>9786059143493</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>İnternet Reklamlarının Tüketicinin Satın Alma Davranışlarına Etkileri</t>
+          <t>Unutulan Geçmişimiz: Kültürümüzün Kaybolan Değerleri</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>225</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789944157797</t>
+          <t>9786059143479</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Devrim Yılları</t>
+          <t>Kadirli’nin Kilimleri: Türkmen ve Avşar Dokumaları</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>285</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789944157698</t>
+          <t>9786059143554</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hizmetlerinin Pazarlamasında Eğitimcilerin Toplam Kalite Yönetimine Giriş</t>
+          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 1</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>215</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789944157773</t>
+          <t>9786059143585</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>İletişim Ve...</t>
+          <t>Kadirli’nin Oyaları: Türkmen ve Avşar Örgüleri: Cilt 2</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>370</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789944157766</t>
+          <t>9786059143912</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinin Pazarlaması ve Reklamın Etkileri</t>
+          <t>Neoliberalleşme Sürecinde İş Ahlakı</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789944157940</t>
+          <t>9786059143820</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ayetleri</t>
+          <t>Ciğersiz Köse</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786059143196</t>
+          <t>9786059143875</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi ve Girişimcilik</t>
+          <t>Tarihselcilik Düşüncesi Bakımından İbn Haldun</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786059143158</t>
+          <t>9786059143844</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsan İçinde - Ana Akım ve Eleştirel Sosyal Psikoloji</t>
+          <t>İslam Teminat Hukuku</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>575</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786059143189</t>
+          <t>9786059143622</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Film</t>
+          <t>Çanakkale Yöresinde Derlenen Jön Türk Asker ve Halk Türküleri</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
+          <t>9786059143608</t>
+        </is>
+      </c>
+      <c r="B1076" s="1" t="inlineStr">
+        <is>
+          <t>Asyanın Çöllerinden</t>
+        </is>
+      </c>
+      <c r="C1076" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:3">
+      <c r="A1077" s="1" t="inlineStr">
+        <is>
+          <t>9786059143387</t>
+        </is>
+      </c>
+      <c r="B1077" s="1" t="inlineStr">
+        <is>
+          <t>Aşka İlham Verenler</t>
+        </is>
+      </c>
+      <c r="C1077" s="1">
+        <v>2875</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:3">
+      <c r="A1078" s="1" t="inlineStr">
+        <is>
+          <t>9786059143448</t>
+        </is>
+      </c>
+      <c r="B1078" s="1" t="inlineStr">
+        <is>
+          <t>Sana Geldi Bu Gönül</t>
+        </is>
+      </c>
+      <c r="C1078" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:3">
+      <c r="A1079" s="1" t="inlineStr">
+        <is>
+          <t>9786059143400</t>
+        </is>
+      </c>
+      <c r="B1079" s="1" t="inlineStr">
+        <is>
+          <t>İş'te Bankacılık</t>
+        </is>
+      </c>
+      <c r="C1079" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:3">
+      <c r="A1080" s="1" t="inlineStr">
+        <is>
+          <t>9786059143417</t>
+        </is>
+      </c>
+      <c r="B1080" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojide Söz ve Anlam Analizi</t>
+        </is>
+      </c>
+      <c r="C1080" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:3">
+      <c r="A1081" s="1" t="inlineStr">
+        <is>
+          <t>9786059143462</t>
+        </is>
+      </c>
+      <c r="B1081" s="1" t="inlineStr">
+        <is>
+          <t>Çeviribilimin Paradigmaları 3</t>
+        </is>
+      </c>
+      <c r="C1081" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:3">
+      <c r="A1082" s="1" t="inlineStr">
+        <is>
+          <t>9786059143349</t>
+        </is>
+      </c>
+      <c r="B1082" s="1" t="inlineStr">
+        <is>
+          <t>Namık Kemal Üniversitesi Kampüs Bitkileri</t>
+        </is>
+      </c>
+      <c r="C1082" s="1">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:3">
+      <c r="A1083" s="1" t="inlineStr">
+        <is>
+          <t>9786059143363</t>
+        </is>
+      </c>
+      <c r="B1083" s="1" t="inlineStr">
+        <is>
+          <t>Arzuhalim</t>
+        </is>
+      </c>
+      <c r="C1083" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:3">
+      <c r="A1084" s="1" t="inlineStr">
+        <is>
+          <t>9786059143233</t>
+        </is>
+      </c>
+      <c r="B1084" s="1" t="inlineStr">
+        <is>
+          <t>Binbir Gece Masallarında Kitap ve Kütüphane Motifi</t>
+        </is>
+      </c>
+      <c r="C1084" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:3">
+      <c r="A1085" s="1" t="inlineStr">
+        <is>
+          <t>9786059143318</t>
+        </is>
+      </c>
+      <c r="B1085" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs’ta Nacak-Cumhuriyet Çatışması (1960-1962)</t>
+        </is>
+      </c>
+      <c r="C1085" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:3">
+      <c r="A1086" s="1" t="inlineStr">
+        <is>
+          <t>9786059143325</t>
+        </is>
+      </c>
+      <c r="B1086" s="1" t="inlineStr">
+        <is>
+          <t>KKTC’de Siyasi Parti Liderlerinin Beden Dili Kullanımı: 2013 Erken Genel Seçimleri</t>
+        </is>
+      </c>
+      <c r="C1086" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:3">
+      <c r="A1087" s="1" t="inlineStr">
+        <is>
+          <t>9786059143332</t>
+        </is>
+      </c>
+      <c r="B1087" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Folklor Malzemesi Olarak Şer’iye Sicilleri</t>
+        </is>
+      </c>
+      <c r="C1087" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:3">
+      <c r="A1088" s="1" t="inlineStr">
+        <is>
+          <t>9786059143295</t>
+        </is>
+      </c>
+      <c r="B1088" s="1" t="inlineStr">
+        <is>
+          <t>Yine de Hayat</t>
+        </is>
+      </c>
+      <c r="C1088" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:3">
+      <c r="A1089" s="1" t="inlineStr">
+        <is>
+          <t>9786059143264</t>
+        </is>
+      </c>
+      <c r="B1089" s="1" t="inlineStr">
+        <is>
+          <t>Guguş</t>
+        </is>
+      </c>
+      <c r="C1089" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:3">
+      <c r="A1090" s="1" t="inlineStr">
+        <is>
+          <t>9786059143288</t>
+        </is>
+      </c>
+      <c r="B1090" s="1" t="inlineStr">
+        <is>
+          <t>Çeviribilimin Paradigmaları 2</t>
+        </is>
+      </c>
+      <c r="C1090" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:3">
+      <c r="A1091" s="1" t="inlineStr">
+        <is>
+          <t>9786059143240</t>
+        </is>
+      </c>
+      <c r="B1091" s="1" t="inlineStr">
+        <is>
+          <t>Sivas Kadın Giyimi</t>
+        </is>
+      </c>
+      <c r="C1091" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:3">
+      <c r="A1092" s="1" t="inlineStr">
+        <is>
+          <t>9786059143271</t>
+        </is>
+      </c>
+      <c r="B1092" s="1" t="inlineStr">
+        <is>
+          <t>17. Yüzyılın İkinci Yarısında Amasya</t>
+        </is>
+      </c>
+      <c r="C1092" s="1">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:3">
+      <c r="A1093" s="1" t="inlineStr">
+        <is>
+          <t>9786059143226</t>
+        </is>
+      </c>
+      <c r="B1093" s="1" t="inlineStr">
+        <is>
+          <t>Beylerbeyi Sarayında Risk Analizleri ve Koruyucu Tedbir Önerileri</t>
+        </is>
+      </c>
+      <c r="C1093" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:3">
+      <c r="A1094" s="1" t="inlineStr">
+        <is>
+          <t>9786059143219</t>
+        </is>
+      </c>
+      <c r="B1094" s="1" t="inlineStr">
+        <is>
+          <t>Kütüphane ve Bilgi Merkezlerinde Stratejik İletişim Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1094" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:3">
+      <c r="A1095" s="1" t="inlineStr">
+        <is>
+          <t>9786059143202</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t>Söylem Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C1095" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:3">
+      <c r="A1096" s="1" t="inlineStr">
+        <is>
+          <t>9786059143127</t>
+        </is>
+      </c>
+      <c r="B1096" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Riskler ve Japonya Modeli</t>
+        </is>
+      </c>
+      <c r="C1096" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:3">
+      <c r="A1097" s="1" t="inlineStr">
+        <is>
+          <t>9786059143042</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t>1. Uluslararası Kütüphane ve Bilgibilim Felsefesi Sempozyumu Etik: Kuram ve Uygulama 3-5 Eylül 2014, Kastamonu</t>
+        </is>
+      </c>
+      <c r="C1097" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:3">
+      <c r="A1098" s="1" t="inlineStr">
+        <is>
+          <t>9786059143073</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t>Bilişim</t>
+        </is>
+      </c>
+      <c r="C1098" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:3">
+      <c r="A1099" s="1" t="inlineStr">
+        <is>
+          <t>9786059143080</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t>Araştırmanın Yazılması ve Sunumu</t>
+        </is>
+      </c>
+      <c r="C1099" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:3">
+      <c r="A1100" s="1" t="inlineStr">
+        <is>
+          <t>9786059143059</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Nemenra Bir Yer altı Krallığı ve Ruhların Azadı</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
+          <t>9786059143066</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Ceza İnfaz Kurumu Kütüphaneleri</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9786059143028</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Yakın Dönem Ekonomik Krizleri</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9786059143035</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>Türk Beşikdevri Basmalarında Yazma Kitap Geleneğinin Etkileri ve İçkapağın Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
+          <t>9789944157971</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>Doğunun ve Batının Yerelliği</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9786059143004</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>İlerleme Kavramı ve Bilimdeki Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9789944157995</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Pragmatizm Versus Post - Marksizm</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9789944157858</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Farklılıkların Birlikteliği</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9789944157681</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Mithat Efendi - Musahabat-ı Leyliye</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9789944157667</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>İpekyolu Ekonomileri</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9789944157988</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojide Bilginin Eleştirel Arkaplanı</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9789944157957</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>Reklamı Okumak</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9789944157742</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlamada Markalaşma Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9789944157964</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılıkta Müşteri İlişkileri Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9786052819463</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Notları</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9789944157841</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıkta İlaç Pazarlaması</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9789944157735</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>İşletmelerde Yatırım Kararları ve Hedef Pazar Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9789944157704</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılık Hizmetlerinin Pazarlanması ve Satış Gücü</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9789944157711</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>İnavasyonu Oluşturan İşletmelerin Yaşam Döngüleri</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9789944157803</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılıkta Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9789944157469</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Ürün Fikirlerinin Belirlenmesinde Kullanılan Yöntemler</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9789944157421</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Teknolojiler Işığında Bilgi ve Belge Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9789944157339</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>Yapılandırılmış Finansal Araçlar ve Aracı Kuruluşların Kaldıraçlı Hisse Senedi Piyasaları</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9789944157353</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Atatürk’ün Dış Politika Konuşmaları</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9789944157513</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>Motivasyonun Örgütsel Bağlılığa ve Performansa Etkisi</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9789944157285</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Yönetimi ve E-Lojistik</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9789944157278</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Bilgi Sistemleri</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9789944157230</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Kriz Dönemlerinde Finansal Risk Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9789944157728</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>İnternet Reklamlarının Tüketicinin Satın Alma Davranışlarına Etkileri</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9789944157797</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>İletişimin Devrim Yılları</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9789944157698</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Hizmetlerinin Pazarlamasında Eğitimcilerin Toplam Kalite Yönetimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9789944157773</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Ve...</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9789944157766</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetlerinin Pazarlaması ve Reklamın Etkileri</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9789944157940</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Ayetleri</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9786059143196</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Lojistik Yönetimi ve Girişimcilik</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9786059143158</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İnsan İçinde - Ana Akım ve Eleştirel Sosyal Psikoloji</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9786059143189</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat ve Film</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
           <t>9789944157759</t>
         </is>
       </c>
-      <c r="B1076" s="1" t="inlineStr">
+      <c r="B1137" s="1" t="inlineStr">
         <is>
           <t>Sağlık İşletmelerindeki Çatışmaların Hizmetlerin Pazarlanmasına Etkileri</t>
         </is>
       </c>
-      <c r="C1076" s="1">
+      <c r="C1137" s="1">
         <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>