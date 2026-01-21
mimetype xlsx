--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -124,81 +124,81 @@
         <is>
           <t>9786057123114</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Annem Bir Denizkızı</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057123145</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Mi Mundo En Ladino</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>570</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057123121</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Mitzi: Baroğ Hratrçun (Mitzi: Dans Eden Flamingo)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057123107</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Mitzi: Dans Eden Flamingo</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057469298</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Tetem, Sözcüklür Ve Ben</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057469274</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
@@ -214,186 +214,186 @@
         <is>
           <t>9786057469281</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Kral ile Deniz</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057469267</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Tzeverun Khaği</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786057469250</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Şekillerin Oyunu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786057469243</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Andarin Kağdniki</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786057469236</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Ormandaki Gizem</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057469229</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Yes Gi Kitzem İm Jampan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057469212</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Kendi Yolumu Çiziyorum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786050688191</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Pançareğenneru Imposdutyuni</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786050688184</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Sebzelerin İsyanı</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786050688177</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Voçkharneru Nman Purt Unenayink</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057469205</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Koyunlar Gibi Yünümüz Olsa</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786050688160</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Medz Dğaki Gu Lan (Ermenice)</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786050688153</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
@@ -424,201 +424,201 @@
         <is>
           <t>9786050688139</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Fırtına</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786050688146</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Kelime Dünyası (Ermenice)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786050688115</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Azadutyan Hraşali Mekenaneri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786058036390</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>İm Kirkıs Voç Te Ku (Ermenice)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786058036383</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Benim Kitabım Senin Değil</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786058036376</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Baron Gvotz (Bay Kılab)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786058036369</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Bay Kılab</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786058036352</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Jill ve Ejderha</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786058036345</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Jilln U Vişabı (Ermenice)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786058036314</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Mutluluk Bir Tilkidir</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786058036321</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Küçük Okul Çantası Büyük Macera</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786058036338</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Bzdig Tbrotsagan Bayusag Medz Argadz (Ermenice)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786058036307</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Yerçangutyuni Ağves Min e (Ermenice)</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>