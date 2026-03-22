--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,550 +85,565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057123152</t>
+          <t>9786050688108</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mayrigıs Dzovanuş Min E (Annem Bir Denizkızı)</t>
+          <t>Olağanüstü Özgürlük Makineleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>410</v>
+        <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057123114</t>
+          <t>9786057123152</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Annem Bir Denizkızı</t>
+          <t>Mayrigıs Dzovanuş Min E (Annem Bir Denizkızı)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057123145</t>
+          <t>9786057123114</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mi Mundo En Ladino</t>
+          <t>Annem Bir Denizkızı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>410</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057123121</t>
+          <t>9786057123145</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mitzi: Baroğ Hratrçun (Mitzi: Dans Eden Flamingo)</t>
+          <t>Mi Mundo En Ladino</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057123107</t>
+          <t>9786057123121</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mitzi: Dans Eden Flamingo</t>
+          <t>Mitzi: Baroğ Hratrçun (Mitzi: Dans Eden Flamingo)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057469298</t>
+          <t>9786057123107</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tetem, Sözcüklür Ve Ben</t>
+          <t>Mitzi: Dans Eden Flamingo</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057469274</t>
+          <t>9786057469298</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Takavorn U Dzovi (Kral ile Deniz)</t>
+          <t>Tetem, Sözcüklür Ve Ben</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057469281</t>
+          <t>9786057469274</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kral ile Deniz</t>
+          <t>Takavorn U Dzovi (Kral ile Deniz)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057469267</t>
+          <t>9786057469281</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tzeverun Khaği</t>
+          <t>Kral ile Deniz</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057469250</t>
+          <t>9786057469267</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şekillerin Oyunu</t>
+          <t>Tzeverun Khaği</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057469243</t>
+          <t>9786057469250</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Andarin Kağdniki</t>
+          <t>Şekillerin Oyunu</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057469236</t>
+          <t>9786057469243</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Gizem</t>
+          <t>Andarin Kağdniki</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057469229</t>
+          <t>9786057469236</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yes Gi Kitzem İm Jampan</t>
+          <t>Ormandaki Gizem</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057469212</t>
+          <t>9786057469229</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolumu Çiziyorum</t>
+          <t>Yes Gi Kitzem İm Jampan</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050688191</t>
+          <t>9786057469212</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pançareğenneru Imposdutyuni</t>
+          <t>Kendi Yolumu Çiziyorum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050688184</t>
+          <t>9786050688191</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sebzelerin İsyanı</t>
+          <t>Pançareğenneru Imposdutyuni</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050688177</t>
+          <t>9786050688184</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Voçkharneru Nman Purt Unenayink</t>
+          <t>Sebzelerin İsyanı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057469205</t>
+          <t>9786050688177</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Koyunlar Gibi Yünümüz Olsa</t>
+          <t>Voçkharneru Nman Purt Unenayink</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786050688160</t>
+          <t>9786057469205</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Medz Dğaki Gu Lan (Ermenice)</t>
+          <t>Koyunlar Gibi Yünümüz Olsa</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050688153</t>
+          <t>9786050688160</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Erkek Adam Ağlar</t>
+          <t>Medz Dğaki Gu Lan (Ermenice)</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050688122</t>
+          <t>9786050688153</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fırtına (Ermenice)</t>
+          <t>Erkek Adam Ağlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050688139</t>
+          <t>9786050688122</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Fırtına (Ermenice)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050688146</t>
+          <t>9786050688139</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kelime Dünyası (Ermenice)</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050688115</t>
+          <t>9786050688146</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Azadutyan Hraşali Mekenaneri</t>
+          <t>Kelime Dünyası (Ermenice)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058036390</t>
+          <t>9786050688115</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İm Kirkıs Voç Te Ku (Ermenice)</t>
+          <t>Azadutyan Hraşali Mekenaneri</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058036383</t>
+          <t>9786058036390</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Benim Kitabım Senin Değil</t>
+          <t>İm Kirkıs Voç Te Ku (Ermenice)</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058036376</t>
+          <t>9786058036383</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Baron Gvotz (Bay Kılab)</t>
+          <t>Benim Kitabım Senin Değil</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058036369</t>
+          <t>9786058036376</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bay Kılab</t>
+          <t>Baron Gvotz (Bay Kılab)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058036352</t>
+          <t>9786058036369</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Jill ve Ejderha</t>
+          <t>Bay Kılab</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058036345</t>
+          <t>9786058036352</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Jilln U Vişabı (Ermenice)</t>
+          <t>Jill ve Ejderha</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058036314</t>
+          <t>9786058036345</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bir Tilkidir</t>
+          <t>Jilln U Vişabı (Ermenice)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058036321</t>
+          <t>9786058036314</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Küçük Okul Çantası Büyük Macera</t>
+          <t>Mutluluk Bir Tilkidir</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058036338</t>
+          <t>9786058036321</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bzdig Tbrotsagan Bayusag Medz Argadz (Ermenice)</t>
+          <t>Küçük Okul Çantası Büyük Macera</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
+          <t>9786058036338</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bzdig Tbrotsagan Bayusag Medz Argadz (Ermenice)</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
           <t>9786058036307</t>
         </is>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Yerçangutyuni Ağves Min e (Ermenice)</t>
         </is>
       </c>
-      <c r="C35" s="1">
+      <c r="C36" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>