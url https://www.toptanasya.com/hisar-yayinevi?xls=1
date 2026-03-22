--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -85,1495 +85,1510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257597043</t>
+          <t>9789757422761</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fıkh-ı Ekber Şerhi (Ciltli)</t>
+          <t>Kudsi Hadisler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757422778</t>
+          <t>9786257597043</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnetin Işığında Tasavvufi ve İtikadi Meseleleri Anlamak</t>
+          <t>Fıkh-ı Ekber Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757422102</t>
+          <t>9789757422778</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Siyasi, İtikadi ve Fıkhi Mezhepler Tarihi (Şamua) (Ciltli)</t>
+          <t>Kur'an ve Sünnetin Işığında Tasavvufi ve İtikadi Meseleleri Anlamak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757422532</t>
+          <t>9789757422102</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İnsan-ı Kamil</t>
+          <t>İslam’da Siyasi, İtikadi ve Fıkhi Mezhepler Tarihi (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757422068</t>
+          <t>9789757422532</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Üçaylar ve Faziletleri</t>
+          <t>İnsan-ı Kamil</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>10</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757422747</t>
+          <t>9789757422068</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şema’il Şerif Hadislerle Peygamberimiz (s.a.v)’in Güzel Ahlakı (Ciltli)</t>
+          <t>Üçaylar ve Faziletleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757422327</t>
+          <t>9789757422747</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Riyazü’s Salihin (3 Kitap Takım) (Ciltli)</t>
+          <t>Şema’il Şerif Hadislerle Peygamberimiz (s.a.v)’in Güzel Ahlakı (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000026013</t>
+          <t>9789757422327</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası</t>
+          <t>Riyazü’s Salihin (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000005154</t>
+          <t>3990000026013</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Manevi Ufuklar 2</t>
+          <t>Namaz Hocası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000005155</t>
+          <t>3990000005154</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Manevi Ufuklar 1</t>
+          <t>Manevi Ufuklar 2</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000011538</t>
+          <t>3990000005155</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve İzahlı Meali (Orta Boy) (Ciltli)</t>
+          <t>Manevi Ufuklar 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000005659</t>
+          <t>3990000011538</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve İzahlı Meali (Cami Boy) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve İzahlı Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757422723</t>
+          <t>3990000005659</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Elifbası</t>
+          <t>Kur’an-ı Kerim ve İzahlı Meali (Cami Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000009444</t>
+          <t>9789757422723</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Orta Boy Yeşil Kapak) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000009445</t>
+          <t>3990000009444</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Bilgisayar Hatlı)</t>
+          <t>Kur’an-ı Kerim (Orta Boy Yeşil Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757422471</t>
+          <t>3990000009445</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Kur’an-ı Kerim (Bilgisayar Hatlı)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>125</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757422686</t>
+          <t>9789757422471</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis (Mini Boy)</t>
+          <t>Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000006943</t>
+          <t>9789757422686</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kalblerin Keşfi (Küçük Boy) (Ciltli)</t>
+          <t>Kırk Hadis (Mini Boy)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>18</v>
+        <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000014185</t>
+          <t>3990000006943</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İslam Işığında Doğu ve Batı Mukayesesi</t>
+          <t>Kalblerin Keşfi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757422181</t>
+          <t>3990000014185</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Beklediği Nizam İslam</t>
+          <t>İslam Işığında Doğu ve Batı Mukayesesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757422211</t>
+          <t>9789757422181</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İlahi Rahmet Hz. Muhammed Sallallahu Aleyhi ve Sellem’in Hayatı (Ciltli)</t>
+          <t>İnsanlığın Beklediği Nizam İslam</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000011016</t>
+          <t>9789757422211</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan ve Hz. Hüseyin</t>
+          <t>İlahi Rahmet Hz. Muhammed Sallallahu Aleyhi ve Sellem’in Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>15</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000011018</t>
+          <t>3990000011016</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed’in Hayatı (Dergi Boy)</t>
+          <t>Hz. Hasan ve Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000011013</t>
+          <t>3990000011018</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Muhammed’in (S.A.V) Hayatı</t>
+          <t>Hazreti Muhammed’in Hayatı (Dergi Boy)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757422334</t>
+          <t>3990000011013</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Fıkh-ı Ekber Şerhi (Ciltli)</t>
+          <t>Hazret-i Muhammed’in (S.A.V) Hayatı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757422020</t>
+          <t>9789757422334</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Zikirler</t>
+          <t>Fıkh-ı Ekber Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000016193</t>
+          <t>9789757422020</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (2. Hamur) (Ciltli)</t>
+          <t>Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000005961</t>
+          <t>3990000016193</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Birleşen Yollar</t>
+          <t>Büyük İslam İlmihali (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2880000003724</t>
+          <t>3990000005961</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Altıparmak Peygamberler Tarihi (Ciltli)</t>
+          <t>Birleşen Yollar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000006937</t>
+          <t>2880000003724</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Alemlerin Sırrı (Sırrü'l Alemin)</t>
+          <t>Altıparmak Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757422013</t>
+          <t>3990000006937</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yasin Tebareke Amme Duhan Fetih Vakıa Cuma Kısa Sureler ve Hatim Duası (Arapça)</t>
+          <t>Alemlerin Sırrı (Sırrü'l Alemin)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>7</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000009443</t>
+          <t>9789757422013</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Hac ve Umre Rehberi</t>
+          <t>Yasin Tebareke Amme Duhan Fetih Vakıa Cuma Kısa Sureler ve Hatim Duası (Arapça)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>2880000058748</t>
+          <t>3990000009443</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Kadın Kahramanları</t>
+          <t>İzahlı Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000003113</t>
+          <t>2880000058748</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İslam-ı Seçenler</t>
+          <t>İslam’ın Kadın Kahramanları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000011116</t>
+          <t>3990000003113</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Siyasi, İtikadi ve Fıkhi Mezhepler Tarihi (2. Hamur) (Ciltli)</t>
+          <t>İslam-ı Seçenler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000011101</t>
+          <t>3990000011116</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İslam Kahramanları Ashab-ı Kiram (5 Kitap Takım)</t>
+          <t>İslam’da Siyasi, İtikadi ve Fıkhi Mezhepler Tarihi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757422433</t>
+          <t>3990000011101</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Esmaü’l Hüsna</t>
+          <t>İslam Kahramanları Ashab-ı Kiram (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000017929</t>
+          <t>9789757422433</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslami İktisad'ın Esasları</t>
+          <t>Esmaü’l Hüsna</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000071291</t>
+          <t>3990000017929</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Şamua) (Ciltli)</t>
+          <t>İslami İktisad'ın Esasları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>550</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757422877</t>
+          <t>3990000071291</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İhya-u Ulumi'd-Din (8 Cilt Takım) (Ciltli)</t>
+          <t>Büyük İslam İlmihali (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>3200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000010469</t>
+          <t>9789757422877</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sahihi Buhari (Zübdetü'l-Buhari) (Ciltli)</t>
+          <t>İhya-u Ulumi'd-Din (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000028999</t>
+          <t>3990000010469</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi (Şamua) (Ciltli)</t>
+          <t>Muhtasar Sahihi Buhari (Zübdetü'l-Buhari) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757422822</t>
+          <t>3990000028999</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve Hadisler Işığında Fıkhi Vaazlar (3 Cilt Takım) (Ciltli)</t>
+          <t>Kalplerin Keşfi (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1050</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000010657</t>
+          <t>9789757422822</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve İzahlı Meali (Rahle Boy) (Ciltli)</t>
+          <t>Ayetler ve Hadisler Işığında Fıkhi Vaazlar (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000018167</t>
+          <t>3990000010657</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy - Bilgisayar Hatlı) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve İzahlı Meali (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000010644</t>
+          <t>3990000018167</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy - Bilgisayar Hatlı) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Rahle Boy - Bilgisayar Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2890000002498</t>
+          <t>3990000010644</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Davet ve Tebliğ - İslami Sistemler (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Orta Boy - Bilgisayar Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757422099</t>
+          <t>2890000002498</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Cilt: 2 (Ciltli)</t>
+          <t>İslam'da Davet ve Tebliğ - İslami Sistemler (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>3990000017163</t>
+          <t>9789757422099</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Cami Boy) (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757422129</t>
+          <t>3990000017163</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Cilt: 5 (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Cami Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>65</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757422150</t>
+          <t>9789757422129</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Cilt: 8 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757422143</t>
+          <t>9789757422150</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Cilt: 7 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789757422136</t>
+          <t>9789757422143</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Cilt: 6 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757422082</t>
+          <t>9789757422136</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Cilt: 1 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789757422709</t>
+          <t>9789757422082</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İyiliği Emretmek ve Kötülükten Menetmek</t>
+          <t>Hak Dini Kur'an Dili Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789757422464</t>
+          <t>9789757422709</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yasin</t>
+          <t>İyiliği Emretmek ve Kötülükten Menetmek</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757422273</t>
+          <t>9789757422464</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Hocası ve Kur’an Dili</t>
+          <t>Yasin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757422105</t>
+          <t>9789757422273</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili Cilt: 3 (Ciltli)</t>
+          <t>Kur’an Hocası ve Kur’an Dili</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757422440</t>
+          <t>9789757422105</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis (Cep Boy)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789757422891</t>
+          <t>9789757422440</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili'nden Namaz Sureleri (Meal - Tefsir)</t>
+          <t>Kırk Hadis (Cep Boy)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757422921</t>
+          <t>9789757422891</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tarikati Muhammediyye Tercemesi (Şamua) (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili'nden Namaz Sureleri (Meal - Tefsir)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757422808</t>
+          <t>9789757422921</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tarikati Muhammediyye Tercemesi (2. Hamur) (Ciltli)</t>
+          <t>Tarikati Muhammediyye Tercemesi (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>750</v>
+        <v>900</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257597012</t>
+          <t>9789757422808</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İlmihal</t>
+          <t>Tarikati Muhammediyye Tercemesi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757422006</t>
+          <t>9786257597012</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Nezih İtikadları: Ashab-ı Kıram Hakkında</t>
+          <t>Mızraklı İlmihal</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757422884</t>
+          <t>9789757422006</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkhı Mülteka (4 Cilt, Şamua) (Ciltli)</t>
+          <t>Müslümanların Nezih İtikadları: Ashab-ı Kıram Hakkında</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>4000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757422969</t>
+          <t>9789757422884</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sünen-i Nesai Tercümesi (4 Cilt Takım) (Ciltli)</t>
+          <t>İslam Fıkhı Mülteka (4 Cilt, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>5000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757422358</t>
+          <t>9789757422969</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi - Mükaşefetü'l Kulub (Ciltli)</t>
+          <t>Sünen-i Nesai Tercümesi (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>900</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789757422259</t>
+          <t>9789757422358</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sualli - Cevaplı İzahlı Karabaş Tecvidi</t>
+          <t>Kalplerin Keşfi - Mükaşefetü'l Kulub (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>70</v>
+        <v>900</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757422235</t>
+          <t>9789757422259</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Salihler Bahçesi</t>
+          <t>Sualli - Cevaplı İzahlı Karabaş Tecvidi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757422396</t>
+          <t>9789757422235</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Peygamberi Resulü Ekrem Efendimiz Hz. Muhammed’in Hayatı (Siyer-i Nebi) (Ciltli)</t>
+          <t>Salihler Bahçesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757422938</t>
+          <t>9789757422396</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Türkçe Lugat (Ciltli)</t>
+          <t>Rahmet Peygamberi Resulü Ekrem Efendimiz Hz. Muhammed’in Hayatı (Siyer-i Nebi) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789757422525</t>
+          <t>9789757422938</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Münebbihat</t>
+          <t>Osmanlıca Türkçe Lugat (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789757422341</t>
+          <t>9789757422525</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Sahihi Buhari (Zübdetü’l - Buhari) (Ciltli)</t>
+          <t>Münebbihat</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789757422051</t>
+          <t>9789757422341</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Musahhah Mevlidi Şerif</t>
+          <t>Muhtasar Sahihi Buhari (Zübdetü’l - Buhari) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789757422112</t>
+          <t>9789757422051</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l-Haraç (Ciltli)</t>
+          <t>Musahhah Mevlidi Şerif</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789757422228</t>
+          <t>9789757422112</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kimya-yı Saadet</t>
+          <t>Kitabu’l-Haraç (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757422754</t>
+          <t>9789757422228</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Namaz Hocası</t>
+          <t>Kimya-yı Saadet</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789757422457</t>
+          <t>9789757422754</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İnançta Hassas Ölçüler</t>
+          <t>İzahlı Namaz Hocası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757422495</t>
+          <t>9789757422457</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İlahi Saadet</t>
+          <t>İnançta Hassas Ölçüler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789757422372</t>
+          <t>9789757422495</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hüccetü’l İslam</t>
+          <t>İlahi Saadet</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757422242</t>
+          <t>9789757422372</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed’in Hayatı (Roman Boy)</t>
+          <t>Hüccetü’l İslam</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757422785</t>
+          <t>9789757422242</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Din’de Kırk Esas</t>
+          <t>Hazreti Muhammed’in Hayatı (Roman Boy)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789757422488</t>
+          <t>9789757422785</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Aleminin Sırları</t>
+          <t>Din’de Kırk Esas</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789757422402</t>
+          <t>9789757422488</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Abidler Yolu</t>
+          <t>Ahiret Aleminin Sırları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757422037</t>
+          <t>9789757422402</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dualar</t>
+          <t>Abidler Yolu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757422716</t>
+          <t>9789757422037</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Osman</t>
+          <t>En Güzel Dualar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789757422846</t>
+          <t>9789757422716</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hüccetü'l İslam</t>
+          <t>Oğlum Osman</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789757422174</t>
+          <t>9789757422846</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili (10 Cilt Takım) (Ciltli)</t>
+          <t>Hüccetü'l İslam</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>8500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757422556</t>
+          <t>9789757422174</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tabri Tefsiri (9 Kitap Takım) (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>8000</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789757422945</t>
+          <t>9789757422556</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi - Mükaşefetü'l Kulub (Ciltli)</t>
+          <t>Tabri Tefsiri (9 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>750</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789757422730</t>
+          <t>9789757422945</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin (Tek Cilt, Şamua) (Ciltli)</t>
+          <t>Kalplerin Keşfi - Mükaşefetü'l Kulub (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757422693</t>
+          <t>9789757422730</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Sallallahu Aleyhi ve Sellem Efendimizin Gece ve Gündüz Yaptığı Ameller ve Dualar</t>
+          <t>Riyazü's Salihin (Tek Cilt, Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789757422952</t>
+          <t>9789757422693</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İtikatta Sözün Özü</t>
+          <t>Peygamber Sallallahu Aleyhi ve Sellem Efendimizin Gece ve Gündüz Yaptığı Ameller ve Dualar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789757422518</t>
+          <t>9789757422952</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Hac ve Umre Rehberi (Şamua)</t>
+          <t>İtikatta Sözün Özü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789757422679</t>
+          <t>9789757422518</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin İniş Sebepleri ve Sonuçları Üzerine Bir Araştırma (Ciltli)</t>
+          <t>İzahlı Hac ve Umre Rehberi (Şamua)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789757422914</t>
+          <t>9789757422679</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Evlenme Adabı</t>
+          <t>Ayetlerin İniş Sebepleri ve Sonuçları Üzerine Bir Araştırma (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
+          <t>9789757422914</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Evlenme Adabı</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
           <t>9789757422907</t>
         </is>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Kürsüden Müminlere Vaazlar (Ciltli)</t>
         </is>
       </c>
-      <c r="C98" s="1">
+      <c r="C99" s="1">
         <v>850</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>