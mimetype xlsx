--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -85,1000 +85,1135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255539106</t>
+          <t>9786255539120</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nostalji</t>
+          <t>Acıyı Bilmek</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255539090</t>
+          <t>9786255539113</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sana Dünyayı Göstermek İsterdim</t>
+          <t>Baba İzi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255539069</t>
+          <t>9786259993065</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Shogun (II. Cilt)</t>
+          <t>Gemiden Düşen Adam</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>680</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255539052</t>
+          <t>9786259993041</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uzak Dünya</t>
+          <t>Ebedi Ev</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255539045</t>
+          <t>9786057346896</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çoban Kulübesi</t>
+          <t>Tren Düşleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255539038</t>
+          <t>9786255539144</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Faşist Olunur: Bir Kılavuz</t>
+          <t>Şu Sevdalar Tevatürü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255539014</t>
+          <t>9786255539151</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Daha Küçük Bir Gökyüzü</t>
+          <t>Parya Koma</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259839592</t>
+          <t>9786255539168</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Shōgun</t>
+          <t>Mümkansız Şeyler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259839578</t>
+          <t>9786255539137</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Temiz Kâğıdı (Ciltli)</t>
+          <t>Delirmek Belirmektir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259839554</t>
+          <t>9786255539106</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Temiz Kâğıdı</t>
+          <t>Nostalji</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259839561</t>
+          <t>9786255539090</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Sana Dünyayı Göstermek İsterdim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259839530</t>
+          <t>9786255539069</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Ormanları</t>
+          <t>Shogun (II. Cilt)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>680</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259993027</t>
+          <t>9786255539052</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Ülke</t>
+          <t>Uzak Dünya</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259993034</t>
+          <t>9786255539045</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Netflix’in Doğuşu ve İnanılmaz Serüveni</t>
+          <t>Çoban Kulübesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057346865</t>
+          <t>9786255539038</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yaygın Yanlışlar Ansiklopedisi</t>
+          <t>Nasıl Faşist Olunur: Bir Kılavuz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057346803</t>
+          <t>9786255539014</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Komedi Komedi Komedi Dram</t>
+          <t>Daha Küçük Bir Gökyüzü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057387387</t>
+          <t>9786259839592</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>ViskiRing</t>
+          <t>Shōgun</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057415349</t>
+          <t>9786259839578</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eski Dünyanın Yangını</t>
+          <t>Temiz Kâğıdı (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057415363</t>
+          <t>9786259839554</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eksiği</t>
+          <t>Temiz Kâğıdı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057415370</t>
+          <t>9786259839561</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aylağın Yapılacaklar Listesi</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057415356</t>
+          <t>9786259839530</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalan Adam: Ahmet Hamdi Tanpınar</t>
+          <t>Kuzey Ormanları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>278</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057065292</t>
+          <t>9786259993027</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>‘Susanlara Hiçbir Şey Sormayınız,</t>
+          <t>Sınırsız Ülke</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057454133</t>
+          <t>9786259993034</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Portakal Yokuşu</t>
+          <t>Netflix’in Doğuşu ve İnanılmaz Serüveni</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057454140</t>
+          <t>9786057346865</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Elinden Alınan Adam Oğuz Atay</t>
+          <t>Yaygın Yanlışlar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057489425</t>
+          <t>9786057346803</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hep Sociedad Yüzünden</t>
+          <t>Komedi Komedi Komedi Dram</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057415332</t>
+          <t>9786057387387</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sincaplı Buda</t>
+          <t>ViskiRing</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057489432</t>
+          <t>9786057415349</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şapşallar</t>
+          <t>Eski Dünyanın Yangını</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057489418</t>
+          <t>9786057415363</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Planlı Yapılmadık</t>
+          <t>Eksiği</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057489470</t>
+          <t>9786057415370</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay Sözlüğü</t>
+          <t>Aylağın Yapılacaklar Listesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057489456</t>
+          <t>9786057415356</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uzun Günlerin Hasadı</t>
+          <t>Geç Kalan Adam: Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>278</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057489494</t>
+          <t>9786057065292</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Anlatımın Sınır Boylarında Finnegans Wake’i Çevirmek</t>
+          <t>‘Susanlara Hiçbir Şey Sormayınız,</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057489487</t>
+          <t>9786057454133</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>O’lala Kliniği</t>
+          <t>Portakal Yokuşu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057065278</t>
+          <t>9786057454140</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yarın Gene Oynarız</t>
+          <t>Geleceği Elinden Alınan Adam Oğuz Atay</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057065285</t>
+          <t>9786057489425</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Arkası</t>
+          <t>Hep Sociedad Yüzünden</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057454119</t>
+          <t>9786057415332</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünyasız</t>
+          <t>Sincaplı Buda</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057065261</t>
+          <t>9786057489432</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Güzeşte</t>
+          <t>Şapşallar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057454126</t>
+          <t>9786057489418</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Semender</t>
+          <t>Planlı Yapılmadık</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>98</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057489449</t>
+          <t>9786057489470</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce</t>
+          <t>Oğuz Atay Sözlüğü</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057415325</t>
+          <t>9786057489456</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beşerbazın Marifeti</t>
+          <t>Uzun Günlerin Hasadı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>168</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057415301</t>
+          <t>9786057489494</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Juvenil</t>
+          <t>Dil ve Anlatımın Sınır Boylarında Finnegans Wake’i Çevirmek</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057489463</t>
+          <t>9786057489487</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ötesi Berisi</t>
+          <t>O’lala Kliniği</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057489401</t>
+          <t>9786057065278</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Kadın Ressamlar</t>
+          <t>Yarın Gene Oynarız</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057454102</t>
+          <t>9786057065285</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zerban</t>
+          <t>Kalbin Arkası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>42</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255539076</t>
+          <t>9786057454119</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Piyano Akortçusu</t>
+          <t>Dünyasız</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255539007</t>
+          <t>9786057065261</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şehit!</t>
+          <t>Güzeşte</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259839585</t>
+          <t>9786057454126</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hastane</t>
+          <t>Semender</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>98</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259839547</t>
+          <t>9786057489449</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beden Kaçarken</t>
+          <t>Ölmeden Önce</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259839516</t>
+          <t>9786057415325</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Boncuk</t>
+          <t>Beşerbazın Marifeti</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>168</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259839523</t>
+          <t>9786057415301</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Boncuk (Ciltli)</t>
+          <t>Juvenil</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259839509</t>
+          <t>9786057489463</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Arkada Yaylılar Çalıyor (Ciltli)</t>
+          <t>Ötesi Berisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259993096</t>
+          <t>9786057489401</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Arkada Yaylılar Çalıyor</t>
+          <t>Unutulmuş Kadın Ressamlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259993089</t>
+          <t>9786057454102</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşçı</t>
+          <t>Zerban</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259993072</t>
+          <t>9786255539076</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Anatomisi</t>
+          <t>Piyano Akortçusu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259993058</t>
+          <t>9786255539007</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Öğretmeni Sevmekle Başlar</t>
+          <t>Şehit!</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259993010</t>
+          <t>9786259839585</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yanmış, Her Şey Yıkılmış</t>
+          <t>Hastane</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259993003</t>
+          <t>9786259839547</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Acayip Yaratıklar Sözlüğü</t>
+          <t>Beden Kaçarken</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057346889</t>
+          <t>9786259839516</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Amerika Kuşları</t>
+          <t>Boncuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057346872</t>
+          <t>9786259839523</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kış Askeri</t>
+          <t>Boncuk (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057346834</t>
+          <t>9786259839509</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Kol Hikayesi</t>
+          <t>Arkada Yaylılar Çalıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057346841</t>
+          <t>9786259993096</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Opus</t>
+          <t>Arkada Yaylılar Çalıyor</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057346827</t>
+          <t>9786259993089</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türk Canavarları Sözlüğü (Resimli)</t>
+          <t>Aşçı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057346810</t>
+          <t>9786259993072</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Kanatlar</t>
+          <t>Yalnızlığın Anatomisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057387394</t>
+          <t>9786259993058</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel</t>
+          <t>Her Şey Bir Öğretmeni Sevmekle Başlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
+          <t>9786259993010</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Yanmış, Her Şey Yıkılmış</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786259993003</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Acayip Yaratıklar Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786057346889</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Amerika Kuşları</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786057346872</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Kış Askeri</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786057346834</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kol Hikayesi</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786057346841</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Opus</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786057346827</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Türk Canavarları Sözlüğü (Resimli)</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786057346810</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Kökler ve Kanatlar</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786057387394</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Güzel</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
           <t>9786057415318</t>
         </is>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Ahmet Hamdi Tanpınar Sözlüğü</t>
         </is>
       </c>
-      <c r="C65" s="1">
+      <c r="C74" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>