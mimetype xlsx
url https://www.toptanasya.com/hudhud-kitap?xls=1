--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,475 +85,505 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259590035</t>
+          <t>9786259590097</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi</t>
+          <t>Peygamber Meslekleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259590042</t>
+          <t>9786259360904</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Hikayesi</t>
+          <t>Müslümanların Özel Günleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259590080</t>
+          <t>9786259590035</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Evi Nerede?</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259590073</t>
+          <t>9786259590042</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültür Kartları</t>
+          <t>Kur'an'ın Hikayesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259590066</t>
+          <t>9786259590080</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gazze 4</t>
+          <t>Allah'ın Evi Nerede?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259590059</t>
+          <t>9786259590073</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Asil 2 - Bir Casusun İkilemi</t>
+          <t>İslam Kültür Kartları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259590028</t>
+          <t>9786259590066</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kelime Besmele</t>
+          <t>Gazze 4</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259590011</t>
+          <t>9786259590059</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram Atlası</t>
+          <t>Asil 2 - Bir Casusun İkilemi</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259590004</t>
+          <t>9786259590028</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İlk Ev Kâbe</t>
+          <t>Mucize Kelime Besmele</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259861692</t>
+          <t>9786259590011</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Son Beş Dakika – Bir Oruç Macerası</t>
+          <t>Ashab-ı Kiram Atlası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259861685</t>
+          <t>9786259590004</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Üç Başkente Yolculuk</t>
+          <t>İlk Ev Kâbe</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259560304</t>
+          <t>9786259861692</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Camdan Cami</t>
+          <t>Son Beş Dakika – Bir Oruç Macerası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259861678</t>
+          <t>9786259861685</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Olağanüstü Halleri</t>
+          <t>Üç Başkente Yolculuk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259861661</t>
+          <t>9786259560304</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gazze 3</t>
+          <t>Camdan Cami</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259861623</t>
+          <t>9786259861678</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yolcunun El Kitabı</t>
+          <t>Kalbin Olağanüstü Halleri</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259861654</t>
+          <t>9786259861661</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Acaba Maceraları</t>
+          <t>Gazze 3</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259861647</t>
+          <t>9786259861623</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Asil 1 - Abdülhamid Han’ın Sarayında Bir Casus</t>
+          <t>Yolcunun El Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259861630</t>
+          <t>9786259861654</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gazze 2</t>
+          <t>Acaba Maceraları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256901865</t>
+          <t>9786259861647</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa Muhabbetler - Hayatın İçinden Tefsir Okumaları</t>
+          <t>Asil 1 - Abdülhamid Han’ın Sarayında Bir Casus</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259861616</t>
+          <t>9786259861630</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Sahibi Kim?</t>
+          <t>Gazze 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256901759</t>
+          <t>9786256901865</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kahramanları</t>
+          <t>Ruha Şifa Muhabbetler - Hayatın İçinden Tefsir Okumaları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259861609</t>
+          <t>9786259861616</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Gazze Masalı</t>
+          <t>Ormanın Sahibi Kim?</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259411514</t>
+          <t>9786256901759</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gazze - Bir Direniş Çizgi Romanı</t>
+          <t>Oruç Kahramanları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256901681</t>
+          <t>9786259861609</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sepet</t>
+          <t>Bir Gazze Masalı</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256901575</t>
+          <t>9786259411514</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Yolu</t>
+          <t>Gazze - Bir Direniş Çizgi Romanı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256901582</t>
+          <t>9786256901681</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Atlası</t>
+          <t>Kırık Sepet</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256901421</t>
+          <t>9786256901575</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescide Yolculuk</t>
+          <t>Dervişin Yolu</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258480993</t>
+          <t>9786256901582</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Gül</t>
+          <t>Nebiler Atlası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
+          <t>9786256901421</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Üç Mescide Yolculuk</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786258480993</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Her Güne Bir Gül</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
           <t>9786258480979</t>
         </is>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Asr-ı Saadet Atlası</t>
         </is>
       </c>
-      <c r="C30" s="1">
+      <c r="C32" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>