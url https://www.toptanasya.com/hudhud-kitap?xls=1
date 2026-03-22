--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,505 +85,565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259590097</t>
+          <t>9786259360942</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Meslekleri</t>
+          <t>Namaz İçin Gizli Bir Yer</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259360904</t>
+          <t>9786259360928</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Özel Günleri</t>
+          <t>Selam Dediğin Şey</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259590035</t>
+          <t>9786259360935</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi</t>
+          <t>Feride Soruların Peşinde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259590042</t>
+          <t>9786259360911</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Hikayesi</t>
+          <t>Ramazan Postası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259590080</t>
+          <t>9786259590097</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Evi Nerede?</t>
+          <t>Peygamber Meslekleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259590073</t>
+          <t>9786259360904</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültür Kartları</t>
+          <t>Müslümanların Özel Günleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259590066</t>
+          <t>9786259590035</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gazze 4</t>
+          <t>Kalplerin Keşfi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259590059</t>
+          <t>9786259590042</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Asil 2 - Bir Casusun İkilemi</t>
+          <t>Kur'an'ın Hikayesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259590028</t>
+          <t>9786259590080</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mucize Kelime Besmele</t>
+          <t>Allah'ın Evi Nerede?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259590011</t>
+          <t>9786259590073</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kiram Atlası</t>
+          <t>İslam Kültür Kartları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259590004</t>
+          <t>9786259590066</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İlk Ev Kâbe</t>
+          <t>Gazze 4</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259861692</t>
+          <t>9786259590059</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Son Beş Dakika – Bir Oruç Macerası</t>
+          <t>Asil 2 - Bir Casusun İkilemi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259861685</t>
+          <t>9786259590028</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Üç Başkente Yolculuk</t>
+          <t>Mucize Kelime Besmele</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259560304</t>
+          <t>9786259590011</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Camdan Cami</t>
+          <t>Ashab-ı Kiram Atlası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259861678</t>
+          <t>9786259590004</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Olağanüstü Halleri</t>
+          <t>İlk Ev Kâbe</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259861661</t>
+          <t>9786259861692</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gazze 3</t>
+          <t>Son Beş Dakika – Bir Oruç Macerası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259861623</t>
+          <t>9786259861685</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yolcunun El Kitabı</t>
+          <t>Üç Başkente Yolculuk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259861654</t>
+          <t>9786259560304</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Acaba Maceraları</t>
+          <t>Camdan Cami</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259861647</t>
+          <t>9786259861678</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Asil 1 - Abdülhamid Han’ın Sarayında Bir Casus</t>
+          <t>Kalbin Olağanüstü Halleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259861630</t>
+          <t>9786259861661</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gazze 2</t>
+          <t>Gazze 3</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256901865</t>
+          <t>9786259861623</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa Muhabbetler - Hayatın İçinden Tefsir Okumaları</t>
+          <t>Yolcunun El Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>205</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259861616</t>
+          <t>9786259861654</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Sahibi Kim?</t>
+          <t>Acaba Maceraları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256901759</t>
+          <t>9786259861647</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Oruç Kahramanları</t>
+          <t>Asil 1 - Abdülhamid Han’ın Sarayında Bir Casus</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259861609</t>
+          <t>9786259861630</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Gazze Masalı</t>
+          <t>Gazze 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259411514</t>
+          <t>9786256901865</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gazze - Bir Direniş Çizgi Romanı</t>
+          <t>Ruha Şifa Muhabbetler - Hayatın İçinden Tefsir Okumaları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256901681</t>
+          <t>9786259861616</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sepet</t>
+          <t>Ormanın Sahibi Kim?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256901575</t>
+          <t>9786256901759</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Yolu</t>
+          <t>Oruç Kahramanları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256901582</t>
+          <t>9786259861609</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nebiler Atlası</t>
+          <t>Bir Gazze Masalı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256901421</t>
+          <t>9786259411514</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescide Yolculuk</t>
+          <t>Gazze - Bir Direniş Çizgi Romanı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258480993</t>
+          <t>9786256901681</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Gül</t>
+          <t>Kırık Sepet</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>9786256901575</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Dervişin Yolu</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786256901582</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Nebiler Atlası</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786256901421</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Üç Mescide Yolculuk</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786258480993</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Her Güne Bir Gül</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
           <t>9786258480979</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Asr-ı Saadet Atlası</t>
         </is>
       </c>
-      <c r="C32" s="1">
-        <v>200</v>
+      <c r="C36" s="1">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>