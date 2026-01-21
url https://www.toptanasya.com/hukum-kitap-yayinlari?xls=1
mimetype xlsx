--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,595 +85,610 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057281531</t>
+          <t>9786057281548</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Beka Meselesi Olarak Buhari İtirazlar Cevaplar</t>
+          <t>Evrim İlmi Bir Hakikat mi İdeolojik Aldatma mı?!</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050644197</t>
+          <t>9786057281531</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kıştaki Bahar Mahmud Efendi Hazretleri</t>
+          <t>Bir Beka Meselesi Olarak Buhari İtirazlar Cevaplar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050644173</t>
+          <t>9786050644197</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Babamın Hatıralarıyla Yakın Tarih</t>
+          <t>Kıştaki Bahar Mahmud Efendi Hazretleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050644166</t>
+          <t>9786050644173</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Ufkunda Son İslam Devleti</t>
+          <t>Babamın Hatıralarıyla Yakın Tarih</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056917080</t>
+          <t>9786050644166</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili İle Baş Başa</t>
+          <t>Osmanlı'nın Ufkunda Son İslam Devleti</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056917073</t>
+          <t>9786056917080</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çağa Şeref Verenler</t>
+          <t>En Sevgili İle Baş Başa</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056753688</t>
+          <t>9786056917073</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Neden Kur’an-ı Kerim Hedef</t>
+          <t>Çağa Şeref Verenler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056753640</t>
+          <t>9786056753688</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hareketü'l Kuraniyyin Fi Mizani'l Kur'an-ı Kerim</t>
+          <t>Neden Kur’an-ı Kerim Hedef</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056753633</t>
+          <t>9786056753640</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nahve Rayeti'l İslam</t>
+          <t>Hareketü'l Kuraniyyin Fi Mizani'l Kur'an-ı Kerim</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056917004</t>
+          <t>9786056753633</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam'ın İzinde</t>
+          <t>Nahve Rayeti'l İslam</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056917011</t>
+          <t>9786056917004</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nüzul-i İsa</t>
+          <t>İmam-ı Azam'ın İzinde</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056753664</t>
+          <t>9786056917011</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Helalini Arayan Genç</t>
+          <t>Nüzul-i İsa</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056608162</t>
+          <t>9786056753664</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Umut Kıtası Alem-i İslam</t>
+          <t>Helalini Arayan Genç</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056753602</t>
+          <t>9786056608162</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Mekteptir Oruç</t>
+          <t>İnsanlığın Umut Kıtası Alem-i İslam</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056608193</t>
+          <t>9786056753602</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Allah-u Ekber Yıkılsın Hayber</t>
+          <t>Bir Mekteptir Oruç</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056753619</t>
+          <t>9786056608193</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir İnkılaptır Namaz</t>
+          <t>Allah-u Ekber Yıkılsın Hayber</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056753657</t>
+          <t>9786056753619</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üstad'ın Gençliğe Hitabesi'ne Dair</t>
+          <t>Bir İnkılaptır Namaz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056753626</t>
+          <t>9786056753657</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İftiraların Odağındaki Sahabi : Ebu Hureyre</t>
+          <t>Üstad'ın Gençliğe Hitabesi'ne Dair</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056608155</t>
+          <t>9786056753626</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İki Devrin Ulu Hocası Ali Haydar Efendi</t>
+          <t>İftiraların Odağındaki Sahabi : Ebu Hureyre</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056608186</t>
+          <t>9786056608155</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tefekkürde Tesettürde İslam Diyen Kızlar</t>
+          <t>İki Devrin Ulu Hocası Ali Haydar Efendi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056608179</t>
+          <t>9786056608186</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sünnet'i Reddeden Kur'an Müslümanlığı</t>
+          <t>Tefekkürde Tesettürde İslam Diyen Kızlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056608100</t>
+          <t>9786056608179</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Davette Diriliş Yazıları</t>
+          <t>Sünnet'i Reddeden Kur'an Müslümanlığı</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056608148</t>
+          <t>9786056608100</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kızına</t>
+          <t>Fikir ve Davette Diriliş Yazıları</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056608117</t>
+          <t>9786056608148</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Müdafaası</t>
+          <t>İslam'ın Kızına</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056608124</t>
+          <t>9786056608117</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Büyük Doğu Çağına Doğru</t>
+          <t>Kur'an-ı Kerim Müdafaası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056608131</t>
+          <t>9786056608124</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kudema Meclisi</t>
+          <t>Büyük Doğu Çağına Doğru</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050644104</t>
+          <t>9786056608131</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku İftiralar Cevaplar</t>
+          <t>Kudema Meclisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050644135</t>
+          <t>9786050644104</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İslam Evinde Çocuk Terbiyesi</t>
+          <t>İslam Hukuku İftiralar Cevaplar</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050644142</t>
+          <t>9786050644135</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>24 Saat Müslümanca Bir Hayat</t>
+          <t>İslam Evinde Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056917042</t>
+          <t>9786050644142</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dünyevileşme Her Yerden Aşk Kalpten Vurur</t>
+          <t>24 Saat Müslümanca Bir Hayat</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050644111</t>
+          <t>9786056917042</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>To The Daughter Of İslam ( İslam’ın Kızına )</t>
+          <t>Dünyevileşme Her Yerden Aşk Kalpten Vurur</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050644128</t>
+          <t>9786050644111</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Küresel Krizden Çıkış İslam İktisadı</t>
+          <t>To The Daughter Of İslam ( İslam’ın Kızına )</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056917028</t>
+          <t>9786050644128</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gence</t>
+          <t>Küresel Krizden Çıkış İslam İktisadı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056917035</t>
+          <t>9786056917028</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Cihad</t>
+          <t>Müslüman Gence</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056753695</t>
+          <t>9786056917035</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıldır Düşmeyen Cephemiz Doğu Türkistan</t>
+          <t>Tasavvuf ve Cihad</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056917066</t>
+          <t>9786056753695</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mekke’den İstanbul’a Fetih Fatih Ayasofya</t>
+          <t>Bin Yıldır Düşmeyen Cephemiz Doğu Türkistan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
+          <t>9786056917066</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Mekke’den İstanbul’a Fetih Fatih Ayasofya</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
           <t>9786056753671</t>
         </is>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Dinle Ey Ümmet (Arapça)</t>
         </is>
       </c>
-      <c r="C38" s="1">
+      <c r="C39" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>