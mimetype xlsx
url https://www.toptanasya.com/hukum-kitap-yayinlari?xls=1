--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -199,496 +199,496 @@
         <is>
           <t>9786056917073</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Çağa Şeref Verenler</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786056753688</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Neden Kur’an-ı Kerim Hedef</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786056753640</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Hareketü'l Kuraniyyin Fi Mizani'l Kur'an-ı Kerim</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786056753633</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Nahve Rayeti'l İslam</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786056917004</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>İmam-ı Azam'ın İzinde</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786056917011</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Nüzul-i İsa</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786056753664</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Helalini Arayan Genç</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786056608162</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Umut Kıtası Alem-i İslam</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786056753602</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Bir Mekteptir Oruç</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786056608193</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Allah-u Ekber Yıkılsın Hayber</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786056753619</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Bir İnkılaptır Namaz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786056753657</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Üstad'ın Gençliğe Hitabesi'ne Dair</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786056753626</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>İftiraların Odağındaki Sahabi : Ebu Hureyre</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786056608155</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>İki Devrin Ulu Hocası Ali Haydar Efendi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786056608186</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Tefekkürde Tesettürde İslam Diyen Kızlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786056608179</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Sünnet'i Reddeden Kur'an Müslümanlığı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786056608100</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Fikir ve Davette Diriliş Yazıları</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786056608148</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>İslam'ın Kızına</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786056608117</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Kur'an-ı Kerim Müdafaası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786056608124</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Büyük Doğu Çağına Doğru</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786056608131</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Kudema Meclisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786050644104</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>İslam Hukuku İftiralar Cevaplar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786050644135</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>İslam Evinde Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786050644142</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>24 Saat Müslümanca Bir Hayat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786056917042</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Dünyevileşme Her Yerden Aşk Kalpten Vurur</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786050644111</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>To The Daughter Of İslam ( İslam’ın Kızına )</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786050644128</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Küresel Krizden Çıkış İslam İktisadı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786056917028</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Müslüman Gence</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786056917035</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Tasavvuf ve Cihad</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786056753695</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Bin Yıldır Düşmeyen Cephemiz Doğu Türkistan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786056917066</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Mekke’den İstanbul’a Fetih Fatih Ayasofya</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786056753671</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Dinle Ey Ümmet (Arapça)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>