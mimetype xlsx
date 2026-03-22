--- v0 (2026-01-21)
+++ v1 (2026-03-22)
@@ -85,250 +85,505 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059076395</t>
+          <t>9786059076104</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Yazıtların Tapınakları</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059076388</t>
+          <t>9786059076142</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin 100. Yılında İz Bırakan 100 Elazığlı 1 (Ciltli)</t>
+          <t>Güz Küllerim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>4000</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059076371</t>
+          <t>9786058672680</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Alamancının Yol Hikayeleri</t>
+          <t>Kalbe Düşen Cemre: Yunus Emre</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>245</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059076364</t>
+          <t>9786059076043</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Garabet</t>
+          <t>Hükümet Sistemleri ve Türkiye’de Başkanlık Sistemi Arayışları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>245</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059076326</t>
+          <t>9786058672635</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Komşum Beni Neden Öldürdü?</t>
+          <t>Ben Bilmem Tarih Bilir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>115</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059076302</t>
+          <t>9786059076067</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çapkın</t>
+          <t>Anadolu'nun Düşünce Mimarları :Tales'ten Mevlana'ya Diojen'den Hacı Bektaş-ı Veli'ye</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>115</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059076272</t>
+          <t>9786059076012</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tip Almancı</t>
+          <t>Şehzadelerin Gözyaşları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>245</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059076296</t>
+          <t>9786059076050</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Anna</t>
+          <t>Yedi Tepe Anadolu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059076180</t>
+          <t>9786058672628</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Yanındaki Mehdi</t>
+          <t>Ben Bilmem Eşim Bilir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>225</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059076166</t>
+          <t>9786058672642</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Çocuk Yetiştirme Kültürü</t>
+          <t>Ah Şu Gurbet</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>195</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059076005</t>
+          <t>9786058672659</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Medya Emperyalizmi</t>
+          <t>Tamil Sorunu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>455</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058672697</t>
+          <t>9786059076029</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerin Temel Kavramları</t>
+          <t>Mitos'tan Logos'a</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059076081</t>
+          <t>9786058672666</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Vahdettin'in Gözyaşları</t>
+          <t>AB Fonları Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>225</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
+          <t>9786059076241</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Altı Parmaklı Salih</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786059076227</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Sen Boşuna Yaratılmadın</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786059076159</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Kürtbeyaz</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786059076203</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>İhsan ile Yasemin</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786059076395</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bölünmüş Yazıtların Tapınakları</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786059076388</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetimizin 100. Yılında İz Bırakan 100 Elazığlı 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>4000</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786059076371</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Alamancının Yol Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786059076364</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Gurbet Garabet</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786059076326</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Komşum Beni Neden Öldürdü?</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786059076302</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Çapkın</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786059076272</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Tip Almancı</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786059076296</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Anna</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786059076180</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Yanındaki Mehdi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786059076166</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'da Çocuk Yetiştirme Kültürü</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786059076005</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Medya Emperyalizmi</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786058672697</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İlişkilerin Temel Kavramları</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786059076081</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Vahdettin'in Gözyaşları</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
           <t>9786059076289</t>
         </is>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Lale Devrinde İstanbul</t>
         </is>
       </c>
-      <c r="C15" s="1">
+      <c r="C32" s="1">
         <v>195</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>