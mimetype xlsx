--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -124,51 +124,51 @@
         <is>
           <t>9786057410771</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Kızıl Pençe Kazım Karabekir'in Gözüyle Yakın Tarihimiz - 2</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057407979</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Yakın Tarihin Kara Delikleri 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>8697911220652</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Abdülhamid'in Kurtlarla Dansı 3 Kitap Set</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>1260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057407955</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -184,51 +184,51 @@
         <is>
           <t>9786057407962</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Abdülhamid'in Kurtlarla Dansı - 3</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057407948</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Gerçek Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057410795</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bilinmeyen Yönleriyle İsmet İnönü Gerçeği</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057407931</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
@@ -259,51 +259,51 @@
         <is>
           <t>9786057410788</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kazım Karabekir’in Gözüyle Yakın Tarihimiz - 1</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786057407924</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Avrupa’nın 50 Büyük Yalanı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057410733</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Abdülhamid’in Kurtlarla Dansı 1</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057410740</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>