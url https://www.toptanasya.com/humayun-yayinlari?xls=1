--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -94,331 +94,331 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786057225443</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Yakın Tarihte Efsaneler ve Gerçekler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057410771</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Kızıl Pençe Kazım Karabekir'in Gözüyle Yakın Tarihimiz - 2</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>285</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057407979</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Yakın Tarihin Kara Delikleri 2</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>8697911220652</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Abdülhamid'in Kurtlarla Dansı 3 Kitap Set</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>1260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057407955</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Abdülhamid'in Kurtlarla Dansı - 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057407962</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Abdülhamid'in Kurtlarla Dansı - 3</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057407948</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Gerçek Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057410795</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bilinmeyen Yönleriyle İsmet İnönü Gerçeği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057407931</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Büyük Osmanlı Projesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786057407900</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Gençler İçin Abdülhamid’in Kurtlarla Dansı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786057410788</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kazım Karabekir’in Gözüyle Yakın Tarihimiz - 1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786057407924</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Avrupa’nın 50 Büyük Yalanı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057410733</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Abdülhamid’in Kurtlarla Dansı 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057410740</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Ezan Şehidi Menderes</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057410726</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Kır Zincirlerini Osmanlı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057410702</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Küller Altında Yakın Tarih 1 - Vahdettin’den Mustafa Kemal’e Unutulan Gerçekler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057410719</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Kızıl Elma Peşinde Bir Ömür - Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786057407917</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>İçimize Açılan Kapılar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786057410757</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Satılık İmparatorluk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057410764</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Tarihinde Maskeler ve Yüzler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>