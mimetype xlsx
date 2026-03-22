--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -85,2050 +85,2320 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057891679</t>
+          <t>9786258743364</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayat Memat Meselesi</t>
+          <t>Arınma Vakti</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944735520</t>
+          <t>9786057891914</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Arapça Yardımcı Kitap</t>
+          <t>Muksirun Sünnetin Büyük Ravileri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944735629</t>
+          <t>9786057891860</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>DHBT Kaynak Kitabı Konu Özeti ve Soru Bankası</t>
+          <t>Peygamber’in İzinde Siyer ve Yorum Medine Dönemi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>700</v>
+        <v>410</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057891785</t>
+          <t>9786057891853</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hısnü’l‐Müslim Kur’an ve Sünnetten Müslümanın Kalesi Dualar (Cep Boy)</t>
+          <t>Peygamber’in İzinde Siyer ve Yorum Mekke Dönemi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057891792</t>
+          <t>9786057897155</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hısnü’l‐Müslim Kur’an ve Sünnetten Müslümanın Kalesi Dualar (Çanta Boy)</t>
+          <t>Beyin ve Akıl Etkileşimi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>115</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057891716</t>
+          <t>9789944735759</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah (s.a.v) Nasıl Şakalaşırdı ?</t>
+          <t>Kur'an-ı Kerim'de Peygamberler ve Duaları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2000638363834</t>
+          <t>9789447357663</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sahih‐i Buhari Muhtasarı Tecrid‐i Sarih (Ciltli)</t>
+          <t>Türkistan Bağımsızlık Savaşı ve Enver Paşa (1917 - 1924)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>2100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2000637363736</t>
+          <t>9789944735698</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'den İktibaslar 4 - 500 Hadis</t>
+          <t>Riyazü's-Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056506123</t>
+          <t>9789750031687</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Zayıflık Her Şeydir</t>
+          <t>Kur'an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>230</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057891778</t>
+          <t>9789944735780</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mümin Muhsin Ağacı</t>
+          <t>Okul Öncesi Din ve Ahlak Eğitimi (3 - 6 Yaş)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057891761</t>
+          <t>9789944735674</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Suresi Tefsiri</t>
+          <t>İslam Hukukunda İhmali Suçlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944735971</t>
+          <t>9789944735001</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>YÖKDİL YDS ve YKS Sınavları için Modern Metinler</t>
+          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih (Şamua, Tek Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057891235</t>
+          <t>9789944735285</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sınav Kazanma Taktikleri - Pusula Başarının Sırrı</t>
+          <t>Riyazü's Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944735148</t>
+          <t>9789950095687</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari (2 Cilt Takım Şamua) (Ciltli)</t>
+          <t>Yeni Bir Başlangıç Ölüm ve Sonrası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1400</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057891617</t>
+          <t>9789944735247</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Modern Zihnin Musibet Algısına Eleştiriler</t>
+          <t>Riyazü’s Salihin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3996661205564</t>
+          <t>9789750031694</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Riyazuʹs ‐ Salihin (Ciltli)</t>
+          <t>Kur’an’ın Faziletleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1400</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057891709</t>
+          <t>9789944735056</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Huzurun Reçeteleri</t>
+          <t>Kur’an-ı Kerim ve Hadislerle Tıp</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057891693</t>
+          <t>9789944735049</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Yolculuk</t>
+          <t>Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>375</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057891686</t>
+          <t>9789944735230</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hak Adalet ve Denge</t>
+          <t>Kur’an Okuma Esasları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057891662</t>
+          <t>9789944735223</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Müslüman, Toplum ve Cehd</t>
+          <t>İlm-i Hilaf</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057891655</t>
+          <t>9789944735322</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Müslüman, Siyaset ve Yönetim Etkileşimi</t>
+          <t>İlk Dönem İslam Tarihinde Haberleşme Yöntemleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057891624</t>
+          <t>3990000009181</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sahih‐i Buhari Muhtasarı Tecrid‐i Sarih 2 Cilt Takım</t>
+          <t>Hz. Peygamber’den İktibaslar 6 - Hz. Peygambere Sorulan Sorular</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944735513</t>
+          <t>9789944735124</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Arapça Yardımcı Kitap</t>
+          <t>Efendimiz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944735544</t>
+          <t>9789944735117</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>11. Sınıf Arapça Yardımcı Kitap</t>
+          <t>Efendimiz</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944735643</t>
+          <t>3990000009180</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>12. Sınıf Arapça Yardımcı Kitap</t>
+          <t>Hz. Peygamber’den İktibaslar 5 - Kur’an Okumaya Giriş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944735797</t>
+          <t>9789944735339</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Selçukludan Osmanlıya Aksaray Okulu (1142-1566)</t>
+          <t>Diyanet Yeterlik Sınavı Kaynak Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>185</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057891600</t>
+          <t>3990000009179</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ramazan’ı Farklı Yaşa</t>
+          <t>Hz. Peygamber’den İktibaslar 2 - En’li Hadisler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>215</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057891204</t>
+          <t>9786057891105</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İhmali Suçlar Özelinde Mukayeseli İslam Hukuku</t>
+          <t>Hısnü’l-Müslim - Dualar ve Zikirler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2000637163718</t>
+          <t>9789944735834</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'den İktibaslar 6 - Hz. Peygamber'e Sorulan Sorular</t>
+          <t>Batılı İki Müsteşrik W. Montgomery Watt ve Rudi Paret’in İslamı Algılama Biçimlerinin Kritiği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>50</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944735773</t>
+          <t>3990000061071</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberden İktibaslar 5 - Kur'an Okumaya Giriş</t>
+          <t>Sahih-i Buhari Muhtasarı Tecrid-i Sarih 2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>50</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2000637463740</t>
+          <t>3990000052000</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberden İktibaslar 2 - Enli Hadisler</t>
+          <t>Sahih-i Müslim Cilt: 1 (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057891037</t>
+          <t>3990000030324</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Mucize Anlayışları</t>
+          <t>Sahih-i Buhari (2 Cilt Takım - Termo Cilt Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>385</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057891594</t>
+          <t>9786057891679</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayat Başarısını Yönetmek</t>
+          <t>Hayat Memat Meselesi</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057891587</t>
+          <t>9789944735520</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Etkileşimini Yönetmek</t>
+          <t>10. Sınıf Arapça Yardımcı Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057891570</t>
+          <t>9789944735629</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Duygularımızı Tanımak ve Yönetmek</t>
+          <t>DHBT Kaynak Kitabı Konu Özeti ve Soru Bankası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057891563</t>
+          <t>9786057891785</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çözümleyici Araştırıcı ve Paylaşımcı (Çap’lı) Düşünmek</t>
+          <t>Hısnü’l‐Müslim Kur’an ve Sünnetten Müslümanın Kalesi Dualar (Cep Boy)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057891556</t>
+          <t>9786057891792</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve Akıl Etkileşimi</t>
+          <t>Hısnü’l‐Müslim Kur’an ve Sünnetten Müslümanın Kalesi Dualar (Çanta Boy)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057891549</t>
+          <t>9786057891716</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Neml Suresi Tefsiri</t>
+          <t>Rasulullah (s.a.v) Nasıl Şakalaşırdı ?</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057891525</t>
+          <t>2000638363834</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sünnet’i Tanımak</t>
+          <t>Sahih‐i Buhari Muhtasarı Tecrid‐i Sarih (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057891532</t>
+          <t>2000637363736</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İnsan'ın Var Olması Kur’an Ve Evrimi Düşünmek</t>
+          <t>Peygamber'den İktibaslar 4 - 500 Hadis</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057891518</t>
+          <t>9786056506123</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Secde'den Cennet'e Namaz - Niçin ve Nasıl?</t>
+          <t>Çocuk Eğitiminde Zayıflık Her Şeydir</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944735308</t>
+          <t>9786057891778</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müttefekun Aleyh Hadisler (Ciltli)</t>
+          <t>Mümin Muhsin Ağacı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>865</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944735896</t>
+          <t>9786057891761</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi Tefsiri (Ciltli)</t>
+          <t>Yusuf Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057891143</t>
+          <t>9789944735971</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>El‐Esmaü'l Hüsna Bağlamında Kur'an Sureleri</t>
+          <t>YÖKDİL YDS ve YKS Sınavları için Modern Metinler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057891242</t>
+          <t>9786057891235</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Surah Maryam Tefsir</t>
+          <t>Sınav Kazanma Taktikleri - Pusula Başarının Sırrı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057891501</t>
+          <t>9789944735148</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Sonrası</t>
+          <t>Sahih-i Buhari (2 Cilt Takım Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057891495</t>
+          <t>9786057891617</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Takdir ve Tedbir Etkileşimi</t>
+          <t>Modern Zihnin Musibet Algısına Eleştiriler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057891471</t>
+          <t>3996661205564</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sevgimizi Yönetmek</t>
+          <t>Riyazuʹs ‐ Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>270</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057891488</t>
+          <t>9786057891709</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kelime Mealli Hadisler</t>
+          <t>Huzurun Reçeteleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057891419</t>
+          <t>9786057891693</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Gözüyle Kur'an - Vahyin Canlı Şahitleri</t>
+          <t>Kur’an’da Yolculuk</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057891181</t>
+          <t>9786057891686</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Niçin Ve Nasıl Müslüman Olmalıyım?</t>
+          <t>Özgürlük Hak Adalet ve Denge</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057891280</t>
+          <t>9786057891662</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Durusu'l - Kur'an - Ayet Ayet Kur'an Anlatımı (Set) (Ciltli)</t>
+          <t>Müslüman, Toplum ve Cehd</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>5000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057891211</t>
+          <t>9786057891655</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dostlarla Hasbihal - Sosyal Hayat Ve Ahlak Üzerine</t>
+          <t>Müslüman, Siyaset ve Yönetim Etkileşimi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057891426</t>
+          <t>9786057891624</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dostlarla 365 Gün</t>
+          <t>Sahih‐i Buhari Muhtasarı Tecrid‐i Sarih 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>265</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057891259</t>
+          <t>9789944735513</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ankebut Suresi Tefsiri</t>
+          <t>9. Sınıf Arapça Yardımcı Kitap</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057891228</t>
+          <t>9789944735544</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Temel Arapça Yazılı Anlatım</t>
+          <t>11. Sınıf Arapça Yardımcı Kitap</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057891464</t>
+          <t>9789944735643</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ana Konularıyla Ve Mesajlarıyla Mülk’ten Cin Suresine Kur’an’da Yolculuk</t>
+          <t>12. Sınıf Arapça Yardımcı Kitap</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057891266</t>
+          <t>9789944735797</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çayhopsu</t>
+          <t>Selçukludan Osmanlıya Aksaray Okulu (1142-1566)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057891273</t>
+          <t>9786057891600</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnetle Düşünmek - Makaleler</t>
+          <t>Ramazan’ı Farklı Yaşa</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057891198</t>
+          <t>9786057891204</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Muhsinler - Allah’ın Sevdiği İnsanlar</t>
+          <t>İhmali Suçlar Özelinde Mukayeseli İslam Hukuku</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057891174</t>
+          <t>2000637163718</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Zenginlik ve Fakirlik Tasavvuru</t>
+          <t>Hz. Peygamber'den İktibaslar 6 - Hz. Peygamber'e Sorulan Sorular</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>215</v>
+        <v>50</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057891167</t>
+          <t>9789944735773</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zikrullah</t>
+          <t>Hz. Peygamberden İktibaslar 5 - Kur'an Okumaya Giriş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057891150</t>
+          <t>2000637463740</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Rasulullah’ı Tanımak</t>
+          <t>Hz. Peygamberden İktibaslar 2 - Enli Hadisler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057891075</t>
+          <t>9786057891037</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi Hz. Peygamberin Hayatı</t>
+          <t>Erken Dönem Mucize Anlayışları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057891136</t>
+          <t>9786057891594</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Lokman Suresi Tefsiri</t>
+          <t>Hayat Başarısını Yönetmek</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057891112</t>
+          <t>9786057891587</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Hidayet Mesajı</t>
+          <t>Etkileşimini Yönetmek</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057891013</t>
+          <t>9786057891570</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Beldelerde Hatıralar ve Hac</t>
+          <t>Duygularımızı Tanımak ve Yönetmek</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057891020</t>
+          <t>9786057891563</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetlerde Kadın ve Evlilik</t>
+          <t>Çözümleyici Araştırıcı ve Paylaşımcı (Çap’lı) Düşünmek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057891051</t>
+          <t>9786057891556</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Müsned-i Tayalisi (2 Cilt Takım) (Ciltli)</t>
+          <t>Beyin ve Akıl Etkileşimi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057891044</t>
+          <t>9786057891549</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>el-Mu'cemu's-Sağir (Ciltli)</t>
+          <t>Neml Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>520</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944735988</t>
+          <t>9786057891525</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>On Beş Surenin Kelime Tahlili ve Tefsiri</t>
+          <t>Sünnet’i Tanımak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944735803</t>
+          <t>9786057891532</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Esed'in Kur'an Mesajına Eleştirel Bir Yaklaşım</t>
+          <t>İnsan'ın Var Olması Kur’an Ve Evrimi Düşünmek</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944735995</t>
+          <t>9786057891518</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Namazın Teşri Süreci</t>
+          <t>Secde'den Cennet'e Namaz - Niçin ve Nasıl?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057891006</t>
+          <t>9789944735308</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ademi'in Peygamberliği Konusundaki Tartışmaların Kritiği</t>
+          <t>Müttefekun Aleyh Hadisler (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>175</v>
+        <v>865</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944735902</t>
+          <t>9789944735896</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Yasin Suresi Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>60</v>
+        <v>265</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944735179</t>
+          <t>9786057891143</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve sünnet'ten Şifa Duaları</t>
+          <t>El‐Esmaü'l Hüsna Bağlamında Kur'an Sureleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>35</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944735704</t>
+          <t>9786057891242</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Müsned-i Hümeydi (Ciltli)</t>
+          <t>Surah Maryam Tefsir</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>760</v>
+        <v>215</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944735810</t>
+          <t>9786057891501</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Anlaşılmasında Sembolizm Tartışmaları</t>
+          <t>Ölüm ve Sonrası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944735827</t>
+          <t>9786057891495</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre özgürlükler ve Kader</t>
+          <t>Takdir ve Tedbir Etkileşimi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944735476</t>
+          <t>9786057891471</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Gençlerle</t>
+          <t>Sevgimizi Yönetmek</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944735100</t>
+          <t>9786057891488</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ucube</t>
+          <t>Kelime Mealli Hadisler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789750095665</t>
+          <t>9786057891419</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberi Hadisler</t>
+          <t>Sahabe Gözüyle Kur'an - Vahyin Canlı Şahitleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944735865</t>
+          <t>9786057891181</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kehf Suresi Tefsiri ( Ciltsiz)</t>
+          <t>Niçin Ve Nasıl Müslüman Olmalıyım?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944735872</t>
+          <t>9786057891280</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kehf Suresi Tefsiri (Ciltli)</t>
+          <t>Durusu'l - Kur'an - Ayet Ayet Kur'an Anlatımı (Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>215</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944735599</t>
+          <t>9786057891211</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Müslim’den Dersler</t>
+          <t>Dostlarla Hasbihal - Sosyal Hayat Ve Ahlak Üzerine</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944735391</t>
+          <t>9786057891426</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuk Eğitimi</t>
+          <t>Dostlarla 365 Gün</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944735957</t>
+          <t>9786057891259</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Süsü</t>
+          <t>Ankebut Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944735964</t>
+          <t>9786057891228</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Merye Suresi Tefsir</t>
+          <t>Temel Arapça Yazılı Anlatım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>215</v>
+        <v>210</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944735919</t>
+          <t>9786057891464</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Talebeleri İçin Tecvid Kitabı</t>
+          <t>Ana Konularıyla Ve Mesajlarıyla Mülk’ten Cin Suresine Kur’an’da Yolculuk</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>95</v>
+        <v>215</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944735926</t>
+          <t>9786057891266</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sureleri Tanıyalım</t>
+          <t>Çayhopsu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944735933</t>
+          <t>9786057891273</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kulluktan Özgürlüğe Namaz</t>
+          <t>Kur’an ve Sünnetle Düşünmek - Makaleler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944735728</t>
+          <t>9786057891198</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kırk Fasıl'da Cihat Kitabı</t>
+          <t>Muhsinler - Allah’ın Sevdiği İnsanlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944735612</t>
+          <t>9786057891174</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Temel Hadis Meseleleri</t>
+          <t>Kur’an’ın Zenginlik ve Fakirlik Tasavvuru</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944735605</t>
+          <t>9786057891167</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Geleceğe Yönelik Haberleri</t>
+          <t>Zikrullah</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944735735</t>
+          <t>9786057891150</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Furkan Suresi Tefsiri</t>
+          <t>Muhammed Rasulullah’ı Tanımak</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944735889</t>
+          <t>9786057891075</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresi Tefsiri</t>
+          <t>Siyer-i Nebi Hz. Peygamberin Hayatı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944735742</t>
+          <t>9786057891136</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Riyazü’s-Salihin (Ciltli)</t>
+          <t>Lokman Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944735537</t>
+          <t>9786057891112</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Çizgili Arapça Yazı Defteri</t>
+          <t>Kur'an-ı Kerim'in Hidayet Mesajı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944735650</t>
+          <t>9786057891013</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Yolculuk</t>
+          <t>Kutsal Beldelerde Hatıralar ve Hac</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944735636</t>
+          <t>9786057891020</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Peygamber Kıssaları</t>
+          <t>Medeniyetlerde Kadın ve Evlilik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944735667</t>
+          <t>9786057891051</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Arapça Yardımcı Kitap</t>
+          <t>Müsned-i Tayalisi (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>140</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944735681</t>
+          <t>9786057891044</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Riyazü’s-Salihin</t>
+          <t>el-Mu'cemu's-Sağir (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944735483</t>
+          <t>9789944735988</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Çocuklarla Ortaokul Hz. Muhammedin Hayatı Dersi Müfredatına Uygun</t>
+          <t>On Beş Surenin Kelime Tahlili ve Tefsiri</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944735353</t>
+          <t>9789944735803</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zühd ve Ahlak Hadisleri</t>
+          <t>Muhammed Esed'in Kur'an Mesajına Eleştirel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944735421</t>
+          <t>9789944735995</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zühd</t>
+          <t>Namazın Teşri Süreci</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>115</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944735407</t>
+          <t>9786057891006</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yüz Hadiste İstikamet</t>
+          <t>Hz. Ademi'in Peygamberliği Konusundaki Tartışmaların Kritiği</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944735070</t>
+          <t>9789944735902</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Sünnetlerden İ’tikaf</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944735261</t>
+          <t>9789944735179</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Şeyhu’l-İslam İbn Kemal ve Sünnilik Anlayışı</t>
+          <t>Kur'an ve sünnet'ten Şifa Duaları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>230</v>
+        <v>35</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944735346</t>
+          <t>9789944735704</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sarf ve Nahiv</t>
+          <t>Müsned-i Hümeydi (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>760</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944735490</t>
+          <t>9789944735810</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Müslim Muhtasarı (Metinsiz) (Ciltli)</t>
+          <t>Kur'an'ın Anlaşılmasında Sembolizm Tartışmaları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944735506</t>
+          <t>9789944735827</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Müslim (2 Cilt Takım, Şamua) (Ciltli)</t>
+          <t>Kur'an'a Göre özgürlükler ve Kader</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>2150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944735582</t>
+          <t>9789944735476</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari’den Dersler (Kitap Boy)</t>
+          <t>Peygamberimiz Gençlerle</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944921442</t>
+          <t>9789944735100</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari - Muhtasarı Tecrid-i Sarih (2. Hamur)</t>
+          <t>Ucube</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>460</v>
+        <v>175</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944735032</t>
+          <t>9789750095665</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest - Gusül - Teyemmüm ve Namaz</t>
+          <t>Hayat Rehberi Hadisler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944735575</t>
+          <t>9789944735865</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Müttefekun Aleyh Hadisler (2. Hamur)</t>
+          <t>Kehf Suresi Tefsiri ( Ciltsiz)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>460</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789759214487</t>
+          <t>9789944735872</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Müttefekun Aleyh Hadisler (Ciltli)</t>
+          <t>Kehf Suresi Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>760</v>
+        <v>215</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944735438</t>
+          <t>9789944735599</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Müsned</t>
+          <t>Sahih-i Müslim’den Dersler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944735193</t>
+          <t>9789944735391</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Peygamberimizin Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944735063</t>
+          <t>9789944735957</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kur’anla Amel Meselesi</t>
+          <t>Gençlerin Süsü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944735414</t>
+          <t>9789944735964</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Etkilenme ve Kur’an ile Amel Etme</t>
+          <t>Merye Suresi Tefsir</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9799750095602</t>
+          <t>9789944735919</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Mükafat ve Ceza</t>
+          <t>Kur'an Talebeleri İçin Tecvid Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944735384</t>
+          <t>9789944735926</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kitabu’l - Cihad</t>
+          <t>Sureleri Tanıyalım</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944735186</t>
+          <t>9789944735933</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İman ve Yorum</t>
+          <t>Kulluktan Özgürlüğe Namaz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944735360</t>
+          <t>9789944735728</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Hilaf 2</t>
+          <t>Kırk Fasıl'da Cihat Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944735209</t>
+          <t>9789944735612</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İbrahimi Hacca Doğru Lebbeyk</t>
+          <t>Temel Hadis Meseleleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>385</v>
+        <v>170</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789750095634</t>
+          <t>9789944735605</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Veda Haccı</t>
+          <t>Peygamberimizin Geleceğe Yönelik Haberleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944735858</t>
+          <t>9789944735735</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Toplanması ve Yazı İle Tespiti</t>
+          <t>Furkan Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789750095696</t>
+          <t>9789944735889</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Işığında Günlük Hayatımız</t>
+          <t>Yasin Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944735025</t>
+          <t>9789944735742</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hadis Günlüğü</t>
+          <t>Riyazü’s-Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>265</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944735278</t>
+          <t>9789944735537</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Günü Hz. Peygamber İle Yaşamak</t>
+          <t>Kılavuz Çizgili Arapça Yazı Defteri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944735315</t>
+          <t>9789944735650</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Surelerle Namaz</t>
+          <t>Kur'an'da Yolculuk</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944735131</t>
+          <t>9789944735636</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Benim Amentüm</t>
+          <t>Kur'an'da Peygamber Kıssaları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944735377</t>
+          <t>9789944735667</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ashabın Kalbindeki Peygamber</t>
+          <t>7. Sınıf Arapça Yardımcı Kitap</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944735254</t>
+          <t>9789944735681</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ahlakı Hz. Peygamberden Öğrenmek</t>
+          <t>Riyazü’s-Salihin</t>
         </is>
       </c>
       <c r="C135" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789944735483</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz Çocuklarla Ortaokul Hz. Muhammedin Hayatı Dersi Müfredatına Uygun</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789944735421</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Zühd</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789944735070</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Unutulan Sünnetlerden İ’tikaf</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789944735261</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Şeyhu’l-İslam İbn Kemal ve Sünnilik Anlayışı</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789944735032</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Abdest - Gusül - Teyemmüm ve Namaz</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789944735193</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Makaleler</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789944735063</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Kur’anla Amel Meselesi</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9799750095602</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Mükafat ve Ceza</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789944735384</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Kitabu’l - Cihad</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789944735186</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>İman ve Yorum</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789944735360</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>İlm-i Hilaf 2</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789944735209</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>İbrahimi Hacca Doğru Lebbeyk</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789750095634</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber’in Veda Haccı</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789750095696</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerin Işığında Günlük Hayatımız</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789944735278</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Günü Hz. Peygamber İle Yaşamak</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
         <v>300</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789944735315</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Dua ve Surelerle Namaz</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789944735131</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Benim Amentüm</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789944735377</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Ashabın Kalbindeki Peygamber</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>