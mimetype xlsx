--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,1570 +85,1585 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054606665</t>
+          <t>9786054606214</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nimet-i İslam Büyük İslam İlmihali (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali Orta Boy Bilg. Hatlı Kod: 054 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789523019423</t>
+          <t>9786054606665</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Envar’ül Aşıkin - Aşıkların Nurları (Ciltli)</t>
+          <t>Nimet-i İslam Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054606078</t>
+          <t>9789523019423</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Envar’ül Aşıkin - Aşıkların Nurları (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054606702</t>
+          <t>9786054606078</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Evliya Menkıbeleri (Şamua) (Ciltli)</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944301824</t>
+          <t>9786054606702</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kara Davud - Delail-i Hayrat Şerhi (Şamua) (Ciltli)</t>
+          <t>Evliya Menkıbeleri (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054606627</t>
+          <t>9789944301824</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin ve Seçme Dualar Fihristli Yasin-i Şerif (Hafız Boy - Kod: 071)</t>
+          <t>Kara Davud - Delail-i Hayrat Şerhi (Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054606597</t>
+          <t>9786054606627</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin ve Seçme Dualar Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 066)</t>
+          <t>41 Yasin ve Seçme Dualar Fihristli Yasin-i Şerif (Hafız Boy - Kod: 071)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944301770</t>
+          <t>9786054606597</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif ve Seçme Dualar (Kod: 035) Hafız Boy Fihristli - Bilgisayar Hattı</t>
+          <t>41 Yasin ve Seçme Dualar Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 066)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054606535</t>
+          <t>9789944301770</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin Tebareke Amme - Kısa Sureler ve Dualar (Kod: 059)</t>
+          <t>Yasin-i Şerif ve Seçme Dualar (Kod: 035) Hafız Boy Fihristli - Bilgisayar Hattı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944301558</t>
+          <t>9786054606535</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Arapça Fihristli Yasin-i Şerif (Kod: 025)</t>
+          <t>41 Yasin Tebareke Amme - Kısa Sureler ve Dualar (Kod: 059)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944301589</t>
+          <t>9789944301558</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Tebareke - Amme ve Seçme Dualar Hafız Boy Kod:028</t>
+          <t>Orta Boy Arapça Fihristli Yasin-i Şerif (Kod: 025)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054606900</t>
+          <t>9789944301589</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fetavayi Hindiyye İslam Fıkhı -12 Cilt (Ciltli)</t>
+          <t>Yasin-i Şerif Tebareke - Amme ve Seçme Dualar Hafız Boy Kod:028</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>8400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054606122</t>
+          <t>9786054606900</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tefsir-i Kebir Kutulu (23 Cilt Takım - Şamua) (Ciltli)</t>
+          <t>Fetavayi Hindiyye İslam Fıkhı -12 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>15000</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054606726</t>
+          <t>9786054606122</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Tergib ve Terhib (6 Cilt Takım) (Ciltli)</t>
+          <t>Tefsir-i Kebir Kutulu (23 Cilt Takım - Şamua) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>3600</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944301466</t>
+          <t>9786054606726</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Hadislerle İslam Tergib ve Terhib (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944301428</t>
+          <t>9789944301466</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın Dilinden Tercümeli ve İzahlı Tam Dua Kitabı (Şamua) (Ciltli)</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944301411</t>
+          <t>9789944301428</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tam Dua Kitabı Rasulullah’ın Dilinden Tercümeli ve İzahlı</t>
+          <t>Rasulullah’ın Dilinden Tercümeli ve İzahlı Tam Dua Kitabı (Şamua) CİLTLİ (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758666850</t>
+          <t>9789944301411</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı) (Ciltli)</t>
+          <t>Tam Dua Kitabı Rasulullah’ın Dilinden Tercümeli ve İzahlı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944301107</t>
+          <t>9789758666850</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur’an-ı Kerim ve Açıklamalı Yüce Meali (Ciltli)</t>
+          <t>Rahle Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944301299</t>
+          <t>9789944301107</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi - Altıparmak (Ciltli)</t>
+          <t>Rahle Boy Kur’an-ı Kerim ve Açıklamalı Yüce Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944301398</t>
+          <t>9789944301299</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kıyamet Ahiret</t>
+          <t>Peygamberler Tarihi - Altıparmak (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944301800</t>
+          <t>9789944301398</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası ve Dini Bilgiler</t>
+          <t>Ölüm Kıyamet Ahiret</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944301992</t>
+          <t>9789944301800</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nakşibendi Şeyhlerinin Hikmetli Sözleri (Ciltli)</t>
+          <t>Namaz Hocası ve Dini Bilgiler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944301152</t>
+          <t>9789944301992</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
+          <t>Nakşibendi Şeyhlerinin Hikmetli Sözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054606016</t>
+          <t>9789944301152</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kara Davud - Delail-i Hayrat Şerhi (2. Hamur) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944301961</t>
+          <t>9786054606016</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Anahtarı (Ciltli)</t>
+          <t>Kara Davud - Delail-i Hayrat Şerhi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758666874</t>
+          <t>9789944301961</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sohbetleri (Ciltli)</t>
+          <t>Kalplerin Anahtarı (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944301657</t>
+          <t>9789758666874</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayatü’s-Sahabe (4 Kitap Takım) (Ciltli)</t>
+          <t>Huzur Sohbetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>2400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944301220</t>
+          <t>9789944301657</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy 2 Renkli Kur’an-ı Kerim (Bilgisayar Hattı) (Ciltli)</t>
+          <t>Hayatü’s-Sahabe (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054606719</t>
+          <t>9789944301220</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Evliya Menkıbeleri (Ciltli)</t>
+          <t>Hafız Boy 2 Renkli Kur’an-ı Kerim (Bilgisayar Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758666416</t>
+          <t>9786054606719</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dualı Dürret’ül Vaizin (2 Kitap Takım) (Ciltli)</t>
+          <t>Evliya Menkıbeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054606030</t>
+          <t>9789758666416</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Delailü’l Hayrat ve Tercümesi (Ciltli)</t>
+          <t>Dualı Dürret’ül Vaizin (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9799758666101</t>
+          <t>9786054606030</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı</t>
+          <t>Delailü’l Hayrat ve Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944301404</t>
+          <t>9799758666101</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif</t>
+          <t>Çocuk Bakımı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944301787</t>
+          <t>9789944301404</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Yeşil ve Bordo) (Ciltli)</t>
+          <t>Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944301138</t>
+          <t>9789944301787</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Yeşil ve Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944301626</t>
+          <t>9789944301138</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Yasin-i Şerif ve Seçme Dualar (Kod 032)</t>
+          <t>Kur’an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9799758666644</t>
+          <t>9789944301626</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cami-i Kebir İki Renkli Kur’an-ı Kerim Büyük Boy (Bilg. Hattı) (Ciltli)</t>
+          <t>Fihristli Yasin-i Şerif ve Seçme Dualar (Kod 032)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758666898</t>
+          <t>9799758666644</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı)</t>
+          <t>Cami-i Kebir İki Renkli Kur’an-ı Kerim Büyük Boy (Bilg. Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>800</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758666942</t>
+          <t>9789758666898</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur’an-ı Kerim ve Açıklamalı Meali (Bilg. Hatlı) (Ciltli)</t>
+          <t>Cami Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944301039</t>
+          <t>9789758666942</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy İki Renkli Kur’an-ı Kerim (Bilg. Hattı) (Ciltli)</t>
+          <t>Cami Boy Kur’an-ı Kerim ve Açıklamalı Meali (Bilg. Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944301183</t>
+          <t>9789944301039</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Fihristli Yasin-i Şerif (Kod: 002) Tebareke - Amme</t>
+          <t>Cami Boy İki Renkli Kur’an-ı Kerim (Bilg. Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944301701</t>
+          <t>9789944301183</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şafii Fıkhı (4 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Cami Boy Fihristli Yasin-i Şerif (Kod: 002) Tebareke - Amme</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>2000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789800023631</t>
+          <t>9789944301701</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Büyük Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
+          <t>Büyük Şafii Fıkhı (4 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>600</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944301794</t>
+          <t>9789800023631</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dua Kitabı</t>
+          <t>Büyük Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944301510</t>
+          <t>9789944301794</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Cep Sözlüğü</t>
+          <t>Büyük Dua Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054606108</t>
+          <t>9789944301510</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Büyük Sözlük (Kod-050) (Ciltli)</t>
+          <t>Arapça-Türkçe Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758466573</t>
+          <t>9786054606108</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı ÖrnekleriyleTecvid İlmi (Ciltli)</t>
+          <t>Arapça-Türkçe Büyük Sözlük (Kod-050) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799758666118</t>
+          <t>9789758466573</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi Rehberi</t>
+          <t>Açıklamalı ÖrnekleriyleTecvid İlmi (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>70</v>
+        <v>600</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054606061</t>
+          <t>9799758666118</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Arapça, Arapça-Türkçe Cep Sözlük (K. Kapak)</t>
+          <t>Çocuk Eğitimi Rehberi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000008139</t>
+          <t>9786054606061</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfağının Yemek ve Tatlı Kitabı (Ciltli)</t>
+          <t>Türkçe-Arapça, Arapça-Türkçe Cep Sözlük (K. Kapak)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789944301527</t>
+          <t>3990000008139</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dualı Namaz Hocası ve Dini Bilgiler (Mavi Kapak)</t>
+          <t>Türk Mutfağının Yemek ve Tatlı Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944301078</t>
+          <t>9789944301527</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Büyük Sözlük (Ciltli)</t>
+          <t>Resimli Dualı Namaz Hocası ve Dini Bilgiler (Mavi Kapak)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758666997</t>
+          <t>9789944301078</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sualli Cevaplı Tam Karabaş Tecvidi Fihristsiz</t>
+          <t>Arapça - Türkçe Büyük Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258332032</t>
+          <t>9789758666997</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Envarül Aşıkın - Aşıkların Nurları (Tam Metin) Farklı Renk Seçenekleri (Ciltli)</t>
+          <t>Sualli Cevaplı Tam Karabaş Tecvidi Fihristsiz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054606672</t>
+          <t>9786258332032</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali ve Tefsiri -Tibyan Tefsiri (4 Cilt) (Ciltli)</t>
+          <t>Envarül Aşıkın - Aşıkların Nurları (Tam Metin) Farklı Renk Seçenekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758666546</t>
+          <t>9786054606672</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kuran-ı Kerim Hatmi Şerif Cüzü (30 Cüz) Kılıflı</t>
+          <t>Kur'an-ı Kerim Meali ve Tefsiri -Tibyan Tefsiri (4 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>900</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799758666484</t>
+          <t>9789758666546</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Telhis ve Tercümesi</t>
+          <t>Orta Boy Kuran-ı Kerim Hatmi Şerif Cüzü (30 Cüz) Kılıflı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789302542517</t>
+          <t>9799758666484</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şifalı Bitkiler Sular ve Kaplıcalar Ansiklopedisi (1. Hamur) (Ciltli)</t>
+          <t>Telhis ve Tercümesi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799758666071</t>
+          <t>9789302542517</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Ansiklopedik Çocuk İsimleri (Ciltli)</t>
+          <t>Büyük Şifalı Bitkiler Sular ve Kaplıcalar Ansiklopedisi (1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054606795</t>
+          <t>9799758666071</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili - 10 Cilt Takım - Büyük Boy (Ciltli)</t>
+          <t>A’dan Z’ye Ansiklopedik Çocuk İsimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>6000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054606788</t>
+          <t>9786054606795</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Cami Boy - Kod:078) (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili - 10 Cilt Takım - Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>800</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054606771</t>
+          <t>9786054606788</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Rahle Boy - Kod: 077) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Cami Boy - Kod:078) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054606764</t>
+          <t>9786054606771</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Orta Boy - Kod:076) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Rahle Boy - Kod: 077) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054606740</t>
+          <t>9786054606764</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur'an-ı Kerim Meali (Orta Boy) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Orta Boy - Kod:076) (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054606757</t>
+          <t>9786054606740</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şafii İlmihali (Ciltli)</t>
+          <t>Açıklamalı Kur'an-ı Kerim Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054606733</t>
+          <t>9786054606757</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat ve Tercümesi (Küçük Boy) (Ciltli)</t>
+          <t>Şafii İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054606658</t>
+          <t>9786054606733</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ni'met-i İslam - Büyük İslam İlmihali (Ciltli)</t>
+          <t>Delailü'l Hayrat ve Tercümesi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944301022</t>
+          <t>9786054606658</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Ni'met-i İslam - Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944301435</t>
+          <t>9789944301022</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Kaynaklı Dualar</t>
+          <t>Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944301886</t>
+          <t>9789944301435</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre Kur’an-ı Kerim Ayetleri (6 Cilt Takım) (Ciltli)</t>
+          <t>Kur’an ve Sünnet Kaynaklı Dualar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>3600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799758666002</t>
+          <t>9789944301886</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Ahiret - Ölüm ve Sonrası</t>
+          <t>Konularına Göre Kur’an-ı Kerim Ayetleri (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944301473</t>
+          <t>9799758666002</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Şehitleri (Ciltli)</t>
+          <t>Kıyamet Ahiret - Ölüm ve Sonrası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054606092</t>
+          <t>9789944301473</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kelime Anlamlı Kur’an-ı Kerim Meali (Rahle Boy)</t>
+          <t>Kerbela Şehitleri (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758666010</t>
+          <t>9786054606092</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali</t>
+          <t>Kelime Anlamlı Kur’an-ı Kerim Meali (Rahle Boy)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944301985</t>
+          <t>9789758666010</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (Ciltli)</t>
+          <t>Kadın İlmihali</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944301237</t>
+          <t>9789944301985</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İhya’u Ulüm’id-Din (4 Kitap Takım Kutulu - Büyük Boy) (Ciltli)</t>
+          <t>İslam Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>3600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054606085</t>
+          <t>9789944301237</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>İhya’u Ulüm’id-Din (4 Kitap Takım Kutulu - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>500</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054606443</t>
+          <t>9786054606085</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hutbe Kitabı (Ciltli)</t>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054606610</t>
+          <t>9786054606443</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin Hafız Boy Fihristli Bilgisayar Hatlı Yasin (Kod 068) (Ciltli)</t>
+          <t>Büyük Hutbe Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054606603</t>
+          <t>9786054606610</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin Hafız Boy Fihristli Bilgisayar Hatlı Türkçe Okunuşlu Yasin-i Şerif (Kod: 067)</t>
+          <t>41 Yasin Hafız Boy Fihristli Bilgisayar Hatlı Yasin (Kod 068) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054606634</t>
+          <t>9786054606603</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin ve Münacât Cüzü Hafız Boy Karton Kapak Fihristli Yasin (Kod 069)</t>
+          <t>41 Yasin Hafız Boy Fihristli Bilgisayar Hatlı Türkçe Okunuşlu Yasin-i Şerif (Kod: 067)</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944301503</t>
+          <t>9786054606634</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe - Arapça Arapça -Türkçe (Cep Sözlüğü Kırmızı Kapak)</t>
+          <t>41 Yasin ve Münacât Cüzü Hafız Boy Karton Kapak Fihristli Yasin (Kod 069)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9799944301083</t>
+          <t>9789944301503</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Dersleri</t>
+          <t>Yeni Türkçe - Arapça Arapça -Türkçe (Cep Sözlüğü Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944301480</t>
+          <t>9799944301083</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocası ve Dini Bilgiler (Şamua) Kod:021 (Ciltli)</t>
+          <t>Tecvid Dersleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944301459</t>
+          <t>9789944301480</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocası ve Dini Bilgiler</t>
+          <t>Tam Namaz Hocası ve Dini Bilgiler (Şamua) Kod:021 (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758666029</t>
+          <t>9789944301459</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye’den Hitap (3 Kitap Takım)</t>
+          <t>Tam Namaz Hocası ve Dini Bilgiler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758666355</t>
+          <t>9789758666029</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Zayıflamanın Yolları</t>
+          <t>Süleymaniye’den Hitap (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758666572</t>
+          <t>9789758666355</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim Hatmi Şerif Cüzü (30 Cüz Kılıflı)</t>
+          <t>Sağlıklı Zayıflamanın Yolları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054606580</t>
+          <t>9789758666572</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin ve Münacat Cüzü Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 065) (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim Hatmi Şerif Cüzü (30 Cüz Kılıflı)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054606207</t>
+          <t>9786054606580</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
+          <t>41 Yasin ve Münacat Cüzü Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 065) (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054606191</t>
+          <t>9786054606207</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim Elifba'sı (053)</t>
+          <t>Kuran-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>75</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944301596</t>
+          <t>9786054606191</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Fihristli Renkli Yasin-i Şerif Tebareke-Amme ve Seçme Dualar (Kod: 029)</t>
+          <t>Tecvidli Kur'an-ı Kerim Elifba'sı (053)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944301848</t>
+          <t>9789944301596</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kelime Anlamlı Kur’an-ı Kerim Meali (3 Kitap Takım ) (Ciltli)</t>
+          <t>Orta Boy Fihristli Renkli Yasin-i Şerif Tebareke-Amme ve Seçme Dualar (Kod: 029)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944301633</t>
+          <t>9789944301848</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Fihristli Yasin-i Şerif ve Seçme Dualar (Kod: 033)</t>
+          <t>Kelime Anlamlı Kur’an-ı Kerim Meali (3 Kitap Takım ) (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>60</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054606009</t>
+          <t>9789944301633</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali (Küçük Boy)</t>
+          <t>Küçük Boy Fihristli Yasin-i Şerif ve Seçme Dualar (Kod: 033)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054606047</t>
+          <t>9786054606009</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali (Çanta Boy Metinsiz) (044)</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali (Küçük Boy)</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054606238</t>
+          <t>9786054606047</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Cep Namaz Hocası ve Temel Dini Bilgiler  (Kod 057)</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali (Çanta Boy Metinsiz) (044)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944301312</t>
+          <t>9786054606238</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Yasin-i Şerif Tebareke - Amme (Kod: 009)</t>
+          <t>Açıklamalı Cep Namaz Hocası ve Temel Dini Bilgiler  (Kod 057)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758666904</t>
+          <t>9789944301312</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
+          <t>Orta Boy Yasin-i Şerif Tebareke - Amme (Kod: 009)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944301640</t>
+          <t>9789758666904</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tam Karabaş Tecvidi (Fihristli)</t>
+          <t>Orta Boy Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
+          <t>9789944301640</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Tam Karabaş Tecvidi (Fihristli)</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
           <t>9786054606221</t>
         </is>
       </c>
-      <c r="B103" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Açıklamalı Cep Namaz Hocası ve Temel Dini Bilgiler (056)</t>
         </is>
       </c>
-      <c r="C103" s="1">
-        <v>70</v>
+      <c r="C104" s="1">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>