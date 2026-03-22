--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,1585 +85,3070 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054606214</t>
+          <t>3990000051770</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Açıklamalı Meali Orta Boy Bilg. Hatlı Kod: 054 (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054606665</t>
+          <t>3990000051769</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nimet-i İslam Büyük İslam İlmihali (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>700</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789523019423</t>
+          <t>3990000051768</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Envar’ül Aşıkin - Aşıkların Nurları (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>700</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054606078</t>
+          <t>3990000051767</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>700</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054606702</t>
+          <t>3990000051766</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Evliya Menkıbeleri (Şamua) (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944301824</t>
+          <t>3990000051765</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kara Davud - Delail-i Hayrat Şerhi (Şamua) (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054606627</t>
+          <t>3990000051772</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin ve Seçme Dualar Fihristli Yasin-i Şerif (Hafız Boy - Kod: 071)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054606597</t>
+          <t>3990000051771</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin ve Seçme Dualar Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 066)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944301770</t>
+          <t>9780000127303</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif ve Seçme Dualar (Kod: 035) Hafız Boy Fihristli - Bilgisayar Hattı</t>
+          <t>Hz. Muhammed (s.a.v)'in Hayatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054606535</t>
+          <t>3990000051694</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin Tebareke Amme - Kısa Sureler ve Dualar (Kod: 059)</t>
+          <t>İstanbul ve Anadolu Evliyaları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944301558</t>
+          <t>9789944301176</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Arapça Fihristli Yasin-i Şerif (Kod: 025)</t>
+          <t>Bilgisayar Hatlı Kolay Okunan Tecvidli Okunuş ve Mealler ile Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944301589</t>
+          <t>3990000001791</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Tebareke - Amme ve Seçme Dualar Hafız Boy Kod:028</t>
+          <t>İslam'da Evlilik ve Mahremiyetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054606900</t>
+          <t>9786057287005</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fetavayi Hindiyye İslam Fıkhı -12 Cilt (Ciltli)</t>
+          <t>Orta Boy Yasin-i Şerif Seçme Dualı Fihristli (Kod:72)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>8400</v>
+        <v>3.96</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054606122</t>
+          <t>9786054606641</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tefsir-i Kebir Kutulu (23 Cilt Takım - Şamua) (Ciltli)</t>
+          <t>41 Yasin ve Münacât Cüzü Hafız Boy Fihristli Yasin (Kod 070) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>18000</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054606726</t>
+          <t>9799759666927</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle İslam Tergib ve Terhib (6 Cilt Takım) (Ciltli)</t>
+          <t>Kur'an-ı Kerim'in Türkçe Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>4500</v>
+        <v>59.41</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944301466</t>
+          <t>9786054606542</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>41 Yasin Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 060) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944301428</t>
+          <t>9786054606566</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın Dilinden Tercümeli ve İzahlı Tam Dua Kitabı (Şamua) CİLTLİ (Ciltli)</t>
+          <t>41 Yasin ve Münacat Cüzü Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 064)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>8.91</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944301411</t>
+          <t>9899758666590</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tam Dua Kitabı Rasulullah’ın Dilinden Tercümeli ve İzahlı</t>
+          <t>Kur'an-ı Kerim Osman Hattı (Yeşil Cami Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>54.46</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758666850</t>
+          <t>9789944301046</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Osman Hattı (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>700</v>
+        <v>37.62</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944301107</t>
+          <t>3990000029874</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur’an-ı Kerim ve Açıklamalı Yüce Meali (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim Hatmi Şerif Cüzü (30 Cüz Kılıflı)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>900</v>
+        <v>99.01</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944301299</t>
+          <t>9789758666867</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi - Altıparmak (Ciltli)</t>
+          <t>Yasin-i Şerif Kod: 042</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>800</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944301398</t>
+          <t>9789944301565</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kıyamet Ahiret</t>
+          <t>Kolay Okunan Bilgisayar Hatlı Yasin (Tebareke - Amme)-026</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944301800</t>
+          <t>9786054606269</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası ve Dini Bilgiler</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Bilgisayar Hatlı - Renkli - Transkripsonlu - Tecvidli) No: 058 (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944301992</t>
+          <t>3990000017963</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nakşibendi Şeyhlerinin Hikmetli Sözleri (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944301152</t>
+          <t>9789758666676</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
+          <t>Yasin'i Şerif Cüz (Rahle Boy)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054606016</t>
+          <t>3990000017966</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kara Davud - Delail-i Hayrat Şerhi (2. Hamur) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Rahle Boy Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>800</v>
+        <v>44.55</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944301961</t>
+          <t>3990000017965</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Anahtarı (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>800</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758666874</t>
+          <t>9789944301572</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Huzur Sohbetleri (Ciltli)</t>
+          <t>Yasin-i Şerif (Kod: 027) Hafız Boy Fihristli - Bilgisayar Hattı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944301657</t>
+          <t>9789944301343</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayatü’s-Sahabe (4 Kitap Takım) (Ciltli)</t>
+          <t>Yasin-i Şerif (Kod: 007) Belirli Zaman ve Hallerde Okunacak Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>3000</v>
+        <v>12.87</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944301220</t>
+          <t>9789944301282</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy 2 Renkli Kur’an-ı Kerim (Bilgisayar Hattı) (Ciltli)</t>
+          <t>Yasin-i Şerif Belirli Zaman ve Hallerde Okunacak Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054606719</t>
+          <t>9789944301008</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Evliya Menkıbeleri (Ciltli)</t>
+          <t>Ya-Sin Tebareke - Amme</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>800</v>
+        <v>8</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758666416</t>
+          <t>9789758666515</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dualı Dürret’ül Vaizin (2 Kitap Takım) (Ciltli)</t>
+          <t>Tefsir-i Kebir (23 Cilt Takım - 2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1500</v>
+        <v>740.74</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054606030</t>
+          <t>9789758666508</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Delailü’l Hayrat ve Tercümesi (Ciltli)</t>
+          <t>Tefsir-i Kebir (23 Cilt Takım - 1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>740.74</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9799758666101</t>
+          <t>9789758666980</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı</t>
+          <t>Tecvitli Kur’an-ı Kerim Hocası Kod:036</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944301404</t>
+          <t>9799758666934</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif</t>
+          <t>Rahle Boy Kur’an-ı Kerim ve Açıklamalı Meali (Bilg. Hatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>75</v>
+        <v>57.43</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944301787</t>
+          <t>9789000124954</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Yeşil ve Bordo) (Ciltli)</t>
+          <t>Rahle Boy Kur’an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>57.43</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944301138</t>
+          <t>9789944301027</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Ciltli)</t>
+          <t>Rahle Boy İki Renkli Kur’an-ı Kerim (Bilg. Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944301626</t>
+          <t>9789944301602</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Yasin-i Şerif ve Seçme Dualar (Kod 032)</t>
+          <t>Rahle Boy Fihristli Yasin-i Şerif Tebareke-Amme ve Seçme Dualar (Kod: 030)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9799758666644</t>
+          <t>9789944301534</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cami-i Kebir İki Renkli Kur’an-ı Kerim Büyük Boy (Bilg. Hattı) (Ciltli)</t>
+          <t>Rahle Boy Fihristli  Yasin-i Şerif (Kod: 023)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1500</v>
+        <v>10.89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758666898</t>
+          <t>9789758666393</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı)</t>
+          <t>Orta Boy Kur’an-ı Kerim ve Açıklamalı Yüce Meali (3’lü)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1000</v>
+        <v>34.65</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758666942</t>
+          <t>9789758666959</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur’an-ı Kerim ve Açıklamalı Meali (Bilg. Hatlı) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali Orta Boy Bilg. Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1000</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789944301039</t>
+          <t>3990000003524</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy İki Renkli Kur’an-ı Kerim (Bilg. Hattı) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Bilg. Hattı ( Orta Boy ) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1000</v>
+        <v>31.68</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789944301183</t>
+          <t>9799758666620</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Fihristli Yasin-i Şerif (Kod: 002) Tebareke - Amme</t>
+          <t>Orta Boy Kur’an-ı Kerim (Hafız Osman Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944301701</t>
+          <t>9789944301213</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şafii Fıkhı (4 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Orta Boy İki Renkli Kur’an-ı Kerim (Bilg. Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>2500</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789800023631</t>
+          <t>9789944301541</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Büyük Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
+          <t>Orta Boy Fihristli Yasin-i Şerif  Tebareke - Amme (Kod: 024)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>600</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944301794</t>
+          <t>9789944301336</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dua Kitabı</t>
+          <t>Orta Boy Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944301510</t>
+          <t>3990000005657</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Cep Sözlüğü</t>
+          <t>Kur’an-ı Kerim’in Türkçe Meali (Kırmızı Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054606108</t>
+          <t>9789758666911</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Büyük Sözlük (Kod-050) (Ciltli)</t>
+          <t>Kur’an-ı Kerim’in Türkçe Meali (Hafız Boy Metinsiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>900</v>
+        <v>125</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758466573</t>
+          <t>9789944301763</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı ÖrnekleriyleTecvid İlmi (Ciltli)</t>
+          <t>Kur’an-ı Kerim’in Fazileti Hakkında 40 Hadis</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>8.91</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9799758666118</t>
+          <t>9789944301060</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi Rehberi</t>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>70</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054606061</t>
+          <t>9789758666927</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Arapça, Arapça-Türkçe Cep Sözlük (K. Kapak)</t>
+          <t>Orta Boy Karşılıklı Kuran-ı Kerim ve Açıklamalı Meali (1248 sayfa) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000008139</t>
+          <t>9789758666966</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk Mutfağının Yemek ve Tatlı Kitabı (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>500</v>
+        <v>34.65</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944301527</t>
+          <t>9786054606184</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dualı Namaz Hocası ve Dini Bilgiler (Mavi Kapak)</t>
+          <t>Kur’an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944301078</t>
+          <t>9785000321454</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Büyük Sözlük (Ciltli)</t>
+          <t>Marifetname 3 Kitap Takım Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1250</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789758666997</t>
+          <t>9786054606115</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sualli Cevaplı Tam Karabaş Tecvidi Fihristsiz</t>
+          <t>Kelime Anlamlı Kur’an-ı Kerim Meali  Orta Boy Bilg. Hattı  Kod: 051 (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258332032</t>
+          <t>9789944301305</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Envarül Aşıkın - Aşıkların Nurları (Tam Metin) Farklı Renk Seçenekleri (Ciltli)</t>
+          <t>Orta Boy Yasin-i Şerif (Kod: 005)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>800</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054606672</t>
+          <t>9789944301831</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali ve Tefsiri -Tibyan Tefsiri (4 Cilt) (Ciltli)</t>
+          <t>İstanbul ve Anadolu Evliyaları (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>2500</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758666546</t>
+          <t>9789944301756</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kuran-ı Kerim Hatmi Şerif Cüzü (30 Cüz) Kılıflı</t>
+          <t>Hz. Muhammed’in Hayatı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799758666484</t>
+          <t>9789758666447</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Telhis ve Tercümesi</t>
+          <t>Hak Dini Kur’an Dili (10 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789302542517</t>
+          <t>9789944301169</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şifalı Bitkiler Sular ve Kaplıcalar Ansiklopedisi (1. Hamur) (Ciltli)</t>
+          <t>Küçük Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799758666071</t>
+          <t>9789944301817</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Ansiklopedik Çocuk İsimleri (Ciltli)</t>
+          <t>Hak Dini Kur’an Dili (10 Kitap Takım, 1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054606795</t>
+          <t>9789944301381</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hak Dini Kur'an Dili - 10 Cilt Takım - Büyük Boy (Ciltli)</t>
+          <t>Hafız Boy Yasin-i Şerif (Kod: 014)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>7500</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054606788</t>
+          <t>9789944301374</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Cami Boy - Kod:078) (Ciltli)</t>
+          <t>Hafız Boy Yasin-i Şerif (Kod: 013)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1000</v>
+        <v>3.96</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054606771</t>
+          <t>9789944301367</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Rahle Boy - Kod: 077) (Ciltli)</t>
+          <t>Hafız Boy Yasin-i Şerif (Kod: 012) Tebareke - Amme</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>900</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054606764</t>
+          <t>9789944301206</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Orta Boy - Kod:076) (Ciltli)</t>
+          <t>Hafız Boy Yasin-i Şerif (Kod: 004) Tebareke - Amme</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>700</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054606740</t>
+          <t>9789944301114</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur'an-ı Kerim Meali (Orta Boy) (Ciltli)</t>
+          <t>Hafız Boy Kur’an-ı Kerim (Hafız Osman Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>34.65</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054606757</t>
+          <t>3990000007275</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şafii İlmihali (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Hafız Boy ) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>24.75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054606733</t>
+          <t>3990000009441</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l Hayrat ve Tercümesi (Küçük Boy) (Ciltli)</t>
+          <t>Hafız Boy Bilgisayarlı Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>27.23</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054606658</t>
+          <t>9799758666651</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ni'met-i İslam - Büyük İslam İlmihali (Ciltli)</t>
+          <t>Hafız Boy 4 Renkli Kur’an-ı Kerim (Bilg. Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>800</v>
+        <v>27.23</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944301022</t>
+          <t>3990000032359</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Hadislerle İslam (7 Kitap Takım ) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>900</v>
+        <v>259.26</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944301435</t>
+          <t>9789758666522</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Kaynaklı Dualar</t>
+          <t>Fetava-yı Hindiyye (16 Kitap Takım - 2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>462.96</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944301886</t>
+          <t>9789758666539</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Konularına Göre Kur’an-ı Kerim Ayetleri (6 Cilt Takım) (Ciltli)</t>
+          <t>Fetava-yı Hindiyye (16 Kitap Takım - 1. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>4500</v>
+        <v>648.15</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799758666002</t>
+          <t>9799758666095</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Ahiret - Ölüm ve Sonrası</t>
+          <t>Evlilikte Cinsel Uyum ve Mutluluk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944301473</t>
+          <t>9789944301442</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Şehitleri (Ciltli)</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>600</v>
+        <v>6.93</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054606092</t>
+          <t>9789944301015</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kelime Anlamlı Kur’an-ı Kerim Meali (Rahle Boy)</t>
+          <t>Cami Boy Kur’an-ı Kerim ve Açıklamalı Yüce Meali (3’lü) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1000</v>
+        <v>54.46</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758666010</t>
+          <t>9799758666590</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali</t>
+          <t>Cami Boy Kur’an-ı Kerim (Hafız Osman Hattı)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944301985</t>
+          <t>9789944301619</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi (Ciltli)</t>
+          <t>Cami Boy Fihristli Yasin-i Şerif Tebareke-Amme ve Seçme Dualar (Kod: 031)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>800</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944301237</t>
+          <t>9799758666576</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İhya’u Ulüm’id-Din (4 Kitap Takım Kutulu - Büyük Boy) (Ciltli)</t>
+          <t>Cami Boy 4 Renkli Kur’an-ı Kerim (Bilg. Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>4500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054606085</t>
+          <t>3990000012107</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Ciltli)</t>
+          <t>Büyük Şifalı Bitkiler, Sular ve Kaplıcalar Ansiklopedisi (2. Hamur) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054606443</t>
+          <t>9789250269853</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hutbe Kitabı (Ciltli)</t>
+          <t>Büyük İslam İlmihali- Siyah Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>800</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054606610</t>
+          <t>9789944301145</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin Hafız Boy Fihristli Bilgisayar Hatlı Yasin (Kod 068) (Ciltli)</t>
+          <t>Küçük Boy 2 Renkli Kur’an-ı Kerim (Bilgisayar Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054606603</t>
+          <t>9789523690134</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin Hafız Boy Fihristli Bilgisayar Hatlı Türkçe Okunuşlu Yasin-i Şerif (Kod: 067)</t>
+          <t>Büyük İslam İlmihali - Mavi Kapak (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054606634</t>
+          <t>9789944301077</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin ve Münacât Cüzü Hafız Boy Karton Kapak Fihristli Yasin (Kod 069)</t>
+          <t>Arapça-Türkçe Büyük Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944301503</t>
+          <t>9789944301855</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe - Arapça Arapça -Türkçe (Cep Sözlüğü Kırmızı Kapak)</t>
+          <t>Yasin-i Şerif ve Seçme Dualar - Mini Boy Bilg Hatlı Türkçe Okunuşlu (Kod:041)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9799944301083</t>
+          <t>9786054606054</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Dersleri</t>
+          <t>Açıklamalı Kur'an-ı Kerim Meali -(Kod:045)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944301480</t>
+          <t>9789944301329</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocası ve Dini Bilgiler (Şamua) Kod:021 (Ciltli)</t>
+          <t>Orta Boy Yasin-i Şerif (Kod: 010) Tebareke - Amme</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>4.46</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944301459</t>
+          <t>9786054606573</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocası ve Dini Bilgiler</t>
+          <t>41 Yasin ve Münacat Cüzü Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 063) (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>400</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758666029</t>
+          <t>9786054606559</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye’den Hitap (3 Kitap Takım)</t>
+          <t>41 Yasin ve Münacat Cüzü Orta Boy Fihristli Bilgisayar Hattı, Kolay  Okunan, Renkli Yasin-i Şerif  (Kod: 062)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>500</v>
+        <v>14.85</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758666355</t>
+          <t>9786059287005</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Zayıflamanın Yolları</t>
+          <t>Yasin Tebareke-Amme ve Seçme Dualar (Orta Boy)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>70</v>
+        <v>3.96</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758666572</t>
+          <t>3990000017962</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim Hatmi Şerif Cüzü (30 Cüz Kılıflı)</t>
+          <t>Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1500</v>
+        <v>24.75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054606580</t>
+          <t>3990000071514</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>41 Yasin ve Münacat Cüzü Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 065) (Ciltli)</t>
+          <t>Dualı Dürret’ül Vaizin Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054606207</t>
+          <t>3990000416346</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054606191</t>
+          <t>3990000416345</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim Elifba'sı (053)</t>
+          <t>Hak Dini Kur'an Dili Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944301596</t>
+          <t>3990000017964</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Fihristli Renkli Yasin-i Şerif Tebareke-Amme ve Seçme Dualar (Kod: 029)</t>
+          <t>Kur'an-ı Kerim (Rahle Boy Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944301848</t>
+          <t>3990000051623</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kelime Anlamlı Kur’an-ı Kerim Meali (3 Kitap Takım ) (Ciltli)</t>
+          <t>Marifetname Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>2000</v>
+        <v>27.77</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944301633</t>
+          <t>3990000051622</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boy Fihristli Yasin-i Şerif ve Seçme Dualar (Kod: 033)</t>
+          <t>Marifetname Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>60</v>
+        <v>27.77</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054606009</t>
+          <t>3990000118352</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali (Küçük Boy)</t>
+          <t>Dualı Dürret’ül Vaizin 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054606047</t>
+          <t>3990000051647</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali (Çanta Boy Metinsiz) (044)</t>
+          <t>Dürret'ül Vaizin Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054606238</t>
+          <t>9786059982542</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Cep Namaz Hocası ve Temel Dini Bilgiler  (Kod 057)</t>
+          <t>Tefsir Okulu 1.2.3.4.5.</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>90</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944301312</t>
+          <t>9786054606214</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Yasin-i Şerif Tebareke - Amme (Kod: 009)</t>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali Orta Boy Bilg. Hatlı Kod: 054 (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758666904</t>
+          <t>9786054606665</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
+          <t>Nimet-i İslam Büyük İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944301640</t>
+          <t>9789523019423</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tam Karabaş Tecvidi (Fihristli)</t>
+          <t>Envar’ül Aşıkin - Aşıkların Nurları (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
+          <t>9786054606078</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786054606702</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Menkıbeleri (Şamua) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789944301824</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Kara Davud - Delail-i Hayrat Şerhi (Şamua) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786054606627</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin ve Seçme Dualar Fihristli Yasin-i Şerif (Hafız Boy - Kod: 071)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786054606597</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin ve Seçme Dualar Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 066)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789944301770</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Yasin-i Şerif ve Seçme Dualar (Kod: 035) Hafız Boy Fihristli - Bilgisayar Hattı</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786054606535</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin Tebareke Amme - Kısa Sureler ve Dualar (Kod: 059)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789944301558</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Orta Boy Arapça Fihristli Yasin-i Şerif (Kod: 025)</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789944301589</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Yasin-i Şerif Tebareke - Amme ve Seçme Dualar Hafız Boy Kod:028</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786054606900</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Fetavayi Hindiyye İslam Fıkhı -12 Cilt (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786054606122</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Tefsir-i Kebir Kutulu (23 Cilt Takım - Şamua) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>18000</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786054606726</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle İslam Tergib ve Terhib (6 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789944301466</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Safahat</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789944301428</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Rasulullah’ın Dilinden Tercümeli ve İzahlı Tam Dua Kitabı (Şamua) CİLTLİ (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789944301411</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Tam Dua Kitabı Rasulullah’ın Dilinden Tercümeli ve İzahlı</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789758666850</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Rahle Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789944301107</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Rahle Boy Kur’an-ı Kerim ve Açıklamalı Yüce Meali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789944301299</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberler Tarihi - Altıparmak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789944301398</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Kıyamet Ahiret</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789944301800</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Hocası ve Dini Bilgiler</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789944301992</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Nakşibendi Şeyhlerinin Hikmetli Sözleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789944301152</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786054606016</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kara Davud - Delail-i Hayrat Şerhi (2. Hamur) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789944301961</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kalplerin Anahtarı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789758666874</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Huzur Sohbetleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789944301657</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Hayatü’s-Sahabe (4 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789944301220</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Hafız Boy 2 Renkli Kur’an-ı Kerim (Bilgisayar Hattı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786054606719</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Menkıbeleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789758666416</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Dualı Dürret’ül Vaizin (2 Kitap Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786054606030</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Delailü’l Hayrat ve Tercümesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9799758666101</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Bakımı</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789944301404</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Yasin-i Şerif</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789944301787</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim ve Açıklamalı Meali (Yeşil ve Bordo) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789944301138</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9789944301626</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Fihristli Yasin-i Şerif ve Seçme Dualar (Kod 032)</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9799758666644</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Cami-i Kebir İki Renkli Kur’an-ı Kerim Büyük Boy (Bilg. Hattı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9789758666898</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Cami Boy Kur’an-ı Kerim ve Yüce Meali (Hafız Osman Hattı)</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789758666942</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Cami Boy Kur’an-ı Kerim ve Açıklamalı Meali (Bilg. Hatlı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789944301039</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Cami Boy İki Renkli Kur’an-ı Kerim (Bilg. Hattı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789944301183</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Cami Boy Fihristli Yasin-i Şerif (Kod: 002) Tebareke - Amme</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789944301701</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Şafii Fıkhı (4 Kitap Takım Kutulu) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789800023631</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Rüya Tabirleri Ansiklopedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789944301794</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Dua Kitabı</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789944301510</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Arapça-Türkçe Cep Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786054606108</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Arapça-Türkçe Büyük Sözlük (Kod-050) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789758466573</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı ÖrnekleriyleTecvid İlmi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9799758666118</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitimi Rehberi</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786054606061</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe-Arapça, Arapça-Türkçe Cep Sözlük (K. Kapak)</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>3990000008139</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Türk Mutfağının Yemek ve Tatlı Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789944301527</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Dualı Namaz Hocası ve Dini Bilgiler (Mavi Kapak)</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789944301078</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Arapça - Türkçe Büyük Sözlük (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789758666997</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Sualli Cevaplı Tam Karabaş Tecvidi Fihristsiz</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786258332032</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Envarül Aşıkın - Aşıkların Nurları (Tam Metin) Farklı Renk Seçenekleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786054606672</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim Meali ve Tefsiri -Tibyan Tefsiri (4 Cilt) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789758666546</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Orta Boy Kuran-ı Kerim Hatmi Şerif Cüzü (30 Cüz) Kılıflı</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9799758666484</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Telhis ve Tercümesi</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789302542517</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Şifalı Bitkiler Sular ve Kaplıcalar Ansiklopedisi (1. Hamur) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9799758666071</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Ansiklopedik Çocuk İsimleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786054606795</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Hak Dini Kur'an Dili - 10 Cilt Takım - Büyük Boy (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786054606788</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Cami Boy - Kod:078) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786054606771</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Rahle Boy - Kod: 077) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786054606764</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim ve Açıklamalı Yüce Meali (Orta Boy - Kod:076) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786054606740</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Kur'an-ı Kerim Meali (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786054606757</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Şafii İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786054606733</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Delailü'l Hayrat ve Tercümesi (Küçük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786054606658</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Ni'met-i İslam - Büyük İslam İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789944301022</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789944301435</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Sünnet Kaynaklı Dualar</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789944301886</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Konularına Göre Kur’an-ı Kerim Ayetleri (6 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9799758666002</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Ahiret - Ölüm ve Sonrası</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789944301473</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Kerbela Şehitleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054606092</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Kelime Anlamlı Kur’an-ı Kerim Meali (Rahle Boy)</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789758666010</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Kadın İlmihali</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789944301985</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789944301237</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>İhya’u Ulüm’id-Din (4 Kitap Takım Kutulu - Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786054606085</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Büyük İslam İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786054606443</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Hutbe Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786054606610</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin Hafız Boy Fihristli Bilgisayar Hatlı Yasin (Kod 068) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786054606603</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin Hafız Boy Fihristli Bilgisayar Hatlı Türkçe Okunuşlu Yasin-i Şerif (Kod: 067)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786054606634</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin ve Münacât Cüzü Hafız Boy Karton Kapak Fihristli Yasin (Kod 069)</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789944301503</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Türkçe - Arapça Arapça -Türkçe (Cep Sözlüğü Kırmızı Kapak)</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9799944301083</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Tecvid Dersleri</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789944301480</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Tam Namaz Hocası ve Dini Bilgiler (Şamua) Kod:021 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789944301459</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Tam Namaz Hocası ve Dini Bilgiler</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789758666029</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Süleymaniye’den Hitap (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789758666355</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Zayıflamanın Yolları</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789758666572</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Cami Boy Kur'an-ı Kerim Hatmi Şerif Cüzü (30 Cüz Kılıflı)</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786054606580</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>41 Yasin ve Münacat Cüzü Orta Boy Fihristli Bilgisayar Hattı, Kolay Okunan, Renkli Yasin-i Şerif (Kod: 065) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786054606207</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Kuran-ı Kerim ve Açıklamalı Meali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786054606191</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Tecvidli Kur'an-ı Kerim Elifba'sı (053)</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789944301596</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Orta Boy Fihristli Renkli Yasin-i Şerif Tebareke-Amme ve Seçme Dualar (Kod: 029)</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789944301848</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Kelime Anlamlı Kur’an-ı Kerim Meali (3 Kitap Takım ) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789944301633</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Boy Fihristli Yasin-i Şerif ve Seçme Dualar (Kod: 033)</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786054606009</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Kur’an-ı Kerim Meali (Küçük Boy)</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786054606047</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Kur’an-ı Kerim Meali (Çanta Boy Metinsiz) (044)</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786054606238</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Cep Namaz Hocası ve Temel Dini Bilgiler  (Kod 057)</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789944301312</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Orta Boy Yasin-i Şerif Tebareke - Amme (Kod: 009)</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789758666904</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Orta Boy Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789944301640</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Tam Karabaş Tecvidi (Fihristli)</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
           <t>9786054606221</t>
         </is>
       </c>
-      <c r="B104" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Açıklamalı Cep Namaz Hocası ve Temel Dini Bilgiler (056)</t>
         </is>
       </c>
-      <c r="C104" s="1">
+      <c r="C203" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>