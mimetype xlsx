--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,1600 +85,2560 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256762015</t>
+          <t>9786256762299</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş</t>
+          <t>İstanbul Mimarisinde Sanatkar İzleri (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258049794</t>
+          <t>9786256762190</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Hacı Bektaş-ı Veli</t>
+          <t>İstanbul Mektupları (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258049701</t>
+          <t>9786256762183</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Çok Sesli Batı Müziği Tarihi (Ciltli)</t>
+          <t>Şehir Mektupları (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258049664</t>
+          <t>9786256762169</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Su Kültürü (Ciltli)</t>
+          <t>Ölüme Bir Kartpostal - Teğmen Dalzade Mustafa Fuad'ın I. Dünya Savaşı Hatıraları (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>750</v>
+        <v>675</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258049480</t>
+          <t>9786259956916</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Köyleriyle İstanbul (Ciltli)</t>
+          <t>Cumhuriyetin 100. Yılında Başkanlarıyla İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258049305</t>
+          <t>9786057260505</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel (Ciltli)</t>
+          <t>100. Yılında Lozan Barış Antlaşması (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>475</v>
+        <v>925</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257288941</t>
+          <t>9786057260512</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Adana'dan İstanbul'a Büyük Dönüşümün Yazarı Orhan Kemal (Ciltli)</t>
+          <t>İstanbul Eğleniyor 1955 - 2023 (2. Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>365</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258049114</t>
+          <t>9786258049886</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü (Ciltli)</t>
+          <t>Öyküleriyle İstanbul Anıtları (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>850</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257288989</t>
+          <t>9786258049534</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar (Ciltli)</t>
+          <t>Resimli İstanbul Apartmanları (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>395</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258049015</t>
+          <t>9786258049930</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka - Bütün Öyküler (Ciltli)</t>
+          <t>100. Yılında Mübadele (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257288842</t>
+          <t>9786258049800</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Misafir Göçmen Yerli (Ciltli)</t>
+          <t>İstanbul Eğleniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>525</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257288019</t>
+          <t>9786258049671</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Renkleri</t>
+          <t>Entelektüel Bir Osmanlı Padişahı Fatih Sultan Mehmed (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257288637</t>
+          <t>9786258049626</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed</t>
+          <t>İstanbul’un Nam Salmış Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>695</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057864901</t>
+          <t>9786258049572</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri</t>
+          <t>İstanbul Öyküleri 4 - Fantastik (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257288385</t>
+          <t>9786258049565</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstanbul’unda Kadın (Ciltli)</t>
+          <t>İstanbul Öyküleri 3 - Bilimkurgu (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>550</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257288965</t>
+          <t>9786258049435</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze İstanbul Lezzetleri (Ciltli)</t>
+          <t>Denizlere Çıkan Sokaklar (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258049602</t>
+          <t>9786258049473</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Öyküleriyle İstanbul Meydanları (Ciltli)</t>
+          <t>Doğuşu ve Gelişimi: Türk Havacılık Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258049190</t>
+          <t>9786258049329</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayallerde Kalan İstanbul</t>
+          <t>Boğaziçi Yalıları (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258049008</t>
+          <t>9786258049336</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Baba'ya Mektuplar (Ciltli)</t>
+          <t>İstanbul’un Kuşları (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257288514</t>
+          <t>9786258049343</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hakkında Her Şey</t>
+          <t>Köy Enstitüleri (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>850</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256762206</t>
+          <t>9786258049282</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Türk Edebiyatı (Ciltli)</t>
+          <t>Arkeolojik Gezi Rehberi - Yeraltındaki İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256762176</t>
+          <t>9786258049251</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Faunası Yaban İstanbul (Ciltli)</t>
+          <t>İstanbul'un Deniz Canlıları (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>900</v>
+        <v>335</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256762138</t>
+          <t>9786258049183</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Panorama İstanbul (Ciltli)</t>
+          <t>Bir Zamanlar Kadıköy (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>2000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256762107</t>
+          <t>9786258049138</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Öykülerde İstanbul - Cumhuriyet'in 100 Öyküsü (2 Cilt Takım) (Ciltli)</t>
+          <t>Tepe Tepe İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>2850</v>
+        <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256762091</t>
+          <t>9786257288118</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kapanmayan Parantez Halkevleri (Ciltli)</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>675</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256762053</t>
+          <t>9786257288101</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan (Ciltli)</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>850</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256762077</t>
+          <t>9786257288309</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Haritalarla İstanbul Gezi Rehberi - Batı İstanbul ve Orta Batı İstanbul Cilt 01 (Ciltli)</t>
+          <t>Paşa’nın Rotası (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256762022</t>
+          <t>9786257288200</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Mirası Büyükdere Fidanlığı (Ciltli)</t>
+          <t>Mai ve Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259956978</t>
+          <t>9786257288484</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat'tan Günümüze Modern İstanbul’u İnşa Edenler (Ciltli)</t>
+          <t>Atatürk ve İstanbul</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259956947</t>
+          <t>9786257288125</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet İstanbul’unda Gazetecilik İstanbul Basın Tarihi Cilt 2 (Ciltli)</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>950</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259956930</t>
+          <t>9786257288026</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstanbul’unda Gazetecilik İstanbul Basın Tarihi Cilt 1 (Ciltli)</t>
+          <t>İstanbul’un Renkleri (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259956992</t>
+          <t>9786257288682</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Basket İstanbul (Ciltli)</t>
+          <t>İstanbul Spor Kulüpleri Tarihi İlk Dönem Kulüpleri Cilt 1</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259956909</t>
+          <t>9786257288705</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Erdemin Mirası: Sportmenlik (Ciltli)</t>
+          <t>İstanbul Spor Kulüpleri Tarihi Semt Kulüpleri Cilt 3</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057260598</t>
+          <t>9786257288699</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında İstanbul'un Kurtuluşu (Ciltli)</t>
+          <t>İstanbul Spor Kulüpleri Tarihi Üç Büyükler Cilt 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057260581</t>
+          <t>9786257288859</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Erik Ağacı: Yunus Emre (Ciltli)</t>
+          <t>Dünya Sinemasında İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057260567</t>
+          <t>9786257288811</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gizem Dolu İstanbul Masalları (Ciltli)</t>
+          <t>Fotoğraflarla Çankaya (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057260543</t>
+          <t>9786257288323</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cemal Reşit Rey - Müzikten İbaret Bir Dünyada Gezintiler (Ciltli)</t>
+          <t>19. - 20. Yüzyıl Yabancı Seyyahların Gözünden İstanbul</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057260574</t>
+          <t>9786257288316</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cüneyt Arkın (Ciltli)</t>
+          <t>19. - 20. Yüzyıl Yabancı Seyyahların Gözünden İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057260550</t>
+          <t>9786257288279</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Antonio Cosentino’nun Objektifinden İstanbul Atlası Gültepe - Kınalı (1996 - 2023) (Ciltli)</t>
+          <t>İstanbul’un Surları ve Kapıları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>145</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057260529</t>
+          <t>9786257288644</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Ertuğrul (Ciltli)</t>
+          <t>Fatih Sultan Mehmed (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057260536</t>
+          <t>9786057864871</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Toprağı Dinle Suyu Anla - Yaşar Kemal Eserlerinde Biyoçeşitlilik (Ciltli)</t>
+          <t>Atatürk Fotoğraflarının Hikayesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258049992</t>
+          <t>9786057864888</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da İtfaiye (Ciltli)</t>
+          <t>Atatürk Fotoğraflarının Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>395</v>
+        <v>665</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258049985</t>
+          <t>9786059492867</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küçük Celaleddin'in Uzun Yolculuğu (Ciltli)</t>
+          <t>Esir Şehirde Spor (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258049732</t>
+          <t>9786057864772</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Cihannüma (Ciltli)</t>
+          <t>Esir Şehirde Spor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>2200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258049459</t>
+          <t>9786257288163</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sana Hikaye Geliyor (Ciltli)</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258049442</t>
+          <t>9786257288170</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Seçkinler Kitabı: Kitab-ı Ekabir (Ciltli)</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258049213</t>
+          <t>9786257288217</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şato (Ciltli)</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>425</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258049220</t>
+          <t>9786257288231</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dava (Ciltli)</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>395</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257288903</t>
+          <t>9786057864970</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde İstanbul (Ciltli)</t>
+          <t>İçimizdeki Şeytan (Ciltsiz)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1750</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258049121</t>
+          <t>9786057864963</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Manifestosu (Ciltli)</t>
+          <t>Kuyucaklı Yusuf (Ciltsiz)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257288996</t>
+          <t>9786057864918</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Amerika (Ciltli)</t>
+          <t>İstanbul Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>395</v>
+        <v>50</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258049022</t>
+          <t>9786257288460</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm (Ciltli)</t>
+          <t>100. Yılında İnönü Savaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257288187</t>
+          <t>9786059492140</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye (Ciltli)</t>
+          <t>100. Yılında İstanbul'un İşgal Günleri (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257288194</t>
+          <t>9786059492638</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Satranç (Ciltli)</t>
+          <t>100. Yılında İstanbul'un İşgal Günleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257288552</t>
+          <t>9786257288507</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zamana Değer Katanlar</t>
+          <t>İstanbul Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257288583</t>
+          <t>9786257288521</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Feshane-i Amire</t>
+          <t>Istanbul The Ultimate Guide (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257288590</t>
+          <t>9786257288392</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Feshane-i Amire (Ciltli)</t>
+          <t>Osmanlı İstanbul’unda Kadın</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257288651</t>
+          <t>9786257288415</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Vatan Uğruna</t>
+          <t>Cumhuriyet İstanbul’unda Kadın</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257288668</t>
+          <t>9786257288408</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Vatan Uğruna (Ciltli)</t>
+          <t>Cumhuriyet İstanbul’unda Kadın (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257288224</t>
+          <t>9786257288378</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları (Ciltli)</t>
+          <t>Şiirlerde İstanbul</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257288132</t>
+          <t>9786057465603</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç (Ciltli)</t>
+          <t>Vapurlarıyla İstanbul</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257288149</t>
+          <t>9786057465610</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi (Ciltli)</t>
+          <t>Vapurlarıyla İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257288156</t>
+          <t>9786257288422</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani (Ciltli)</t>
+          <t>Cesur Kızlara Yol Arkadaşları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057864994</t>
+          <t>9786057838551</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan (Ciltli)</t>
+          <t>Fetih ve Kıyamet 1453 (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057864987</t>
+          <t>9786256762015</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf (Ciltli)</t>
+          <t>Neşet Ertaş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>580</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257288453</t>
+          <t>9786258049794</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında İnönü Savaşları</t>
+          <t>Dört Kapı Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257288538</t>
+          <t>9786258049701</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Istanbul The Ultimate Guide</t>
+          <t>İstanbul'un Çok Sesli Batı Müziği Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257288569</t>
+          <t>9786258049664</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Deprem Gerçeği</t>
+          <t>İstanbul Su Kültürü (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257288576</t>
+          <t>9786258049480</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Deprem Gerçeği (Ciltli)</t>
+          <t>Köyleriyle İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>425</v>
+        <v>750</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257288804</t>
+          <t>9786258049305</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri 2 (Ciltli)</t>
+          <t>Aşık Veysel (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257288774</t>
+          <t>9786257288941</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ufuk Çizgisindeki Adam Özkan Sümer (Ciltli)</t>
+          <t>Adana'dan İstanbul'a Büyük Dönüşümün Yazarı Orhan Kemal (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258049299</t>
+          <t>9786258049114</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çelik Kale - Çanakkale (Ciltli)</t>
+          <t>İsmet İnönü (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>900</v>
+        <v>850</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057864857</t>
+          <t>9786257288989</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hatıratlarla Karşılaştırmalı Nutuk (Kutulu, Ciltli)</t>
+          <t>Milena'ya Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1800</v>
+        <v>395</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057864840</t>
+          <t>9786258049015</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hatıratlarla Karşılaştırmalı Nutuk</t>
+          <t>Franz Kafka - Bütün Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>875</v>
+        <v>550</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258049923</t>
+          <t>9786257288842</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’daki Beyaz Kartal Polonezköy (Ciltli)</t>
+          <t>Misafir Göçmen Yerli (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258049916</t>
+          <t>9786257288019</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sokak Sanatlarında İstanbul (Ciltli)</t>
+          <t>İstanbul’un Renkleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258049879</t>
+          <t>9786257288637</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Yazlık Sinemaları Tarihi Düş Bahçeleri (Ciltli)</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>475</v>
+        <v>695</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258049862</t>
+          <t>9786057864901</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>40 Kadın 40 Hayat</t>
+          <t>İstanbul Öyküleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1500</v>
+        <v>295</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258049848</t>
+          <t>9786257288385</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Çok Dilli Kitabeler (Ciltli)</t>
+          <t>Osmanlı İstanbul’unda Kadın (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258049855</t>
+          <t>9786257288965</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında Türk Futbolunun 100 Akı (Ciltli)</t>
+          <t>Geçmişten Günümüze İstanbul Lezzetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>675</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258049831</t>
+          <t>9786258049602</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gün Gün İstanbul (Ciltli)</t>
+          <t>Öyküleriyle İstanbul Meydanları (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>385</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258049763</t>
+          <t>9786258049190</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Muhtarlarıyla İstanbul (Ciltli)</t>
+          <t>Hayallerde Kalan İstanbul</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257288958</t>
+          <t>9786258049008</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İstanbul'un Tarihi Yarımadası (Ciltli)</t>
+          <t>Baba'ya Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>590</v>
+        <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257288293</t>
+          <t>9786257288514</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Paşa’nın Rotası</t>
+          <t>İstanbul Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257288781</t>
+          <t>9786256762206</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında İstanbul (Ciltli)</t>
+          <t>Cumhuriyet'in 100. Yılında Türk Edebiyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>850</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257288828</t>
+          <t>9786256762176</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Perde Kapanmasa Görecektiniz (Ciltli)</t>
+          <t>İstanbul'un Faunası Yaban İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257288286</t>
+          <t>9786256762138</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Surları ve Kapıları (Ciltli)</t>
+          <t>Panorama İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>550</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057864796</t>
+          <t>9786256762107</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bosphorus The Ultimate Guide</t>
+          <t>Öykülerde İstanbul - Cumhuriyet'in 100 Öyküsü (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258049961</t>
+          <t>9786256762091</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İçinden Dolmuş Geçen İstanbul (Ciltli)</t>
+          <t>Kapanmayan Parantez Halkevleri (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>675</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057864826</t>
+          <t>9786256762053</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kanal İstanbul</t>
+          <t>Mimar Sinan (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057864802</t>
+          <t>9786256762077</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Boğaz Hakkında Her Şey</t>
+          <t>Haritalarla İstanbul Gezi Rehberi - Batı İstanbul ve Orta Batı İstanbul Cilt 01 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258049787</t>
+          <t>9786256762022</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerde İstanbul’un Sokak Köpekleri</t>
+          <t>Atatürk'ün Mirası Büyükdere Fidanlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257288545</t>
+          <t>9786259956978</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zamana Değer Katanlar (Ciltli)</t>
+          <t>Tanzimat'tan Günümüze Modern İstanbul’u İnşa Edenler (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>375</v>
+        <v>800</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257288477</t>
+          <t>9786259956947</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İstanbul (Ciltli)</t>
+          <t>Cumhuriyet İstanbul’unda Gazetecilik İstanbul Basın Tarihi Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>990</v>
+        <v>950</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257288361</t>
+          <t>9786259956930</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerde İstanbul (Ciltli)</t>
+          <t>Osmanlı İstanbul’unda Gazetecilik İstanbul Basın Tarihi Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258049749</t>
+          <t>9786259956992</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi'nin Güzellikleri (Ciltli)</t>
+          <t>Basket İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258049718</t>
+          <t>9786259956909</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosunda İstanbul (Ciltli)</t>
+          <t>Bir Erdemin Mirası: Sportmenlik (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>775</v>
+        <v>380</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258049596</t>
+          <t>9786057260598</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fatma Girik (Ciltli)</t>
+          <t>100. Yılında İstanbul'un Kurtuluşu (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258049589</t>
+          <t>9786057260581</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ertem Eğilmez (Ciltli)</t>
+          <t>Erik Ağacı: Yunus Emre (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258049411</t>
+          <t>9786057260567</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>100+ İstanbul’dan 100 Yaş Üstü 40 İnsan Hikayesi (Ciltli)</t>
+          <t>Gizem Dolu İstanbul Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258049510</t>
+          <t>9786057260543</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Türk Gölge Tiyatrosu Karagöz (Ciltli)</t>
+          <t>Cemal Reşit Rey - Müzikten İbaret Bir Dünyada Gezintiler (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258049633</t>
+          <t>9786057260574</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Akışının Değiştiği Su Yolu Türk Boğazları (Ciltli)</t>
+          <t>Cüneyt Arkın (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258049657</t>
+          <t>9786057260550</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları Tarihi ve Türkiye (Ciltli)</t>
+          <t>Antonio Cosentino’nun Objektifinden İstanbul Atlası Gültepe - Kınalı (1996 - 2023) (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
+          <t>9786057260529</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Muhsin Ertuğrul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786057260536</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Toprağı Dinle Suyu Anla - Yaşar Kemal Eserlerinde Biyoçeşitlilik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786258049992</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul'da İtfaiye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786258049985</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Celaleddin'in Uzun Yolculuğu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786258049732</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Cihannüma (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786258049459</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Sana Hikaye Geliyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786258049442</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Seçkinler Kitabı: Kitab-ı Ekabir (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786258049213</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Şato (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786258049220</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Dava (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786257288903</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Evvel Zaman İçinde İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786258049121</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Bisiklet Manifestosu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786257288996</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Amerika (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786258049022</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786257288187</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Mürebbiye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786257288194</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Satranç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786257288552</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Zamana Değer Katanlar</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786257288583</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Feshane-i Amire</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786257288590</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Feshane-i Amire (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786257288651</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Uğruna</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786257288668</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Uğruna (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786257288224</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther’in Acıları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786257288132</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786257288149</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786257288156</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Gulyabani (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786057864994</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786057864987</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786257288453</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>100. Yılında İnönü Savaşları</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786257288538</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Istanbul The Ultimate Guide</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786257288569</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un Deprem Gerçeği</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786257288576</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un Deprem Gerçeği (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786257288804</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Öyküleri 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786257288774</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Ufuk Çizgisindeki Adam Özkan Sümer (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786258049299</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Çelik Kale - Çanakkale (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786057864857</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Hatıratlarla Karşılaştırmalı Nutuk (Kutulu, Ciltli)</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786057864840</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Hatıratlarla Karşılaştırmalı Nutuk</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786258049923</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’daki Beyaz Kartal Polonezköy (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786258049916</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Sokak Sanatlarında İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786258049879</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un Yazlık Sinemaları Tarihi Düş Bahçeleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786258049862</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>40 Kadın 40 Hayat</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786258049848</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’da Çok Dilli Kitabeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786258049855</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet’in 100. Yılında Türk Futbolunun 100 Akı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786258049831</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Gün Gün İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786258049763</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Muhtarlarıyla İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786257288958</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne İstanbul'un Tarihi Yarımadası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786257288293</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Paşa’nın Rotası</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786257288781</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasında İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786257288828</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Perde Kapanmasa Görecektiniz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786257288286</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’un Surları ve Kapıları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786057864796</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Bosphorus The Ultimate Guide</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786258049961</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>İçinden Dolmuş Geçen İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786057864826</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kanal İstanbul</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786057864802</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Boğaz Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786258049787</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Karikatürlerde İstanbul’un Sokak Köpekleri</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786257288545</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Zamana Değer Katanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786257288477</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786257288361</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Şiirlerde İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786258049749</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Boğaziçi'nin Güzellikleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786258049718</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tiyatrosunda İstanbul (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786258049596</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Fatma Girik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786258049589</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Ertem Eğilmez (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786258049411</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>100+ İstanbul’dan 100 Yaş Üstü 40 İnsan Hikayesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786258049510</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Geleneksel Türk Gölge Tiyatrosu Karagöz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786258049633</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Akışının Değiştiği Su Yolu Türk Boğazları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786258049657</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Hakları Tarihi ve Türkiye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
           <t>9786258049688</t>
         </is>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Her Yönüyle Ekmek (Ciltli)</t>
         </is>
       </c>
-      <c r="C105" s="1">
+      <c r="C169" s="1">
         <v>490</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>