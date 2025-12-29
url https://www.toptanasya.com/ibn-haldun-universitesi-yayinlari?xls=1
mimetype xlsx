--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,1600 +85,1675 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259679853</t>
+          <t>9786259644509</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles, Martha Nussbaum ve Matthew Lipman Özelinde Ahlaki Eylemin Canlılığına Dair Teorik ve Pratik Soruşturma</t>
+          <t>Religion, Memory and Sense of Belonging: The Tradition of Memorization of The Qur’an in Turkey (1923-1950)</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256055018</t>
+          <t>9786259644516</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-İber</t>
+          <t>Decolonizing Empowerment</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>520</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259679877</t>
+          <t>9786456055124</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>The Maqālāt of Ḥājjī Baktāsh Walī: Four Gates-Forty Stations: The Stages of the Spiritual Journey</t>
+          <t>فَتْحُ الغِطَاء عَنْ وَجْهِ العَذْرَاءِ - Fetḥü’l-Gıṭa ʿan Vechi’l-ʿAzra (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256055025</t>
+          <t>9786259644523</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tekmiletü’l-İber</t>
+          <t>Da‘vetü’n-Nefsi’t-Taliha ila A‘mali’s-Saliha (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259679891</t>
+          <t>9786259679884</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayının Mahremi</t>
+          <t>İsaġüci Şerhi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>560</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256055889</t>
+          <t>9786259679853</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kitāb al-Tawḥīd - The Book Of Monotheism (Ciltli)</t>
+          <t>Aristoteles, Martha Nussbaum ve Matthew Lipman Özelinde Ahlaki Eylemin Canlılığına Dair Teorik ve Pratik Soruşturma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1750</v>
+        <v>420</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256491892</t>
+          <t>9786256055018</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>STK Kapasite Geliştirme Programı</t>
+          <t>Miftahu’l-İber</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>5500</v>
+        <v>520</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257249577</t>
+          <t>9786259679877</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ramuzü’t-tahrir Ve’t-tefsir (3 Cilt)</t>
+          <t>The Maqālāt of Ḥājjī Baktāsh Walī: Four Gates-Forty Stations: The Stages of the Spiritual Journey</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>3900</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056753367</t>
+          <t>9786256055025</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gayetu’l-Emani fi Tefsiri’l-Kelami’r-Rabbani (5 Cilt Takım) (Ciltli)</t>
+          <t>Tekmiletü’l-İber</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>4000</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256055780</t>
+          <t>9786259679891</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beyond Pleasure: Rethinking Wellbeing in a Hedonistic Age</t>
+          <t>Osmanlı Sarayının Mahremi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>412</v>
+        <v>560</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256055827</t>
+          <t>9786256055889</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kitab al-Tawḥid</t>
+          <t>Kitāb al-Tawḥīd - The Book Of Monotheism (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1500</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256055766</t>
+          <t>9786256491892</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fizik - Küçük Şerhi</t>
+          <t>STK Kapasite Geliştirme Programı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>596</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256055797</t>
+          <t>9786257249577</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Donning the Khirqa: Entering the Ṣufi Path</t>
+          <t>Ramuzü’t-tahrir Ve’t-tefsir (3 Cilt)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>316</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256055759</t>
+          <t>9786056753367</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Rethinking the Universe: Abū Manṣūr Al-Māturīdī’s Challenge To Traditional Philosophy</t>
+          <t>Gayetu’l-Emani fi Tefsiri’l-Kelami’r-Rabbani (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>346</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256055742</t>
+          <t>9786256055780</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kapitalizmde Eşitsizliğin Yeniden Üretimi: Dijital Emek Bağlamında Afrika Kıtası Örneği</t>
+          <t>Beyond Pleasure: Rethinking Wellbeing in a Hedonistic Age</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>546</v>
+        <v>412</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256055735</t>
+          <t>9786256055827</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Beyond Algorithms: Artificial Intelligence’s Impact and Applications in Economics and Finance</t>
+          <t>Kitab al-Tawḥid</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>472</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256055186</t>
+          <t>9786256055766</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aynü’s-sa‘âde ‘an Hüsni’l-İrâde عَينُ السَّعَادَة عَن حُسنِ الإرَادَة</t>
+          <t>Fizik - Küçük Şerhi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>260</v>
+        <v>596</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256055223</t>
+          <t>9786256055797</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Teoloji ve Bilim Arasında: İslam Düşünce ve Tıp Tarihinde Veba Risaleleri</t>
+          <t>Donning the Khirqa: Entering the Ṣufi Path</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>342</v>
+        <v>316</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256055230</t>
+          <t>9786256055759</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Salgınlar Karşısında Tedbir Almak &amp; İthaf’ın Parıltısı</t>
+          <t>Rethinking the Universe: Abū Manṣūr Al-Māturīdī’s Challenge To Traditional Philosophy</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>432</v>
+        <v>346</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256055674</t>
+          <t>9786256055742</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Salgından Kaçış &amp; Salgından Korunma</t>
+          <t>Dijital Kapitalizmde Eşitsizliğin Yeniden Üretimi: Dijital Emek Bağlamında Afrika Kıtası Örneği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>596</v>
+        <v>546</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256055667</t>
+          <t>9786256055735</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalıklara Kalkan &amp; Salgın Hastalıklardan Korunma</t>
+          <t>Beyond Algorithms: Artificial Intelligence’s Impact and Applications in Economics and Finance</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>362</v>
+        <v>472</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256491687</t>
+          <t>9786256055186</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Palestine and the Future of Global Affairs</t>
+          <t>Aynü’s-sa‘âde ‘an Hüsni’l-İrâde عَينُ السَّعَادَة عَن حُسنِ الإرَادَة</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>530</v>
+        <v>260</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256491618</t>
+          <t>9786256055223</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Risâle fi’l-İʿdâʾ: Bulaşma Risalesi</t>
+          <t>Teoloji ve Bilim Arasında: İslam Düşünce ve Tıp Tarihinde Veba Risaleleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>342</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256491632</t>
+          <t>9786256055230</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>فتوتنامۀ شيخ عطار Futuwwatnāma of ʿAṭṭār Attâr Fütüvvetnâmesi</t>
+          <t>Salgınlar Karşısında Tedbir Almak &amp; İthaf’ın Parıltısı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>432</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256491670</t>
+          <t>9786256055674</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Kültürel İnşa: Kültür Bânisi Olarak Hz. Muhammed</t>
+          <t>Salgından Kaçış &amp; Salgından Korunma</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>596</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256055315</t>
+          <t>9786256055667</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tabiat ve Bilim: Okul Dışı Öğrenme Kuramsal Kitabı I. Cilt</t>
+          <t>Salgın Hastalıklara Kalkan &amp; Salgın Hastalıklardan Korunma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>340</v>
+        <v>362</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256055322</t>
+          <t>9786256491687</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tabiat ve Bilim: Okul Dışı Öğrenme Etkinlik Kitabı II. Cilt</t>
+          <t>Palestine and the Future of Global Affairs</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050690576</t>
+          <t>9786256491618</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Comparative Theories And Methods</t>
+          <t>Risâle fi’l-İʿdâʾ: Bulaşma Risalesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256055192</t>
+          <t>9786256491632</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hikmetü't-teâruz fî sûreti’t-tenâkuz (Ciltli)</t>
+          <t>فتوتنامۀ شيخ عطار Futuwwatnāma of ʿAṭṭār Attâr Fütüvvetnâmesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>552</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256055209</t>
+          <t>9786256491670</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Unvânu’l-Hakk ve burhânu’s-sıdk</t>
+          <t>Hz. Peygamber ve Kültürel İnşa: Kültür Bânisi Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>412</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256055391</t>
+          <t>9786256055315</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tenzîlü’l-efkâr fî ta‘dîli’l-esrâr (2 Kitap)</t>
+          <t>Tabiat ve Bilim: Okul Dışı Öğrenme Kuramsal Kitabı I. Cilt</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>722</v>
+        <v>340</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256055452</t>
+          <t>9786256055322</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kitâbu Merâsıdu’l-Makâsıd 2</t>
+          <t>Tabiat ve Bilim: Okul Dışı Öğrenme Etkinlik Kitabı II. Cilt</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>746</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256055247</t>
+          <t>9786050690576</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yetkinlik ve Anlam: Farabi Açısından Kelamın Yapısı</t>
+          <t>Comparative Theories And Methods</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>360</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256055278</t>
+          <t>9786256055192</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve İbn Sina’da Canlıların Oluşumu Üzerine</t>
+          <t>Hikmetü't-Tearuz fi Sureti’t-Tenakuz (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>624</v>
+        <v>750</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256491663</t>
+          <t>9786256055209</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Anthropology and Sociology of Emotions: Theoretical and Ethnographic Perspectives from Turkey and Beyond</t>
+          <t>Unvânu’l-Hakk ve burhânu’s-sıdk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>532</v>
+        <v>412</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256055193</t>
+          <t>9786256055391</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hikmetü’t-tearuz fi sureti’n-tenakuz</t>
+          <t>Tenzîlü’l-efkâr fî ta‘dîli’l-esrâr (2 Kitap)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>446</v>
+        <v>722</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256055261</t>
+          <t>9786256055452</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Işığın Hakikatini Aramak: Osmanlılarda Gökkuşağı, Hale ve Renk Sorunları (1300-1600</t>
+          <t>Kitâbu Merâsıdu’l-Makâsıd 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>506</v>
+        <v>746</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256055162</t>
+          <t>9786256055247</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde Köprülüler Dönemi (1656-1710)</t>
+          <t>Yetkinlik ve Anlam: Farabi Açısından Kelamın Yapısı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>528</v>
+        <v>360</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256055155</t>
+          <t>9786256055278</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Nakşi Divanı</t>
+          <t>Aristoteles ve İbn Sina’da Canlıların Oluşumu Üzerine</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>624</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256055124</t>
+          <t>9786256491663</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Fethü’l-Gıta ‘an Vechil Azra (Ciltli)</t>
+          <t>Anthropology and Sociology of Emotions: Theoretical and Ethnographic Perspectives from Turkey and Beyond</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>525</v>
+        <v>532</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256055001</t>
+          <t>9786256055193</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kitab Aʿlam al-Huda wa ʿAqidatu Arbab al-Tuqa: The Signposts of Right Guidance and the Creed of the God-Fearing People</t>
+          <t>Hikmetü’t-tearuz fi sureti’n-tenakuz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>420</v>
+        <v>446</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256055094</t>
+          <t>9786256055261</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Siyaset</t>
+          <t>Işığın Hakikatini Aramak: Osmanlılarda Gökkuşağı, Hale ve Renk Sorunları (1300-1600</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>520</v>
+        <v>506</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256055087</t>
+          <t>9786256055162</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>المعاصرة والقضايا الفقهية المستجدة وقف النقود :تطبيقاته (dûkün-n'üfkaV)</t>
+          <t>Osmanlı Tarihinde Köprülüler Dönemi (1656-1710)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>528</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786456055131</t>
+          <t>9786256055155</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>فَتْحُ الغِطَاء عَنْ وَجْهِ العَذْرَاءِ (Fethü’l-gıtâ an vechi’l-azrâ)</t>
+          <t>Nakşi Divanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256055148</t>
+          <t>9786256055124</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>رِسَالَةٌ في التَّنْبيهِ عَلى بَعْضِ الأَسْرَارِ الْمُودَعَةِ فِي بَعْضِ سُوَرِ الْقرْآنِ الْعَظِيمِ وَالْفُرْقَانِ الكَرِيمِ (el-Esrârü’l-mûde‘a fî ba‘zi sûreti’l-Kur’ân)</t>
+          <t>Fethü’l-Gıta ‘an Vechil Azra (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>525</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256491922</t>
+          <t>9786256055001</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Levinas'ta Mutlak ve Varlık</t>
+          <t>Kitab Aʿlam al-Huda wa ʿAqidatu Arbab al-Tuqa: The Signposts of Right Guidance and the Creed of the God-Fearing People</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256491915</t>
+          <t>9786256055094</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Ardında Davranışsal Bağımlılıkları Anlamak ve Çalışmak</t>
+          <t>Ahlak ve Siyaset</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256491588</t>
+          <t>9786256055087</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hediyyetü’l-İhvan Şerhu Sübha-i Sıbyan: Çocukların Tesbihi</t>
+          <t>المعاصرة والقضايا الفقهية المستجدة وقف النقود :تطبيقاته (dûkün-n'üfkaV)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256491571</t>
+          <t>9786456055131</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Vehbi: Farsça – Türkçe Manzum Sözlük</t>
+          <t>فَتْحُ الغِطَاء عَنْ وَجْهِ العَذْرَاءِ (Fethü’l-gıtâ an vechi’l-azrâ)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256491823</t>
+          <t>9786256055148</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Teʾvilatü Cemâl el-Ḫalveti</t>
+          <t>رِسَالَةٌ في التَّنْبيهِ عَلى بَعْضِ الأَسْرَارِ الْمُودَعَةِ فِي بَعْضِ سُوَرِ الْقرْآنِ الْعَظِيمِ وَالْفُرْقَانِ الكَرِيمِ (el-Esrârü’l-mûde‘a fî ba‘zi sûreti’l-Kur’ân)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>205</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256491649</t>
+          <t>9786256491922</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Artificial Intelligence in Higher Education: Applications and Suggestions</t>
+          <t>Hegel ve Levinas'ta Mutlak ve Varlık</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256491601</t>
+          <t>9786256491915</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Levantines of the Ottoman World: Communities, Identities, and Cultures</t>
+          <t>Ekranın Ardında Davranışsal Bağımlılıkları Anlamak ve Çalışmak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>426</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256491519</t>
+          <t>9786256491588</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>El-Ḥikemü'l-İrfaniyye (الحِكَمُ العِرْفَانِيَّةُ فِي مَعانٍ إرْشَادِيَّةٍ وَإشَارَات قُرْآنِيَّة)</t>
+          <t>Hediyyetü’l-İhvan Şerhu Sübha-i Sıbyan: Çocukların Tesbihi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>172</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256491526</t>
+          <t>9786256491571</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hadisin Müessiriyeti: Fakih İmamların İhtilaflarında Hadislerin Tesiri</t>
+          <t>Tuhfe-i Vehbi: Farsça – Türkçe Manzum Sözlük</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256491540</t>
+          <t>9786256491823</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Terceme-i Tehafütü’l-Felasife Li İmami’l-Gazzali</t>
+          <t>Teʾvilatü Cemâl el-Ḫalveti</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>680</v>
+        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256491502</t>
+          <t>9786256491649</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mantığa Giriş (Tahlil - Metin - Tercüme)</t>
+          <t>Artificial Intelligence in Higher Education: Applications and Suggestions</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>182</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256491496</t>
+          <t>9786256491601</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kelama Giriş (Tahlil - Metin - Tercüme)</t>
+          <t>Levantines of the Ottoman World: Communities, Identities, and Cultures</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>340</v>
+        <v>426</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256491533</t>
+          <t>9786256491519</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Suhrawardi's Criticism of the Philosophy of Ibn Sina</t>
+          <t>El-Ḥikemü'l-İrfaniyye (الحِكَمُ العِرْفَانِيَّةُ فِي مَعانٍ إرْشَادِيَّةٍ وَإشَارَات قُرْآنِيَّة)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256491403</t>
+          <t>9786256491526</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Üss-i Zafer (Yeniçeriliğin Kaldırılmasına Dair)</t>
+          <t>Hadisin Müessiriyeti: Fakih İmamların İhtilaflarında Hadislerin Tesiri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256491373</t>
+          <t>9786256491540</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>El - Vakf Fi’s-  Siyaki’l - Osmaniİ (الوقف في السياق العثماني)</t>
+          <t>Terceme-i Tehafütü’l-Felasife Li İmami’l-Gazzali</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>256</v>
+        <v>680</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256491434</t>
+          <t>9786256491502</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Antik Tekhne’den Modern Teknolojiye: Teknoloji ve Değerler</t>
+          <t>Mantığa Giriş (Tahlil - Metin - Tercüme)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>270</v>
+        <v>182</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256491427</t>
+          <t>9786256491496</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Et-teysir Fi İlmi’t-tefsir (التيسير في علم التفسير)</t>
+          <t>Kelama Giriş (Tahlil - Metin - Tercüme)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>620</v>
+        <v>340</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256491366</t>
+          <t>9786256491533</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Muzilü'l-melam an hükkami'l-enam (مزيل الملام عن حكام الأنام)</t>
+          <t>Suhrawardi's Criticism of the Philosophy of Ibn Sina</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>182</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256491359</t>
+          <t>9786256491403</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Tabiat</t>
+          <t>Üss-i Zafer (Yeniçeriliğin Kaldırılmasına Dair)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257249775</t>
+          <t>9786256491373</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tahlilu Selasili Ta‘limi’l-arabiyye Li’n-natıkin Bi Gayriha  - Dirasat Mukarene Bi’s-selasili’l-ecnebiyye</t>
+          <t>El - Vakf Fi’s-  Siyaki’l - Osmaniİ (الوقف في السياق العثماني)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>960</v>
+        <v>256</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257249829</t>
+          <t>9786256491434</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ahkamü'n-nikah Ahkamü't-talak Nikah ve Talak Ahkamı</t>
+          <t>Antik Tekhne’den Modern Teknolojiye: Teknoloji ve Değerler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>660</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257249669</t>
+          <t>9786256491427</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>et-Tefsiru'l-Cemali ale't-Tenzili'l-Celali Kur'an-ı Kerim'in Tefsir-Tercümesi (4 Cilt, Sert Kapak, Kutulu) (Ciltli)</t>
+          <t>Et-teysir Fi İlmi’t-tefsir (التيسير في علم التفسير)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1960</v>
+        <v>620</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257249720</t>
+          <t>9786256491366</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>et-Tefsiru'l-Cemali ale't-Tenzili'l-Celali Kur'an-ı Kerim'in Tefsir-Tercümesi (4 Cilt, Karton Kapak)</t>
+          <t>Muzilü'l-melam an hükkami'l-enam (مزيل الملام عن حكام الأنام)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>850</v>
+        <v>182</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257249799</t>
+          <t>9786256491359</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda İslam Dünyasında İhya Hareketleri: Şah Veliyyullah ed-Dihlevi ve Dihlevilik</t>
+          <t>Hz. Peygamber ve Tabiat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>588</v>
+        <v>390</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257249782</t>
+          <t>9786257249775</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>The Whistle-Blower: A Fictional Case Study of Social Responsibility</t>
+          <t>Tahlilu Selasili Ta‘limi’l-arabiyye Li’n-natıkin Bi Gayriha  - Dirasat Mukarene Bi’s-selasili’l-ecnebiyye</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>960</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257249713</t>
+          <t>9786257249829</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şerh ve Şarihin İzini Sürmek: Hadis Şerhlerinin Hikayesi</t>
+          <t>Ahkamü'n-nikah Ahkamü't-talak Nikah ve Talak Ahkamı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>285</v>
+        <v>660</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257249652</t>
+          <t>9786257249669</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Elite Configuratıons and Clusters Of Power: The Ulema, Waqf, and Ottoman State (1789‐1839)</t>
+          <t>et-Tefsiru'l-Cemali ale't-Tenzili'l-Celali Kur'an-ı Kerim'in Tefsir-Tercümesi (4 Cilt, Sert Kapak, Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>520</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257249508</t>
+          <t>9786257249720</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kitabu Tehzibü'l-Esrar (2 Cilt)</t>
+          <t>et-Tefsiru'l-Cemali ale't-Tenzili'l-Celali Kur'an-ı Kerim'in Tefsir-Tercümesi (4 Cilt, Karton Kapak)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>750</v>
+        <v>850</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257249461</t>
+          <t>9786257249799</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Mülteci Krizi - Sosyal Medyanın Ürdün ve Türkiye’de Yaşayan Suriyeli Mülteciler Üzerindeki Etkisi</t>
+          <t>18. Yüzyılda İslam Dünyasında İhya Hareketleri: Şah Veliyyullah ed-Dihlevi ve Dihlevilik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>588</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257249256</t>
+          <t>9786257249782</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Crossing The Border Between Religion and Civilization - Trends and Cases in The Study Of Islamic and Western Civilizations</t>
+          <t>The Whistle-Blower: A Fictional Case Study of Social Responsibility</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>98</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257249218</t>
+          <t>9786257249713</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Modernization and Societal Sciences</t>
+          <t>Şerh ve Şarihin İzini Sürmek: Hadis Şerhlerinin Hikayesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257249348</t>
+          <t>9786257249652</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dirasat fi'n-nakdi'l-hadisi inde'l-usuliyyîn</t>
+          <t>Elite Configuratıons and Clusters Of Power: The Ulema, Waqf, and Ottoman State (1789‐1839)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>560</v>
+        <v>520</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257249355</t>
+          <t>9786257249508</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Düalist Zındıklar ve Hadis</t>
+          <t>Kitabu Tehzibü'l-Esrar (2 Cilt)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257249225</t>
+          <t>9786257249461</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Medeniyet Bilimleri Tarihi (2 Cilt Takım)</t>
+          <t>Sosyal Medya ve Mülteci Krizi - Sosyal Medyanın Ürdün ve Türkiye’de Yaşayan Suriyeli Mülteciler Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257249201</t>
+          <t>9786257249256</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Scientific Thought and Its Burdens</t>
+          <t>Crossing The Border Between Religion and Civilization - Trends and Cases in The Study Of Islamic and Western Civilizations</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>98</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257249157</t>
+          <t>9786257249218</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>A Synthesis Of Classical and Modern Principles Of Leadership</t>
+          <t>Modernization and Societal Sciences</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257249126</t>
+          <t>9786257249348</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı ve Batı’yı Yeniden Düşünmek - Krizler Çağı İçin Yeni Bir Anlatı</t>
+          <t>Dirasat fi'n-nakdi'l-hadisi inde'l-usuliyyîn</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>135</v>
+        <v>506</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257249188</t>
+          <t>9786257249355</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tasnifinin Altın Çağında Halku’l-Kur’an Meselesi ve Hadis Kaynaklarına Etkisi</t>
+          <t>Düalist Zındıklar ve Hadis</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257249164</t>
+          <t>9786257249225</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Etik Yönleriyle Salgın Hastalıklar</t>
+          <t>İslam’da Medeniyet Bilimleri Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>186</v>
+        <v>390</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257249171</t>
+          <t>9786257249201</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Halin Sırrı</t>
+          <t>Scientific Thought and Its Burdens</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>96</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257249119</t>
+          <t>9786257249157</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Doğu ve Batı Algısı - 2. Meşrutiyet Dönemi</t>
+          <t>A Synthesis Of Classical and Modern Principles Of Leadership</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>234</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058075221</t>
+          <t>9786257249126</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Dede Korkut</t>
+          <t>İslam’ı ve Batı’yı Yeniden Düşünmek - Krizler Çağı İçin Yeni Bir Anlatı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>156</v>
+        <v>135</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257249133</t>
+          <t>9786257249188</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>ASEAN - Asya Yüzyılında Bölgesel Birlik ve Güncel Yaklaşımlar</t>
+          <t>Hadis Tasnifinin Altın Çağında Halku’l-Kur’an Meselesi ve Hadis Kaynaklarına Etkisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257249102</t>
+          <t>9786257249164</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuğun Geleceği Sempozyumu</t>
+          <t>Dini ve Etik Yönleriyle Salgın Hastalıklar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>186</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050690521</t>
+          <t>9786257249171</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Being and Existence in Şadra and Heidegger a Comparative Ontology</t>
+          <t>Halin Sırrı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>156</v>
+        <v>96</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257249089</t>
+          <t>9786257249119</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman ve Dönemi</t>
+          <t>Türk Düşüncesinde Doğu ve Batı Algısı - 2. Meşrutiyet Dönemi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>264</v>
+        <v>234</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050690590</t>
+          <t>9786058075221</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari 3 Kitap Set</t>
+          <t>Kitab-ı Dede Korkut</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1380</v>
+        <v>156</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786056753312</t>
+          <t>9786257249133</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme ve Din</t>
+          <t>ASEAN - Asya Yüzyılında Bölgesel Birlik ve Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786058075269</t>
+          <t>9786257249102</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Human Rights In The Ottoman Reform</t>
+          <t>Arabuluculuğun Geleceği Sempozyumu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>272</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050690514</t>
+          <t>9786050690521</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Being and Existence in Şadra and Heidegger a Comparative Ontology</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>138</v>
+        <v>156</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050690507</t>
+          <t>9786257249089</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhanevi Ahmed Ziyaüddin</t>
+          <t>Kanuni Sultan Süleyman ve Dönemi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>162</v>
+        <v>264</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058075283</t>
+          <t>9786050690590</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Arakan Müslümanları</t>
+          <t>Sahih-i Buhari 3 Kitap Set</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>162</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056753343</t>
+          <t>9786056753312</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’l-Edvar</t>
+          <t>Sekülerleşme ve Din</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058075238</t>
+          <t>9786058075269</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İsmet Ademiyetledir</t>
+          <t>Human Rights In The Ottoman Reform</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>272</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058075252</t>
+          <t>9786050690514</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Mustafa El-Azami</t>
+          <t>Malcolm X</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>138</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058075276</t>
+          <t>9786050690507</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Devlet-Tekke Münasebetleri</t>
+          <t>Gümüşhanevi Ahmed Ziyaüddin</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>192</v>
+        <v>162</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786056753336</t>
+          <t>9786058075283</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>A New System Of Philosophy-Science From The Biological Standpoint</t>
+          <t>Arakan Müslümanları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>390</v>
+        <v>162</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056753329</t>
+          <t>9786056753343</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>The Work Ethic And Ahi Tradition Of Turkey</t>
+          <t>Kitabü’l-Edvar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>162</v>
+        <v>225</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
+          <t>9786058075238</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>İsmet Ademiyetledir</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786058075252</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Mustafa El-Azami</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786058075276</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlılarda Devlet-Tekke Münasebetleri</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786056753336</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>A New System Of Philosophy-Science From The Biological Standpoint</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786056753329</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>The Work Ethic And Ahi Tradition Of Turkey</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
           <t>9786056753305</t>
         </is>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Basiret ve Direniş</t>
         </is>
       </c>
-      <c r="C105" s="1">
+      <c r="C110" s="1">
         <v>108</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>