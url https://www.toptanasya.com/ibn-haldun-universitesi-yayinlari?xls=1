--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,1675 +85,1840 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259644509</t>
+          <t>9786259302331</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Religion, Memory and Sense of Belonging: The Tradition of Memorization of The Qur’an in Turkey (1923-1950)</t>
+          <t>Atölye Gayret 9-10 Yaş Çocuklarda Duygusal, Sosyal ve Akademik Öz-Yetkinliği Geliştirme: Uygulama El Kitapçığı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259644516</t>
+          <t>9786259302348</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Decolonizing Empowerment</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786456055124</t>
+          <t>9786259302317</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>فَتْحُ الغِطَاء عَنْ وَجْهِ العَذْرَاءِ - Fetḥü’l-Gıṭa ʿan Vechi’l-ʿAzra (Ciltli)</t>
+          <t>Molla Gürani ve Eleştirel Müfessirliği</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259644523</t>
+          <t>9786258592030</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Da‘vetü’n-Nefsi’t-Taliha ila A‘mali’s-Saliha (Ciltli)</t>
+          <t>Journeying Through Symbols: Ibn Arabī’s Mystical Language</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259679884</t>
+          <t>9786256055902</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İsaġüci Şerhi</t>
+          <t>Mesnevi-i Şerif Şerhi (14 Cilt Kutulu Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>16000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259679853</t>
+          <t>9786257249027</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles, Martha Nussbaum ve Matthew Lipman Özelinde Ahlaki Eylemin Canlılığına Dair Teorik ve Pratik Soruşturma</t>
+          <t>Sahih-i Buhari Cilt 3</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>93</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256055018</t>
+          <t>9786257249010</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Miftahu’l-İber</t>
+          <t>Sahih-i Buhari Cilt 2</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>520</v>
+        <v>97</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259679877</t>
+          <t>9786050315028</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>The Maqālāt of Ḥājjī Baktāsh Walī: Four Gates-Forty Stations: The Stages of the Spiritual Journey</t>
+          <t>Prof. Dr. Fuat Sezgin’e Vefa</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>420</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256055025</t>
+          <t>9786256055131</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tekmiletü’l-İber</t>
+          <t>Fethü’l-Gıta ‘an Vechil Azra</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259679891</t>
+          <t>9786259367217</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayının Mahremi</t>
+          <t>Nübüvvet, Bilim ve Bilimcilik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>560</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256055889</t>
+          <t>9786256055896</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kitāb al-Tawḥīd - The Book Of Monotheism (Ciltli)</t>
+          <t>Kuruluştan X/XVI. Asrın Sonuna Kadar Osmanlı Müfessirleri ve Tefsir Çalışmaları (2 Cilt)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256491892</t>
+          <t>9786259644509</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>STK Kapasite Geliştirme Programı</t>
+          <t>Religion, Memory and Sense of Belonging: The Tradition of Memorization of The Qur’an in Turkey (1923-1950)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>5500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257249577</t>
+          <t>9786259644516</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ramuzü’t-tahrir Ve’t-tefsir (3 Cilt)</t>
+          <t>Decolonizing Empowerment</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>3900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056753367</t>
+          <t>9786456055124</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gayetu’l-Emani fi Tefsiri’l-Kelami’r-Rabbani (5 Cilt Takım) (Ciltli)</t>
+          <t>فَتْحُ الغِطَاء عَنْ وَجْهِ العَذْرَاءِ - Fetḥü’l-Gıṭa ʿan Vechi’l-ʿAzra (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>4000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256055780</t>
+          <t>9786259644523</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beyond Pleasure: Rethinking Wellbeing in a Hedonistic Age</t>
+          <t>Da‘vetü’n-Nefsi’t-Taliha ila A‘mali’s-Saliha (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>412</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256055827</t>
+          <t>9786259679884</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kitab al-Tawḥid</t>
+          <t>İsaġüci Şerhi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256055766</t>
+          <t>9786259679853</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fizik - Küçük Şerhi</t>
+          <t>Aristoteles, Martha Nussbaum ve Matthew Lipman Özelinde Ahlaki Eylemin Canlılığına Dair Teorik ve Pratik Soruşturma</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>596</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256055797</t>
+          <t>9786256055018</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Donning the Khirqa: Entering the Ṣufi Path</t>
+          <t>Miftahu’l-İber</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>316</v>
+        <v>520</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256055759</t>
+          <t>9786259679877</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Rethinking the Universe: Abū Manṣūr Al-Māturīdī’s Challenge To Traditional Philosophy</t>
+          <t>The Maqālāt of Ḥājjī Baktāsh Walī: Four Gates-Forty Stations: The Stages of the Spiritual Journey</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>346</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256055742</t>
+          <t>9786256055025</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kapitalizmde Eşitsizliğin Yeniden Üretimi: Dijital Emek Bağlamında Afrika Kıtası Örneği</t>
+          <t>Tekmiletü’l-İber</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>546</v>
+        <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256055735</t>
+          <t>9786259679891</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beyond Algorithms: Artificial Intelligence’s Impact and Applications in Economics and Finance</t>
+          <t>Osmanlı Sarayının Mahremi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>472</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256055186</t>
+          <t>9786256055889</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aynü’s-sa‘âde ‘an Hüsni’l-İrâde عَينُ السَّعَادَة عَن حُسنِ الإرَادَة</t>
+          <t>Kitāb al-Tawḥīd - The Book Of Monotheism (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256055223</t>
+          <t>9786256491892</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Teoloji ve Bilim Arasında: İslam Düşünce ve Tıp Tarihinde Veba Risaleleri</t>
+          <t>STK Kapasite Geliştirme Programı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>342</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256055230</t>
+          <t>9786257249577</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Salgınlar Karşısında Tedbir Almak &amp; İthaf’ın Parıltısı</t>
+          <t>Ramuzü’t-tahrir Ve’t-tefsir (3 Cilt)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>432</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256055674</t>
+          <t>9786056753367</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Salgından Kaçış &amp; Salgından Korunma</t>
+          <t>Gayetu’l-Emani fi Tefsiri’l-Kelami’r-Rabbani (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>596</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256055667</t>
+          <t>9786256055780</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalıklara Kalkan &amp; Salgın Hastalıklardan Korunma</t>
+          <t>Beyond Pleasure: Rethinking Wellbeing in a Hedonistic Age</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>362</v>
+        <v>475</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256491687</t>
+          <t>9786256055827</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Palestine and the Future of Global Affairs</t>
+          <t>Kitab al-Tawḥid</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>530</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256491618</t>
+          <t>9786256055766</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Risâle fi’l-İʿdâʾ: Bulaşma Risalesi</t>
+          <t>Fizik - Küçük Şerhi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256491632</t>
+          <t>9786256055797</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>فتوتنامۀ شيخ عطار Futuwwatnāma of ʿAṭṭār Attâr Fütüvvetnâmesi</t>
+          <t>Donning the Khirqa: Entering the Ṣufi Path</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256491670</t>
+          <t>9786256055759</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Kültürel İnşa: Kültür Bânisi Olarak Hz. Muhammed</t>
+          <t>Rethinking the Universe: Abū Manṣūr Al-Māturīdī’s Challenge To Traditional Philosophy</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256055315</t>
+          <t>9786256055742</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tabiat ve Bilim: Okul Dışı Öğrenme Kuramsal Kitabı I. Cilt</t>
+          <t>Dijital Kapitalizmde Eşitsizliğin Yeniden Üretimi: Dijital Emek Bağlamında Afrika Kıtası Örneği</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256055322</t>
+          <t>9786256055735</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tabiat ve Bilim: Okul Dışı Öğrenme Etkinlik Kitabı II. Cilt</t>
+          <t>Beyond Algorithms: Artificial Intelligence’s Impact and Applications in Economics and Finance</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050690576</t>
+          <t>9786256055186</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Comparative Theories And Methods</t>
+          <t>Aynü’s-sa‘âde ‘an Hüsni’l-İrâde عَينُ السَّعَادَة عَن حُسنِ الإرَادَة</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>1350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256055192</t>
+          <t>9786256055223</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hikmetü't-Tearuz fi Sureti’t-Tenakuz (Ciltli)</t>
+          <t>Teoloji ve Bilim Arasında: İslam Düşünce ve Tıp Tarihinde Veba Risaleleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256055209</t>
+          <t>9786256055230</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Unvânu’l-Hakk ve burhânu’s-sıdk</t>
+          <t>Salgınlar Karşısında Tedbir Almak &amp; İthaf’ın Parıltısı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>412</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256055391</t>
+          <t>9786256055674</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tenzîlü’l-efkâr fî ta‘dîli’l-esrâr (2 Kitap)</t>
+          <t>Salgından Kaçış &amp; Salgından Korunma</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>722</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256055452</t>
+          <t>9786256055667</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kitâbu Merâsıdu’l-Makâsıd 2</t>
+          <t>Salgın Hastalıklara Kalkan &amp; Salgın Hastalıklardan Korunma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>746</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256055247</t>
+          <t>9786256491687</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yetkinlik ve Anlam: Farabi Açısından Kelamın Yapısı</t>
+          <t>Palestine and the Future of Global Affairs</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256055278</t>
+          <t>9786256491618</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve İbn Sina’da Canlıların Oluşumu Üzerine</t>
+          <t>Risâle fi’l-İʿdâʾ: Bulaşma Risalesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>624</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256491663</t>
+          <t>9786256491632</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Anthropology and Sociology of Emotions: Theoretical and Ethnographic Perspectives from Turkey and Beyond</t>
+          <t>فتوتنامۀ شيخ عطار Futuwwatnāma of ʿAṭṭār Attâr Fütüvvetnâmesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>532</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256055193</t>
+          <t>9786256491670</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hikmetü’t-tearuz fi sureti’n-tenakuz</t>
+          <t>Hz. Peygamber ve Kültürel İnşa: Kültür Bânisi Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>446</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256055261</t>
+          <t>9786256055315</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Işığın Hakikatini Aramak: Osmanlılarda Gökkuşağı, Hale ve Renk Sorunları (1300-1600</t>
+          <t>Tabiat ve Bilim: Okul Dışı Öğrenme Kuramsal Kitabı I. Cilt</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>506</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256055162</t>
+          <t>9786256055322</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde Köprülüler Dönemi (1656-1710)</t>
+          <t>Tabiat ve Bilim: Okul Dışı Öğrenme Etkinlik Kitabı II. Cilt</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>528</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256055155</t>
+          <t>9786050690576</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nakşi Divanı</t>
+          <t>Comparative Theories And Methods</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256055124</t>
+          <t>9786256055192</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Fethü’l-Gıta ‘an Vechil Azra (Ciltli)</t>
+          <t>Hikmetü't-Tearuz fi Sureti’t-Tenakuz (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>525</v>
+        <v>750</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256055001</t>
+          <t>9786256055209</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kitab Aʿlam al-Huda wa ʿAqidatu Arbab al-Tuqa: The Signposts of Right Guidance and the Creed of the God-Fearing People</t>
+          <t>Unvânu’l-Hakk ve burhânu’s-sıdk</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>420</v>
+        <v>475</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256055094</t>
+          <t>9786256055391</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Siyaset</t>
+          <t>Tenzîlü’l-efkâr fî ta‘dîli’l-esrâr (2 Kitap)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>520</v>
+        <v>850</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256055087</t>
+          <t>9786256055452</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>المعاصرة والقضايا الفقهية المستجدة وقف النقود :تطبيقاته (dûkün-n'üfkaV)</t>
+          <t>Kitâbu Merâsıdu’l-Makâsıd 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786456055131</t>
+          <t>9786256055247</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>فَتْحُ الغِطَاء عَنْ وَجْهِ العَذْرَاءِ (Fethü’l-gıtâ an vechi’l-azrâ)</t>
+          <t>Yetkinlik ve Anlam: Farabi Açısından Kelamın Yapısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256055148</t>
+          <t>9786256055278</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>رِسَالَةٌ في التَّنْبيهِ عَلى بَعْضِ الأَسْرَارِ الْمُودَعَةِ فِي بَعْضِ سُوَرِ الْقرْآنِ الْعَظِيمِ وَالْفُرْقَانِ الكَرِيمِ (el-Esrârü’l-mûde‘a fî ba‘zi sûreti’l-Kur’ân)</t>
+          <t>Aristoteles ve İbn Sina’da Canlıların Oluşumu Üzerine</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256491922</t>
+          <t>9786256491663</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Levinas'ta Mutlak ve Varlık</t>
+          <t>Anthropology and Sociology of Emotions: Theoretical and Ethnographic Perspectives from Turkey and Beyond</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256491915</t>
+          <t>9786256055193</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Ardında Davranışsal Bağımlılıkları Anlamak ve Çalışmak</t>
+          <t>Hikmetü’t-tearuz fi sureti’n-tenakuz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256491588</t>
+          <t>9786256055261</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hediyyetü’l-İhvan Şerhu Sübha-i Sıbyan: Çocukların Tesbihi</t>
+          <t>Işığın Hakikatini Aramak: Osmanlılarda Gökkuşağı, Hale ve Renk Sorunları (1300-1600</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256491571</t>
+          <t>9786256055162</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Vehbi: Farsça – Türkçe Manzum Sözlük</t>
+          <t>Osmanlı Tarihinde Köprülüler Dönemi (1656-1710)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>800</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256491823</t>
+          <t>9786256055155</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Teʾvilatü Cemâl el-Ḫalveti</t>
+          <t>Nakşi Divanı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>205</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256491649</t>
+          <t>9786256055124</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Artificial Intelligence in Higher Education: Applications and Suggestions</t>
+          <t>Fethü’l-Gıta ‘an Vechil Azra (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>525</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256491601</t>
+          <t>9786256055001</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Levantines of the Ottoman World: Communities, Identities, and Cultures</t>
+          <t>Kitab Aʿlam al-Huda wa ʿAqidatu Arbab al-Tuqa: The Signposts of Right Guidance and the Creed of the God-Fearing People</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>426</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256491519</t>
+          <t>9786256055094</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>El-Ḥikemü'l-İrfaniyye (الحِكَمُ العِرْفَانِيَّةُ فِي مَعانٍ إرْشَادِيَّةٍ وَإشَارَات قُرْآنِيَّة)</t>
+          <t>Ahlak ve Siyaset</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>172</v>
+        <v>650</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256491526</t>
+          <t>9786256055087</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hadisin Müessiriyeti: Fakih İmamların İhtilaflarında Hadislerin Tesiri</t>
+          <t>المعاصرة والقضايا الفقهية المستجدة وقف النقود :تطبيقاته (dûkün-n'üfkaV)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256491540</t>
+          <t>9786456055131</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Terceme-i Tehafütü’l-Felasife Li İmami’l-Gazzali</t>
+          <t>فَتْحُ الغِطَاء عَنْ وَجْهِ العَذْرَاءِ (Fethü’l-gıtâ an vechi’l-azrâ)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>680</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256491502</t>
+          <t>9786256055148</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mantığa Giriş (Tahlil - Metin - Tercüme)</t>
+          <t>رِسَالَةٌ في التَّنْبيهِ عَلى بَعْضِ الأَسْرَارِ الْمُودَعَةِ فِي بَعْضِ سُوَرِ الْقرْآنِ الْعَظِيمِ وَالْفُرْقَانِ الكَرِيمِ (el-Esrârü’l-mûde‘a fî ba‘zi sûreti’l-Kur’ân)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>182</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256491496</t>
+          <t>9786256491922</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kelama Giriş (Tahlil - Metin - Tercüme)</t>
+          <t>Hegel ve Levinas'ta Mutlak ve Varlık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256491533</t>
+          <t>9786256491915</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Suhrawardi's Criticism of the Philosophy of Ibn Sina</t>
+          <t>Ekranın Ardında Davranışsal Bağımlılıkları Anlamak ve Çalışmak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256491403</t>
+          <t>9786256491588</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Üss-i Zafer (Yeniçeriliğin Kaldırılmasına Dair)</t>
+          <t>Hediyyetü’l-İhvan Şerhu Sübha-i Sıbyan: Çocukların Tesbihi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256491373</t>
+          <t>9786256491571</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>El - Vakf Fi’s-  Siyaki’l - Osmaniİ (الوقف في السياق العثماني)</t>
+          <t>Tuhfe-i Vehbi: Farsça – Türkçe Manzum Sözlük</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>256</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256491434</t>
+          <t>9786256491823</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Antik Tekhne’den Modern Teknolojiye: Teknoloji ve Değerler</t>
+          <t>Teʾvilatü Cemâl el-Ḫalveti</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256491427</t>
+          <t>9786256491649</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Et-teysir Fi İlmi’t-tefsir (التيسير في علم التفسير)</t>
+          <t>Artificial Intelligence in Higher Education: Applications and Suggestions</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256491366</t>
+          <t>9786256491601</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Muzilü'l-melam an hükkami'l-enam (مزيل الملام عن حكام الأنام)</t>
+          <t>Levantines of the Ottoman World: Communities, Identities, and Cultures</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>182</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256491359</t>
+          <t>9786256491519</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Tabiat</t>
+          <t>El-Ḥikemü'l-İrfaniyye (الحِكَمُ العِرْفَانِيَّةُ فِي مَعانٍ إرْشَادِيَّةٍ وَإشَارَات قُرْآنِيَّة)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257249775</t>
+          <t>9786256491526</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tahlilu Selasili Ta‘limi’l-arabiyye Li’n-natıkin Bi Gayriha  - Dirasat Mukarene Bi’s-selasili’l-ecnebiyye</t>
+          <t>Hadisin Müessiriyeti: Fakih İmamların İhtilaflarında Hadislerin Tesiri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>960</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257249829</t>
+          <t>9786256491540</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ahkamü'n-nikah Ahkamü't-talak Nikah ve Talak Ahkamı</t>
+          <t>Terceme-i Tehafütü’l-Felasife Li İmami’l-Gazzali</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>660</v>
+        <v>750</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257249669</t>
+          <t>9786256491502</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>et-Tefsiru'l-Cemali ale't-Tenzili'l-Celali Kur'an-ı Kerim'in Tefsir-Tercümesi (4 Cilt, Sert Kapak, Kutulu) (Ciltli)</t>
+          <t>Mantığa Giriş (Tahlil - Metin - Tercüme)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1960</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257249720</t>
+          <t>9786256491496</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>et-Tefsiru'l-Cemali ale't-Tenzili'l-Celali Kur'an-ı Kerim'in Tefsir-Tercümesi (4 Cilt, Karton Kapak)</t>
+          <t>Kelama Giriş (Tahlil - Metin - Tercüme)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257249799</t>
+          <t>9786256491533</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda İslam Dünyasında İhya Hareketleri: Şah Veliyyullah ed-Dihlevi ve Dihlevilik</t>
+          <t>Suhrawardi's Criticism of the Philosophy of Ibn Sina</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>588</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257249782</t>
+          <t>9786256491403</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>The Whistle-Blower: A Fictional Case Study of Social Responsibility</t>
+          <t>Üss-i Zafer (Yeniçeriliğin Kaldırılmasına Dair)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257249713</t>
+          <t>9786256491373</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şerh ve Şarihin İzini Sürmek: Hadis Şerhlerinin Hikayesi</t>
+          <t>El - Vakf Fi’s-  Siyaki’l - Osmaniİ (الوقف في السياق العثماني)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257249652</t>
+          <t>9786256491434</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Elite Configuratıons and Clusters Of Power: The Ulema, Waqf, and Ottoman State (1789‐1839)</t>
+          <t>Antik Tekhne’den Modern Teknolojiye: Teknoloji ve Değerler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257249508</t>
+          <t>9786256491427</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kitabu Tehzibü'l-Esrar (2 Cilt)</t>
+          <t>Et-teysir Fi İlmi’t-tefsir (التيسير في علم التفسير)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257249461</t>
+          <t>9786256491366</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Mülteci Krizi - Sosyal Medyanın Ürdün ve Türkiye’de Yaşayan Suriyeli Mülteciler Üzerindeki Etkisi</t>
+          <t>Muzilü'l-melam an hükkami'l-enam (مزيل الملام عن حكام الأنام)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257249256</t>
+          <t>9786256491359</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Crossing The Border Between Religion and Civilization - Trends and Cases in The Study Of Islamic and Western Civilizations</t>
+          <t>Hz. Peygamber ve Tabiat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>98</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257249218</t>
+          <t>9786257249775</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Modernization and Societal Sciences</t>
+          <t>Tahlilu Selasili Ta‘limi’l-arabiyye Li’n-natıkin Bi Gayriha  - Dirasat Mukarene Bi’s-selasili’l-ecnebiyye</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>210</v>
+        <v>960</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257249348</t>
+          <t>9786257249829</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dirasat fi'n-nakdi'l-hadisi inde'l-usuliyyîn</t>
+          <t>Ahkamü'n-nikah Ahkamü't-talak Nikah ve Talak Ahkamı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>506</v>
+        <v>700</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257249355</t>
+          <t>9786257249669</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Düalist Zındıklar ve Hadis</t>
+          <t>et-Tefsiru'l-Cemali ale't-Tenzili'l-Celali Kur'an-ı Kerim'in Tefsir-Tercümesi (4 Cilt, Sert Kapak, Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>195</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257249225</t>
+          <t>9786257249720</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Medeniyet Bilimleri Tarihi (2 Cilt Takım)</t>
+          <t>et-Tefsiru'l-Cemali ale't-Tenzili'l-Celali Kur'an-ı Kerim'in Tefsir-Tercümesi (4 Cilt, Karton Kapak)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>390</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257249201</t>
+          <t>9786257249799</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Scientific Thought and Its Burdens</t>
+          <t>18. Yüzyılda İslam Dünyasında İhya Hareketleri: Şah Veliyyullah ed-Dihlevi ve Dihlevilik</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257249157</t>
+          <t>9786257249782</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>A Synthesis Of Classical and Modern Principles Of Leadership</t>
+          <t>The Whistle-Blower: A Fictional Case Study of Social Responsibility</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257249126</t>
+          <t>9786257249713</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı ve Batı’yı Yeniden Düşünmek - Krizler Çağı İçin Yeni Bir Anlatı</t>
+          <t>Şerh ve Şarihin İzini Sürmek: Hadis Şerhlerinin Hikayesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>135</v>
+        <v>430</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257249188</t>
+          <t>9786257249652</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tasnifinin Altın Çağında Halku’l-Kur’an Meselesi ve Hadis Kaynaklarına Etkisi</t>
+          <t>Elite Configuratıons and Clusters Of Power: The Ulema, Waqf, and Ottoman State (1789‐1839)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>165</v>
+        <v>600</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257249164</t>
+          <t>9786257249508</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Etik Yönleriyle Salgın Hastalıklar</t>
+          <t>Kitabu Tehzibü'l-Esrar (2 Cilt)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>186</v>
+        <v>900</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257249171</t>
+          <t>9786257249461</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Halin Sırrı</t>
+          <t>Sosyal Medya ve Mülteci Krizi - Sosyal Medyanın Ürdün ve Türkiye’de Yaşayan Suriyeli Mülteciler Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>96</v>
+        <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257249119</t>
+          <t>9786257249256</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Doğu ve Batı Algısı - 2. Meşrutiyet Dönemi</t>
+          <t>Crossing The Border Between Religion and Civilization - Trends and Cases in The Study Of Islamic and Western Civilizations</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>234</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786058075221</t>
+          <t>9786257249218</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Dede Korkut</t>
+          <t>Modernization and Societal Sciences</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>156</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257249133</t>
+          <t>9786257249348</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>ASEAN - Asya Yüzyılında Bölgesel Birlik ve Güncel Yaklaşımlar</t>
+          <t>Dirasat fi'n-nakdi'l-hadisi inde'l-usuliyyîn</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257249102</t>
+          <t>9786257249355</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuğun Geleceği Sempozyumu</t>
+          <t>Düalist Zındıklar ve Hadis</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050690521</t>
+          <t>9786257249225</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Being and Existence in Şadra and Heidegger a Comparative Ontology</t>
+          <t>İslam’da Medeniyet Bilimleri Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>156</v>
+        <v>600</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257249089</t>
+          <t>9786257249201</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman ve Dönemi</t>
+          <t>Scientific Thought and Its Burdens</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>264</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050690590</t>
+          <t>9786257249157</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari 3 Kitap Set</t>
+          <t>A Synthesis Of Classical and Modern Principles Of Leadership</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786056753312</t>
+          <t>9786257249126</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme ve Din</t>
+          <t>İslam’ı ve Batı’yı Yeniden Düşünmek - Krizler Çağı İçin Yeni Bir Anlatı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058075269</t>
+          <t>9786257249188</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Human Rights In The Ottoman Reform</t>
+          <t>Hadis Tasnifinin Altın Çağında Halku’l-Kur’an Meselesi ve Hadis Kaynaklarına Etkisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>272</v>
+        <v>550</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050690514</t>
+          <t>9786257249164</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Dini ve Etik Yönleriyle Salgın Hastalıklar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>138</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050690507</t>
+          <t>9786257249171</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gümüşhanevi Ahmed Ziyaüddin</t>
+          <t>Halin Sırrı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>162</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058075283</t>
+          <t>9786257249119</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Arakan Müslümanları</t>
+          <t>Türk Düşüncesinde Doğu ve Batı Algısı - 2. Meşrutiyet Dönemi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>162</v>
+        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056753343</t>
+          <t>9786058075221</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’l-Edvar</t>
+          <t>Kitab-ı Dede Korkut</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058075238</t>
+          <t>9786257249133</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İsmet Ademiyetledir</t>
+          <t>ASEAN - Asya Yüzyılında Bölgesel Birlik ve Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786058075252</t>
+          <t>9786257249102</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Mustafa El-Azami</t>
+          <t>Arabuluculuğun Geleceği Sempozyumu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058075276</t>
+          <t>9786050690521</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Devlet-Tekke Münasebetleri</t>
+          <t>Being and Existence in Şadra and Heidegger a Comparative Ontology</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>192</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056753336</t>
+          <t>9786257249089</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>A New System Of Philosophy-Science From The Biological Standpoint</t>
+          <t>Kanuni Sultan Süleyman ve Dönemi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056753329</t>
+          <t>9786050690590</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>The Work Ethic And Ahi Tradition Of Turkey</t>
+          <t>Sahih-i Buhari 3 Kitap Set</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>162</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
+          <t>9786056753312</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Sekülerleşme ve Din</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786058075269</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Human Rights In The Ottoman Reform</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786050690514</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Malcolm X</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786050690507</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Gümüşhanevi Ahmed Ziyaüddin</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786058075283</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Arakan Müslümanları</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786056753343</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü’l-Edvar</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786058075238</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>İsmet Ademiyetledir</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786058075252</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Mustafa El-Azami</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786058075276</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlılarda Devlet-Tekke Münasebetleri</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786056753336</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>A New System Of Philosophy-Science From The Biological Standpoint</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786056753329</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>The Work Ethic And Ahi Tradition Of Turkey</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
           <t>9786056753305</t>
         </is>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Basiret ve Direniş</t>
         </is>
       </c>
-      <c r="C110" s="1">
-        <v>108</v>
+      <c r="C121" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>