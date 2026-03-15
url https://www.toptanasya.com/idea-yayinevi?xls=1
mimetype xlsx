--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,1225 +85,1645 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9772146130002</t>
+          <t>9789753971157</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Likurgus - Numa</t>
+          <t>Yargı Yetisinin Eleştirisi (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>90</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753970891</t>
+          <t>9789753970570</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mantık Bilimi - Büyük Mantık</t>
+          <t>Uzay, Zaman, Özdek 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>920</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753970068</t>
+          <t>3990000022374</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Platon Copleston Felsefe Tarihi Yunan ve Roma Felsefesi Cilt: 1 Bölüm 1b</t>
+          <t>Uygarlık ve Hoşnutsuzlukları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>380</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753970013</t>
+          <t>9789753970136</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi Hegel Cilt 7</t>
+          <t>Tek Boyutlu İnsan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753970716</t>
+          <t>9789753971072</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi Hobbes - Locke</t>
+          <t>Tarih Felsefesi (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>420</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753970723</t>
+          <t>9789753970259</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Copleston Felsefe Tarihi Berkeley, Hume Cilt 5 Bölüm B</t>
+          <t>Özel ve Genel Görelilik Kuramı (Doğabilim)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753970792</t>
+          <t>9789753970099</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Geleceği Uygarlık ve Hoşnutsuzlukları</t>
+          <t>Felsefe Tarihi Ön-Sokratikler ve Sokrates Cilt 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>380</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000022373</t>
+          <t>9789753970327</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kaufmann</t>
+          <t>Nihilizm ve Materyalizm Copleston Felsefe Tarihi Çağdaş Felsefe Fichte’den Nietzche’ye Cilt: 7 Bölüm 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>24</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753970877</t>
+          <t>9772146121000</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tinin Görüngübilimi (Ciltli)</t>
+          <t>Meditasyonlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>53.7</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9772146128009</t>
+          <t>9772146129006</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Politik Hakkın İlkeleri ya da Toplumsal Sözleşme</t>
+          <t>Kurallar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>38</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9772146126005</t>
+          <t>9789753970709</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Metapsikoloji 1</t>
+          <t>Kapalı Dünyadan Sonsuz Evrene</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>68</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753970297</t>
+          <t>9789753970020</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Leibniz Copleston Felsefe Tarihi Çağdaş Felsefe Cilt: 4 Bölüm c</t>
+          <t>Felsefe Tarihi Kant Cilt 6</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>12.96</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753970631</t>
+          <t>9789753970952</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kurallar Meditasyonlar</t>
+          <t>İskender’in Seferleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>14.81</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000006194</t>
+          <t>9789753970976</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hegel Mantık Bilimi (Ciltli)</t>
+          <t>İnsanı Anlamak 2 Nietsche - Heidegger</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>50.93</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753971034</t>
+          <t>9789753970082</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Erken Yunan Felsefesi</t>
+          <t>Helenistik Felsefe</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>420</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753970921</t>
+          <t>9789753970075</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Anahatlarda Tüze Felsefesi ya da Doğal Hak ve Politik Bilim</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>680</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753970990</t>
+          <t>9772146122007</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Eşitsizliğin Kökeni</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>580</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753970495</t>
+          <t>9789753970549</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Estetik Boyut</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753970037</t>
+          <t>9772146350004</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Us ve Devrim</t>
+          <t>Estetiğe Giriş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>480</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9772146352008</t>
+          <t>9789753971850</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Törebilim - 3</t>
+          <t>Doğal Felsefenin Matematiksel İlkeleri (Seçmeler)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9772146355009</t>
+          <t>9772146343006</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Törebilim 2</t>
+          <t>Doğa Felsefesi 1 - Mekanik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9772146356006</t>
+          <t>9789753970303</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi 3</t>
+          <t>Felsefe Tarihi Descartes Cilt 4</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9772146301006</t>
+          <t>9789753970846</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi 2</t>
+          <t>Bir Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9772146118000</t>
+          <t>9789753970051</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi 1</t>
+          <t>Felsefe Tarihi Aydınlanma Cilt 7</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9772146353005</t>
+          <t>9772146123004</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi 4</t>
+          <t>Arı Usun Eleştirisi</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753971171</t>
+          <t>9789753970006</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Söylem - Kurallar - Meditasyonlar</t>
+          <t>Alman İdealizmi - Fichte, Schelling, Schleiermacher</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>580</v>
+        <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9772146124001</t>
+          <t>9772146346007</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Söylem</t>
+          <t>Alkibiades - Coriolanus</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9772146120003</t>
+          <t>9789753970815</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Solon - Poplicola</t>
+          <t>Copleston Felsefe Tarihi Yararcılık ve Pragmatizm Cilt: 8 Bölüm a</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753970105</t>
+          <t>9772146130002</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sartre - Felsefe Tarihi</t>
+          <t>Likurgus - Numa</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753970143</t>
+          <t>9789753970891</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ruhbilimin Öncüleri</t>
+          <t>Mantık Bilimi - Büyük Mantık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>420</v>
+        <v>920</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753971041</t>
+          <t>9789753970068</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Reformasyon Avrupası 1517-1559</t>
+          <t>Platon Copleston Felsefe Tarihi Yunan ve Roma Felsefesi Cilt: 1 Bölüm 1b</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9772146347004</t>
+          <t>9789753970013</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Principia</t>
+          <t>Felsefe Tarihi Hegel Cilt 7</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9772146345000</t>
+          <t>9789753970716</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Perikles - Fabius</t>
+          <t>Felsefe Tarihi Hobbes - Locke</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9772146304003</t>
+          <t>9789753970723</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Parmenides</t>
+          <t>Copleston Felsefe Tarihi Berkeley, Hume Cilt 5 Bölüm B</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753970839</t>
+          <t>9789753970792</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Özel Görelilik Kuramı</t>
+          <t>Bir Yanılsamanın Geleceği Uygarlık ve Hoşnutsuzlukları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>580</v>
+        <v>380</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9772146354002</t>
+          <t>3990000022373</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Özdek ve Devim</t>
+          <t>Kaufmann</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753970617</t>
+          <t>9789753970877</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Özdek ve Devim</t>
+          <t>Tinin Görüngübilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>640</v>
+        <v>53.7</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9772146349008</t>
+          <t>9772146128009</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Goethe</t>
+          <t>Politik Hakkın İlkeleri ya da Toplumsal Sözleşme</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753970785</t>
+          <t>9772146126005</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamak 1</t>
+          <t>Metapsikoloji 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>440</v>
+        <v>68</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753971935</t>
+          <t>9789753970297</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Töre Metafiziği İçin Temellendirme</t>
+          <t>Leibniz Copleston Felsefe Tarihi Çağdaş Felsefe Cilt: 4 Bölüm c</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>420</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753972079</t>
+          <t>9789753970631</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İlk Felsefe - Metafizik</t>
+          <t>Kurallar Meditasyonlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>640</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753972017</t>
+          <t>3990000006194</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Sözleşme ya da Politik Hakkın İlkeleri</t>
+          <t>Hegel Mantık Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753971928</t>
+          <t>9789753971034</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Varoluşunun Tanıtları Üzerine Dersler</t>
+          <t>Erken Yunan Felsefesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753971911</t>
+          <t>9789753970921</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Bilim Felsefesini Nasıl Dönüştürdü</t>
+          <t>Anahatlarda Tüze Felsefesi ya da Doğal Hak ve Politik Bilim</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>480</v>
+        <v>680</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753971904</t>
+          <t>9789753970990</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefenin Öyküsü</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>580</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753971898</t>
+          <t>9789753970495</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefe: Bir Yanılsamanın Tarihi</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753970853</t>
+          <t>9789753970037</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eşeysellik Kuramı Üzerine Üç Deneme</t>
+          <t>Us ve Devrim</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753971867</t>
+          <t>9772146352008</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üzerine Bir İnceleme</t>
+          <t>Törebilim - 3</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>680</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753970914</t>
+          <t>9772146355009</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yaşamlar 1</t>
+          <t>Törebilim 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753970969</t>
+          <t>9772146356006</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yargı Yetisinin Eleştirisi</t>
+          <t>Tarih Felsefesi 3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753971874</t>
+          <t>9772146301006</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Eros ve Uygarlık</t>
+          <t>Tarih Felsefesi 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753971058</t>
+          <t>9772146118000</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yaşamlar 2</t>
+          <t>Tarih Felsefesi 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753970945</t>
+          <t>9772146353005</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kılgısal Usun Eleştirisi</t>
+          <t>Tarih Felsefesi 4</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>680</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9772146302003</t>
+          <t>9789753971171</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilimler ve Sanatlar - Ekonomi Politik</t>
+          <t>Söylem - Kurallar - Meditasyonlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>580</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753971164</t>
+          <t>9772146124001</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Yapısı</t>
+          <t>Söylem</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>680</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753971140</t>
+          <t>9772146120003</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Arı Usun Eleştirisi</t>
+          <t>Solon - Poplicola</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>780</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753971188</t>
+          <t>9789753970105</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Propedeutik</t>
+          <t>Sartre - Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753970396</t>
+          <t>9789753970143</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mantık Bilimi - Küçük Mantık</t>
+          <t>Ruhbilimin Öncüleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>680</v>
+        <v>420</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753970518</t>
+          <t>9789753971041</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Söylem İnceleme Monadoloji</t>
+          <t>Reformasyon Avrupası 1517-1559</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753971218</t>
+          <t>9772146347004</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Prolegomena</t>
+          <t>Principia</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753970334</t>
+          <t>9772146345000</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağların Tini</t>
+          <t>Perikles - Fabius</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>640</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9772146342009</t>
+          <t>9772146304003</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji</t>
+          <t>Parmenides</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9772146261003</t>
+          <t>9789753970839</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İdea Klasik Set (35 Kitap Takım-Kutulu)</t>
+          <t>Özel Görelilik Kuramı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1880</v>
+        <v>580</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753970532</t>
+          <t>9772146354002</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hegel Üzerine Yorumlar 1</t>
+          <t>Özdek ve Devim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753971201</t>
+          <t>9789753970617</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Leibniz</t>
+          <t>Özdek ve Devim</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>640</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9772146293004</t>
+          <t>9772146349008</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Törebilim 1</t>
+          <t>Goethe</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753971881</t>
+          <t>9789753970785</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Törebilim</t>
+          <t>İnsanı Anlamak 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>580</v>
+        <v>440</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753970860</t>
+          <t>9789753971935</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tinin Görüngübilimi</t>
+          <t>Töre Metafiziği İçin Temellendirme</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>680</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9772146137002</t>
+          <t>9789753972079</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tinin Görüngübilimi</t>
+          <t>İlk Felsefe - Metafizik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>640</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9772146125008</t>
+          <t>9789753972017</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Theseus - Romulus</t>
+          <t>Toplumsal Sözleşme ya da Politik Hakkın İlkeleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9772146295008</t>
+          <t>9789753971928</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Themistokles - Camillus</t>
+          <t>Tanrının Varoluşunun Tanıtları Üzerine Dersler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9772146348001</t>
+          <t>9789753971911</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Geleceği</t>
+          <t>Soğuk Savaş Bilim Felsefesini Nasıl Dönüştürdü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753971027</t>
+          <t>9789753971904</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Spinoza</t>
+          <t>Analitik Felsefenin Öyküsü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753970167</t>
+          <t>9789753971898</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Modern Alman Felsefesi</t>
+          <t>Analitik Felsefe: Bir Yanılsamanın Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>540</v>
+        <v>520</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9772146351001</t>
+          <t>9789753970853</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Miletus Okulu</t>
+          <t>Eşeysellik Kuramı Üzerine Üç Deneme</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>90</v>
+        <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9772146294001</t>
+          <t>9789753971867</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Metapsikoloji 4</t>
+          <t>İnsan Doğası Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>680</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9772146119007</t>
+          <t>9789753970914</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Metapsikoloji 3</t>
+          <t>Yaşamlar 1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9772146131009</t>
+          <t>9789753970969</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Metapsikoloji 2</t>
+          <t>Yargı Yetisinin Eleştirisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
+          <t>9789753971874</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Eros ve Uygarlık</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789753971058</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamlar 2</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789753970945</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Kılgısal Usun Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9772146302003</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Bilimler ve Sanatlar - Ekonomi Politik</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789753971164</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Yapısı</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789753971140</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Arı Usun Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789753971188</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Propedeutik</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789753970396</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Mantık Bilimi - Küçük Mantık</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789753970518</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Söylem İnceleme Monadoloji</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789753971218</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Prolegomena</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789753970334</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Orta Çağların Tini</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9772146342009</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Monadoloji</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9772146261003</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>İdea Klasik Set (35 Kitap Takım-Kutulu)</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789753970532</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Hegel Üzerine Yorumlar 1</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789753971201</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Leibniz</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9772146293004</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Törebilim 1</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789753971881</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Törebilim</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789753970860</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Tinin Görüngübilimi</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9772146137002</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Tinin Görüngübilimi</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9772146125008</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Theseus - Romulus</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9772146295008</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Themistokles - Camillus</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9772146348001</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yanılsamanın Geleceği</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789753971027</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Spinoza</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789753970167</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Modern Alman Felsefesi</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9772146351001</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Miletus Okulu</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9772146294001</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Metapsikoloji 4</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9772146119007</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Metapsikoloji 3</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9772146131009</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Metapsikoloji 2</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
           <t>9789753970808</t>
         </is>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Metapsikoloji (Ciltli)</t>
         </is>
       </c>
-      <c r="C80" s="1">
+      <c r="C108" s="1">
         <v>680</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>