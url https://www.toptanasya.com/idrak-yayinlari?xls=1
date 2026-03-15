--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,745 +85,790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259980928</t>
+          <t>9786050650006</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mümin Neye Benzer Serisi (12 Kitap)</t>
+          <t>Yeni Nesil Gençliğe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2184</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259804088</t>
+          <t>9786050650020</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Evlilik Rehberi</t>
+          <t>İslam ve Dört Terim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259804095</t>
+          <t>9786050650037</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Tarih</t>
+          <t>Çağdaş Şüphelerle Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>520</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259884486</t>
+          <t>9786259980928</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Günlük Zikirler</t>
+          <t>Mümin Neye Benzer Serisi (12 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>91</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259804064</t>
+          <t>9786259804088</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Meyveleri Boyuyorum</t>
+          <t>Sonsuz Evlilik Rehberi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259804040</t>
+          <t>9786259804095</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Allah Beni Ne Kadar Seviyor?</t>
+          <t>Kayıp Tarih</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>182</v>
+        <v>520</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259804033</t>
+          <t>9786259884486</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Boyuyorum</t>
+          <t>Günlük Zikirler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259804057</t>
+          <t>9786259804064</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>O Herşeyi Görür</t>
+          <t>Meyveleri Boyuyorum</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>182</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259884479</t>
+          <t>9786259804040</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salih Sadakayı Öğreniyor</t>
+          <t>Allah Beni Ne Kadar Seviyor?</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259884431</t>
+          <t>9786259804033</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sincap Sevimli ve Buğday Tarlası</t>
+          <t>İstanbul'u Boyuyorum</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>182</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259884424</t>
+          <t>9786259804057</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Tavşan ile Yılan Tıstıs</t>
+          <t>O Herşeyi Görür</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259804026</t>
+          <t>9786259884479</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Salih Sadaka Taşı Peşinde</t>
+          <t>Meraklı Salih Sadakayı Öğreniyor</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259980997</t>
+          <t>9786259884431</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şempanze Hoppa ile Develer</t>
+          <t>Sincap Sevimli ve Buğday Tarlası</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259804019</t>
+          <t>9786259884424</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'e Hangi Kapıdan Gireceksin?</t>
+          <t>Pamuk Tavşan ile Yılan Tıstıs</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>214.5</v>
+        <v>182</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259980980</t>
+          <t>9786259804026</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balığı Bako ile Mavi Balina Bali</t>
+          <t>Meraklı Salih Sadaka Taşı Peşinde</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259884417</t>
+          <t>9786259980997</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Bilgiç ve Sahildeki Gemi</t>
+          <t>Küçük Şempanze Hoppa ile Develer</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259884448</t>
+          <t>9786259804019</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kampçılar, Hareket Zamanı</t>
+          <t>Kudüs'e Hangi Kapıdan Gireceksin?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>162.5</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259884493</t>
+          <t>9786259980980</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Filistinli Çocuk Kahramanlar</t>
+          <t>Köpek Balığı Bako ile Mavi Balina Bali</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>273</v>
+        <v>182</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259980973</t>
+          <t>9786259884417</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ceylan Şirin ile Ceylan Neşeli</t>
+          <t>Kaplumbağa Bilgiç ve Sahildeki Gemi</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259884462</t>
+          <t>9786259884448</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cennete Ağaç Dikiyoruz</t>
+          <t>Kampçılar, Hareket Zamanı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>182</v>
+        <v>162.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259884400</t>
+          <t>9786259884493</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bilge Maymun Babo ile Meraklı Maymunlar</t>
+          <t>Filistinli Çocuk Kahramanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>182</v>
+        <v>273</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259884455</t>
+          <t>9786259980973</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamberim Nasıldı?</t>
+          <t>Ceylan Şirin ile Ceylan Neşeli</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>273</v>
+        <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259980935</t>
+          <t>9786259884462</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Sarı ile Sinek Konkon</t>
+          <t>Cennete Ağaç Dikiyoruz</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259980911</t>
+          <t>9786259884400</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>At Bulut ile Küçük Tay Şimşek</t>
+          <t>Bilge Maymun Babo ile Meraklı Maymunlar</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259980959</t>
+          <t>9786259884455</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kora ve Huzur Ormanı</t>
+          <t>Benim Peygamberim Nasıldı?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>182</v>
+        <v>273</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259980966</t>
+          <t>9786259980935</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aslan Atak, Kaplan Kumpa ile Zürafa Zarif</t>
+          <t>Bal Arısı Sarı ile Sinek Konkon</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259980942</t>
+          <t>9786259980911</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakan Taktika ile Takatak</t>
+          <t>At Bulut ile Küçük Tay Şimşek</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259804002</t>
+          <t>9786259980959</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Evden Filistin'e</t>
+          <t>Aslan Kora ve Huzur Ormanı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>214.5</v>
+        <v>182</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259980904</t>
+          <t>9786259980966</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Lebbeyk Kuşları</t>
+          <t>Aslan Atak, Kaplan Kumpa ile Zürafa Zarif</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057159489</t>
+          <t>9786259980942</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tavuk ile Civcivleri</t>
+          <t>Ağaçkakan Taktika ile Takatak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>162.5</v>
+        <v>182</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057159496</t>
+          <t>9786259804002</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hanne’nin Seccadesi</t>
+          <t>Ağaç Evden Filistin'e</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>162.5</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057047182</t>
+          <t>9786259980904</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Salavat Kuşu</t>
+          <t>Lebbeyk Kuşları</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057047199</t>
+          <t>9786057159489</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Kabir</t>
+          <t>Tavuk ile Civcivleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>162.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057047168</t>
+          <t>9786057159496</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hanne'nin Örtüleri</t>
+          <t>Hanne’nin Seccadesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>162.5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057047175</t>
+          <t>9786057047182</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Neden Dünyadayız? - Kulun Misyonu</t>
+          <t>Salavat Kuşu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>162.5</v>
+        <v>182</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057047144</t>
+          <t>9786057047199</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Geniş Perspektif</t>
+          <t>Mukaddes Kabir</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>149.5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057047151</t>
+          <t>9786057047168</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>40 Pratik Sünnet</t>
+          <t>Hanne'nin Örtüleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>149.5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050650051</t>
+          <t>9786057047175</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Mektuplaşmalarım</t>
+          <t>Neden Dünyadayız? - Kulun Misyonu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>182</v>
+        <v>162.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050650099</t>
+          <t>9786057047144</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İlmin, Hayatın Bencesi</t>
+          <t>Geniş Perspektif</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>110.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050650075</t>
+          <t>9786057047151</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünce</t>
+          <t>40 Pratik Sünnet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>110.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057047137</t>
+          <t>9786050650051</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Modern Bilim</t>
+          <t>Gençlerle Mektuplaşmalarım</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>143</v>
+        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057047113</t>
+          <t>9786050650099</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sorun Sorular</t>
+          <t>İlmin, Hayatın Bencesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>214.5</v>
+        <v>110.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057047120</t>
+          <t>9786050650075</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslami Bakışla Terörizm ve Cihat</t>
+          <t>Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>110.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057047106</t>
+          <t>9786057047137</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Bir Günü</t>
+          <t>Kur’an ve Modern Bilim</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>221</v>
+        <v>143</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050650044</t>
+          <t>9786057047113</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Ağacı (Ciltli)</t>
+          <t>Sorun Sorular</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>520</v>
+        <v>214.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050650013</t>
+          <t>9786057047120</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharının Düşündürdükleri</t>
+          <t>İslami Bakışla Terörizm ve Cihat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>162.5</v>
+        <v>110.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
+          <t>9786057047106</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Bir Günü</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786050650044</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Hikmet Ağacı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786050650013</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Arap Baharının Düşündürdükleri</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>162.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
           <t>9786050650082</t>
         </is>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>İtikaf</t>
         </is>
       </c>
-      <c r="C48" s="1">
+      <c r="C51" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>