--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -85,415 +85,1075 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259445595</t>
+          <t>9786259669724</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>An'ımsa</t>
+          <t>İyi Ki Duygular Var! Ya Olmasaydı?</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259445564</t>
+          <t>9786259297477</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin EMDR Çalışma Kitabı</t>
+          <t>Çocuğun Kalbinde Bir Şehir</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259445502</t>
+          <t>9786259297484</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>De-sibel Bir Ses Yüksekliği Uzmanı</t>
+          <t>Bir Sinek Geldi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259445526</t>
+          <t>9786259297422</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben ve Empati</t>
+          <t>Bir Mum Boyanın Hayatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259445519</t>
+          <t>9786259297446</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Terapi Oyunları</t>
+          <t>Çocuk Yogası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259954998</t>
+          <t>9786259297460</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zihninizi ve Bedeninizi Bir Ninja Gibi Eğitin Psikolojik Sağlamlık ve Odaklanma ve Eğlence İçin 30 Gizli Beceri</t>
+          <t>Kaygı - Çocuklar İçin Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259954981</t>
+          <t>9786259669731</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zorkadaş Arkadaşlık İlişkinlerinde Sınır Koymak</t>
+          <t>Fikret Mualla Saygı</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259954974</t>
+          <t>9786259297415</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ben Sessizim</t>
+          <t>Vişne Suyu Fabrikası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259954967</t>
+          <t>9786259297408</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çoço ve Mavi Kelebek</t>
+          <t>Aması Biten Çocuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259954943</t>
+          <t>9786259805641</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Duygu Tanıma - Bilinçli Farkındalık Kartları Etkinlik Seti</t>
+          <t>Düşünbaç - Çocuk Felsefesini Destekleyen Düşünce Kartları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259954950</t>
+          <t>9786259573649</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Benek ve Renkli Duyguları</t>
+          <t>Bedenimi Dinliyorum - Çocuklar için Aktiviteler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259954936</t>
+          <t>9786259669762</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Duya Doya Ebeveynlik Tatlı Anılar Rehberi</t>
+          <t>Duygular Pırt Gibidir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259954929</t>
+          <t>9786259445588</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hadi Konuşalım Beden Sınırları Rıza Göstermek - Saygı Duymak</t>
+          <t>Çocuklar İçin Adanmışlık Ve Kabul Terapisi Çalışma Kitabı Harekete Geç</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259954905</t>
+          <t>9786259610863</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumda Yeme Bozukluğu Var, Ne Yapmalıyım?</t>
+          <t>Öz Düzenleme</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259954912</t>
+          <t>9786259756999</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Panda Mio ile Mindfulness</t>
+          <t>Çocuklar İçin Mindfulness Kitabı - Huzuru Bulmak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259902098</t>
+          <t>9786259573687</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Güç</t>
+          <t>Çocuklar İçin Kariyer Öyküsü Yazma Rehberi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259902036</t>
+          <t>9786259625850</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Atiko Patiko Tuniko Haklarını Öğreniyor-Haklarını Bilen Konuşkan Çocuk</t>
+          <t>Zeytin Tohumunun Yolculuğu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>30</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259902050</t>
+          <t>9786259573618</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hayvan Hakları-Kuzu Zuzu ile Sütlü İnek</t>
+          <t>Yaşam Kahramanları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>30</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259902043</t>
+          <t>9786259954999</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Lüle Mahremiyeti Öğretiyor</t>
+          <t>Yavru Köpek Zihnimi Eğitiyorum</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259902081</t>
+          <t>9786259378954</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Öfke Yönetimi Çalışma Kitabı</t>
+          <t>Yavru Kedi ve Defne</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259902074</t>
+          <t>9786259805603</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Öz Şefkat Çalışma Kitabı</t>
+          <t>Viskos'un Okul Macerası Başlıyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259902067</t>
+          <t>9786259805672</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Psikolojik Sağlamlık Çalışma Kitabı</t>
+          <t>Travma ve TSS İçin EMDR Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259902029</t>
+          <t>9786259756974</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Duygularımı Hissediyorum</t>
+          <t>Tavşan Dodo'nun Müzik Serüveni</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259902005</t>
+          <t>9786259756981</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimle Büyüyorum</t>
+          <t>Suna'nın Gözlükleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
+          <t>9786259573632</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Sinek Uzmanı Pakize</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259669793</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kelimeler Ormanı</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786259805665</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Ruhuna Pansuman</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786259378992</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Rota Oluşturuluyor</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786259756905</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Pugna ve Anoreksiya Nervoza Bir Yeme Bozukluğu Farkındalık Hikayesi</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786259610801</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Okul Dediğin</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786259805696</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Nöroafektif Resimli Kitap</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786259610894</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Nokta Çanta</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786259805634</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Nefesin ABC'si</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786259573694</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Neden ?</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786259378978</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Mores'in Duygu Dünyası</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786259669700</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Sezgisel Yeme Uygulama Kitabı</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786259378961</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>İkimiz Birlikte</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786259669748</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>İlk Matematik Defterim</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786259573625</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>İlk Yardım Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786259669717</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Dot Bag</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786259573663</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Diyalektik Davranış Terapi Becerileri Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259573601</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Eksikliği Ve Hiperaktivite Bozukluğu DEHB Olan Çocuklar İçin Bilinçli Farkındalık Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259669779</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Albamen ve Lara Uzayda (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259756967</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Ajan Uzun Kuyruk</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786259445595</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>An'ımsa</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786259445564</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin EMDR Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786259445502</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>De-sibel Bir Ses Yüksekliği Uzmanı</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786259445526</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sen Ben ve Empati</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786259445519</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Terapi Oyunları</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786259954998</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Zihninizi ve Bedeninizi Bir Ninja Gibi Eğitin Psikolojik Sağlamlık ve Odaklanma ve Eğlence İçin 30 Gizli Beceri</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786259954981</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Zorkadaş Arkadaşlık İlişkinlerinde Sınır Koymak</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786259954974</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sessizim</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786259954967</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Çoço ve Mavi Kelebek</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786259954943</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Duygu Tanıma - Bilinçli Farkındalık Kartları Etkinlik Seti</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786259954950</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Benek ve Renkli Duyguları</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786259954936</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Duya Doya Ebeveynlik Tatlı Anılar Rehberi</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786259954929</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Hadi Konuşalım Beden Sınırları Rıza Göstermek - Saygı Duymak</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786259954905</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğumda Yeme Bozukluğu Var, Ne Yapmalıyım?</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786259954912</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Panda Mio ile Mindfulness</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786259902098</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Güç</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786259902036</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Atiko Patiko Tuniko Haklarını Öğreniyor-Haklarını Bilen Konuşkan Çocuk</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786259902050</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Hayvan Hakları-Kuzu Zuzu ile Sütlü İnek</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786259902043</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenim Lüle Mahremiyeti Öğretiyor</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786259902081</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Öfke Yönetimi Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786259902074</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Öz Şefkat Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786259902067</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Psikolojik Sağlamlık Çalışma Kitabı</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786259902029</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Duygularımı Hissediyorum</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786259902005</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Kardeşimle Büyüyorum</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
           <t>9786259902012</t>
         </is>
       </c>
-      <c r="B26" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Öfkeden Kükreyen Riley</t>
         </is>
       </c>
-      <c r="C26" s="1">
+      <c r="C70" s="1">
         <v>295</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>