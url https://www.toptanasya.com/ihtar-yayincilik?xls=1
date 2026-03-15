--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,355 +85,490 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>2880000012566</t>
+          <t>2880000062905</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şafii Namaz Hocası</t>
+          <t>Kulluk Öğretileri ve Namaz Hocası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2880000051251</t>
+          <t>9789757849324</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Anlaşılmasının Önündeki Engeller</t>
+          <t>İslamın Sisli Yılları</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2880000006251</t>
+          <t>9789757849575</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Esbab-u Vurudi'l Hadis - Hadisler ve Sebepleri</t>
+          <t>Kur'an Bilimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2880000009740</t>
+          <t>9789757849629</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Minberden Mü'minlere Hutbeler</t>
+          <t>İnsan ve Hayat İçin Yeni Ufuklar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757849014</t>
+          <t>9799757849000</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İnanç Esasları</t>
+          <t>Her Hicret Bir İnkılaptır</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757849413</t>
+          <t>2880000010630</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kelime-i Tevhid La İlahe İllallah</t>
+          <t>Allah'ın Varlığı ve Tevhidin Hakikati</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757849612</t>
+          <t>9789757849117</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Aşk</t>
+          <t>İslam Öncesi Cahiliyye ve Günümüzde Din Gerçeği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757849383</t>
+          <t>2880000009764</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Çağrı</t>
+          <t>Ehl-i Sünnet Ekolünün Doğuşu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757849367</t>
+          <t>9789757849582</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancının Ana Konuları</t>
+          <t>Ey İman Edenler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757849197</t>
+          <t>2880000012566</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Aile</t>
+          <t>Şafii Namaz Hocası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757849292</t>
+          <t>2880000051251</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-Sünnet Bütünlüğü</t>
+          <t>İslam'ın Anlaşılmasının Önündeki Engeller</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757849599</t>
+          <t>2880000006251</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tüm İnanç Mensuplarına Peygamber Cevap Veriyor</t>
+          <t>Esbab-u Vurudi'l Hadis - Hadisler ve Sebepleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757849568</t>
+          <t>2880000009740</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yozlaşmaya Engel Olmak</t>
+          <t>Minberden Mü'minlere Hutbeler</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757849431</t>
+          <t>9789757849014</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yemin Olsun Ki</t>
+          <t>İslam'ın İnanç Esasları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757849605</t>
+          <t>9789757849413</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Modern Asırda İslami Uyanışı Konumu</t>
+          <t>Kelime-i Tevhid La İlahe İllallah</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757849057</t>
+          <t>9789757849612</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Allah Resulünün Örnek Aile Hayatı</t>
+          <t>İslam ve Aşk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757849189</t>
+          <t>9789757849383</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Savaş</t>
+          <t>Özgürlüğe Çağrı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757849025</t>
+          <t>9789757849367</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Müslüman Nasıl Olmalı</t>
+          <t>İslam İnancının Ana Konuları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757849643</t>
+          <t>9789757849197</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tarihsellik ve Akılcılık Bağlamında Kur'an'ı Anlama Sorunu</t>
+          <t>Kadın ve Aile</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757849513</t>
+          <t>9789757849292</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslami Düşüncenin İhyası</t>
+          <t>Kur'an-Sünnet Bütünlüğü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
+          <t>9789757849599</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Tüm İnanç Mensuplarına Peygamber Cevap Veriyor</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9789757849568</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Yozlaşmaya Engel Olmak</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9789757849431</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Yemin Olsun Ki</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789757849605</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Modern Asırda İslami Uyanışı Konumu</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789757849057</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Allah Resulünün Örnek Aile Hayatı</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9789757849189</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Savaş</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789757849025</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Sünnete Göre Müslüman Nasıl Olmalı</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789757849643</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsellik ve Akılcılık Bağlamında Kur'an'ı Anlama Sorunu</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789757849513</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>İslami Düşüncenin İhyası</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
           <t>9789757849636</t>
         </is>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>İslam Hukukunda Sünnetin Yeri</t>
         </is>
       </c>
-      <c r="C22" s="1">
+      <c r="C31" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>