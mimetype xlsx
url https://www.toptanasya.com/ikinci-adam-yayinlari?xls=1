--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,33505 +85,34615 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255776136</t>
+          <t>9786258529128</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>11 Yaşındaki Adam Sonsuz Huzursuzluk</t>
+          <t>Kendine Uğrama Durağı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255776372</t>
+          <t>9786258529326</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Olivia</t>
+          <t>Tüp Bebek Rehberi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255776099</t>
+          <t>9786258529395</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeşerir ve Çürür</t>
+          <t>Turuncu Mevsim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255776303</t>
+          <t>9786258529432</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çatlaklardan Sızan Işıklar</t>
+          <t>Geçmiş (Mi?)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255776419</t>
+          <t>9786258529401</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>5 Dilde Aşk</t>
+          <t>Kayıp Çağ</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255776334</t>
+          <t>9786258529340</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Söz Konusu Vatansa...</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255776365</t>
+          <t>9786258529371</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sonun Sonu</t>
+          <t>Spiritüel Koçluk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255776396</t>
+          <t>9786258529302</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçine Sürgün</t>
+          <t>Yaşanmışlıklar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255776389</t>
+          <t>9786288529364</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çek Tetiği</t>
+          <t>Zehr-i Mehpare</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255776341</t>
+          <t>9786258529388</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Bıyıklı Mavi Gök</t>
+          <t>İçsel Yön</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255776167</t>
+          <t>9786258529418</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Operasyon</t>
+          <t>Zafir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255776327</t>
+          <t>9786255776891</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kanımdan Şiirler Taşıyor Yaralandıkça</t>
+          <t>Kar Görmeyen Kardelen</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255776358</t>
+          <t>9786258529296</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapinin Temel İlkeleri</t>
+          <t>Taşların Hafızası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255776532</t>
+          <t>9786255776457</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Önce Canan Sonra Canan</t>
+          <t>Bir Partinin Dönüşümü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255776518</t>
+          <t>9786258529425</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Hayatlar</t>
+          <t>Kendim Kendime İngilizce 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255776495</t>
+          <t>9786258529449</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Kazanma Rehberi</t>
+          <t>Bir Kuleli Hikayesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255776501</t>
+          <t>9786258529357</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sen Yaz Ben Çizerim</t>
+          <t>Tuz Kadar Sevmeli</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255665386</t>
+          <t>9786258529043</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Otizm</t>
+          <t>Uçurtma Tepesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255776150</t>
+          <t>9786258529012</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Deniz Güvenliği Analizi - Türkiye</t>
+          <t>İpek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255776105</t>
+          <t>9786255776679</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>True Love The Search</t>
+          <t>A1 ve A2 Seviye Kelime Bilgisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255776266</t>
+          <t>9786258529050</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eflin</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255776143</t>
+          <t>9786258529067</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Kucağında</t>
+          <t>Rüzgar Esti Üzerimden</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255665881</t>
+          <t>9786258529104</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum İçin Beni Affedin.</t>
+          <t>Yağmurda Karda Kasabada</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255665997</t>
+          <t>9786255776921</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sen Daha Filizlenmedin Aşka</t>
+          <t>Yırtık Bavul</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255776082</t>
+          <t>9786258529111</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şarap Bilimi</t>
+          <t>Gidenlerin Ardından</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255776259</t>
+          <t>9786255776761</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Depresyona Karşı Yirmi Altı(n) Kural</t>
+          <t>Allah’a Adanmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255776280</t>
+          <t>9786258529135</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaşamadan Ölmek</t>
+          <t>Zamanın İzleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255776181</t>
+          <t>9786258529272</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Uğurlanamayan</t>
+          <t>İyi Aile Çocukları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255776112</t>
+          <t>9786258529074</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hep Rüzgarlı Bugünde Hayat</t>
+          <t>Hudayinabit Öyküler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255776129</t>
+          <t>9786258529159</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yok Artık</t>
+          <t>Her Şey Zaten Bendeydi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253739669</t>
+          <t>9786255776938</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sunya</t>
+          <t>Kendine Yolculuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255665942</t>
+          <t>9786255776464</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Düşlerim Ceketimin Cebinde</t>
+          <t>Mavi Gök Dini</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255776174</t>
+          <t>9786255776471</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Özler Gibi Sev</t>
+          <t>Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255665898</t>
+          <t>9786255776488</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Messe</t>
+          <t>Sorular ve Kur'an'dan Cevaplar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255665904</t>
+          <t>9786255776907</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Adalet</t>
+          <t>Tevhid</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255665751</t>
+          <t>9786258529289</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin Nedenleri ve Çözüm Önerileri</t>
+          <t>Nevrozlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255776020</t>
+          <t>9786051282923</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Martıları Görmek</t>
+          <t>Derbeder</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255776051</t>
+          <t>9786255776723</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan</t>
+          <t>Kırık Mızrak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255776068</t>
+          <t>9786255776792</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Der Verlorene Schadel Des Baumeisters Koca Mimar Sinan</t>
+          <t>Babamdan Kalanlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255776075</t>
+          <t>9786255776600</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Das Geheime Vermachtnis Des Baumeisters Koca Mimar Sinan</t>
+          <t>Sen Onu Benim Külahıma Anlat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255665911</t>
+          <t>9786255776709</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Benden Sana</t>
+          <t>Eyvah! Veli Oldum</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255665928</t>
+          <t>9786255776990</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eksik Yanım</t>
+          <t>Din'lendim 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255665843</t>
+          <t>9786255776976</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İyileştirici Hikayeler</t>
+          <t>Çağrı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255665966</t>
+          <t>9786255776778</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tortu</t>
+          <t>Su Gibi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255665935</t>
+          <t>9786255776785</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sıtkı’nın Sırları</t>
+          <t>Kar Küresi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255776044</t>
+          <t>9786255776853</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolunu Yarat</t>
+          <t>Baba Ocağı Kökler ve Filizler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255776037</t>
+          <t>9786255776884</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Azrail’in Hırçın Kızı</t>
+          <t>Mizantropi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255665867</t>
+          <t>9786255776754</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Merak Ettiği Sorular</t>
+          <t>Güneş Diyarı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255665959</t>
+          <t>9786255776983</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ruperta’nın Öyküsü</t>
+          <t>Adalet Dünyanın Neresinde?</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255776006</t>
+          <t>9786255665003</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çürümüş Kelimeler</t>
+          <t>Varlığın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255665768</t>
+          <t>9786259680293</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Deli ve Dünya</t>
+          <t>Haykırış</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255665850</t>
+          <t>9786255776716</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri Çalışma Kitabı Fendeyim</t>
+          <t>Son Nefesime Kadar 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255665669</t>
+          <t>9786255776747</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlk Çatlak</t>
+          <t>Küçük Yazarlar Büyük Hikayeler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255665683</t>
+          <t>9786255776839</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Biraz Hüzün Biraz Sevgi</t>
+          <t>Barutla Yazılan Tarih</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255665775</t>
+          <t>9786255776822</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhsin</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255665652</t>
+          <t>9786258529005</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>04:17 Bir Umut</t>
+          <t>Bir Güneştir Sevda 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255665744</t>
+          <t>9786255776549</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlıklarım</t>
+          <t>Rudi Wollf</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256930582</t>
+          <t>9786255776730</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Python İle Programlama</t>
+          <t>Tırnak İzleri</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255665737</t>
+          <t>9786255776693</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türk – Rus Ticari ve Ekonomik İlişkilerinin 500 Yılı</t>
+          <t>Gayrimenkul Pusulası: Yolunu Sen Çiz!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255665584</t>
+          <t>9786255665874</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Devrim</t>
+          <t>Felsefeye Giriş Kavramlar ve Kuramlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255665577</t>
+          <t>9786255776617</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>3 Lira</t>
+          <t>Dört Kapının Arkası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255665133</t>
+          <t>9786255665140</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Giriftar</t>
+          <t>Bıyık Kaptan Serisi 1 - Hırsla Hissetti Mücadeleyi Aşkla Engel Tanımadı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255665676</t>
+          <t>9786255665515</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>5 Saat</t>
+          <t>Bıyık Kaptan Serisi 2 - Kalemler Konuştu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255665553</t>
+          <t>9786255776655</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şeytan</t>
+          <t>Goddi Soğuk Kıyamet</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255665614</t>
+          <t>9786255776631</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sır-ı Hal</t>
+          <t>Kendime Sorgular</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255665591</t>
+          <t>9786255776570</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İntikam Anunnaki Savaşları - 1</t>
+          <t>Kaderin Adıydı Sevgi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>215</v>
+        <v>420</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255665560</t>
+          <t>9786255776525</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Başarıya Giden Yollar</t>
+          <t>Alaska Köleleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255665522</t>
+          <t>9786255776662</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sağlık Sisteminde Dijitalleşme ve Yapay Zekanın Yükselişi</t>
+          <t>Aynı Geminin Farklı Yolcuları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255665607</t>
+          <t>9786255776624</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Arza Düşen Yıldırım</t>
+          <t>Kömür Gibi Sessiz</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255665546</t>
+          <t>9786255776556</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Cinayeti</t>
+          <t>Yarım Kalmış Hayatlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255665621</t>
+          <t>9786255776587</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hadija ve Diş Fırçalama Macerası</t>
+          <t>Karanlık Ormanın Kıyısında</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253738570</t>
+          <t>9786255776402</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Uyanış</t>
+          <t>Kefaret</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051288369</t>
+          <t>9786255665539</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eureka 1</t>
+          <t>Ahir Zamanın Yapıcı ve Yıkıcıları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255665423</t>
+          <t>9786255776297</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Zamane Yazarından Masallamalar</t>
+          <t>Vasıfsız Ümitler</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255665461</t>
+          <t>9786255776136</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Paris’in Kalbindeki İnci</t>
+          <t>11 Yaşındaki Adam Sonsuz Huzursuzluk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255665478</t>
+          <t>9786255776372</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yara Gibi Sevdalar</t>
+          <t>Şanslı Olivia</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255665157</t>
+          <t>9786255776099</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>3 Elçi</t>
+          <t>Yeşerir ve Çürür</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255665492</t>
+          <t>9786255776303</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen</t>
+          <t>Çatlaklardan Sızan Işıklar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255665447</t>
+          <t>9786255776419</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sahi, Gerçek Ne?</t>
+          <t>5 Dilde Aşk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255665508</t>
+          <t>9786255776334</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İncin &amp; İncit</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255665454</t>
+          <t>9786255776365</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Altın Yele</t>
+          <t>Sonun Sonu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255665485</t>
+          <t>9786255776396</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nebula</t>
+          <t>Herkes İçine Sürgün</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255665430</t>
+          <t>9786255776389</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Değiştirdim Takvimleri</t>
+          <t>Çek Tetiği</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053064428</t>
+          <t>9786255776341</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Kızıl Bıyıklı Mavi Gök</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255665393</t>
+          <t>9786255776167</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tayy-i Zaman</t>
+          <t>Küçük Bir Operasyon</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255665065</t>
+          <t>9786255776327</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sürünün Çığlığı</t>
+          <t>Kanımdan Şiirler Taşıyor Yaralandıkça</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255665119</t>
+          <t>9786255776358</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Psikoterapinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259680248</t>
+          <t>9786255776532</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Saat</t>
+          <t>Önce Canan Sonra Canan</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255665348</t>
+          <t>9786255776518</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Figen İle Bir Gün</t>
+          <t>Yanlış Hayatlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259680231</t>
+          <t>9786255776495</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşk Para Enerji</t>
+          <t>Üniversite Kazanma Rehberi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255665379</t>
+          <t>9786255776501</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mavi İle Sayıların Gizemli Kodları</t>
+          <t>Sen Yaz Ben Çizerim</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255665324</t>
+          <t>9786255665386</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kıymetsiz</t>
+          <t>100 Soruda Otizm</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255665294</t>
+          <t>9786255776150</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Sevmediği Adamı Hangi Kadın Sever?</t>
+          <t>Deniz Güvenliği Analizi - Türkiye</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255665317</t>
+          <t>9786255776105</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Son İlah Son Plan</t>
+          <t>True Love The Search</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255665041</t>
+          <t>9786255776266</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İkilem</t>
+          <t>Eflin</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255665270</t>
+          <t>9786255776143</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ben Sadece Uçmak İstedim</t>
+          <t>Ateşin Kucağında</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255665355</t>
+          <t>9786255665881</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Münzevi</t>
+          <t>Doğduğum İçin Beni Affedin.</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255665362</t>
+          <t>9786255665997</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hilal</t>
+          <t>Sen Daha Filizlenmedin Aşka</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255665416</t>
+          <t>9786255776082</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Serseri Vagus</t>
+          <t>Şarap Bilimi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255665089</t>
+          <t>9786255776259</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Depresyona Karşı Yirmi Altı(n) Kural</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255665232</t>
+          <t>9786255776280</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Otelde Cinayet</t>
+          <t>Yaşamadan Ölmek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255665256</t>
+          <t>9786255776181</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Terapi Sensin</t>
+          <t>Uğurlanamayan</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>333</v>
+        <v>160</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255665058</t>
+          <t>9786255776112</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Daha Düşmedi</t>
+          <t>Hep Rüzgarlı Bugünde Hayat</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259680262</t>
+          <t>9786255776129</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Alerji Ölümlerine Son</t>
+          <t>Yok Artık</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253739874</t>
+          <t>9786253739669</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zo İle Sohbetler</t>
+          <t>Sunya</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255665096</t>
+          <t>9786255665942</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şaman</t>
+          <t>Düşlerim Ceketimin Cebinde</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255665034</t>
+          <t>9786255776174</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Harabat</t>
+          <t>Aşkı Özler Gibi Sev</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253739478</t>
+          <t>9786255665898</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyene Yolculuk - 1</t>
+          <t>Messe</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253739959</t>
+          <t>9786255665904</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Kokan Kent</t>
+          <t>Gölgedeki Adalet</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253739867</t>
+          <t>9786255665751</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair İçimdeki Ses</t>
+          <t>Terörizmin Nedenleri ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253739966</t>
+          <t>9786255776020</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Logosophia</t>
+          <t>Martıları Görmek</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259680286</t>
+          <t>9786255776051</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dolunaylı Gecelerden Geçiyorum</t>
+          <t>Gölgede Kalan</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253739737</t>
+          <t>9786255776068</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin A’dan Z’ye Yaratıcı Drama Örnekleri</t>
+          <t>Der Verlorene Schadel Des Baumeisters Koca Mimar Sinan</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253739850</t>
+          <t>9786255776075</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yunus Yoyo</t>
+          <t>Das Geheime Vermachtnis Des Baumeisters Koca Mimar Sinan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259680224</t>
+          <t>9786255665911</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İki Yürek Arasında</t>
+          <t>Benden Sana</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255665126</t>
+          <t>9786255665928</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ekoizm</t>
+          <t>Eksik Yanım</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255665072</t>
+          <t>9786255665843</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kepir Ana</t>
+          <t>Çocuklar İçin İyileştirici Hikayeler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259680279</t>
+          <t>9786255665966</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Günah Benden Gitti</t>
+          <t>Tortu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253739515</t>
+          <t>9786255665935</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Duygusal Dünyası Benimle Empati Kur</t>
+          <t>Sıtkı’nın Sırları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253736293</t>
+          <t>9786255776044</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ceyhan Üniverlisesi</t>
+          <t>Kendi Yolunu Yarat</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253739706</t>
+          <t>9786255776037</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Toprak, Yağmur Ve Işık</t>
+          <t>Azrail’in Hırçın Kızı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253739270</t>
+          <t>9786255665867</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Tahmin Edemezsin</t>
+          <t>Gençlerin Merak Ettiği Sorular</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253739829</t>
+          <t>9786255665959</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mavi Pervazlı Pencere</t>
+          <t>Ruperta’nın Öyküsü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253739836</t>
+          <t>9786255776006</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Veya Absürt</t>
+          <t>Çürümüş Kelimeler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253739768</t>
+          <t>9786255665768</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Deli ve Dünya</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253739584</t>
+          <t>9786255665850</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Güneş Doğuyor</t>
+          <t>5. Sınıf Fen Bilimleri Çalışma Kitabı Fendeyim</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253739676</t>
+          <t>9786255665669</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>481</t>
+          <t>İlk Çatlak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253739416</t>
+          <t>9786255665683</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kifayet</t>
+          <t>Biraz Hüzün Biraz Sevgi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253739751</t>
+          <t>9786255665775</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Vuslatta Hicran</t>
+          <t>Aşk-ı Muhsin</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253739898</t>
+          <t>9786255665652</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kızılcık Ovası</t>
+          <t>04:17 Bir Umut</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253739744</t>
+          <t>9786255665744</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yarınsız Bugünler</t>
+          <t>Sessiz Çığlıklarım</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253739508</t>
+          <t>9786256930582</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Aşkların En Güzeli</t>
+          <t>Python İle Programlama</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253739614</t>
+          <t>9786255665737</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ben Emlakçıyım</t>
+          <t>Türk – Rus Ticari ve Ekonomik İlişkilerinin 500 Yılı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253738860</t>
+          <t>9786255665584</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Dili</t>
+          <t>Devrim</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253739621</t>
+          <t>9786255665577</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Yanılgısı</t>
+          <t>3 Lira</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253739638</t>
+          <t>9786255665133</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kaporta 3</t>
+          <t>Giriftar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253739607</t>
+          <t>9786255665676</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Karga</t>
+          <t>5 Saat</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253739690</t>
+          <t>9786255665553</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aşka, Umuda ve Barışa Dair</t>
+          <t>Kırmızı Şeytan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253739454</t>
+          <t>9786255665614</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Messe 2</t>
+          <t>Sır-ı Hal</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253739485</t>
+          <t>9786255665591</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sesin Var Tenin Yok</t>
+          <t>İntikam Anunnaki Savaşları - 1</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>155</v>
+        <v>215</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253739225</t>
+          <t>9786255665560</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Leş</t>
+          <t>Özel Eğitimde Başarıya Giden Yollar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253739492</t>
+          <t>9786255665522</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Solaklar Toplumu</t>
+          <t>Türkiye Sağlık Sisteminde Dijitalleşme ve Yapay Zekanın Yükselişi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253739461</t>
+          <t>9786255665607</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sahar 3.16</t>
+          <t>Arza Düşen Yıldırım</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253739577</t>
+          <t>9786255665546</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar 2</t>
+          <t>Kaplan Cinayeti</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253739683</t>
+          <t>9786255665621</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Eldoria Kehanet Savaşçıları</t>
+          <t>Hadija ve Diş Fırçalama Macerası</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253739652</t>
+          <t>9786253738570</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Zafir</t>
+          <t>Karanlık Uyanış</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253739560</t>
+          <t>9786051288369</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Aşk Öldürür</t>
+          <t>Eureka 1</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253739645</t>
+          <t>9786255665423</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Sesi</t>
+          <t>Zamane Yazarından Masallamalar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253739430</t>
+          <t>9786255665461</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sustum Sana</t>
+          <t>Paris’in Kalbindeki İnci</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258267174</t>
+          <t>9786255665478</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Minik Ellerden Öyküler</t>
+          <t>Yara Gibi Sevdalar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>30</v>
+        <v>260</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256930285</t>
+          <t>9786255665157</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gitme (Ciltli)</t>
+          <t>3 Elçi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253738983</t>
+          <t>9786255665492</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Ben, Sen</t>
+          <t>Bitmeyen</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253739065</t>
+          <t>9786255665447</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Asıl Hikaye</t>
+          <t>Sahi, Gerçek Ne?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786253739287</t>
+          <t>9786255665508</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dikensiz Güller</t>
+          <t>İncin &amp; İncit</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253739294</t>
+          <t>9786255665454</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Zaman Okyanusunda 80 Yıllık Damla</t>
+          <t>Altın Yele</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253739300</t>
+          <t>9786255665485</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Çöküşüm</t>
+          <t>Nebula</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253739188</t>
+          <t>9786255665430</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Derun</t>
+          <t>Değiştirdim Takvimleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253739140</t>
+          <t>9786053064428</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Susadım</t>
+          <t>Kuyu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253739201</t>
+          <t>9786255665393</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Zifir</t>
+          <t>Tayy-i Zaman</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253739256</t>
+          <t>9786255665065</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Arıları İstemek İyidir</t>
+          <t>Sürünün Çığlığı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>245</v>
+        <v>130</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253739423</t>
+          <t>9786255665119</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimden Bak’sana</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253738297</t>
+          <t>9786259680248</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Her Hayat Bir Kitap</t>
+          <t>Bir Saat</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253739232</t>
+          <t>9786255665348</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kadehlerin Sohbeti</t>
+          <t>Figen İle Bir Gün</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253739263</t>
+          <t>9786259680231</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dibe Dalış</t>
+          <t>Aşk Para Enerji</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253738648</t>
+          <t>9786255665379</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>Mavi İle Sayıların Gizemli Kodları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253739249</t>
+          <t>9786255665324</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Dans</t>
+          <t>Kıymetsiz</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253739171</t>
+          <t>9786255665294</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Zerre</t>
+          <t>Bir Annenin Sevmediği Adamı Hangi Kadın Sever?</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253739447</t>
+          <t>9786255665317</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Muvakkatname</t>
+          <t>Son İlah Son Plan</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253739195</t>
+          <t>9786255665041</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Danışmanının Hukuk El Kitabı</t>
+          <t>İkilem</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253739218</t>
+          <t>9786255665270</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Yabancı</t>
+          <t>Ben Sadece Uçmak İstedim</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253738839</t>
+          <t>9786255665355</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Umuda Uçan Turnalar</t>
+          <t>Münzevi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053063186</t>
+          <t>9786255665362</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış</t>
+          <t>Hilal</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>540</v>
+        <v>125</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257498531</t>
+          <t>9786255665416</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Postacının Günlüğü</t>
+          <t>İçimizdeki Serseri Vagus</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>105</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257498449</t>
+          <t>9786255665089</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Depresyonel Düşünceler</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257498692</t>
+          <t>9786255665232</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Banyodaki Vahşet</t>
+          <t>Otelde Cinayet</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257498593</t>
+          <t>9786255665256</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Seli</t>
+          <t>Terapi Sensin</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>130</v>
+        <v>333</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257498777</t>
+          <t>9786255665058</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>110 Soruda Kitap Yayınlatmak</t>
+          <t>Yaprak Daha Düşmedi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>37</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257498760</t>
+          <t>9786259680262</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>110 Soruda Kitap Yayını</t>
+          <t>Alerji Ölümlerine Son</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>37</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257498753</t>
+          <t>9786253739874</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>110 Soruda Kitap Bastırmak</t>
+          <t>Zo İle Sohbetler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>37</v>
+        <v>330</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257498890</t>
+          <t>9786255665096</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Uçarken</t>
+          <t>Şaman</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253739034</t>
+          <t>9786255665034</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Doğuşu</t>
+          <t>Harabat</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253739041</t>
+          <t>9786253739478</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kalbinle mi Aklınla mı Sevdin?</t>
+          <t>Bilinmeyene Yolculuk - 1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253739003</t>
+          <t>9786253739959</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Agarta’ya Açılan Adam: Rudolf’un Hikâyesi</t>
+          <t>Ayaz Kokan Kent</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253739164</t>
+          <t>9786253739867</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sidra</t>
+          <t>Yaşama Dair İçimdeki Ses</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253739157</t>
+          <t>9786253739966</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Pati</t>
+          <t>Logosophia</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253739058</t>
+          <t>9786259680286</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dehşetin Günlüğü</t>
+          <t>Dolunaylı Gecelerden Geçiyorum</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253738396</t>
+          <t>9786253739737</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Çocuklar İçin A’dan Z’ye Yaratıcı Drama Örnekleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>420</v>
+        <v>185</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253738518</t>
+          <t>9786253739850</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sabahçılar</t>
+          <t>Küçük Yunus Yoyo</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786253738952</t>
+          <t>9786259680224</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Evi Düşleri</t>
+          <t>İki Yürek Arasında</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253739010</t>
+          <t>9786255665126</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hikayelerin Kolektif Kitabı Mozaik</t>
+          <t>Ekoizm</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253738716</t>
+          <t>9786255665072</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mis Kokan Müze</t>
+          <t>Kepir Ana</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253738884</t>
+          <t>9786259680279</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Peace Gezegeni</t>
+          <t>Günah Benden Gitti</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253738907</t>
+          <t>9786253739515</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Adalet Meleği</t>
+          <t>Çocuğun Duygusal Dünyası Benimle Empati Kur</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253738891</t>
+          <t>9786253736293</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Tuhaflık Var</t>
+          <t>Ceyhan Üniverlisesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253738945</t>
+          <t>9786253739706</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan 100’e Aşk</t>
+          <t>Toprak, Yağmur Ve Işık</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253738280</t>
+          <t>9786253739270</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İnanca Tutsak</t>
+          <t>Hayatı Tahmin Edemezsin</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253738754</t>
+          <t>9786253739829</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben</t>
+          <t>Mavi Pervazlı Pencere</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253738655</t>
+          <t>9786253739836</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Prosektör</t>
+          <t>Var Olmak Veya Absürt</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>430</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253738556</t>
+          <t>9786253739768</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ben De Bir Şeyler Karaladım</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253738976</t>
+          <t>9786253739584</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmaya Bak</t>
+          <t>Güneş Doğuyor</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253738105</t>
+          <t>9786253739676</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Her Tecrübem Bir İmtihandır</t>
+          <t>481</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253738990</t>
+          <t>9786253739416</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Xpi’nin Şifreleri</t>
+          <t>Kifayet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253738877</t>
+          <t>9786253739751</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Şiirler</t>
+          <t>Vuslatta Hicran</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253738433</t>
+          <t>9786253739898</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Türkiye Cumhuriyeti Başkentlerinde Almanların ve Fransızların Kültür Faaliyetleri</t>
+          <t>Lanetli Kızılcık Ovası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253738846</t>
+          <t>9786253739744</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Simena’da Son Akşam Yemeği</t>
+          <t>Yarınsız Bugünler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>420</v>
+        <v>165</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253738631</t>
+          <t>9786253739508</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ketojenik Sağlık</t>
+          <t>Aşkların En Güzeli</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253738822</t>
+          <t>9786253739614</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Lidya Türküsü</t>
+          <t>Ben Emlakçıyım</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253738525</t>
+          <t>9786253738860</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler Hep Hazandı</t>
+          <t>Duyguların Dili</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051280929</t>
+          <t>9786253739621</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tutulması</t>
+          <t>İnsanlık Yanılgısı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>9.26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253738150</t>
+          <t>9786253739638</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yabancı</t>
+          <t>Kaporta 3</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253738662</t>
+          <t>9786253739607</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Işık Prensi Kaelan</t>
+          <t>Karga</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253738853</t>
+          <t>9786253739690</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bir Ruh Hastası</t>
+          <t>Aşka, Umuda ve Barışa Dair</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253738594</t>
+          <t>9786253739454</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>On Farklı Hikaye</t>
+          <t>Messe 2</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253737801</t>
+          <t>9786253739485</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Serüvenim</t>
+          <t>Sesin Var Tenin Yok</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>245</v>
+        <v>155</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253738310</t>
+          <t>9786253739225</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Neydi Mutluluk?</t>
+          <t>Sosyal Leş</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253738709</t>
+          <t>9786253739492</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Herkes Var</t>
+          <t>Solaklar Toplumu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253738679</t>
+          <t>9786253739461</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Yolculuk</t>
+          <t>Sahar 3.16</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253738471</t>
+          <t>9786253739577</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Düşüncesi</t>
+          <t>Yansımalar 2</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253738426</t>
+          <t>9786253739683</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İçgüdüsel Kalifikasyon ve Otonom Anatomisi Üzerine Birkaç Tekil Fikir</t>
+          <t>Eldoria Kehanet Savaşçıları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253738419</t>
+          <t>9786253739652</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Görmesini Bilene</t>
+          <t>Zafir</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253737610</t>
+          <t>9786253739560</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kapı</t>
+          <t>Aşk Öldürür</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253738549</t>
+          <t>9786253739645</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>Sessizliğimin Sesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253738075</t>
+          <t>9786253739430</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mefküre-i Hissiyat</t>
+          <t>Sustum Sana</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253737696</t>
+          <t>9786258267174</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Rüyalar</t>
+          <t>Minik Ellerden Öyküler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253738563</t>
+          <t>9786256930285</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya</t>
+          <t>Gitme (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>420</v>
+        <v>105</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253738464</t>
+          <t>9786253738983</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Zaferi</t>
+          <t>Aşk, Ben, Sen</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253738488</t>
+          <t>9786253739065</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kalaycı Öyküler</t>
+          <t>Asıl Hikaye</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253737603</t>
+          <t>9786253739287</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gecenin 4’ü 5’i</t>
+          <t>Dikensiz Güller</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253738013</t>
+          <t>9786253739294</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Öğrenmeden Göçmeye Başlayan Kuşlar</t>
+          <t>Zaman Okyanusunda 80 Yıllık Damla</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253737634</t>
+          <t>9786253739300</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kulağı Ağrıyan Fil</t>
+          <t>Kentsel Çöküşüm</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253737573</t>
+          <t>9786253739188</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Psikolojim Bozuk Mu?</t>
+          <t>Derun</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253738082</t>
+          <t>9786253739140</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yanım</t>
+          <t>Susadım</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253737023</t>
+          <t>9786253739201</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>41. Gün</t>
+          <t>Zifir</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253738181</t>
+          <t>9786253739256</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Martivim’in Maceraları</t>
+          <t>Arıları İstemek İyidir</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253738402</t>
+          <t>9786253739423</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuşluğun Hakimiyeti</t>
+          <t>Gözlerimden Bak’sana</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253738617</t>
+          <t>9786253738297</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame Yanıyor</t>
+          <t>Her Hayat Bir Kitap</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253737948</t>
+          <t>9786253739232</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ergenliğe Eğlenceli Bir Yolculuk</t>
+          <t>Kadehlerin Sohbeti</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253738266</t>
+          <t>9786253739263</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Boş Kitap</t>
+          <t>Dibe Dalış</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253738303</t>
+          <t>9786253738648</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Denizli Çal İlçesi Camileri</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253737856</t>
+          <t>9786253739249</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gül’ün Aynası Şah’ın Şifresi</t>
+          <t>Kıbrıs’ta Dans</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253738198</t>
+          <t>9786253739171</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Hayali</t>
+          <t>Zerre</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253738051</t>
+          <t>9786253739447</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Deli Miyim Veli Mi?</t>
+          <t>Muvakkatname</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253737955</t>
+          <t>9786253739195</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Mavi Su Berrak</t>
+          <t>Gayrimenkul Danışmanının Hukuk El Kitabı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253738037</t>
+          <t>9786253739218</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ortodoksluk Üzerine</t>
+          <t>Yalnız Yabancı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253737788</t>
+          <t>9786253738839</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Gerçekler</t>
+          <t>Umuda Uçan Turnalar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786253737177</t>
+          <t>9786053063186</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Projelerinde Sözleşme Yönetimi</t>
+          <t>Yaratılış</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>560</v>
+        <v>540</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253738112</t>
+          <t>9786257498531</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çaylak</t>
+          <t>Bir Postacının Günlüğü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253737924</t>
+          <t>9786257498449</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kolon-i Derya</t>
+          <t>Depresyonel Düşünceler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786253738044</t>
+          <t>9786257498692</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Seyri Hakikat</t>
+          <t>Banyodaki Vahşet</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253738068</t>
+          <t>9786257498593</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Olmayacak</t>
+          <t>Bir Sevgi Seli</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253738099</t>
+          <t>9786257498777</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sophia</t>
+          <t>110 Soruda Kitap Yayınlatmak</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>310</v>
+        <v>37</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786253738242</t>
+          <t>9786257498760</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mümteni</t>
+          <t>110 Soruda Kitap Yayını</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>210</v>
+        <v>37</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786253737818</t>
+          <t>9786257498753</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sen Dönüşüm Zamanı</t>
+          <t>110 Soruda Kitap Bastırmak</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>37</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786253737832</t>
+          <t>9786257498890</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Birtakım Platonik Meseleler</t>
+          <t>Kelebekler Uçarken</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253736453</t>
+          <t>9786253739034</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Berfin Dibarin Li Reşiyan</t>
+          <t>Akrebin Doğuşu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253737870</t>
+          <t>9786253739041</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kar Taneleri</t>
+          <t>Kalbinle mi Aklınla mı Sevdin?</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051288680</t>
+          <t>9786253739003</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Dönüm Noktası</t>
+          <t>Agarta’ya Açılan Adam: Rudolf’un Hikâyesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786253737764</t>
+          <t>9786253739164</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Olmak</t>
+          <t>Sidra</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>140</v>
+        <v>410</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253737672</t>
+          <t>9786253739157</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalan Biz</t>
+          <t>Kayıp Pati</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786253737900</t>
+          <t>9786253739058</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bir Kız Çocuğunun Uçan Hayalleri</t>
+          <t>Dehşetin Günlüğü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253737795</t>
+          <t>9786253738396</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Düzenin Düzülenleri</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253737863</t>
+          <t>9786253738518</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hegemonya</t>
+          <t>Sabahçılar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253737917</t>
+          <t>9786253738952</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Meleği</t>
+          <t>Ağaç Evi Düşleri</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253737641</t>
+          <t>9786253739010</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Saklı</t>
+          <t>Kısa Hikayelerin Kolektif Kitabı Mozaik</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786253737467</t>
+          <t>9786253738716</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bu Son Göçümüz</t>
+          <t>Mis Kokan Müze</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786253737757</t>
+          <t>9786253738884</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Cafe 1</t>
+          <t>Peace Gezegeni</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786253737887</t>
+          <t>9786253738907</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Mesafe</t>
+          <t>Adalet Meleği</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786253737825</t>
+          <t>9786253738891</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yarının Dünyasına Yolculuk</t>
+          <t>Bir Tuhaflık Var</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786253737658</t>
+          <t>9786253738945</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bilemezler</t>
+          <t>Sıfırdan 100’e Aşk</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786253737597</t>
+          <t>9786253738280</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Basit Düşünen İnsan</t>
+          <t>İnanca Tutsak</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253737894</t>
+          <t>9786253738754</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sezgilerim</t>
+          <t>İçimdeki Ben</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786253737627</t>
+          <t>9786253738655</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Yabancı</t>
+          <t>Prosektör</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253737665</t>
+          <t>9786253738556</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Yaşam Penceresi</t>
+          <t>Ben De Bir Şeyler Karaladım</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253736460</t>
+          <t>9786253738976</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Menaf</t>
+          <t>Mutlu Olmaya Bak</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253737269</t>
+          <t>9786253738105</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Ders Notları</t>
+          <t>Her Tecrübem Bir İmtihandır</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253737931</t>
+          <t>9786253738990</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Duman ve Aynalar</t>
+          <t>Xpi’nin Şifreleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053063797</t>
+          <t>9786253738877</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya Çalışma Soruları</t>
+          <t>Yaşadığım Şiirler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>69.44</v>
+        <v>120</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253736712</t>
+          <t>9786253738433</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Işık</t>
+          <t>Osmanlı ve Türkiye Cumhuriyeti Başkentlerinde Almanların ve Fransızların Kültür Faaliyetleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786253737283</t>
+          <t>9786253738846</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları – 1</t>
+          <t>Simena’da Son Akşam Yemeği</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786253737221</t>
+          <t>9786253738631</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kur’an</t>
+          <t>Ketojenik Sağlık</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253737566</t>
+          <t>9786253738822</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Messe Boyutlar Arası</t>
+          <t>Lidya Türküsü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253737559</t>
+          <t>9786253738525</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Narin Güran ve Masum Çocuklara</t>
+          <t>Mevsimler Hep Hazandı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786253737290</t>
+          <t>9786051280929</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Suçlar</t>
+          <t>İnsan Tutulması</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786253737412</t>
+          <t>9786253738150</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sarımtırak</t>
+          <t>İçimdeki Yabancı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786253737375</t>
+          <t>9786253738662</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İzleyici</t>
+          <t>Gölge ve Işık Prensi Kaelan</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786253737382</t>
+          <t>9786253738853</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Umutların Kampanyası</t>
+          <t>Akıllı Bir Ruh Hastası</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786253737436</t>
+          <t>9786253738594</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mazot Kokusu</t>
+          <t>On Farklı Hikaye</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786253737061</t>
+          <t>9786253737801</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Pahası</t>
+          <t>Bilimsel Serüvenim</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253737399</t>
+          <t>9786253738310</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle İlk Nur</t>
+          <t>Neydi Mutluluk?</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786253737450</t>
+          <t>9786253738709</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çaresizliğim Ertelenebilir</t>
+          <t>Yüreğimde Herkes Var</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786253737160</t>
+          <t>9786253738679</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Adale ve Kuvvet</t>
+          <t>En Uzun Yolculuk</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786253737313</t>
+          <t>9786253738471</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sahib-i Melahat</t>
+          <t>Evlilik Düşüncesi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786253737542</t>
+          <t>9786253738426</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Üç Kişilik Aile</t>
+          <t>İçgüdüsel Kalifikasyon ve Otonom Anatomisi Üzerine Birkaç Tekil Fikir</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786253737276</t>
+          <t>9786253738419</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Konuşanlar</t>
+          <t>Görmesini Bilene</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786253737351</t>
+          <t>9786253737610</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Adventurous Flower- Maceracı Çiçek</t>
+          <t>Pembe Kapı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786253737535</t>
+          <t>9786253738549</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kalpler ve Gönüller</t>
+          <t>Kahin</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786253737580</t>
+          <t>9786253738075</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Dünyalarını Cennet Yapanlar</t>
+          <t>Mefküre-i Hissiyat</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786253737368</t>
+          <t>9786253737696</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Suç ve Sapmanın Temsilleri</t>
+          <t>Gizemli Rüyalar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786253737306</t>
+          <t>9786253738563</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Masal Günlüğü Üçüncü Peri</t>
+          <t>Kadim Dünya</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786253737320</t>
+          <t>9786253738464</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde</t>
+          <t>Pazarlama Zaferi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786253737429</t>
+          <t>9786253738488</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Şairimiz Doğuyor – 2</t>
+          <t>Kalaycı Öyküler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786253737405</t>
+          <t>9786253737603</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bavul</t>
+          <t>Gecenin 4’ü 5’i</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786253737443</t>
+          <t>9786253738013</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Duygularımızın Sessiz Çığlığı</t>
+          <t>Uçmayı Öğrenmeden Göçmeye Başlayan Kuşlar</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786253737528</t>
+          <t>9786253737634</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sendeydi</t>
+          <t>Kulağı Ağrıyan Fil</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786253736972</t>
+          <t>9786253737573</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bundan Sonra Asker Oluşumuz</t>
+          <t>Psikolojim Bozuk Mu?</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786253737139</t>
+          <t>9786253738082</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Modern Zekat Bankacılığı</t>
+          <t>Diğer Yanım</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253736729</t>
+          <t>9786253737023</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlüğüm</t>
+          <t>41. Gün</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253736590</t>
+          <t>9786253738181</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Fenomen</t>
+          <t>Martivim’in Maceraları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786253736620</t>
+          <t>9786253738402</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Hayatı Sonsuz mudur?/ Sonsuzluğun Sahibi</t>
+          <t>Unutulmuşluğun Hakimiyeti</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786253737122</t>
+          <t>9786253738617</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Mümkün</t>
+          <t>Notre Dame Yanıyor</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>420</v>
+        <v>125</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786253737146</t>
+          <t>9786253737948</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Şatodaki Ejderha</t>
+          <t>Ergenliğe Eğlenceli Bir Yolculuk</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786253737016</t>
+          <t>9786253738266</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Han ve Hayki</t>
+          <t>Boş Kitap</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786253737085</t>
+          <t>9786253738303</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Efsel</t>
+          <t>Denizli Çal İlçesi Camileri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786253737030</t>
+          <t>9786253737856</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Radikal Bireycilik</t>
+          <t>Gül’ün Aynası Şah’ın Şifresi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786253737153</t>
+          <t>9786253738198</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kolay Okunan Hikayeler - Harran Kahini</t>
+          <t>Gerçeğin Hayali</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786253737115</t>
+          <t>9786253738051</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Simli Terlik</t>
+          <t>Deli Miyim Veli Mi?</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786253737184</t>
+          <t>9786253737955</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Az Sonra Yarın Olacak Karar Ver!</t>
+          <t>Gökyüzü Mavi Su Berrak</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253737238</t>
+          <t>9786253738037</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Biraz</t>
+          <t>Doğu Ortodoksluk Üzerine</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786253734480</t>
+          <t>9786253737788</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Aşk İki Kişinin Değil İki Kişiliğin İşidir</t>
+          <t>Düşler ve Gerçekler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253736477</t>
+          <t>9786253737177</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Unutma Sakın</t>
+          <t>İnşaat Projelerinde Sözleşme Yönetimi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786253736866</t>
+          <t>9786253738112</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mor Şarap</t>
+          <t>Çaylak</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253737009</t>
+          <t>9786253737924</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ceket</t>
+          <t>Kolon-i Derya</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786253737108</t>
+          <t>9786253738044</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Belangaz Türkiye’de Allah Modelleri</t>
+          <t>Seyri Hakikat</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786253737078</t>
+          <t>9786253738068</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Her Nefes Kül</t>
+          <t>İstanbul Olmayacak</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786253737092</t>
+          <t>9786253738099</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Gazete</t>
+          <t>Sophia</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786253736828</t>
+          <t>9786253738242</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>K,. 2072</t>
+          <t>Mümteni</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253736859</t>
+          <t>9786253737818</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yedi Bitirdi</t>
+          <t>Gerçek Sen Dönüşüm Zamanı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253736675</t>
+          <t>9786253737832</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Çan</t>
+          <t>Birtakım Platonik Meseleler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253736576</t>
+          <t>9786253736453</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kök Sarmaşık</t>
+          <t>Berfin Dibarin Li Reşiyan</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253737047</t>
+          <t>9786253737870</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Samankapan</t>
+          <t>Kar Taneleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786253737054</t>
+          <t>9786051288680</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Koşarken Susan Adımlar</t>
+          <t>Dönüm Noktası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253736965</t>
+          <t>9786253737764</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Çocukları</t>
+          <t>İyi İnsan Olmak</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786253736989</t>
+          <t>9786253737672</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çete</t>
+          <t>Geriye Kalan Biz</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786253736873</t>
+          <t>9786253737900</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ne Kadarsa Ben De O Kadardım</t>
+          <t>Bir Kız Çocuğunun Uçan Hayalleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253736507</t>
+          <t>9786253737795</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ömürden Akan Dizeler</t>
+          <t>Düzenin Düzülenleri</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253736958</t>
+          <t>9786253737863</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Rüyası</t>
+          <t>Hegemonya</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253736934</t>
+          <t>9786253737917</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Dört</t>
+          <t>Yaşam Meleği</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253736941</t>
+          <t>9786253737641</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Peşinde Adım Adım</t>
+          <t>Gökyüzünde Saklı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786253736736</t>
+          <t>9786253737467</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Erkek</t>
+          <t>Bu Son Göçümüz</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786253736743</t>
+          <t>9786253737757</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Büyük Krallık Srinya 2</t>
+          <t>Tutsak Cafe 1</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253736903</t>
+          <t>9786253737887</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gündegün</t>
+          <t>Mesafe</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253735647</t>
+          <t>9786253737825</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Yolculuğunun On Dokuz Günü!</t>
+          <t>Yarının Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253736842</t>
+          <t>9786253737658</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Manik Atak</t>
+          <t>Bilemezler</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253736927</t>
+          <t>9786253737597</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dünya İnsanı</t>
+          <t>Basit Düşünen İnsan</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253736705</t>
+          <t>9786253737894</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş Penceresinden Samimi Paylaşımlar</t>
+          <t>Sezgilerim</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253736613</t>
+          <t>9786253737627</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin Savaş Geri Dönüş</t>
+          <t>Özgürlüğe Yabancı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253736835</t>
+          <t>9786253737665</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamların Maceraları</t>
+          <t>Duvardaki Yaşam Penceresi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253736910</t>
+          <t>9786253736460</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Matematiği</t>
+          <t>Menaf</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253736750</t>
+          <t>9786253737269</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkler Neden Mutsuz?</t>
+          <t>İngilizce Ders Notları</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253736316</t>
+          <t>9786253737931</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Nenem Babam ve Ben</t>
+          <t>Duman ve Aynalar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786253736569</t>
+          <t>9786053063797</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında Şiirlere Tutunmak</t>
+          <t>Biyokimya Çalışma Soruları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>100</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786253736699</t>
+          <t>9786253736712</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Elimdeki İz</t>
+          <t>Kırmızı Işık</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253736514</t>
+          <t>9786253737283</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sarf-ı Nazar</t>
+          <t>Zamanın Kapıları – 1</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253736637</t>
+          <t>9786253737221</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Namazlaşan İnsan</t>
+          <t>Sorularla Kur’an</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253736583</t>
+          <t>9786253737566</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İsimsizin Günlüğü</t>
+          <t>Messe Boyutlar Arası</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253736538</t>
+          <t>9786253737559</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Lilith'in Kızı Adem</t>
+          <t>Narin Güran ve Masum Çocuklara</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253736545</t>
+          <t>9786253737290</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Biz Farklıyız</t>
+          <t>Kusurlu Suçlar</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786253736309</t>
+          <t>9786253737412</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Şuursuz Hayaller</t>
+          <t>Sarımtırak</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253736484</t>
+          <t>9786253737375</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Çerkes Ethem</t>
+          <t>İzleyici</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253736644</t>
+          <t>9786253737382</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Aciz Bir Kulun Yüreğinden Dökülen Sözler</t>
+          <t>Umutların Kampanyası</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786253736651</t>
+          <t>9786253737436</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Anlam Dili - Lisan-ı Meal</t>
+          <t>Mazot Kokusu</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253736668</t>
+          <t>9786253737061</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yüce Kitabımız Kur'an-ı Kerim'den Dualar</t>
+          <t>Hayatımın Pahası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253735678</t>
+          <t>9786253737399</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yla Bahis Karaduti Karaduti 1. Kitap</t>
+          <t>Aşk İle İlk Nur</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253736330</t>
+          <t>9786253737450</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yla Bahis Anafor 2. Kitap</t>
+          <t>Çaresizliğim Ertelenebilir</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>455</v>
+        <v>120</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253736231</t>
+          <t>9786253737160</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Kusurlar</t>
+          <t>Adale ve Kuvvet</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258102543</t>
+          <t>9786253737313</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Soysuzlar Geçidi</t>
+          <t>Sahib-i Melahat</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>319</v>
+        <v>150</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253734688</t>
+          <t>9786253737542</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Orkestra Şefi</t>
+          <t>Üç Kişilik Aile</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253736088</t>
+          <t>9786253737276</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Yoksunluk</t>
+          <t>Hayvanlarla Konuşanlar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256617056</t>
+          <t>9786253737351</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitabı</t>
+          <t>Adventurous Flower- Maceracı Çiçek</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253735845</t>
+          <t>9786253737535</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yenik Şiirler</t>
+          <t>Kalpler ve Gönüller</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253735852</t>
+          <t>9786253737580</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Dünyalarını Cennet Yapanlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786253736057</t>
+          <t>9786253737368</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Birinin Kalbinde İz Bırak</t>
+          <t>Televizyonda Suç ve Sapmanın Temsilleri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786253735708</t>
+          <t>9786253737306</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı</t>
+          <t>Masal Günlüğü Üçüncü Peri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786253735906</t>
+          <t>9786253737320</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>ilk Günah</t>
+          <t>Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786253736033</t>
+          <t>9786253737429</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Melius</t>
+          <t>Yeni Bir Şairimiz Doğuyor – 2</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786253735456</t>
+          <t>9786253737405</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın İntiharı</t>
+          <t>Bavul</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786253735432</t>
+          <t>9786253737443</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Zeus Altarı</t>
+          <t>Duygularımızın Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786253735425</t>
+          <t>9786253737528</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Tanrılarla Devlerin Savaşı</t>
+          <t>Aşk Sendeydi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786253735418</t>
+          <t>9786253736972</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>Bundan Sonra Asker Oluşumuz</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786253735395</t>
+          <t>9786253737139</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Byzas İle Teora</t>
+          <t>Modern Zekat Bankacılığı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786253735890</t>
+          <t>9786253736729</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Çığlığı</t>
+          <t>Korona Günlüğüm</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786253735838</t>
+          <t>9786253736590</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Yeter Bize</t>
+          <t>Fenomen</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786253735722</t>
+          <t>9786253736620</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Hasret</t>
+          <t>Ahiret Hayatı Sonsuz mudur?/ Sonsuzluğun Sahibi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786253735333</t>
+          <t>9786253737122</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ben Sende Kendimi Gördüm</t>
+          <t>Başka Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786253735685</t>
+          <t>9786253737146</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gerçekliğini Yaratmak</t>
+          <t>Şatodaki Ejderha</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786253735944</t>
+          <t>9786253737016</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Boşluktaki Çığlıklar</t>
+          <t>Han ve Hayki</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253735821</t>
+          <t>9786253737085</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kıyısındaki Deniz</t>
+          <t>Efsel</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786253735937</t>
+          <t>9786253737030</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>HPV ve Rahim Ağzı Kanseri Bilinmezlikten Kurtuluşa</t>
+          <t>Radikal Bireycilik</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253735630</t>
+          <t>9786253737153</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Esintiler</t>
+          <t>Kolay Okunan Hikayeler - Harran Kahini</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786253735043</t>
+          <t>9786253737115</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Piyanist ve Yaşlı Kedi</t>
+          <t>Simli Terlik</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786253735081</t>
+          <t>9786253737184</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Adam</t>
+          <t>Az Sonra Yarın Olacak Karar Ver!</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786253735586</t>
+          <t>9786253737238</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>50 Basic Reading Passages</t>
+          <t>Biraz</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253735692</t>
+          <t>9786253734480</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kankelebeği</t>
+          <t>Aşk İki Kişinin Değil İki Kişiliğin İşidir</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786253735142</t>
+          <t>9786253736477</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sadece Psikoloji</t>
+          <t>Unutma Sakın</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786253735357</t>
+          <t>9786253736866</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Herhalde Sevmek Lazım</t>
+          <t>Mor Şarap</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786253735463</t>
+          <t>9786253737009</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ülkü Uğrunda Gönüller Delidir</t>
+          <t>Beyaz Ceket</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786253735517</t>
+          <t>9786253737108</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İhtişamın İç Yüzü</t>
+          <t>Belangaz Türkiye’de Allah Modelleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253734350</t>
+          <t>9786253737078</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Seasons</t>
+          <t>Her Nefes Kül</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786253735241</t>
+          <t>9786253737092</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sanki Sen</t>
+          <t>Sihirli Gazete</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253735494</t>
+          <t>9786253736828</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Can Kırıkları</t>
+          <t>K,. 2072</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786253735388</t>
+          <t>9786253736859</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ben Sadece Sevdim</t>
+          <t>Aşk Yedi Bitirdi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786253735449</t>
+          <t>9786253736675</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kör Bıçak</t>
+          <t>Çan</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786253735555</t>
+          <t>9786253736576</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Hayatlar ve Tüketilen İnsanlık</t>
+          <t>Kök Sarmaşık</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786253735531</t>
+          <t>9786253737047</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölüm</t>
+          <t>Samankapan</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786253735609</t>
+          <t>9786253737054</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bedel Ekinleri</t>
+          <t>Koşarken Susan Adımlar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786253735197</t>
+          <t>9786253736965</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Mimar Koca Sinan'ın Kayıp Kafatası</t>
+          <t>Ay'ın Çocukları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786253734749</t>
+          <t>9786253736989</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Giresun'da</t>
+          <t>Çete</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786253734947</t>
+          <t>9786253736873</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Yolu</t>
+          <t>Sevgi Ne Kadarsa Ben De O Kadardım</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>222</v>
+        <v>115</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786253735579</t>
+          <t>9786253736507</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Cadıları Umay</t>
+          <t>Ömürden Akan Dizeler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786253735401</t>
+          <t>9786253736958</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Geçmedi Gönül Yorgunluğum</t>
+          <t>Akdeniz Rüyası</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786253734411</t>
+          <t>9786253736934</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Uygulaması</t>
+          <t>Yirmi Dört</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786253733902</t>
+          <t>9786253736941</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Enaiyi</t>
+          <t>Peşinde Adım Adım</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786253733667</t>
+          <t>9786253736736</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Sportif Terapi</t>
+          <t>Bir Kadın Bir Erkek</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786253735159</t>
+          <t>9786253736743</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Madalya</t>
+          <t>Büyük Krallık Srinya 2</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786253734602</t>
+          <t>9786253736903</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Klepto Mami</t>
+          <t>Gündegün</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786253735104</t>
+          <t>9786253735647</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Neden?</t>
+          <t>Cehennem Yolculuğunun On Dokuz Günü!</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786253735296</t>
+          <t>9786253736842</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sevme Beni</t>
+          <t>Manik Atak</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786253734725</t>
+          <t>9786253736927</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yine Gel</t>
+          <t>Dünya İnsanı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786253734961</t>
+          <t>9786253736705</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu’da Karadenizli Bir Öğretmenin Anıları</t>
+          <t>Orta Yaş Penceresinden Samimi Paylaşımlar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786253735029</t>
+          <t>9786253736613</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Aysel</t>
+          <t>Aşk İçin Savaş Geri Dönüş</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786253735227</t>
+          <t>9786253736835</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kırıntı</t>
+          <t>Küçük Ressamların Maceraları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786253734985</t>
+          <t>9786253736910</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kıyı</t>
+          <t>Zenginlik Matematiği</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>285</v>
+        <v>100</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786253735128</t>
+          <t>9786253736750</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak</t>
+          <t>Modern Türkler Neden Mutsuz?</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786253735067</t>
+          <t>9786253736316</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Derin Bu Mevzu</t>
+          <t>Nenem Babam ve Ben</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786253735258</t>
+          <t>9786253736569</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kaynaklara Erişmenin Hızlı ve Kolay Yolları</t>
+          <t>Yaşamın Kıyısında Şiirlere Tutunmak</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786253735005</t>
+          <t>9786253736699</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Dokunan Şiirler</t>
+          <t>Elimdeki İz</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786253735319</t>
+          <t>9786253736514</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Hala Uykuda Mısın?</t>
+          <t>Sarf-ı Nazar</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786253735265</t>
+          <t>9786253736637</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kokusu</t>
+          <t>Namaz ve Namazlaşan İnsan</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786253734664</t>
+          <t>9786253736583</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Azrah</t>
+          <t>İsimsizin Günlüğü</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786253734541</t>
+          <t>9786253736538</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek</t>
+          <t>Lilith'in Kızı Adem</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786253734626</t>
+          <t>9786253736545</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Gecenin İçindeki Şeytan</t>
+          <t>Gerçekten Biz Farklıyız</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786253734398</t>
+          <t>9786253736309</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Krallar Vadisi</t>
+          <t>Şuursuz Hayaller</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>460</v>
+        <v>160</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786253731359</t>
+          <t>9786253736484</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Dilinden Şekil Diline Kurdiler</t>
+          <t>Milli Mücadele'de Çerkes Ethem</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786253734503</t>
+          <t>9786253736644</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Aciz Bir Kulun Yüreğinden Dökülen Sözler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786253734640</t>
+          <t>9786253736651</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Kabus</t>
+          <t>Anlam Dili - Lisan-ı Meal</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786253734701</t>
+          <t>9786253736668</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mjora</t>
+          <t>Yüce Kitabımız Kur'an-ı Kerim'den Dualar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786253734459</t>
+          <t>9786253735678</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Senin İçin</t>
+          <t>Tanrı'yla Bahis Karaduti Karaduti 1. Kitap</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786253734374</t>
+          <t>9786253736330</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kadim Mirasın Sahipleri Erlik'in Haykırışı</t>
+          <t>Tanrı'yla Bahis Anafor 2. Kitap</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>210</v>
+        <v>455</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786253734336</t>
+          <t>9786253736231</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Şerefe</t>
+          <t>Kusursuz Kusurlar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786253734589</t>
+          <t>9786258102543</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Labirenti</t>
+          <t>Soysuzlar Geçidi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>110</v>
+        <v>319</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786253734527</t>
+          <t>9786253734688</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Rüştümü İspat</t>
+          <t>Orkestra Şefi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786253734008</t>
+          <t>9786253736088</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Psikolog Şaire Düşmandır</t>
+          <t>Yoksunluk</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786253734435</t>
+          <t>9786256617056</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği</t>
+          <t>Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786253734107</t>
+          <t>9786253735845</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İyi Polisiye İyi Edebiyattır</t>
+          <t>Aşka Yenik Şiirler</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786253734305</t>
+          <t>9786253735852</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Don't Be Afraid</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>310</v>
+        <v>100</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786253732851</t>
+          <t>9786253736057</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Arkeoloğu</t>
+          <t>Birinin Kalbinde İz Bırak</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786253734046</t>
+          <t>9786253735708</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Drajelizmin Rengi</t>
+          <t>Fısıltı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786253734183</t>
+          <t>9786253735906</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Neo Şamanizm</t>
+          <t>ilk Günah</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786253733964</t>
+          <t>9786253736033</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Aşk</t>
+          <t>Melius</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786253734145</t>
+          <t>9786253735456</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ölümü Çetin Olur</t>
+          <t>Bir Genç Kızın İntiharı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786253733841</t>
+          <t>9786253735432</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Yelkenlisinde Rota Oluşturmak</t>
+          <t>Zeus Altarı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786253733988</t>
+          <t>9786253735425</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yaramazço’nun Maceraları</t>
+          <t>Tanrılarla Devlerin Savaşı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786253733889</t>
+          <t>9786253735418</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Gittiğin Günden Beri</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786253734121</t>
+          <t>9786253735395</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Son Gündüz Düşü</t>
+          <t>Byzas İle Teora</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786253734084</t>
+          <t>9786253735890</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hırka</t>
+          <t>Harflerin Çığlığı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786253734022</t>
+          <t>9786253735838</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Melike’nin Gözünden</t>
+          <t>Belki Bir Gün Yeter Bize</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786253733926</t>
+          <t>9786253735722</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Mavi Güneş</t>
+          <t>Hasret</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786253733940</t>
+          <t>9786253735333</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Son Işığı</t>
+          <t>Ben Sende Kendimi Gördüm</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786253733865</t>
+          <t>9786253735685</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Aşkı-ı Derun</t>
+          <t>Kendi Gerçekliğini Yaratmak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786253734060</t>
+          <t>9786253735944</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca</t>
+          <t>Boşluktaki Çığlıklar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786253733827</t>
+          <t>9786253735821</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Arasında</t>
+          <t>Güneşin Kıyısındaki Deniz</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786253733704</t>
+          <t>9786253735937</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yolu Bulan Kurtulur</t>
+          <t>HPV ve Rahim Ağzı Kanseri Bilinmezlikten Kurtuluşa</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786253733803</t>
+          <t>9786253735630</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Fragmanı Gibiydi Gülüşü</t>
+          <t>Gönülden Esintiler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786253733780</t>
+          <t>9786253735043</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tikveşli’nin Kızı</t>
+          <t>Yaşlı Piyanist ve Yaşlı Kedi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786253733766</t>
+          <t>9786253735081</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Felsefesi</t>
+          <t>Bilinmeyen Bir Adam</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786253733506</t>
+          <t>9786253735586</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Dijital Pazarlama Aşkı</t>
+          <t>50 Basic Reading Passages</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786253733742</t>
+          <t>9786253735692</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Kankelebeği</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>100</v>
+        <v>540</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786253733681</t>
+          <t>9786253735142</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dora’nın Merdivenleri</t>
+          <t>Sadece Psikoloji</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786253733483</t>
+          <t>9786253735357</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Besteci</t>
+          <t>Herhalde Sevmek Lazım</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786253733421</t>
+          <t>9786253735463</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Belirsiz Aşklar</t>
+          <t>Ülkü Uğrunda Gönüller Delidir</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786253733544</t>
+          <t>9786253735517</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Değişim İçten Başlar</t>
+          <t>İhtişamın İç Yüzü</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786253733070</t>
+          <t>9786253734350</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Seasons</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786253733261</t>
+          <t>9786253735241</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatanseverin  Hükümet Programı Reform</t>
+          <t>Sanki Sen</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786253733285</t>
+          <t>9786253735494</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Masum Günahların Mahkümiyeti</t>
+          <t>Can Kırıkları</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786253733209</t>
+          <t>9786253735388</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Penguin And Snowman Adventures</t>
+          <t>Ben Sadece Sevdim</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786253733018</t>
+          <t>9786253735449</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Buruk Sevinçler</t>
+          <t>Kör Bıçak</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786253733384</t>
+          <t>9786253735555</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hiç Beklenmedik Bir Yolculuk</t>
+          <t>Çalınan Hayatlar ve Tüketilen İnsanlık</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786253733322</t>
+          <t>9786253735531</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Labirent - 2</t>
+          <t>Güzel Ölüm</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786253733308</t>
+          <t>9786253735609</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Gök ve Yer Arasında</t>
+          <t>Bedel Ekinleri</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786253733100</t>
+          <t>9786253735197</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebeğin Mührü</t>
+          <t>Mimar Koca Sinan'ın Kayıp Kafatası</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786253733223</t>
+          <t>9786253734749</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Yolu Ruhundaki Ateş</t>
+          <t>Bir Zamanlar Giresun'da</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>210</v>
+        <v>115</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786253733346</t>
+          <t>9786253734947</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Felsefesi</t>
+          <t>Flamingo Yolu</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>140</v>
+        <v>222</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786253732936</t>
+          <t>9786253735579</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Ailem, Okulum, Öğretmenim</t>
+          <t>Anadolu Cadıları Umay</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786253733360</t>
+          <t>9786253735401</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Ardındaki Aydınlık</t>
+          <t>Geçmedi Gönül Yorgunluğum</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786253733445</t>
+          <t>9786253734411</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Beni Düşerken Tut Anne</t>
+          <t>Eleştirel Düşünme Uygulaması</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786253733469</t>
+          <t>9786253733902</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Roza</t>
+          <t>Enaiyi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786253732950</t>
+          <t>9786253733667</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman</t>
+          <t>Sportif Terapi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786253733247</t>
+          <t>9786253735159</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bilge Şahidi</t>
+          <t>Madalya</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786253732912</t>
+          <t>9786253734602</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’da Ben 2</t>
+          <t>Klepto Mami</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786253733186</t>
+          <t>9786253735104</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kısmet</t>
+          <t>Neden?</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786253733162</t>
+          <t>9786253735296</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Teorisi</t>
+          <t>Sevme Beni</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786253733124</t>
+          <t>9786253734725</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bir Melek Ölürken</t>
+          <t>Yine Gel</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786253732998</t>
+          <t>9786253734961</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Var Mı Bi’şeyler?</t>
+          <t>Güneydoğu’da Karadenizli Bir Öğretmenin Anıları</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786253732776</t>
+          <t>9786253735029</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Gözyaşı</t>
+          <t>Aysel</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786253732875</t>
+          <t>9786253735227</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İşgalden Soykırıma Özgür Filistin Devleti</t>
+          <t>Kırıntı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786253732547</t>
+          <t>9786253734985</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kanto</t>
+          <t>Kıyı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>100</v>
+        <v>285</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786253732790</t>
+          <t>9786253735128</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kedidir İşte</t>
+          <t>İnsan Olmak</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786253732080</t>
+          <t>9786253735067</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Beni Platonik Sev</t>
+          <t>Derin Bu Mevzu</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786253733032</t>
+          <t>9786253735258</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk (Srinya)</t>
+          <t>Finansal Kaynaklara Erişmenin Hızlı ve Kolay Yolları</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786253732714</t>
+          <t>9786253735005</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İnsanca Kötülük</t>
+          <t>Minik Kalplere Dokunan Şiirler</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786253732356</t>
+          <t>9786253735319</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ben Mazi Şairi</t>
+          <t>Hala Uykuda Mısın?</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786253732899</t>
+          <t>9786253735265</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne İnen Devrim</t>
+          <t>Hüzün Kokusu</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786253732486</t>
+          <t>9786253734664</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Elis Liya</t>
+          <t>Azrah</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786253732974</t>
+          <t>9786253734541</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yüreğimin Çığlıkları</t>
+          <t>Mavi Kelebek</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786253732813</t>
+          <t>9786253734626</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Whispers from the Wardrobe</t>
+          <t>Gecenin İçindeki Şeytan</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786253732455</t>
+          <t>9786253734398</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medeniyet</t>
+          <t>Krallar Vadisi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053065586</t>
+          <t>9786253731359</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Onların Ayak İzleri</t>
+          <t>Düşünce Dilinden Şekil Diline Kurdiler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786253732301</t>
+          <t>9786253734503</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ben Artık Zamanımı Yönetebiliyorum Ya Sen?</t>
+          <t>Mavera</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786253732424</t>
+          <t>9786253734640</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Toksik Yaşamlar</t>
+          <t>Sadece Bir Kabus</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786256617643</t>
+          <t>9786253734701</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Hayda, E Biz Yaşıyormuşuz!</t>
+          <t>Mjora</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786253732271</t>
+          <t>9786253734459</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Sandığı</t>
+          <t>Yalnız Senin İçin</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786253732103</t>
+          <t>9786253734374</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Yorum</t>
+          <t>Kadim Mirasın Sahipleri Erlik'in Haykırışı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786253731984</t>
+          <t>9786253734336</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Didi’den Masallar</t>
+          <t>Şerefe</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786253732295</t>
+          <t>9786253734589</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İncilerim Dökülüyor</t>
+          <t>Zamanın Labirenti</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786253732141</t>
+          <t>9786253734527</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Gelişigüzel Kestiler Çimenleri</t>
+          <t>Rüştümü İspat</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786253732028</t>
+          <t>9786253734008</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Farklıyız</t>
+          <t>Psikolog Şaire Düşmandır</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786253732233</t>
+          <t>9786253734435</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Ben</t>
+          <t>İklim Değişikliği</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786253732172</t>
+          <t>9786253734107</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Kitapları</t>
+          <t>İyi Polisiye İyi Edebiyattır</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786253731946</t>
+          <t>9786253734305</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Mucize Varmış</t>
+          <t>Don't Be Afraid</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>145</v>
+        <v>310</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786253732257</t>
+          <t>9786253732851</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Haritası</t>
+          <t>Yıldız Arkeoloğu</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786253730697</t>
+          <t>9786253734046</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>04:17 Acıyaman</t>
+          <t>Drajelizmin Rengi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786253732332</t>
+          <t>9786253734183</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Neo Şamanizm</t>
         </is>
       </c>
       <c r="C523" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786253732219</t>
+          <t>9786253733964</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Çocuk T.A.B.U’su</t>
+          <t>Ölümsüz Aşk</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>145</v>
+        <v>440</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786253732004</t>
+          <t>9786253734145</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Lakırtılar</t>
+          <t>Aşkın Ölümü Çetin Olur</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786253732127</t>
+          <t>9786253733841</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Misolo ve Mozart</t>
+          <t>Evlilik Yelkenlisinde Rota Oluşturmak</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786256617896</t>
+          <t>9786253733988</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>05.15 Tohum</t>
+          <t>Yaramazço’nun Maceraları</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786253731847</t>
+          <t>9786253733889</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geldiği Gibi - Işığa Doğru</t>
+          <t>Gittiğin Günden Beri</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786253731861</t>
+          <t>9786253734121</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Günahlar</t>
+          <t>Son Gündüz Düşü</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786253731960</t>
+          <t>9786253734084</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Öz Gürlük Barış Çağı</t>
+          <t>Hırka</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786253731908</t>
+          <t>9786253734022</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Bir Adamın Zihni</t>
+          <t>Melike’nin Gözünden</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786253731823</t>
+          <t>9786253733926</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kürkçü Dükkanı</t>
+          <t>Mavi Güneş</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786253731809</t>
+          <t>9786253733940</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Aciz Bir Kulun Yüreğinden Dökülen Şiirler</t>
+          <t>Dünya’nın Son Işığı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786253731922</t>
+          <t>9786253733865</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Şiir Oldu</t>
+          <t>Aşkı-ı Derun</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786253731885</t>
+          <t>9786253734060</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Ömür Yiyen Fareler</t>
+          <t>Yalnızca</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786253731496</t>
+          <t>9786253733827</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Baharat</t>
+          <t>Yabancılar Arasında</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786253732042</t>
+          <t>9786253733704</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Merhem</t>
+          <t>Yolu Bulan Kurtulur</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786253731779</t>
+          <t>9786253733803</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Melek</t>
+          <t>Cennetin Fragmanı Gibiydi Gülüşü</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786253731571</t>
+          <t>9786253733780</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Zul</t>
+          <t>Tikveşli’nin Kızı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786253731717</t>
+          <t>9786253733766</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Papatya</t>
+          <t>Hastalık Felsefesi</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786253731595</t>
+          <t>9786253733506</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Boynumdaki Anahtar</t>
+          <t>Yapay Zeka ve Dijital Pazarlama Aşkı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786253731731</t>
+          <t>9786253733742</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kristal Avize Paramparça</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786253731755</t>
+          <t>9786253733681</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Atbarah ve Ararat</t>
+          <t>Dora’nın Merdivenleri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786256617872</t>
+          <t>9786253733483</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Fener</t>
+          <t>Besteci</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786256465923</t>
+          <t>9786253733421</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İki Büyük Depremde Neler Yaşadık?</t>
+          <t>Belirsiz Aşklar</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786253731373</t>
+          <t>9786253733544</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Dolça</t>
+          <t>Değişim İçten Başlar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786253731250</t>
+          <t>9786253733070</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Dokunuşu</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786253731311</t>
+          <t>9786253733261</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>İnsana Dair Her Şey</t>
+          <t>Bir Vatanseverin  Hükümet Programı Reform</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786253731236</t>
+          <t>9786253733285</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Hatıra Defteri</t>
+          <t>Masum Günahların Mahkümiyeti</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786253731212</t>
+          <t>9786253733209</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya'da Ben</t>
+          <t>Penguin And Snowman Adventures</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786253731519</t>
+          <t>9786253733018</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Şairimiz Doğuyor</t>
+          <t>Buruk Sevinçler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786253731137</t>
+          <t>9786253733384</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Devrim, Ölüm</t>
+          <t>Hiç Beklenmedik Bir Yolculuk</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786253731458</t>
+          <t>9786253733322</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İyi Niyetlerimizden Vurulduk</t>
+          <t>İçimizdeki Labirent - 2</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786253731397</t>
+          <t>9786253733308</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Berdel Beşik Kertmesi</t>
+          <t>Gök ve Yer Arasında</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786253731274</t>
+          <t>9786253733100</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Memleketimin Hatıra Defteri</t>
+          <t>Mavi Kelebeğin Mührü</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786253731557</t>
+          <t>9786253733223</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yanımda Yoktu Ellerin</t>
+          <t>Zaferin Yolu Ruhundaki Ateş</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786253731199</t>
+          <t>9786253733346</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Altın Kemerli Gelin</t>
+          <t>İktidarın Felsefesi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786253731410</t>
+          <t>9786253732936</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Yarım Buçuk Fatma</t>
+          <t>Ailem, Okulum, Öğretmenim</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786253731434</t>
+          <t>9786253733360</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin İçinden Armageddon</t>
+          <t>Karanlığın Ardındaki Aydınlık</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786253731533</t>
+          <t>9786253733445</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>Beni Düşerken Tut Anne</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786253731335</t>
+          <t>9786253733469</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimin İçine Bak</t>
+          <t>Roza</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786253730536</t>
+          <t>9786253732950</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Gidişatımız ve Biz</t>
+          <t>Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786253730703</t>
+          <t>9786253733247</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Rüyalı Gerçeğin Kavramı</t>
+          <t>Zamanın Bilge Şahidi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786253730604</t>
+          <t>9786253732912</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Ayasofya’da Ben 2</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786253730680</t>
+          <t>9786253733186</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Seni Tanımasam da</t>
+          <t>Kısmet</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786256617971</t>
+          <t>9786253733162</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Her Şeyin Teorisi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786253730505</t>
+          <t>9786253733124</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Yürüyen Ağaçlar</t>
+          <t>Bir Melek Ölürken</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786253730529</t>
+          <t>9786253732998</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kutup Fili</t>
+          <t>Var Mı Bi’şeyler?</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786253730734</t>
+          <t>9786253732776</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Eski Günler</t>
+          <t>Hüznün Gözyaşı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786253730499</t>
+          <t>9786253732875</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Üç Şeytan Arasında - Aşkbank'ın Sırları 1</t>
+          <t>İşgalden Soykırıma Özgür Filistin Devleti</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786253730727</t>
+          <t>9786253732547</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Memphis</t>
+          <t>Kanto</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786253731175</t>
+          <t>9786253732790</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz</t>
+          <t>Kedidir İşte</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786253730710</t>
+          <t>9786253732080</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>The Darkest Night</t>
+          <t>Beni Platonik Sev</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786253730666</t>
+          <t>9786253733032</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kenarında</t>
+          <t>Yolculuk (Srinya)</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786253731151</t>
+          <t>9786253732714</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Ağaç</t>
+          <t>İnsanca Kötülük</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786253730390</t>
+          <t>9786253732356</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Sözlüğü 3 - 4</t>
+          <t>Ben Mazi Şairi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786253730611</t>
+          <t>9786253732899</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Urla’da Bir Rüzgar</t>
+          <t>Yeryüzüne İnen Devrim</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786253730420</t>
+          <t>9786253732486</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Türküler Ayaz’da</t>
+          <t>Elis Liya</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786253730482</t>
+          <t>9786253732974</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kader Güvercini</t>
+          <t>Yaralı Yüreğimin Çığlıkları</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786253730468</t>
+          <t>9786253732813</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Füruğ</t>
+          <t>Whispers from the Wardrobe</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786253730543</t>
+          <t>9786253732455</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Ölçüyle Sönen</t>
+          <t>Alternatif Medeniyet</t>
         </is>
       </c>
       <c r="C581" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786253730475</t>
+          <t>9786053065586</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Canımın İçi</t>
+          <t>Onların Ayak İzleri</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786253730598</t>
+          <t>9786253732301</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>Ben Artık Zamanımı Yönetebiliyorum Ya Sen?</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786253730635</t>
+          <t>9786253732424</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kurbanlık Oyun</t>
+          <t>Toksik Yaşamlar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786253730574</t>
+          <t>9786256617643</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Din’lendim - 2</t>
+          <t>Hayda, E Biz Yaşıyormuşuz!</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786253730321</t>
+          <t>9786253732271</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Türk Tarihi</t>
+          <t>Pandora’nın Sandığı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786253730451</t>
+          <t>9786253732103</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Karşılık</t>
+          <t>Olumlu Yorum</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786253730437</t>
+          <t>9786253731984</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Gönül Taşkını</t>
+          <t>Didi’den Masallar</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256543546</t>
+          <t>9786253732295</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Gelsen de Artık Geç Kalınmışlıklara</t>
+          <t>İncilerim Dökülüyor</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786253730444</t>
+          <t>9786253732141</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Annem</t>
+          <t>Gelişigüzel Kestiler Çimenleri</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786253730512</t>
+          <t>9786253732028</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Protagonist</t>
+          <t>Farklıyız</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786253730413</t>
+          <t>9786253732233</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Gönlüm</t>
+          <t>Öğretmenim Ben</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786253730192</t>
+          <t>9786253732172</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İnanmayan Düşünsün!</t>
+          <t>Cadıların Kitapları</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786253730093</t>
+          <t>9786253731946</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan İzler</t>
+          <t>Mucize Varmış</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786253730338</t>
+          <t>9786253732257</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet-i Vicdan</t>
+          <t>Ruhumun Haritası</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786256617667</t>
+          <t>9786253730697</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Şeytana Göre Adem ve Havva’nın Cennetten Kovulması</t>
+          <t>04:17 Acıyaman</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786253730369</t>
+          <t>9786253732332</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sana Emanet</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786253730406</t>
+          <t>9786253732219</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Gölgeler</t>
+          <t>Çocuk T.A.B.U’su</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786253730109</t>
+          <t>9786253732004</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar, Aşklar ve Ayrılıklar</t>
+          <t>Lakırtılar</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786253730185</t>
+          <t>9786253732127</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bize Zindan Ettiler</t>
+          <t>Misolo ve Mozart</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786253730246</t>
+          <t>9786256617896</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kara Kızın Öyküsü</t>
+          <t>05.15 Tohum</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786253730253</t>
+          <t>9786253731847</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Ba’de</t>
+          <t>İçimden Geldiği Gibi - Işığa Doğru</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786253730178</t>
+          <t>9786253731861</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Obsesifim</t>
+          <t>Sahipsiz Günahlar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786253730208</t>
+          <t>9786253731960</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Ben Bipolarım</t>
+          <t>Öz Gürlük Barış Çağı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>198.99</v>
+        <v>350</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786253730260</t>
+          <t>9786253731908</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Nefes Almanın Ötesidir Yaşamak</t>
+          <t>Yalnız Bir Adamın Zihni</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786253730123</t>
+          <t>9786253731823</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızlık Serüveni Muharrem</t>
+          <t>Kürkçü Dükkanı</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786253730277</t>
+          <t>9786253731809</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Manipülasyonları</t>
+          <t>Aciz Bir Kulun Yüreğinden Dökülen Şiirler</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786253730352</t>
+          <t>9786253731922</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Obsesifim – Tati’mle</t>
+          <t>Hayatım Şiir Oldu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786253730284</t>
+          <t>9786253731885</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Kanı</t>
+          <t>Ömür Yiyen Fareler</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786253730154</t>
+          <t>9786253731496</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aşımına Gönderiler Serisi - Çığlıkçı</t>
+          <t>Bir Tutam Baharat</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786253730383</t>
+          <t>9786253732042</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Modern Bir Köy Hikayesi</t>
+          <t>Merhem</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786253730161</t>
+          <t>9786253731779</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aşımına Gönderiler Serisi – Mavi Göğe Türkü</t>
+          <t>Kızıl Melek</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786253730291</t>
+          <t>9786253731571</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Ne Seninle Ne Sensiz</t>
+          <t>Zul</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786253730215</t>
+          <t>9786253731717</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Papatya</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786253730345</t>
+          <t>9786253731595</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Ayın İki Yüzü</t>
+          <t>Boynumdaki Anahtar</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786253730314</t>
+          <t>9786253731731</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Mürekkebin Sancısı</t>
+          <t>Kristal Avize Paramparça</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256617513</t>
+          <t>9786253731755</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanrıtanımazla Din Adamının Tartışması</t>
+          <t>Alacakaranlıkta Atbarah ve Ararat</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786253730055</t>
+          <t>9786256617872</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Katil Hayalet</t>
+          <t>Fener</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256617506</t>
+          <t>9786256465923</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Delilik Mi?</t>
+          <t>İki Büyük Depremde Neler Yaşadık?</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786253730130</t>
+          <t>9786253731373</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>Dolça</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786253730239</t>
+          <t>9786253731250</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Sanal Vicdan</t>
+          <t>Gerçeğin Dokunuşu</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786253730222</t>
+          <t>9786253731311</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Sevdası</t>
+          <t>İnsana Dair Her Şey</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786253730376</t>
+          <t>9786253731236</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Nisan</t>
+          <t>Bir Ölünün Hatıra Defteri</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786256617018</t>
+          <t>9786253731212</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Karşıyaka Çernobil</t>
+          <t>Ayasofya'da Ben</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786253730048</t>
+          <t>9786253731519</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Sadece "İnsan”</t>
+          <t>Yeni Bir Şairimiz Doğuyor</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786253730031</t>
+          <t>9786253731137</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Sorgulanması ve Anlam Arayışı</t>
+          <t>Aşk, Devrim, Ölüm</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786256617858</t>
+          <t>9786253731458</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Arı Olmak İsteyen Tırtıl</t>
+          <t>İyi Niyetlerimizden Vurulduk</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786253730116</t>
+          <t>9786253731397</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Berdel Beşik Kertmesi</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786253730024</t>
+          <t>9786253731274</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Temel Akustik ve Çevresel Gürültü Ölçümleri</t>
+          <t>Memleketimin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786253730079</t>
+          <t>9786253731557</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>İş Geliştirme ve İhale Mühendisliği</t>
+          <t>Yanımda Yoktu Ellerin</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786253730000</t>
+          <t>9786253731199</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Devri Süleyman, Anadolu’da İsyanın İçinde</t>
+          <t>Altın Kemerli Gelin</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786253730062</t>
+          <t>9786253731410</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sen</t>
+          <t>Yarım Buçuk Fatma</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786256617995</t>
+          <t>9786253731434</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Züleyha’yı Sevmek</t>
+          <t>Gölgelerin İçinden Armageddon</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786256617957</t>
+          <t>9786253731533</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Yankılanan Cevaplar</t>
+          <t>4</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786253730147</t>
+          <t>9786253731335</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Keçe</t>
+          <t>Gözlerimin İçine Bak</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786256617964</t>
+          <t>9786253730536</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Ay Topacı</t>
+          <t>Gidişatımız ve Biz</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786256617940</t>
+          <t>9786253730703</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Being "The Other”</t>
+          <t>Rüyalı Gerçeğin Kavramı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786256617933</t>
+          <t>9786253730604</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sevgili</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786256617926</t>
+          <t>9786253730680</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Peri Masalı</t>
+          <t>Seni Tanımasam da</t>
         </is>
       </c>
       <c r="C639" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786256617919</t>
+          <t>9786256617971</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>X 1942</t>
+          <t>Zaman</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786253730086</t>
+          <t>9786253730505</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Öyküleri</t>
+          <t>Ateşe Yürüyen Ağaçlar</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786256617841</t>
+          <t>9786253730529</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Labirent</t>
+          <t>Kutup Fili</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786256617902</t>
+          <t>9786253730734</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Eski Günler</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786256617865</t>
+          <t>9786253730499</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Son Dört Yılda Neler Oldu?</t>
+          <t>Üç Şeytan Arasında - Aşkbank'ın Sırları 1</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786256617834</t>
+          <t>9786253730727</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Derinlerde "Altın Balık”</t>
+          <t>Memphis</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786256617544</t>
+          <t>9786253731175</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Tanburinin Kaleminden</t>
+          <t>Esrarengiz</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786256617681</t>
+          <t>9786253730710</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Ömrümden Taşan Kelimeler</t>
+          <t>The Darkest Night</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786256617629</t>
+          <t>9786253730666</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Yaşa: Aklım Mı? Kalbim Mi?</t>
+          <t>Uçurumun Kenarında</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786256617827</t>
+          <t>9786253731151</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Yüzüne Sür Beni</t>
+          <t>Turuncu Ağaç</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786256617797</t>
+          <t>9786253730390</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Topraklar</t>
+          <t>Düşünceler Sözlüğü 3 - 4</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786256617759</t>
+          <t>9786253730611</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Yetmiyormuş Bazen</t>
+          <t>Urla’da Bir Rüzgar</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786256617735</t>
+          <t>9786253730420</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yoz</t>
+          <t>Türküler Ayaz’da</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786256617728</t>
+          <t>9786253730482</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinize Dokunabilir Miyim?</t>
+          <t>Kader Güvercini</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786256617674</t>
+          <t>9786253730468</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Teleskop</t>
+          <t>Füruğ</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786256617780</t>
+          <t>9786253730543</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yaşantımız Bir Hayâl Bizim</t>
+          <t>Ölçüyle Sönen</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786256617773</t>
+          <t>9786253730475</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yıldız Uzaksın</t>
+          <t>Canımın İçi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786256617766</t>
+          <t>9786253730598</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Yosun Yeşiliydi Gözleri</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786256617742</t>
+          <t>9786253730635</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Cemo</t>
+          <t>Kurbanlık Oyun</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786256543959</t>
+          <t>9786253730574</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>KPSS ÖSYM İkizi Kolaydan Zora</t>
+          <t>Din'lendim 2</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786256543218</t>
+          <t>9786253730321</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>KPSS Tamamı Çözümlü Yeni Nesil Sorular İle Tarih Öğreten Soru Bankası</t>
+          <t>Kayıp Türk Tarihi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786051281100</t>
+          <t>9786253730451</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Topuklu Kelimelerde Aşk</t>
+          <t>Karşılık</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051280639</t>
+          <t>9786253730437</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Saklambaşk</t>
+          <t>Gönül Taşkını</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051280387</t>
+          <t>9786256543546</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bilmişim Teknolojileri</t>
+          <t>Gelsen de Artık Geç Kalınmışlıklara</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051284088</t>
+          <t>9786253730444</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Bız Bız</t>
+          <t>Sihirli Annem</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>56</v>
+        <v>100</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051282275</t>
+          <t>9786253730512</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Aşka Tapan Beyinler</t>
+          <t>Protagonist</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786051282466</t>
+          <t>9786253730413</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Oknos Eğilimleri</t>
+          <t>Gönlüm</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051286259</t>
+          <t>9786253730192</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Denizin Külleri</t>
+          <t>İnanmayan Düşünsün!</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786256617698</t>
+          <t>9786253730093</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Kaybolan İzler</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786256617124</t>
+          <t>9786253730338</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Birlik Aktivizmi</t>
+          <t>Hürriyet-i Vicdan</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786256617636</t>
+          <t>9786256617667</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Satıh</t>
+          <t>Şeytana Göre Adem ve Havva’nın Cennetten Kovulması</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786256617650</t>
+          <t>9786253730369</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bende Sen Kadar Geçmeyendir</t>
+          <t>Yüreğin Sana Emanet</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786256617711</t>
+          <t>9786253730406</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Genleri Kontrol Edilenler</t>
+          <t>İsimsiz Gölgeler</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786256617704</t>
+          <t>9786253730109</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kapı Çaldı Duydun Mu?</t>
+          <t>Kuşlar, Aşklar ve Ayrılıklar</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786256617612</t>
+          <t>9786253730185</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Gözlerindeki Sır</t>
+          <t>Bizi Bize Zindan Ettiler</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786256617568</t>
+          <t>9786253730246</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Hafızası</t>
+          <t>Kara Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786256617605</t>
+          <t>9786253730253</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Hodgam, Efendi ve O</t>
+          <t>Ba’de</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786256617582</t>
+          <t>9786253730178</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Mısralarla Uzatmak</t>
+          <t>Ben Bir Obsesifim</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786256617599</t>
+          <t>9786253730208</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Mekansız</t>
+          <t>Ben Bipolarım</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>100</v>
+        <v>198.99</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786256617414</t>
+          <t>9786253730260</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Dehşet</t>
+          <t>Nefes Almanın Ötesidir Yaşamak</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786256617407</t>
+          <t>9786253730123</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Böyle Geçti</t>
+          <t>Bir Yalnızlık Serüveni Muharrem</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786256617421</t>
+          <t>9786253730277</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Bilinmezliği İle Güzel Hayat</t>
+          <t>Bilinçaltı Manipülasyonları</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786256617353</t>
+          <t>9786253730352</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Pakize</t>
+          <t>Ben Bir Obsesifim – Tati’mle</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786256617551</t>
+          <t>9786253730284</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Umut Şafakta</t>
+          <t>Gerçeğin Kanı</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256617575</t>
+          <t>9786253730154</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Nesa - Dört Uygarlık</t>
+          <t>Zaman Aşımına Gönderiler Serisi - Çığlıkçı</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256617520</t>
+          <t>9786253730383</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Ay Kuşağı</t>
+          <t>Modern Bir Köy Hikayesi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>265</v>
+        <v>105</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256617322</t>
+          <t>9786253730161</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Sakin Öfke</t>
+          <t>Zaman Aşımına Gönderiler Serisi – Mavi Göğe Türkü</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256617476</t>
+          <t>9786253730291</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Serzenişler</t>
+          <t>Ne Seninle Ne Sensiz</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256617483</t>
+          <t>9786253730215</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Hindiba Teval’den Hikayeler Iı</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786256617537</t>
+          <t>9786253730345</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Sevda</t>
+          <t>Ayın İki Yüzü</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256617469</t>
+          <t>9786253730314</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Bin Kurşun</t>
+          <t>Mürekkebin Sancısı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256617490</t>
+          <t>9786256617513</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Avaz</t>
+          <t>Bir Tanrıtanımazla Din Adamının Tartışması</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786256617285</t>
+          <t>9786253730055</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Bokashı Kompost ve Ötesi</t>
+          <t>Katil Hayalet</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256617216</t>
+          <t>9786256617506</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Sözlüğü</t>
+          <t>Aşk Bir Delilik Mi?</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256617179</t>
+          <t>9786253730130</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Ülfet</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256617155</t>
+          <t>9786253730239</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mı? Zarar Mı?</t>
+          <t>Sanal Vicdan</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256617186</t>
+          <t>9786253730222</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Konuş-sa Kendi İle</t>
+          <t>Kuşların Sevdası</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>202</v>
+        <v>100</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786256617247</t>
+          <t>9786253730376</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>İmgeler</t>
+          <t>Nisan</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786256617209</t>
+          <t>9786256617018</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Mucizeleri</t>
+          <t>Karşıyaka Çernobil</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786256617100</t>
+          <t>9786253730048</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kirpikleri Islanmış</t>
+          <t>Sadece "İnsan”</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256617230</t>
+          <t>9786253730031</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Reyhan</t>
+          <t>Hayatın Sorgulanması ve Anlam Arayışı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256617223</t>
+          <t>9786256617858</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Size Nasıl Yardımcı Olabilirim?</t>
+          <t>Arı Olmak İsteyen Tırtıl</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256617193</t>
+          <t>9786253730116</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Merdiven</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256617254</t>
+          <t>9786253730024</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Paylaşım</t>
+          <t>Temel Akustik ve Çevresel Gürültü Ölçümleri</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786258102468</t>
+          <t>9786253730079</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Corona Nous Apprend Le Français</t>
+          <t>İş Geliştirme ve İhale Mühendisliği</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256617292</t>
+          <t>9786253730000</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ozan Şiirleri</t>
+          <t>Devri Süleyman, Anadolu’da İsyanın İçinde</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786256617438</t>
+          <t>9786253730062</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Beyni ve Etkileşim</t>
+          <t>İçindeki Sen</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256617360</t>
+          <t>9786256617995</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Katreden Nağmeler</t>
+          <t>Züleyha’yı Sevmek</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256617391</t>
+          <t>9786256617957</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Eğitim</t>
+          <t>Yankılanan Cevaplar</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256617384</t>
+          <t>9786253730147</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon</t>
+          <t>Keçe</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256617377</t>
+          <t>9786256617964</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>3 Dünya</t>
+          <t>Ay Topacı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256617445</t>
+          <t>9786256617940</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Öperim</t>
+          <t>Being "The Other”</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256617452</t>
+          <t>9786256617933</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Müzik ve Diksiyon Eğitimi</t>
+          <t>Saklı Sevgili</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256617308</t>
+          <t>9786256617926</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Rengi Mavi</t>
+          <t>Peri Masalı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256617315</t>
+          <t>9786256617919</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Bilinç - 6</t>
+          <t>X 1942</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256617346</t>
+          <t>9786253730086</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>İntikam Sözcüklerim</t>
+          <t>Anadolu Öyküleri</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256617339</t>
+          <t>9786256617841</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Titreşimleri</t>
+          <t>İçimizdeki Labirent</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256617278</t>
+          <t>9786256617902</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Vişne Kurusu</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256543621</t>
+          <t>9786256617865</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yürürsen Yakındır Durursan Uzak</t>
+          <t>Eğitimde Son Dört Yılda Neler Oldu?</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256617070</t>
+          <t>9786256617834</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Saraylara Güzellik Sırları</t>
+          <t>Derinlerde "Altın Balık”</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256543935</t>
+          <t>9786256617544</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Abimi Ararken Kendimi Nasıl Buldum</t>
+          <t>Tanburinin Kaleminden</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256617131</t>
+          <t>9786256617681</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Ömrümden Taşan Kelimeler</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256617025</t>
+          <t>9786256617629</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağları Nasıl Kurtulur?</t>
+          <t>Yaşa: Aklım Mı? Kalbim Mi?</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256617148</t>
+          <t>9786256617827</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Koyu Rengi</t>
+          <t>Yüzüne Sür Beni</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786256543560</t>
+          <t>9786256617797</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı</t>
+          <t>Aydınlık Topraklar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256617162</t>
+          <t>9786256617759</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Sevmek Yetmiyormuş Bazen</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256617032</t>
+          <t>9786256617735</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Yengeç</t>
+          <t>Yoz</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786256617094</t>
+          <t>9786256617728</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olma Sanatı</t>
+          <t>Yüreğinize Dokunabilir Miyim?</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256617063</t>
+          <t>9786256617674</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Budala Aşıklar Senfonisi</t>
+          <t>Teleskop</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256617001</t>
+          <t>9786256617780</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Simyacının Karısı</t>
+          <t>Tüm Yaşantımız Bir Hayâl Bizim</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256543713</t>
+          <t>9786256617773</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Yıldız Yıldız Uzaksın</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256617117</t>
+          <t>9786256617766</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Yalnızlık</t>
+          <t>Yosun Yeşiliydi Gözleri</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256617049</t>
+          <t>9786256617742</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Görülmüştür</t>
+          <t>Cemo</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256617087</t>
+          <t>9786256543959</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Hakikati Ararken</t>
+          <t>KPSS ÖSYM İkizi Kolaydan Zora</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786258102277</t>
+          <t>9786256543218</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Calvin</t>
+          <t>KPSS Tamamı Çözümlü Yeni Nesil Sorular İle Tarih Öğreten Soru Bankası</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786053066590</t>
+          <t>9786051281100</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Kolay İngilizce Öğrenme Yöntemleri</t>
+          <t>Topuklu Kelimelerde Aşk</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256465961</t>
+          <t>9786051280639</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Ruh ile Beden Arasında Bir Ben</t>
+          <t>Saklambaşk</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256543881</t>
+          <t>9786051280387</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Tutun Çocuklar</t>
+          <t>Bilmişim Teknolojileri</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256543997</t>
+          <t>9786051284088</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğe Davet</t>
+          <t>Bız Bız</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>145</v>
+        <v>56</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256543386</t>
+          <t>9786051282275</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Benim Acı Yazgım</t>
+          <t>Aşka Tapan Beyinler</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256543980</t>
+          <t>9786051282466</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Menekşeler Diyarı</t>
+          <t>Oknos Eğilimleri</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786256543874</t>
+          <t>9786051286259</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Nahide</t>
+          <t>Denizin Külleri</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>155</v>
+        <v>400</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256543737</t>
+          <t>9786256617698</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Çorap Söküğü</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256543683</t>
+          <t>9786256617124</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ekspresi</t>
+          <t>Kuantum Birlik Aktivizmi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256543744</t>
+          <t>9786256617636</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Gece İle Gündüz Arasında</t>
+          <t>Bozuk Satıh</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256543775</t>
+          <t>9786256617650</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Darbe ve Darağacı Talat Aydemir</t>
+          <t>Zaman Bende Sen Kadar Geçmeyendir</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256543461</t>
+          <t>9786256617711</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Proenneagram Characterlx Yolculuğu</t>
+          <t>Genleri Kontrol Edilenler</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256543836</t>
+          <t>9786256617704</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Mamıt’tan Öyküler</t>
+          <t>Kapı Çaldı Duydun Mu?</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256543966</t>
+          <t>9786256617612</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Vatansız Adam’lar</t>
+          <t>Gözlerindeki Sır</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>235</v>
+        <v>125</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256543973</t>
+          <t>9786256617568</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Meyus Takvimi</t>
+          <t>Sessizliğin Hafızası</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256543898</t>
+          <t>9786256617605</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Vakti</t>
+          <t>Hodgam, Efendi ve O</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256543942</t>
+          <t>9786256617582</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Otu Çek Köküne Bak</t>
+          <t>Mısralarla Uzatmak</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256543638</t>
+          <t>9786256617599</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Evine Gitmemiş</t>
+          <t>Mekansız</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256543751</t>
+          <t>9786256617414</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İç’e Doğru</t>
+          <t>Çöldeki Dehşet</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256543805</t>
+          <t>9786256617407</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Bir Bağ Bozumu Hikayesi</t>
+          <t>Bir Ömür Böyle Geçti</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256543782</t>
+          <t>9786256617421</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Düalitenin Ötesinde</t>
+          <t>Bilinmezliği İle Güzel Hayat</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256543669</t>
+          <t>9786256617353</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şifa</t>
+          <t>Pakize</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256543829</t>
+          <t>9786256617551</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Mektupları</t>
+          <t>Umut Şafakta</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256543843</t>
+          <t>9786256617575</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Sultan Konstantinsdottir</t>
+          <t>Nesa - Dört Uygarlık</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>155</v>
+        <v>105</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256543553</t>
+          <t>9786256617520</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Duygular X Savaş</t>
+          <t>Ay Kuşağı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256465688</t>
+          <t>9786256617322</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kendine Başkaldırı</t>
+          <t>Sakin Öfke</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256543720</t>
+          <t>9786256617476</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Aynur’la Hasbihal</t>
+          <t>Serzenişler</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256543850</t>
+          <t>9786256617483</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Yaşamadan Ölmek</t>
+          <t>Hindiba Teval’den Hikayeler Iı</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256543867</t>
+          <t>9786256617537</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İzinsiz Kelimeler</t>
+          <t>Mühürlü Sevda</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256543904</t>
+          <t>9786256617469</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin İnkılabı</t>
+          <t>Bin Kurşun</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256543928</t>
+          <t>9786256617490</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Ödül</t>
+          <t>Sessiz Avaz</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256543911</t>
+          <t>9786256617285</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Bitki Bitki Söyle Bana</t>
+          <t>Bokashı Kompost ve Ötesi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256543768</t>
+          <t>9786256617216</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kreaptus Gezegeni</t>
+          <t>Düşünceler Sözlüğü</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256543812</t>
+          <t>9786256617179</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Hangimiz Öteki</t>
+          <t>Ülfet</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053065739</t>
+          <t>9786256617155</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Performans Sistemi</t>
+          <t>Aşk Mı? Zarar Mı?</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256543102</t>
+          <t>9786256617186</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Mai MKG - 5789 Birinci Kitap</t>
+          <t>Konuş-sa Kendi İle</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256543690</t>
+          <t>9786256617247</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>İmgeler</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256543676</t>
+          <t>9786256617209</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Galaksi</t>
+          <t>Peygamberlerin Mucizeleri</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256543584</t>
+          <t>9786256617100</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Anne Olmak</t>
+          <t>Kirpikleri Islanmış</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256543423</t>
+          <t>9786256617230</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Bana Hayal Kurduran Şeyler</t>
+          <t>Reyhan</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256543515</t>
+          <t>9786256617223</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Masallar - 2</t>
+          <t>Size Nasıl Yardımcı Olabilirim?</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256543447</t>
+          <t>9786256617193</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>İki Diyarın Taşı</t>
+          <t>Merdiven</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256543478</t>
+          <t>9786256617254</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Suç Mahalli</t>
+          <t>Paylaşım</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256543706</t>
+          <t>9786258102468</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Umut Döngüsü</t>
+          <t>Corona Nous Apprend Le Français</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256543577</t>
+          <t>9786256617292</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Aşk Olsun</t>
+          <t>Yeşil Ozan Şiirleri</t>
         </is>
       </c>
       <c r="C779" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256543539</t>
+          <t>9786256617438</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Trenler</t>
+          <t>Çocuk Beyni ve Etkileşim</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256543119</t>
+          <t>9786256617360</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Mai Yedinci Konsey - İkinci Kitap</t>
+          <t>Katreden Nağmeler</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256543454</t>
+          <t>9786256617391</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Lafın Sırası</t>
+          <t>Eğitim</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256543591</t>
+          <t>9786256617384</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Motivasyon</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786256543652</t>
+          <t>9786256617377</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>3 Dünya</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786256543263</t>
+          <t>9786256617445</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Rejimin Modern Köleleri</t>
+          <t>Kalbimden Öperim</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>110</v>
+        <v>215</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256543522</t>
+          <t>9786256617452</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Suskun</t>
+          <t>Çocuklar İçin Müzik ve Diksiyon Eğitimi</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256543607</t>
+          <t>9786256617308</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Delik Cepte Küçük Umutlar</t>
+          <t>Hayatın Rengi Mavi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>105</v>
+        <v>210</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256543645</t>
+          <t>9786256617315</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerimin Hikayesi</t>
+          <t>Bilinç - 6</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256543614</t>
+          <t>9786256617346</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Çöl Şulesi</t>
+          <t>İntikam Sözcüklerim</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256543317</t>
+          <t>9786256617339</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Dünyası</t>
+          <t>Sevgi Titreşimleri</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786256543270</t>
+          <t>9786256617278</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Yılgı</t>
+          <t>Vişne Kurusu</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256543355</t>
+          <t>9786256543621</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Yasa</t>
+          <t>Yürürsen Yakındır Durursan Uzak</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256543393</t>
+          <t>9786256617070</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Yazdıklarım Yazacaklarımın Teminatıdır</t>
+          <t>Anadolu’dan Saraylara Güzellik Sırları</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256543003</t>
+          <t>9786256543935</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Gavara</t>
+          <t>Abimi Ararken Kendimi Nasıl Buldum</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256543157</t>
+          <t>9786256617131</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Kendini Öldür</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256543294</t>
+          <t>9786256617025</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Muhabetten Notlar</t>
+          <t>Kaz Dağları Nasıl Kurtulur?</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256543348</t>
+          <t>9786256617148</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>At Sineği</t>
+          <t>Gecenin Koyu Rengi</t>
         </is>
       </c>
       <c r="C797" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256543508</t>
+          <t>9786256543560</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Konu Nasıl Buralara Geldi?</t>
+          <t>Arap Baharı</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256543409</t>
+          <t>9786256617162</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Seng-i İbret</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786256543232</t>
+          <t>9786256617032</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Bedia</t>
+          <t>Bir Deli Yengeç</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786256543201</t>
+          <t>9786256617094</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Geceler</t>
+          <t>Kendin Olma Sanatı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786256543379</t>
+          <t>9786256617063</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Sosyopatın Aşkı</t>
+          <t>Budala Aşıklar Senfonisi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786256543331</t>
+          <t>9786256617001</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Müessir Kaptan</t>
+          <t>Simyacının Karısı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786256543492</t>
+          <t>9786256543713</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Fesleğen</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786256543362</t>
+          <t>9786256617117</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Güç, Liderlik Ve Yaşam Üzerine</t>
+          <t>Ben ve Yalnızlık</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786256543300</t>
+          <t>9786256617049</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Battığı Gün</t>
+          <t>Görülmüştür</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>235</v>
+        <v>115</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256543249</t>
+          <t>9786256617087</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>2. Seans</t>
+          <t>Hakikati Ararken</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256543430</t>
+          <t>9786258102277</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Çengeller ve Çemberler</t>
+          <t>Calvin</t>
         </is>
       </c>
       <c r="C808" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256543195</t>
+          <t>9786053066590</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Külleri</t>
+          <t>Kolay İngilizce Öğrenme Yöntemleri</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786256543416</t>
+          <t>9786256465961</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Rüya</t>
+          <t>Ruh ile Beden Arasında Bir Ben</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786256543287</t>
+          <t>9786256543881</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Üstad Molıere Evleniyor</t>
+          <t>Güneşi Tutun Çocuklar</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786256543034</t>
+          <t>9786256543997</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Selamladığı Kadınlar</t>
+          <t>Sessizliğe Davet</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786256465848</t>
+          <t>9786256543386</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Ağacı</t>
+          <t>Benim Acı Yazgım</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786256465954</t>
+          <t>9786256543980</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Temmuza Ağıt</t>
+          <t>Menekşeler Diyarı</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>105</v>
+        <v>155</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786256543089</t>
+          <t>9786256543874</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Nahide</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786256543171</t>
+          <t>9786256543737</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Siyahtı Hayat Bazen De Beyaz</t>
+          <t>Çorap Söküğü</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786256543096</t>
+          <t>9786256543683</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>4Zümrüdüanka</t>
+          <t>Doğu Ekspresi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786256465985</t>
+          <t>9786256543744</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Din’lendim</t>
+          <t>Gece İle Gündüz Arasında</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786256543010</t>
+          <t>9786256543775</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Ummanda Bir Katre</t>
+          <t>Darbe ve Darağacı Talat Aydemir</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786256543126</t>
+          <t>9786256543461</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Kızılçam</t>
+          <t>Proenneagram Characterlx Yolculuğu</t>
         </is>
       </c>
       <c r="C820" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786256543164</t>
+          <t>9786256543836</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Melekler Katı</t>
+          <t>Mamıt’tan Öyküler</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786256543133</t>
+          <t>9786256543966</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsi Şiirlerim - 2</t>
+          <t>Vatansız Adam’lar</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>130</v>
+        <v>235</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786256465763</t>
+          <t>9786256543973</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Belh’ten Bonn’a Gerçek Bir Yaşam Hikayesi</t>
+          <t>Meyus Takvimi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786256543072</t>
+          <t>9786256543898</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Padişahı</t>
+          <t>Erguvan Vakti</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786256543188</t>
+          <t>9786256543942</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Sıfır (0)</t>
+          <t>Otu Çek Köküne Bak</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786256465619</t>
+          <t>9786256543638</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Hükümler</t>
+          <t>Yıldızlar Evine Gitmemiş</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786256543065</t>
+          <t>9786256543751</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Stajyer Diş Hekimi</t>
+          <t>İç’e Doğru</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786256465978</t>
+          <t>9786256543805</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Doğumdan Ölüme</t>
+          <t>Bir Bağ Bozumu Hikayesi</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786256543058</t>
+          <t>9786256543782</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Muzice Sensin</t>
+          <t>Düalitenin Ötesinde</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256543140</t>
+          <t>9786256543669</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Tıpta Yapay Zekâ: Tanı Ve Teşhiste Yenilikler</t>
+          <t>Kadim Şifa</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786256465947</t>
+          <t>9786256543829</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Öyküler Eşliğinde Büyük Arkana</t>
+          <t>Gölgenin Mektupları</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786256465794</t>
+          <t>9786256543843</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Lahz’an</t>
+          <t>Sultan Konstantinsdottir</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256543041</t>
+          <t>9786256543553</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Gözyaşı</t>
+          <t>Duygular X Savaş</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786256543225</t>
+          <t>9786256465688</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kırılma</t>
+          <t>Kendine Başkaldırı</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786256465893</t>
+          <t>9786256543720</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Çetrefil</t>
+          <t>Aynur’la Hasbihal</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786256465879</t>
+          <t>9786256543850</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Havyar Tadında Balık Ekmek</t>
+          <t>Yaşamadan Ölmek</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786256465886</t>
+          <t>9786256543867</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Eksik</t>
+          <t>İzinsiz Kelimeler</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786256465824</t>
+          <t>9786256543904</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Yaralar Geçmez</t>
+          <t>Gönüllerin İnkılabı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786256465930</t>
+          <t>9786256543928</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Gemi İnsanları</t>
+          <t>İstenmeyen Ödül</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786256465916</t>
+          <t>9786256543911</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayatta Belki</t>
+          <t>Bitki Bitki Söyle Bana</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786256465862</t>
+          <t>9786256543768</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yağmuru Çalmak</t>
+          <t>Kreaptus Gezegeni</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786256465671</t>
+          <t>9786256543812</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Sonu Yok</t>
+          <t>Hangimiz Öteki</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786256465695</t>
+          <t>9786053065739</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Biz İnsanlar</t>
+          <t>Kurumsal Performans Sistemi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786256465817</t>
+          <t>9786256543102</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bahçesi</t>
+          <t>Mai MKG - 5789 Birinci Kitap</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786256465725</t>
+          <t>9786256543690</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Karalama Defteri</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786256465770</t>
+          <t>9786256543676</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şarkıları</t>
+          <t>Galaksi</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786256465664</t>
+          <t>9786256543584</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Londra ve İstanbul Arasındaki Adam</t>
+          <t>Anne Olmak</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786256465831</t>
+          <t>9786256543423</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Yengen Edebiyat Düşmanı</t>
+          <t>Bana Hayal Kurduran Şeyler</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786256465800</t>
+          <t>9786256543515</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Bumerang Şeytan Üçgeni</t>
+          <t>Akıllı Masallar - 2</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786256465855</t>
+          <t>9786256543447</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşının Rengi Yoktur</t>
+          <t>İki Diyarın Taşı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786256465558</t>
+          <t>9786256543478</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Elbet Karşılaşacaktın Kendinle</t>
+          <t>Suç Mahalli</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786256465626</t>
+          <t>9786256543706</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Meydanda Suikast</t>
+          <t>Umut Döngüsü</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786256465701</t>
+          <t>9786256543577</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Kavanoz</t>
+          <t>Senin Adın Aşk Olsun</t>
         </is>
       </c>
       <c r="C853" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786256465718</t>
+          <t>9786256543539</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Ardı</t>
+          <t>Kuşlar ve Trenler</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786256465732</t>
+          <t>9786256543119</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Varsın Olmasın</t>
+          <t>Mai Yedinci Konsey - İkinci Kitap</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786256465503</t>
+          <t>9786256543454</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Grou.Ps Hikayesi</t>
+          <t>Lafın Sırası</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786256465596</t>
+          <t>9786256543591</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Zolar</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786256930810</t>
+          <t>9786256543652</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Annem…Yalnızca Sen Varsın</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786256465633</t>
+          <t>9786256543263</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Derindeki Tohum</t>
+          <t>Kapitalist Rejimin Modern Köleleri</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786256465602</t>
+          <t>9786256543522</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bavulum</t>
+          <t>Suskun</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786256465497</t>
+          <t>9786256543607</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Rengine Kavuşan Hikayeler</t>
+          <t>Delik Cepte Küçük Umutlar</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786256465572</t>
+          <t>9786256543645</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Meleği</t>
+          <t>Şiirlerimin Hikayesi</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786256465527</t>
+          <t>9786256543614</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Çöl Şulesi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786256465657</t>
+          <t>9786256543317</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bir Mola</t>
+          <t>Geleceğin Dünyası</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786256465640</t>
+          <t>9786256543270</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Tarihi Üzerine</t>
+          <t>Yılgı</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>155</v>
+        <v>140</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786256465589</t>
+          <t>9786256543355</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Gök Kuzgun Geri Dönecek Mi?</t>
+          <t>Yasa</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786256465510</t>
+          <t>9786256543393</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Törel Bilinç</t>
+          <t>Yazdıklarım Yazacaklarımın Teminatıdır</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786258334395</t>
+          <t>9786256543003</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sarnıcı</t>
+          <t>Gavara</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786256465534</t>
+          <t>9786256543157</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben</t>
+          <t>Yaşamak İçin Kendini Öldür</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786256465473</t>
+          <t>9786256543294</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Öykülerle Hayat Aktı Sessizce</t>
+          <t>Muhabetten Notlar</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786256465565</t>
+          <t>9786256543348</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Tepeli</t>
+          <t>At Sineği</t>
         </is>
       </c>
       <c r="C871" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786256465541</t>
+          <t>9786256543508</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Bahçesi ve Yengeç Kumsalı</t>
+          <t>Konu Nasıl Buralara Geldi?</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786256930483</t>
+          <t>9786256543409</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Qubeak Kendini Arıyor</t>
+          <t>Seng-i İbret</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257498043</t>
+          <t>9786256543232</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kitabım Çocuklar İçin Türkçe Öğretimi  A1.1</t>
+          <t>Bedia</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786256465176</t>
+          <t>9786256543201</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Kutular Ülkesi’nden Güneş</t>
+          <t>Meçhul Geceler</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786256465480</t>
+          <t>9786256543379</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Kaldırımda Karınca Yuvaları</t>
+          <t>Sosyopatın Aşkı</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786256465206</t>
+          <t>9786256543331</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Satın Alınan Cehennem</t>
+          <t>Müessir Kaptan</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786256465282</t>
+          <t>9786256543492</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Ufuklara</t>
+          <t>Sevgili Fesleğen</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786256465428</t>
+          <t>9786256543362</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Neden Atatürk Hepimizin 1</t>
+          <t>Güç, Liderlik Ve Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>345</v>
+        <v>130</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786256465435</t>
+          <t>9786256543300</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Neden Atatürk Hepimizin 2</t>
+          <t>Güneşin Battığı Gün</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786256465466</t>
+          <t>9786256543249</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kuru Bir Güneş</t>
+          <t>2. Seans</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786256465312</t>
+          <t>9786256543430</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Refleksoloji İle Sihirli Dokunuşlar</t>
+          <t>Çengeller ve Çemberler</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>225</v>
+        <v>115</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786256465411</t>
+          <t>9786256543195</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Öteyüz</t>
+          <t>Masumiyetin Külleri</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786256465237</t>
+          <t>9786256543416</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Yılmaztürk Üniteleri Türkçe Dilbilgisi</t>
+          <t>Bu Bir Rüya</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786256465220</t>
+          <t>9786256543287</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Yılmaztürk Üniteleri Pratik Çince</t>
+          <t>Üstad Molıere Evleniyor</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786256465381</t>
+          <t>9786256543034</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Asfalt</t>
+          <t>Güneşin Selamladığı Kadınlar</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786256465404</t>
+          <t>9786256465848</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar Hep Sonbaharda Düşer</t>
+          <t>Ardıç Ağacı</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786256465459</t>
+          <t>9786256465954</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hastalığı</t>
+          <t>Temmuza Ağıt</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786256465398</t>
+          <t>9786256543089</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Değişmeye Hazır Mısın?</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786256465374</t>
+          <t>9786256543171</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Hayallerine Sınır Koyma</t>
+          <t>Siyahtı Hayat Bazen De Beyaz</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786256930179</t>
+          <t>9786256543096</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Penceremden</t>
+          <t>4Zümrüdüanka</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786256465183</t>
+          <t>9786256465985</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Din’lendim</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786256465329</t>
+          <t>9786256543010</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Tsunami “Yaşamın Kıyısında”</t>
+          <t>Ummanda Bir Katre</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786256465275</t>
+          <t>9786256543126</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Benim Mucizem</t>
+          <t>Kızılçam</t>
         </is>
       </c>
       <c r="C894" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786256930834</t>
+          <t>9786256543164</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka Yolunda</t>
+          <t>Melekler Katı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786256465350</t>
+          <t>9786256543133</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Savaşıma Yenildin</t>
+          <t>Şiirimsi Şiirlerim - 2</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786256465343</t>
+          <t>9786256465763</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk’ün Ömer Hayyam İle Muhabbeti</t>
+          <t>Belh’ten Bonn’a Gerçek Bir Yaşam Hikayesi</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786256465367</t>
+          <t>9786256543072</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Dağdaki Kayıp Nazi</t>
+          <t>Sokağın Padişahı</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786256465305</t>
+          <t>9786256543188</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Beyin Uğultuları</t>
+          <t>Sıfır (0)</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786256465336</t>
+          <t>9786256465619</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Neva'nın Aşkı</t>
+          <t>Hayata Dair Hükümler</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786256465299</t>
+          <t>9786256543065</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Casus Casusların Gözyaşı</t>
+          <t>Stajyer Diş Hekimi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786256465190</t>
+          <t>9786256465978</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Bir Pesimist’in Şiirleri</t>
+          <t>Doğumdan Ölüme</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786256465268</t>
+          <t>9786256543058</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Teyit Önyargısı</t>
+          <t>Gerçek Muzice Sensin</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786256465213</t>
+          <t>9786256543140</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gaye</t>
+          <t>Yeni Nesil Tıpta Yapay Zekâ: Tanı Ve Teşhiste Yenilikler</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786256930933</t>
+          <t>9786256465947</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer’in Sosyo Kültürel Kişiliğinin Dini Ve Sosyal Alana Yansımaları</t>
+          <t>Öyküler Eşliğinde Büyük Arkana</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786256465244</t>
+          <t>9786256465794</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Bir Leylek Daha</t>
+          <t>Lahz’an</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786256465251</t>
+          <t>9786256543041</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yaratıcı Drama Eğitimi</t>
+          <t>Bir Avuç Gözyaşı</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786256930612</t>
+          <t>9786256543225</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Sözler Öğretmez!</t>
+          <t>Kırılma</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786256465145</t>
+          <t>9786256465893</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Perinaz’ın Direnişi</t>
+          <t>Çetrefil</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>205</v>
+        <v>100</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786256465114</t>
+          <t>9786256465879</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Şale</t>
+          <t>Havyar Tadında Balık Ekmek</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786256465084</t>
+          <t>9786256465886</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>412</t>
+          <t>Eksik</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>165</v>
+        <v>115</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786256465107</t>
+          <t>9786256465824</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Dizimi</t>
+          <t>Dikenli Yaralar Geçmez</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786256465152</t>
+          <t>9786256465930</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Çoğu Zaman</t>
+          <t>Gemi İnsanları</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786256930667</t>
+          <t>9786256465916</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Geçmişte Saklı</t>
+          <t>Başka Bir Hayatta Belki</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786256465091</t>
+          <t>9786256465862</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Bir Kuaför Filmi Yapmak</t>
+          <t>Mavi Yağmuru Çalmak</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786256465121</t>
+          <t>9786256465671</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Avcı 2 Hesaplaşma</t>
+          <t>Yaşamın Sonu Yok</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786256465138</t>
+          <t>9786256465695</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği</t>
+          <t>Biz İnsanlar</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786256465169</t>
+          <t>9786256465817</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Dili</t>
+          <t>Cennet Bahçesi</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786256465077</t>
+          <t>9786256465725</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Çıkışı Bulamayan Adam</t>
+          <t>Karalama Defteri</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257583282</t>
+          <t>9786256465770</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Baykuş - Anlayarak Hızlı ve Doğru Okuma</t>
+          <t>Karanlığın Şarkıları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786256930896</t>
+          <t>9786256465664</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Masallar</t>
+          <t>Londra ve İstanbul Arasındaki Adam</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786256465053</t>
+          <t>9786256465831</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Dilfigar</t>
+          <t>Yengen Edebiyat Düşmanı</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786256465022</t>
+          <t>9786256465800</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>İki Artvin’den Nürnber’e</t>
+          <t>Bumerang Şeytan Üçgeni 1. Bölüm: Bu Ne Rant?</t>
         </is>
       </c>
       <c r="C923" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786256930940</t>
+          <t>9786256465855</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Travma Sonrası Stres Bozukluğu İçin İyileştirici Masallar El Kitabı</t>
+          <t>Gözyaşının Rengi Yoktur</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786256930858</t>
+          <t>9786256465558</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Şehrinde İsa’nın Eşeği</t>
+          <t>Elbet Karşılaşacaktın Kendinle</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786256465060</t>
+          <t>9786256465626</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yağmurlar</t>
+          <t>Meydanda Suikast</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786256930926</t>
+          <t>9786256465701</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Vi – Nath</t>
+          <t>Kavanoz</t>
         </is>
       </c>
       <c r="C927" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786256465039</t>
+          <t>9786256465718</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yağmurları</t>
+          <t>Mavinin Ardı</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786256465046</t>
+          <t>9786256465732</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Ercan Alagöz Şiirleri</t>
+          <t>Varsın Olmasın</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786256930919</t>
+          <t>9786256465503</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Düşgezer</t>
+          <t>Grou.Ps Hikayesi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786256465008</t>
+          <t>9786256465596</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Zolar</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>105</v>
+        <v>280</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786256930902</t>
+          <t>9786256930810</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Rezonans</t>
+          <t>Annem…Yalnızca Sen Varsın</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786256930995</t>
+          <t>9786256465633</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Sondan Başa Doğru</t>
+          <t>Derindeki Tohum</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786256465015</t>
+          <t>9786256465602</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Sevildiğine İnanmak</t>
+          <t>Kırmızı Bavulum</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786256930872</t>
+          <t>9786256465497</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Turan</t>
+          <t>Rengine Kavuşan Hikayeler</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786256930889</t>
+          <t>9786256465572</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Neyleyim</t>
+          <t>Doğu’nun Meleği</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786256930964</t>
+          <t>9786256465527</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>İçsel Tendon</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786256930841</t>
+          <t>9786256465657</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>THY’nin Kara Kutusu</t>
+          <t>Kısa Bir Mola</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786256930674</t>
+          <t>9786256465640</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Tribün - Bir Fenerbahçe Hikayesi ve Ali Tos</t>
+          <t>Türkiye’nin Tarihi Üzerine</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786256930803</t>
+          <t>9786256465589</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Söz</t>
+          <t>Gök Kuzgun Geri Dönecek Mi?</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786256930797</t>
+          <t>9786256465510</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Dilber</t>
+          <t>Törel Bilinç</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786256930827</t>
+          <t>9786258334395</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Yalnızlıklar</t>
+          <t>Zaman Sarnıcı</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786256930780</t>
+          <t>9786256465534</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Kalemim İle Yolculuk</t>
+          <t>İçimdeki Ben</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786256930551</t>
+          <t>9786256465473</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Seval’in Kaleminden 2</t>
+          <t>Şiirlerle Öykülerle Hayat Aktı Sessizce</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786256930544</t>
+          <t>9786256465565</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Üç Yavru</t>
+          <t>Dokuz Tepeli</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786256930773</t>
+          <t>9786256465541</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmışlığın Gözünde</t>
+          <t>Salyangoz Bahçesi ve Yengeç Kumsalı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>355</v>
+        <v>110</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786256930575</t>
+          <t>9786256930483</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sevdi Bizi</t>
+          <t>Qubeak Kendini Arıyor</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786256930520</t>
+          <t>9786257498043</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çizmeli Çocuk</t>
+          <t>Türkçe Kitabım Çocuklar İçin Türkçe Öğretimi  A1.1</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786256930506</t>
+          <t>9786256465176</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Kale’mden Kaleme</t>
+          <t>Kutular Ülkesi’nden Güneş</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786256930650</t>
+          <t>9786256465480</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Gelişim, Özgüven, Sağlık İçin Spor</t>
+          <t>Kaldırımda Karınca Yuvaları</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786256930629</t>
+          <t>9786256465206</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Yeniden İnşa Etmeye Hazır Mısın?</t>
+          <t>Satın Alınan Cehennem</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786256930636</t>
+          <t>9786256465282</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Hatırla, Sen De Hatırla</t>
+          <t>Sonsuz Ufuklara</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786256930308</t>
+          <t>9786256465428</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Felsefesi</t>
+          <t>Neden Atatürk Hepimizin 1</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>110</v>
+        <v>345</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786256930605</t>
+          <t>9786256465435</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Benliğimin Hapishanesi - Bir Beden Üç Ruh</t>
+          <t>Neden Atatürk Hepimizin 2</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786256930537</t>
+          <t>9786256465466</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Papatya Mevsimi</t>
+          <t>Kuru Bir Güneş</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786256930391</t>
+          <t>9786256465312</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Kavak Ağacı</t>
+          <t>Refleksoloji İle Sihirli Dokunuşlar</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786256930476</t>
+          <t>9786256465411</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İstila</t>
+          <t>Öteyüz</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786256930766</t>
+          <t>9786256465237</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Şef Tontone Ve Yardımcısı Bay Fırfır</t>
+          <t>Yılmaztürk Üniteleri Türkçe Dilbilgisi</t>
         </is>
       </c>
       <c r="C958" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786256930742</t>
+          <t>9786256465220</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Küçük Eşyaların Hikayesi</t>
+          <t>Yılmaztürk Üniteleri Pratik Çince</t>
         </is>
       </c>
       <c r="C959" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786256930643</t>
+          <t>9786256465381</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Azlal</t>
+          <t>Asfalt</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786256930599</t>
+          <t>9786256465404</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>"Ben"i İster misin?</t>
+          <t>Yapraklar Hep Sonbaharda Düşer</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786256930407</t>
+          <t>9786256465459</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Prenses</t>
+          <t>Aşk Hastalığı</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786258267976</t>
+          <t>9786256465398</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Acaba El Alem Ne Der?</t>
+          <t>Değişmeye Hazır Mısın?</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786256930469</t>
+          <t>9786256465374</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Ve Başlar</t>
+          <t>Hayallerine Sınır Koyma</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786256930339</t>
+          <t>9786256930179</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Berhan Bey Ve Ailesi</t>
+          <t>Penceremden</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786256930254</t>
+          <t>9786256465183</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Hain</t>
+          <t>Mavera</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786256930421</t>
+          <t>9786256465329</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Gerçeğe</t>
+          <t>Tsunami “Yaşamın Kıyısında”</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>105</v>
+        <v>235</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786256930513</t>
+          <t>9786256465275</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Pardubicee</t>
+          <t>Benim Mucizem</t>
         </is>
       </c>
       <c r="C968" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786256930377</t>
+          <t>9786256930834</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>İstasyondaki Sofiler</t>
+          <t>Zümrüdüanka Yolunda</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786256930360</t>
+          <t>9786256465350</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Oxford Yazıları</t>
+          <t>Savaşıma Yenildin</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786256930452</t>
+          <t>9786256465343</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Yarından Önce</t>
+          <t>Bir Türk’ün Ömer Hayyam İle Muhabbeti</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786256930414</t>
+          <t>9786256465367</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Tüm Hayvanlar</t>
+          <t>Dağdaki Kayıp Nazi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786256930278</t>
+          <t>9786256465305</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bilgiler Ve Vücut Diline Yeni Bir Soluk</t>
+          <t>Beyin Uğultuları</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786256930445</t>
+          <t>9786256465336</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Qed (Hiç)</t>
+          <t>Neva'nın Aşkı</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786256930353</t>
+          <t>9786256465299</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kalbi</t>
+          <t>Kalbimdeki Casus Casusların Gözyaşı</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786256930124</t>
+          <t>9786256465190</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>B'iz</t>
+          <t>Bir Pesimist’in Şiirleri</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786256930001</t>
+          <t>9786256465268</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Uzay Zamanı İçinde Bir Yeryüzü Masalı</t>
+          <t>Teyit Önyargısı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786256930063</t>
+          <t>9786256465213</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdanın Peşinde</t>
+          <t>Aşk ve Gaye</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786256930148</t>
+          <t>9786256930933</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Balon Diyarı</t>
+          <t>Hz. Ömer’in Sosyo Kültürel Kişiliğinin Dini Ve Sosyal Alana Yansımaları</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786256930193</t>
+          <t>9786256465244</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Doktorlar Nasıl Yazar?</t>
+          <t>Bir Leylek Daha</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786256930346</t>
+          <t>9786256465251</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Alin</t>
+          <t>Çocuklar İçin Yaratıcı Drama Eğitimi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786256930056</t>
+          <t>9786256930612</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koy - 1</t>
+          <t>Sözler Öğretmez!</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786256930230</t>
+          <t>9786256465145</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Artı On Sekiz</t>
+          <t>Perinaz’ın Direnişi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786256930032</t>
+          <t>9786256465114</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunu</t>
+          <t>Şale</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786256930247</t>
+          <t>9786256465084</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kurt Doğuran Güneş</t>
+          <t>412</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786256930292</t>
+          <t>9786256465107</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz ve Tekinsiz</t>
+          <t>Sayıların Dizimi</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786256930018</t>
+          <t>9786256465152</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bella</t>
+          <t>Anksiyete Çoğu Zaman</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786256930094</t>
+          <t>9786256930667</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Dökmüş Kedi</t>
+          <t>Geçmişte Saklı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786256930223</t>
+          <t>9786256465091</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ol!</t>
+          <t>Hayalim Bir Kuaför Filmi Yapmak</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786256930216</t>
+          <t>9786256465121</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Son</t>
+          <t>Avcı 2 Hesaplaşma</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786258267761</t>
+          <t>9786256465138</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Mürdüm</t>
+          <t>Ağustos Böceği</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786256930261</t>
+          <t>9786256465169</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Meral Leblebili Gazoz</t>
+          <t>Gerçeğin Dili</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786256930155</t>
+          <t>9786256465077</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Pamel</t>
+          <t>Çıkışı Bulamayan Adam</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786256930100</t>
+          <t>9786257583282</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Baykuş - Anlayarak Hızlı ve Doğru Okuma</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786256930070</t>
+          <t>9786256930896</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Sütmavisi</t>
+          <t>Akıllı Masallar</t>
         </is>
       </c>
       <c r="C995" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786256930117</t>
+          <t>9786256465053</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>İki Yakası Yalnızlığın</t>
+          <t>Dilfigar</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786258267990</t>
+          <t>9786256465022</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Sırların Peşinde</t>
+          <t>İki Artvin’den Nürnber’e</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786256930162</t>
+          <t>9786256930940</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuşlar Ve Ölüm</t>
+          <t>Travma Sonrası Stres Bozukluğu İçin İyileştirici Masallar El Kitabı</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786256930315</t>
+          <t>9786256930858</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Vakit Çok Geç</t>
+          <t>Nuh’un Şehrinde İsa’nın Eşeği</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786256930131</t>
+          <t>9786256465060</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Belki De</t>
+          <t>Beyaz Yağmurlar</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786258267815</t>
+          <t>9786256930926</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Sweetycake Cafe Funda’nın Tarifleri</t>
+          <t>Vi – Nath</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786258267921</t>
+          <t>9786256465039</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Kader'in Şifresi Kayıp Çocuklar</t>
+          <t>Hüzün Yağmurları</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786258267938</t>
+          <t>9786256465046</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>İnayet</t>
+          <t>Ercan Alagöz Şiirleri</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786258267877</t>
+          <t>9786256930919</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Düşgezer</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786256930049</t>
+          <t>9786256465008</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Aşk'lar</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786256930025</t>
+          <t>9786256930902</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Romantik Kızıl Deniz</t>
+          <t>Rezonans</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786258267969</t>
+          <t>9786256930995</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk’ün Tinaydın Muhabbeti</t>
+          <t>Sondan Başa Doğru</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786258267518</t>
+          <t>9786256465015</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sözler</t>
+          <t>Sevildiğine İnanmak</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>105</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786258267891</t>
+          <t>9786256930872</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Gavan</t>
+          <t>Turan</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786258267754</t>
+          <t>9786256930889</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Suçlayanlar Suçlanacak</t>
+          <t>Neyleyim</t>
         </is>
       </c>
       <c r="C1010" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786258267884</t>
+          <t>9786256930964</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Uzo, Meze, Komşu Ve Biz!</t>
+          <t>İçsel Tendon</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786258267792</t>
+          <t>9786256930841</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Evlilikler İhanet Ve Aptallar</t>
+          <t>THY’nin Kara Kutusu</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786258267730</t>
+          <t>9786256930674</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Taşı</t>
+          <t>Tribün - Bir Fenerbahçe Hikayesi ve Ali Tos</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786258267846</t>
+          <t>9786256930803</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğuşu</t>
+          <t>Birkaç Söz</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786258267853</t>
+          <t>9786256930797</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>40.87</t>
+          <t>Dilber</t>
         </is>
       </c>
       <c r="C1015" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786258267907</t>
+          <t>9786256930827</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Sözde Özne</t>
+          <t>Hüzünlü Yalnızlıklar</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786258267808</t>
+          <t>9786256930780</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>Kurşun Kalemim İle Yolculuk</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786258267914</t>
+          <t>9786256930551</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı</t>
+          <t>Seval’in Kaleminden 2</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786258267952</t>
+          <t>9786256930544</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Çizilmemiş Resimler</t>
+          <t>Üç Yavru</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786258267839</t>
+          <t>9786256930773</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Cadıları Tomris 1. Kitap</t>
+          <t>Yaşanmışlığın Gözünde</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>380</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786258267860</t>
+          <t>9786256930575</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Açan Çiçekler</t>
+          <t>Aşk Sevdi Bizi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786258267747</t>
+          <t>9786256930520</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Dağ Evi Cinayetleri</t>
+          <t>Mavi Çizmeli Çocuk</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786258267778</t>
+          <t>9786256930506</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda Çalışmaları</t>
+          <t>Kale’mden Kaleme</t>
         </is>
       </c>
       <c r="C1023" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786258267785</t>
+          <t>9786256930650</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Sonsuza</t>
+          <t>Gelişim, Özgüven, Sağlık İçin Spor</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786258267716</t>
+          <t>9786256930629</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran İntikam</t>
+          <t>Hayatını Yeniden İnşa Etmeye Hazır Mısın?</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786258267624</t>
+          <t>9786256930636</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Virgül</t>
+          <t>Hatırla, Sen De Hatırla</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786258267655</t>
+          <t>9786256930308</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Etkisi</t>
+          <t>Aşkın Felsefesi</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786258267464</t>
+          <t>9786256930605</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Çat İle Pat - Arkadaş Olalım Mı?</t>
+          <t>Benliğimin Hapishanesi - Bir Beden Üç Ruh</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786258267563</t>
+          <t>9786256930537</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf, Şirin ve Cizgöz'ün Maceraları</t>
+          <t>Papatya Mevsimi</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786258267693</t>
+          <t>9786256930391</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Başarının Ayak Sesleri</t>
+          <t>Kavak Ağacı</t>
         </is>
       </c>
       <c r="C1030" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786258267648</t>
+          <t>9786256930476</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Karanlık İstila</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786258267549</t>
+          <t>9786256930766</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Yaşamak</t>
+          <t>Şef Tontone Ve Yardımcısı Bay Fırfır</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786258267617</t>
+          <t>9786256930742</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Bedeli</t>
+          <t>Küçük Eşyaların Hikayesi</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786258267679</t>
+          <t>9786256930643</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Renkli Lekeler</t>
+          <t>Azlal</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786258267594</t>
+          <t>9786256930599</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Psikopatolojinin Mühendisçesi</t>
+          <t>"Ben"i İster misin?</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786258267532</t>
+          <t>9786256930407</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Yılmaztürk Üniteleri Sağlığın Gizemleri: Şeker Zehir Midir? - Nişasta Bazlı Şekerer</t>
+          <t>Beyaz Atlı Prenses</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786258267587</t>
+          <t>9786258267976</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Gözyaşı</t>
+          <t>Acaba El Alem Ne Der?</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786258267433</t>
+          <t>9786256930469</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yüzgeçler Aşkına</t>
+          <t>Taşlar Ve Başlar</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786258267631</t>
+          <t>9786256930339</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Karanlık İle Sessiz Bir Hasbihal…</t>
+          <t>Berhan Bey Ve Ailesi</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786258267556</t>
+          <t>9786256930254</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Küllerimden Doğdum</t>
+          <t>İçimizdeki Hain</t>
         </is>
       </c>
       <c r="C1040" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786258267600</t>
+          <t>9786256930421</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Yeniden</t>
+          <t>Hayalden Gerçeğe</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786258267488</t>
+          <t>9786256930513</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Buluşalım</t>
+          <t>Pardubicee</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786258267501</t>
+          <t>9786256930377</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Büyümeyen Çocuklar</t>
+          <t>İstasyondaki Sofiler</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786258267495</t>
+          <t>9786256930360</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Uyumsuzluk</t>
+          <t>Oxford Yazıları</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786258267471</t>
+          <t>9786256930452</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Bin Deli</t>
+          <t>Yarından Önce</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786258267426</t>
+          <t>9786256930414</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Oğlu İle Yolculuğu</t>
+          <t>Tanıdığım Tüm Hayvanlar</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786258267440</t>
+          <t>9786256930278</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça İle Kral</t>
+          <t>Bilimsel Bilgiler Ve Vücut Diline Yeni Bir Soluk</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>405</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786258267358</t>
+          <t>9786256930445</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Bi' Bildiği Var Kelimelerin</t>
+          <t>Qed (Hiç)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786258267419</t>
+          <t>9786256930353</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Feryat - Bir Şairin Şiirleri</t>
+          <t>Ormanın Kalbi</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786258267372</t>
+          <t>9786256930124</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermeni Basınında Yunanistan'ın Batı Anadolu Harekatı</t>
+          <t>B'iz</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786258267327</t>
+          <t>9786256930001</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Yap Ablana Bi' Köpüklü</t>
+          <t>Uzay Zamanı İçinde Bir Yeryüzü Masalı</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786258267020</t>
+          <t>9786256930063</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Zamanaşımına Gönderiler - 2. Kitap</t>
+          <t>Bir Sevdanın Peşinde</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786258267181</t>
+          <t>9786256930148</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Gelin Kayalıkları</t>
+          <t>Balon Diyarı</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786258267211</t>
+          <t>9786256930193</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kendim - Bu Hayat Senin!</t>
+          <t>Doktorlar Nasıl Yazar?</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786258267310</t>
+          <t>9786256930346</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Bir Deniz Subayı Eşinin Anıları</t>
+          <t>Alin</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786258267402</t>
+          <t>9786256930056</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>İrandokht - İran Kızı</t>
+          <t>Adını Sen Koy - 1</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786258267242</t>
+          <t>9786256930230</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Troya: Mübadil Aşklar - 2</t>
+          <t>Artı On Sekiz</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786258267341</t>
+          <t>9786256930032</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Kripto Paranın Doğuşu, Gelişimi ve Türkiye'deki Seyri</t>
+          <t>Gölge Oyunu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786258267198</t>
+          <t>9786256930247</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Pat</t>
+          <t>Kurt Doğuran Güneş</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>105</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786258267396</t>
+          <t>9786256930292</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Başaracak O Kadar Çok Şey Varken!</t>
+          <t>Huzursuz ve Tekinsiz</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786258267365</t>
+          <t>9786256930018</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Buradayım</t>
+          <t>Sevgili Bella</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786258267457</t>
+          <t>9786256930094</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Maskenin Laneti</t>
+          <t>Mürekkep Dökmüş Kedi</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786258267334</t>
+          <t>9786256930223</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Mavi'nin Dünyası</t>
+          <t>İnsan Ol!</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>350</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786258267297</t>
+          <t>9786256930216</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Tılsımı</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786258267235</t>
+          <t>9786258267761</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Traktör Parası</t>
+          <t>Mürdüm</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786258267167</t>
+          <t>9786256930261</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Casusları</t>
+          <t>Meral Leblebili Gazoz</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786258267259</t>
+          <t>9786256930155</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>8 Gün ve Sonrası</t>
+          <t>Pamel</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786258267280</t>
+          <t>9786256930100</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiyle Konuşan Adam</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786258267266</t>
+          <t>9786256930070</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Reina</t>
+          <t>Sütmavisi</t>
         </is>
       </c>
       <c r="C1069" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786258267228</t>
+          <t>9786256930117</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Mirasın Ölümcül Dokunuşu</t>
+          <t>İki Yakası Yalnızlığın</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786258267150</t>
+          <t>9786258267990</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımı</t>
+          <t>Sırların Peşinde</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786258267112</t>
+          <t>9786256930162</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>İmbat Düşleri</t>
+          <t>Yeniden Doğuşlar Ve Ölüm</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786258334500</t>
+          <t>9786256930315</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Adam</t>
+          <t>Vakit Çok Geç</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786258267099</t>
+          <t>9786256930131</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Direnç</t>
+          <t>Belki De</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786258267129</t>
+          <t>9786258267815</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Tamarzı</t>
+          <t>Sweetycake Cafe Funda’nın Tarifleri</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786258267143</t>
+          <t>9786258267921</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Tahta Araba</t>
+          <t>Kader'in Şifresi Kayıp Çocuklar</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786258267105</t>
+          <t>9786258267938</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Anda Kal</t>
+          <t>İnayet</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786258267136</t>
+          <t>9786258267877</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Emare</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786258334982</t>
+          <t>9786256930049</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Satranç Dünyasına Yolculuk</t>
+          <t>Yarım Kalan Aşk'lar</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786258102840</t>
+          <t>9786256930025</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Timi Ve Hoppi'nin Maceraları -  Yarış</t>
+          <t>Romantik Kızıl Deniz</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786258267044</t>
+          <t>9786258267969</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Berdekiler</t>
+          <t>Bir Türk’ün Tinaydın Muhabbeti</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786258334975</t>
+          <t>9786258267518</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>İstanbul İETT Otobüsleri</t>
+          <t>Aşkın Sözler</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786258267075</t>
+          <t>9786258267891</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bilgiler</t>
+          <t>Gavan</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786258267068</t>
+          <t>9786258267754</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Ege’ye Yolculuk</t>
+          <t>Suçlayanlar Suçlanacak</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786258334944</t>
+          <t>9786258267884</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Fışkırandan Akıntılar</t>
+          <t>Uzo, Meze, Komşu Ve Biz!</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786258334913</t>
+          <t>9786258267792</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Bizi Tutan Şeyler</t>
+          <t>Yanlış Evlilikler İhanet Ve Aptallar</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786258334906</t>
+          <t>9786258267730</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Kopuş</t>
+          <t>Çakıl Taşı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786258267006</t>
+          <t>9786258267846</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Fraktal Post - Truth</t>
+          <t>Gün Doğuşu</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786258334838</t>
+          <t>9786258267853</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Kabil Salgını</t>
+          <t>40.87</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786258334821</t>
+          <t>9786258267907</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>…Ah Ben! Kaç Defa Büyüdün Sen</t>
+          <t>Sözde Özne</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786258334999</t>
+          <t>9786258267808</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemeyi Unutma</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786258267037</t>
+          <t>9786258267914</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Kalem</t>
+          <t>Kutup Yıldızı</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786258334968</t>
+          <t>9786258267952</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki Sır</t>
+          <t>Çizilmemiş Resimler</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786258267013</t>
+          <t>9786258267839</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İle Semra</t>
+          <t>Anadolu Cadıları Tomris 1. Kitap</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786258334845</t>
+          <t>9786258267860</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Çeşitlemeler Plus</t>
+          <t>Zamansız Açan Çiçekler</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786258334951</t>
+          <t>9786258267747</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>The Voıce Of My Inner Heart</t>
+          <t>Dağ Evi Cinayetleri</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786258334920</t>
+          <t>9786258267778</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Makara Kukara</t>
+          <t>Karanlık Oda Çalışmaları</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786258334937</t>
+          <t>9786258267785</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceğinin Gizli Görevi</t>
+          <t>Başlangıçtan Sonsuza</t>
         </is>
       </c>
       <c r="C1098" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786258334852</t>
+          <t>9786258267716</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Yörükler</t>
+          <t>Şahmeran İntikam</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786258334876</t>
+          <t>9786258267624</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Nefesimsin</t>
+          <t>Virgül</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786258334869</t>
+          <t>9786258267655</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlaları</t>
+          <t>Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C1101" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786258334883</t>
+          <t>9786258267464</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Çat İle Pat - Arkadaş Olalım Mı?</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786258334890</t>
+          <t>9786258267563</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hayallerim</t>
+          <t>Şeffaf, Şirin ve Cizgöz'ün Maceraları</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786258334791</t>
+          <t>9786258267693</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Gerçek</t>
+          <t>İçindeki Başarının Ayak Sesleri</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786258334814</t>
+          <t>9786258267648</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ve Dünyayı Kurtaracak Fikirler</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786258334692</t>
+          <t>9786258267549</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Kan Gülleri</t>
+          <t>Yapay Zeka İle Yaşamak</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786258334753</t>
+          <t>9786258267617</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Bağıran Gölgeler</t>
+          <t>Kötülüğün Bedeli</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786258334715</t>
+          <t>9786258267679</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Moda Caddesi’nde Tek Başına Gezen Kadın</t>
+          <t>Renkli Lekeler</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786258334722</t>
+          <t>9786258267594</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Ruh Ve Zaman Döngüsü</t>
+          <t>Psikopatolojinin Mühendisçesi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>200</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786258334630</t>
+          <t>9786258267532</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Karapara</t>
+          <t>Yılmaztürk Üniteleri Sağlığın Gizemleri: Şeker Zehir Midir? - Nişasta Bazlı Şekerer</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>329</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786258334708</t>
+          <t>9786258267587</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Kızımın Şiir Bahçesi</t>
+          <t>Bir Damla Gözyaşı</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786258334784</t>
+          <t>9786258267433</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Korsan Moçi</t>
+          <t>Cesur Yüzgeçler Aşkına</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786258334296</t>
+          <t>9786258267631</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Estetik Ve Aura</t>
+          <t>İçimdeki Karanlık İle Sessiz Bir Hasbihal…</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786258334012</t>
+          <t>9786258267556</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>16 Adımda Başarının Sırrı</t>
+          <t>Küllerimden Doğdum</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786258334340</t>
+          <t>9786258267600</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Yedi Göbek Yalnızlığımsın</t>
+          <t>Yeniden</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786258334418</t>
+          <t>9786258267488</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Paşa’yı Anla-ma Üzerine</t>
+          <t>Ay Işığında Buluşalım</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786258334135</t>
+          <t>9786258267501</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Gözü İle Film Dünya-sı</t>
+          <t>Büyümeyen Çocuklar</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786258334760</t>
+          <t>9786258267495</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Oğlu Pars</t>
+          <t>Bir Küçük Uyumsuzluk</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786258334661</t>
+          <t>9786258267471</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>İyileştir Kendini</t>
+          <t>Bir Garip Bin Deli</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786258334593</t>
+          <t>9786258267426</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>Bir Annenin Oğlu İle Yolculuğu</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786258334678</t>
+          <t>9786258267440</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Sığırcığın Kanadında</t>
+          <t>Tanrıça İle Kral</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>100</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786258334142</t>
+          <t>9786258267358</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>On Air Göklerde</t>
+          <t>Bi' Bildiği Var Kelimelerin</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786258334777</t>
+          <t>9786258267419</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Uzaklara Gitme</t>
+          <t>Feryat - Bir Şairin Şiirleri</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786258334746</t>
+          <t>9786258267372</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Anlatamadığım Hikayeler</t>
+          <t>Osmanlı Ermeni Basınında Yunanistan'ın Batı Anadolu Harekatı</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786258334685</t>
+          <t>9786258267327</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>İnci Tanem</t>
+          <t>Yap Ablana Bi' Köpüklü</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>115</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786258334807</t>
+          <t>9786258267020</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Yazdım</t>
+          <t>Zamanaşımına Gönderiler - 2. Kitap</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786258334227</t>
+          <t>9786258267181</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Kral Çıplak</t>
+          <t>Gelin Kayalıkları</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786258334449</t>
+          <t>9786258267211</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Maniden Çıkış</t>
+          <t>Sevgili Kendim - Bu Hayat Senin!</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786258334579</t>
+          <t>9786258267310</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Merdümgiriz Düşler</t>
+          <t>Bir Deniz Subayı Eşinin Anıları</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786258334609</t>
+          <t>9786258267402</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Gözaltı</t>
+          <t>İrandokht - İran Kızı</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786258334487</t>
+          <t>9786258267242</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Ahit Taşı</t>
+          <t>Troya: Mübadil Aşklar - 2</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786258334616</t>
+          <t>9786258267341</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt Makas</t>
+          <t>Kripto Paranın Doğuşu, Gelişimi ve Türkiye'deki Seyri</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786258334562</t>
+          <t>9786258267198</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Bir Onur Mücadelesi</t>
+          <t>Pat</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>350</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786258334371</t>
+          <t>9786258267396</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Şapşal Kuş</t>
+          <t>Başaracak O Kadar Çok Şey Varken!</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786258102727</t>
+          <t>9786258267365</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Gül Kırar Beni</t>
+          <t>Buradayım</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786258334319</t>
+          <t>9786258267457</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kısmet Açma Duası</t>
+          <t>Maskenin Laneti</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786258334357</t>
+          <t>9786258267334</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Milenyum Öpücüğü</t>
+          <t>Mavi'nin Dünyası</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786258334364</t>
+          <t>9786258267297</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sokağı</t>
+          <t>Zamanın Tılsımı</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786258334289</t>
+          <t>9786258267235</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Orada Bir Yerde</t>
+          <t>Traktör Parası</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786258334159</t>
+          <t>9786258267167</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Aşşşk</t>
+          <t>Tanrı’nın Casusları</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786258334234</t>
+          <t>9786258267259</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>İncir Yaprağından Tespih Taneleri</t>
+          <t>8 Gün ve Sonrası</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786258334241</t>
+          <t>9786258267280</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Hadi Anne Baba Okula Gidelim</t>
+          <t>Gölgesiyle Konuşan Adam</t>
         </is>
       </c>
       <c r="C1142" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786258334173</t>
+          <t>9786258267266</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bize De Uğra</t>
+          <t>Reina</t>
         </is>
       </c>
       <c r="C1143" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786258334470</t>
+          <t>9786258267228</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Dünyalıdan Afo-rizmalar</t>
+          <t>Mirasın Ölümcül Dokunuşu</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786258334265</t>
+          <t>9786258267150</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Masallar 1. Kitap Zamanın Yaraları</t>
+          <t>Yol Ayrımı</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786258334463</t>
+          <t>9786258267112</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Akın Akın E-ticaret</t>
+          <t>İmbat Düşleri</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786258334425</t>
+          <t>9786258334500</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Beyefendiler Kasabası</t>
+          <t>Uyumsuz Adam</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786258334388</t>
+          <t>9786258267099</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Filozof</t>
+          <t>Direnç</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786258334302</t>
+          <t>9786258267129</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kara Toprak</t>
+          <t>Tamarzı</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786258444537</t>
+          <t>9786258267143</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Yaz Baba Yaz</t>
+          <t>Tahta Araba</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786258334067</t>
+          <t>9786258267105</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Zabit ve Kumandan ile Söyleşi</t>
+          <t>Anda Kal</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786258102918</t>
+          <t>9786258267136</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Paranın Kokusu</t>
+          <t>Emare</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786258334050</t>
+          <t>9786258334982</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Satranç Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786258102994</t>
+          <t>9786258102840</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Doğru</t>
+          <t>Timi Ve Hoppi'nin Maceraları -  Yarış</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786258334081</t>
+          <t>9786258267044</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Açık Uçlu Yazılar</t>
+          <t>Berdekiler</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>235</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786258334005</t>
+          <t>9786258334975</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Kartallar Yalnız Uçar</t>
+          <t>İstanbul İETT Otobüsleri</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786258102925</t>
+          <t>9786258267075</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Veletlerim</t>
+          <t>Gerçek Bilgiler</t>
         </is>
       </c>
       <c r="C1157" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786258102901</t>
+          <t>9786258267068</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz</t>
+          <t>Ege’ye Yolculuk</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786258102932</t>
+          <t>9786258334944</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi Yanıkları</t>
+          <t>Fışkırandan Akıntılar</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786258102956</t>
+          <t>9786258334913</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Sentez - İnanç Ve Bilimin Diyalektiği</t>
+          <t>Bizi Tutan Şeyler</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>145</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786258102093</t>
+          <t>9786258334906</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Değişen Gönüller</t>
+          <t>Kopuş</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786258102857</t>
+          <t>9786258267006</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Kalite Yolculuğu</t>
+          <t>Fraktal Post - Truth</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786258102987</t>
+          <t>9786258334838</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Hayal Dünyası</t>
+          <t>Kabil Salgını</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786258334111</t>
+          <t>9786258334821</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Camı</t>
+          <t>…Ah Ben! Kaç Defa Büyüdün Sen</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786258102765</t>
+          <t>9786258334999</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Bruno İle Görev Peşinde</t>
+          <t>Gülümsemeyi Unutma</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786258334074</t>
+          <t>9786258267037</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>San Babila</t>
+          <t>Müthiş Kalem</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786258102642</t>
+          <t>9786258334968</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Şehit Oğuz Özgür Çevik</t>
+          <t>Okuldaki Sır</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786258334104</t>
+          <t>9786258267013</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Ömrüme Dolan Nursun</t>
+          <t>Ahmet İle Semra</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786258102673</t>
+          <t>9786258334845</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>İçerdeki Yeis</t>
+          <t>Ekonomide Çeşitlemeler Plus</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786258334029</t>
+          <t>9786258334951</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Adı Aşk Hz. Hatice</t>
+          <t>The Voıce Of My Inner Heart</t>
         </is>
       </c>
       <c r="C1170" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786258102864</t>
+          <t>9786258334920</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Girift</t>
+          <t>Makara Kukara</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786258334043</t>
+          <t>9786258334937</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Tollu</t>
+          <t>Uğur Böceğinin Gizli Görevi</t>
         </is>
       </c>
       <c r="C1172" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786258102819</t>
+          <t>9786258334852</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Kendimce</t>
+          <t>Yörükler</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786258102796</t>
+          <t>9786258334876</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Hayatın Rehberi</t>
+          <t>Nefesimsin</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786258102963</t>
+          <t>9786258334869</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Bir Aşkın Gölgesinde</t>
+          <t>Yağmur Damlaları</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786258102826</t>
+          <t>9786258334883</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>50'den Sonra Ben Deniz</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C1176" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786258334098</t>
+          <t>9786258334890</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Plütonik Bir Aşkın Analizi</t>
+          <t>Yarım Kalan Hayallerim</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786258102734</t>
+          <t>9786258334791</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Aylak Bipolar</t>
+          <t>Kafamdaki Gerçek</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786258102871</t>
+          <t>9786258334814</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcısı</t>
+          <t>Türkiye Ve Dünyayı Kurtaracak Fikirler</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786258102420</t>
+          <t>9786258334692</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nın Kısa Hikayesi</t>
+          <t>Kan Gülleri</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786258102741</t>
+          <t>9786258334753</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Bir Meleğin Gözyaşları</t>
+          <t>Bağıran Gölgeler</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786258102833</t>
+          <t>9786258334715</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Yara Öğreticidir</t>
+          <t>Moda Caddesi’nde Tek Başına Gezen Kadın</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786258102659</t>
+          <t>9786258334722</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>İçimden Gidenler</t>
+          <t>Ruh Ve Zaman Döngüsü</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786258102895</t>
+          <t>9786258334630</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Acı Bal</t>
+          <t>A’dan Z’ye Karapara</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>170</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786257498548</t>
+          <t>9786258334708</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Matematik</t>
+          <t>Kızımın Şiir Bahçesi</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786258102581</t>
+          <t>9786258334784</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Liman</t>
+          <t>Korsan Moçi</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786258102772</t>
+          <t>9786258334296</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üstüne Düşünceler</t>
+          <t>Estetik Ve Aura</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786258102505</t>
+          <t>9786258334012</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Nevrotik Resimler</t>
+          <t>16 Adımda Başarının Sırrı</t>
         </is>
       </c>
       <c r="C1188" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786258102710</t>
+          <t>9786258334340</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Hasat Mevsimi</t>
+          <t>Yedi Göbek Yalnızlığımsın</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786258102406</t>
+          <t>9786258334418</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Helena’nın Kanatları</t>
+          <t>Mustafa Kemal Paşa’yı Anla-ma Üzerine</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786258102628</t>
+          <t>9786258334135</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Ojeni</t>
+          <t>Deniz’in Gözü İle Film Dünya-sı</t>
         </is>
       </c>
       <c r="C1191" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786258102314</t>
+          <t>9786258334760</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Kara Pabuçlu Kanguru</t>
+          <t>Zamanın Oğlu Pars</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786258102666</t>
+          <t>9786258334661</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>A4raf: Suret-i Muamma</t>
+          <t>İyileştir Kendini</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786258102635</t>
+          <t>9786258334593</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlikte Eşitlik: Sistemsel Bir Yaklaşım</t>
+          <t>Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786258102345</t>
+          <t>9786258334678</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Dilek Kaşıkları</t>
+          <t>Sığırcığın Kanadında</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786258102390</t>
+          <t>9786258334142</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut Var</t>
+          <t>On Air Göklerde</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786258102161</t>
+          <t>9786258334777</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Asuman</t>
+          <t>Uzaklara Gitme</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>215</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786258102413</t>
+          <t>9786258334746</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Kutuya Sığanlar</t>
+          <t>Anlatamadığım Hikayeler</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786258102529</t>
+          <t>9786258334685</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Xcrz97 - Virüsün Etki Dalgası</t>
+          <t>İnci Tanem</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>280</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786258102598</t>
+          <t>9786258334807</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Bir Melek Kalbime Dokundu</t>
+          <t>Kalbime Yazdım</t>
         </is>
       </c>
       <c r="C1200" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786258102444</t>
+          <t>9786258334227</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Kader Defteri</t>
+          <t>Kral Çıplak</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786258102550</t>
+          <t>9786258334449</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Anatomisi</t>
+          <t>Maniden Çıkış</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786258102499</t>
+          <t>9786258334579</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>İntroyu Atla</t>
+          <t>Merdümgiriz Düşler</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786258102451</t>
+          <t>9786258334609</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Ying Yang - Seni Reddediyorum</t>
+          <t>Sıradan Bir Gözaltı</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786258102574</t>
+          <t>9786258334487</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Clypeus Yeniden Yükseliş</t>
+          <t>Ahit Taşı</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>370</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786258102475</t>
+          <t>9786258334616</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yalnızlık</t>
+          <t>Taş Kağıt Makas</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786258102154</t>
+          <t>9786258334562</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Gerçekler</t>
+          <t>Bir Onur Mücadelesi</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786258102239</t>
+          <t>9786258334371</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Suratlar</t>
+          <t>Şapşal Kuş</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>210</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257498579</t>
+          <t>9786258102727</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Cedir</t>
+          <t>Gül Kırar Beni</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786258102338</t>
+          <t>9786258334319</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Özünü Keşfet</t>
+          <t>Kısmet Açma Duası</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786258102284</t>
+          <t>9786258334357</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Who Are You?</t>
+          <t>Milenyum Öpücüğü</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786258102291</t>
+          <t>9786258334364</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Görülmüştür</t>
+          <t>Gönül Sokağı</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786258102215</t>
+          <t>9786258334289</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dedikleri</t>
+          <t>Orada Bir Yerde</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786258102192</t>
+          <t>9786258334159</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Benim Mavim Olur Musun?</t>
+          <t>Aşşşk</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786258102352</t>
+          <t>9786258334234</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Malayani Adam</t>
+          <t>İncir Yaprağından Tespih Taneleri</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786258102246</t>
+          <t>9786258334241</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Sevdan</t>
+          <t>Hadi Anne Baba Okula Gidelim</t>
         </is>
       </c>
       <c r="C1216" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786258444971</t>
+          <t>9786258334173</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Açık Cezaevinden Hayat ve Ölüm Notları</t>
+          <t>Hayat Bize De Uğra</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786258444957</t>
+          <t>9786258334470</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Takıntılı Hayatlar</t>
+          <t>Kayıp Bir Dünyalıdan Afo-rizmalar</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786258444940</t>
+          <t>9786258334265</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Halleri</t>
+          <t>Mühürlü Masallar 1. Kitap Zamanın Yaraları</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786258444933</t>
+          <t>9786258334463</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Zeyşan</t>
+          <t>Akın Akın E-ticaret</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786258444919</t>
+          <t>9786258334425</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Işık Selinde Sevmelisin</t>
+          <t>Beyefendiler Kasabası</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786258444827</t>
+          <t>9786258334388</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Kasaba</t>
+          <t>Kayıp Filozof</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786258444742</t>
+          <t>9786258334302</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Kapitalizm Dedikleri</t>
+          <t>Kara Toprak</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786258102116</t>
+          <t>9786258444537</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçenden Vazgeçemedim</t>
+          <t>Yaz Baba Yaz</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>130</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786258102109</t>
+          <t>9786258334067</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Notlar</t>
+          <t>Zabit ve Kumandan ile Söyleşi</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786258102062</t>
+          <t>9786258102918</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gölgesi</t>
+          <t>Paranın Kokusu</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786258102031</t>
+          <t>9786258334050</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Bedene ve Ruha Faydaları</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786258102024</t>
+          <t>9786258102994</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Bir İntiharın Kalıntısı</t>
+          <t>Özgürlüğe Doğru</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786258102017</t>
+          <t>9786258334081</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Farzet Ki Mavi</t>
+          <t>Açık Uçlu Yazılar</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>110</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786258102000</t>
+          <t>9786258334005</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Yazar’la Sınav Yolculuğu</t>
+          <t>Kartallar Yalnız Uçar</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786258444803</t>
+          <t>9786258102925</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Mazinin İntikamı</t>
+          <t>Veletlerim</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786258444636</t>
+          <t>9786258102901</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Saltanatta Sahibinden Satılık Cennet</t>
+          <t>Kimliksiz</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786258444599</t>
+          <t>9786258102932</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Restorancıyım Ben</t>
+          <t>Zaman Makinesi Yanıkları</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786258102123</t>
+          <t>9786258102956</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Kardaki İzler</t>
+          <t>Sentez - İnanç Ve Bilimin Diyalektiği</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786258102147</t>
+          <t>9786258102093</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Evrende Aşk Senfonisi</t>
+          <t>Değişen Gönüller</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786258444308</t>
+          <t>9786258102857</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Yerin Kulağı Vardır!</t>
+          <t>Kalite Yolculuğu</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257498982</t>
+          <t>9786258102987</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Coolest Robot Building</t>
+          <t>Hayal Dünyası</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786053069058</t>
+          <t>9786258334111</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Verimli Ders Çalışma Teknikleri</t>
+          <t>Kelebek Camı</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>3990000055543</t>
+          <t>9786258102765</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Temel Türk Dili Eğitimi</t>
+          <t>Ayıcık Bruno İle Görev Peşinde</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>46</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786258334432</t>
+          <t>9786258334074</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Köpekler Ve Sahipleri</t>
+          <t>San Babila</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786258334456</t>
+          <t>9786258102642</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Ben Ve Evren</t>
+          <t>Kahraman Şehit Oğuz Özgür Çevik</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786258334326</t>
+          <t>9786258334104</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Korkaklar</t>
+          <t>Ömrüme Dolan Nursun</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786258334180</t>
+          <t>9786258102673</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamını Bulma Yo-lunda Denemeler</t>
+          <t>İçerdeki Yeis</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786258334401</t>
+          <t>9786258334029</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Efsane</t>
+          <t>Adı Aşk Hz. Hatice</t>
         </is>
       </c>
       <c r="C1244" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786258334555</t>
+          <t>9786258102864</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Galata Mı, Kız Kulesi Mi?</t>
+          <t>Girift</t>
         </is>
       </c>
       <c r="C1245" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786258334203</t>
+          <t>9786258334043</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>B.O.S.S</t>
+          <t>Tollu</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786258334517</t>
+          <t>9786258102819</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Kendimce</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786258334128</t>
+          <t>9786258102796</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Balık Sırtı</t>
+          <t>Çocuklarımıza Hayatın Rehberi</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786258334272</t>
+          <t>9786258102963</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Modern Caesar</t>
+          <t>Sonsuz Bir Aşkın Gölgesinde</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786258334166</t>
+          <t>9786258102826</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Aşk Burada</t>
+          <t>50'den Sonra Ben Deniz</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786258334210</t>
+          <t>9786258334098</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>İş’te Kadın</t>
+          <t>Plütonik Bir Aşkın Analizi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786258334531</t>
+          <t>9786258102734</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Türkler Kimdir Ve Kim-lerden İbarettir?</t>
+          <t>Aylak Bipolar</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786258334524</t>
+          <t>9786258102871</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Nakıs Teşebbüs</t>
+          <t>Canavar Avcısı</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786258102789</t>
+          <t>9786258102420</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Sevgi Deryasıdır</t>
+          <t>Birinci Dünya Savaşı’nın Kısa Hikayesi</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786258102482</t>
+          <t>9786258102741</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Sahibinden 553 Söylemesi Güç Tekerleme</t>
+          <t>Bir Meleğin Gözyaşları</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786258102086</t>
+          <t>9786258102833</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı</t>
+          <t>Yara Öğreticidir</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>205</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786258102369</t>
+          <t>9786258102659</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Adine Pilavı</t>
+          <t>İçimden Gidenler</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786258102253</t>
+          <t>9786258102895</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Yüzlerde Dolaşan Çocuk</t>
+          <t>Acı Bal</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786258102185</t>
+          <t>9786257498548</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Utu</t>
+          <t>Büyülü Matematik</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786258102055</t>
+          <t>9786258102581</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizlik</t>
+          <t>Kırmızı Liman</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786258102307</t>
+          <t>9786258102772</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Ağacı</t>
+          <t>İnsan Doğası Üstüne Düşünceler</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786258102130</t>
+          <t>9786258102505</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Portre</t>
+          <t>Nevrotik Resimler</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786258102079</t>
+          <t>9786258102710</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Anamın Gözyaşları</t>
+          <t>Ruhun Hasat Mevsimi</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>285</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786258102222</t>
+          <t>9786258102406</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Eylül Rüzgarı</t>
+          <t>Helena’nın Kanatları</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786258444629</t>
+          <t>9786258102628</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Takvimsiz Mısralar</t>
+          <t>Ojeni</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786258444926</t>
+          <t>9786258102314</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>İltihaplı Bir İlham: Dilba</t>
+          <t>Kara Pabuçlu Kanguru</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786258444964</t>
+          <t>9786258102666</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Babam Atlas - Bir Göç Romanı</t>
+          <t>A4raf: Suret-i Muamma</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786258444865</t>
+          <t>9786258102635</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Uyku</t>
+          <t>Sosyal Güvenlikte Eşitlik: Sistemsel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786258444872</t>
+          <t>9786258102345</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Sisli Perdeler</t>
+          <t>Dilek Kaşıkları</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786258444797</t>
+          <t>9786258102390</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Platonik Acılar</t>
+          <t>Bir Umut Var</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786258444841</t>
+          <t>9786258102161</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalan Mektup</t>
+          <t>Asuman</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786258444773</t>
+          <t>9786258102413</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Ricat</t>
+          <t>Kutuya Sığanlar</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786258444896</t>
+          <t>9786258102529</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Esarette Hür Fikirler</t>
+          <t>Xcrz97 - Virüsün Etki Dalgası</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786258444858</t>
+          <t>9786258102598</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Lütuf</t>
+          <t>Bir Melek Kalbime Dokundu</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786258444735</t>
+          <t>9786258102444</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kıymetlimisss</t>
+          <t>Kader Defteri</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786258444780</t>
+          <t>9786258102550</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Toplumun İçinde Bir Toplum</t>
+          <t>Sevginin Anatomisi</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786258444889</t>
+          <t>9786258102499</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Sen Beyazsın</t>
+          <t>İntroyu Atla</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786258444810</t>
+          <t>9786258102451</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Damlalar</t>
+          <t>Ying Yang - Seni Reddediyorum</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786258444650</t>
+          <t>9786258102574</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Kim Daha Suçlu?</t>
+          <t>Clypeus Yeniden Yükseliş</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786258444698</t>
+          <t>9786258102475</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilinden Dökülenler</t>
+          <t>İçimizdeki Yalnızlık</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786258444834</t>
+          <t>9786258102154</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Vav Hali</t>
+          <t>Gizlenen Gerçekler</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786258444643</t>
+          <t>9786258102239</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Saçma</t>
+          <t>Gülümseyen Suratlar</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>195</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257498968</t>
+          <t>9786257498579</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göğün Asilleri</t>
+          <t>Cedir</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786258444605</t>
+          <t>9786258102338</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hayatlar</t>
+          <t>Özünü Keşfet</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786258444612</t>
+          <t>9786258102284</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yolculuk</t>
+          <t>Who Are You?</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786258444711</t>
+          <t>9786258102291</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Nefret</t>
+          <t>Görülmüştür</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786258444513</t>
+          <t>9786258102215</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Sisli Şehir</t>
+          <t>İnsan Dedikleri</t>
         </is>
       </c>
       <c r="C1287" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786258444568</t>
+          <t>9786258102192</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Yüz</t>
+          <t>Benim Mavim Olur Musun?</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786258444506</t>
+          <t>9786258102352</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığın Anlamı</t>
+          <t>Malayani Adam</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786258444469</t>
+          <t>9786258102246</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Suç Sayıldığı Topraklar</t>
+          <t>Sevdan</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786258444520</t>
+          <t>9786258444971</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Sanrışık</t>
+          <t>Açık Cezaevinden Hayat ve Ölüm Notları</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786258444483</t>
+          <t>9786258444957</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler 2596</t>
+          <t>Takıntılı Hayatlar</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786257498937</t>
+          <t>9786258444940</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>İnsanlık Halleri</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786258444476</t>
+          <t>9786258444933</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Meşe</t>
+          <t>Zeyşan</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786258444551</t>
+          <t>9786258444919</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Anna’nın Yolculuğu</t>
+          <t>Işık Selinde Sevmelisin</t>
         </is>
       </c>
       <c r="C1295" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786258444452</t>
+          <t>9786258444827</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Çıkmaz Kasaba</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786258444278</t>
+          <t>9786258444742</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Haydar Bey’in Formülü ve Türkiye 1970-2020</t>
+          <t>Kapitalizm Kapitalizm Dedikleri</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786258444490</t>
+          <t>9786258102116</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Avcı</t>
+          <t>Vazgeçenden Vazgeçemedim</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>205</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786258444285</t>
+          <t>9786258102109</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Devren Satılık Evren</t>
+          <t>Konuşan Notlar</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786258444322</t>
+          <t>9786258102062</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Radianced Regresyon</t>
+          <t>Kelimelerin Gölgesi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257498999</t>
+          <t>9786258102031</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşımla Tatil Anılarım</t>
+          <t>İbadetlerin Bedene ve Ruha Faydaları</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786258444391</t>
+          <t>9786258102024</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Kalu</t>
+          <t>Bir İntiharın Kalıntısı</t>
         </is>
       </c>
       <c r="C1302" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786258444438</t>
+          <t>9786258102017</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Hallerimiz Cancağazım</t>
+          <t>Farzet Ki Mavi</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786258444360</t>
+          <t>9786258102000</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Promil Hüzünlüyüm</t>
+          <t>Mehmet Yazar’la Sınav Yolculuğu</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786258444407</t>
+          <t>9786258444803</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Bir Sırdır Aşk</t>
+          <t>Mazinin İntikamı</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786258444353</t>
+          <t>9786258444636</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Aynalara Söz Ver</t>
+          <t>Saltanatta Sahibinden Satılık Cennet</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786258444292</t>
+          <t>9786258444599</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Adamın Gizli Günlüğü</t>
+          <t>Restorancıyım Ben</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786258444377</t>
+          <t>9786258102123</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Son Yıl</t>
+          <t>Kardaki İzler</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>105</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786053067986</t>
+          <t>9786258102147</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Sır Kutusu</t>
+          <t>Evrende Aşk Senfonisi</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786258444346</t>
+          <t>9786258444308</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Unutma Kuyusu</t>
+          <t>Yerin Kulağı Vardır!</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257498609</t>
+          <t>9786257498982</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Ölü Surat</t>
+          <t>Coolest Robot Building</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786258444087</t>
+          <t>9786053069058</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kısa Da Olsa Ömrü Her Kelebek Bilir Aşkı</t>
+          <t>Verimli Ders Çalışma Teknikleri</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786258444094</t>
+          <t>3990000055543</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>İşte Aşk, Elimdekinin Hepsi Bu</t>
+          <t>Temel Türk Dili Eğitimi</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>100</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786258444247</t>
+          <t>9786258334432</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Kararan Günün Yolculuğu</t>
+          <t>Şizofren Köpekler Ve Sahipleri</t>
         </is>
       </c>
       <c r="C1314" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786258444254</t>
+          <t>9786258334456</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Kaporta</t>
+          <t>Ben Ve Evren</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786258444193</t>
+          <t>9786258334326</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Eylül</t>
+          <t>Korkaklar</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786258444070</t>
+          <t>9786258334180</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Döngü</t>
+          <t>Hayatın Anlamını Bulma Yo-lunda Denemeler</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786258444131</t>
+          <t>9786258334401</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Muhteva-i Kalp</t>
+          <t>Bilinmeyen Efsane</t>
         </is>
       </c>
       <c r="C1318" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786258444155</t>
+          <t>9786258334555</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Roman</t>
+          <t>Galata Mı, Kız Kulesi Mi?</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>205</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786258444261</t>
+          <t>9786258334203</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Kahverengi Bir Ateş</t>
+          <t>B.O.S.S</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786258444032</t>
+          <t>9786258334517</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Türk Vatandaşı Olurum?</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C1321" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786258444216</t>
+          <t>9786258334128</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Perspektif</t>
+          <t>Balık Sırtı</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786258444230</t>
+          <t>9786258334272</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsi Şiirlerim - 1 Güzel Şeyler Üstüne</t>
+          <t>Modern Caesar</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786258444223</t>
+          <t>9786258334166</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç</t>
+          <t>Aşk Burada</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786258444018</t>
+          <t>9786258334210</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Timi ve Hoppi’nin Maceraları</t>
+          <t>İş’te Kadın</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786257498517</t>
+          <t>9786258334531</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Svalbard'da Var Bir Tilki</t>
+          <t>Türkler Kimdir Ve Kim-lerden İbarettir?</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786258444001</t>
+          <t>9786258334524</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Dil Hun</t>
+          <t>Nakıs Teşebbüs</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786258444056</t>
+          <t>9786258102789</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Sevmeyi Öğrenmek</t>
+          <t>Öğretmen Sevgi Deryasıdır</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>220</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786258444100</t>
+          <t>9786258102482</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Virüs Bakteri ve Mikroplar</t>
+          <t>Hepsi Sahibinden 553 Söylemesi Güç Tekerleme</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786258444148</t>
+          <t>9786258102086</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Ayak Sesleri</t>
+          <t>Günbatımı</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>140</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786258444421</t>
+          <t>9786258102369</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Ben Olsam Kendimi Sever Miydim?</t>
+          <t>Adine Pilavı</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786258444209</t>
+          <t>9786258102253</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Meliha</t>
+          <t>Yüzlerde Dolaşan Çocuk</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786258444186</t>
+          <t>9786258102185</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>İn Cin 2. Kitap</t>
+          <t>Utu</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786258444179</t>
+          <t>9786258102055</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Yoksunluk</t>
+          <t>Kimsesizlik</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786257498944</t>
+          <t>9786258102307</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Çöl Ceylanları</t>
+          <t>Gökkuşağı Ağacı</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786257498463</t>
+          <t>9786258102130</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Kapatın Işıkları</t>
+          <t>Portre</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786258444025</t>
+          <t>9786258102079</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Felsefesi</t>
+          <t>Anamın Gözyaşları</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786257498906</t>
+          <t>9786258102222</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Harese: Soğuk Bedenler</t>
+          <t>Eylül Rüzgarı</t>
         </is>
       </c>
       <c r="C1338" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786257498975</t>
+          <t>9786258444629</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Pan - Melezlerin Yükselişi</t>
+          <t>Takvimsiz Mısralar</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786257498876</t>
+          <t>9786258444926</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Veraset - İnsanlığın İrdelenmesi</t>
+          <t>İltihaplı Bir İlham: Dilba</t>
         </is>
       </c>
       <c r="C1340" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786257498951</t>
+          <t>9786258444964</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimine Reddiye</t>
+          <t>Babam Atlas - Bir Göç Romanı</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786257498913</t>
+          <t>9786258444865</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Hüzün</t>
+          <t>Bin Yıllık Uyku</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786257498869</t>
+          <t>9786258444872</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma</t>
+          <t>Sisli Perdeler</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257498647</t>
+          <t>9786258444797</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Simyası</t>
+          <t>Platonik Acılar</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786257498920</t>
+          <t>9786258444841</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Cılız Meymenet</t>
+          <t>Geç Kalan Mektup</t>
         </is>
       </c>
       <c r="C1345" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786257498814</t>
+          <t>9786258444773</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Büyüleyici Bir İnsan Olmanın Etkili Reçetesi</t>
+          <t>Ricat</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257498838</t>
+          <t>9786258444896</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Turnalara Göç Düştü</t>
+          <t>Esarette Hür Fikirler</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786257498791</t>
+          <t>9786258444858</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Her Kaçış Yine Kendine Varışsa</t>
+          <t>Lütuf</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786257498852</t>
+          <t>9786258444735</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Yaşamlar</t>
+          <t>Uyku Kıymetlimisss</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>205</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786257498784</t>
+          <t>9786258444780</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Altındaki Genç - Arkadaş Seçiminin Önemi</t>
+          <t>Toplumun İçinde Bir Toplum</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786257498821</t>
+          <t>9786258444889</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Evaren - Yemin Bozanlar</t>
+          <t>Sen Beyazsın</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786257498807</t>
+          <t>9786258444810</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Hıkd - Meczuh</t>
+          <t>Gönülden Damlalar</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257498746</t>
+          <t>9786258444650</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Zengin Olmak İster Misin?</t>
+          <t>Kim Daha Suçlu?</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786257498661</t>
+          <t>9786258444698</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Hep Bir Şiirler Eksik</t>
+          <t>Gönül Dilinden Dökülenler</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786257498739</t>
+          <t>9786258444834</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Adamın Kırmızı Dizeleri</t>
+          <t>Aşkın Vav Hali</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257498654</t>
+          <t>9786258444643</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Samaomeda Sonsuz Derinlik</t>
+          <t>Saçma</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786257498623</t>
+          <t>9786257498968</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Zamanaşımına Gönderiler</t>
+          <t>Mavi Göğün Asilleri</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786257498678</t>
+          <t>9786258444605</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Gönül Özledi - Gelsen Ne Olur</t>
+          <t>Yarım Kalan Hayatlar</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257498708</t>
+          <t>9786258444612</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Adalet Melekleri - Melekler Ve Kızıl Bantlılar</t>
+          <t>Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257498685</t>
+          <t>9786258444711</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Esersiz</t>
+          <t>Nefret</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257498722</t>
+          <t>9786258444513</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Xantrius - Xantrius İstila Altında!</t>
+          <t>Sisli Şehir</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257498425</t>
+          <t>9786258444568</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın İslamı</t>
+          <t>Yüz</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257498715</t>
+          <t>9786258444506</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Her Mevsim Bir Şiir</t>
+          <t>Yaratıcılığın Anlamı</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257498630</t>
+          <t>9786258444469</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Sevginin Suç Sayıldığı Topraklar</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257498074</t>
+          <t>9786258444520</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Ana Dünya</t>
+          <t>Sanrışık</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257498524</t>
+          <t>9786258444483</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Abdülcabbar</t>
+          <t>Göktürkler 2596</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257498111</t>
+          <t>9786257498937</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Karanfil</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C1367" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257498500</t>
+          <t>9786258444476</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Facebok’un İç Yüzü</t>
+          <t>Meşe</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257498470</t>
+          <t>9786258444551</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Anna’nın Yolculuğu</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786257498555</t>
+          <t>9786258444452</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçindeki Cinayet</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786257498487</t>
+          <t>9786258444278</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Son Uğultu</t>
+          <t>Haydar Bey’in Formülü ve Türkiye 1970-2020</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257498562</t>
+          <t>9786258444490</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Vali Dağılma Eşiği</t>
+          <t>Avcı</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>155</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257498494</t>
+          <t>9786258444285</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Grendel Maceraları - Aynalı Kapı</t>
+          <t>Devren Satılık Evren</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786257498456</t>
+          <t>9786258444322</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Zeliha</t>
+          <t>Radianced Regresyon</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786257498432</t>
+          <t>9786257498999</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Rusca Sözlük</t>
+          <t>Canım Arkadaşımla Tatil Anılarım</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257498371</t>
+          <t>9786258444391</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Figüran</t>
+          <t>Kalu</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786257498364</t>
+          <t>9786258444438</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Terazideki Ben</t>
+          <t>Hallerimiz Cancağazım</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786257498302</t>
+          <t>9786258444360</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Müngke</t>
+          <t>Yüksek Promil Hüzünlüyüm</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257498333</t>
+          <t>9786258444407</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Kara Çanak</t>
+          <t>Bir Sırdır Aşk</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786257498395</t>
+          <t>9786258444353</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı</t>
+          <t>Aynalara Söz Ver</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257498326</t>
+          <t>9786258444292</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Düşle Gerçek Arası</t>
+          <t>Gizemli Adamın Gizli Günlüğü</t>
         </is>
       </c>
       <c r="C1381" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257498340</t>
+          <t>9786258444377</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>44 Gün</t>
+          <t>Son Yıl</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257498289</t>
+          <t>9786053067986</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Kod 41</t>
+          <t>Sır Kutusu</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257498296</t>
+          <t>9786258444346</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Uzakta Kaldı</t>
+          <t>Unutma Kuyusu</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257498272</t>
+          <t>9786257498609</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Deliyim Ben Sana Deli</t>
+          <t>Ölü Surat</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257498197</t>
+          <t>9786258444087</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>Kısa Da Olsa Ömrü Her Kelebek Bilir Aşkı</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>300</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257498418</t>
+          <t>9786258444094</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Hakkında</t>
+          <t>İşte Aşk, Elimdekinin Hepsi Bu</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257498234</t>
+          <t>9786258444247</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Balo</t>
+          <t>Kararan Günün Yolculuğu</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257498227</t>
+          <t>9786258444254</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Obüscü</t>
+          <t>Kaporta</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786257498203</t>
+          <t>9786258444193</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar Kampı</t>
+          <t>Ali ile Eylül</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>260</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257498258</t>
+          <t>9786258444070</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bir Buz Paspası</t>
+          <t>Kutsal Döngü</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>105</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257498401</t>
+          <t>9786258444131</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Biri</t>
+          <t>Muhteva-i Kalp</t>
         </is>
       </c>
       <c r="C1392" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257498265</t>
+          <t>9786258444155</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>F. Picasso</t>
+          <t>Dağınık Roman</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>360</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257498210</t>
+          <t>9786258444261</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Parşömenlerin Gizemi</t>
+          <t>Kahverengi Bir Ateş</t>
         </is>
       </c>
       <c r="C1394" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257583855</t>
+          <t>9786258444032</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Anamnesis</t>
+          <t>Nasıl Türk Vatandaşı Olurum?</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257498135</t>
+          <t>9786258444216</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Bir Yolculuk Hikayesi</t>
+          <t>Perspektif</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>155</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786257498142</t>
+          <t>9786258444230</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Bekir</t>
+          <t>Şiirimsi Şiirlerim - 1 Güzel Şeyler Üstüne</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257498166</t>
+          <t>9786258444223</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Umutlar</t>
+          <t>Başlangıç</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257498104</t>
+          <t>9786258444018</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Pembe Gülün Işığında</t>
+          <t>Timi ve Hoppi’nin Maceraları</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257583664</t>
+          <t>9786257498517</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Svalbard'da Var Bir Tilki</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257498159</t>
+          <t>9786258444001</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Antidepresan Zamanlar</t>
+          <t>Dil Hun</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257498128</t>
+          <t>9786258444056</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Doktorlar Gülerken Ağlar</t>
+          <t>Sevmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257498173</t>
+          <t>9786258444100</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Hakaret Suçu</t>
+          <t>Virüs Bakteri ve Mikroplar</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257583978</t>
+          <t>9786258444148</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Bulutsuz Gecelerin Çiy Tanesi</t>
+          <t>Kelebeğin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786257583954</t>
+          <t>9786258444421</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Kız</t>
+          <t>Ben Olsam Kendimi Sever Miydim?</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786257583961</t>
+          <t>9786258444209</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ayağınca Öyküler</t>
+          <t>Meliha</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786257498029</t>
+          <t>9786258444186</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Bak İşine</t>
+          <t>İn Cin 2. Kitap</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786257498050</t>
+          <t>9786258444179</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Kayzer’in Düşü</t>
+          <t>Yoksunluk</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257583992</t>
+          <t>9786257498944</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Sueda</t>
+          <t>Çöl Ceylanları</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786257583985</t>
+          <t>9786257498463</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Bir Tuhaflık Yok mu?</t>
+          <t>Kapatın Işıkları</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786257498012</t>
+          <t>9786258444025</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Aya Nikola Efsanesi</t>
+          <t>Çobanın Felsefesi</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257498067</t>
+          <t>9786257498906</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Harese: Soğuk Bedenler</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257583800</t>
+          <t>9786257498975</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Bir Ben</t>
+          <t>Pan - Melezlerin Yükselişi</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257583893</t>
+          <t>9786257498876</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Misali</t>
+          <t>Veraset - İnsanlığın İrdelenmesi</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257583848</t>
+          <t>9786257498951</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Gül Parmaklı Ay</t>
+          <t>Yerçekimine Reddiye</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257583831</t>
+          <t>9786257498913</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Ağır Hasar Kaydı</t>
+          <t>Göldeki Hüzün</t>
         </is>
       </c>
       <c r="C1416" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257583930</t>
+          <t>9786257498869</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Mavi</t>
+          <t>Karşılaşma</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257583879</t>
+          <t>9786257498647</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Dünya Pandemi Günlükleri</t>
+          <t>Tanrının Simyası</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>215</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257583909</t>
+          <t>9786257498920</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Salıncağın Mucizesi</t>
+          <t>Cılız Meymenet</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257583787</t>
+          <t>9786257498814</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neydi?</t>
+          <t>Büyüleyici Bir İnsan Olmanın Etkili Reçetesi</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257583886</t>
+          <t>9786257498838</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Yokken Güzeldir</t>
+          <t>Turnalara Göç Düştü</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257583916</t>
+          <t>9786257498791</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Bir Hekimin Not Defterinden</t>
+          <t>Kendinden Her Kaçış Yine Kendine Varışsa</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786257583824</t>
+          <t>9786257498852</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>İşte Muasır Medeniyet</t>
+          <t>Gerçek Yaşamlar</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257583862</t>
+          <t>9786257498784</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Onlarla Yaşamak</t>
+          <t>Ağacın Altındaki Genç - Arkadaş Seçiminin Önemi</t>
         </is>
       </c>
       <c r="C1424" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786257583923</t>
+          <t>9786257498821</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Yusufçuk Ötüşü</t>
+          <t>Evaren - Yemin Bozanlar</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>105</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257583794</t>
+          <t>9786257498807</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Tufan</t>
+          <t>Hıkd - Meczuh</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257583688</t>
+          <t>9786257498746</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Balbal</t>
+          <t>Zengin Olmak İster Misin?</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257583671</t>
+          <t>9786257498661</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Alaca Karanlık</t>
+          <t>Hep Bir Şiirler Eksik</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257583763</t>
+          <t>9786257498739</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Özlem</t>
+          <t>Yalnız Adamın Kırmızı Dizeleri</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257583749</t>
+          <t>9786257498654</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzeliz Biz</t>
+          <t>Samaomeda Sonsuz Derinlik</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257583701</t>
+          <t>9786257498623</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Gülüşünü Sevdiğim Diğer Yarım'a</t>
+          <t>Zamanaşımına Gönderiler</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786051284392</t>
+          <t>9786257498678</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Datça Camileri</t>
+          <t>Gönül Özledi - Gelsen Ne Olur</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257583756</t>
+          <t>9786257498708</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Muhtemel Olasılıklar</t>
+          <t>Adalet Melekleri - Melekler Ve Kızıl Bantlılar</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>115</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786257583695</t>
+          <t>9786257498685</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Gözünden Constantinopolis'ten İstanbul'a</t>
+          <t>Esersiz</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786257583770</t>
+          <t>9786257498722</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Dakika - Adam Algoritması</t>
+          <t>Xantrius - Xantrius İstila Altında!</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786257583725</t>
+          <t>9786257498425</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Tukul ve Yanardağ</t>
+          <t>Çağımızın İslamı</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257583732</t>
+          <t>9786257498715</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hakimiyet</t>
+          <t>Her Mevsim Bir Şiir</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257583534</t>
+          <t>9786257498630</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Ardahanca</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257583596</t>
+          <t>9786257498074</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğmak Hayata</t>
+          <t>Ana Dünya</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786257583633</t>
+          <t>9786257498524</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Mutlaka</t>
+          <t>Abdülcabbar</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786257583640</t>
+          <t>9786257498111</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Beyin Bilimine Popüler Bakış</t>
+          <t>Bir Demet Karanfil</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786257583602</t>
+          <t>9786257498500</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Hissediş</t>
+          <t>Facebok’un İç Yüzü</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786257583619</t>
+          <t>9786257498470</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler ve Tozlar</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786257583626</t>
+          <t>9786257498555</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Deresi</t>
+          <t>Kafamın İçindeki Cinayet</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786257583589</t>
+          <t>9786257498487</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Yokluğunun Parmak Hesabı</t>
+          <t>Son Uğultu</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786257583381</t>
+          <t>9786257498562</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Meurtre</t>
+          <t>Vali Dağılma Eşiği</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786257583480</t>
+          <t>9786257498494</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Altın Topuz</t>
+          <t>Grendel Maceraları - Aynalı Kapı</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786257583121</t>
+          <t>9786257498456</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>İnandığımı Sanmıştım</t>
+          <t>Zeliha</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786257583404</t>
+          <t>9786257498432</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Gönül Eli</t>
+          <t>Açıklamalı Rusca Sözlük</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786257583411</t>
+          <t>9786257498371</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İçin</t>
+          <t>Figüran</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786257583459</t>
+          <t>9786257498364</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Delphi Tiyatrosu</t>
+          <t>Terazideki Ben</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786257583442</t>
+          <t>9786257498302</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Ilık Şarap</t>
+          <t>Müngke</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>125</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786257583473</t>
+          <t>9786257498333</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Soruşturmalar</t>
+          <t>Kara Çanak</t>
         </is>
       </c>
       <c r="C1453" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786257583466</t>
+          <t>9786257498395</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Ağlamamak İçin Söz Verdim</t>
+          <t>Portakal Ağacı</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786257583497</t>
+          <t>9786257498326</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Ozanca Sağlık Mobbing Politika 3</t>
+          <t>Düşle Gerçek Arası</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786257583435</t>
+          <t>9786257498340</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>İç’ten</t>
+          <t>44 Gün</t>
         </is>
       </c>
       <c r="C1456" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786257583510</t>
+          <t>9786257498289</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucitin Değerli Hataları</t>
+          <t>Kod 41</t>
         </is>
       </c>
       <c r="C1457" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786257583503</t>
+          <t>9786257498296</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Mine’nin Öyküleri</t>
+          <t>Akdeniz Uzakta Kaldı</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786257583527</t>
+          <t>9786257498272</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Ay Misali</t>
+          <t>Deliyim Ben Sana Deli</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786257583398</t>
+          <t>9786257498197</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786257583329</t>
+          <t>9786257498418</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Kimse Bilmez</t>
+          <t>Hiçbir Şey Hakkında</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786257583367</t>
+          <t>9786257498234</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Evler</t>
+          <t>Maskesiz Balo</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786257583350</t>
+          <t>9786257498227</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Öz</t>
+          <t>Obüscü</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786257583343</t>
+          <t>9786257498203</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Mektubu</t>
+          <t>Uyumsuzlar Kampı</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786257583374</t>
+          <t>9786257498258</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Yörünge - Yalnız Değilsiniz!</t>
+          <t>İletişim Bir Buz Paspası</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>175</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786257583312</t>
+          <t>9786257498401</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Sintine</t>
+          <t>İçimizden Biri</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786257583244</t>
+          <t>9786257498265</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Namazı ve Hidayeti Sevdirmek</t>
+          <t>F. Picasso</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786257583251</t>
+          <t>9786257498210</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Benim Hikayem</t>
+          <t>Parşömenlerin Gizemi</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786257583176</t>
+          <t>9786257583855</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Umudun Yolu</t>
+          <t>Anamnesis</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>355</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786257583299</t>
+          <t>9786257498135</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Fısıldasın Kulaklarına</t>
+          <t>Bir Yolculuk Hikayesi</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786257583275</t>
+          <t>9786257498142</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Fikrin İntiharı</t>
+          <t>Bekir</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>105</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786257583008</t>
+          <t>9786257498166</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüyünce Ispanakçı Olacağım</t>
+          <t>Yeşeren Umutlar</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786254008054</t>
+          <t>9786257498104</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Hikaye</t>
+          <t>Pembe Gülün Işığında</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786257583213</t>
+          <t>9786257583664</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Efendisi</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786257583206</t>
+          <t>9786257498159</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Adalet, Sizsiniz</t>
+          <t>Antidepresan Zamanlar</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786257583114</t>
+          <t>9786257498128</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Kar Taneleri</t>
+          <t>Doktorlar Gülerken Ağlar</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786257583138</t>
+          <t>9786257498173</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kovid Sıcak Zemheri</t>
+          <t>Sosyal Medyada Hakaret Suçu</t>
         </is>
       </c>
       <c r="C1477" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786257583152</t>
+          <t>9786257583978</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Gavurun Kızı Elena</t>
+          <t>Bulutsuz Gecelerin Çiy Tanesi</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786257583190</t>
+          <t>9786257583954</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>İnci’nin Cenneti</t>
+          <t>Meçhul Kız</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786257583220</t>
+          <t>9786257583961</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Velhasıl “Aşk”</t>
+          <t>Ceviz Ayağınca Öyküler</t>
         </is>
       </c>
       <c r="C1480" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786257347976</t>
+          <t>9786257498029</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Şevval'in Vaktinden Önce Gelişi</t>
+          <t>Bak İşine</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786257583091</t>
+          <t>9786257498050</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Fatiha İçimdeki Ben</t>
+          <t>Kayzer’in Düşü</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786257583015</t>
+          <t>9786257583992</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>"Gazeteci Olunmaz Gazeteci Doğulur." - Hulusi Tunca</t>
+          <t>Sueda</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786257347990</t>
+          <t>9786257583985</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Bir Mevsimin Ayak İzleri</t>
+          <t>Bir Tuhaflık Yok mu?</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786257347983</t>
+          <t>9786257498012</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Kan Kulu</t>
+          <t>Aya Nikola Efsanesi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786257583022</t>
+          <t>9786257498067</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Korona Faşizmi</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786257583046</t>
+          <t>9786257583800</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Sendikalarda İşçi İradesi</t>
+          <t>İçimdeki Bir Ben</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786257583107</t>
+          <t>9786257583893</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Hikayesi</t>
+          <t>Yakamoz Misali</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786257347884</t>
+          <t>9786257583848</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Gül Parmaklı Ay</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786257583060</t>
+          <t>9786257583831</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Gölgemin Ardındaki Düşler</t>
+          <t>Ağır Hasar Kaydı</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786257583084</t>
+          <t>9786257583930</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Mi?</t>
+          <t>Bir Nefes Mavi</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786257583039</t>
+          <t>9786257583879</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Şampiyondan Piyona</t>
+          <t>Dünya Pandemi Günlükleri</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786257583145</t>
+          <t>9786257583909</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Tımarhane</t>
+          <t>Salıncağın Mucizesi</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786053066378</t>
+          <t>9786257583787</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yol</t>
+          <t>Aşk Neydi?</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786257347600</t>
+          <t>9786257583886</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Portre</t>
+          <t>Bazıları Yokken Güzeldir</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786257347945</t>
+          <t>9786257583916</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gitsin Sen Kal</t>
+          <t>Bir Hekimin Not Defterinden</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786257347921</t>
+          <t>9786257583824</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Ebrunun Biri</t>
+          <t>İşte Muasır Medeniyet</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786257347952</t>
+          <t>9786257583862</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Hafız İle Mine</t>
+          <t>Onlarla Yaşamak</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786257347907</t>
+          <t>9786257583923</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Elimde</t>
+          <t>Yusufçuk Ötüşü</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786257347969</t>
+          <t>9786257583794</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Çitsiz Bahçeler</t>
+          <t>Tufan</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786257347730</t>
+          <t>9786257583688</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renk</t>
+          <t>Balbal</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786257347808</t>
+          <t>9786257583671</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Ağlama Zamanı</t>
+          <t>Alaca Karanlık</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786257347761</t>
+          <t>9786257583763</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Klan 2050 Buz Devri</t>
+          <t>Geçmişe Özlem</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786257347860</t>
+          <t>9786257583749</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Ne Güzeliz Biz</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786257347747</t>
+          <t>9786257583701</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Kabuller</t>
+          <t>Gülüşünü Sevdiğim Diğer Yarım'a</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786257347464</t>
+          <t>9786051284392</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Aya Filippo</t>
+          <t>Datça Camileri</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786257347709</t>
+          <t>9786257583756</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve İş Arasında</t>
+          <t>Muhtemel Olasılıklar</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786257347118</t>
+          <t>9786257583695</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Gözlerle Gülmek</t>
+          <t>Bir Gencin Gözünden Constantinopolis'ten İstanbul'a</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786257347716</t>
+          <t>9786257583770</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Civciv</t>
+          <t>Dakika - Adam Algoritması</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786257347754</t>
+          <t>9786257583725</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Feleğin Pembe Çemberleri</t>
+          <t>Tukul ve Yanardağ</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053069973</t>
+          <t>9786257583732</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Tanıdan Tedaviye CHP</t>
+          <t>Sosyal Hakimiyet</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786257347259</t>
+          <t>9786257583534</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Serebral Palsi</t>
+          <t>Ardahanca</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786257347624</t>
+          <t>9786257583596</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Yanılsama</t>
+          <t>Yeniden Doğmak Hayata</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786257347419</t>
+          <t>9786257583633</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Gölgesi</t>
+          <t>Bir Gün Mutlaka</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>400</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053069799</t>
+          <t>9786257583640</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Miniklere</t>
+          <t>Beyin Bilimine Popüler Bakış</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786257347617</t>
+          <t>9786257583602</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Nisan Yağmuru</t>
+          <t>Hissediş</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786257347686</t>
+          <t>9786257583619</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Ayaklanma</t>
+          <t>Gölgeler ve Tozlar</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786257347679</t>
+          <t>9786257583626</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (sav) Hakikatin Solmayan Gülü</t>
+          <t>Cehennem Deresi</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786257347693</t>
+          <t>9786257583589</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Oğlumu Bana Verin Fırat</t>
+          <t>Yokluğunun Parmak Hesabı</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786257347662</t>
+          <t>9786257583381</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Güne Sığar Mı?</t>
+          <t>Meurtre</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786257347631</t>
+          <t>9786257583480</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Alzheimer</t>
+          <t>Altın Topuz</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786257347518</t>
+          <t>9786257583121</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Kendi'mden Kendime</t>
+          <t>İnandığımı Sanmıştım</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786257347495</t>
+          <t>9786257583404</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Yok Oluş</t>
+          <t>Gönül Eli</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786257347563</t>
+          <t>9786257583411</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Düşleri Öldürmek</t>
+          <t>Uyumak İçin</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786257347525</t>
+          <t>9786257583459</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Kalbim</t>
+          <t>Delphi Tiyatrosu</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786257347570</t>
+          <t>9786257583442</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seni Sevince Güzel</t>
+          <t>Ilık Şarap</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786257347556</t>
+          <t>9786257583473</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Düşlerken</t>
+          <t>Felsefi Soruşturmalar</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786257347587</t>
+          <t>9786257583466</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Terzioğlu Mehmet</t>
+          <t>Ağlamamak İçin Söz Verdim</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786257347488</t>
+          <t>9786257583497</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Son Yaprak</t>
+          <t>Ozanca Sağlık Mobbing Politika 3</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786257347501</t>
+          <t>9786257583435</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Miran Bey</t>
+          <t>İç’ten</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786053069898</t>
+          <t>9786257583510</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Yokluk</t>
+          <t>Küçük Mucitin Değerli Hataları</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786257347426</t>
+          <t>9786257583503</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Çocuktaki Gelecek</t>
+          <t>Mine’nin Öyküleri</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786257347471</t>
+          <t>9786257583527</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Yeg</t>
+          <t>Ay Misali</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786257347341</t>
+          <t>9786257583398</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Düş Yolcuları Masalı - Motivasyon Rengi Serisi 1</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786257347440</t>
+          <t>9786257583329</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Rüya</t>
+          <t>Kimse Bilmez</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786257347549</t>
+          <t>9786257583367</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Yolculuğu - Sığınak</t>
+          <t>Evler</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786257347532</t>
+          <t>9786257583350</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Kadının İç Dünyası</t>
+          <t>Öz</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053069904</t>
+          <t>9786257583343</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Hint Sanatı</t>
+          <t>Zeynep'in Mektubu</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786257347204</t>
+          <t>9786257583374</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Sandık</t>
+          <t>Yörünge - Yalnız Değilsiniz!</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786257347372</t>
+          <t>9786257583312</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Bal Kaynağından Şiirler</t>
+          <t>Sintine</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786257347235</t>
+          <t>9786257583244</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Yaratılışın Yüce Geliştiricisini Fark Etmek</t>
+          <t>Gençliğe Namazı ve Hidayeti Sevdirmek</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786257347228</t>
+          <t>9786257583251</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Yaratılışın Yüce Yaratıcısını Anlama Sanatı</t>
+          <t>İşte Bu Benim Hikayem</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>165</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786257347211</t>
+          <t>9786257583176</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimde Son Bir Bulut</t>
+          <t>Umudun Yolu</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>80</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257347273</t>
+          <t>9786257583299</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Ruski</t>
+          <t>Rüzgar Fısıldasın Kulaklarına</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786257347266</t>
+          <t>9786257583275</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Sen Yapamazsın</t>
+          <t>Fikrin İntiharı</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786257347082</t>
+          <t>9786257583008</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Yanmadın Gönül</t>
+          <t>Ben Büyüyünce Ispanakçı Olacağım</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786257347433</t>
+          <t>9786254008054</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>İn Cin</t>
+          <t>Yazılmamış Hikaye</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786257347303</t>
+          <t>9786257583213</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Luheravu</t>
+          <t>Zamanın Efendisi</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257347280</t>
+          <t>9786257583206</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Öfkem Kendime</t>
+          <t>Adalet, Sizsiniz</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786257347389</t>
+          <t>9786257583114</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Kahır</t>
+          <t>Tutsak Kar Taneleri</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786257347365</t>
+          <t>9786257583138</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Veda Seremonisi</t>
+          <t>Soğuk Kovid Sıcak Zemheri</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786257347396</t>
+          <t>9786257583152</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Uyanacaksan Uyuyabilirsin</t>
+          <t>Gavurun Kızı Elena</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>265</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786257347402</t>
+          <t>9786257583190</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Karanfil ve Elma</t>
+          <t>İnci’nin Cenneti</t>
         </is>
       </c>
       <c r="C1553" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786257347174</t>
+          <t>9786257583220</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Formül</t>
+          <t>Velhasıl “Aşk”</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257347105</t>
+          <t>9786257347976</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Özterapi</t>
+          <t>Şevval'in Vaktinden Önce Gelişi</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786257347068</t>
+          <t>9786257583091</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Tükendi Vakti Umuda Tamahın</t>
+          <t>Fatiha İçimdeki Ben</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786257347075</t>
+          <t>9786257583015</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Topuklu Çizmeler</t>
+          <t>"Gazeteci Olunmaz Gazeteci Doğulur." - Hulusi Tunca</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786257347143</t>
+          <t>9786257347990</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Dayanıklılık</t>
+          <t>Bir Mevsimin Ayak İzleri</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786257347112</t>
+          <t>9786257347983</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Oğlum</t>
+          <t>Kan Kulu</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786257347129</t>
+          <t>9786257583022</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Mezon Ülkesi</t>
+          <t>Korona Faşizmi</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786257347037</t>
+          <t>9786257583046</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Şiirler</t>
+          <t>Sendikalarda İşçi İradesi</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786257347136</t>
+          <t>9786257583107</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Mabra</t>
+          <t>Bir Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>105</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786257347150</t>
+          <t>9786257347884</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Babam</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786257347044</t>
+          <t>9786257583060</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Veliaht 2</t>
+          <t>Gölgemin Ardındaki Düşler</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>245</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786257347020</t>
+          <t>9786257583084</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında</t>
+          <t>Mi?</t>
         </is>
       </c>
       <c r="C1565" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053069942</t>
+          <t>9786257583039</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Kestane Balı</t>
+          <t>Şampiyondan Piyona</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786257347099</t>
+          <t>9786257583145</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Pandomimci</t>
+          <t>İçimdeki Tımarhane</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053069959</t>
+          <t>9786053066378</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Güncesi</t>
+          <t>Karanlık Yol</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786257347013</t>
+          <t>9786257347600</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Alaz</t>
+          <t>Bitmeyen Portre</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053069997</t>
+          <t>9786257347945</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Sancıları</t>
+          <t>Herkes Gitsin Sen Kal</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053069980</t>
+          <t>9786257347921</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Ayça'm</t>
+          <t>Ebrunun Biri</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786257347006</t>
+          <t>9786257347952</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yanmakla Başlar</t>
+          <t>Hafız İle Mine</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053069829</t>
+          <t>9786257347907</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Suretler</t>
+          <t>Yüreğim Elimde</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053069850</t>
+          <t>9786257347969</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Arafta Bir Gün</t>
+          <t>Çitsiz Bahçeler</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053069867</t>
+          <t>9786257347730</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'da Bir Aşk</t>
+          <t>Yedi Renk</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053069805</t>
+          <t>9786257347808</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Sedna</t>
+          <t>Ağlama Zamanı</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053069843</t>
+          <t>9786257347761</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar</t>
+          <t>Klan 2050 Buz Devri</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053069836</t>
+          <t>9786257347860</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Donuk</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053069928</t>
+          <t>9786257347747</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeylere Tutunarak Büyür Sevgiler</t>
+          <t>Kabuller</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053069874</t>
+          <t>9786257347464</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Farklı Şehirler, Farklı Hayatlar</t>
+          <t>Aya Filippo</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053069812</t>
+          <t>9786257347709</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Ruh Göçü</t>
+          <t>Hayat ve İş Arasında</t>
         </is>
       </c>
       <c r="C1581" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786053069935</t>
+          <t>9786257347118</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Uyuyunca</t>
+          <t>Ağlayan Gözlerle Gülmek</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053069911</t>
+          <t>9786257347716</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Yası</t>
+          <t>Civciv</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053068815</t>
+          <t>9786257347754</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Şarap Senden Sorulur</t>
+          <t>Feleğin Pembe Çemberleri</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053069720</t>
+          <t>9786053069973</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Tutsağı</t>
+          <t>Tanıdan Tedaviye CHP</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053069522</t>
+          <t>9786257347259</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Karlı Raylar</t>
+          <t>Serebral Palsi</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053069638</t>
+          <t>9786257347624</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Serpintiler</t>
+          <t>Yanılsama</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053068013</t>
+          <t>9786257347419</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Afitap Mazi</t>
+          <t>Şeytan Gölgesi</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053068396</t>
+          <t>9786053069799</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Mum Işığında Umut Aramak</t>
+          <t>Mesnevi'den Miniklere</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786053069713</t>
+          <t>9786257347617</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Artık Yalnız Değilim</t>
+          <t>Nisan Yağmuru</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786053069676</t>
+          <t>9786257347686</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Aşkolsun</t>
+          <t>Ayaklanma</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053069782</t>
+          <t>9786257347679</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Etkilerden Etkilere Dönüşüm</t>
+          <t>Hz. Muhammed (sav) Hakikatin Solmayan Gülü</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053069591</t>
+          <t>9786257347693</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Bir Kadın</t>
+          <t>Oğlumu Bana Verin Fırat</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053066941</t>
+          <t>9786257347662</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Aşk Bir Güne Sığar Mı?</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053067269</t>
+          <t>9786257347631</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Orduların Kralı</t>
+          <t>Toplumsal Alzheimer</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053069447</t>
+          <t>9786257347518</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Kadın Peygamber</t>
+          <t>Kendi'mden Kendime</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053069690</t>
+          <t>9786257347495</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>"O" 3.Şahsım</t>
+          <t>Sahipsiz Yok Oluş</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053069751</t>
+          <t>9786257347563</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Tatilde</t>
+          <t>Düşleri Öldürmek</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786053069744</t>
+          <t>9786257347525</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Karadelik</t>
+          <t>Kalbim</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053069706</t>
+          <t>9786257347570</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Labrador</t>
+          <t>Hayat Seni Sevince Güzel</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786053069454</t>
+          <t>9786257347556</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>İlaç Acısı</t>
+          <t>Düşlerken</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786053069423</t>
+          <t>9786257347587</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Yürütme Sanatı</t>
+          <t>Terzioğlu Mehmet</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786053069560</t>
+          <t>9786257347488</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>... Ve Gittik</t>
+          <t>Son Yaprak</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786053069546</t>
+          <t>9786257347501</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Duygularım</t>
+          <t>Miran Bey</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>155</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053069539</t>
+          <t>9786053069898</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Aklımızdan Düşenler</t>
+          <t>Sıra Dışı Yokluk</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786053069126</t>
+          <t>9786257347426</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>B'aşk'a Cümleler</t>
+          <t>Çocuktaki Gelecek</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053069553</t>
+          <t>9786257347471</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Yeg</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786053069515</t>
+          <t>9786257347341</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Az Ötede Oynayın Hayatınızı</t>
+          <t>Düş Yolcuları Masalı - Motivasyon Rengi Serisi 1</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786053069584</t>
+          <t>9786257347440</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Alaten</t>
+          <t>Aşk Bir Rüya</t>
         </is>
       </c>
       <c r="C1609" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786053069614</t>
+          <t>9786257347549</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Akli Melekeler</t>
+          <t>Hiçlik Yolculuğu - Sığınak</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>235</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786053069607</t>
+          <t>9786257347532</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç</t>
+          <t>Kadının İç Dünyası</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053069485</t>
+          <t>9786053069904</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>İlk Soluk</t>
+          <t>Hint Sanatı</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786053069096</t>
+          <t>9786257347204</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Oyunları</t>
+          <t>Yeşil Sandık</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786053069492</t>
+          <t>9786257347372</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Adalet Rüyalarda</t>
+          <t>Bal Kaynağından Şiirler</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786053069348</t>
+          <t>9786257347235</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Virtüöz</t>
+          <t>Yaratılışın Yüce Geliştiricisini Fark Etmek</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786053069065</t>
+          <t>9786257347228</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Ozanca Sağlık Mobbing Politika 2</t>
+          <t>Yaratılışın Yüce Yaratıcısını Anlama Sanatı</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786053069478</t>
+          <t>9786257347211</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Ölümü</t>
+          <t>Gözlerimde Son Bir Bulut</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786053069577</t>
+          <t>9786257347273</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan’da Şamanizm</t>
+          <t>Ruski</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786053069461</t>
+          <t>9786257347266</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Mısra</t>
+          <t>Sen Yapamazsın</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786053069164</t>
+          <t>9786257347082</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Yanmadın Gönül</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786053069324</t>
+          <t>9786257347433</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezisi</t>
+          <t>İn Cin</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786053069409</t>
+          <t>9786257347303</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hangisiydi?</t>
+          <t>Luheravu</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786053069379</t>
+          <t>9786257347280</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Zeliha</t>
+          <t>Öfkem Kendime</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786053069362</t>
+          <t>9786257347389</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Heyhat</t>
+          <t>Kahır</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786053069355</t>
+          <t>9786257347365</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzdan Bir Önce</t>
+          <t>Veda Seremonisi</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786053069416</t>
+          <t>9786257347396</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Yanık Ömer</t>
+          <t>Uyanacaksan Uyuyabilirsin</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786053069300</t>
+          <t>9786257347402</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Senbensizlik</t>
+          <t>Karanfil ve Elma</t>
         </is>
       </c>
       <c r="C1627" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786053069393</t>
+          <t>9786257347174</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>1. Sur: Yıldızların Katiline Hüküm Verince</t>
+          <t>Formül</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786053069133</t>
+          <t>9786257347105</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Sayfa</t>
+          <t>Özterapi</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786053069256</t>
+          <t>9786257347068</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Uzun Namlulu Kısa Hikayeler</t>
+          <t>Tükendi Vakti Umuda Tamahın</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786053069249</t>
+          <t>9786257347075</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Doğdum</t>
+          <t>Topuklu Çizmeler</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786053069232</t>
+          <t>9786257347143</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam, Gençliğim ve Denemelerim</t>
+          <t>Duygusal Dayanıklılık</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786053069089</t>
+          <t>9786257347112</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Efendi Bi Serseri</t>
+          <t>Oğlum</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786053068990</t>
+          <t>9786257347129</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Ellerimle Kalp Çiziyorum Senin İçin Şimdilik...</t>
+          <t>Mezon Ülkesi</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786053069171</t>
+          <t>9786257347037</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimiz Çocuklarımız</t>
+          <t>Yaşanmış Şiirler</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786053069157</t>
+          <t>9786257347136</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Mülhem</t>
+          <t>Mabra</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>335</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786053069188</t>
+          <t>9786257347150</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Doğru Meslek Seçiminin Önemi ve Meslek Seçiminde Gençlerimize Olan Sorumluluğumuz</t>
+          <t>Babam</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786053069041</t>
+          <t>9786257347044</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>4 Dörtlük Türkçe</t>
+          <t>Veliaht 2</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786053069140</t>
+          <t>9786257347020</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Teorisi - Risaleler 1</t>
+          <t>Yaşamın Kıyısında</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786053069119</t>
+          <t>9786053069942</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Taş Adamlar</t>
+          <t>Kestane Balı</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786053069195</t>
+          <t>9786257347099</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Denge</t>
+          <t>Pandomimci</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786053069218</t>
+          <t>9786053069959</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>İlk Dem</t>
+          <t>Karanlığın Güncesi</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786053069225</t>
+          <t>9786257347013</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Alemi</t>
+          <t>Alaz</t>
         </is>
       </c>
       <c r="C1643" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786053068983</t>
+          <t>9786053069997</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Hiç Kimseye Söz Vermez</t>
+          <t>Büyüme Sancıları</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786053069027</t>
+          <t>9786053069980</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Ayça'm</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053068952</t>
+          <t>9786257347006</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kokulu Hikayeler</t>
+          <t>Aşk Yanmakla Başlar</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786053068877</t>
+          <t>9786053069829</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Suretler</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053068907</t>
+          <t>9786053069850</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Didinmek</t>
+          <t>Arafta Bir Gün</t>
         </is>
       </c>
       <c r="C1648" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786053068884</t>
+          <t>9786053069867</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Ve Gidişata Beyaz Dokunuş</t>
+          <t>Orta Doğu'da Bir Aşk</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786053068969</t>
+          <t>9786053069805</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Alya 1. Seans Uyanış</t>
+          <t>Sedna</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786053068976</t>
+          <t>9786053069843</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Sorgula</t>
+          <t>Yanılsamalar</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786053068785</t>
+          <t>9786053069836</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Hedef 100 Yaş</t>
+          <t>Donuk</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786053068945</t>
+          <t>9786053069928</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Küçük Şeylere Tutunarak Büyür Sevgiler</t>
         </is>
       </c>
       <c r="C1653" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786053068921</t>
+          <t>9786053069874</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlıklar - Şiir Serisi 2</t>
+          <t>Farklı Şehirler, Farklı Hayatlar</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786053069010</t>
+          <t>9786053069812</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Otogar</t>
+          <t>Ruh Göçü</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786053069003</t>
+          <t>9786053069935</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Söz Ağacı</t>
+          <t>Kuşlar Uyuyunca</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786053068914</t>
+          <t>9786053069911</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Dene'yim</t>
+          <t>Göklerin Yası</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786053068808</t>
+          <t>9786053068815</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Din Adına Savaş</t>
+          <t>Şarap Senden Sorulur</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786053068761</t>
+          <t>9786053069720</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Übra</t>
+          <t>Zamanın Tutsağı</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786053068730</t>
+          <t>9786053069522</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Karlı Raylar</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786053068716</t>
+          <t>9786053069638</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Daha On Yedi</t>
+          <t>Serpintiler</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053068709</t>
+          <t>9786053068013</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Duygularımın Çığlığı</t>
+          <t>Afitap Mazi</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786053068686</t>
+          <t>9786053068396</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül İhanet</t>
+          <t>Mum Işığında Umut Aramak</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053068655</t>
+          <t>9786053069713</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Seyyahideniz</t>
+          <t>Artık Yalnız Değilim</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053068693</t>
+          <t>9786053069676</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Kirpiklerine Sığınmak İster</t>
+          <t>Aşkolsun</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053068679</t>
+          <t>9786053069782</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Karamel Tadında Aşk</t>
+          <t>Etkilerden Etkilere Dönüşüm</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786053068723</t>
+          <t>9786053069591</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Aydınların Karanlığı</t>
+          <t>Renksiz Bir Kadın</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786053068594</t>
+          <t>9786053066941</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Acılara Gülümse</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786051283449</t>
+          <t>9786053067269</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Ey Muhterem Aşk</t>
+          <t>Orduların Kralı</t>
         </is>
       </c>
       <c r="C1669" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786053068273</t>
+          <t>9786053069447</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Kırk Dilimlik Aşk</t>
+          <t>Kadın Peygamber</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786053068570</t>
+          <t>9786053069690</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Kalpli Çantam</t>
+          <t>"O" 3.Şahsım</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053068600</t>
+          <t>9786053069751</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Arafta Beklemez Aşk</t>
+          <t>Kuzgun Tatilde</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786053068624</t>
+          <t>9786053069744</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Bir Meczubu Anlamak</t>
+          <t>Karadelik</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786053068587</t>
+          <t>9786053069706</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yunus</t>
+          <t>Labrador</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786053068617</t>
+          <t>9786053069454</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Hayatından Alıntılar</t>
+          <t>İlaç Acısı</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786053068631</t>
+          <t>9786053069423</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>S'onun Başlangıcı</t>
+          <t>Evlilik Yürütme Sanatı</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786053068563</t>
+          <t>9786053069560</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Başla</t>
+          <t>... Ve Gittik</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786053068495</t>
+          <t>9786053069546</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Yasal Şiirler</t>
+          <t>Duygularım</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>105</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786053068525</t>
+          <t>9786053069539</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Korkular Hikayeler Hayatlar</t>
+          <t>Aklımızdan Düşenler</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786053068518</t>
+          <t>9786053069126</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Neden Olmasın?</t>
+          <t>B'aşk'a Cümleler</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053068532</t>
+          <t>9786053069553</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Duayen Sanayici Kamil Tolon'un Yaşam Öyküsü</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786053068501</t>
+          <t>9786053069515</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Süpertansiyon</t>
+          <t>Az Ötede Oynayın Hayatınızı</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786053068549</t>
+          <t>9786053069584</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Büyüyenler</t>
+          <t>Alaten</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786053068457</t>
+          <t>9786053069614</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Söz Sende</t>
+          <t>Akli Melekeler</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786053068433</t>
+          <t>9786053069607</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Dönmedin</t>
+          <t>Kırlangıç</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786053068426</t>
+          <t>9786053069485</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşkın Galibi Tekel Büfesi</t>
+          <t>İlk Soluk</t>
         </is>
       </c>
       <c r="C1686" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786053068440</t>
+          <t>9786053069096</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Distopyam</t>
+          <t>Kariyer Oyunları</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786053068334</t>
+          <t>9786053069492</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İstediğim Kadar</t>
+          <t>Adalet Rüyalarda</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786053068464</t>
+          <t>9786053069348</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Hepimizden Biraz Var</t>
+          <t>Virtüöz</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786053068365</t>
+          <t>9786053069065</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Yarın Farklı Bir Gün Olacak</t>
+          <t>Ozanca Sağlık Mobbing Politika 2</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786053068341</t>
+          <t>9786053069478</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Şiirler</t>
+          <t>Bir Ömrün Ölümü</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786053068358</t>
+          <t>9786053069577</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Trajikomik - Seyahat Anıları</t>
+          <t>Moğolistan’da Şamanizm</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786053068389</t>
+          <t>9786053069461</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Dün İşleri</t>
+          <t>Mısra</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786053068327</t>
+          <t>9786053069164</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Sen</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786053068471</t>
+          <t>9786053069324</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Yaryüzünde Gezerken</t>
+          <t>Uzay Gezisi</t>
         </is>
       </c>
       <c r="C1695" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786053068419</t>
+          <t>9786053069409</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Gerçek Hangisiydi?</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786053068372</t>
+          <t>9786053069379</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Bir Pleiadeslinin Günlüğü</t>
+          <t>Zeliha</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786053068310</t>
+          <t>9786053069362</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>İstiridye</t>
+          <t>Heyhat</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>145</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786053068235</t>
+          <t>9786053069355</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Bir Amatörün Kaleminden</t>
+          <t>Sonsuzdan Bir Önce</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>105</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786053067993</t>
+          <t>9786053069416</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Frezya</t>
+          <t>Yanık Ömer</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786053068242</t>
+          <t>9786053069300</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sözyaşları</t>
+          <t>Senbensizlik</t>
         </is>
       </c>
       <c r="C1701" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786053068259</t>
+          <t>9786053069393</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Bir Çirkin Sevdim</t>
+          <t>1. Sur: Yıldızların Katiline Hüküm Verince</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786053068266</t>
+          <t>9786053069133</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Çoğur</t>
+          <t>Üçüncü Sayfa</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786053068280</t>
+          <t>9786053069256</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Zifiriyet Fabrikası</t>
+          <t>Uzun Namlulu Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786053068297</t>
+          <t>9786053069249</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Bu Bildiğiniz Bir Günlük Değil</t>
+          <t>Aşkla Doğdum</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786053067955</t>
+          <t>9786053069232</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Uyudun mu?</t>
+          <t>Benim Dünyam, Gençliğim ve Denemelerim</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786053068174</t>
+          <t>9786053069089</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Adımlar Amaca Uygun Olunca Anılarımız Tam Aşı Oldu</t>
+          <t>Efendi Bi Serseri</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786053068211</t>
+          <t>9786053068990</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Seni Görüyorum - Kebbat 2</t>
+          <t>Ellerimle Kalp Çiziyorum Senin İçin Şimdilik...</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786053068228</t>
+          <t>9786053069171</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Tozlu Yapraklarından</t>
+          <t>Geleceğimiz Çocuklarımız</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786053068204</t>
+          <t>9786053069157</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Yıkım</t>
+          <t>Mülhem</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>245</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786053068181</t>
+          <t>9786053069188</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Zor</t>
+          <t>Doğru Meslek Seçiminin Önemi ve Meslek Seçiminde Gençlerimize Olan Sorumluluğumuz</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786053068150</t>
+          <t>9786053069041</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim'de Aşk Çiçekleri</t>
+          <t>4 Dörtlük Türkçe</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786053068143</t>
+          <t>9786053069140</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar</t>
+          <t>Her Şeyin Teorisi - Risaleler 1</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786053067917</t>
+          <t>9786053069119</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Biz Dedemle Kapı Yaptık</t>
+          <t>Taş Adamlar</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786053068044</t>
+          <t>9786053069195</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Mevsimi</t>
+          <t>Kararsız Denge</t>
         </is>
       </c>
       <c r="C1715" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786053068136</t>
+          <t>9786053069218</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Misafiri</t>
+          <t>İlk Dem</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786053068020</t>
+          <t>9786053069225</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Beyaz</t>
+          <t>İnsanlık Alemi</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786053068105</t>
+          <t>9786053068983</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Ey Kadın</t>
+          <t>Yaşam Hiç Kimseye Söz Vermez</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786053068037</t>
+          <t>9786053069027</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Küflü Virgül</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786053068075</t>
+          <t>9786053068952</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Levla</t>
+          <t>Sevgi Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786053068099</t>
+          <t>9786053068877</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Olmadı Taşraya Kaçarız</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786053067832</t>
+          <t>9786053068907</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Gözyaşları</t>
+          <t>Didinmek</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786053068129</t>
+          <t>9786053068884</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Aktopetist Derin Kehanet</t>
+          <t>Ve Gidişata Beyaz Dokunuş</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786053068068</t>
+          <t>9786053068969</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Dünyası</t>
+          <t>Alya 1. Seans Uyanış</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786053068082</t>
+          <t>9786053068976</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Yarın Olmayabilir</t>
+          <t>Sorgula</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786053067948</t>
+          <t>9786053068785</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Cücenin Taşkını</t>
+          <t>Hedef 100 Yaş</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786053067931</t>
+          <t>9786053068945</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Heja</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C1727" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786053067900</t>
+          <t>9786053068921</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Tabkı</t>
+          <t>Pişmanlıklar - Şiir Serisi 2</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786053067894</t>
+          <t>9786053069010</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki İzler</t>
+          <t>Otogar</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786053067887</t>
+          <t>9786053069003</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Kaçışıdır İnsanın Kendine Doğru</t>
+          <t>Söz Ağacı</t>
         </is>
       </c>
       <c r="C1730" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786053067665</t>
+          <t>9786053068914</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Eylül</t>
+          <t>Dene'yim</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786053067849</t>
+          <t>9786053068808</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Din Adına Savaş</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786053067825</t>
+          <t>9786053068761</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Çalışarak Mutlu Bir Dünya Kurmak Mümkün mü?</t>
+          <t>Übra</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786053067863</t>
+          <t>9786053068730</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786053067696</t>
+          <t>9786053068716</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayat</t>
+          <t>Daha On Yedi</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786053067856</t>
+          <t>9786053068709</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Tehlikeli Saatleri</t>
+          <t>Duygularımın Çığlığı</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786053067801</t>
+          <t>9786053068686</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Damlalar</t>
+          <t>Ölümcül İhanet</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>140</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786053067702</t>
+          <t>9786053068655</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Ulya</t>
+          <t>Seyyahideniz</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786053067818</t>
+          <t>9786053068693</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Şehidi Kubilay ve Menemen Hadisesine Tepkiler</t>
+          <t>Kalbim Kirpiklerine Sığınmak İster</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786053067283</t>
+          <t>9786053068679</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Senden Ayrı Kalalı</t>
+          <t>Karamel Tadında Aşk</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786053067771</t>
+          <t>9786053068723</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Masal</t>
+          <t>Aydınların Karanlığı</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786053067764</t>
+          <t>9786053068594</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Hayfa</t>
+          <t>Acılara Gülümse</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786053067788</t>
+          <t>9786051283449</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Adına</t>
+          <t>Ey Muhterem Aşk</t>
         </is>
       </c>
       <c r="C1743" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786053067795</t>
+          <t>9786053068273</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Seni Düşünmek</t>
+          <t>Kırk Dilimlik Aşk</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786053067740</t>
+          <t>9786053068570</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gölgeleri</t>
+          <t>Kalpli Çantam</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786053067658</t>
+          <t>9786053068600</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Honderya</t>
+          <t>Arafta Beklemez Aşk</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786053067641</t>
+          <t>9786053068624</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Asi'l Aşk</t>
+          <t>Bir Meczubu Anlamak</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786053067634</t>
+          <t>9786053068587</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çiçekleri</t>
+          <t>Hz. Yunus</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786053067689</t>
+          <t>9786053068617</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Zafiyetten Doğan Yönetim Çılgınlığı</t>
+          <t>Bir Gencin Hayatından Alıntılar</t>
         </is>
       </c>
       <c r="C1749" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786053067498</t>
+          <t>9786053068631</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Pediatri Pratiği mnt Algoritmalar İlaç Dozları</t>
+          <t>S'onun Başlangıcı</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786053067504</t>
+          <t>9786053068563</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Kırık Döngü</t>
+          <t>Kendinden Başla</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786053067566</t>
+          <t>9786053068495</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Jolier Rawen - Ben ve Kendim</t>
+          <t>Yasal Şiirler</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>240</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786053067443</t>
+          <t>9786053068525</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerin Hediyesi (Ciltli)</t>
+          <t>Korkular Hikayeler Hayatlar</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786053067559</t>
+          <t>9786053068518</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Defne</t>
+          <t>Neden Olmasın?</t>
         </is>
       </c>
       <c r="C1754" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786053067597</t>
+          <t>9786053068532</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Üzerine Araştırma</t>
+          <t>Duayen Sanayici Kamil Tolon'un Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786053067542</t>
+          <t>9786053068501</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kontes Elizabeth Bathory</t>
+          <t>Süpertansiyon</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786053067610</t>
+          <t>9786053068549</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Ahlat Ağacı</t>
+          <t>Yüreğimde Büyüyenler</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>215</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786053067528</t>
+          <t>9786053068457</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Şubat Rengi</t>
+          <t>Söz Sende</t>
         </is>
       </c>
       <c r="C1758" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786053067573</t>
+          <t>9786053068433</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Efendileri Bozkurtlar</t>
+          <t>İyi ki Dönmedin</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786053067511</t>
+          <t>9786053068426</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Türk</t>
+          <t>Bu Aşkın Galibi Tekel Büfesi</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786053067535</t>
+          <t>9786053068440</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zaaflar</t>
+          <t>Distopyam</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786053067627</t>
+          <t>9786053068334</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Azar Azar</t>
+          <t>Yaşamak İstediğim Kadar</t>
         </is>
       </c>
       <c r="C1762" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786053067580</t>
+          <t>9786053068464</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Doggy Cin Blues</t>
+          <t>Hepimizden Biraz Var</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786053067603</t>
+          <t>9786053068365</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Arka Fren Kampana</t>
+          <t>Yarın Farklı Bir Gün Olacak</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786053067221</t>
+          <t>9786053068341</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Erotomanya</t>
+          <t>Hayata Dair Şiirler</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786053067450</t>
+          <t>9786053068358</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Dokunduğundan Beri Saçlarımda Yıldızlar Var</t>
+          <t>Trajikomik - Seyahat Anıları</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786053067375</t>
+          <t>9786053068389</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım Kırım Bir Yanım Selanik</t>
+          <t>Dün İşleri</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786053067382</t>
+          <t>9786053068327</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Süslü Masa</t>
+          <t>Sen</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786053067429</t>
+          <t>9786053068471</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kanatları</t>
+          <t>Yaryüzünde Gezerken</t>
         </is>
       </c>
       <c r="C1769" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786053067405</t>
+          <t>9786053068419</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Aynası</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786053067474</t>
+          <t>9786053068372</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Andal</t>
+          <t>Bir Pleiadeslinin Günlüğü</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786053067467</t>
+          <t>9786053068310</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Adam</t>
+          <t>İstiridye</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786053067399</t>
+          <t>9786053068235</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Sevgisiz Sevgiler</t>
+          <t>Bir Amatörün Kaleminden</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786053067412</t>
+          <t>9786053067993</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Papatya Kadın</t>
+          <t>Frezya</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786053067153</t>
+          <t>9786053068242</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Bilinçaltı</t>
+          <t>Aşkın Sözyaşları</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786053067306</t>
+          <t>9786053068259</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı</t>
+          <t>Bir Çirkin Sevdim</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786053067337</t>
+          <t>9786053068266</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Tozlu Yollar</t>
+          <t>Çoğur</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786053066958</t>
+          <t>9786053068280</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>İmtihan Dünyası Burası</t>
+          <t>Zifiriyet Fabrikası</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786053067368</t>
+          <t>9786053068297</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Yaslan Çocuk</t>
+          <t>Bu Bildiğiniz Bir Günlük Değil</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786053067214</t>
+          <t>9786053067955</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Diyardan Diyara</t>
+          <t>Uyudun mu?</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786053067351</t>
+          <t>9786053068174</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağlarının Çığlığı Üç Martı</t>
+          <t>Adımlar Amaca Uygun Olunca Anılarımız Tam Aşı Oldu</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786053067313</t>
+          <t>9786053068211</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Gök Yüzünden</t>
+          <t>Seni Görüyorum - Kebbat 2</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786053067245</t>
+          <t>9786053068228</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Gençliğin Tozlu Yapraklarından</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786053067290</t>
+          <t>9786053068204</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Yeni Dünyanın Sınırları - Sosyal Medyada Hukuk</t>
+          <t>Yıkım</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786053067238</t>
+          <t>9786053068181</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşınım Ben Senin</t>
+          <t>Zor</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786053067320</t>
+          <t>9786053068150</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Hişt Hayat! Tanıdın mı Beni?</t>
+          <t>Dört Mevsim'de Aşk Çiçekleri</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786053067344</t>
+          <t>9786053068143</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Penceremden İnciler</t>
+          <t>Paradokslar</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>235</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786053067207</t>
+          <t>9786053067917</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Belki de Şiir Bilmiyorum</t>
+          <t>Biz Dedemle Kapı Yaptık</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786053067252</t>
+          <t>9786053068044</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çökünce</t>
+          <t>Fırtına Mevsimi</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786053067191</t>
+          <t>9786053068136</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seni Yazıyor Anne</t>
+          <t>Tanrı Misafiri</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786053067177</t>
+          <t>9786053068020</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Perla</t>
+          <t>Soğuk Beyaz</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786053067184</t>
+          <t>9786053068105</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Yolculuğu</t>
+          <t>Ey Kadın</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786053066859</t>
+          <t>9786053068037</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Müdür Nebahat</t>
+          <t>Küflü Virgül</t>
         </is>
       </c>
       <c r="C1793" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786053066996</t>
+          <t>9786053068075</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ölümsüzü Sevmektir</t>
+          <t>Levla</t>
         </is>
       </c>
       <c r="C1794" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786053067085</t>
+          <t>9786053068099</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Kokulu Düşler</t>
+          <t>Olmadı Taşraya Kaçarız</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786053066835</t>
+          <t>9786053067832</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Erbatın feat Gülbari’s</t>
+          <t>Kurdun Gözyaşları</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786053067160</t>
+          <t>9786053068129</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Tepe Taklak</t>
+          <t>Aktopetist Derin Kehanet</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786053066767</t>
+          <t>9786053068068</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Denizler Mürekkep Olsa</t>
+          <t>Şiirler Dünyası</t>
         </is>
       </c>
       <c r="C1798" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786053067047</t>
+          <t>9786053068082</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Yol Haydutları</t>
+          <t>Yarın Olmayabilir</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786053066965</t>
+          <t>9786053067948</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Üstün Zekalı Mı?</t>
+          <t>Cücenin Taşkını</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786053067092</t>
+          <t>9786053067931</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Bodo Ron’un Maceraları</t>
+          <t>Heja</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786053066842</t>
+          <t>9786053067900</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hikayeleri</t>
+          <t>Tabkı</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786053066736</t>
+          <t>9786053067894</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Seçilmişler</t>
+          <t>Yüreğimdeki İzler</t>
         </is>
       </c>
       <c r="C1803" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786053067146</t>
+          <t>9786053067887</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Patron Olmak İstiyorum</t>
+          <t>Yalnızlık Kaçışıdır İnsanın Kendine Doğru</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786053066934</t>
+          <t>9786053067665</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde İşlenen Saltanat Cinayetleri Meselesi</t>
+          <t>Bir Avuç Eylül</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786053066323</t>
+          <t>9786053067849</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Maslak - Moda Hattı</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786053067122</t>
+          <t>9786053067825</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Saru</t>
+          <t>Çalışarak Mutlu Bir Dünya Kurmak Mümkün mü?</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786053067054</t>
+          <t>9786053067863</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Ölmek Hakkım</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786053066866</t>
+          <t>9786053067696</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Müzecilikte İletişim ve Atmosfer</t>
+          <t>Başka Bir Hayat</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786053066606</t>
+          <t>9786053067856</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Gecenin Tehlikeli Saatleri</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786053066989</t>
+          <t>9786053067801</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kapaklı Küçük Kitap</t>
+          <t>Yaşamdan Damlalar</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786053067078</t>
+          <t>9786053067702</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Ozanca Sağlık Mobbing Politika</t>
+          <t>Ulya</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786053066910</t>
+          <t>9786053067818</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Yasun'un Mediyesi Karınca Yuvaları</t>
+          <t>İnkılap Şehidi Kubilay ve Menemen Hadisesine Tepkiler</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786053066774</t>
+          <t>9786053067283</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>Herkesin İstismar Ettiği Evrim Yeni Bir Yaklaşım</t>
+          <t>Senden Ayrı Kalalı</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786053066873</t>
+          <t>9786053067771</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Oy Şeboy</t>
+          <t>Masal</t>
         </is>
       </c>
       <c r="C1815" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786053066804</t>
+          <t>9786053067764</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Bize Ne Lazım</t>
+          <t>Hayfa</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786053067108</t>
+          <t>9786053067788</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Ve Tutku Bir Aşk Yarattı</t>
+          <t>Mutluluk Adına</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786053066811</t>
+          <t>9786053067795</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Değirmen Taşı</t>
+          <t>Seni Düşünmek</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786053066972</t>
+          <t>9786053067740</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Beni Hafife Alma</t>
+          <t>Gecenin Gölgeleri</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786053067061</t>
+          <t>9786053067658</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Seninleyim Sanırsın Ama Ben Birden Yalnız Kalırım</t>
+          <t>Honderya</t>
         </is>
       </c>
       <c r="C1820" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786053066750</t>
+          <t>9786053067641</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Yelkovan</t>
+          <t>Asi'l Aşk</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786053066880</t>
+          <t>9786053067634</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Bir Obsesifin Günlüğü</t>
+          <t>Şiir Çiçekleri</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786053066897</t>
+          <t>9786053067689</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Şşşt! Kimse Duymasın</t>
+          <t>Psikolojik Zafiyetten Doğan Yönetim Çılgınlığı</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786053067023</t>
+          <t>9786053067498</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Cesur</t>
+          <t>Pediatri Pratiği mnt Algoritmalar İlaç Dozları</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786053066675</t>
+          <t>9786053067504</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Yansımalar</t>
+          <t>Kırık Döngü</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786053066699</t>
+          <t>9786053067566</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Hıkd</t>
+          <t>Jolier Rawen - Ben ve Kendim</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786053066682</t>
+          <t>9786053067443</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Nadas</t>
+          <t>Düşüncelerin Hediyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786053066712</t>
+          <t>9786053067559</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Benim İnsanlarım</t>
+          <t>Kadın, Defne</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786053066729</t>
+          <t>9786053067597</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Barış Ayetleri</t>
+          <t>Bilinç Üzerine Araştırma</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786053066514</t>
+          <t>9786053067542</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Kehanet - Karanlıkla Aydınlığın Dansı</t>
+          <t>Kanlı Kontes Elizabeth Bathory</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>325</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786053066552</t>
+          <t>9786053067610</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Hayatıma Gelen Meleklerim</t>
+          <t>Ahlat Ağacı</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>115</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786053066576</t>
+          <t>9786053067528</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Ölürse Yer Beğensin Kalırsa El Beğensin</t>
+          <t>Şubat Rengi</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786053065036</t>
+          <t>9786053067573</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Nerden Başlasam Nasıl Yazsam</t>
+          <t>Evrenin Efendileri Bozkurtlar</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786053066637</t>
+          <t>9786053067511</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Mor Düşler</t>
+          <t>Türk</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786053066620</t>
+          <t>9786053067535</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu ve Öteki</t>
+          <t>Karanlık Zaaflar</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786053066224</t>
+          <t>9786053067627</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Gaça Gaç’ta Büyükbabam</t>
+          <t>Azar Azar</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>205</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786053066521</t>
+          <t>9786053067580</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Güvercinin Kanadı</t>
+          <t>Doggy Cin Blues</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786053066422</t>
+          <t>9786053067603</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Derinliklerinde</t>
+          <t>Arka Fren Kampana</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786053066491</t>
+          <t>9786053067221</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Başı Açık Düşünceler</t>
+          <t>Erotomanya</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786053064862</t>
+          <t>9786053067450</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Hipnozun El Kitabı</t>
+          <t>Dokunduğundan Beri Saçlarımda Yıldızlar Var</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786053066439</t>
+          <t>9786053067375</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Çağla Tonunda</t>
+          <t>Bir Yanım Kırım Bir Yanım Selanik</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786053066569</t>
+          <t>9786053067382</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Avare</t>
+          <t>Süslü Masa</t>
         </is>
       </c>
       <c r="C1842" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786053066231</t>
+          <t>9786053067429</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Yaşayan İnsan Profilleri</t>
+          <t>Kelebek Kanatları</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786053066477</t>
+          <t>9786053067405</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Çiçek</t>
+          <t>Ruhumun Aynası</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786053061762</t>
+          <t>9786053067474</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Da Yaparım Kariyer De</t>
+          <t>Andal</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786053066644</t>
+          <t>9786053067467</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>İşci ve İşveren İlişkisi</t>
+          <t>Çirkin Adam</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786053066507</t>
+          <t>9786053067399</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Adı 17</t>
+          <t>Sevgisiz Sevgiler</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786053066446</t>
+          <t>9786053067412</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Mavi Saat</t>
+          <t>Papatya Kadın</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786053066453</t>
+          <t>9786053067153</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Verkaç</t>
+          <t>Tanrı'nın Bilinçaltı</t>
         </is>
       </c>
       <c r="C1849" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786053066484</t>
+          <t>9786053067306</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Kaf - Girdapta Bir Düşüm</t>
+          <t>Rüzgara Karşı</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786053066408</t>
+          <t>9786053067337</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Güç</t>
+          <t>Tozlu Yollar</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786053065722</t>
+          <t>9786053066958</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Kirman'da</t>
+          <t>İmtihan Dünyası Burası</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>95</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786053066361</t>
+          <t>9786053067368</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Manisa Tarzanı</t>
+          <t>Yüreğime Yaslan Çocuk</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786053066262</t>
+          <t>9786053067214</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdanın Ertesi</t>
+          <t>Diyardan Diyara</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786053066415</t>
+          <t>9786053067351</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Evren İz</t>
+          <t>Kaz Dağlarının Çığlığı Üç Martı</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786053066385</t>
+          <t>9786053067313</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Diner mi Sandın Acılar?</t>
+          <t>Gök Yüzünden</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786053066316</t>
+          <t>9786053067245</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası Papatya</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786053066293</t>
+          <t>9786053067290</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Otuz Delikli Uyku</t>
+          <t>Sınırsız Yeni Dünyanın Sınırları - Sosyal Medyada Hukuk</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786053066194</t>
+          <t>9786053067238</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorular</t>
+          <t>Gözyaşınım Ben Senin</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786053066095</t>
+          <t>9786053067320</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Şiircik Kuşları</t>
+          <t>Hişt Hayat! Tanıdın mı Beni?</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786053066187</t>
+          <t>9786053067344</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>İki Anne İki Oğul</t>
+          <t>Penceremden İnciler</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>165</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786053066064</t>
+          <t>9786053067207</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Şiirleri</t>
+          <t>Belki de Şiir Bilmiyorum</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786053065715</t>
+          <t>9786053067252</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Karanlık Çökünce</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786053066354</t>
+          <t>9786053067191</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kabullenmeye Hazır Mısın?</t>
+          <t>Tarih Seni Yazıyor Anne</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786053065708</t>
+          <t>9786053067177</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Deprem</t>
+          <t>Perla</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786053066286</t>
+          <t>9786053067184</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Yelkovan</t>
+          <t>Adem’in Yolculuğu</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786053066347</t>
+          <t>9786053066859</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Bedir'den Çanakkale'ye 15 Temmuz Şehitleri</t>
+          <t>Müdür Nebahat</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786053066071</t>
+          <t>9786053066996</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Yumeiho - Japon Terapi Yöntemi</t>
+          <t>Aşk Ölümsüzü Sevmektir</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786053066248</t>
+          <t>9786053067085</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Konuşamamak İyidir Mektupları</t>
+          <t>Okyanus Kokulu Düşler</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786053066255</t>
+          <t>9786053066835</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Flu</t>
+          <t>Erbatın feat Gülbari’s</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786053065746</t>
+          <t>9786053067160</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Yasun'un Mediye'si Öğretmen Ailesi</t>
+          <t>Tepe Taklak</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786053066156</t>
+          <t>9786053066767</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Dolunay'ın Ayıbı</t>
+          <t>Denizler Mürekkep Olsa</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786053065944</t>
+          <t>9786053067047</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Son Liman</t>
+          <t>Yol Haydutları</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786053066163</t>
+          <t>9786053066965</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Sillage</t>
+          <t>Çocuğum Üstün Zekalı Mı?</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786053065418</t>
+          <t>9786053067092</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Biraz Daha Işık</t>
+          <t>Bodo Ron’un Maceraları</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786053066132</t>
+          <t>9786053066842</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Arslanköy Arslanotağı</t>
+          <t>İnsan Hikayeleri</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>46</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786053065968</t>
+          <t>9786053066736</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Deli Kovanı</t>
+          <t>Seçilmişler</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786053066149</t>
+          <t>9786053067146</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Kendime ''Ben''den Mutluluk</t>
+          <t>Patron Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786053065364</t>
+          <t>9786053066934</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Elif Hasen</t>
+          <t>Osmanlı Tarihinde İşlenen Saltanat Cinayetleri Meselesi</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786053065982</t>
+          <t>9786053066323</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Sevmesini Sevdiğim</t>
+          <t>Maslak - Moda Hattı</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9786053066118</t>
+          <t>9786053067122</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İçinden</t>
+          <t>Saru</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9786053065876</t>
+          <t>9786053067054</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Veda</t>
+          <t>Ölmek Hakkım</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9786053065791</t>
+          <t>9786053066866</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Çöküş</t>
+          <t>Müzecilikte İletişim ve Atmosfer</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9786053066040</t>
+          <t>9786053066606</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Clementine</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9786053065685</t>
+          <t>9786053066989</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Gül Gülümse</t>
+          <t>Kırmızı Kapaklı Küçük Kitap</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9786053066125</t>
+          <t>9786053067078</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Kedi'ye</t>
+          <t>Ozanca Sağlık Mobbing Politika</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9786053065401</t>
+          <t>9786053066910</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans</t>
+          <t>Yasun'un Mediyesi Karınca Yuvaları</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9786053065951</t>
+          <t>9786053066774</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Şövalye</t>
+          <t>Herkesin İstismar Ettiği Evrim Yeni Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9786053065937</t>
+          <t>9786053066873</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Sinan ve Sureyya</t>
+          <t>Oy Şeboy</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9786053066101</t>
+          <t>9786053066804</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Muna</t>
+          <t>Bize Ne Lazım</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9786053065975</t>
+          <t>9786053067108</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Felsefik Globalist'in Dünyası</t>
+          <t>Ve Tutku Bir Aşk Yarattı</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9786053065883</t>
+          <t>9786053066811</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Bazen Sadece Özlersin</t>
+          <t>Değirmen Taşı</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9786053065814</t>
+          <t>9786053066972</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Altmış İki Bin</t>
+          <t>Beni Hafife Alma</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>360</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9786053065593</t>
+          <t>9786053067061</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Meyvelere Ben Düştü Şiirimden Demetler</t>
+          <t>Seninleyim Sanırsın Ama Ben Birden Yalnız Kalırım</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9786053065760</t>
+          <t>9786053066750</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Çeşm-i Giryan Çeşminaz Üdebai Çaresaz</t>
+          <t>Yelkovan</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9786053065579</t>
+          <t>9786053066880</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Renkleri</t>
+          <t>Bir Obsesifin Günlüğü</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>235</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786053065678</t>
+          <t>9786053066897</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>İzmir Penceresi</t>
+          <t>Şşşt! Kimse Duymasın</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9786053065890</t>
+          <t>9786053067023</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Bi De Bu Taraftan Bak</t>
+          <t>Cesur</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9786053065869</t>
+          <t>9786053066675</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Ahır</t>
+          <t>Parçalanmış Yansımalar</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9786053065210</t>
+          <t>9786053066699</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Hayal Sandığı</t>
+          <t>Hıkd</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9786053065692</t>
+          <t>9786053066682</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Nadas</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9786053066033</t>
+          <t>9786053066712</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Demir Çubuk</t>
+          <t>Benim İnsanlarım</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9786053065562</t>
+          <t>9786053066729</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koydum</t>
+          <t>Barış Ayetleri</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9786053065906</t>
+          <t>9786053066514</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Formatlanmış Beyinler</t>
+          <t>Kehanet - Karanlıkla Aydınlığın Dansı</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9786053065913</t>
+          <t>9786053066552</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>Hayatıma Gelen Meleklerim</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9786053065265</t>
+          <t>9786053066576</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Başkentine Bir Mektup</t>
+          <t>Ölürse Yer Beğensin Kalırsa El Beğensin</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9786053065999</t>
+          <t>9786053065036</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Hikayesi</t>
+          <t>Nerden Başlasam Nasıl Yazsam</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9786053065555</t>
+          <t>9786053066637</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Işık Elçileri</t>
+          <t>Mor Düşler</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9786053065548</t>
+          <t>9786053066620</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>İzi Var Hala</t>
+          <t>Bilim Kurgu ve Öteki</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9786053065517</t>
+          <t>9786053066224</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Bıraktınız</t>
+          <t>Gaça Gaç’ta Büyükbabam</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9786053064657</t>
+          <t>9786053066521</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Senin Problemin Egzistansiyel</t>
+          <t>Güvercinin Kanadı</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>225</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9786053064848</t>
+          <t>9786053066422</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sonsuz Güce Uyan</t>
+          <t>İnsanın Derinliklerinde</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9786053065500</t>
+          <t>9786053066491</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin</t>
+          <t>Başı Açık Düşünceler</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9786053065272</t>
+          <t>9786053064862</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı</t>
+          <t>Uygulamalı Hipnozun El Kitabı</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9786053065487</t>
+          <t>9786053066439</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Kardelen'e Mektuplar</t>
+          <t>Çağla Tonunda</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9786053065609</t>
+          <t>9786053066569</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk İle Hiçlik Arasındaki İnsan</t>
+          <t>Avare</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9786053063254</t>
+          <t>9786053066231</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Adalet Benim</t>
+          <t>Dünyadaki Yaşayan İnsan Profilleri</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786053065654</t>
+          <t>9786053066477</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Nihal</t>
+          <t>Çılgın Çiçek</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9786053065623</t>
+          <t>9786053061762</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve İktisat Politikası Gibi Bir Şey</t>
+          <t>Çocuk Da Yaparım Kariyer De</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9786053064749</t>
+          <t>9786053066644</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Benden Hippi Olur Mu?</t>
+          <t>İşci ve İşveren İlişkisi</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9786053065180</t>
+          <t>9786053066507</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Manyaklar!</t>
+          <t>Adı 17</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9786053065135</t>
+          <t>9786053066446</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Dönüşü Olmayan Yolların Göçmeni</t>
+          <t>Mavi Saat</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9786053065166</t>
+          <t>9786053066453</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Nefes</t>
+          <t>Verkaç</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9786053065203</t>
+          <t>9786053066484</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Küllenen Aşklar</t>
+          <t>Kaf - Girdapta Bir Düşüm</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9786053065227</t>
+          <t>9786053066408</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Luzon</t>
+          <t>İçimizdeki Güç</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9786053065326</t>
+          <t>9786053065722</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Gözlü Kelebek</t>
+          <t>Kirman'da</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>255</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9786053064718</t>
+          <t>9786053066361</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Aslan Mehmet</t>
+          <t>Manisa Tarzanı</t>
         </is>
       </c>
       <c r="C1927" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9786053065258</t>
+          <t>9786053066262</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Kar</t>
+          <t>Bir Sevdanın Ertesi</t>
         </is>
       </c>
       <c r="C1928" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9786053065098</t>
+          <t>9786053066415</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Evren İz</t>
         </is>
       </c>
       <c r="C1929" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9786053065074</t>
+          <t>9786053066385</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Güzel Bilene</t>
+          <t>Diner mi Sandın Acılar?</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9786053065081</t>
+          <t>9786053066316</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Irak Yanıyor</t>
+          <t>Ekmek Arası Papatya</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9786053065128</t>
+          <t>9786053066293</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Ben Geldim Baba</t>
+          <t>Otuz Delikli Uyku</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9786053064787</t>
+          <t>9786053066194</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Tanrılara Yolculuk</t>
+          <t>Büyük Sorular</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9786053065371</t>
+          <t>9786053066095</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Adalet Timsali</t>
+          <t>Şiircik Kuşları</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9786053064985</t>
+          <t>9786053066187</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Semada Bir Kırlangıç</t>
+          <t>İki Anne İki Oğul</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>37</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9786053065043</t>
+          <t>9786053066064</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Fındığın Günlüğü</t>
+          <t>Erzurum Şiirleri</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9786053064473</t>
+          <t>9786053065715</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Fenkolog</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>3991234857425</t>
+          <t>9786053066354</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Biraz Gerçek Çokça Hayaldi</t>
+          <t>Kendini Kabullenmeye Hazır Mısın?</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>210</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9786053064695</t>
+          <t>9786053065708</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Mahkemesi Diyalogları</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9786053064824</t>
+          <t>9786053066286</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>10'un Kızı</t>
+          <t>Yelkovan</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9786053064558</t>
+          <t>9786053066347</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Pusula - Saklı Orman</t>
+          <t>Bedir'den Çanakkale'ye 15 Temmuz Şehitleri</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9786053065111</t>
+          <t>9786053066071</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Değer Miydi?</t>
+          <t>Yumeiho - Japon Terapi Yöntemi</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9786053065104</t>
+          <t>9786053066248</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Üç İki Kardeş</t>
+          <t>Konuşamamak İyidir Mektupları</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9786053064978</t>
+          <t>9786053066255</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>13. Araf</t>
+          <t>Flu</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9786053064930</t>
+          <t>9786053065746</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Hasretim Zehir Özlemim Zıkkım Olsun</t>
+          <t>Yasun'un Mediye'si Öğretmen Ailesi</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9786053064855</t>
+          <t>9786053066156</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>İyi Besle!</t>
+          <t>Dolunay'ın Ayıbı</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9786053065173</t>
+          <t>9786053065944</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Okuma! Sadece Dene ve Yaşa</t>
+          <t>Son Liman</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9786053065067</t>
+          <t>9786053066163</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Adım Süreyya</t>
+          <t>Sillage</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9786053064947</t>
+          <t>9786053065418</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Baki</t>
+          <t>Biraz Daha Işık</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>47</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9786053064909</t>
+          <t>9786053066132</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma Nasıl Satranç Öğretirim?</t>
+          <t>Arslanköy Arslanotağı</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>110</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9786053065050</t>
+          <t>9786053065968</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Derdine Düştüm</t>
+          <t>Deli Kovanı</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9786053064992</t>
+          <t>9786053066149</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Murdock</t>
+          <t>Kendime ''Ben''den Mutluluk</t>
         </is>
       </c>
       <c r="C1952" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9786053065005</t>
+          <t>9786053065364</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Hep Ama Hiç</t>
+          <t>Elif Hasen</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9786053064633</t>
+          <t>9786053065982</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Sevmesini Sevdiğim</t>
         </is>
       </c>
       <c r="C1954" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9786053062035</t>
+          <t>9786053066118</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz</t>
+          <t>Zamanın İçinden</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>44</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9786053064688</t>
+          <t>9786053065876</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya</t>
+          <t>Aşkla Veda</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9786053064671</t>
+          <t>9786053065791</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Şair Ruhlu Ressam</t>
+          <t>Entelektüel Çöküş</t>
         </is>
       </c>
       <c r="C1957" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9786053064923</t>
+          <t>9786053066040</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Geç mi Kaldım?</t>
+          <t>Clementine</t>
         </is>
       </c>
       <c r="C1958" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9786053064817</t>
+          <t>9786053065685</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>Reset</t>
+          <t>Gül Gülümse</t>
         </is>
       </c>
       <c r="C1959" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9786053062905</t>
+          <t>9786053066125</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Esma - Çocukluğum Gibi Sev Beni</t>
+          <t>Kedi'ye</t>
         </is>
       </c>
       <c r="C1960" s="1">
-        <v>215</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9786053064794</t>
+          <t>9786053065401</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>Arınmak İçin Şiirler</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>100</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9786053062646</t>
+          <t>9786053065951</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Zor Bir Yaşamdan Mutluluğa Açılan Kapı</t>
+          <t>Şövalye</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9786053064916</t>
+          <t>9786053065937</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Biraz Gece Biraz Hece</t>
+          <t>Sinan ve Sureyya</t>
         </is>
       </c>
       <c r="C1963" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9786053064619</t>
+          <t>9786053066101</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Bıyıksız Osmanlı</t>
+          <t>Muna</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>3990053064886</t>
+          <t>9786053065975</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Anka</t>
+          <t>Felsefik Globalist'in Dünyası</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9786053062837</t>
+          <t>9786053065883</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Çıplak ve Ölüydüler</t>
+          <t>Bazen Sadece Özlersin</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9786053064725</t>
+          <t>9786053065814</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Altmış İki Bin</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9786053064763</t>
+          <t>9786053065593</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>Bahane Herkeste Var</t>
+          <t>Meyvelere Ben Düştü Şiirimden Demetler</t>
         </is>
       </c>
       <c r="C1968" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9786053064893</t>
+          <t>9786053065760</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>Ve Hayat Devam Eder</t>
+          <t>Çeşm-i Giryan Çeşminaz Üdebai Çaresaz</t>
         </is>
       </c>
       <c r="C1969" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9786053064404</t>
+          <t>9786053065579</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Dokunabilseydim Güneş’e</t>
+          <t>Aşkın Renkleri</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9786053064275</t>
+          <t>9786053065678</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Düşünce</t>
+          <t>İzmir Penceresi</t>
         </is>
       </c>
       <c r="C1971" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9786053063773</t>
+          <t>9786053065890</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>Platonik Aşk</t>
+          <t>Bi De Bu Taraftan Bak</t>
         </is>
       </c>
       <c r="C1972" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9786053064732</t>
+          <t>9786053065869</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Tak Tak Tak</t>
+          <t>Ahır</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9786053064640</t>
+          <t>9786053065210</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Kahreden Karanlıkta</t>
+          <t>Hayal Sandığı</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9786053064381</t>
+          <t>9786053065692</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Diğer Evrenin Senaristi</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C1975" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786053064756</t>
+          <t>9786053066033</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Ömrümün Yarısı</t>
+          <t>Demir Çubuk</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9786053064664</t>
+          <t>9786053065562</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Yağmurayaz</t>
+          <t>Adını Sen Koydum</t>
         </is>
       </c>
       <c r="C1977" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9786053064770</t>
+          <t>9786053065906</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ağacının Gölgesinde</t>
+          <t>Formatlanmış Beyinler</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9786053064329</t>
+          <t>9786053065913</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Akıl Çarpıntısı</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C1979" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9786053064503</t>
+          <t>9786053065265</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Çerez</t>
+          <t>Dünyanın Başkentine Bir Mektup</t>
         </is>
       </c>
       <c r="C1980" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9786053063506</t>
+          <t>9786053065999</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Pavlus</t>
+          <t>Bir Yol Hikayesi</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9786053064510</t>
+          <t>9786053065555</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Meydan Gazetesi</t>
+          <t>Işık Elçileri</t>
         </is>
       </c>
       <c r="C1982" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786053064541</t>
+          <t>9786053065548</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Ebeveyn Olmak</t>
+          <t>İzi Var Hala</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9786053064589</t>
+          <t>9786053065517</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>Dante</t>
+          <t>Yalnız Bıraktınız</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9786053064312</t>
+          <t>9786053064657</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>Hayallere Kelepçe Vurulmaz</t>
+          <t>Senin Problemin Egzistansiyel</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9786053064466</t>
+          <t>9786053064848</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>Ayna Kiri</t>
+          <t>İçindeki Sonsuz Güce Uyan</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9786053064299</t>
+          <t>9786053065500</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>Aşk Algoritması</t>
+          <t>Aşk İçin</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9786053064237</t>
+          <t>9786053065272</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Ethem Gözüyle Kurtuluş Savaşı</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9786053064480</t>
+          <t>9786053065487</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>İş İşten Geçmeden!</t>
+          <t>Kardelen'e Mektuplar</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9786053064459</t>
+          <t>9786053065609</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Asrın Savaşları</t>
+          <t>Sonsuzluk İle Hiçlik Arasındaki İnsan</t>
         </is>
       </c>
       <c r="C1990" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>3990053064398</t>
+          <t>9786053063254</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Adalet Benim</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9786053064343</t>
+          <t>9786053065654</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Biçare</t>
+          <t>Nihal</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9786053064367</t>
+          <t>9786053065623</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yaşayan Süryanilerin Ölüm Ritüelleri Mardin Örneği</t>
+          <t>Çevre ve İktisat Politikası Gibi Bir Şey</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>105</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9786053064374</t>
+          <t>9786053064749</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Duygunun Adresi</t>
+          <t>Benden Hippi Olur Mu?</t>
         </is>
       </c>
       <c r="C1994" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9786053064534</t>
+          <t>9786053065180</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Bir Deniz'in Anatomisi</t>
+          <t>Sosyal Manyaklar!</t>
         </is>
       </c>
       <c r="C1995" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9786053064220</t>
+          <t>9786053065135</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Kal</t>
+          <t>Dönüşü Olmayan Yolların Göçmeni</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9786053064053</t>
+          <t>9786053065166</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Yüzler</t>
+          <t>Bir Küçük Nefes</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9786053064008</t>
+          <t>9786053065203</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>22 Yirmi İki</t>
+          <t>Küllenen Aşklar</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9786053063810</t>
+          <t>9786053065227</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Görülen Kentlerde Çizgilerin Müziği</t>
+          <t>Luzon</t>
         </is>
       </c>
       <c r="C1999" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9786053063964</t>
+          <t>9786053065326</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Hatırası</t>
+          <t>Lacivert Gözlü Kelebek</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9786053064022</t>
+          <t>9786053064718</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir İsyan'ım!</t>
+          <t>Aslan Mehmet</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9786053064121</t>
+          <t>9786053065258</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>Hoşca Kal Deme Bana</t>
+          <t>Başka Bir Kar</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9786053064206</t>
+          <t>9786053065098</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>İşte Hayat Böyle</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9786053064145</t>
+          <t>9786053065074</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Piramit - Gizemin İlk Parçası</t>
+          <t>Yaşamak Güzel Bilene</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9786053064107</t>
+          <t>9786053065081</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğim Sensin</t>
+          <t>Irak Yanıyor</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9786053064015</t>
+          <t>9786053065128</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Amazon Üniversitesi ve Başarının Sırları</t>
+          <t>Ben Geldim Baba</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9786053064176</t>
+          <t>9786053064787</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Dağın Kardelenleri</t>
+          <t>Tanrılara Yolculuk</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9786053063902</t>
+          <t>9786053065371</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Çözüm</t>
+          <t>Adalet Timsali</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9786053064077</t>
+          <t>9786053064985</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>Semada Bir Kırlangıç</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>100</v>
+        <v>37</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9786053064268</t>
+          <t>9786053065043</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Güzeldi</t>
+          <t>Fındığın Günlüğü</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9786053064084</t>
+          <t>9786053064473</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Felsefedeki Can Candaki Felsefe</t>
+          <t>Fenkolog</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9786053063971</t>
+          <t>3991234857425</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Bir Şairim Yine</t>
+          <t>Biraz Gerçek Çokça Hayaldi</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9786053063933</t>
+          <t>9786053064695</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Senden Yoksun</t>
+          <t>Tanrılar Mahkemesi Diyalogları</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9786053064138</t>
+          <t>9786053064824</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Veda</t>
+          <t>10'un Kızı</t>
         </is>
       </c>
       <c r="C2014" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9786053063841</t>
+          <t>9786053064558</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Lejyon</t>
+          <t>Pusula - Saklı Orman</t>
         </is>
       </c>
       <c r="C2015" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9786053064046</t>
+          <t>9786053065111</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Bitti Dediğim Yerden</t>
+          <t>Değer Miydi?</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9786053064190</t>
+          <t>9786053065104</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Çocuksu Yansımalar</t>
+          <t>Üç İki Kardeş</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>34</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9786053064183</t>
+          <t>9786053064978</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Zihnimin Kapıları</t>
+          <t>13. Araf</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9786053063780</t>
+          <t>9786053064930</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Kuantum İle Hayat</t>
+          <t>Hasretim Zehir Özlemim Zıkkım Olsun</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9786053063919</t>
+          <t>9786053064855</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şafak Kokusunda</t>
+          <t>İyi Besle!</t>
         </is>
       </c>
       <c r="C2020" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9786053063728</t>
+          <t>9786053065173</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Zeytinlik Devrimcileri</t>
+          <t>Okuma! Sadece Dene ve Yaşa</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9786053063803</t>
+          <t>9786053065067</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Gel/me Teskere</t>
+          <t>Adım Süreyya</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9786053063896</t>
+          <t>9786053064947</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Bulutlarla Geçersin Geceden</t>
+          <t>Aşk-ı Baki</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>100</v>
+        <v>47</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>3990000022197</t>
+          <t>9786053064909</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Kainatı Okuyorum İnançlarımı Öğreniyorum</t>
+          <t>Çocuğuma Nasıl Satranç Öğretirim?</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>32</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9786053063414</t>
+          <t>9786053065050</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Kalıntılar</t>
+          <t>Derdine Düştüm</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9786053063681</t>
+          <t>9786053064992</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>Murdock</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9786053063711</t>
+          <t>9786053065005</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kıyamet</t>
+          <t>Hep Ama Hiç</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9786053061991</t>
+          <t>9786053064633</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Gidersem Beni İyi Hatırla</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9786053063698</t>
+          <t>9786053062035</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Artakalanlar</t>
+          <t>Engelsiz</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>115</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9786053063643</t>
+          <t>9786053064688</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Gökyüzü</t>
+          <t>Gizli Dünya</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9786056841101</t>
+          <t>9786053064671</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni Adım Kitabı</t>
+          <t>Şair Ruhlu Ressam</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9786053063674</t>
+          <t>9786053064923</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Çenebaz</t>
+          <t>Geç mi Kaldım?</t>
         </is>
       </c>
       <c r="C2032" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9786053063391</t>
+          <t>9786053064817</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Güz Yaprağı</t>
+          <t>Reset</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9786053063537</t>
+          <t>9786053062905</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Acı Sevdam</t>
+          <t>Esma - Çocukluğum Gibi Sev Beni</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>105</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9786053063667</t>
+          <t>9786053064794</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Tiyatro</t>
+          <t>Arınmak İçin Şiirler</t>
         </is>
       </c>
       <c r="C2035" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9786053063520</t>
+          <t>9786053062646</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Adım Mavi Benim</t>
+          <t>Zor Bir Yaşamdan Mutluluğa Açılan Kapı</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9786053063377</t>
+          <t>9786053064916</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Tek Solukta Canlı Sosyalist Model</t>
+          <t>Biraz Gece Biraz Hece</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9786053063469</t>
+          <t>9786053064619</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Vosvos</t>
+          <t>Bıyıksız Osmanlı</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9786053063162</t>
+          <t>3990053064886</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>Ten Rengi</t>
+          <t>Anka</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9786053063582</t>
+          <t>9786053062837</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hikayem</t>
+          <t>Çıplak ve Ölüydüler</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9786053063544</t>
+          <t>9786053064725</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Ayın Gölgesi</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9786053063490</t>
+          <t>9786053064763</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Her Kelimesi Bir Anlam Her Kelimesi Bir İnsan</t>
+          <t>Bahane Herkeste Var</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9786053063575</t>
+          <t>9786053064893</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Cenneti</t>
+          <t>Ve Hayat Devam Eder</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9786053063605</t>
+          <t>9786053064404</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>The United States Effect on Turkey's EU Membership Process: Reasons for “Strong” Support Until 2011</t>
+          <t>Dokunabilseydim Güneş’e</t>
         </is>
       </c>
       <c r="C2044" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9786053063513</t>
+          <t>9786053064275</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>The Pideci</t>
+          <t>Bir Damla Düşünce</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9786053060673</t>
+          <t>9786053063773</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Çardaktan Süzülen Öyküler</t>
+          <t>Platonik Aşk</t>
         </is>
       </c>
       <c r="C2046" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9786053063445</t>
+          <t>9786053064732</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Efendisi (Ciltli)</t>
+          <t>Tak Tak Tak</t>
         </is>
       </c>
       <c r="C2047" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9786053063384</t>
+          <t>9786053064640</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Dr. Carret ve Mürşit</t>
+          <t>Kahreden Karanlıkta</t>
         </is>
       </c>
       <c r="C2048" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9786053063353</t>
+          <t>9786053064381</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Ayna Ruh</t>
+          <t>Diğer Evrenin Senaristi</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9786053063407</t>
+          <t>9786053064756</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>İki Cinayet Bir Ekip</t>
+          <t>Yüzün Ömrümün Yarısı</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9786053063483</t>
+          <t>9786053064664</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Satılık Olmayan Öyküler</t>
+          <t>Yağmurayaz</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>32</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9786053063438</t>
+          <t>9786053064770</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>Muzlu Puding</t>
+          <t>Çınar Ağacının Gölgesinde</t>
         </is>
       </c>
       <c r="C2052" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>9786053062912</t>
+          <t>9786053064329</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yolunda Bir Ömür</t>
+          <t>Akıl Çarpıntısı</t>
         </is>
       </c>
       <c r="C2053" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9786053063261</t>
+          <t>9786053064503</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>Adını Mutluluk Koydum</t>
+          <t>Çerez</t>
         </is>
       </c>
       <c r="C2054" s="1">
-        <v>105</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9786053063346</t>
+          <t>9786053063506</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Yaşadım mı?</t>
+          <t>Pavlus</t>
         </is>
       </c>
       <c r="C2055" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9786053063278</t>
+          <t>9786053064510</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Ruhu</t>
+          <t>Meydan Gazetesi</t>
         </is>
       </c>
       <c r="C2056" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9786053063322</t>
+          <t>9786053064541</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Kur'an Işığında Ebeveyn Olmak</t>
         </is>
       </c>
       <c r="C2057" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9786053063292</t>
+          <t>9786053064589</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Tut Artık Ellerimden</t>
+          <t>Dante</t>
         </is>
       </c>
       <c r="C2058" s="1">
-        <v>235</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9786053063247</t>
+          <t>9786053064312</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Gariban Oğlu'ndan Aforizmalar</t>
+          <t>Hayallere Kelepçe Vurulmaz</t>
         </is>
       </c>
       <c r="C2059" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9786053063223</t>
+          <t>9786053064466</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Hamido'nun Şiirleri</t>
+          <t>Ayna Kiri</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9786053063100</t>
+          <t>9786053064299</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Aşk Cumhuriyeti</t>
+          <t>Aşk Algoritması</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9786053063056</t>
+          <t>9786053064237</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Cihan'ın Gözünden Cihan</t>
+          <t>Çerkes Ethem Gözüyle Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9786053063308</t>
+          <t>9786053064480</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>Ölürken Elimi Sen Tut</t>
+          <t>İş İşten Geçmeden!</t>
         </is>
       </c>
       <c r="C2063" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9786053061847</t>
+          <t>9786053064459</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Asrın Savaşları</t>
         </is>
       </c>
       <c r="C2064" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>9786053063315</t>
+          <t>3990053064398</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>Hayata Bağlan</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9786053062813</t>
+          <t>9786053064343</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>Yeşilmavi - Kahverengi</t>
+          <t>Biçare</t>
         </is>
       </c>
       <c r="C2066" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9786053062998</t>
+          <t>9786053064367</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Yarın Bugünlerden Ne?</t>
+          <t>Türkiye'de Yaşayan Süryanilerin Ölüm Ritüelleri Mardin Örneği</t>
         </is>
       </c>
       <c r="C2067" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9786053063131</t>
+          <t>9786053064374</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Es Zamanı</t>
+          <t>Duygunun Adresi</t>
         </is>
       </c>
       <c r="C2068" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9786053062943</t>
+          <t>9786053064534</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kıvılcımı</t>
+          <t>Bir Deniz'in Anatomisi</t>
         </is>
       </c>
       <c r="C2069" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9786053062967</t>
+          <t>9786053064220</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>Sabr-ı Aşk</t>
+          <t>Sevgiyle Kal</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9786053063179</t>
+          <t>9786053064053</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğum Bir Şey Var</t>
+          <t>Bölünmüş Yüzler</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9786053063087</t>
+          <t>9786053064008</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>Aile Bütçesi ve Yönetimi</t>
+          <t>22 Yirmi İki</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9786053063193</t>
+          <t>9786053063810</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Eşek</t>
+          <t>Görülen Kentlerde Çizgilerin Müziği</t>
         </is>
       </c>
       <c r="C2073" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9786053063032</t>
+          <t>9786053063964</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kağıt</t>
+          <t>Bir Yaşam Hatırası</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9786053063148</t>
+          <t>9786053064022</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi Serüveni</t>
+          <t>Ben Bir İsyan'ım!</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9786053063094</t>
+          <t>9786053064121</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Hoşca Kal Deme Bana</t>
         </is>
       </c>
       <c r="C2076" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9786053063155</t>
+          <t>9786053064206</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Zamanlar</t>
+          <t>İşte Hayat Böyle</t>
         </is>
       </c>
       <c r="C2077" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9786053062097</t>
+          <t>9786053064145</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hesaplar</t>
+          <t>Kayıp Piramit - Gizemin İlk Parçası</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9786053062981</t>
+          <t>9786053064107</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimi Gidelim</t>
+          <t>Gerçeğim Sensin</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9786053063018</t>
+          <t>9786053064015</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Şimdilik Hoşça Kal</t>
+          <t>Amazon Üniversitesi ve Başarının Sırları</t>
         </is>
       </c>
       <c r="C2080" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9786053062899</t>
+          <t>9786053064176</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Bir Çığlık At Sessiz Olsun</t>
+          <t>Umutsuz Dağın Kardelenleri</t>
         </is>
       </c>
       <c r="C2081" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9786053062929</t>
+          <t>9786053063902</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Surat</t>
+          <t>Kişisel Çözüm</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9786053062769</t>
+          <t>9786053064077</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Söylenen Şarkı</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C2083" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9786053062974</t>
+          <t>9786053064268</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevince</t>
+          <t>Güzeldi</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9786053062875</t>
+          <t>9786053064084</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Bir Avucumda Düş Diğer Avucumda Gerçek</t>
+          <t>Felsefedeki Can Candaki Felsefe</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9786053062806</t>
+          <t>9786053063971</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Boş Vermişler Cemiyeti</t>
+          <t>Yaramaz Bir Şairim Yine</t>
         </is>
       </c>
       <c r="C2086" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9786053062707</t>
+          <t>9786053063933</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalanlar</t>
+          <t>Senden Yoksun</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9786053062844</t>
+          <t>9786053064138</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığım</t>
+          <t>Kalbe Veda</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9786053062936</t>
+          <t>9786053063841</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>İnsanya</t>
+          <t>Lejyon</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>105</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9786053062752</t>
+          <t>9786053064046</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Arayanlar</t>
+          <t>Bitti Dediğim Yerden</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9786053062738</t>
+          <t>9786053064190</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeter Aşk'a</t>
+          <t>Çocuksu Yansımalar</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>125</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9786053062950</t>
+          <t>9786053064183</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>Narin</t>
+          <t>Zihnimin Kapıları</t>
         </is>
       </c>
       <c r="C2092" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9786053062745</t>
+          <t>9786053063780</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Doğusu</t>
+          <t>Kuantum İle Hayat</t>
         </is>
       </c>
       <c r="C2093" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9786053062691</t>
+          <t>9786053063919</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yetişkin Eğitimi ve Kentsel Sorunlar</t>
+          <t>Aşk Şafak Kokusunda</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9786053062639</t>
+          <t>9786053063728</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Tapu Müdürlüklerinin Dünü Bugünü Yarını ve 60 Yıllık Hatıratımız</t>
+          <t>Zeytinlik Devrimcileri</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9786053062721</t>
+          <t>9786053063803</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Yanım</t>
+          <t>Gel/me Teskere</t>
         </is>
       </c>
       <c r="C2096" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9786053062714</t>
+          <t>9786053063896</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bitti</t>
+          <t>Bulutlarla Geçersin Geceden</t>
         </is>
       </c>
       <c r="C2097" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>9786053062677</t>
+          <t>3990000022197</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Sen Benimsin</t>
+          <t>Kainatı Okuyorum İnançlarımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>160</v>
+        <v>32</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9786053062615</t>
+          <t>9786053063414</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Kal'be Kira'lık Aşk'lar</t>
+          <t>Kalıntılar</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9786053061960</t>
+          <t>9786053063681</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>Gümüşkalem</t>
+          <t>22</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9786053062349</t>
+          <t>9786053063711</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>Kozadaki Kadının Hayal’i</t>
+          <t>Kutlu Kıyamet</t>
         </is>
       </c>
       <c r="C2101" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9786053062431</t>
+          <t>9786053061991</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>Lerze</t>
+          <t>Gidersem Beni İyi Hatırla</t>
         </is>
       </c>
       <c r="C2102" s="1">
-        <v>38</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9786053062394</t>
+          <t>9786053063698</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hikayesi</t>
+          <t>Babamdan Artakalanlar</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9786053062028</t>
+          <t>9786053063643</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>Savulun! Barbarosun Torunları Geliyor</t>
+          <t>Bir Demet Gökyüzü</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9786053062455</t>
+          <t>9786056841101</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Şark Günlükleri</t>
+          <t>Şizofreni Adım Kitabı</t>
         </is>
       </c>
       <c r="C2105" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9786053060499</t>
+          <t>9786053063674</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Gönlüm Yurdu</t>
+          <t>Çenebaz</t>
         </is>
       </c>
       <c r="C2106" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9786053062288</t>
+          <t>9786053063391</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış ve Yasaklanmış Aşk</t>
+          <t>Güz Yaprağı</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9786053062448</t>
+          <t>9786053063537</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Yosun Tutan Satırlar</t>
+          <t>Acı Sevdam</t>
         </is>
       </c>
       <c r="C2108" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9786053062363</t>
+          <t>9786053063667</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Sizli Bizli Bey</t>
+          <t>Bilimsel Tiyatro</t>
         </is>
       </c>
       <c r="C2109" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9786053062509</t>
+          <t>9786053063520</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bu</t>
+          <t>Adım Mavi Benim</t>
         </is>
       </c>
       <c r="C2110" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9786053062424</t>
+          <t>9786053063377</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Fahişe</t>
+          <t>Tek Solukta Canlı Sosyalist Model</t>
         </is>
       </c>
       <c r="C2111" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9786053062387</t>
+          <t>9786053063469</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>Pokentranlı Gökmen</t>
+          <t>Kırmızı Vosvos</t>
         </is>
       </c>
       <c r="C2112" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9786053062370</t>
+          <t>9786053063162</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Hastalar ve Doktorları</t>
+          <t>Ten Rengi</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>145</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9786053062523</t>
+          <t>9786053063582</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>İyiyim İyisin</t>
+          <t>En Güzel Hikayem</t>
         </is>
       </c>
       <c r="C2114" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9786053062356</t>
+          <t>9786053063544</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Vagonlar</t>
+          <t>Ayın Gölgesi</t>
         </is>
       </c>
       <c r="C2115" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9786053062486</t>
+          <t>9786053063490</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>Oyun İçinde Oyun</t>
+          <t>Her Kelimesi Bir Anlam Her Kelimesi Bir İnsan</t>
         </is>
       </c>
       <c r="C2116" s="1">
-        <v>165</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9786053062295</t>
+          <t>9786053063575</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ödeme</t>
+          <t>Anadolu Cenneti</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9786053062301</t>
+          <t>9786053063605</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>Ellerimi Çöz</t>
+          <t>The United States Effect on Turkey's EU Membership Process: Reasons for “Strong” Support Until 2011</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9786053062479</t>
+          <t>9786053063513</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>Mardin'de Bir İstanbullu</t>
+          <t>The Pideci</t>
         </is>
       </c>
       <c r="C2119" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9786053062158</t>
+          <t>9786053060673</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>Dökülen Aşk</t>
+          <t>Çardaktan Süzülen Öyküler</t>
         </is>
       </c>
       <c r="C2120" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9786053062219</t>
+          <t>9786053063445</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Öyküler</t>
+          <t>Renklerin Efendisi (Ciltli)</t>
         </is>
       </c>
       <c r="C2121" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9786053061953</t>
+          <t>9786053063384</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Göz: Başlangıç</t>
+          <t>Dr. Carret ve Mürşit</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9786053062011</t>
+          <t>9786053063353</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer Günahlar</t>
+          <t>Ayna Ruh</t>
         </is>
       </c>
       <c r="C2123" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9786053062165</t>
+          <t>9786053063407</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>Ona Beni Anlat</t>
+          <t>İki Cinayet Bir Ekip</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9786053060550</t>
+          <t>9786053063483</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Çığlıklarım</t>
+          <t>Satılık Olmayan Öyküler</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>105</v>
+        <v>32</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9786053062073</t>
+          <t>9786053063438</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>Adını Gecelere Sorsunlar</t>
+          <t>Muzlu Puding</t>
         </is>
       </c>
       <c r="C2126" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9786053061878</t>
+          <t>9786053062912</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Her Hafta Bir Mutluluk</t>
+          <t>Eğitim Yolunda Bir Ömür</t>
         </is>
       </c>
       <c r="C2127" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9786053061946</t>
+          <t>9786053063261</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Yüreğim</t>
+          <t>Adını Mutluluk Koydum</t>
         </is>
       </c>
       <c r="C2128" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9786053061892</t>
+          <t>9786053063346</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>Bildim Buldum Döndüm</t>
+          <t>Yaşadım mı?</t>
         </is>
       </c>
       <c r="C2129" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9786053061908</t>
+          <t>9786053063278</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>Ben Hayat</t>
+          <t>Ağacın Ruhu</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9786053061854</t>
+          <t>9786053063322</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>İnanışlar</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9786053062004</t>
+          <t>9786053063292</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>2023 Baharı</t>
+          <t>Tut Artık Ellerimden</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9786053061786</t>
+          <t>9786053063247</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Bir Kez Daha Dünya</t>
+          <t>Gariban Oğlu'ndan Aforizmalar</t>
         </is>
       </c>
       <c r="C2133" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9786053061793</t>
+          <t>9786053063223</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Devrim'in Aşk'a Kalanı</t>
+          <t>Hamido'nun Şiirleri</t>
         </is>
       </c>
       <c r="C2134" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9786053061700</t>
+          <t>9786053063100</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>En İyi Nasrettin Hoca Fıkraları</t>
+          <t>Aşk Cumhuriyeti</t>
         </is>
       </c>
       <c r="C2135" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9786051284699</t>
+          <t>9786053063056</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>Düğün Gecesi</t>
+          <t>Cihan'ın Gözünden Cihan</t>
         </is>
       </c>
       <c r="C2136" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9786053061809</t>
+          <t>9786053063308</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>Günlüğümden Bölümler</t>
+          <t>Ölürken Elimi Sen Tut</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9786053061670</t>
+          <t>9786053061847</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C2138" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9786053061717</t>
+          <t>9786053063315</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Gurbetçi</t>
+          <t>Hayata Bağlan</t>
         </is>
       </c>
       <c r="C2139" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9786053061052</t>
+          <t>9786053062813</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Bana Eylülümü Geri Verir misin</t>
+          <t>Yeşilmavi - Kahverengi</t>
         </is>
       </c>
       <c r="C2140" s="1">
-        <v>330</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9786053061816</t>
+          <t>9786053062998</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmışlıklar</t>
+          <t>Yarın Bugünlerden Ne?</t>
         </is>
       </c>
       <c r="C2141" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9786053061656</t>
+          <t>9786053063131</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Kasvet</t>
+          <t>Es Zamanı</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>3990000083007</t>
+          <t>9786053062943</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>Seval'in Kaleminden</t>
+          <t>İslam'ın Kıvılcımı</t>
         </is>
       </c>
       <c r="C2143" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9786053061427</t>
+          <t>9786053062967</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Renkleri</t>
+          <t>Sabr-ı Aşk</t>
         </is>
       </c>
       <c r="C2144" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9786053061748</t>
+          <t>9786053063179</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Yerkıta Destanı</t>
+          <t>Unuttuğum Bir Şey Var</t>
         </is>
       </c>
       <c r="C2145" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9786053061328</t>
+          <t>9786053063087</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Aşk</t>
+          <t>Aile Bütçesi ve Yönetimi</t>
         </is>
       </c>
       <c r="C2146" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9786053061526</t>
+          <t>9786053063193</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>Işığın Gölgesinde</t>
+          <t>Küçük Kara Eşek</t>
         </is>
       </c>
       <c r="C2147" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9786053061557</t>
+          <t>9786053063032</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Dansı</t>
+          <t>Renkli Kağıt</t>
         </is>
       </c>
       <c r="C2148" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9786053061625</t>
+          <t>9786053063148</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kadına Eşitlik Arayışı</t>
+          <t>Kar Tanesi Serüveni</t>
         </is>
       </c>
       <c r="C2149" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9786053061571</t>
+          <t>9786053063094</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>Siyah ve Beyaz Düşler</t>
+          <t>Akıl Tutulması</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>52</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9786053061311</t>
+          <t>9786053063155</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>Hasretim</t>
+          <t>Mevsimsiz Zamanlar</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9786053061618</t>
+          <t>9786053062097</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Küçük Hesaplar</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9786053061298</t>
+          <t>9786053062981</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>Mezarda Değilsin Diye Yaşıyorsun Sanma</t>
+          <t>Tut Elimi Gidelim</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9786053061182</t>
+          <t>9786053063018</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>Ali-i Hızır</t>
+          <t>Şimdilik Hoşça Kal</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9786053061496</t>
+          <t>9786053062899</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kopuklukları</t>
+          <t>Bir Çığlık At Sessiz Olsun</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9786053061595</t>
+          <t>9786053062929</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>Gümüş Surat</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
-          <t>9786053061533</t>
+          <t>9786053062769</t>
         </is>
       </c>
       <c r="B2157" s="1" t="inlineStr">
         <is>
-          <t>Seçimler</t>
+          <t>Rüzgara Karşı Söylenen Şarkı</t>
         </is>
       </c>
       <c r="C2157" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" s="1" t="inlineStr">
         <is>
-          <t>9786053061564</t>
+          <t>9786053062974</t>
         </is>
       </c>
       <c r="B2158" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbenin Düşündürdükleri</t>
+          <t>Seni Sevince</t>
         </is>
       </c>
       <c r="C2158" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" s="1" t="inlineStr">
         <is>
-          <t>9786053061441</t>
+          <t>9786053062875</t>
         </is>
       </c>
       <c r="B2159" s="1" t="inlineStr">
         <is>
-          <t>Umudun Kanatlarında</t>
+          <t>Bir Avucumda Düş Diğer Avucumda Gerçek</t>
         </is>
       </c>
       <c r="C2159" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" s="1" t="inlineStr">
         <is>
-          <t>9786053061458</t>
+          <t>9786053062806</t>
         </is>
       </c>
       <c r="B2160" s="1" t="inlineStr">
         <is>
-          <t>Unut Unutamam</t>
+          <t>Boş Vermişler Cemiyeti</t>
         </is>
       </c>
       <c r="C2160" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" s="1" t="inlineStr">
         <is>
-          <t>9786053061410</t>
+          <t>9786053062707</t>
         </is>
       </c>
       <c r="B2161" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünyada Ne Kadar Güvendesiniz?</t>
+          <t>Yarım Kalanlar</t>
         </is>
       </c>
       <c r="C2161" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" s="1" t="inlineStr">
         <is>
-          <t>9786051287669</t>
+          <t>9786053062844</t>
         </is>
       </c>
       <c r="B2162" s="1" t="inlineStr">
         <is>
-          <t>Sinology</t>
+          <t>Gün Işığım</t>
         </is>
       </c>
       <c r="C2162" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" s="1" t="inlineStr">
         <is>
-          <t>9786053061465</t>
+          <t>9786053062936</t>
         </is>
       </c>
       <c r="B2163" s="1" t="inlineStr">
         <is>
-          <t>Elzem</t>
+          <t>İnsanya</t>
         </is>
       </c>
       <c r="C2163" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" s="1" t="inlineStr">
         <is>
-          <t>9786053060970</t>
+          <t>9786053062752</t>
         </is>
       </c>
       <c r="B2164" s="1" t="inlineStr">
         <is>
-          <t>Aztek Chihuahua</t>
+          <t>Mutluluk Arayanlar</t>
         </is>
       </c>
       <c r="C2164" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" s="1" t="inlineStr">
         <is>
-          <t>9786053061267</t>
+          <t>9786053062738</t>
         </is>
       </c>
       <c r="B2165" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kaldıracı</t>
+          <t>Aşk Yeter Aşk'a</t>
         </is>
       </c>
       <c r="C2165" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" s="1" t="inlineStr">
         <is>
-          <t>9786053061359</t>
+          <t>9786053062950</t>
         </is>
       </c>
       <c r="B2166" s="1" t="inlineStr">
         <is>
-          <t>Gebe</t>
+          <t>Narin</t>
         </is>
       </c>
       <c r="C2166" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" s="1" t="inlineStr">
         <is>
-          <t>9786053061540</t>
+          <t>9786053062745</t>
         </is>
       </c>
       <c r="B2167" s="1" t="inlineStr">
         <is>
-          <t>W@hire Bijüteri</t>
+          <t>Aşkın Doğusu</t>
         </is>
       </c>
       <c r="C2167" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" s="1" t="inlineStr">
         <is>
-          <t>9786053061434</t>
+          <t>9786053062691</t>
         </is>
       </c>
       <c r="B2168" s="1" t="inlineStr">
         <is>
-          <t>Umuda Kıyı Yüreğim</t>
+          <t>Türkiye'de Yetişkin Eğitimi ve Kentsel Sorunlar</t>
         </is>
       </c>
       <c r="C2168" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" s="1" t="inlineStr">
         <is>
-          <t>9786053061397</t>
+          <t>9786053062639</t>
         </is>
       </c>
       <c r="B2169" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Düşler</t>
+          <t>Tapu Müdürlüklerinin Dünü Bugünü Yarını ve 60 Yıllık Hatıratımız</t>
         </is>
       </c>
       <c r="C2169" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" s="1" t="inlineStr">
         <is>
-          <t>9786053061373</t>
+          <t>9786053062721</t>
         </is>
       </c>
       <c r="B2170" s="1" t="inlineStr">
         <is>
-          <t>Ajavarda</t>
+          <t>Şiirsel Yanım</t>
         </is>
       </c>
       <c r="C2170" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" s="1" t="inlineStr">
         <is>
-          <t>9786053061083</t>
+          <t>9786053062714</t>
         </is>
       </c>
       <c r="B2171" s="1" t="inlineStr">
         <is>
-          <t>Daniela ve Güncenin Bulutları</t>
+          <t>Şiir Bitti</t>
         </is>
       </c>
       <c r="C2171" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" s="1" t="inlineStr">
         <is>
-          <t>9786053061199</t>
+          <t>9786053062677</t>
         </is>
       </c>
       <c r="B2172" s="1" t="inlineStr">
         <is>
-          <t>Enhar-ı Aşk</t>
+          <t>Sen Benimsin</t>
         </is>
       </c>
       <c r="C2172" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" s="1" t="inlineStr">
         <is>
-          <t>9786053061212</t>
+          <t>9786053062615</t>
         </is>
       </c>
       <c r="B2173" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aşktan Yana</t>
+          <t>Kal'be Kira'lık Aşk'lar</t>
         </is>
       </c>
       <c r="C2173" s="1">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" s="1" t="inlineStr">
         <is>
-          <t>9786053061106</t>
+          <t>9786053061960</t>
         </is>
       </c>
       <c r="B2174" s="1" t="inlineStr">
         <is>
-          <t>Kahverengi</t>
+          <t>Gümüşkalem</t>
         </is>
       </c>
       <c r="C2174" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" s="1" t="inlineStr">
         <is>
-          <t>9786053061243</t>
+          <t>9786053062349</t>
         </is>
       </c>
       <c r="B2175" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kararınca</t>
+          <t>Kozadaki Kadının Hayal’i</t>
         </is>
       </c>
       <c r="C2175" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" s="1" t="inlineStr">
         <is>
-          <t>9786053061144</t>
+          <t>9786053062431</t>
         </is>
       </c>
       <c r="B2176" s="1" t="inlineStr">
         <is>
-          <t>Ebelemece</t>
+          <t>Lerze</t>
         </is>
       </c>
       <c r="C2176" s="1">
-        <v>125</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" s="1" t="inlineStr">
         <is>
-          <t>9786053061021</t>
+          <t>9786053062394</t>
         </is>
       </c>
       <c r="B2177" s="1" t="inlineStr">
         <is>
-          <t>Lal Siyah</t>
+          <t>Bir Delinin Hikayesi</t>
         </is>
       </c>
       <c r="C2177" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" s="1" t="inlineStr">
         <is>
-          <t>9786053061236</t>
+          <t>9786053062028</t>
         </is>
       </c>
       <c r="B2178" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Şeyler Yazdım</t>
+          <t>Savulun! Barbarosun Torunları Geliyor</t>
         </is>
       </c>
       <c r="C2178" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2179" spans="1:3">
       <c r="A2179" s="1" t="inlineStr">
         <is>
-          <t>9786053061366</t>
+          <t>9786053062455</t>
         </is>
       </c>
       <c r="B2179" s="1" t="inlineStr">
         <is>
-          <t>Ruhunu Edebiyata Satan Adam</t>
+          <t>Şark Günlükleri</t>
         </is>
       </c>
       <c r="C2179" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2180" spans="1:3">
       <c r="A2180" s="1" t="inlineStr">
         <is>
-          <t>9786053061281</t>
+          <t>9786053060499</t>
         </is>
       </c>
       <c r="B2180" s="1" t="inlineStr">
         <is>
-          <t>Amerika 2</t>
+          <t>Gönlüm Yurdu</t>
         </is>
       </c>
       <c r="C2180" s="1">
-        <v>52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2181" spans="1:3">
       <c r="A2181" s="1" t="inlineStr">
         <is>
-          <t>9786053061335</t>
+          <t>9786053062288</t>
         </is>
       </c>
       <c r="B2181" s="1" t="inlineStr">
         <is>
-          <t>Bengi</t>
+          <t>Yaşanmış ve Yasaklanmış Aşk</t>
         </is>
       </c>
       <c r="C2181" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2182" spans="1:3">
       <c r="A2182" s="1" t="inlineStr">
         <is>
-          <t>9786053061175</t>
+          <t>9786053062448</t>
         </is>
       </c>
       <c r="B2182" s="1" t="inlineStr">
         <is>
-          <t>Toparla Duygum</t>
+          <t>Yosun Tutan Satırlar</t>
         </is>
       </c>
       <c r="C2182" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2183" spans="1:3">
       <c r="A2183" s="1" t="inlineStr">
         <is>
-          <t>9786053060789</t>
+          <t>9786053062363</t>
         </is>
       </c>
       <c r="B2183" s="1" t="inlineStr">
         <is>
-          <t>Muhacirler</t>
+          <t>Sizli Bizli Bey</t>
         </is>
       </c>
       <c r="C2183" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2184" spans="1:3">
       <c r="A2184" s="1" t="inlineStr">
         <is>
-          <t>9786053060680</t>
+          <t>9786053062509</t>
         </is>
       </c>
       <c r="B2184" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda İşletmecilik ve Yönetim</t>
+          <t>Hayat Bu</t>
         </is>
       </c>
       <c r="C2184" s="1">
-        <v>84</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2185" spans="1:3">
       <c r="A2185" s="1" t="inlineStr">
         <is>
-          <t>9786053060420</t>
+          <t>9786053062424</t>
         </is>
       </c>
       <c r="B2185" s="1" t="inlineStr">
         <is>
-          <t>Yaradana Ulaşmak</t>
+          <t>İçindeki Fahişe</t>
         </is>
       </c>
       <c r="C2185" s="1">
-        <v>52</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2186" spans="1:3">
       <c r="A2186" s="1" t="inlineStr">
         <is>
-          <t>9786053060208</t>
+          <t>9786053062387</t>
         </is>
       </c>
       <c r="B2186" s="1" t="inlineStr">
         <is>
-          <t>Bir Parça Tebessüm</t>
+          <t>Pokentranlı Gökmen</t>
         </is>
       </c>
       <c r="C2186" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2187" spans="1:3">
       <c r="A2187" s="1" t="inlineStr">
         <is>
-          <t>9786053061113</t>
+          <t>9786053062370</t>
         </is>
       </c>
       <c r="B2187" s="1" t="inlineStr">
         <is>
-          <t>Sen Siz Biz</t>
+          <t>Hastalar ve Doktorları</t>
         </is>
       </c>
       <c r="C2187" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2188" spans="1:3">
       <c r="A2188" s="1" t="inlineStr">
         <is>
-          <t>9786053060482</t>
+          <t>9786053062523</t>
         </is>
       </c>
       <c r="B2188" s="1" t="inlineStr">
         <is>
-          <t>Ten Rengi</t>
+          <t>İyiyim İyisin</t>
         </is>
       </c>
       <c r="C2188" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2189" spans="1:3">
       <c r="A2189" s="1" t="inlineStr">
         <is>
-          <t>3990000083006</t>
+          <t>9786053062356</t>
         </is>
       </c>
       <c r="B2189" s="1" t="inlineStr">
         <is>
-          <t>Düşleme</t>
+          <t>Hüzünlü Vagonlar</t>
         </is>
       </c>
       <c r="C2189" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2190" spans="1:3">
       <c r="A2190" s="1" t="inlineStr">
         <is>
-          <t>9786053060758</t>
+          <t>9786053062486</t>
         </is>
       </c>
       <c r="B2190" s="1" t="inlineStr">
         <is>
-          <t>Komiser Davut Guantanamo'nun Anahtarı</t>
+          <t>Oyun İçinde Oyun</t>
         </is>
       </c>
       <c r="C2190" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2191" spans="1:3">
       <c r="A2191" s="1" t="inlineStr">
         <is>
-          <t>9786053060260</t>
+          <t>9786053062295</t>
         </is>
       </c>
       <c r="B2191" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Manzaralar</t>
+          <t>Büyük Ödeme</t>
         </is>
       </c>
       <c r="C2191" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2192" spans="1:3">
       <c r="A2192" s="1" t="inlineStr">
         <is>
-          <t>9786053060888</t>
+          <t>9786053062301</t>
         </is>
       </c>
       <c r="B2192" s="1" t="inlineStr">
         <is>
-          <t>Gül Yaprağında Şiir Defteri</t>
+          <t>Ellerimi Çöz</t>
         </is>
       </c>
       <c r="C2192" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2193" spans="1:3">
       <c r="A2193" s="1" t="inlineStr">
         <is>
-          <t>9786051289729</t>
+          <t>9786053062479</t>
         </is>
       </c>
       <c r="B2193" s="1" t="inlineStr">
         <is>
-          <t>Anlamak</t>
+          <t>Mardin'de Bir İstanbullu</t>
         </is>
       </c>
       <c r="C2193" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2194" spans="1:3">
       <c r="A2194" s="1" t="inlineStr">
         <is>
-          <t>9786053060598</t>
+          <t>9786053062158</t>
         </is>
       </c>
       <c r="B2194" s="1" t="inlineStr">
         <is>
-          <t>Ru</t>
+          <t>Dökülen Aşk</t>
         </is>
       </c>
       <c r="C2194" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2195" spans="1:3">
       <c r="A2195" s="1" t="inlineStr">
         <is>
-          <t>9786051289625</t>
+          <t>9786053062219</t>
         </is>
       </c>
       <c r="B2195" s="1" t="inlineStr">
         <is>
-          <t>Gidebilirsin Elbet</t>
+          <t>Mutlu Öyküler</t>
         </is>
       </c>
       <c r="C2195" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2196" spans="1:3">
       <c r="A2196" s="1" t="inlineStr">
         <is>
-          <t>9786051289960</t>
+          <t>9786053061953</t>
         </is>
       </c>
       <c r="B2196" s="1" t="inlineStr">
         <is>
-          <t>Kurt Soylum</t>
+          <t>Üçüncü Göz: Başlangıç</t>
         </is>
       </c>
       <c r="C2196" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2197" spans="1:3">
       <c r="A2197" s="1" t="inlineStr">
         <is>
-          <t>9786051289984</t>
+          <t>9786053062011</t>
         </is>
       </c>
       <c r="B2197" s="1" t="inlineStr">
         <is>
-          <t>Efkar</t>
+          <t>Aşk ve Diğer Günahlar</t>
         </is>
       </c>
       <c r="C2197" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2198" spans="1:3">
       <c r="A2198" s="1" t="inlineStr">
         <is>
-          <t>9786053060246</t>
+          <t>9786053062165</t>
         </is>
       </c>
       <c r="B2198" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Herkese</t>
+          <t>Ona Beni Anlat</t>
         </is>
       </c>
       <c r="C2198" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2199" spans="1:3">
       <c r="A2199" s="1" t="inlineStr">
         <is>
-          <t>9786053060307</t>
+          <t>9786053060550</t>
         </is>
       </c>
       <c r="B2199" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bekleyebilir</t>
+          <t>Fısıldayan Çığlıklarım</t>
         </is>
       </c>
       <c r="C2199" s="1">
-        <v>54</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2200" spans="1:3">
       <c r="A2200" s="1" t="inlineStr">
         <is>
-          <t>9786053060000</t>
+          <t>9786053062073</t>
         </is>
       </c>
       <c r="B2200" s="1" t="inlineStr">
         <is>
-          <t>İntizar</t>
+          <t>Adını Gecelere Sorsunlar</t>
         </is>
       </c>
       <c r="C2200" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2201" spans="1:3">
       <c r="A2201" s="1" t="inlineStr">
         <is>
-          <t>9786051289878</t>
+          <t>9786053061878</t>
         </is>
       </c>
       <c r="B2201" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Günlüğü</t>
+          <t>Her Hafta Bir Mutluluk</t>
         </is>
       </c>
       <c r="C2201" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2202" spans="1:3">
       <c r="A2202" s="1" t="inlineStr">
         <is>
-          <t>9786051289946</t>
+          <t>9786053061946</t>
         </is>
       </c>
       <c r="B2202" s="1" t="inlineStr">
         <is>
-          <t>Aşka Doğru</t>
+          <t>Umutlu Yüreğim</t>
         </is>
       </c>
       <c r="C2202" s="1">
-        <v>58</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2203" spans="1:3">
       <c r="A2203" s="1" t="inlineStr">
         <is>
-          <t>9786051289809</t>
+          <t>9786053061892</t>
         </is>
       </c>
       <c r="B2203" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair Üç Beş Kırıntı</t>
+          <t>Bildim Buldum Döndüm</t>
         </is>
       </c>
       <c r="C2203" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2204" spans="1:3">
       <c r="A2204" s="1" t="inlineStr">
         <is>
-          <t>9786051289427</t>
+          <t>9786053061908</t>
         </is>
       </c>
       <c r="B2204" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Adı Kadın</t>
+          <t>Ben Hayat</t>
         </is>
       </c>
       <c r="C2204" s="1">
-        <v>110</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2205" spans="1:3">
       <c r="A2205" s="1" t="inlineStr">
         <is>
-          <t>9786051289632</t>
+          <t>9786053061854</t>
         </is>
       </c>
       <c r="B2205" s="1" t="inlineStr">
         <is>
-          <t>Ruhlarla Dans</t>
+          <t>İnanışlar</t>
         </is>
       </c>
       <c r="C2205" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2206" spans="1:3">
       <c r="A2206" s="1" t="inlineStr">
         <is>
-          <t>9786051289731</t>
+          <t>9786053062004</t>
         </is>
       </c>
       <c r="B2206" s="1" t="inlineStr">
         <is>
-          <t>Can Yakan Tek Hece</t>
+          <t>2023 Baharı</t>
         </is>
       </c>
       <c r="C2206" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2207" spans="1:3">
       <c r="A2207" s="1" t="inlineStr">
         <is>
-          <t>9786051289397</t>
+          <t>9786053061786</t>
         </is>
       </c>
       <c r="B2207" s="1" t="inlineStr">
         <is>
-          <t>O Adama Yol Ver</t>
+          <t>Bir Kez Daha Dünya</t>
         </is>
       </c>
       <c r="C2207" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2208" spans="1:3">
       <c r="A2208" s="1" t="inlineStr">
         <is>
-          <t>9786051289274</t>
+          <t>9786053061793</t>
         </is>
       </c>
       <c r="B2208" s="1" t="inlineStr">
         <is>
-          <t>Düşlerim</t>
+          <t>Devrim'in Aşk'a Kalanı</t>
         </is>
       </c>
       <c r="C2208" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2209" spans="1:3">
       <c r="A2209" s="1" t="inlineStr">
         <is>
-          <t>9786051289137</t>
+          <t>9786053061700</t>
         </is>
       </c>
       <c r="B2209" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Diğer Yüzü</t>
+          <t>En İyi Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C2209" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2210" spans="1:3">
       <c r="A2210" s="1" t="inlineStr">
         <is>
-          <t>9786051289229</t>
+          <t>9786051284699</t>
         </is>
       </c>
       <c r="B2210" s="1" t="inlineStr">
         <is>
-          <t>Vuslatım Gözlerinde</t>
+          <t>Düğün Gecesi</t>
         </is>
       </c>
       <c r="C2210" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2211" spans="1:3">
       <c r="A2211" s="1" t="inlineStr">
         <is>
-          <t>9786051288628</t>
+          <t>9786053061809</t>
         </is>
       </c>
       <c r="B2211" s="1" t="inlineStr">
         <is>
-          <t>333 Kasetli Başkan</t>
+          <t>Günlüğümden Bölümler</t>
         </is>
       </c>
       <c r="C2211" s="1">
-        <v>155</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2212" spans="1:3">
       <c r="A2212" s="1" t="inlineStr">
         <is>
-          <t>9786051289304</t>
+          <t>9786053061670</t>
         </is>
       </c>
       <c r="B2212" s="1" t="inlineStr">
         <is>
-          <t>Son Verin</t>
+          <t>Üst Akıl</t>
         </is>
       </c>
       <c r="C2212" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2213" spans="1:3">
       <c r="A2213" s="1" t="inlineStr">
         <is>
-          <t>9786051289236</t>
+          <t>9786053061717</t>
         </is>
       </c>
       <c r="B2213" s="1" t="inlineStr">
         <is>
-          <t>Kimi Zaman Suyla da Yanar İnsan</t>
+          <t>Gurbetçi</t>
         </is>
       </c>
       <c r="C2213" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2214" spans="1:3">
       <c r="A2214" s="1" t="inlineStr">
         <is>
-          <t>9786051289205</t>
+          <t>9786053061052</t>
         </is>
       </c>
       <c r="B2214" s="1" t="inlineStr">
         <is>
-          <t>Biz Sevdayı Yanık Yüreğimize Koyduk</t>
+          <t>Bana Eylülümü Geri Verir misin</t>
         </is>
       </c>
       <c r="C2214" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2215" spans="1:3">
       <c r="A2215" s="1" t="inlineStr">
         <is>
-          <t>9786051289045</t>
+          <t>9786053061816</t>
         </is>
       </c>
       <c r="B2215" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Elveda</t>
+          <t>Yaşanmışlıklar</t>
         </is>
       </c>
       <c r="C2215" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2216" spans="1:3">
       <c r="A2216" s="1" t="inlineStr">
         <is>
-          <t>9786051288659</t>
+          <t>9786053061656</t>
         </is>
       </c>
       <c r="B2216" s="1" t="inlineStr">
         <is>
-          <t>Kozadaki Kadının Canı</t>
+          <t>Kasvet</t>
         </is>
       </c>
       <c r="C2216" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2217" spans="1:3">
       <c r="A2217" s="1" t="inlineStr">
         <is>
-          <t>9786051288833</t>
+          <t>3990000083007</t>
         </is>
       </c>
       <c r="B2217" s="1" t="inlineStr">
         <is>
-          <t>Sağanak</t>
+          <t>Seval'in Kaleminden</t>
         </is>
       </c>
       <c r="C2217" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2218" spans="1:3">
       <c r="A2218" s="1" t="inlineStr">
         <is>
-          <t>9786051285405</t>
+          <t>9786053061427</t>
         </is>
       </c>
       <c r="B2218" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtmazsan Kazanamazsın</t>
+          <t>Sevginin Renkleri</t>
         </is>
       </c>
       <c r="C2218" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2219" spans="1:3">
       <c r="A2219" s="1" t="inlineStr">
         <is>
-          <t>9786051287577</t>
+          <t>9786053061748</t>
         </is>
       </c>
       <c r="B2219" s="1" t="inlineStr">
         <is>
-          <t>İş'te Hayat</t>
+          <t>Yerkıta Destanı</t>
         </is>
       </c>
       <c r="C2219" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="2220" spans="1:3">
       <c r="A2220" s="1" t="inlineStr">
         <is>
-          <t>9786051287744</t>
+          <t>9786053061328</t>
         </is>
       </c>
       <c r="B2220" s="1" t="inlineStr">
         <is>
-          <t>Aşk mı? Dedin Güldürme Beni</t>
+          <t>Aynadaki Aşk</t>
         </is>
       </c>
       <c r="C2220" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2221" spans="1:3">
       <c r="A2221" s="1" t="inlineStr">
         <is>
-          <t>9786051287003</t>
+          <t>9786053061526</t>
         </is>
       </c>
       <c r="B2221" s="1" t="inlineStr">
         <is>
-          <t>Erişilmeyen Arzu</t>
+          <t>Işığın Gölgesinde</t>
         </is>
       </c>
       <c r="C2221" s="1">
-        <v>210</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2222" spans="1:3">
       <c r="A2222" s="1" t="inlineStr">
         <is>
-          <t>9786051287287</t>
+          <t>9786053061557</t>
         </is>
       </c>
       <c r="B2222" s="1" t="inlineStr">
         <is>
-          <t>Aşk Matbaası</t>
+          <t>Kelimelerin Dansı</t>
         </is>
       </c>
       <c r="C2222" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2223" spans="1:3">
       <c r="A2223" s="1" t="inlineStr">
         <is>
-          <t>9786051286662</t>
+          <t>9786053061625</t>
         </is>
       </c>
       <c r="B2223" s="1" t="inlineStr">
         <is>
-          <t>Ay Şahit Kalbime</t>
+          <t>İslam'ın Kadına Eşitlik Arayışı</t>
         </is>
       </c>
       <c r="C2223" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2224" spans="1:3">
       <c r="A2224" s="1" t="inlineStr">
         <is>
-          <t>9786051289359</t>
+          <t>9786053061571</t>
         </is>
       </c>
       <c r="B2224" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kaldım</t>
+          <t>Siyah ve Beyaz Düşler</t>
         </is>
       </c>
       <c r="C2224" s="1">
-        <v>115</v>
+        <v>52</v>
       </c>
     </row>
     <row r="2225" spans="1:3">
       <c r="A2225" s="1" t="inlineStr">
         <is>
-          <t>9786051289267</t>
+          <t>9786053061311</t>
         </is>
       </c>
       <c r="B2225" s="1" t="inlineStr">
         <is>
-          <t>Damga</t>
+          <t>Hasretim</t>
         </is>
       </c>
       <c r="C2225" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2226" spans="1:3">
       <c r="A2226" s="1" t="inlineStr">
         <is>
-          <t>3990000016192</t>
+          <t>9786053061618</t>
         </is>
       </c>
       <c r="B2226" s="1" t="inlineStr">
         <is>
-          <t>Aşk Benden Güzel</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C2226" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2227" spans="1:3">
       <c r="A2227" s="1" t="inlineStr">
         <is>
-          <t>9786051283739</t>
+          <t>9786053061298</t>
         </is>
       </c>
       <c r="B2227" s="1" t="inlineStr">
         <is>
-          <t>Lugaz</t>
+          <t>Mezarda Değilsin Diye Yaşıyorsun Sanma</t>
         </is>
       </c>
       <c r="C2227" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2228" spans="1:3">
       <c r="A2228" s="1" t="inlineStr">
         <is>
-          <t>9786055702861</t>
+          <t>9786053061182</t>
         </is>
       </c>
       <c r="B2228" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Halleri</t>
+          <t>Ali-i Hızır</t>
         </is>
       </c>
       <c r="C2228" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2229" spans="1:3">
       <c r="A2229" s="1" t="inlineStr">
         <is>
-          <t>9786051284804</t>
+          <t>9786053061496</t>
         </is>
       </c>
       <c r="B2229" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Evi - 1</t>
+          <t>Zaman Kopuklukları</t>
         </is>
       </c>
       <c r="C2229" s="1">
-        <v>13.89</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2230" spans="1:3">
       <c r="A2230" s="1" t="inlineStr">
         <is>
-          <t>9786051289700</t>
+          <t>9786053061595</t>
         </is>
       </c>
       <c r="B2230" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yörüngesinde Bir Kıvılcım</t>
+          <t>27</t>
         </is>
       </c>
       <c r="C2230" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2231" spans="1:3">
       <c r="A2231" s="1" t="inlineStr">
         <is>
-          <t>9786051289786</t>
+          <t>9786053061533</t>
         </is>
       </c>
       <c r="B2231" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Seçimler</t>
         </is>
       </c>
       <c r="C2231" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2232" spans="1:3">
       <c r="A2232" s="1" t="inlineStr">
         <is>
+          <t>9786053061564</t>
+        </is>
+      </c>
+      <c r="B2232" s="1" t="inlineStr">
+        <is>
+          <t>Bir Darbenin Düşündürdükleri</t>
+        </is>
+      </c>
+      <c r="C2232" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="2233" spans="1:3">
+      <c r="A2233" s="1" t="inlineStr">
+        <is>
+          <t>9786053061441</t>
+        </is>
+      </c>
+      <c r="B2233" s="1" t="inlineStr">
+        <is>
+          <t>Umudun Kanatlarında</t>
+        </is>
+      </c>
+      <c r="C2233" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2234" spans="1:3">
+      <c r="A2234" s="1" t="inlineStr">
+        <is>
+          <t>9786053061458</t>
+        </is>
+      </c>
+      <c r="B2234" s="1" t="inlineStr">
+        <is>
+          <t>Unut Unutamam</t>
+        </is>
+      </c>
+      <c r="C2234" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="2235" spans="1:3">
+      <c r="A2235" s="1" t="inlineStr">
+        <is>
+          <t>9786053061410</t>
+        </is>
+      </c>
+      <c r="B2235" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Dünyada Ne Kadar Güvendesiniz?</t>
+        </is>
+      </c>
+      <c r="C2235" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2236" spans="1:3">
+      <c r="A2236" s="1" t="inlineStr">
+        <is>
+          <t>9786051287669</t>
+        </is>
+      </c>
+      <c r="B2236" s="1" t="inlineStr">
+        <is>
+          <t>Sinology</t>
+        </is>
+      </c>
+      <c r="C2236" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2237" spans="1:3">
+      <c r="A2237" s="1" t="inlineStr">
+        <is>
+          <t>9786053061465</t>
+        </is>
+      </c>
+      <c r="B2237" s="1" t="inlineStr">
+        <is>
+          <t>Elzem</t>
+        </is>
+      </c>
+      <c r="C2237" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2238" spans="1:3">
+      <c r="A2238" s="1" t="inlineStr">
+        <is>
+          <t>9786053060970</t>
+        </is>
+      </c>
+      <c r="B2238" s="1" t="inlineStr">
+        <is>
+          <t>Aztek Chihuahua</t>
+        </is>
+      </c>
+      <c r="C2238" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2239" spans="1:3">
+      <c r="A2239" s="1" t="inlineStr">
+        <is>
+          <t>9786053061267</t>
+        </is>
+      </c>
+      <c r="B2239" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Kaldıracı</t>
+        </is>
+      </c>
+      <c r="C2239" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2240" spans="1:3">
+      <c r="A2240" s="1" t="inlineStr">
+        <is>
+          <t>9786053061359</t>
+        </is>
+      </c>
+      <c r="B2240" s="1" t="inlineStr">
+        <is>
+          <t>Gebe</t>
+        </is>
+      </c>
+      <c r="C2240" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:3">
+      <c r="A2241" s="1" t="inlineStr">
+        <is>
+          <t>9786053061540</t>
+        </is>
+      </c>
+      <c r="B2241" s="1" t="inlineStr">
+        <is>
+          <t>W@hire Bijüteri</t>
+        </is>
+      </c>
+      <c r="C2241" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:3">
+      <c r="A2242" s="1" t="inlineStr">
+        <is>
+          <t>9786053061434</t>
+        </is>
+      </c>
+      <c r="B2242" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Kıyı Yüreğim</t>
+        </is>
+      </c>
+      <c r="C2242" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:3">
+      <c r="A2243" s="1" t="inlineStr">
+        <is>
+          <t>9786053061397</t>
+        </is>
+      </c>
+      <c r="B2243" s="1" t="inlineStr">
+        <is>
+          <t>Yasaklı Düşler</t>
+        </is>
+      </c>
+      <c r="C2243" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:3">
+      <c r="A2244" s="1" t="inlineStr">
+        <is>
+          <t>9786053061373</t>
+        </is>
+      </c>
+      <c r="B2244" s="1" t="inlineStr">
+        <is>
+          <t>Ajavarda</t>
+        </is>
+      </c>
+      <c r="C2244" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:3">
+      <c r="A2245" s="1" t="inlineStr">
+        <is>
+          <t>9786053061083</t>
+        </is>
+      </c>
+      <c r="B2245" s="1" t="inlineStr">
+        <is>
+          <t>Daniela ve Güncenin Bulutları</t>
+        </is>
+      </c>
+      <c r="C2245" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:3">
+      <c r="A2246" s="1" t="inlineStr">
+        <is>
+          <t>9786053061199</t>
+        </is>
+      </c>
+      <c r="B2246" s="1" t="inlineStr">
+        <is>
+          <t>Enhar-ı Aşk</t>
+        </is>
+      </c>
+      <c r="C2246" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:3">
+      <c r="A2247" s="1" t="inlineStr">
+        <is>
+          <t>9786053061212</t>
+        </is>
+      </c>
+      <c r="B2247" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Aşktan Yana</t>
+        </is>
+      </c>
+      <c r="C2247" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:3">
+      <c r="A2248" s="1" t="inlineStr">
+        <is>
+          <t>9786053061106</t>
+        </is>
+      </c>
+      <c r="B2248" s="1" t="inlineStr">
+        <is>
+          <t>Kahverengi</t>
+        </is>
+      </c>
+      <c r="C2248" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:3">
+      <c r="A2249" s="1" t="inlineStr">
+        <is>
+          <t>9786053061243</t>
+        </is>
+      </c>
+      <c r="B2249" s="1" t="inlineStr">
+        <is>
+          <t>Karınca Kararınca</t>
+        </is>
+      </c>
+      <c r="C2249" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:3">
+      <c r="A2250" s="1" t="inlineStr">
+        <is>
+          <t>9786053061144</t>
+        </is>
+      </c>
+      <c r="B2250" s="1" t="inlineStr">
+        <is>
+          <t>Ebelemece</t>
+        </is>
+      </c>
+      <c r="C2250" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:3">
+      <c r="A2251" s="1" t="inlineStr">
+        <is>
+          <t>9786053061021</t>
+        </is>
+      </c>
+      <c r="B2251" s="1" t="inlineStr">
+        <is>
+          <t>Lal Siyah</t>
+        </is>
+      </c>
+      <c r="C2251" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:3">
+      <c r="A2252" s="1" t="inlineStr">
+        <is>
+          <t>9786053061236</t>
+        </is>
+      </c>
+      <c r="B2252" s="1" t="inlineStr">
+        <is>
+          <t>Sana Bir Şeyler Yazdım</t>
+        </is>
+      </c>
+      <c r="C2252" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:3">
+      <c r="A2253" s="1" t="inlineStr">
+        <is>
+          <t>9786053061366</t>
+        </is>
+      </c>
+      <c r="B2253" s="1" t="inlineStr">
+        <is>
+          <t>Ruhunu Edebiyata Satan Adam</t>
+        </is>
+      </c>
+      <c r="C2253" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:3">
+      <c r="A2254" s="1" t="inlineStr">
+        <is>
+          <t>9786053061281</t>
+        </is>
+      </c>
+      <c r="B2254" s="1" t="inlineStr">
+        <is>
+          <t>Amerika 2</t>
+        </is>
+      </c>
+      <c r="C2254" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:3">
+      <c r="A2255" s="1" t="inlineStr">
+        <is>
+          <t>9786053061335</t>
+        </is>
+      </c>
+      <c r="B2255" s="1" t="inlineStr">
+        <is>
+          <t>Bengi</t>
+        </is>
+      </c>
+      <c r="C2255" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:3">
+      <c r="A2256" s="1" t="inlineStr">
+        <is>
+          <t>9786053061175</t>
+        </is>
+      </c>
+      <c r="B2256" s="1" t="inlineStr">
+        <is>
+          <t>Toparla Duygum</t>
+        </is>
+      </c>
+      <c r="C2256" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2257" spans="1:3">
+      <c r="A2257" s="1" t="inlineStr">
+        <is>
+          <t>9786053060789</t>
+        </is>
+      </c>
+      <c r="B2257" s="1" t="inlineStr">
+        <is>
+          <t>Muhacirler</t>
+        </is>
+      </c>
+      <c r="C2257" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2258" spans="1:3">
+      <c r="A2258" s="1" t="inlineStr">
+        <is>
+          <t>9786053060680</t>
+        </is>
+      </c>
+      <c r="B2258" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatroda İşletmecilik ve Yönetim</t>
+        </is>
+      </c>
+      <c r="C2258" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="2259" spans="1:3">
+      <c r="A2259" s="1" t="inlineStr">
+        <is>
+          <t>9786053060420</t>
+        </is>
+      </c>
+      <c r="B2259" s="1" t="inlineStr">
+        <is>
+          <t>Yaradana Ulaşmak</t>
+        </is>
+      </c>
+      <c r="C2259" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2260" spans="1:3">
+      <c r="A2260" s="1" t="inlineStr">
+        <is>
+          <t>9786053060208</t>
+        </is>
+      </c>
+      <c r="B2260" s="1" t="inlineStr">
+        <is>
+          <t>Bir Parça Tebessüm</t>
+        </is>
+      </c>
+      <c r="C2260" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2261" spans="1:3">
+      <c r="A2261" s="1" t="inlineStr">
+        <is>
+          <t>9786053061113</t>
+        </is>
+      </c>
+      <c r="B2261" s="1" t="inlineStr">
+        <is>
+          <t>Sen Siz Biz</t>
+        </is>
+      </c>
+      <c r="C2261" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2262" spans="1:3">
+      <c r="A2262" s="1" t="inlineStr">
+        <is>
+          <t>9786053060482</t>
+        </is>
+      </c>
+      <c r="B2262" s="1" t="inlineStr">
+        <is>
+          <t>Ten Rengi</t>
+        </is>
+      </c>
+      <c r="C2262" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2263" spans="1:3">
+      <c r="A2263" s="1" t="inlineStr">
+        <is>
+          <t>3990000083006</t>
+        </is>
+      </c>
+      <c r="B2263" s="1" t="inlineStr">
+        <is>
+          <t>Düşleme</t>
+        </is>
+      </c>
+      <c r="C2263" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2264" spans="1:3">
+      <c r="A2264" s="1" t="inlineStr">
+        <is>
+          <t>9786053060758</t>
+        </is>
+      </c>
+      <c r="B2264" s="1" t="inlineStr">
+        <is>
+          <t>Komiser Davut Guantanamo'nun Anahtarı</t>
+        </is>
+      </c>
+      <c r="C2264" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2265" spans="1:3">
+      <c r="A2265" s="1" t="inlineStr">
+        <is>
+          <t>9786053060260</t>
+        </is>
+      </c>
+      <c r="B2265" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden Manzaralar</t>
+        </is>
+      </c>
+      <c r="C2265" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2266" spans="1:3">
+      <c r="A2266" s="1" t="inlineStr">
+        <is>
+          <t>9786053060888</t>
+        </is>
+      </c>
+      <c r="B2266" s="1" t="inlineStr">
+        <is>
+          <t>Gül Yaprağında Şiir Defteri</t>
+        </is>
+      </c>
+      <c r="C2266" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2267" spans="1:3">
+      <c r="A2267" s="1" t="inlineStr">
+        <is>
+          <t>9786051289729</t>
+        </is>
+      </c>
+      <c r="B2267" s="1" t="inlineStr">
+        <is>
+          <t>Anlamak</t>
+        </is>
+      </c>
+      <c r="C2267" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2268" spans="1:3">
+      <c r="A2268" s="1" t="inlineStr">
+        <is>
+          <t>9786053060598</t>
+        </is>
+      </c>
+      <c r="B2268" s="1" t="inlineStr">
+        <is>
+          <t>Ru</t>
+        </is>
+      </c>
+      <c r="C2268" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2269" spans="1:3">
+      <c r="A2269" s="1" t="inlineStr">
+        <is>
+          <t>9786051289625</t>
+        </is>
+      </c>
+      <c r="B2269" s="1" t="inlineStr">
+        <is>
+          <t>Gidebilirsin Elbet</t>
+        </is>
+      </c>
+      <c r="C2269" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2270" spans="1:3">
+      <c r="A2270" s="1" t="inlineStr">
+        <is>
+          <t>9786051289960</t>
+        </is>
+      </c>
+      <c r="B2270" s="1" t="inlineStr">
+        <is>
+          <t>Kurt Soylum</t>
+        </is>
+      </c>
+      <c r="C2270" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2271" spans="1:3">
+      <c r="A2271" s="1" t="inlineStr">
+        <is>
+          <t>9786051289984</t>
+        </is>
+      </c>
+      <c r="B2271" s="1" t="inlineStr">
+        <is>
+          <t>Efkar</t>
+        </is>
+      </c>
+      <c r="C2271" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2272" spans="1:3">
+      <c r="A2272" s="1" t="inlineStr">
+        <is>
+          <t>9786053060246</t>
+        </is>
+      </c>
+      <c r="B2272" s="1" t="inlineStr">
+        <is>
+          <t>İyi Geceler Herkese</t>
+        </is>
+      </c>
+      <c r="C2272" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2273" spans="1:3">
+      <c r="A2273" s="1" t="inlineStr">
+        <is>
+          <t>9786053060307</t>
+        </is>
+      </c>
+      <c r="B2273" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Bekleyebilir</t>
+        </is>
+      </c>
+      <c r="C2273" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2274" spans="1:3">
+      <c r="A2274" s="1" t="inlineStr">
+        <is>
+          <t>9786053060000</t>
+        </is>
+      </c>
+      <c r="B2274" s="1" t="inlineStr">
+        <is>
+          <t>İntizar</t>
+        </is>
+      </c>
+      <c r="C2274" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2275" spans="1:3">
+      <c r="A2275" s="1" t="inlineStr">
+        <is>
+          <t>9786051289878</t>
+        </is>
+      </c>
+      <c r="B2275" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C2275" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2276" spans="1:3">
+      <c r="A2276" s="1" t="inlineStr">
+        <is>
+          <t>9786051289946</t>
+        </is>
+      </c>
+      <c r="B2276" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Doğru</t>
+        </is>
+      </c>
+      <c r="C2276" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="2277" spans="1:3">
+      <c r="A2277" s="1" t="inlineStr">
+        <is>
+          <t>9786051289809</t>
+        </is>
+      </c>
+      <c r="B2277" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Dair Üç Beş Kırıntı</t>
+        </is>
+      </c>
+      <c r="C2277" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2278" spans="1:3">
+      <c r="A2278" s="1" t="inlineStr">
+        <is>
+          <t>9786051289427</t>
+        </is>
+      </c>
+      <c r="B2278" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Adı Kadın</t>
+        </is>
+      </c>
+      <c r="C2278" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2279" spans="1:3">
+      <c r="A2279" s="1" t="inlineStr">
+        <is>
+          <t>9786051289632</t>
+        </is>
+      </c>
+      <c r="B2279" s="1" t="inlineStr">
+        <is>
+          <t>Ruhlarla Dans</t>
+        </is>
+      </c>
+      <c r="C2279" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2280" spans="1:3">
+      <c r="A2280" s="1" t="inlineStr">
+        <is>
+          <t>9786051289731</t>
+        </is>
+      </c>
+      <c r="B2280" s="1" t="inlineStr">
+        <is>
+          <t>Can Yakan Tek Hece</t>
+        </is>
+      </c>
+      <c r="C2280" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2281" spans="1:3">
+      <c r="A2281" s="1" t="inlineStr">
+        <is>
+          <t>9786051289397</t>
+        </is>
+      </c>
+      <c r="B2281" s="1" t="inlineStr">
+        <is>
+          <t>O Adama Yol Ver</t>
+        </is>
+      </c>
+      <c r="C2281" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2282" spans="1:3">
+      <c r="A2282" s="1" t="inlineStr">
+        <is>
+          <t>9786051289274</t>
+        </is>
+      </c>
+      <c r="B2282" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerim</t>
+        </is>
+      </c>
+      <c r="C2282" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2283" spans="1:3">
+      <c r="A2283" s="1" t="inlineStr">
+        <is>
+          <t>9786051289137</t>
+        </is>
+      </c>
+      <c r="B2283" s="1" t="inlineStr">
+        <is>
+          <t>Madalyonun Diğer Yüzü</t>
+        </is>
+      </c>
+      <c r="C2283" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2284" spans="1:3">
+      <c r="A2284" s="1" t="inlineStr">
+        <is>
+          <t>9786051289229</t>
+        </is>
+      </c>
+      <c r="B2284" s="1" t="inlineStr">
+        <is>
+          <t>Vuslatım Gözlerinde</t>
+        </is>
+      </c>
+      <c r="C2284" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2285" spans="1:3">
+      <c r="A2285" s="1" t="inlineStr">
+        <is>
+          <t>9786051288628</t>
+        </is>
+      </c>
+      <c r="B2285" s="1" t="inlineStr">
+        <is>
+          <t>333 Kasetli Başkan</t>
+        </is>
+      </c>
+      <c r="C2285" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2286" spans="1:3">
+      <c r="A2286" s="1" t="inlineStr">
+        <is>
+          <t>9786051289304</t>
+        </is>
+      </c>
+      <c r="B2286" s="1" t="inlineStr">
+        <is>
+          <t>Son Verin</t>
+        </is>
+      </c>
+      <c r="C2286" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2287" spans="1:3">
+      <c r="A2287" s="1" t="inlineStr">
+        <is>
+          <t>9786051289236</t>
+        </is>
+      </c>
+      <c r="B2287" s="1" t="inlineStr">
+        <is>
+          <t>Kimi Zaman Suyla da Yanar İnsan</t>
+        </is>
+      </c>
+      <c r="C2287" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2288" spans="1:3">
+      <c r="A2288" s="1" t="inlineStr">
+        <is>
+          <t>9786051289205</t>
+        </is>
+      </c>
+      <c r="B2288" s="1" t="inlineStr">
+        <is>
+          <t>Biz Sevdayı Yanık Yüreğimize Koyduk</t>
+        </is>
+      </c>
+      <c r="C2288" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2289" spans="1:3">
+      <c r="A2289" s="1" t="inlineStr">
+        <is>
+          <t>9786051289045</t>
+        </is>
+      </c>
+      <c r="B2289" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğa Elveda</t>
+        </is>
+      </c>
+      <c r="C2289" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2290" spans="1:3">
+      <c r="A2290" s="1" t="inlineStr">
+        <is>
+          <t>9786051288659</t>
+        </is>
+      </c>
+      <c r="B2290" s="1" t="inlineStr">
+        <is>
+          <t>Kozadaki Kadının Canı</t>
+        </is>
+      </c>
+      <c r="C2290" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:3">
+      <c r="A2291" s="1" t="inlineStr">
+        <is>
+          <t>9786051288833</t>
+        </is>
+      </c>
+      <c r="B2291" s="1" t="inlineStr">
+        <is>
+          <t>Sağanak</t>
+        </is>
+      </c>
+      <c r="C2291" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2292" spans="1:3">
+      <c r="A2292" s="1" t="inlineStr">
+        <is>
+          <t>9786051285405</t>
+        </is>
+      </c>
+      <c r="B2292" s="1" t="inlineStr">
+        <is>
+          <t>Şaşırtmazsan Kazanamazsın</t>
+        </is>
+      </c>
+      <c r="C2292" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2293" spans="1:3">
+      <c r="A2293" s="1" t="inlineStr">
+        <is>
+          <t>9786051287577</t>
+        </is>
+      </c>
+      <c r="B2293" s="1" t="inlineStr">
+        <is>
+          <t>İş'te Hayat</t>
+        </is>
+      </c>
+      <c r="C2293" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2294" spans="1:3">
+      <c r="A2294" s="1" t="inlineStr">
+        <is>
+          <t>9786051287744</t>
+        </is>
+      </c>
+      <c r="B2294" s="1" t="inlineStr">
+        <is>
+          <t>Aşk mı? Dedin Güldürme Beni</t>
+        </is>
+      </c>
+      <c r="C2294" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:3">
+      <c r="A2295" s="1" t="inlineStr">
+        <is>
+          <t>9786051287003</t>
+        </is>
+      </c>
+      <c r="B2295" s="1" t="inlineStr">
+        <is>
+          <t>Erişilmeyen Arzu</t>
+        </is>
+      </c>
+      <c r="C2295" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2296" spans="1:3">
+      <c r="A2296" s="1" t="inlineStr">
+        <is>
+          <t>9786051287287</t>
+        </is>
+      </c>
+      <c r="B2296" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Matbaası</t>
+        </is>
+      </c>
+      <c r="C2296" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:3">
+      <c r="A2297" s="1" t="inlineStr">
+        <is>
+          <t>9786051286662</t>
+        </is>
+      </c>
+      <c r="B2297" s="1" t="inlineStr">
+        <is>
+          <t>Ay Şahit Kalbime</t>
+        </is>
+      </c>
+      <c r="C2297" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:3">
+      <c r="A2298" s="1" t="inlineStr">
+        <is>
+          <t>9786051289359</t>
+        </is>
+      </c>
+      <c r="B2298" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kaldım</t>
+        </is>
+      </c>
+      <c r="C2298" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:3">
+      <c r="A2299" s="1" t="inlineStr">
+        <is>
+          <t>9786051289267</t>
+        </is>
+      </c>
+      <c r="B2299" s="1" t="inlineStr">
+        <is>
+          <t>Damga</t>
+        </is>
+      </c>
+      <c r="C2299" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2300" spans="1:3">
+      <c r="A2300" s="1" t="inlineStr">
+        <is>
+          <t>3990000016192</t>
+        </is>
+      </c>
+      <c r="B2300" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Benden Güzel</t>
+        </is>
+      </c>
+      <c r="C2300" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:3">
+      <c r="A2301" s="1" t="inlineStr">
+        <is>
+          <t>9786051283739</t>
+        </is>
+      </c>
+      <c r="B2301" s="1" t="inlineStr">
+        <is>
+          <t>Lugaz</t>
+        </is>
+      </c>
+      <c r="C2301" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2302" spans="1:3">
+      <c r="A2302" s="1" t="inlineStr">
+        <is>
+          <t>9786055702861</t>
+        </is>
+      </c>
+      <c r="B2302" s="1" t="inlineStr">
+        <is>
+          <t>Doğunun Halleri</t>
+        </is>
+      </c>
+      <c r="C2302" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:3">
+      <c r="A2303" s="1" t="inlineStr">
+        <is>
+          <t>9786051284804</t>
+        </is>
+      </c>
+      <c r="B2303" s="1" t="inlineStr">
+        <is>
+          <t>Savaşçı Evi - 1</t>
+        </is>
+      </c>
+      <c r="C2303" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:3">
+      <c r="A2304" s="1" t="inlineStr">
+        <is>
+          <t>9786051289700</t>
+        </is>
+      </c>
+      <c r="B2304" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Yörüngesinde Bir Kıvılcım</t>
+        </is>
+      </c>
+      <c r="C2304" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2305" spans="1:3">
+      <c r="A2305" s="1" t="inlineStr">
+        <is>
+          <t>9786051289786</t>
+        </is>
+      </c>
+      <c r="B2305" s="1" t="inlineStr">
+        <is>
+          <t>Arayış</t>
+        </is>
+      </c>
+      <c r="C2305" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2306" spans="1:3">
+      <c r="A2306" s="1" t="inlineStr">
+        <is>
           <t>9786051289793</t>
         </is>
       </c>
-      <c r="B2232" s="1" t="inlineStr">
+      <c r="B2306" s="1" t="inlineStr">
         <is>
           <t>Oyuncak</t>
         </is>
       </c>
-      <c r="C2232" s="1">
+      <c r="C2306" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>