--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,34615 +85,35620 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258529128</t>
+          <t>9786258529814</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kendine Uğrama Durağı</t>
+          <t>Atıksu Mühendisliğinde Süreç Yönetimi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258529326</t>
+          <t>9786258665253</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tüp Bebek Rehberi</t>
+          <t>Meditatif Cinsellik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258529395</t>
+          <t>9786258665130</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Mevsim</t>
+          <t>Kozmik Bilinç Muhammed-i İslamiye</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258529432</t>
+          <t>9786258665246</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş (Mi?)</t>
+          <t>Sessizliğin Kıyısında</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258529401</t>
+          <t>9786258665239</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çağ</t>
+          <t>Beyaz Kuzgun</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258529340</t>
+          <t>9786258665307</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Söz Konusu Vatansa...</t>
+          <t>Hayat Bazen Saklanmaktır</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258529371</t>
+          <t>9786258665284</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Koçluk</t>
+          <t>Serencam</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258529302</t>
+          <t>9786258665260</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmışlıklar</t>
+          <t>Ölü Şiirler Bahçesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786288529364</t>
+          <t>9786258529760</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Mehpare</t>
+          <t>Dalgaların Söyledikleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258529388</t>
+          <t>9786258665147</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçsel Yön</t>
+          <t>Bir Doğu Türkistan Destanı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258529418</t>
+          <t>9786258665222</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zafir</t>
+          <t>Beşiktaş’ta Kahve Kokusu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255776891</t>
+          <t>9786258529869</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kar Görmeyen Kardelen</t>
+          <t>Elzem</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258529296</t>
+          <t>9786258665215</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Taşların Hafızası</t>
+          <t>Ben Yazdım Ki, Siz Tamamlayasınız…</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255776457</t>
+          <t>9786258665123</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Partinin Dönüşümü</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258529425</t>
+          <t>9786258665055</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kendim Kendime İngilizce 1</t>
+          <t>Küfüler ve Üzümler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258529449</t>
+          <t>9786258665062</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuleli Hikayesi</t>
+          <t>Eslem Tepeköy’de</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258529357</t>
+          <t>9786258529777</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tuz Kadar Sevmeli</t>
+          <t>Anılar Denizi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258529043</t>
+          <t>9786255776648</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Tepesi</t>
+          <t>5 Yaşından Bu Yaşa</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258529012</t>
+          <t>9786258665031</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İpek</t>
+          <t>Eczanın El Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255776679</t>
+          <t>9786258665000</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>A1 ve A2 Seviye Kelime Bilgisi</t>
+          <t>Depremin Melekleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258529050</t>
+          <t>9786258665093</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Mehmet Tevfik Bey</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258529067</t>
+          <t>9786258529890</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Esti Üzerimden</t>
+          <t>Seyidem</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258529104</t>
+          <t>9786258665086</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yağmurda Karda Kasabada</t>
+          <t>Derin Bir Nefes Al ve Git</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255776921</t>
+          <t>9786258529982</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yırtık Bavul</t>
+          <t>Işığı 99 Rengi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258529111</t>
+          <t>9786258529951</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gidenlerin Ardından</t>
+          <t>Gizli Kaos</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255776761</t>
+          <t>9786258529913</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Adanmak</t>
+          <t>Kaset Kitap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258529135</t>
+          <t>9786258529999</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzleri</t>
+          <t>Barbaros Hayrettin Paşa'nın Sandığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258529272</t>
+          <t>9786258529906</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İyi Aile Çocukları</t>
+          <t>Nikbin</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258529074</t>
+          <t>9786258529920</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hudayinabit Öyküler</t>
+          <t>Hal</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258529159</t>
+          <t>9786258529944</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Zaten Bendeydi</t>
+          <t>Zülkü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255776938</t>
+          <t>9786258665024</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yolculuk</t>
+          <t>Mutsuz İnsanlar Evi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255776464</t>
+          <t>9786258529975</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gök Dini</t>
+          <t>Bir Yürek Uçuşu Mesafesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255776471</t>
+          <t>9786258665079</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar</t>
+          <t>Buzlu Oralet</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255776488</t>
+          <t>9786258529661</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Kur'an'dan Cevaplar</t>
+          <t>Senden Kalan Sessizlik</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255776907</t>
+          <t>9786258529517</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tevhid</t>
+          <t>Portakallı Kurabiye</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258529289</t>
+          <t>9786258529685</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nevrozlar</t>
+          <t>En İnsan Olmalarıyla</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051282923</t>
+          <t>9786258529852</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Derbeder</t>
+          <t>Başarının Gizli Sistemi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255776723</t>
+          <t>9786258529593</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kırık Mızrak</t>
+          <t>Bulutlara Mektup Yazan Kardeşler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255776792</t>
+          <t>9786258529883</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Kalanlar</t>
+          <t>Bourdieu ve Hukuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255776600</t>
+          <t>9786258529678</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sen Onu Benim Külahıma Anlat</t>
+          <t>Sen Ses Ol Ben Çığlık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255776709</t>
+          <t>9786258529555</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Veli Oldum</t>
+          <t>Anasının Gözü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255776990</t>
+          <t>9786258529692</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Din'lendim 3</t>
+          <t>Bağbozumu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255776976</t>
+          <t>9786258529562</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çağrı</t>
+          <t>Her Kalbe Dokunuş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255776778</t>
+          <t>9786258529791</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi</t>
+          <t>Burası Biraz Sıcak MI Oldu?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255776785</t>
+          <t>9786258529876</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresi</t>
+          <t>Kur'an'ın Rahmet Aynasındaki Kadın</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255776853</t>
+          <t>9786258529548</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Baba Ocağı Kökler ve Filizler</t>
+          <t>Kuğu Gölğesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255776884</t>
+          <t>9786258529739</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mizantropi</t>
+          <t>Zan</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255776754</t>
+          <t>9786258529968</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Güneş Diyarı</t>
+          <t>Domuzlarla Muhabbbet</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255776983</t>
+          <t>9786258529746</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Adalet Dünyanın Neresinde?</t>
+          <t>Ortanca Çocuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255665003</t>
+          <t>9786258529821</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Kutsal Kitabı</t>
+          <t>Beyaz Kağıtlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259680293</t>
+          <t>9786258529722</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Haykırış</t>
+          <t>Karz Efsaneler</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255776716</t>
+          <t>9786258529715</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Son Nefesime Kadar 1</t>
+          <t>Sessizliğe Gizlenmiş Dizeler</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255776747</t>
+          <t>9786258529845</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yazarlar Büyük Hikayeler</t>
+          <t>Hem Anne Hem Baba!</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255776839</t>
+          <t>9786258529654</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Barutla Yazılan Tarih</t>
+          <t>Geçmişin Yolcusu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255776822</t>
+          <t>9786258529708</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kayıp</t>
+          <t>Ben, Ayrık Otu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258529005</t>
+          <t>9786258529838</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bir Güneştir Sevda 1</t>
+          <t>DİMİTRİ VE ANGELİCA</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255776549</t>
+          <t>9786258529753</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Rudi Wollf</t>
+          <t>Geceler Ay Mavi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255776730</t>
+          <t>9786258529531</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tırnak İzleri</t>
+          <t>Görünmeyen Ağrılarım Fibromiyalji</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255776693</t>
+          <t>9786258529500</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Pusulası: Yolunu Sen Çiz!</t>
+          <t>Satirist IV</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255665874</t>
+          <t>9786258529524</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş Kavramlar ve Kuramlar</t>
+          <t>Saki</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255776617</t>
+          <t>9786258529487</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapının Arkası</t>
+          <t>Paris’in Altındaki Güller</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255665140</t>
+          <t>9786258529579</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bıyık Kaptan Serisi 1 - Hırsla Hissetti Mücadeleyi Aşkla Engel Tanımadı</t>
+          <t>Hayata Karşı Hislerim</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255665515</t>
+          <t>9786258529494</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bıyık Kaptan Serisi 2 - Kalemler Konuştu</t>
+          <t>Echo Of Sılence - Sessizliğin Yankısı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255776655</t>
+          <t>9786258529586</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Goddi Soğuk Kıyamet</t>
+          <t>Küllerimizden Doğalım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255776631</t>
+          <t>9786258529142</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kendime Sorgular</t>
+          <t>Son Gözyaşı</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255776570</t>
+          <t>9786258529036</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Adıydı Sevgi</t>
+          <t>Kin ve Yas</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255776525</t>
+          <t>9786255776846</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Alaska Köleleri</t>
+          <t>Güzellik Bilimi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255776662</t>
+          <t>9786258529128</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aynı Geminin Farklı Yolcuları</t>
+          <t>Kendine Uğrama Durağı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255776624</t>
+          <t>9786258529326</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kömür Gibi Sessiz</t>
+          <t>Tüp Bebek Rehberi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255776556</t>
+          <t>9786258529395</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmış Hayatlar</t>
+          <t>Turuncu Mevsim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255776587</t>
+          <t>9786258529432</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ormanın Kıyısında</t>
+          <t>Geçmiş (Mi?)</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255776402</t>
+          <t>9786258529401</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kefaret</t>
+          <t>Kayıp Çağ</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255665539</t>
+          <t>9786258529340</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zamanın Yapıcı ve Yıkıcıları</t>
+          <t>Söz Konusu Vatansa...</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255776297</t>
+          <t>9786258529371</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Vasıfsız Ümitler</t>
+          <t>Spiritüel Koçluk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255776136</t>
+          <t>9786258529302</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>11 Yaşındaki Adam Sonsuz Huzursuzluk</t>
+          <t>Yaşanmışlıklar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255776372</t>
+          <t>9786288529364</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Olivia</t>
+          <t>Zehr-i Mehpare</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255776099</t>
+          <t>9786258529388</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yeşerir ve Çürür</t>
+          <t>İçsel Yön</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255776303</t>
+          <t>9786258529418</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çatlaklardan Sızan Işıklar</t>
+          <t>Zafir</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255776419</t>
+          <t>9786255776891</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>5 Dilde Aşk</t>
+          <t>Kar Görmeyen Kardelen</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255776334</t>
+          <t>9786258529296</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Taşların Hafızası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255776365</t>
+          <t>9786255776457</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sonun Sonu</t>
+          <t>Bir Partinin Dönüşümü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255776396</t>
+          <t>9786258529425</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçine Sürgün</t>
+          <t>Kendim Kendime İngilizce 1</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255776389</t>
+          <t>9786258529449</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çek Tetiği</t>
+          <t>Bir Kuleli Hikayesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255776341</t>
+          <t>9786258529357</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Bıyıklı Mavi Gök</t>
+          <t>Tuz Kadar Sevmeli</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255776167</t>
+          <t>9786258529043</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Operasyon</t>
+          <t>Uçurtma Tepesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255776327</t>
+          <t>9786258529012</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kanımdan Şiirler Taşıyor Yaralandıkça</t>
+          <t>İpek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255776358</t>
+          <t>9786255776679</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapinin Temel İlkeleri</t>
+          <t>A1 ve A2 Seviye Kelime Bilgisi</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255776532</t>
+          <t>9786258529050</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Önce Canan Sonra Canan</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255776518</t>
+          <t>9786258529067</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Hayatlar</t>
+          <t>Rüzgar Esti Üzerimden</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255776495</t>
+          <t>9786258529104</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Kazanma Rehberi</t>
+          <t>Yağmurda Karda Kasabada</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255776501</t>
+          <t>9786255776921</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sen Yaz Ben Çizerim</t>
+          <t>Yırtık Bavul</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255665386</t>
+          <t>9786258529111</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Otizm</t>
+          <t>Gidenlerin Ardından</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255776150</t>
+          <t>9786255776761</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Deniz Güvenliği Analizi - Türkiye</t>
+          <t>Allah’a Adanmak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255776105</t>
+          <t>9786258529135</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>True Love The Search</t>
+          <t>Zamanın İzleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255776266</t>
+          <t>9786258529272</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eflin</t>
+          <t>İyi Aile Çocukları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255776143</t>
+          <t>9786258529074</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Kucağında</t>
+          <t>Hudayinabit Öyküler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255665881</t>
+          <t>9786258529159</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum İçin Beni Affedin.</t>
+          <t>Her Şey Zaten Bendeydi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255665997</t>
+          <t>9786255776938</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sen Daha Filizlenmedin Aşka</t>
+          <t>Kendine Yolculuk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255776082</t>
+          <t>9786255776464</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şarap Bilimi</t>
+          <t>Mavi Gök Dini</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255776259</t>
+          <t>9786255776471</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Depresyona Karşı Yirmi Altı(n) Kural</t>
+          <t>Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255776280</t>
+          <t>9786255776488</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yaşamadan Ölmek</t>
+          <t>Sorular ve Kur'an'dan Cevaplar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255776181</t>
+          <t>9786255776907</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Uğurlanamayan</t>
+          <t>Tevhid</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255776112</t>
+          <t>9786258529289</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hep Rüzgarlı Bugünde Hayat</t>
+          <t>Nevrozlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255776129</t>
+          <t>9786051282923</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yok Artık</t>
+          <t>Derbeder</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253739669</t>
+          <t>9786255776723</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sunya</t>
+          <t>Kırık Mızrak</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255665942</t>
+          <t>9786255776792</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Düşlerim Ceketimin Cebinde</t>
+          <t>Babamdan Kalanlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255776174</t>
+          <t>9786255776600</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Özler Gibi Sev</t>
+          <t>Sen Onu Benim Külahıma Anlat</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255665898</t>
+          <t>9786255776709</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Messe</t>
+          <t>Eyvah! Veli Oldum</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255665904</t>
+          <t>9786255776990</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Adalet</t>
+          <t>Din'lendim 3</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255665751</t>
+          <t>9786255776976</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin Nedenleri ve Çözüm Önerileri</t>
+          <t>Çağrı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255776020</t>
+          <t>9786255776778</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Martıları Görmek</t>
+          <t>Su Gibi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255776051</t>
+          <t>9786255776785</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan</t>
+          <t>Kar Küresi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255776068</t>
+          <t>9786255776853</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Der Verlorene Schadel Des Baumeisters Koca Mimar Sinan</t>
+          <t>Baba Ocağı Kökler ve Filizler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255776075</t>
+          <t>9786255776884</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Das Geheime Vermachtnis Des Baumeisters Koca Mimar Sinan</t>
+          <t>Mizantropi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255665911</t>
+          <t>9786255776754</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Benden Sana</t>
+          <t>Güneş Diyarı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255665928</t>
+          <t>9786255776983</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eksik Yanım</t>
+          <t>Adalet Dünyanın Neresinde?</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255665843</t>
+          <t>9786255665003</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İyileştirici Hikayeler</t>
+          <t>Varlığın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255665966</t>
+          <t>9786259680293</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tortu</t>
+          <t>Haykırış</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255665935</t>
+          <t>9786255776716</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sıtkı’nın Sırları</t>
+          <t>Son Nefesime Kadar 1</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255776044</t>
+          <t>9786255776747</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolunu Yarat</t>
+          <t>Küçük Yazarlar Büyük Hikayeler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255776037</t>
+          <t>9786255776839</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Azrail’in Hırçın Kızı</t>
+          <t>Barutla Yazılan Tarih</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255665867</t>
+          <t>9786255776822</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Merak Ettiği Sorular</t>
+          <t>Kayıp</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255665959</t>
+          <t>9786258529005</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ruperta’nın Öyküsü</t>
+          <t>Bir Güneştir Sevda 1</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255776006</t>
+          <t>9786255776549</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çürümüş Kelimeler</t>
+          <t>Rudi Wollf</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255665768</t>
+          <t>9786255776730</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Deli ve Dünya</t>
+          <t>Tırnak İzleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255665850</t>
+          <t>9786255776693</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri Çalışma Kitabı Fendeyim</t>
+          <t>Gayrimenkul Pusulası: Yolunu Sen Çiz!</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255665669</t>
+          <t>9786255665874</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İlk Çatlak</t>
+          <t>Felsefeye Giriş Kavramlar ve Kuramlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786255665683</t>
+          <t>9786255776617</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Biraz Hüzün Biraz Sevgi</t>
+          <t>Dört Kapının Arkası</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255665775</t>
+          <t>9786255665140</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhsin</t>
+          <t>Bıyık Kaptan Serisi 1 - Hırsla Hissetti Mücadeleyi Aşkla Engel Tanımadı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255665652</t>
+          <t>9786255665515</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>04:17 Bir Umut</t>
+          <t>Bıyık Kaptan Serisi 2 - Kalemler Konuştu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255665744</t>
+          <t>9786255776655</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlıklarım</t>
+          <t>Goddi Soğuk Kıyamet</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256930582</t>
+          <t>9786255776631</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Python İle Programlama</t>
+          <t>Kendime Sorgular</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255665737</t>
+          <t>9786255776570</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türk – Rus Ticari ve Ekonomik İlişkilerinin 500 Yılı</t>
+          <t>Kaderin Adıydı Sevgi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255665584</t>
+          <t>9786255776525</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Devrim</t>
+          <t>Alaska Köleleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255665577</t>
+          <t>9786255776662</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>3 Lira</t>
+          <t>Aynı Geminin Farklı Yolcuları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255665133</t>
+          <t>9786255776624</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Giriftar</t>
+          <t>Kömür Gibi Sessiz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255665676</t>
+          <t>9786255776556</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>5 Saat</t>
+          <t>Yarım Kalmış Hayatlar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255665553</t>
+          <t>9786255776587</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şeytan</t>
+          <t>Karanlık Ormanın Kıyısında</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255665614</t>
+          <t>9786255776402</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sır-ı Hal</t>
+          <t>Kefaret</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255665591</t>
+          <t>9786255665539</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İntikam Anunnaki Savaşları - 1</t>
+          <t>Ahir Zamanın Yapıcı ve Yıkıcıları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>215</v>
+        <v>550</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255665560</t>
+          <t>9786255776297</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Başarıya Giden Yollar</t>
+          <t>Vasıfsız Ümitler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786255665522</t>
+          <t>9786255776136</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sağlık Sisteminde Dijitalleşme ve Yapay Zekanın Yükselişi</t>
+          <t>11 Yaşındaki Adam Sonsuz Huzursuzluk</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786255665607</t>
+          <t>9786255776372</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Arza Düşen Yıldırım</t>
+          <t>Şanslı Olivia</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255665546</t>
+          <t>9786255776099</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Cinayeti</t>
+          <t>Yeşerir ve Çürür</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255665621</t>
+          <t>9786255776303</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hadija ve Diş Fırçalama Macerası</t>
+          <t>Çatlaklardan Sızan Işıklar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253738570</t>
+          <t>9786255776419</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Uyanış</t>
+          <t>5 Dilde Aşk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>550</v>
+        <v>195</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051288369</t>
+          <t>9786255776334</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eureka 1</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255665423</t>
+          <t>9786255776365</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zamane Yazarından Masallamalar</t>
+          <t>Sonun Sonu</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255665461</t>
+          <t>9786255776396</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Paris’in Kalbindeki İnci</t>
+          <t>Herkes İçine Sürgün</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255665478</t>
+          <t>9786255776389</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yara Gibi Sevdalar</t>
+          <t>Çek Tetiği</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255665157</t>
+          <t>9786255776341</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>3 Elçi</t>
+          <t>Kızıl Bıyıklı Mavi Gök</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786255665492</t>
+          <t>9786255776167</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen</t>
+          <t>Küçük Bir Operasyon</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786255665447</t>
+          <t>9786255776327</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sahi, Gerçek Ne?</t>
+          <t>Kanımdan Şiirler Taşıyor Yaralandıkça</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786255665508</t>
+          <t>9786255776358</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İncin &amp; İncit</t>
+          <t>Psikoterapinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786255665454</t>
+          <t>9786255776532</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Altın Yele</t>
+          <t>Önce Canan Sonra Canan</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786255665485</t>
+          <t>9786255776518</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Nebula</t>
+          <t>Yanlış Hayatlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786255665430</t>
+          <t>9786255776495</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Değiştirdim Takvimleri</t>
+          <t>Üniversite Kazanma Rehberi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053064428</t>
+          <t>9786255776501</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Sen Yaz Ben Çizerim</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786255665393</t>
+          <t>9786255665386</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tayy-i Zaman</t>
+          <t>100 Soruda Otizm</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786255665065</t>
+          <t>9786255776150</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sürünün Çığlığı</t>
+          <t>Deniz Güvenliği Analizi - Türkiye</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786255665119</t>
+          <t>9786255776105</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>True Love The Search</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259680248</t>
+          <t>9786255776266</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Saat</t>
+          <t>Eflin</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786255665348</t>
+          <t>9786255776143</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Figen İle Bir Gün</t>
+          <t>Ateşin Kucağında</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786259680231</t>
+          <t>9786255665881</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Aşk Para Enerji</t>
+          <t>Doğduğum İçin Beni Affedin.</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786255665379</t>
+          <t>9786255665997</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mavi İle Sayıların Gizemli Kodları</t>
+          <t>Sen Daha Filizlenmedin Aşka</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786255665324</t>
+          <t>9786255776082</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kıymetsiz</t>
+          <t>Şarap Bilimi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786255665294</t>
+          <t>9786255776259</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Sevmediği Adamı Hangi Kadın Sever?</t>
+          <t>Depresyona Karşı Yirmi Altı(n) Kural</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786255665317</t>
+          <t>9786255776280</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Son İlah Son Plan</t>
+          <t>Yaşamadan Ölmek</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>335</v>
+        <v>170</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786255665041</t>
+          <t>9786255776181</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İkilem</t>
+          <t>Uğurlanamayan</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786255665270</t>
+          <t>9786255776112</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ben Sadece Uçmak İstedim</t>
+          <t>Hep Rüzgarlı Bugünde Hayat</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786255665355</t>
+          <t>9786255776129</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Münzevi</t>
+          <t>Yok Artık</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786255665362</t>
+          <t>9786253739669</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hilal</t>
+          <t>Sunya</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786255665416</t>
+          <t>9786255665942</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Serseri Vagus</t>
+          <t>Düşlerim Ceketimin Cebinde</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786255665089</t>
+          <t>9786255776174</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Aşkı Özler Gibi Sev</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786255665232</t>
+          <t>9786255665898</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Otelde Cinayet</t>
+          <t>Messe</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786255665256</t>
+          <t>9786255665904</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Terapi Sensin</t>
+          <t>Gölgedeki Adalet</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>333</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786255665058</t>
+          <t>9786255665751</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Daha Düşmedi</t>
+          <t>Terörizmin Nedenleri ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786259680262</t>
+          <t>9786255776020</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Alerji Ölümlerine Son</t>
+          <t>Martıları Görmek</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253739874</t>
+          <t>9786255776051</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Zo İle Sohbetler</t>
+          <t>Gölgede Kalan</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786255665096</t>
+          <t>9786255776068</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şaman</t>
+          <t>Der Verlorene Schadel Des Baumeisters Koca Mimar Sinan</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786255665034</t>
+          <t>9786255776075</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Harabat</t>
+          <t>Das Geheime Vermachtnis Des Baumeisters Koca Mimar Sinan</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253739478</t>
+          <t>9786255665911</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyene Yolculuk - 1</t>
+          <t>Benden Sana</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253739959</t>
+          <t>9786255665928</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ayaz Kokan Kent</t>
+          <t>Eksik Yanım</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253739867</t>
+          <t>9786255665843</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dair İçimdeki Ses</t>
+          <t>Çocuklar İçin İyileştirici Hikayeler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253739966</t>
+          <t>9786255665966</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Logosophia</t>
+          <t>Tortu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>235</v>
+        <v>160</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786259680286</t>
+          <t>9786255665935</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dolunaylı Gecelerden Geçiyorum</t>
+          <t>Sıtkı’nın Sırları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253739737</t>
+          <t>9786255776044</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin A’dan Z’ye Yaratıcı Drama Örnekleri</t>
+          <t>Kendi Yolunu Yarat</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253739850</t>
+          <t>9786255776037</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yunus Yoyo</t>
+          <t>Azrail’in Hırçın Kızı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259680224</t>
+          <t>9786255665867</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İki Yürek Arasında</t>
+          <t>Gençlerin Merak Ettiği Sorular</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786255665126</t>
+          <t>9786255665959</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ekoizm</t>
+          <t>Ruperta’nın Öyküsü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786255665072</t>
+          <t>9786255776006</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kepir Ana</t>
+          <t>Çürümüş Kelimeler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259680279</t>
+          <t>9786255665768</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Günah Benden Gitti</t>
+          <t>Deli ve Dünya</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253739515</t>
+          <t>9786255665850</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Duygusal Dünyası Benimle Empati Kur</t>
+          <t>5. Sınıf Fen Bilimleri Çalışma Kitabı Fendeyim</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253736293</t>
+          <t>9786255665669</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ceyhan Üniverlisesi</t>
+          <t>İlk Çatlak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253739706</t>
+          <t>9786255665683</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Toprak, Yağmur Ve Işık</t>
+          <t>Biraz Hüzün Biraz Sevgi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253739270</t>
+          <t>9786255665775</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Tahmin Edemezsin</t>
+          <t>Aşk-ı Muhsin</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253739829</t>
+          <t>9786255665652</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mavi Pervazlı Pencere</t>
+          <t>04:17 Bir Umut</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253739836</t>
+          <t>9786255665744</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Veya Absürt</t>
+          <t>Sessiz Çığlıklarım</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253739768</t>
+          <t>9786256930582</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Python İle Programlama</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253739584</t>
+          <t>9786255665737</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Güneş Doğuyor</t>
+          <t>Türk – Rus Ticari ve Ekonomik İlişkilerinin 500 Yılı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253739676</t>
+          <t>9786255665584</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>481</t>
+          <t>Devrim</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253739416</t>
+          <t>9786255665577</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kifayet</t>
+          <t>3 Lira</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253739751</t>
+          <t>9786255665133</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Vuslatta Hicran</t>
+          <t>Giriftar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253739898</t>
+          <t>9786255665676</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kızılcık Ovası</t>
+          <t>5 Saat</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253739744</t>
+          <t>9786255665553</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yarınsız Bugünler</t>
+          <t>Kırmızı Şeytan</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253739508</t>
+          <t>9786255665614</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aşkların En Güzeli</t>
+          <t>Sır-ı Hal</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253739614</t>
+          <t>9786255665591</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ben Emlakçıyım</t>
+          <t>İntikam Anunnaki Savaşları - 1</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253738860</t>
+          <t>9786255665560</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Dili</t>
+          <t>Özel Eğitimde Başarıya Giden Yollar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253739621</t>
+          <t>9786255665522</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Yanılgısı</t>
+          <t>Türkiye Sağlık Sisteminde Dijitalleşme ve Yapay Zekanın Yükselişi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253739638</t>
+          <t>9786255665607</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kaporta 3</t>
+          <t>Arza Düşen Yıldırım</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253739607</t>
+          <t>9786255665546</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Karga</t>
+          <t>Kaplan Cinayeti</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253739690</t>
+          <t>9786255665621</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Aşka, Umuda ve Barışa Dair</t>
+          <t>Hadija ve Diş Fırçalama Macerası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253739454</t>
+          <t>9786253738570</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Messe 2</t>
+          <t>Karanlık Uyanış</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253739485</t>
+          <t>9786051288369</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sesin Var Tenin Yok</t>
+          <t>Eureka 1</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253739225</t>
+          <t>9786255665423</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Leş</t>
+          <t>Zamane Yazarından Masallamalar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253739492</t>
+          <t>9786255665461</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Solaklar Toplumu</t>
+          <t>Paris’in Kalbindeki İnci</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253739461</t>
+          <t>9786255665478</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sahar 3.16</t>
+          <t>Yara Gibi Sevdalar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253739577</t>
+          <t>9786255665157</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar 2</t>
+          <t>3 Elçi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253739683</t>
+          <t>9786255665492</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Eldoria Kehanet Savaşçıları</t>
+          <t>Bitmeyen</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253739652</t>
+          <t>9786255665447</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Zafir</t>
+          <t>Sahi, Gerçek Ne?</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253739560</t>
+          <t>9786255665508</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Aşk Öldürür</t>
+          <t>İncin &amp; İncit</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786253739645</t>
+          <t>9786255665454</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğimin Sesi</t>
+          <t>Altın Yele</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253739430</t>
+          <t>9786255665485</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sustum Sana</t>
+          <t>Nebula</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258267174</t>
+          <t>9786255665430</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Minik Ellerden Öyküler</t>
+          <t>Değiştirdim Takvimleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>30</v>
+        <v>260</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256930285</t>
+          <t>9786053064428</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gitme (Ciltli)</t>
+          <t>Kuyu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253738983</t>
+          <t>9786255665393</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Ben, Sen</t>
+          <t>Tayy-i Zaman</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253739065</t>
+          <t>9786255665065</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Asıl Hikaye</t>
+          <t>Sürünün Çığlığı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253739287</t>
+          <t>9786255665119</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dikensiz Güller</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>135</v>
+        <v>285</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253739294</t>
+          <t>9786259680248</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Zaman Okyanusunda 80 Yıllık Damla</t>
+          <t>Bir Saat</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253739300</t>
+          <t>9786255665348</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Çöküşüm</t>
+          <t>Figen İle Bir Gün</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253739188</t>
+          <t>9786259680231</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Derun</t>
+          <t>Aşk Para Enerji</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>330</v>
+        <v>145</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253739140</t>
+          <t>9786255665379</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Susadım</t>
+          <t>Mavi İle Sayıların Gizemli Kodları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253739201</t>
+          <t>9786255665324</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zifir</t>
+          <t>Kıymetsiz</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>215</v>
+        <v>120</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253739256</t>
+          <t>9786255665294</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Arıları İstemek İyidir</t>
+          <t>Bir Annenin Sevmediği Adamı Hangi Kadın Sever?</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253739423</t>
+          <t>9786255665317</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimden Bak’sana</t>
+          <t>Son İlah Son Plan</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253738297</t>
+          <t>9786255665041</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Her Hayat Bir Kitap</t>
+          <t>İkilem</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253739232</t>
+          <t>9786255665270</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kadehlerin Sohbeti</t>
+          <t>Ben Sadece Uçmak İstedim</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253739263</t>
+          <t>9786255665355</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Dibe Dalış</t>
+          <t>Münzevi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>185</v>
+        <v>265</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253738648</t>
+          <t>9786255665362</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>Hilal</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253739249</t>
+          <t>9786255665416</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Dans</t>
+          <t>İçimizdeki Serseri Vagus</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253739171</t>
+          <t>9786255665089</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Zerre</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253739447</t>
+          <t>9786255665232</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Muvakkatname</t>
+          <t>Otelde Cinayet</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253739195</t>
+          <t>9786255665256</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Danışmanının Hukuk El Kitabı</t>
+          <t>Terapi Sensin</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>185</v>
+        <v>333</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253739218</t>
+          <t>9786255665058</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Yabancı</t>
+          <t>Yaprak Daha Düşmedi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253738839</t>
+          <t>9786259680262</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Umuda Uçan Turnalar</t>
+          <t>Alerji Ölümlerine Son</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053063186</t>
+          <t>9786253739874</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış</t>
+          <t>Zo İle Sohbetler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257498531</t>
+          <t>9786255665096</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bir Postacının Günlüğü</t>
+          <t>Şaman</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>105</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257498449</t>
+          <t>9786255665034</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Depresyonel Düşünceler</t>
+          <t>Harabat</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257498692</t>
+          <t>9786253739478</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Banyodaki Vahşet</t>
+          <t>Bilinmeyene Yolculuk - 1</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257498593</t>
+          <t>9786253739959</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Seli</t>
+          <t>Ayaz Kokan Kent</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257498777</t>
+          <t>9786253739867</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>110 Soruda Kitap Yayınlatmak</t>
+          <t>Yaşama Dair İçimdeki Ses</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>37</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257498760</t>
+          <t>9786253739966</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>110 Soruda Kitap Yayını</t>
+          <t>Logosophia</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>37</v>
+        <v>235</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257498753</t>
+          <t>9786259680286</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>110 Soruda Kitap Bastırmak</t>
+          <t>Dolunaylı Gecelerden Geçiyorum</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>37</v>
+        <v>130</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257498890</t>
+          <t>9786253739737</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Uçarken</t>
+          <t>Çocuklar İçin A’dan Z’ye Yaratıcı Drama Örnekleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253739034</t>
+          <t>9786253739850</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Akrebin Doğuşu</t>
+          <t>Küçük Yunus Yoyo</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253739041</t>
+          <t>9786259680224</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kalbinle mi Aklınla mı Sevdin?</t>
+          <t>İki Yürek Arasında</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786253739003</t>
+          <t>9786255665126</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Agarta’ya Açılan Adam: Rudolf’un Hikâyesi</t>
+          <t>Ekoizm</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786253739164</t>
+          <t>9786255665072</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Sidra</t>
+          <t>Kepir Ana</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253739157</t>
+          <t>9786259680279</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Pati</t>
+          <t>Günah Benden Gitti</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786253739058</t>
+          <t>9786253739515</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dehşetin Günlüğü</t>
+          <t>Çocuğun Duygusal Dünyası Benimle Empati Kur</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253738396</t>
+          <t>9786253736293</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>Ceyhan Üniverlisesi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253738518</t>
+          <t>9786253739706</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sabahçılar</t>
+          <t>Toprak, Yağmur Ve Işık</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253738952</t>
+          <t>9786253739270</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Evi Düşleri</t>
+          <t>Hayatı Tahmin Edemezsin</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253739010</t>
+          <t>9786253739829</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hikayelerin Kolektif Kitabı Mozaik</t>
+          <t>Mavi Pervazlı Pencere</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786253738716</t>
+          <t>9786253739836</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mis Kokan Müze</t>
+          <t>Var Olmak Veya Absürt</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786253738884</t>
+          <t>9786253739768</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Peace Gezegeni</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786253738907</t>
+          <t>9786253739584</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Adalet Meleği</t>
+          <t>Güneş Doğuyor</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786253738891</t>
+          <t>9786253739676</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bir Tuhaflık Var</t>
+          <t>481</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786253738945</t>
+          <t>9786253739416</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan 100’e Aşk</t>
+          <t>Kifayet</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786253738280</t>
+          <t>9786253739751</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İnanca Tutsak</t>
+          <t>Vuslatta Hicran</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253738754</t>
+          <t>9786253739898</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben</t>
+          <t>Lanetli Kızılcık Ovası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786253738655</t>
+          <t>9786253739744</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Prosektör</t>
+          <t>Yarınsız Bugünler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>430</v>
+        <v>165</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253738556</t>
+          <t>9786253739508</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ben De Bir Şeyler Karaladım</t>
+          <t>Aşkların En Güzeli</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253738976</t>
+          <t>9786253739614</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmaya Bak</t>
+          <t>Ben Emlakçıyım</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253738105</t>
+          <t>9786253738860</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Her Tecrübem Bir İmtihandır</t>
+          <t>Duyguların Dili</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253738990</t>
+          <t>9786253739621</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Xpi’nin Şifreleri</t>
+          <t>İnsanlık Yanılgısı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786253738877</t>
+          <t>9786253739638</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığım Şiirler</t>
+          <t>Kaporta 3</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253738433</t>
+          <t>9786253739607</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Türkiye Cumhuriyeti Başkentlerinde Almanların ve Fransızların Kültür Faaliyetleri</t>
+          <t>Karga</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786253738846</t>
+          <t>9786253739690</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Simena’da Son Akşam Yemeği</t>
+          <t>Aşka, Umuda ve Barışa Dair</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786253738631</t>
+          <t>9786253739454</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ketojenik Sağlık</t>
+          <t>Messe 2</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253738822</t>
+          <t>9786253739485</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Lidya Türküsü</t>
+          <t>Sesin Var Tenin Yok</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253738525</t>
+          <t>9786253739225</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler Hep Hazandı</t>
+          <t>Sosyal Leş</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051280929</t>
+          <t>9786253739492</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tutulması</t>
+          <t>Solaklar Toplumu</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>9.26</v>
+        <v>240</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786253738150</t>
+          <t>9786253739461</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yabancı</t>
+          <t>Sahar 3.16</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786253738662</t>
+          <t>9786253739577</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Gölge ve Işık Prensi Kaelan</t>
+          <t>Yansımalar 2</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786253738853</t>
+          <t>9786253739683</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bir Ruh Hastası</t>
+          <t>Eldoria Kehanet Savaşçıları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786253738594</t>
+          <t>9786253739652</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>On Farklı Hikaye</t>
+          <t>Zafir</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786253737801</t>
+          <t>9786253739560</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Serüvenim</t>
+          <t>Aşk Öldürür</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253738310</t>
+          <t>9786253739645</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Neydi Mutluluk?</t>
+          <t>Sessizliğimin Sesi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786253738709</t>
+          <t>9786253739430</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Herkes Var</t>
+          <t>Sustum Sana</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786253738679</t>
+          <t>9786258267174</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Yolculuk</t>
+          <t>Minik Ellerden Öyküler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786253738471</t>
+          <t>9786256930285</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Düşüncesi</t>
+          <t>Gitme (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786253738426</t>
+          <t>9786253738983</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İçgüdüsel Kalifikasyon ve Otonom Anatomisi Üzerine Birkaç Tekil Fikir</t>
+          <t>Aşk, Ben, Sen</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786253738419</t>
+          <t>9786253739065</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Görmesini Bilene</t>
+          <t>Asıl Hikaye</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>125</v>
+        <v>380</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786253737610</t>
+          <t>9786253739287</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kapı</t>
+          <t>Dikensiz Güller</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786253738549</t>
+          <t>9786253739294</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>Zaman Okyanusunda 80 Yıllık Damla</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786253738075</t>
+          <t>9786253739300</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mefküre-i Hissiyat</t>
+          <t>Kentsel Çöküşüm</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786253737696</t>
+          <t>9786253739188</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Rüyalar</t>
+          <t>Derun</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786253738563</t>
+          <t>9786253739140</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya</t>
+          <t>Susadım</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786253738464</t>
+          <t>9786253739201</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Zaferi</t>
+          <t>Zifir</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786253738488</t>
+          <t>9786253739256</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kalaycı Öyküler</t>
+          <t>Arıları İstemek İyidir</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786253737603</t>
+          <t>9786253739423</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Gecenin 4’ü 5’i</t>
+          <t>Gözlerimden Bak’sana</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786253738013</t>
+          <t>9786253738297</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Uçmayı Öğrenmeden Göçmeye Başlayan Kuşlar</t>
+          <t>Her Hayat Bir Kitap</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786253737634</t>
+          <t>9786253739232</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kulağı Ağrıyan Fil</t>
+          <t>Kadehlerin Sohbeti</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786253737573</t>
+          <t>9786253739263</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Psikolojim Bozuk Mu?</t>
+          <t>Dibe Dalış</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>310</v>
+        <v>185</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786253738082</t>
+          <t>9786253738648</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yanım</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253737023</t>
+          <t>9786253739249</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>41. Gün</t>
+          <t>Kıbrıs’ta Dans</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253738181</t>
+          <t>9786253739171</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Martivim’in Maceraları</t>
+          <t>Zerre</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786253738402</t>
+          <t>9786253739447</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuşluğun Hakimiyeti</t>
+          <t>Muvakkatname</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786253738617</t>
+          <t>9786253739195</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame Yanıyor</t>
+          <t>Gayrimenkul Danışmanının Hukuk El Kitabı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786253737948</t>
+          <t>9786253739218</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ergenliğe Eğlenceli Bir Yolculuk</t>
+          <t>Yalnız Yabancı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786253738266</t>
+          <t>9786253738839</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Boş Kitap</t>
+          <t>Umuda Uçan Turnalar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786253738303</t>
+          <t>9786053063186</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Denizli Çal İlçesi Camileri</t>
+          <t>Yaratılış</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>285</v>
+        <v>540</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786253737856</t>
+          <t>9786257498531</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Gül’ün Aynası Şah’ın Şifresi</t>
+          <t>Bir Postacının Günlüğü</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786253738198</t>
+          <t>9786257498449</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Hayali</t>
+          <t>Depresyonel Düşünceler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786253738051</t>
+          <t>9786257498692</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Deli Miyim Veli Mi?</t>
+          <t>Banyodaki Vahşet</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786253737955</t>
+          <t>9786257498593</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Mavi Su Berrak</t>
+          <t>Bir Sevgi Seli</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253738037</t>
+          <t>9786257498777</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ortodoksluk Üzerine</t>
+          <t>110 Soruda Kitap Yayınlatmak</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>120</v>
+        <v>37</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786253737788</t>
+          <t>9786257498760</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Gerçekler</t>
+          <t>110 Soruda Kitap Yayını</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>120</v>
+        <v>37</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253737177</t>
+          <t>9786257498753</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Projelerinde Sözleşme Yönetimi</t>
+          <t>110 Soruda Kitap Bastırmak</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>560</v>
+        <v>37</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786253738112</t>
+          <t>9786257498890</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çaylak</t>
+          <t>Kelebekler Uçarken</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253737924</t>
+          <t>9786253739034</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kolon-i Derya</t>
+          <t>Akrebin Doğuşu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786253738044</t>
+          <t>9786253739041</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Seyri Hakikat</t>
+          <t>Kalbinle mi Aklınla mı Sevdin?</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786253738068</t>
+          <t>9786253739003</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Olmayacak</t>
+          <t>Agarta’ya Açılan Adam: Rudolf’un Hikâyesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786253738099</t>
+          <t>9786253739164</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sophia</t>
+          <t>Sidra</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786253738242</t>
+          <t>9786253739157</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mümteni</t>
+          <t>Kayıp Pati</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253737818</t>
+          <t>9786253739058</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sen Dönüşüm Zamanı</t>
+          <t>Dehşetin Günlüğü</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253737832</t>
+          <t>9786253738396</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Birtakım Platonik Meseleler</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253736453</t>
+          <t>9786253738518</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Berfin Dibarin Li Reşiyan</t>
+          <t>Sabahçılar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253737870</t>
+          <t>9786253738952</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kar Taneleri</t>
+          <t>Ağaç Evi Düşleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786051288680</t>
+          <t>9786253739010</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Dönüm Noktası</t>
+          <t>Kısa Hikayelerin Kolektif Kitabı Mozaik</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253737764</t>
+          <t>9786253738716</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Olmak</t>
+          <t>Mis Kokan Müze</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786253737672</t>
+          <t>9786253738884</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalan Biz</t>
+          <t>Peace Gezegeni</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786253737900</t>
+          <t>9786253738907</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bir Kız Çocuğunun Uçan Hayalleri</t>
+          <t>Adalet Meleği</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253737795</t>
+          <t>9786253738891</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Düzenin Düzülenleri</t>
+          <t>Bir Tuhaflık Var</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253737863</t>
+          <t>9786253738945</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hegemonya</t>
+          <t>Sıfırdan 100’e Aşk</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253737917</t>
+          <t>9786253738280</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Meleği</t>
+          <t>İnanca Tutsak</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253737641</t>
+          <t>9786253738754</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Saklı</t>
+          <t>İçimdeki Ben</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786253737467</t>
+          <t>9786253738655</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bu Son Göçümüz</t>
+          <t>Prosektör</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786253737757</t>
+          <t>9786253738556</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Cafe 1</t>
+          <t>Ben De Bir Şeyler Karaladım</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253737887</t>
+          <t>9786253738976</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mesafe</t>
+          <t>Mutlu Olmaya Bak</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253737825</t>
+          <t>9786253738105</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yarının Dünyasına Yolculuk</t>
+          <t>Her Tecrübem Bir İmtihandır</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253737658</t>
+          <t>9786253738990</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bilemezler</t>
+          <t>Xpi’nin Şifreleri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253737597</t>
+          <t>9786253738877</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Basit Düşünen İnsan</t>
+          <t>Yaşadığım Şiirler</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253737894</t>
+          <t>9786253738433</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sezgilerim</t>
+          <t>Osmanlı ve Türkiye Cumhuriyeti Başkentlerinde Almanların ve Fransızların Kültür Faaliyetleri</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253737627</t>
+          <t>9786253738846</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Yabancı</t>
+          <t>Simena’da Son Akşam Yemeği</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253737665</t>
+          <t>9786253738631</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Yaşam Penceresi</t>
+          <t>Ketojenik Sağlık</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253736460</t>
+          <t>9786253738822</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Menaf</t>
+          <t>Lidya Türküsü</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253737269</t>
+          <t>9786253738525</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Ders Notları</t>
+          <t>Mevsimler Hep Hazandı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253737931</t>
+          <t>9786051280929</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Duman ve Aynalar</t>
+          <t>İnsan Tutulması</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053063797</t>
+          <t>9786253738150</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya Çalışma Soruları</t>
+          <t>İçimdeki Yabancı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>69.44</v>
+        <v>210</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786253736712</t>
+          <t>9786253738662</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Işık</t>
+          <t>Gölge ve Işık Prensi Kaelan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253737283</t>
+          <t>9786253738853</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları – 1</t>
+          <t>Akıllı Bir Ruh Hastası</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253737221</t>
+          <t>9786253738594</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kur’an</t>
+          <t>On Farklı Hikaye</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253737566</t>
+          <t>9786253737801</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Messe Boyutlar Arası</t>
+          <t>Bilimsel Serüvenim</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253737559</t>
+          <t>9786253738310</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Narin Güran ve Masum Çocuklara</t>
+          <t>Neydi Mutluluk?</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253737290</t>
+          <t>9786253738709</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kusurlu Suçlar</t>
+          <t>Yüreğimde Herkes Var</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786253737412</t>
+          <t>9786253738679</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sarımtırak</t>
+          <t>En Uzun Yolculuk</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253737375</t>
+          <t>9786253738471</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İzleyici</t>
+          <t>Evlilik Düşüncesi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253737382</t>
+          <t>9786253738426</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Umutların Kampanyası</t>
+          <t>İçgüdüsel Kalifikasyon ve Otonom Anatomisi Üzerine Birkaç Tekil Fikir</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786253737436</t>
+          <t>9786253738419</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Mazot Kokusu</t>
+          <t>Görmesini Bilene</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253737061</t>
+          <t>9786253737610</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Pahası</t>
+          <t>Pembe Kapı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253737399</t>
+          <t>9786253738549</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle İlk Nur</t>
+          <t>Kahin</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253737450</t>
+          <t>9786253738075</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Çaresizliğim Ertelenebilir</t>
+          <t>Mefküre-i Hissiyat</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253737160</t>
+          <t>9786253737696</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Adale ve Kuvvet</t>
+          <t>Gizemli Rüyalar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253737313</t>
+          <t>9786253738563</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sahib-i Melahat</t>
+          <t>Kadim Dünya</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253737542</t>
+          <t>9786253738464</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Üç Kişilik Aile</t>
+          <t>Pazarlama Zaferi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253737276</t>
+          <t>9786253738488</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Konuşanlar</t>
+          <t>Kalaycı Öyküler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786253737351</t>
+          <t>9786253737603</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Adventurous Flower- Maceracı Çiçek</t>
+          <t>Gecenin 4’ü 5’i</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253737535</t>
+          <t>9786253738013</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kalpler ve Gönüller</t>
+          <t>Uçmayı Öğrenmeden Göçmeye Başlayan Kuşlar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253737580</t>
+          <t>9786253737634</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dünyalarını Cennet Yapanlar</t>
+          <t>Kulağı Ağrıyan Fil</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786253737368</t>
+          <t>9786253737573</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Televizyonda Suç ve Sapmanın Temsilleri</t>
+          <t>Psikolojim Bozuk Mu?</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>245</v>
+        <v>310</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786253737306</t>
+          <t>9786253738082</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Masal Günlüğü Üçüncü Peri</t>
+          <t>Diğer Yanım</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786253737320</t>
+          <t>9786253737023</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde</t>
+          <t>41. Gün</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786253737429</t>
+          <t>9786253738181</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Şairimiz Doğuyor – 2</t>
+          <t>Martivim’in Maceraları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786253737405</t>
+          <t>9786253738402</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Bavul</t>
+          <t>Unutulmuşluğun Hakimiyeti</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786253737443</t>
+          <t>9786253738617</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Duygularımızın Sessiz Çığlığı</t>
+          <t>Notre Dame Yanıyor</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786253737528</t>
+          <t>9786253737948</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sendeydi</t>
+          <t>Ergenliğe Eğlenceli Bir Yolculuk</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786253736972</t>
+          <t>9786253738266</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bundan Sonra Asker Oluşumuz</t>
+          <t>Boş Kitap</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>400</v>
+        <v>285</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786253737139</t>
+          <t>9786253738303</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Modern Zekat Bankacılığı</t>
+          <t>Denizli Çal İlçesi Camileri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786253736729</t>
+          <t>9786253737856</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlüğüm</t>
+          <t>Gül’ün Aynası Şah’ın Şifresi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786253736590</t>
+          <t>9786253738198</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Fenomen</t>
+          <t>Gerçeğin Hayali</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786253736620</t>
+          <t>9786253738051</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Hayatı Sonsuz mudur?/ Sonsuzluğun Sahibi</t>
+          <t>Deli Miyim Veli Mi?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786253737122</t>
+          <t>9786253737955</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Mümkün</t>
+          <t>Gökyüzü Mavi Su Berrak</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786253737146</t>
+          <t>9786253738037</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Şatodaki Ejderha</t>
+          <t>Doğu Ortodoksluk Üzerine</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786253737016</t>
+          <t>9786253737788</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Han ve Hayki</t>
+          <t>Düşler ve Gerçekler</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253737085</t>
+          <t>9786253737177</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Efsel</t>
+          <t>İnşaat Projelerinde Sözleşme Yönetimi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>120</v>
+        <v>560</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786253737030</t>
+          <t>9786253738112</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Radikal Bireycilik</t>
+          <t>Çaylak</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253737153</t>
+          <t>9786253737924</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kolay Okunan Hikayeler - Harran Kahini</t>
+          <t>Kolon-i Derya</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786253737115</t>
+          <t>9786253738044</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Simli Terlik</t>
+          <t>Seyri Hakikat</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786253737184</t>
+          <t>9786253738068</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Az Sonra Yarın Olacak Karar Ver!</t>
+          <t>İstanbul Olmayacak</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786253737238</t>
+          <t>9786253738099</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Biraz</t>
+          <t>Sophia</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253734480</t>
+          <t>9786253738242</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Aşk İki Kişinin Değil İki Kişiliğin İşidir</t>
+          <t>Mümteni</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786253736477</t>
+          <t>9786253737818</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Unutma Sakın</t>
+          <t>Gerçek Sen Dönüşüm Zamanı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786253736866</t>
+          <t>9786253737832</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Mor Şarap</t>
+          <t>Birtakım Platonik Meseleler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786253737009</t>
+          <t>9786253736453</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ceket</t>
+          <t>Berfin Dibarin Li Reşiyan</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786253737108</t>
+          <t>9786253737870</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Belangaz Türkiye’de Allah Modelleri</t>
+          <t>Kar Taneleri</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253737078</t>
+          <t>9786051288680</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Her Nefes Kül</t>
+          <t>Dönüm Noktası</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786253737092</t>
+          <t>9786253737764</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Gazete</t>
+          <t>İyi İnsan Olmak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253736828</t>
+          <t>9786253737672</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>K,. 2072</t>
+          <t>Geriye Kalan Biz</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786253736859</t>
+          <t>9786253737900</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yedi Bitirdi</t>
+          <t>Bir Kız Çocuğunun Uçan Hayalleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786253736675</t>
+          <t>9786253737795</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Çan</t>
+          <t>Düzenin Düzülenleri</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786253736576</t>
+          <t>9786253737863</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kök Sarmaşık</t>
+          <t>Hegemonya</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786253737047</t>
+          <t>9786253737917</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Samankapan</t>
+          <t>Yaşam Meleği</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786253737054</t>
+          <t>9786253737641</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Koşarken Susan Adımlar</t>
+          <t>Gökyüzünde Saklı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786253736965</t>
+          <t>9786253737467</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Çocukları</t>
+          <t>Bu Son Göçümüz</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786253736989</t>
+          <t>9786253737757</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Çete</t>
+          <t>Tutsak Cafe 1</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786253736873</t>
+          <t>9786253737887</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ne Kadarsa Ben De O Kadardım</t>
+          <t>Mesafe</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786253736507</t>
+          <t>9786253737825</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ömürden Akan Dizeler</t>
+          <t>Yarının Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786253736958</t>
+          <t>9786253737658</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Rüyası</t>
+          <t>Bilemezler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786253736934</t>
+          <t>9786253737597</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Dört</t>
+          <t>Basit Düşünen İnsan</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786253736941</t>
+          <t>9786253737894</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Peşinde Adım Adım</t>
+          <t>Sezgilerim</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786253736736</t>
+          <t>9786253737627</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Bir Erkek</t>
+          <t>Özgürlüğe Yabancı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786253736743</t>
+          <t>9786253737665</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Büyük Krallık Srinya 2</t>
+          <t>Duvardaki Yaşam Penceresi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786253736903</t>
+          <t>9786253736460</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Gündegün</t>
+          <t>Menaf</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786253735647</t>
+          <t>9786253737269</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Yolculuğunun On Dokuz Günü!</t>
+          <t>İngilizce Ders Notları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786253736842</t>
+          <t>9786253737931</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Manik Atak</t>
+          <t>Duman ve Aynalar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786253736927</t>
+          <t>9786053063797</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Dünya İnsanı</t>
+          <t>Biyokimya Çalışma Soruları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>140</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786253736705</t>
+          <t>9786253736712</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş Penceresinden Samimi Paylaşımlar</t>
+          <t>Kırmızı Işık</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786253736613</t>
+          <t>9786253737283</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin Savaş Geri Dönüş</t>
+          <t>Zamanın Kapıları – 1</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786253736835</t>
+          <t>9786253737221</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressamların Maceraları</t>
+          <t>Sorularla Kur’an</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786253736910</t>
+          <t>9786253737566</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Zenginlik Matematiği</t>
+          <t>Messe Boyutlar Arası</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786253736750</t>
+          <t>9786253737559</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkler Neden Mutsuz?</t>
+          <t>Narin Güran ve Masum Çocuklara</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>310</v>
+        <v>145</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786253736316</t>
+          <t>9786253737290</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Nenem Babam ve Ben</t>
+          <t>Kusurlu Suçlar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786253736569</t>
+          <t>9786253737412</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında Şiirlere Tutunmak</t>
+          <t>Sarımtırak</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786253736699</t>
+          <t>9786253737375</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Elimdeki İz</t>
+          <t>İzleyici</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786253736514</t>
+          <t>9786253737382</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sarf-ı Nazar</t>
+          <t>Umutların Kampanyası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786253736637</t>
+          <t>9786253737436</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Namazlaşan İnsan</t>
+          <t>Mazot Kokusu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786253736583</t>
+          <t>9786253737061</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İsimsizin Günlüğü</t>
+          <t>Hayatımın Pahası</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786253736538</t>
+          <t>9786253737399</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Lilith'in Kızı Adem</t>
+          <t>Aşk İle İlk Nur</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786253736545</t>
+          <t>9786253737450</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Biz Farklıyız</t>
+          <t>Çaresizliğim Ertelenebilir</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786253736309</t>
+          <t>9786253737160</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Şuursuz Hayaller</t>
+          <t>Adale ve Kuvvet</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786253736484</t>
+          <t>9786253737313</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Çerkes Ethem</t>
+          <t>Sahib-i Melahat</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786253736644</t>
+          <t>9786253737542</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Aciz Bir Kulun Yüreğinden Dökülen Sözler</t>
+          <t>Üç Kişilik Aile</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786253736651</t>
+          <t>9786253737276</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Anlam Dili - Lisan-ı Meal</t>
+          <t>Hayvanlarla Konuşanlar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786253736668</t>
+          <t>9786253737351</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yüce Kitabımız Kur'an-ı Kerim'den Dualar</t>
+          <t>Adventurous Flower- Maceracı Çiçek</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786253735678</t>
+          <t>9786253737535</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yla Bahis Karaduti Karaduti 1. Kitap</t>
+          <t>Kalpler ve Gönüller</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786253736330</t>
+          <t>9786253737580</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'yla Bahis Anafor 2. Kitap</t>
+          <t>Dünyalarını Cennet Yapanlar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>455</v>
+        <v>130</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786253736231</t>
+          <t>9786253737368</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Kusurlar</t>
+          <t>Televizyonda Suç ve Sapmanın Temsilleri</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>210</v>
+        <v>245</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258102543</t>
+          <t>9786253737306</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Soysuzlar Geçidi</t>
+          <t>Masal Günlüğü Üçüncü Peri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>319</v>
+        <v>185</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786253734688</t>
+          <t>9786253737320</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Orkestra Şefi</t>
+          <t>Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786253736088</t>
+          <t>9786253737429</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yoksunluk</t>
+          <t>Yeni Bir Şairimiz Doğuyor – 2</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786256617056</t>
+          <t>9786253737405</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitabı</t>
+          <t>Bavul</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786253735845</t>
+          <t>9786253737443</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yenik Şiirler</t>
+          <t>Duygularımızın Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786253735852</t>
+          <t>9786253737528</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Aşk Sendeydi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786253736057</t>
+          <t>9786253736972</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Birinin Kalbinde İz Bırak</t>
+          <t>Bundan Sonra Asker Oluşumuz</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786253735708</t>
+          <t>9786253737139</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Fısıltı</t>
+          <t>Modern Zekat Bankacılığı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786253735906</t>
+          <t>9786253736729</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>ilk Günah</t>
+          <t>Korona Günlüğüm</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786253736033</t>
+          <t>9786253736590</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Melius</t>
+          <t>Fenomen</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786253735456</t>
+          <t>9786253736620</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın İntiharı</t>
+          <t>Ahiret Hayatı Sonsuz mudur?/ Sonsuzluğun Sahibi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786253735432</t>
+          <t>9786253737122</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Zeus Altarı</t>
+          <t>Başka Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786253735425</t>
+          <t>9786253737146</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tanrılarla Devlerin Savaşı</t>
+          <t>Şatodaki Ejderha</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786253735418</t>
+          <t>9786253737016</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>Han ve Hayki</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786253735395</t>
+          <t>9786253737085</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Byzas İle Teora</t>
+          <t>Efsel</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786253735890</t>
+          <t>9786253737030</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Çığlığı</t>
+          <t>Radikal Bireycilik</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786253735838</t>
+          <t>9786253737153</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün Yeter Bize</t>
+          <t>Kolay Okunan Hikayeler - Harran Kahini</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786253735722</t>
+          <t>9786253737115</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Hasret</t>
+          <t>Simli Terlik</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786253735333</t>
+          <t>9786253737184</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ben Sende Kendimi Gördüm</t>
+          <t>Az Sonra Yarın Olacak Karar Ver!</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786253735685</t>
+          <t>9786253737238</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gerçekliğini Yaratmak</t>
+          <t>Biraz</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786253735944</t>
+          <t>9786253734480</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Boşluktaki Çığlıklar</t>
+          <t>Aşk İki Kişinin Değil İki Kişiliğin İşidir</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786253735821</t>
+          <t>9786253736477</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Kıyısındaki Deniz</t>
+          <t>Unutma Sakın</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786253735937</t>
+          <t>9786253736866</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>HPV ve Rahim Ağzı Kanseri Bilinmezlikten Kurtuluşa</t>
+          <t>Mor Şarap</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786253735630</t>
+          <t>9786253737009</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Esintiler</t>
+          <t>Beyaz Ceket</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786253735043</t>
+          <t>9786253737108</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Piyanist ve Yaşlı Kedi</t>
+          <t>Belangaz Türkiye’de Allah Modelleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786253735081</t>
+          <t>9786253737078</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Adam</t>
+          <t>Her Nefes Kül</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786253735586</t>
+          <t>9786253737092</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>50 Basic Reading Passages</t>
+          <t>Sihirli Gazete</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786253735692</t>
+          <t>9786253736828</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kankelebeği</t>
+          <t>K,. 2072</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>540</v>
+        <v>260</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786253735142</t>
+          <t>9786253736859</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sadece Psikoloji</t>
+          <t>Aşk Yedi Bitirdi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786253735357</t>
+          <t>9786253736675</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Herhalde Sevmek Lazım</t>
+          <t>Çan</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786253735463</t>
+          <t>9786253736576</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ülkü Uğrunda Gönüller Delidir</t>
+          <t>Kök Sarmaşık</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786253735517</t>
+          <t>9786253737047</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İhtişamın İç Yüzü</t>
+          <t>Samankapan</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786253734350</t>
+          <t>9786253737054</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Seasons</t>
+          <t>Koşarken Susan Adımlar</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786253735241</t>
+          <t>9786253736965</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sanki Sen</t>
+          <t>Ay'ın Çocukları</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786253735494</t>
+          <t>9786253736989</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Can Kırıkları</t>
+          <t>Çete</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786253735388</t>
+          <t>9786253736873</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ben Sadece Sevdim</t>
+          <t>Sevgi Ne Kadarsa Ben De O Kadardım</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>180</v>
+        <v>115</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786253735449</t>
+          <t>9786253736507</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kör Bıçak</t>
+          <t>Ömürden Akan Dizeler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786253735555</t>
+          <t>9786253736958</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Hayatlar ve Tüketilen İnsanlık</t>
+          <t>Akdeniz Rüyası</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786253735531</t>
+          <t>9786253736934</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölüm</t>
+          <t>Yirmi Dört</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786253735609</t>
+          <t>9786253736941</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bedel Ekinleri</t>
+          <t>Peşinde Adım Adım</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786253735197</t>
+          <t>9786253736736</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Mimar Koca Sinan'ın Kayıp Kafatası</t>
+          <t>Bir Kadın Bir Erkek</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786253734749</t>
+          <t>9786253736743</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Giresun'da</t>
+          <t>Büyük Krallık Srinya 2</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>115</v>
+        <v>210</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786253734947</t>
+          <t>9786253736903</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Yolu</t>
+          <t>Gündegün</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>222</v>
+        <v>100</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786253735579</t>
+          <t>9786253735647</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Cadıları Umay</t>
+          <t>Cehennem Yolculuğunun On Dokuz Günü!</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786253735401</t>
+          <t>9786253736842</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Geçmedi Gönül Yorgunluğum</t>
+          <t>Manik Atak</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786253734411</t>
+          <t>9786253736927</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Uygulaması</t>
+          <t>Dünya İnsanı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786253733902</t>
+          <t>9786253736705</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Enaiyi</t>
+          <t>Orta Yaş Penceresinden Samimi Paylaşımlar</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786253733667</t>
+          <t>9786253736613</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sportif Terapi</t>
+          <t>Aşk İçin Savaş Geri Dönüş</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786253735159</t>
+          <t>9786253736835</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Madalya</t>
+          <t>Küçük Ressamların Maceraları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786253734602</t>
+          <t>9786253736910</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Klepto Mami</t>
+          <t>Zenginlik Matematiği</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786253735104</t>
+          <t>9786253736750</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Neden?</t>
+          <t>Modern Türkler Neden Mutsuz?</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786253735296</t>
+          <t>9786253736316</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sevme Beni</t>
+          <t>Nenem Babam ve Ben</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786253734725</t>
+          <t>9786253736569</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yine Gel</t>
+          <t>Yaşamın Kıyısında Şiirlere Tutunmak</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786253734961</t>
+          <t>9786253736699</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu’da Karadenizli Bir Öğretmenin Anıları</t>
+          <t>Elimdeki İz</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786253735029</t>
+          <t>9786253736514</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Aysel</t>
+          <t>Sarf-ı Nazar</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786253735227</t>
+          <t>9786253736637</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kırıntı</t>
+          <t>Namaz ve Namazlaşan İnsan</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786253734985</t>
+          <t>9786253736583</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kıyı</t>
+          <t>İsimsizin Günlüğü</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>285</v>
+        <v>100</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786253735128</t>
+          <t>9786253736538</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak</t>
+          <t>Lilith'in Kızı Adem</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786253735067</t>
+          <t>9786253736545</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Derin Bu Mevzu</t>
+          <t>Gerçekten Biz Farklıyız</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786253735258</t>
+          <t>9786253736309</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kaynaklara Erişmenin Hızlı ve Kolay Yolları</t>
+          <t>Şuursuz Hayaller</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786253735005</t>
+          <t>9786253736484</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Dokunan Şiirler</t>
+          <t>Milli Mücadele'de Çerkes Ethem</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786253735319</t>
+          <t>9786253736644</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Hala Uykuda Mısın?</t>
+          <t>Aciz Bir Kulun Yüreğinden Dökülen Sözler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786253735265</t>
+          <t>9786253736651</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Kokusu</t>
+          <t>Anlam Dili - Lisan-ı Meal</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786253734664</t>
+          <t>9786253736668</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Azrah</t>
+          <t>Yüce Kitabımız Kur'an-ı Kerim'den Dualar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786253734541</t>
+          <t>9786253735678</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebek</t>
+          <t>Tanrı'yla Bahis Karaduti Karaduti 1. Kitap</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786253734626</t>
+          <t>9786253736330</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Gecenin İçindeki Şeytan</t>
+          <t>Tanrı'yla Bahis Anafor 2. Kitap</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>125</v>
+        <v>455</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786253734398</t>
+          <t>9786253736231</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Krallar Vadisi</t>
+          <t>Kusursuz Kusurlar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786253731359</t>
+          <t>9786258102543</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Dilinden Şekil Diline Kurdiler</t>
+          <t>Soysuzlar Geçidi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>210</v>
+        <v>319</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786253734503</t>
+          <t>9786253734688</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Orkestra Şefi</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786253734640</t>
+          <t>9786253736088</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Kabus</t>
+          <t>Yoksunluk</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786253734701</t>
+          <t>9786256617056</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Mjora</t>
+          <t>Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786253734459</t>
+          <t>9786253735845</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Senin İçin</t>
+          <t>Aşka Yenik Şiirler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786253734374</t>
+          <t>9786253735852</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kadim Mirasın Sahipleri Erlik'in Haykırışı</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786253734336</t>
+          <t>9786253736057</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Şerefe</t>
+          <t>Birinin Kalbinde İz Bırak</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786253734589</t>
+          <t>9786253735708</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Labirenti</t>
+          <t>Fısıltı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786253734527</t>
+          <t>9786253735906</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Rüştümü İspat</t>
+          <t>ilk Günah</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786253734008</t>
+          <t>9786253736033</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Psikolog Şaire Düşmandır</t>
+          <t>Melius</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786253734435</t>
+          <t>9786253735456</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği</t>
+          <t>Bir Genç Kızın İntiharı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786253734107</t>
+          <t>9786253735432</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İyi Polisiye İyi Edebiyattır</t>
+          <t>Zeus Altarı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786253734305</t>
+          <t>9786253735425</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Don't Be Afraid</t>
+          <t>Tanrılarla Devlerin Savaşı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786253732851</t>
+          <t>9786253735418</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Arkeoloğu</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786253734046</t>
+          <t>9786253735395</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Drajelizmin Rengi</t>
+          <t>Byzas İle Teora</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786253734183</t>
+          <t>9786253735890</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Neo Şamanizm</t>
+          <t>Harflerin Çığlığı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786253733964</t>
+          <t>9786253735838</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Aşk</t>
+          <t>Belki Bir Gün Yeter Bize</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786253734145</t>
+          <t>9786253735722</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ölümü Çetin Olur</t>
+          <t>Hasret</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786253733841</t>
+          <t>9786253735333</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Yelkenlisinde Rota Oluşturmak</t>
+          <t>Ben Sende Kendimi Gördüm</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786253733988</t>
+          <t>9786253735685</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Yaramazço’nun Maceraları</t>
+          <t>Kendi Gerçekliğini Yaratmak</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786253733889</t>
+          <t>9786253735944</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Gittiğin Günden Beri</t>
+          <t>Boşluktaki Çığlıklar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786253734121</t>
+          <t>9786253735821</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Son Gündüz Düşü</t>
+          <t>Güneşin Kıyısındaki Deniz</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786253734084</t>
+          <t>9786253735937</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Hırka</t>
+          <t>HPV ve Rahim Ağzı Kanseri Bilinmezlikten Kurtuluşa</t>
         </is>
       </c>
       <c r="C530" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786253734022</t>
+          <t>9786253735630</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Melike’nin Gözünden</t>
+          <t>Gönülden Esintiler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786253733926</t>
+          <t>9786253735043</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Mavi Güneş</t>
+          <t>Yaşlı Piyanist ve Yaşlı Kedi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786253733940</t>
+          <t>9786253735081</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Son Işığı</t>
+          <t>Bilinmeyen Bir Adam</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786253733865</t>
+          <t>9786253735586</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Aşkı-ı Derun</t>
+          <t>50 Basic Reading Passages</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786253734060</t>
+          <t>9786253735692</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca</t>
+          <t>Kankelebeği</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786253733827</t>
+          <t>9786253735142</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Arasında</t>
+          <t>Sadece Psikoloji</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786253733704</t>
+          <t>9786253735357</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yolu Bulan Kurtulur</t>
+          <t>Herhalde Sevmek Lazım</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786253733803</t>
+          <t>9786253735463</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Fragmanı Gibiydi Gülüşü</t>
+          <t>Ülkü Uğrunda Gönüller Delidir</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786253733780</t>
+          <t>9786253735517</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Tikveşli’nin Kızı</t>
+          <t>İhtişamın İç Yüzü</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786253733766</t>
+          <t>9786253734350</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Felsefesi</t>
+          <t>Seasons</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786253733506</t>
+          <t>9786253735241</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Dijital Pazarlama Aşkı</t>
+          <t>Sanki Sen</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786253733742</t>
+          <t>9786253735494</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Can Kırıkları</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786253733681</t>
+          <t>9786253735388</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Dora’nın Merdivenleri</t>
+          <t>Ben Sadece Sevdim</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786253733483</t>
+          <t>9786253735449</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Besteci</t>
+          <t>Kör Bıçak</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786253733421</t>
+          <t>9786253735555</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Belirsiz Aşklar</t>
+          <t>Çalınan Hayatlar ve Tüketilen İnsanlık</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786253733544</t>
+          <t>9786253735531</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Değişim İçten Başlar</t>
+          <t>Güzel Ölüm</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786253733070</t>
+          <t>9786253735609</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Bedel Ekinleri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786253733261</t>
+          <t>9786253735197</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatanseverin  Hükümet Programı Reform</t>
+          <t>Mimar Koca Sinan'ın Kayıp Kafatası</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786253733285</t>
+          <t>9786253734749</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Masum Günahların Mahkümiyeti</t>
+          <t>Bir Zamanlar Giresun'da</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786253733209</t>
+          <t>9786253734947</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Penguin And Snowman Adventures</t>
+          <t>Flamingo Yolu</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>250</v>
+        <v>222</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786253733018</t>
+          <t>9786253735579</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Buruk Sevinçler</t>
+          <t>Anadolu Cadıları Umay</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786253733384</t>
+          <t>9786253735401</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hiç Beklenmedik Bir Yolculuk</t>
+          <t>Geçmedi Gönül Yorgunluğum</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786253733322</t>
+          <t>9786253734411</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Labirent - 2</t>
+          <t>Eleştirel Düşünme Uygulaması</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786253733308</t>
+          <t>9786253733902</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Gök ve Yer Arasında</t>
+          <t>Enaiyi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786253733100</t>
+          <t>9786253733667</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kelebeğin Mührü</t>
+          <t>Sportif Terapi</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>370</v>
+        <v>325</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786253733223</t>
+          <t>9786253735159</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Yolu Ruhundaki Ateş</t>
+          <t>Madalya</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786253733346</t>
+          <t>9786253734602</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Felsefesi</t>
+          <t>Klepto Mami</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786253732936</t>
+          <t>9786253735104</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ailem, Okulum, Öğretmenim</t>
+          <t>Neden?</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786253733360</t>
+          <t>9786253735296</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Ardındaki Aydınlık</t>
+          <t>Sevme Beni</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786253733445</t>
+          <t>9786253734725</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Beni Düşerken Tut Anne</t>
+          <t>Yine Gel</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786253733469</t>
+          <t>9786253734961</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Roza</t>
+          <t>Güneydoğu’da Karadenizli Bir Öğretmenin Anıları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786253732950</t>
+          <t>9786253735029</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman</t>
+          <t>Aysel</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786253733247</t>
+          <t>9786253735227</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bilge Şahidi</t>
+          <t>Kırıntı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786253732912</t>
+          <t>9786253734985</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya’da Ben 2</t>
+          <t>Kıyı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>100</v>
+        <v>285</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786253733186</t>
+          <t>9786253735128</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kısmet</t>
+          <t>İnsan Olmak</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786253733162</t>
+          <t>9786253735067</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Teorisi</t>
+          <t>Derin Bu Mevzu</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786253733124</t>
+          <t>9786253735258</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Bir Melek Ölürken</t>
+          <t>Finansal Kaynaklara Erişmenin Hızlı ve Kolay Yolları</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786253732998</t>
+          <t>9786253735005</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Var Mı Bi’şeyler?</t>
+          <t>Minik Kalplere Dokunan Şiirler</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786253732776</t>
+          <t>9786253735319</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Gözyaşı</t>
+          <t>Hala Uykuda Mısın?</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786253732875</t>
+          <t>9786253735265</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İşgalden Soykırıma Özgür Filistin Devleti</t>
+          <t>Hüzün Kokusu</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786253732547</t>
+          <t>9786253734664</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kanto</t>
+          <t>Azrah</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786253732790</t>
+          <t>9786253734541</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kedidir İşte</t>
+          <t>Mavi Kelebek</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786253732080</t>
+          <t>9786253734626</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Beni Platonik Sev</t>
+          <t>Gecenin İçindeki Şeytan</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786253733032</t>
+          <t>9786253734398</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk (Srinya)</t>
+          <t>Krallar Vadisi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786253732714</t>
+          <t>9786253731359</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İnsanca Kötülük</t>
+          <t>Düşünce Dilinden Şekil Diline Kurdiler</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786253732356</t>
+          <t>9786253734503</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ben Mazi Şairi</t>
+          <t>Mavera</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786253732899</t>
+          <t>9786253734640</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne İnen Devrim</t>
+          <t>Sadece Bir Kabus</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786253732486</t>
+          <t>9786253734701</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Elis Liya</t>
+          <t>Mjora</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786253732974</t>
+          <t>9786253734459</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yüreğimin Çığlıkları</t>
+          <t>Yalnız Senin İçin</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786253732813</t>
+          <t>9786253734374</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Whispers from the Wardrobe</t>
+          <t>Kadim Mirasın Sahipleri Erlik'in Haykırışı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786253732455</t>
+          <t>9786253734336</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medeniyet</t>
+          <t>Şerefe</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053065586</t>
+          <t>9786253734589</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Onların Ayak İzleri</t>
+          <t>Zamanın Labirenti</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786253732301</t>
+          <t>9786253734527</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ben Artık Zamanımı Yönetebiliyorum Ya Sen?</t>
+          <t>Rüştümü İspat</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786253732424</t>
+          <t>9786253734008</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Toksik Yaşamlar</t>
+          <t>Psikolog Şaire Düşmandır</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256617643</t>
+          <t>9786253734435</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Hayda, E Biz Yaşıyormuşuz!</t>
+          <t>İklim Değişikliği</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786253732271</t>
+          <t>9786253734107</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Sandığı</t>
+          <t>İyi Polisiye İyi Edebiyattır</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786253732103</t>
+          <t>9786253734305</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Yorum</t>
+          <t>Don't Be Afraid</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786253731984</t>
+          <t>9786253732851</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Didi’den Masallar</t>
+          <t>Yıldız Arkeoloğu</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786253732295</t>
+          <t>9786253734046</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İncilerim Dökülüyor</t>
+          <t>Drajelizmin Rengi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786253732141</t>
+          <t>9786253734183</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Gelişigüzel Kestiler Çimenleri</t>
+          <t>Neo Şamanizm</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786253732028</t>
+          <t>9786253733964</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Farklıyız</t>
+          <t>Ölümsüz Aşk</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786253732233</t>
+          <t>9786253734145</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Ben</t>
+          <t>Aşkın Ölümü Çetin Olur</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786253732172</t>
+          <t>9786253733841</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Kitapları</t>
+          <t>Evlilik Yelkenlisinde Rota Oluşturmak</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786253731946</t>
+          <t>9786253733988</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Mucize Varmış</t>
+          <t>Yaramazço’nun Maceraları</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786253732257</t>
+          <t>9786253733889</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Haritası</t>
+          <t>Gittiğin Günden Beri</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786253730697</t>
+          <t>9786253734121</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>04:17 Acıyaman</t>
+          <t>Son Gündüz Düşü</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786253732332</t>
+          <t>9786253734084</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sanrı</t>
+          <t>Hırka</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786253732219</t>
+          <t>9786253734022</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Çocuk T.A.B.U’su</t>
+          <t>Melike’nin Gözünden</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786253732004</t>
+          <t>9786253733926</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Lakırtılar</t>
+          <t>Mavi Güneş</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786253732127</t>
+          <t>9786253733940</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Misolo ve Mozart</t>
+          <t>Dünya’nın Son Işığı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256617896</t>
+          <t>9786253733865</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>05.15 Tohum</t>
+          <t>Aşkı-ı Derun</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786253731847</t>
+          <t>9786253734060</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İçimden Geldiği Gibi - Işığa Doğru</t>
+          <t>Yalnızca</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786253731861</t>
+          <t>9786253733827</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Günahlar</t>
+          <t>Yabancılar Arasında</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786253731960</t>
+          <t>9786253733704</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Öz Gürlük Barış Çağı</t>
+          <t>Yolu Bulan Kurtulur</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786253731908</t>
+          <t>9786253733803</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Bir Adamın Zihni</t>
+          <t>Cennetin Fragmanı Gibiydi Gülüşü</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786253731823</t>
+          <t>9786253733780</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kürkçü Dükkanı</t>
+          <t>Tikveşli’nin Kızı</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786253731809</t>
+          <t>9786253733766</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Aciz Bir Kulun Yüreğinden Dökülen Şiirler</t>
+          <t>Hastalık Felsefesi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786253731922</t>
+          <t>9786253733506</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Şiir Oldu</t>
+          <t>Yapay Zeka ve Dijital Pazarlama Aşkı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786253731885</t>
+          <t>9786253733742</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ömür Yiyen Fareler</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786253731496</t>
+          <t>9786253733681</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Baharat</t>
+          <t>Dora’nın Merdivenleri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786253732042</t>
+          <t>9786253733483</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Merhem</t>
+          <t>Besteci</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786253731779</t>
+          <t>9786253733421</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Melek</t>
+          <t>Belirsiz Aşklar</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786253731571</t>
+          <t>9786253733544</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Zul</t>
+          <t>Değişim İçten Başlar</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786253731717</t>
+          <t>9786253733070</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Papatya</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786253731595</t>
+          <t>9786253733261</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Boynumdaki Anahtar</t>
+          <t>Bir Vatanseverin  Hükümet Programı Reform</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786253731731</t>
+          <t>9786253733285</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kristal Avize Paramparça</t>
+          <t>Masum Günahların Mahkümiyeti</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786253731755</t>
+          <t>9786253733209</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlıkta Atbarah ve Ararat</t>
+          <t>Penguin And Snowman Adventures</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256617872</t>
+          <t>9786253733018</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Fener</t>
+          <t>Buruk Sevinçler</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256465923</t>
+          <t>9786253733384</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İki Büyük Depremde Neler Yaşadık?</t>
+          <t>Hiç Beklenmedik Bir Yolculuk</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786253731373</t>
+          <t>9786253733322</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Dolça</t>
+          <t>İçimizdeki Labirent - 2</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786253731250</t>
+          <t>9786253733308</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Dokunuşu</t>
+          <t>Gök ve Yer Arasında</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786253731311</t>
+          <t>9786253733100</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>İnsana Dair Her Şey</t>
+          <t>Mavi Kelebeğin Mührü</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786253731236</t>
+          <t>9786253733223</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Hatıra Defteri</t>
+          <t>Zaferin Yolu Ruhundaki Ateş</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786253731212</t>
+          <t>9786253733346</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya'da Ben</t>
+          <t>İktidarın Felsefesi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786253731519</t>
+          <t>9786253732936</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Şairimiz Doğuyor</t>
+          <t>Ailem, Okulum, Öğretmenim</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786253731137</t>
+          <t>9786253733360</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Devrim, Ölüm</t>
+          <t>Karanlığın Ardındaki Aydınlık</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786253731458</t>
+          <t>9786253733445</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>İyi Niyetlerimizden Vurulduk</t>
+          <t>Beni Düşerken Tut Anne</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786253731397</t>
+          <t>9786253733469</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Berdel Beşik Kertmesi</t>
+          <t>Roza</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786253731274</t>
+          <t>9786253732950</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Memleketimin Hatıra Defteri</t>
+          <t>Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786253731557</t>
+          <t>9786253733247</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Yanımda Yoktu Ellerin</t>
+          <t>Zamanın Bilge Şahidi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786253731199</t>
+          <t>9786253732912</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Altın Kemerli Gelin</t>
+          <t>Ayasofya’da Ben 2</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786253731410</t>
+          <t>9786253733186</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Yarım Buçuk Fatma</t>
+          <t>Kısmet</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786253731434</t>
+          <t>9786253733162</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin İçinden Armageddon</t>
+          <t>Her Şeyin Teorisi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786253731533</t>
+          <t>9786253733124</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>Bir Melek Ölürken</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786253731335</t>
+          <t>9786253732998</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimin İçine Bak</t>
+          <t>Var Mı Bi’şeyler?</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786253730536</t>
+          <t>9786253732776</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Gidişatımız ve Biz</t>
+          <t>Hüznün Gözyaşı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786253730703</t>
+          <t>9786253732875</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Rüyalı Gerçeğin Kavramı</t>
+          <t>İşgalden Soykırıma Özgür Filistin Devleti</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786253730604</t>
+          <t>9786253732547</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Kanto</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786253730680</t>
+          <t>9786253732790</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Seni Tanımasam da</t>
+          <t>Kedidir İşte</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786256617971</t>
+          <t>9786253732080</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Beni Platonik Sev</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786253730505</t>
+          <t>9786253733032</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Yürüyen Ağaçlar</t>
+          <t>Yolculuk (Srinya)</t>
         </is>
       </c>
       <c r="C641" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786253730529</t>
+          <t>9786253732714</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kutup Fili</t>
+          <t>İnsanca Kötülük</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786253730734</t>
+          <t>9786253732356</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Eski Günler</t>
+          <t>Ben Mazi Şairi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786253730499</t>
+          <t>9786253732899</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Üç Şeytan Arasında - Aşkbank'ın Sırları 1</t>
+          <t>Yeryüzüne İnen Devrim</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786253730727</t>
+          <t>9786253732486</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Memphis</t>
+          <t>Elis Liya</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786253731175</t>
+          <t>9786253732974</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz</t>
+          <t>Yaralı Yüreğimin Çığlıkları</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786253730710</t>
+          <t>9786253732813</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>The Darkest Night</t>
+          <t>Whispers from the Wardrobe</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786253730666</t>
+          <t>9786253732455</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kenarında</t>
+          <t>Alternatif Medeniyet</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786253731151</t>
+          <t>9786053065586</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Ağaç</t>
+          <t>Onların Ayak İzleri</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786253730390</t>
+          <t>9786253732301</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Sözlüğü 3 - 4</t>
+          <t>Ben Artık Zamanımı Yönetebiliyorum Ya Sen?</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786253730611</t>
+          <t>9786253732424</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Urla’da Bir Rüzgar</t>
+          <t>Toksik Yaşamlar</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786253730420</t>
+          <t>9786256617643</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Türküler Ayaz’da</t>
+          <t>Hayda, E Biz Yaşıyormuşuz!</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786253730482</t>
+          <t>9786253732271</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kader Güvercini</t>
+          <t>Pandora’nın Sandığı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786253730468</t>
+          <t>9786253732103</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Füruğ</t>
+          <t>Olumlu Yorum</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786253730543</t>
+          <t>9786253731984</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Ölçüyle Sönen</t>
+          <t>Didi’den Masallar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786253730475</t>
+          <t>9786253732295</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Canımın İçi</t>
+          <t>İncilerim Dökülüyor</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786253730598</t>
+          <t>9786253732141</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>Gelişigüzel Kestiler Çimenleri</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786253730635</t>
+          <t>9786253732028</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Kurbanlık Oyun</t>
+          <t>Farklıyız</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786253730574</t>
+          <t>9786253732233</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Din'lendim 2</t>
+          <t>Öğretmenim Ben</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786253730321</t>
+          <t>9786253732172</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Türk Tarihi</t>
+          <t>Cadıların Kitapları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786253730451</t>
+          <t>9786253731946</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Karşılık</t>
+          <t>Mucize Varmış</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786253730437</t>
+          <t>9786253732257</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Gönül Taşkını</t>
+          <t>Ruhumun Haritası</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786256543546</t>
+          <t>9786253730697</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Gelsen de Artık Geç Kalınmışlıklara</t>
+          <t>04:17 Acıyaman</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786253730444</t>
+          <t>9786253732332</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Annem</t>
+          <t>Sanrı</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786253730512</t>
+          <t>9786253732219</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Protagonist</t>
+          <t>Çocuk T.A.B.U’su</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786253730413</t>
+          <t>9786253732004</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Gönlüm</t>
+          <t>Lakırtılar</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786253730192</t>
+          <t>9786253732127</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>İnanmayan Düşünsün!</t>
+          <t>Misolo ve Mozart</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786253730093</t>
+          <t>9786256617896</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan İzler</t>
+          <t>05.15 Tohum</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786253730338</t>
+          <t>9786253731847</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet-i Vicdan</t>
+          <t>İçimden Geldiği Gibi - Işığa Doğru</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786256617667</t>
+          <t>9786253731861</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Şeytana Göre Adem ve Havva’nın Cennetten Kovulması</t>
+          <t>Sahipsiz Günahlar</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786253730369</t>
+          <t>9786253731960</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sana Emanet</t>
+          <t>Öz Gürlük Barış Çağı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786253730406</t>
+          <t>9786253731908</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Gölgeler</t>
+          <t>Yalnız Bir Adamın Zihni</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786253730109</t>
+          <t>9786253731823</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar, Aşklar ve Ayrılıklar</t>
+          <t>Kürkçü Dükkanı</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786253730185</t>
+          <t>9786253731809</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bize Zindan Ettiler</t>
+          <t>Aciz Bir Kulun Yüreğinden Dökülen Şiirler</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786253730246</t>
+          <t>9786253731922</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kara Kızın Öyküsü</t>
+          <t>Hayatım Şiir Oldu</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786253730253</t>
+          <t>9786253731885</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Ba’de</t>
+          <t>Ömür Yiyen Fareler</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786253730178</t>
+          <t>9786253731496</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Obsesifim</t>
+          <t>Bir Tutam Baharat</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786253730208</t>
+          <t>9786253732042</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Ben Bipolarım</t>
+          <t>Merhem</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>198.99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786253730260</t>
+          <t>9786253731779</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Nefes Almanın Ötesidir Yaşamak</t>
+          <t>Kızıl Melek</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786253730123</t>
+          <t>9786253731571</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızlık Serüveni Muharrem</t>
+          <t>Zul</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786253730277</t>
+          <t>9786253731717</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı Manipülasyonları</t>
+          <t>Papatya</t>
         </is>
       </c>
       <c r="C681" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786253730352</t>
+          <t>9786253731595</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Obsesifim – Tati’mle</t>
+          <t>Boynumdaki Anahtar</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786253730284</t>
+          <t>9786253731731</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Kanı</t>
+          <t>Kristal Avize Paramparça</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786253730154</t>
+          <t>9786253731755</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aşımına Gönderiler Serisi - Çığlıkçı</t>
+          <t>Alacakaranlıkta Atbarah ve Ararat</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786253730383</t>
+          <t>9786256617872</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Modern Bir Köy Hikayesi</t>
+          <t>Fener</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786253730161</t>
+          <t>9786256465923</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aşımına Gönderiler Serisi – Mavi Göğe Türkü</t>
+          <t>İki Büyük Depremde Neler Yaşadık?</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786253730291</t>
+          <t>9786253731373</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ne Seninle Ne Sensiz</t>
+          <t>Dolça</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786253730215</t>
+          <t>9786253731250</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Gerçeğin Dokunuşu</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786253730345</t>
+          <t>9786253731311</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Ayın İki Yüzü</t>
+          <t>İnsana Dair Her Şey</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786253730314</t>
+          <t>9786253731236</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Mürekkebin Sancısı</t>
+          <t>Bir Ölünün Hatıra Defteri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256617513</t>
+          <t>9786253731212</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanrıtanımazla Din Adamının Tartışması</t>
+          <t>Ayasofya'da Ben</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786253730055</t>
+          <t>9786253731519</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Katil Hayalet</t>
+          <t>Yeni Bir Şairimiz Doğuyor</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256617506</t>
+          <t>9786253731137</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Delilik Mi?</t>
+          <t>Aşk, Devrim, Ölüm</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786253730130</t>
+          <t>9786253731458</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Burun</t>
+          <t>İyi Niyetlerimizden Vurulduk</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786253730239</t>
+          <t>9786253731397</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Sanal Vicdan</t>
+          <t>Berdel Beşik Kertmesi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786253730222</t>
+          <t>9786253731274</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Sevdası</t>
+          <t>Memleketimin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786253730376</t>
+          <t>9786253731557</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Nisan</t>
+          <t>Yanımda Yoktu Ellerin</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786256617018</t>
+          <t>9786253731199</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Karşıyaka Çernobil</t>
+          <t>Altın Kemerli Gelin</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786253730048</t>
+          <t>9786253731410</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Sadece "İnsan”</t>
+          <t>Yarım Buçuk Fatma</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786253730031</t>
+          <t>9786253731434</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Sorgulanması ve Anlam Arayışı</t>
+          <t>Gölgelerin İçinden Armageddon</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256617858</t>
+          <t>9786253731533</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Arı Olmak İsteyen Tırtıl</t>
+          <t>4</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786253730116</t>
+          <t>9786253731335</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Gözlerimin İçine Bak</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786253730024</t>
+          <t>9786253730536</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Temel Akustik ve Çevresel Gürültü Ölçümleri</t>
+          <t>Gidişatımız ve Biz</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786253730079</t>
+          <t>9786253730703</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>İş Geliştirme ve İhale Mühendisliği</t>
+          <t>Rüyalı Gerçeğin Kavramı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786253730000</t>
+          <t>9786253730604</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Devri Süleyman, Anadolu’da İsyanın İçinde</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786253730062</t>
+          <t>9786253730680</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sen</t>
+          <t>Seni Tanımasam da</t>
         </is>
       </c>
       <c r="C706" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256617995</t>
+          <t>9786256617971</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Züleyha’yı Sevmek</t>
+          <t>Zaman</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256617957</t>
+          <t>9786253730505</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Yankılanan Cevaplar</t>
+          <t>Ateşe Yürüyen Ağaçlar</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786253730147</t>
+          <t>9786253730529</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Keçe</t>
+          <t>Kutup Fili</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256617964</t>
+          <t>9786253730734</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Ay Topacı</t>
+          <t>Eski Günler</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256617940</t>
+          <t>9786253730499</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Being "The Other”</t>
+          <t>Üç Şeytan Arasında - Aşkbank'ın Sırları 1</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256617933</t>
+          <t>9786253730727</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sevgili</t>
+          <t>Memphis</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256617926</t>
+          <t>9786253731175</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Peri Masalı</t>
+          <t>Esrarengiz</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256617919</t>
+          <t>9786253730710</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>X 1942</t>
+          <t>The Darkest Night</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786253730086</t>
+          <t>9786253730666</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Öyküleri</t>
+          <t>Uçurumun Kenarında</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256617841</t>
+          <t>9786253731151</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Labirent</t>
+          <t>Turuncu Ağaç</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256617902</t>
+          <t>9786253730390</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Düşünceler Sözlüğü 3 - 4</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256617865</t>
+          <t>9786253730611</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Son Dört Yılda Neler Oldu?</t>
+          <t>Urla’da Bir Rüzgar</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256617834</t>
+          <t>9786253730420</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Derinlerde "Altın Balık”</t>
+          <t>Türküler Ayaz’da</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256617544</t>
+          <t>9786253730482</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Tanburinin Kaleminden</t>
+          <t>Kader Güvercini</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256617681</t>
+          <t>9786253730468</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Ömrümden Taşan Kelimeler</t>
+          <t>Füruğ</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256617629</t>
+          <t>9786253730543</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Yaşa: Aklım Mı? Kalbim Mi?</t>
+          <t>Ölçüyle Sönen</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256617827</t>
+          <t>9786253730475</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Yüzüne Sür Beni</t>
+          <t>Canımın İçi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786256617797</t>
+          <t>9786253730598</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Topraklar</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256617759</t>
+          <t>9786253730635</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Yetmiyormuş Bazen</t>
+          <t>Kurbanlık Oyun</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256617735</t>
+          <t>9786253730574</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Yoz</t>
+          <t>Din'lendim 2</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786256617728</t>
+          <t>9786253730321</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinize Dokunabilir Miyim?</t>
+          <t>Kayıp Türk Tarihi</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256617674</t>
+          <t>9786253730451</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Teleskop</t>
+          <t>Karşılık</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256617780</t>
+          <t>9786253730437</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yaşantımız Bir Hayâl Bizim</t>
+          <t>Gönül Taşkını</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256617773</t>
+          <t>9786256543546</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Yıldız Uzaksın</t>
+          <t>Gelsen de Artık Geç Kalınmışlıklara</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256617766</t>
+          <t>9786253730444</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Yosun Yeşiliydi Gözleri</t>
+          <t>Sihirli Annem</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256617742</t>
+          <t>9786253730512</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Cemo</t>
+          <t>Protagonist</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256543959</t>
+          <t>9786253730413</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>KPSS ÖSYM İkizi Kolaydan Zora</t>
+          <t>Gönlüm</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256543218</t>
+          <t>9786253730192</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>KPSS Tamamı Çözümlü Yeni Nesil Sorular İle Tarih Öğreten Soru Bankası</t>
+          <t>İnanmayan Düşünsün!</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051281100</t>
+          <t>9786253730093</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Topuklu Kelimelerde Aşk</t>
+          <t>Kaybolan İzler</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051280639</t>
+          <t>9786253730338</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Saklambaşk</t>
+          <t>Hürriyet-i Vicdan</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051280387</t>
+          <t>9786256617667</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Bilmişim Teknolojileri</t>
+          <t>Şeytana Göre Adem ve Havva’nın Cennetten Kovulması</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786051284088</t>
+          <t>9786253730369</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Bız Bız</t>
+          <t>Yüreğin Sana Emanet</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>56</v>
+        <v>100</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786051282275</t>
+          <t>9786253730406</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Aşka Tapan Beyinler</t>
+          <t>İsimsiz Gölgeler</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051282466</t>
+          <t>9786253730109</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Oknos Eğilimleri</t>
+          <t>Kuşlar, Aşklar ve Ayrılıklar</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051286259</t>
+          <t>9786253730185</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Denizin Külleri</t>
+          <t>Bizi Bize Zindan Ettiler</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256617698</t>
+          <t>9786253730246</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Kara Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256617124</t>
+          <t>9786253730253</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Birlik Aktivizmi</t>
+          <t>Ba’de</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256617636</t>
+          <t>9786253730178</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Satıh</t>
+          <t>Ben Bir Obsesifim</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256617650</t>
+          <t>9786253730208</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bende Sen Kadar Geçmeyendir</t>
+          <t>Ben Bipolarım</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>135</v>
+        <v>198.99</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256617711</t>
+          <t>9786253730260</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Genleri Kontrol Edilenler</t>
+          <t>Nefes Almanın Ötesidir Yaşamak</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256617704</t>
+          <t>9786253730123</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kapı Çaldı Duydun Mu?</t>
+          <t>Bir Yalnızlık Serüveni Muharrem</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256617612</t>
+          <t>9786253730277</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Gözlerindeki Sır</t>
+          <t>Bilinçaltı Manipülasyonları</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256617568</t>
+          <t>9786253730352</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Hafızası</t>
+          <t>Ben Bir Obsesifim – Tati’mle</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256617605</t>
+          <t>9786253730284</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Hodgam, Efendi ve O</t>
+          <t>Gerçeğin Kanı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256617582</t>
+          <t>9786253730154</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Mısralarla Uzatmak</t>
+          <t>Zaman Aşımına Gönderiler Serisi - Çığlıkçı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256617599</t>
+          <t>9786253730383</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Mekansız</t>
+          <t>Modern Bir Köy Hikayesi</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256617414</t>
+          <t>9786253730161</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Dehşet</t>
+          <t>Zaman Aşımına Gönderiler Serisi – Mavi Göğe Türkü</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256617407</t>
+          <t>9786253730291</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Böyle Geçti</t>
+          <t>Ne Seninle Ne Sensiz</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256617421</t>
+          <t>9786253730215</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Bilinmezliği İle Güzel Hayat</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256617353</t>
+          <t>9786253730345</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Pakize</t>
+          <t>Ayın İki Yüzü</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256617551</t>
+          <t>9786253730314</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Umut Şafakta</t>
+          <t>Mürekkebin Sancısı</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256617575</t>
+          <t>9786256617513</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Nesa - Dört Uygarlık</t>
+          <t>Bir Tanrıtanımazla Din Adamının Tartışması</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256617520</t>
+          <t>9786253730055</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Ay Kuşağı</t>
+          <t>Katil Hayalet</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256617322</t>
+          <t>9786256617506</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Sakin Öfke</t>
+          <t>Aşk Bir Delilik Mi?</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256617476</t>
+          <t>9786253730130</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Serzenişler</t>
+          <t>Burun</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256617483</t>
+          <t>9786253730239</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Hindiba Teval’den Hikayeler Iı</t>
+          <t>Sanal Vicdan</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256617537</t>
+          <t>9786253730222</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Sevda</t>
+          <t>Kuşların Sevdası</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256617469</t>
+          <t>9786253730376</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Bin Kurşun</t>
+          <t>Nisan</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256617490</t>
+          <t>9786256617018</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Avaz</t>
+          <t>Karşıyaka Çernobil</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256617285</t>
+          <t>9786253730048</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Bokashı Kompost ve Ötesi</t>
+          <t>Sadece "İnsan”</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256617216</t>
+          <t>9786253730031</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Sözlüğü</t>
+          <t>Hayatın Sorgulanması ve Anlam Arayışı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256617179</t>
+          <t>9786256617858</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Ülfet</t>
+          <t>Arı Olmak İsteyen Tırtıl</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256617155</t>
+          <t>9786253730116</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mı? Zarar Mı?</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256617186</t>
+          <t>9786253730024</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Konuş-sa Kendi İle</t>
+          <t>Temel Akustik ve Çevresel Gürültü Ölçümleri</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>202</v>
+        <v>115</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256617247</t>
+          <t>9786253730079</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>İmgeler</t>
+          <t>İş Geliştirme ve İhale Mühendisliği</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256617209</t>
+          <t>9786253730000</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Mucizeleri</t>
+          <t>Devri Süleyman, Anadolu’da İsyanın İçinde</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256617100</t>
+          <t>9786253730062</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kirpikleri Islanmış</t>
+          <t>İçindeki Sen</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256617230</t>
+          <t>9786256617995</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Reyhan</t>
+          <t>Züleyha’yı Sevmek</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256617223</t>
+          <t>9786256617957</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Size Nasıl Yardımcı Olabilirim?</t>
+          <t>Yankılanan Cevaplar</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256617193</t>
+          <t>9786253730147</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Merdiven</t>
+          <t>Keçe</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256617254</t>
+          <t>9786256617964</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Paylaşım</t>
+          <t>Ay Topacı</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786258102468</t>
+          <t>9786256617940</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Corona Nous Apprend Le Français</t>
+          <t>Being "The Other”</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256617292</t>
+          <t>9786256617933</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ozan Şiirleri</t>
+          <t>Saklı Sevgili</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256617438</t>
+          <t>9786256617926</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Beyni ve Etkileşim</t>
+          <t>Peri Masalı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256617360</t>
+          <t>9786256617919</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Katreden Nağmeler</t>
+          <t>X 1942</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256617391</t>
+          <t>9786253730086</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Eğitim</t>
+          <t>Anadolu Öyküleri</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256617384</t>
+          <t>9786256617841</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon</t>
+          <t>İçimizdeki Labirent</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786256617377</t>
+          <t>9786256617902</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>3 Dünya</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786256617445</t>
+          <t>9786256617865</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kalbimden Öperim</t>
+          <t>Eğitimde Son Dört Yılda Neler Oldu?</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>215</v>
+        <v>120</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256617452</t>
+          <t>9786256617834</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Müzik ve Diksiyon Eğitimi</t>
+          <t>Derinlerde "Altın Balık”</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256617308</t>
+          <t>9786256617544</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Rengi Mavi</t>
+          <t>Tanburinin Kaleminden</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256617315</t>
+          <t>9786256617681</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bilinç - 6</t>
+          <t>Ömrümden Taşan Kelimeler</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256617346</t>
+          <t>9786256617629</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>İntikam Sözcüklerim</t>
+          <t>Yaşa: Aklım Mı? Kalbim Mi?</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256617339</t>
+          <t>9786256617827</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Titreşimleri</t>
+          <t>Yüzüne Sür Beni</t>
         </is>
       </c>
       <c r="C790" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786256617278</t>
+          <t>9786256617797</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Vişne Kurusu</t>
+          <t>Aydınlık Topraklar</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256543621</t>
+          <t>9786256617759</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Yürürsen Yakındır Durursan Uzak</t>
+          <t>Sevmek Yetmiyormuş Bazen</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256617070</t>
+          <t>9786256617735</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Saraylara Güzellik Sırları</t>
+          <t>Yoz</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256543935</t>
+          <t>9786256617728</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Abimi Ararken Kendimi Nasıl Buldum</t>
+          <t>Yüreğinize Dokunabilir Miyim?</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256617131</t>
+          <t>9786256617674</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Teleskop</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256617025</t>
+          <t>9786256617780</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağları Nasıl Kurtulur?</t>
+          <t>Tüm Yaşantımız Bir Hayâl Bizim</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256617148</t>
+          <t>9786256617773</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Koyu Rengi</t>
+          <t>Yıldız Yıldız Uzaksın</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256543560</t>
+          <t>9786256617766</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı</t>
+          <t>Yosun Yeşiliydi Gözleri</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256617162</t>
+          <t>9786256617742</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Elveda</t>
+          <t>Cemo</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786256617032</t>
+          <t>9786256543959</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Yengeç</t>
+          <t>KPSS ÖSYM İkizi Kolaydan Zora</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786256617094</t>
+          <t>9786256543218</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olma Sanatı</t>
+          <t>KPSS Tamamı Çözümlü Yeni Nesil Sorular İle Tarih Öğreten Soru Bankası</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786256617063</t>
+          <t>9786051281100</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Budala Aşıklar Senfonisi</t>
+          <t>Topuklu Kelimelerde Aşk</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786256617001</t>
+          <t>9786051280639</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Simyacının Karısı</t>
+          <t>Saklambaşk</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786256543713</t>
+          <t>9786051280387</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Sözün Özü</t>
+          <t>Bilmişim Teknolojileri</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786256617117</t>
+          <t>9786051284088</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Yalnızlık</t>
+          <t>Bız Bız</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>100</v>
+        <v>56</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786256617049</t>
+          <t>9786051282275</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Görülmüştür</t>
+          <t>Aşka Tapan Beyinler</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256617087</t>
+          <t>9786051282466</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Hakikati Ararken</t>
+          <t>Oknos Eğilimleri</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786258102277</t>
+          <t>9786051286259</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Calvin</t>
+          <t>Denizin Külleri</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053066590</t>
+          <t>9786256617698</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kolay İngilizce Öğrenme Yöntemleri</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786256465961</t>
+          <t>9786256617124</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ruh ile Beden Arasında Bir Ben</t>
+          <t>Kuantum Birlik Aktivizmi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786256543881</t>
+          <t>9786256617636</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Tutun Çocuklar</t>
+          <t>Bozuk Satıh</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786256543997</t>
+          <t>9786256617650</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğe Davet</t>
+          <t>Zaman Bende Sen Kadar Geçmeyendir</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786256543386</t>
+          <t>9786256617711</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Benim Acı Yazgım</t>
+          <t>Genleri Kontrol Edilenler</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786256543980</t>
+          <t>9786256617704</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Menekşeler Diyarı</t>
+          <t>Kapı Çaldı Duydun Mu?</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786256543874</t>
+          <t>9786256617612</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Nahide</t>
+          <t>Gözlerindeki Sır</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786256543737</t>
+          <t>9786256617568</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Çorap Söküğü</t>
+          <t>Sessizliğin Hafızası</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786256543683</t>
+          <t>9786256617605</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ekspresi</t>
+          <t>Hodgam, Efendi ve O</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786256543744</t>
+          <t>9786256617582</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Gece İle Gündüz Arasında</t>
+          <t>Mısralarla Uzatmak</t>
         </is>
       </c>
       <c r="C818" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786256543775</t>
+          <t>9786256617599</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Darbe ve Darağacı Talat Aydemir</t>
+          <t>Mekansız</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786256543461</t>
+          <t>9786256617414</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Proenneagram Characterlx Yolculuğu</t>
+          <t>Çöldeki Dehşet</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786256543836</t>
+          <t>9786256617407</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Mamıt’tan Öyküler</t>
+          <t>Bir Ömür Böyle Geçti</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786256543966</t>
+          <t>9786256617421</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Vatansız Adam’lar</t>
+          <t>Bilinmezliği İle Güzel Hayat</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786256543973</t>
+          <t>9786256617353</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Meyus Takvimi</t>
+          <t>Pakize</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786256543898</t>
+          <t>9786256617551</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Vakti</t>
+          <t>Umut Şafakta</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786256543942</t>
+          <t>9786256617575</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Otu Çek Köküne Bak</t>
+          <t>Nesa - Dört Uygarlık</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>175</v>
+        <v>105</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786256543638</t>
+          <t>9786256617520</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Evine Gitmemiş</t>
+          <t>Ay Kuşağı</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>380</v>
+        <v>265</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786256543751</t>
+          <t>9786256617322</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İç’e Doğru</t>
+          <t>Sakin Öfke</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786256543805</t>
+          <t>9786256617476</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Bir Bağ Bozumu Hikayesi</t>
+          <t>Serzenişler</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786256543782</t>
+          <t>9786256617483</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Düalitenin Ötesinde</t>
+          <t>Hindiba Teval’den Hikayeler Iı</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256543669</t>
+          <t>9786256617537</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şifa</t>
+          <t>Mühürlü Sevda</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786256543829</t>
+          <t>9786256617469</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Mektupları</t>
+          <t>Bin Kurşun</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786256543843</t>
+          <t>9786256617490</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Sultan Konstantinsdottir</t>
+          <t>Sessiz Avaz</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256543553</t>
+          <t>9786256617285</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Duygular X Savaş</t>
+          <t>Bokashı Kompost ve Ötesi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786256465688</t>
+          <t>9786256617216</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kendine Başkaldırı</t>
+          <t>Düşünceler Sözlüğü</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786256543720</t>
+          <t>9786256617179</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Aynur’la Hasbihal</t>
+          <t>Ülfet</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786256543850</t>
+          <t>9786256617155</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Yaşamadan Ölmek</t>
+          <t>Aşk Mı? Zarar Mı?</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786256543867</t>
+          <t>9786256617186</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>İzinsiz Kelimeler</t>
+          <t>Konuş-sa Kendi İle</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>100</v>
+        <v>202</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786256543904</t>
+          <t>9786256617247</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin İnkılabı</t>
+          <t>İmgeler</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786256543928</t>
+          <t>9786256617209</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Ödül</t>
+          <t>Peygamberlerin Mucizeleri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786256543911</t>
+          <t>9786256617100</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Bitki Bitki Söyle Bana</t>
+          <t>Kirpikleri Islanmış</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786256543768</t>
+          <t>9786256617230</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Kreaptus Gezegeni</t>
+          <t>Reyhan</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786256543812</t>
+          <t>9786256617223</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Hangimiz Öteki</t>
+          <t>Size Nasıl Yardımcı Olabilirim?</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053065739</t>
+          <t>9786256617193</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Performans Sistemi</t>
+          <t>Merdiven</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786256543102</t>
+          <t>9786256617254</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Mai MKG - 5789 Birinci Kitap</t>
+          <t>Paylaşım</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786256543690</t>
+          <t>9786258102468</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Corona Nous Apprend Le Français</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786256543676</t>
+          <t>9786256617292</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Galaksi</t>
+          <t>Yeşil Ozan Şiirleri</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786256543584</t>
+          <t>9786256617438</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Anne Olmak</t>
+          <t>Çocuk Beyni ve Etkileşim</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786256543423</t>
+          <t>9786256617360</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Bana Hayal Kurduran Şeyler</t>
+          <t>Katreden Nağmeler</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786256543515</t>
+          <t>9786256617391</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Masallar - 2</t>
+          <t>Eğitim</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>105</v>
+        <v>135</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786256543447</t>
+          <t>9786256617384</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>İki Diyarın Taşı</t>
+          <t>Motivasyon</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786256543478</t>
+          <t>9786256617377</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Suç Mahalli</t>
+          <t>3 Dünya</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786256543706</t>
+          <t>9786256617445</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Umut Döngüsü</t>
+          <t>Kalbimden Öperim</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786256543577</t>
+          <t>9786256617452</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Aşk Olsun</t>
+          <t>Çocuklar İçin Müzik ve Diksiyon Eğitimi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786256543539</t>
+          <t>9786256617308</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar ve Trenler</t>
+          <t>Hayatın Rengi Mavi</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786256543119</t>
+          <t>9786256617315</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Mai Yedinci Konsey - İkinci Kitap</t>
+          <t>Bilinç - 6</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786256543454</t>
+          <t>9786256617346</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Lafın Sırası</t>
+          <t>İntikam Sözcüklerim</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786256543591</t>
+          <t>9786256617339</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Sevgi Titreşimleri</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786256543652</t>
+          <t>9786256617278</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>Vişne Kurusu</t>
         </is>
       </c>
       <c r="C858" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786256543263</t>
+          <t>9786256543621</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Rejimin Modern Köleleri</t>
+          <t>Yürürsen Yakındır Durursan Uzak</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786256543522</t>
+          <t>9786256617070</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Suskun</t>
+          <t>Anadolu’dan Saraylara Güzellik Sırları</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786256543607</t>
+          <t>9786256543935</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Delik Cepte Küçük Umutlar</t>
+          <t>Abimi Ararken Kendimi Nasıl Buldum</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786256543645</t>
+          <t>9786256617131</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerimin Hikayesi</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>105</v>
+        <v>280</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786256543614</t>
+          <t>9786256617025</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Çöl Şulesi</t>
+          <t>Kaz Dağları Nasıl Kurtulur?</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786256543317</t>
+          <t>9786256617148</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Dünyası</t>
+          <t>Gecenin Koyu Rengi</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786256543270</t>
+          <t>9786256543560</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Yılgı</t>
+          <t>Arap Baharı</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786256543355</t>
+          <t>9786256617162</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Yasa</t>
+          <t>Elveda</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786256543393</t>
+          <t>9786256617032</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Yazdıklarım Yazacaklarımın Teminatıdır</t>
+          <t>Bir Deli Yengeç</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786256543003</t>
+          <t>9786256617094</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Gavara</t>
+          <t>Kendin Olma Sanatı</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786256543157</t>
+          <t>9786256617063</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin Kendini Öldür</t>
+          <t>Budala Aşıklar Senfonisi</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786256543294</t>
+          <t>9786256617001</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Muhabetten Notlar</t>
+          <t>Simyacının Karısı</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786256543348</t>
+          <t>9786256543713</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>At Sineği</t>
+          <t>Sözün Özü</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786256543508</t>
+          <t>9786256617117</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Konu Nasıl Buralara Geldi?</t>
+          <t>Ben ve Yalnızlık</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786256543409</t>
+          <t>9786256617049</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Seng-i İbret</t>
+          <t>Görülmüştür</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786256543232</t>
+          <t>9786256617087</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Bedia</t>
+          <t>Hakikati Ararken</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786256543201</t>
+          <t>9786258102277</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Geceler</t>
+          <t>Calvin</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786256543379</t>
+          <t>9786053066590</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Sosyopatın Aşkı</t>
+          <t>Kolay İngilizce Öğrenme Yöntemleri</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786256543331</t>
+          <t>9786256465961</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Müessir Kaptan</t>
+          <t>Ruh ile Beden Arasında Bir Ben</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786256543492</t>
+          <t>9786256543881</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Fesleğen</t>
+          <t>Güneşi Tutun Çocuklar</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786256543362</t>
+          <t>9786256543997</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Güç, Liderlik Ve Yaşam Üzerine</t>
+          <t>Sessizliğe Davet</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786256543300</t>
+          <t>9786256543386</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Battığı Gün</t>
+          <t>Benim Acı Yazgım</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>235</v>
+        <v>115</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786256543249</t>
+          <t>9786256543980</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>2. Seans</t>
+          <t>Menekşeler Diyarı</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786256543430</t>
+          <t>9786256543874</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Çengeller ve Çemberler</t>
+          <t>Nahide</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786256543195</t>
+          <t>9786256543737</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin Külleri</t>
+          <t>Çorap Söküğü</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786256543416</t>
+          <t>9786256543683</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Rüya</t>
+          <t>Doğu Ekspresi</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786256543287</t>
+          <t>9786256543744</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Üstad Molıere Evleniyor</t>
+          <t>Gece İle Gündüz Arasında</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786256543034</t>
+          <t>9786256543775</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Selamladığı Kadınlar</t>
+          <t>Darbe ve Darağacı Talat Aydemir</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>115</v>
+        <v>185</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786256465848</t>
+          <t>9786256543461</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Ağacı</t>
+          <t>Proenneagram Characterlx Yolculuğu</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786256465954</t>
+          <t>9786256543836</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Temmuza Ağıt</t>
+          <t>Mamıt’tan Öyküler</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786256543089</t>
+          <t>9786256543966</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Vatansız Adam’lar</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786256543171</t>
+          <t>9786256543973</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Siyahtı Hayat Bazen De Beyaz</t>
+          <t>Meyus Takvimi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786256543096</t>
+          <t>9786256543898</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>4Zümrüdüanka</t>
+          <t>Erguvan Vakti</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786256465985</t>
+          <t>9786256543942</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Din’lendim</t>
+          <t>Otu Çek Köküne Bak</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786256543010</t>
+          <t>9786256543638</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Ummanda Bir Katre</t>
+          <t>Yıldızlar Evine Gitmemiş</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786256543126</t>
+          <t>9786256543751</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Kızılçam</t>
+          <t>İç’e Doğru</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786256543164</t>
+          <t>9786256543805</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Melekler Katı</t>
+          <t>Bir Bağ Bozumu Hikayesi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786256543133</t>
+          <t>9786256543782</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsi Şiirlerim - 2</t>
+          <t>Düalitenin Ötesinde</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786256465763</t>
+          <t>9786256543669</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Belh’ten Bonn’a Gerçek Bir Yaşam Hikayesi</t>
+          <t>Kadim Şifa</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786256543072</t>
+          <t>9786256543829</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Padişahı</t>
+          <t>Gölgenin Mektupları</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786256543188</t>
+          <t>9786256543843</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Sıfır (0)</t>
+          <t>Sultan Konstantinsdottir</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786256465619</t>
+          <t>9786256543553</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Hükümler</t>
+          <t>Duygular X Savaş</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786256543065</t>
+          <t>9786256465688</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Stajyer Diş Hekimi</t>
+          <t>Kendine Başkaldırı</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786256465978</t>
+          <t>9786256543720</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Doğumdan Ölüme</t>
+          <t>Aynur’la Hasbihal</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786256543058</t>
+          <t>9786256543850</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Muzice Sensin</t>
+          <t>Yaşamadan Ölmek</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786256543140</t>
+          <t>9786256543867</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Tıpta Yapay Zekâ: Tanı Ve Teşhiste Yenilikler</t>
+          <t>İzinsiz Kelimeler</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786256465947</t>
+          <t>9786256543904</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Öyküler Eşliğinde Büyük Arkana</t>
+          <t>Gönüllerin İnkılabı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786256465794</t>
+          <t>9786256543928</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Lahz’an</t>
+          <t>İstenmeyen Ödül</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786256543041</t>
+          <t>9786256543911</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Gözyaşı</t>
+          <t>Bitki Bitki Söyle Bana</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786256543225</t>
+          <t>9786256543768</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Kırılma</t>
+          <t>Kreaptus Gezegeni</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786256465893</t>
+          <t>9786256543812</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Çetrefil</t>
+          <t>Hangimiz Öteki</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786256465879</t>
+          <t>9786053065739</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Havyar Tadında Balık Ekmek</t>
+          <t>Kurumsal Performans Sistemi</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786256465886</t>
+          <t>9786256543102</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Eksik</t>
+          <t>Mai MKG - 5789 Birinci Kitap</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786256465824</t>
+          <t>9786256543690</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Yaralar Geçmez</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786256465930</t>
+          <t>9786256543676</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Gemi İnsanları</t>
+          <t>Galaksi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786256465916</t>
+          <t>9786256543584</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayatta Belki</t>
+          <t>Anne Olmak</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786256465862</t>
+          <t>9786256543423</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yağmuru Çalmak</t>
+          <t>Bana Hayal Kurduran Şeyler</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786256465671</t>
+          <t>9786256543515</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Sonu Yok</t>
+          <t>Akıllı Masallar - 2</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786256465695</t>
+          <t>9786256543447</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Biz İnsanlar</t>
+          <t>İki Diyarın Taşı</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786256465817</t>
+          <t>9786256543478</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bahçesi</t>
+          <t>Suç Mahalli</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786256465725</t>
+          <t>9786256543706</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Karalama Defteri</t>
+          <t>Umut Döngüsü</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786256465770</t>
+          <t>9786256543577</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şarkıları</t>
+          <t>Senin Adın Aşk Olsun</t>
         </is>
       </c>
       <c r="C920" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786256465664</t>
+          <t>9786256543539</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Londra ve İstanbul Arasındaki Adam</t>
+          <t>Kuşlar ve Trenler</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786256465831</t>
+          <t>9786256543119</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Yengen Edebiyat Düşmanı</t>
+          <t>Mai Yedinci Konsey - İkinci Kitap</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786256465800</t>
+          <t>9786256543454</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bumerang Şeytan Üçgeni 1. Bölüm: Bu Ne Rant?</t>
+          <t>Lafın Sırası</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786256465855</t>
+          <t>9786256543591</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşının Rengi Yoktur</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786256465558</t>
+          <t>9786256543652</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Elbet Karşılaşacaktın Kendinle</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786256465626</t>
+          <t>9786256543263</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Meydanda Suikast</t>
+          <t>Kapitalist Rejimin Modern Köleleri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786256465701</t>
+          <t>9786256543522</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Kavanoz</t>
+          <t>Suskun</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786256465718</t>
+          <t>9786256543607</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Ardı</t>
+          <t>Delik Cepte Küçük Umutlar</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786256465732</t>
+          <t>9786256543645</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Varsın Olmasın</t>
+          <t>Şiirlerimin Hikayesi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786256465503</t>
+          <t>9786256543614</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Grou.Ps Hikayesi</t>
+          <t>Çöl Şulesi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786256465596</t>
+          <t>9786256543317</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Zolar</t>
+          <t>Geleceğin Dünyası</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786256930810</t>
+          <t>9786256543270</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Annem…Yalnızca Sen Varsın</t>
+          <t>Yılgı</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786256465633</t>
+          <t>9786256543355</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Derindeki Tohum</t>
+          <t>Yasa</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786256465602</t>
+          <t>9786256543393</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bavulum</t>
+          <t>Yazdıklarım Yazacaklarımın Teminatıdır</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786256465497</t>
+          <t>9786256543003</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Rengine Kavuşan Hikayeler</t>
+          <t>Gavara</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786256465572</t>
+          <t>9786256543157</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Meleği</t>
+          <t>Yaşamak İçin Kendini Öldür</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>105</v>
+        <v>155</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786256465527</t>
+          <t>9786256543294</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Muhabetten Notlar</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786256465657</t>
+          <t>9786256543348</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kısa Bir Mola</t>
+          <t>At Sineği</t>
         </is>
       </c>
       <c r="C938" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786256465640</t>
+          <t>9786256543508</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Tarihi Üzerine</t>
+          <t>Konu Nasıl Buralara Geldi?</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786256465589</t>
+          <t>9786256543409</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Gök Kuzgun Geri Dönecek Mi?</t>
+          <t>Seng-i İbret</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786256465510</t>
+          <t>9786256543232</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Törel Bilinç</t>
+          <t>Bedia</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786258334395</t>
+          <t>9786256543201</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sarnıcı</t>
+          <t>Meçhul Geceler</t>
         </is>
       </c>
       <c r="C942" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786256465534</t>
+          <t>9786256543379</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ben</t>
+          <t>Sosyopatın Aşkı</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786256465473</t>
+          <t>9786256543331</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Öykülerle Hayat Aktı Sessizce</t>
+          <t>Müessir Kaptan</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786256465565</t>
+          <t>9786256543492</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Tepeli</t>
+          <t>Sevgili Fesleğen</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786256465541</t>
+          <t>9786256543362</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Bahçesi ve Yengeç Kumsalı</t>
+          <t>Güç, Liderlik Ve Yaşam Üzerine</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786256930483</t>
+          <t>9786256543300</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Qubeak Kendini Arıyor</t>
+          <t>Güneşin Battığı Gün</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257498043</t>
+          <t>9786256543249</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kitabım Çocuklar İçin Türkçe Öğretimi  A1.1</t>
+          <t>2. Seans</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786256465176</t>
+          <t>9786256543430</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Kutular Ülkesi’nden Güneş</t>
+          <t>Çengeller ve Çemberler</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786256465480</t>
+          <t>9786256543195</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Kaldırımda Karınca Yuvaları</t>
+          <t>Masumiyetin Külleri</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786256465206</t>
+          <t>9786256543416</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Satın Alınan Cehennem</t>
+          <t>Bu Bir Rüya</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786256465282</t>
+          <t>9786256543287</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Ufuklara</t>
+          <t>Üstad Molıere Evleniyor</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786256465428</t>
+          <t>9786256543034</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Neden Atatürk Hepimizin 1</t>
+          <t>Güneşin Selamladığı Kadınlar</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>345</v>
+        <v>115</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786256465435</t>
+          <t>9786256465848</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Neden Atatürk Hepimizin 2</t>
+          <t>Ardıç Ağacı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786256465466</t>
+          <t>9786256465954</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kuru Bir Güneş</t>
+          <t>Temmuza Ağıt</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>210</v>
+        <v>105</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786256465312</t>
+          <t>9786256543089</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Refleksoloji İle Sihirli Dokunuşlar</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786256465411</t>
+          <t>9786256543171</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Öteyüz</t>
+          <t>Siyahtı Hayat Bazen De Beyaz</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786256465237</t>
+          <t>9786256543096</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yılmaztürk Üniteleri Türkçe Dilbilgisi</t>
+          <t>4Zümrüdüanka</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786256465220</t>
+          <t>9786256465985</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Yılmaztürk Üniteleri Pratik Çince</t>
+          <t>Din’lendim</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786256465381</t>
+          <t>9786256543010</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Asfalt</t>
+          <t>Ummanda Bir Katre</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786256465404</t>
+          <t>9786256543126</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar Hep Sonbaharda Düşer</t>
+          <t>Kızılçam</t>
         </is>
       </c>
       <c r="C961" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786256465459</t>
+          <t>9786256543164</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hastalığı</t>
+          <t>Melekler Katı</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786256465398</t>
+          <t>9786256543133</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Değişmeye Hazır Mısın?</t>
+          <t>Şiirimsi Şiirlerim - 2</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786256465374</t>
+          <t>9786256465763</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Hayallerine Sınır Koyma</t>
+          <t>Belh’ten Bonn’a Gerçek Bir Yaşam Hikayesi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786256930179</t>
+          <t>9786256543072</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Penceremden</t>
+          <t>Sokağın Padişahı</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786256465183</t>
+          <t>9786256543188</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Sıfır (0)</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786256465329</t>
+          <t>9786256465619</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Tsunami “Yaşamın Kıyısında”</t>
+          <t>Hayata Dair Hükümler</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786256465275</t>
+          <t>9786256543065</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Benim Mucizem</t>
+          <t>Stajyer Diş Hekimi</t>
         </is>
       </c>
       <c r="C968" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786256930834</t>
+          <t>9786256465978</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka Yolunda</t>
+          <t>Doğumdan Ölüme</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786256465350</t>
+          <t>9786256543058</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Savaşıma Yenildin</t>
+          <t>Gerçek Muzice Sensin</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786256465343</t>
+          <t>9786256543140</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk’ün Ömer Hayyam İle Muhabbeti</t>
+          <t>Yeni Nesil Tıpta Yapay Zekâ: Tanı Ve Teşhiste Yenilikler</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786256465367</t>
+          <t>9786256465947</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Dağdaki Kayıp Nazi</t>
+          <t>Öyküler Eşliğinde Büyük Arkana</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786256465305</t>
+          <t>9786256465794</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Beyin Uğultuları</t>
+          <t>Lahz’an</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786256465336</t>
+          <t>9786256543041</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Neva'nın Aşkı</t>
+          <t>Bir Avuç Gözyaşı</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786256465299</t>
+          <t>9786256543225</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Casus Casusların Gözyaşı</t>
+          <t>Kırılma</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786256465190</t>
+          <t>9786256465893</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Bir Pesimist’in Şiirleri</t>
+          <t>Çetrefil</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786256465268</t>
+          <t>9786256465879</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Teyit Önyargısı</t>
+          <t>Havyar Tadında Balık Ekmek</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786256465213</t>
+          <t>9786256465886</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gaye</t>
+          <t>Eksik</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786256930933</t>
+          <t>9786256465824</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer’in Sosyo Kültürel Kişiliğinin Dini Ve Sosyal Alana Yansımaları</t>
+          <t>Dikenli Yaralar Geçmez</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786256465244</t>
+          <t>9786256465930</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Bir Leylek Daha</t>
+          <t>Gemi İnsanları</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786256465251</t>
+          <t>9786256465916</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yaratıcı Drama Eğitimi</t>
+          <t>Başka Bir Hayatta Belki</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786256930612</t>
+          <t>9786256465862</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Sözler Öğretmez!</t>
+          <t>Mavi Yağmuru Çalmak</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786256465145</t>
+          <t>9786256465671</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Perinaz’ın Direnişi</t>
+          <t>Yaşamın Sonu Yok</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786256465114</t>
+          <t>9786256465695</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Şale</t>
+          <t>Biz İnsanlar</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786256465084</t>
+          <t>9786256465817</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>412</t>
+          <t>Cennet Bahçesi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786256465107</t>
+          <t>9786256465725</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Dizimi</t>
+          <t>Karalama Defteri</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786256465152</t>
+          <t>9786256465770</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete Çoğu Zaman</t>
+          <t>Karanlığın Şarkıları</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786256930667</t>
+          <t>9786256465664</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Geçmişte Saklı</t>
+          <t>Londra ve İstanbul Arasındaki Adam</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786256465091</t>
+          <t>9786256465831</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Bir Kuaför Filmi Yapmak</t>
+          <t>Yengen Edebiyat Düşmanı</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786256465121</t>
+          <t>9786256465800</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Avcı 2 Hesaplaşma</t>
+          <t>Bumerang Şeytan Üçgeni 1. Bölüm: Bu Ne Rant?</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786256465138</t>
+          <t>9786256465855</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Böceği</t>
+          <t>Gözyaşının Rengi Yoktur</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786256465169</t>
+          <t>9786256465558</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Dili</t>
+          <t>Elbet Karşılaşacaktın Kendinle</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786256465077</t>
+          <t>9786256465626</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Çıkışı Bulamayan Adam</t>
+          <t>Meydanda Suikast</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786257583282</t>
+          <t>9786256465701</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Baykuş - Anlayarak Hızlı ve Doğru Okuma</t>
+          <t>Kavanoz</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786256930896</t>
+          <t>9786256465718</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Masallar</t>
+          <t>Mavinin Ardı</t>
         </is>
       </c>
       <c r="C995" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786256465053</t>
+          <t>9786256465732</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Dilfigar</t>
+          <t>Varsın Olmasın</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786256465022</t>
+          <t>9786256465503</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>İki Artvin’den Nürnber’e</t>
+          <t>Grou.Ps Hikayesi</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786256930940</t>
+          <t>9786256465596</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Travma Sonrası Stres Bozukluğu İçin İyileştirici Masallar El Kitabı</t>
+          <t>Zolar</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786256930858</t>
+          <t>9786256930810</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Şehrinde İsa’nın Eşeği</t>
+          <t>Annem…Yalnızca Sen Varsın</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786256465060</t>
+          <t>9786256465633</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yağmurlar</t>
+          <t>Derindeki Tohum</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786256930926</t>
+          <t>9786256465602</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Vi – Nath</t>
+          <t>Kırmızı Bavulum</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786256465039</t>
+          <t>9786256465497</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yağmurları</t>
+          <t>Rengine Kavuşan Hikayeler</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786256465046</t>
+          <t>9786256465572</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Ercan Alagöz Şiirleri</t>
+          <t>Doğu’nun Meleği</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786256930919</t>
+          <t>9786256465527</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Düşgezer</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786256465008</t>
+          <t>9786256465657</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Kısa Bir Mola</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786256930902</t>
+          <t>9786256465640</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Rezonans</t>
+          <t>Türkiye’nin Tarihi Üzerine</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786256930995</t>
+          <t>9786256465589</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Sondan Başa Doğru</t>
+          <t>Gök Kuzgun Geri Dönecek Mi?</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786256465015</t>
+          <t>9786256465510</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Sevildiğine İnanmak</t>
+          <t>Törel Bilinç</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786256930872</t>
+          <t>9786258334395</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Turan</t>
+          <t>Zaman Sarnıcı</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786256930889</t>
+          <t>9786256465534</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Neyleyim</t>
+          <t>İçimdeki Ben</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786256930964</t>
+          <t>9786256465473</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>İçsel Tendon</t>
+          <t>Şiirlerle Öykülerle Hayat Aktı Sessizce</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786256930841</t>
+          <t>9786256465565</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>THY’nin Kara Kutusu</t>
+          <t>Dokuz Tepeli</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786256930674</t>
+          <t>9786256465541</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Tribün - Bir Fenerbahçe Hikayesi ve Ali Tos</t>
+          <t>Salyangoz Bahçesi ve Yengeç Kumsalı</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786256930803</t>
+          <t>9786256930483</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Söz</t>
+          <t>Qubeak Kendini Arıyor</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786256930797</t>
+          <t>9786257498043</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Dilber</t>
+          <t>Türkçe Kitabım Çocuklar İçin Türkçe Öğretimi  A1.1</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786256930827</t>
+          <t>9786256465176</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Yalnızlıklar</t>
+          <t>Kutular Ülkesi’nden Güneş</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786256930780</t>
+          <t>9786256465480</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Kalemim İle Yolculuk</t>
+          <t>Kaldırımda Karınca Yuvaları</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786256930551</t>
+          <t>9786256465206</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Seval’in Kaleminden 2</t>
+          <t>Satın Alınan Cehennem</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786256930544</t>
+          <t>9786256465282</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Üç Yavru</t>
+          <t>Sonsuz Ufuklara</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786256930773</t>
+          <t>9786256465428</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmışlığın Gözünde</t>
+          <t>Neden Atatürk Hepimizin 1</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>355</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786256930575</t>
+          <t>9786256465435</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sevdi Bizi</t>
+          <t>Neden Atatürk Hepimizin 2</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786256930520</t>
+          <t>9786256465466</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çizmeli Çocuk</t>
+          <t>Kuru Bir Güneş</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786256930506</t>
+          <t>9786256465312</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kale’mden Kaleme</t>
+          <t>Refleksoloji İle Sihirli Dokunuşlar</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786256930650</t>
+          <t>9786256465411</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Gelişim, Özgüven, Sağlık İçin Spor</t>
+          <t>Öteyüz</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786256930629</t>
+          <t>9786256465237</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Yeniden İnşa Etmeye Hazır Mısın?</t>
+          <t>Yılmaztürk Üniteleri Türkçe Dilbilgisi</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786256930636</t>
+          <t>9786256465220</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Hatırla, Sen De Hatırla</t>
+          <t>Yılmaztürk Üniteleri Pratik Çince</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786256930308</t>
+          <t>9786256465381</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Felsefesi</t>
+          <t>Asfalt</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786256930605</t>
+          <t>9786256465404</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Benliğimin Hapishanesi - Bir Beden Üç Ruh</t>
+          <t>Yapraklar Hep Sonbaharda Düşer</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786256930537</t>
+          <t>9786256465459</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Papatya Mevsimi</t>
+          <t>Aşk Hastalığı</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786256930391</t>
+          <t>9786256465398</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kavak Ağacı</t>
+          <t>Değişmeye Hazır Mısın?</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786256930476</t>
+          <t>9786256465374</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Karanlık İstila</t>
+          <t>Hayallerine Sınır Koyma</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786256930766</t>
+          <t>9786256930179</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Şef Tontone Ve Yardımcısı Bay Fırfır</t>
+          <t>Penceremden</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786256930742</t>
+          <t>9786256465183</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Küçük Eşyaların Hikayesi</t>
+          <t>Mavera</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786256930643</t>
+          <t>9786256465329</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Azlal</t>
+          <t>Tsunami “Yaşamın Kıyısında”</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>165</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786256930599</t>
+          <t>9786256465275</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>"Ben"i İster misin?</t>
+          <t>Benim Mucizem</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786256930407</t>
+          <t>9786256930834</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atlı Prenses</t>
+          <t>Zümrüdüanka Yolunda</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786258267976</t>
+          <t>9786256465350</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Acaba El Alem Ne Der?</t>
+          <t>Savaşıma Yenildin</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786256930469</t>
+          <t>9786256465343</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Ve Başlar</t>
+          <t>Bir Türk’ün Ömer Hayyam İle Muhabbeti</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786256930339</t>
+          <t>9786256465367</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Berhan Bey Ve Ailesi</t>
+          <t>Dağdaki Kayıp Nazi</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786256930254</t>
+          <t>9786256465305</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Hain</t>
+          <t>Beyin Uğultuları</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786256930421</t>
+          <t>9786256465336</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Gerçeğe</t>
+          <t>Neva'nın Aşkı</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786256930513</t>
+          <t>9786256465299</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Pardubicee</t>
+          <t>Kalbimdeki Casus Casusların Gözyaşı</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786256930377</t>
+          <t>9786256465190</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>İstasyondaki Sofiler</t>
+          <t>Bir Pesimist’in Şiirleri</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786256930360</t>
+          <t>9786256465268</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Oxford Yazıları</t>
+          <t>Teyit Önyargısı</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786256930452</t>
+          <t>9786256465213</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Yarından Önce</t>
+          <t>Aşk ve Gaye</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786256930414</t>
+          <t>9786256930933</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Tüm Hayvanlar</t>
+          <t>Hz. Ömer’in Sosyo Kültürel Kişiliğinin Dini Ve Sosyal Alana Yansımaları</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786256930278</t>
+          <t>9786256465244</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bilgiler Ve Vücut Diline Yeni Bir Soluk</t>
+          <t>Bir Leylek Daha</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786256930445</t>
+          <t>9786256465251</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Qed (Hiç)</t>
+          <t>Çocuklar İçin Yaratıcı Drama Eğitimi</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786256930353</t>
+          <t>9786256930612</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kalbi</t>
+          <t>Sözler Öğretmez!</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786256930124</t>
+          <t>9786256465145</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>B'iz</t>
+          <t>Perinaz’ın Direnişi</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>105</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786256930001</t>
+          <t>9786256465114</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Uzay Zamanı İçinde Bir Yeryüzü Masalı</t>
+          <t>Şale</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786256930063</t>
+          <t>9786256465084</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdanın Peşinde</t>
+          <t>412</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786256930148</t>
+          <t>9786256465107</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Balon Diyarı</t>
+          <t>Sayıların Dizimi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786256930193</t>
+          <t>9786256465152</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Doktorlar Nasıl Yazar?</t>
+          <t>Anksiyete Çoğu Zaman</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786256930346</t>
+          <t>9786256930667</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Alin</t>
+          <t>Geçmişte Saklı</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786256930056</t>
+          <t>9786256465091</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koy - 1</t>
+          <t>Hayalim Bir Kuaför Filmi Yapmak</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786256930230</t>
+          <t>9786256465121</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Artı On Sekiz</t>
+          <t>Avcı 2 Hesaplaşma</t>
         </is>
       </c>
       <c r="C1057" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786256930032</t>
+          <t>9786256465138</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Gölge Oyunu</t>
+          <t>Ağustos Böceği</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786256930247</t>
+          <t>9786256465169</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kurt Doğuran Güneş</t>
+          <t>Gerçeğin Dili</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786256930292</t>
+          <t>9786256465077</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz ve Tekinsiz</t>
+          <t>Çıkışı Bulamayan Adam</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786256930018</t>
+          <t>9786257583282</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bella</t>
+          <t>Baykuş - Anlayarak Hızlı ve Doğru Okuma</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>260</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786256930094</t>
+          <t>9786256930896</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Dökmüş Kedi</t>
+          <t>Akıllı Masallar</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786256930223</t>
+          <t>9786256465053</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ol!</t>
+          <t>Dilfigar</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786256930216</t>
+          <t>9786256465022</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Son</t>
+          <t>İki Artvin’den Nürnber’e</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786258267761</t>
+          <t>9786256930940</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Mürdüm</t>
+          <t>Travma Sonrası Stres Bozukluğu İçin İyileştirici Masallar El Kitabı</t>
         </is>
       </c>
       <c r="C1065" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786256930261</t>
+          <t>9786256930858</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Meral Leblebili Gazoz</t>
+          <t>Nuh’un Şehrinde İsa’nın Eşeği</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786256930155</t>
+          <t>9786256465060</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Pamel</t>
+          <t>Beyaz Yağmurlar</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786256930100</t>
+          <t>9786256930926</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>İz</t>
+          <t>Vi – Nath</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786256930070</t>
+          <t>9786256465039</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Sütmavisi</t>
+          <t>Hüzün Yağmurları</t>
         </is>
       </c>
       <c r="C1069" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786256930117</t>
+          <t>9786256465046</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>İki Yakası Yalnızlığın</t>
+          <t>Ercan Alagöz Şiirleri</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786258267990</t>
+          <t>9786256930919</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Sırların Peşinde</t>
+          <t>Düşgezer</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786256930162</t>
+          <t>9786256465008</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuşlar Ve Ölüm</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786256930315</t>
+          <t>9786256930902</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Vakit Çok Geç</t>
+          <t>Rezonans</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786256930131</t>
+          <t>9786256930995</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Belki De</t>
+          <t>Sondan Başa Doğru</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786258267815</t>
+          <t>9786256465015</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Sweetycake Cafe Funda’nın Tarifleri</t>
+          <t>Sevildiğine İnanmak</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786258267921</t>
+          <t>9786256930872</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Kader'in Şifresi Kayıp Çocuklar</t>
+          <t>Turan</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786258267938</t>
+          <t>9786256930889</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>İnayet</t>
+          <t>Neyleyim</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786258267877</t>
+          <t>9786256930964</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>İçsel Tendon</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786256930049</t>
+          <t>9786256930841</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Aşk'lar</t>
+          <t>THY’nin Kara Kutusu</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786256930025</t>
+          <t>9786256930674</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Romantik Kızıl Deniz</t>
+          <t>Tribün - Bir Fenerbahçe Hikayesi ve Ali Tos</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786258267969</t>
+          <t>9786256930803</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk’ün Tinaydın Muhabbeti</t>
+          <t>Birkaç Söz</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786258267518</t>
+          <t>9786256930797</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sözler</t>
+          <t>Dilber</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786258267891</t>
+          <t>9786256930827</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Gavan</t>
+          <t>Hüzünlü Yalnızlıklar</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786258267754</t>
+          <t>9786256930780</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Suçlayanlar Suçlanacak</t>
+          <t>Kurşun Kalemim İle Yolculuk</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786258267884</t>
+          <t>9786256930551</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Uzo, Meze, Komşu Ve Biz!</t>
+          <t>Seval’in Kaleminden 2</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786258267792</t>
+          <t>9786256930544</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Evlilikler İhanet Ve Aptallar</t>
+          <t>Üç Yavru</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786258267730</t>
+          <t>9786256930773</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Çakıl Taşı</t>
+          <t>Yaşanmışlığın Gözünde</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>100</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786258267846</t>
+          <t>9786256930575</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğuşu</t>
+          <t>Aşk Sevdi Bizi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786258267853</t>
+          <t>9786256930520</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>40.87</t>
+          <t>Mavi Çizmeli Çocuk</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786258267907</t>
+          <t>9786256930506</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Sözde Özne</t>
+          <t>Kale’mden Kaleme</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786258267808</t>
+          <t>9786256930650</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>Gelişim, Özgüven, Sağlık İçin Spor</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786258267914</t>
+          <t>9786256930629</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı</t>
+          <t>Hayatını Yeniden İnşa Etmeye Hazır Mısın?</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786258267952</t>
+          <t>9786256930636</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Çizilmemiş Resimler</t>
+          <t>Hatırla, Sen De Hatırla</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786258267839</t>
+          <t>9786256930308</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Cadıları Tomris 1. Kitap</t>
+          <t>Aşkın Felsefesi</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786258267860</t>
+          <t>9786256930605</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Açan Çiçekler</t>
+          <t>Benliğimin Hapishanesi - Bir Beden Üç Ruh</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786258267747</t>
+          <t>9786256930537</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Dağ Evi Cinayetleri</t>
+          <t>Papatya Mevsimi</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786258267778</t>
+          <t>9786256930391</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Oda Çalışmaları</t>
+          <t>Kavak Ağacı</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786258267785</t>
+          <t>9786256930476</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Sonsuza</t>
+          <t>Karanlık İstila</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786258267716</t>
+          <t>9786256930766</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran İntikam</t>
+          <t>Şef Tontone Ve Yardımcısı Bay Fırfır</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786258267624</t>
+          <t>9786256930742</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Virgül</t>
+          <t>Küçük Eşyaların Hikayesi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786258267655</t>
+          <t>9786256930643</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Etkisi</t>
+          <t>Azlal</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786258267464</t>
+          <t>9786256930599</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Çat İle Pat - Arkadaş Olalım Mı?</t>
+          <t>"Ben"i İster misin?</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786258267563</t>
+          <t>9786256930407</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf, Şirin ve Cizgöz'ün Maceraları</t>
+          <t>Beyaz Atlı Prenses</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786258267693</t>
+          <t>9786258267976</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Başarının Ayak Sesleri</t>
+          <t>Acaba El Alem Ne Der?</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>165</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786258267648</t>
+          <t>9786256930469</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Taşlar Ve Başlar</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786258267549</t>
+          <t>9786256930339</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka İle Yaşamak</t>
+          <t>Berhan Bey Ve Ailesi</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786258267617</t>
+          <t>9786256930254</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Bedeli</t>
+          <t>İçimizdeki Hain</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786258267679</t>
+          <t>9786256930421</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Renkli Lekeler</t>
+          <t>Hayalden Gerçeğe</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>165</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786258267594</t>
+          <t>9786256930513</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Psikopatolojinin Mühendisçesi</t>
+          <t>Pardubicee</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786258267532</t>
+          <t>9786256930377</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Yılmaztürk Üniteleri Sağlığın Gizemleri: Şeker Zehir Midir? - Nişasta Bazlı Şekerer</t>
+          <t>İstasyondaki Sofiler</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786258267587</t>
+          <t>9786256930360</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Gözyaşı</t>
+          <t>Oxford Yazıları</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786258267433</t>
+          <t>9786256930452</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yüzgeçler Aşkına</t>
+          <t>Yarından Önce</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786258267631</t>
+          <t>9786256930414</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Karanlık İle Sessiz Bir Hasbihal…</t>
+          <t>Tanıdığım Tüm Hayvanlar</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786258267556</t>
+          <t>9786256930278</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Küllerimden Doğdum</t>
+          <t>Bilimsel Bilgiler Ve Vücut Diline Yeni Bir Soluk</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786258267600</t>
+          <t>9786256930445</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Yeniden</t>
+          <t>Qed (Hiç)</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786258267488</t>
+          <t>9786256930353</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Buluşalım</t>
+          <t>Ormanın Kalbi</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786258267501</t>
+          <t>9786256930124</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Büyümeyen Çocuklar</t>
+          <t>B'iz</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786258267495</t>
+          <t>9786256930001</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Uyumsuzluk</t>
+          <t>Uzay Zamanı İçinde Bir Yeryüzü Masalı</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786258267471</t>
+          <t>9786256930063</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Bin Deli</t>
+          <t>Bir Sevdanın Peşinde</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786258267426</t>
+          <t>9786256930148</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Oğlu İle Yolculuğu</t>
+          <t>Balon Diyarı</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786258267440</t>
+          <t>9786256930193</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça İle Kral</t>
+          <t>Doktorlar Nasıl Yazar?</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>405</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786258267358</t>
+          <t>9786256930346</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Bi' Bildiği Var Kelimelerin</t>
+          <t>Alin</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786258267419</t>
+          <t>9786256930056</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Feryat - Bir Şairin Şiirleri</t>
+          <t>Adını Sen Koy - 1</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786258267372</t>
+          <t>9786256930230</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ermeni Basınında Yunanistan'ın Batı Anadolu Harekatı</t>
+          <t>Artı On Sekiz</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786258267327</t>
+          <t>9786256930032</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Yap Ablana Bi' Köpüklü</t>
+          <t>Gölge Oyunu</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>325</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786258267020</t>
+          <t>9786256930247</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Zamanaşımına Gönderiler - 2. Kitap</t>
+          <t>Kurt Doğuran Güneş</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786258267181</t>
+          <t>9786256930292</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Gelin Kayalıkları</t>
+          <t>Huzursuz ve Tekinsiz</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786258267211</t>
+          <t>9786256930018</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kendim - Bu Hayat Senin!</t>
+          <t>Sevgili Bella</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786258267310</t>
+          <t>9786256930094</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Bir Deniz Subayı Eşinin Anıları</t>
+          <t>Mürekkep Dökmüş Kedi</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786258267402</t>
+          <t>9786256930223</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>İrandokht - İran Kızı</t>
+          <t>İnsan Ol!</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>175</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786258267242</t>
+          <t>9786256930216</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Troya: Mübadil Aşklar - 2</t>
+          <t>Son</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>270</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786258267341</t>
+          <t>9786258267761</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Kripto Paranın Doğuşu, Gelişimi ve Türkiye'deki Seyri</t>
+          <t>Mürdüm</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786258267198</t>
+          <t>9786256930261</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Pat</t>
+          <t>Meral Leblebili Gazoz</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>105</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786258267396</t>
+          <t>9786256930155</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Başaracak O Kadar Çok Şey Varken!</t>
+          <t>Pamel</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786258267365</t>
+          <t>9786256930100</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Buradayım</t>
+          <t>İz</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786258267457</t>
+          <t>9786256930070</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Maskenin Laneti</t>
+          <t>Sütmavisi</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786258267334</t>
+          <t>9786256930117</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Mavi'nin Dünyası</t>
+          <t>İki Yakası Yalnızlığın</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786258267297</t>
+          <t>9786258267990</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Tılsımı</t>
+          <t>Sırların Peşinde</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786258267235</t>
+          <t>9786256930162</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Traktör Parası</t>
+          <t>Yeniden Doğuşlar Ve Ölüm</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786258267167</t>
+          <t>9786256930315</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Casusları</t>
+          <t>Vakit Çok Geç</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786258267259</t>
+          <t>9786256930131</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>8 Gün ve Sonrası</t>
+          <t>Belki De</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786258267280</t>
+          <t>9786258267815</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Gölgesiyle Konuşan Adam</t>
+          <t>Sweetycake Cafe Funda’nın Tarifleri</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786258267266</t>
+          <t>9786258267921</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Reina</t>
+          <t>Kader'in Şifresi Kayıp Çocuklar</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786258267228</t>
+          <t>9786258267938</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Mirasın Ölümcül Dokunuşu</t>
+          <t>İnayet</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786258267150</t>
+          <t>9786258267877</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Yol Ayrımı</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786258267112</t>
+          <t>9786256930049</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>İmbat Düşleri</t>
+          <t>Yarım Kalan Aşk'lar</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786258334500</t>
+          <t>9786256930025</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Adam</t>
+          <t>Romantik Kızıl Deniz</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786258267099</t>
+          <t>9786258267969</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Direnç</t>
+          <t>Bir Türk’ün Tinaydın Muhabbeti</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786258267129</t>
+          <t>9786258267518</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Tamarzı</t>
+          <t>Aşkın Sözler</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>165</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786258267143</t>
+          <t>9786258267891</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Tahta Araba</t>
+          <t>Gavan</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786258267105</t>
+          <t>9786258267754</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Anda Kal</t>
+          <t>Suçlayanlar Suçlanacak</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786258267136</t>
+          <t>9786258267884</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Emare</t>
+          <t>Uzo, Meze, Komşu Ve Biz!</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786258334982</t>
+          <t>9786258267792</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Satranç Dünyasına Yolculuk</t>
+          <t>Yanlış Evlilikler İhanet Ve Aptallar</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786258102840</t>
+          <t>9786258267730</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Timi Ve Hoppi'nin Maceraları -  Yarış</t>
+          <t>Çakıl Taşı</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786258267044</t>
+          <t>9786258267846</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Berdekiler</t>
+          <t>Gün Doğuşu</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786258334975</t>
+          <t>9786258267853</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>İstanbul İETT Otobüsleri</t>
+          <t>40.87</t>
         </is>
       </c>
       <c r="C1156" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786258267075</t>
+          <t>9786258267907</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bilgiler</t>
+          <t>Sözde Özne</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786258267068</t>
+          <t>9786258267808</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Ege’ye Yolculuk</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786258334944</t>
+          <t>9786258267914</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Fışkırandan Akıntılar</t>
+          <t>Kutup Yıldızı</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786258334913</t>
+          <t>9786258267952</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Bizi Tutan Şeyler</t>
+          <t>Çizilmemiş Resimler</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786258334906</t>
+          <t>9786258267839</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Kopuş</t>
+          <t>Anadolu Cadıları Tomris 1. Kitap</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786258267006</t>
+          <t>9786258267860</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Fraktal Post - Truth</t>
+          <t>Zamansız Açan Çiçekler</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786258334838</t>
+          <t>9786258267747</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Kabil Salgını</t>
+          <t>Dağ Evi Cinayetleri</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786258334821</t>
+          <t>9786258267778</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>…Ah Ben! Kaç Defa Büyüdün Sen</t>
+          <t>Karanlık Oda Çalışmaları</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786258334999</t>
+          <t>9786258267785</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemeyi Unutma</t>
+          <t>Başlangıçtan Sonsuza</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786258267037</t>
+          <t>9786258267716</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Kalem</t>
+          <t>Şahmeran İntikam</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786258334968</t>
+          <t>9786258267624</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki Sır</t>
+          <t>Virgül</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786258267013</t>
+          <t>9786258267655</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Ahmet İle Semra</t>
+          <t>Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786258334845</t>
+          <t>9786258267464</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Çeşitlemeler Plus</t>
+          <t>Çat İle Pat - Arkadaş Olalım Mı?</t>
         </is>
       </c>
       <c r="C1169" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786258334951</t>
+          <t>9786258267563</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>The Voıce Of My Inner Heart</t>
+          <t>Şeffaf, Şirin ve Cizgöz'ün Maceraları</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786258334920</t>
+          <t>9786258267693</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Makara Kukara</t>
+          <t>İçindeki Başarının Ayak Sesleri</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786258334937</t>
+          <t>9786258267648</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceğinin Gizli Görevi</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C1172" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786258334852</t>
+          <t>9786258267549</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Yörükler</t>
+          <t>Yapay Zeka İle Yaşamak</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786258334876</t>
+          <t>9786258267617</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Nefesimsin</t>
+          <t>Kötülüğün Bedeli</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786258334869</t>
+          <t>9786258267679</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlaları</t>
+          <t>Renkli Lekeler</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786258334883</t>
+          <t>9786258267594</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Psikopatolojinin Mühendisçesi</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786258334890</t>
+          <t>9786258267532</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hayallerim</t>
+          <t>Yılmaztürk Üniteleri Sağlığın Gizemleri: Şeker Zehir Midir? - Nişasta Bazlı Şekerer</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786258334791</t>
+          <t>9786258267587</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Gerçek</t>
+          <t>Bir Damla Gözyaşı</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786258334814</t>
+          <t>9786258267433</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ve Dünyayı Kurtaracak Fikirler</t>
+          <t>Cesur Yüzgeçler Aşkına</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786258334692</t>
+          <t>9786258267631</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Kan Gülleri</t>
+          <t>İçimdeki Karanlık İle Sessiz Bir Hasbihal…</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786258334753</t>
+          <t>9786258267556</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Bağıran Gölgeler</t>
+          <t>Küllerimden Doğdum</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786258334715</t>
+          <t>9786258267600</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Moda Caddesi’nde Tek Başına Gezen Kadın</t>
+          <t>Yeniden</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786258334722</t>
+          <t>9786258267488</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Ruh Ve Zaman Döngüsü</t>
+          <t>Ay Işığında Buluşalım</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786258334630</t>
+          <t>9786258267501</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Karapara</t>
+          <t>Büyümeyen Çocuklar</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>329</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786258334708</t>
+          <t>9786258267495</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Kızımın Şiir Bahçesi</t>
+          <t>Bir Küçük Uyumsuzluk</t>
         </is>
       </c>
       <c r="C1185" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786258334784</t>
+          <t>9786258267471</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Korsan Moçi</t>
+          <t>Bir Garip Bin Deli</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786258334296</t>
+          <t>9786258267426</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Estetik Ve Aura</t>
+          <t>Bir Annenin Oğlu İle Yolculuğu</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786258334012</t>
+          <t>9786258267440</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>16 Adımda Başarının Sırrı</t>
+          <t>Tanrıça İle Kral</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>100</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786258334340</t>
+          <t>9786258267358</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Yedi Göbek Yalnızlığımsın</t>
+          <t>Bi' Bildiği Var Kelimelerin</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786258334418</t>
+          <t>9786258267419</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Paşa’yı Anla-ma Üzerine</t>
+          <t>Feryat - Bir Şairin Şiirleri</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786258334135</t>
+          <t>9786258267372</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Gözü İle Film Dünya-sı</t>
+          <t>Osmanlı Ermeni Basınında Yunanistan'ın Batı Anadolu Harekatı</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786258334760</t>
+          <t>9786258267327</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Oğlu Pars</t>
+          <t>Yap Ablana Bi' Köpüklü</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786258334661</t>
+          <t>9786258267020</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>İyileştir Kendini</t>
+          <t>Zamanaşımına Gönderiler - 2. Kitap</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786258334593</t>
+          <t>9786258267181</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen</t>
+          <t>Gelin Kayalıkları</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786258334678</t>
+          <t>9786258267211</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Sığırcığın Kanadında</t>
+          <t>Sevgili Kendim - Bu Hayat Senin!</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786258334142</t>
+          <t>9786258267310</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>On Air Göklerde</t>
+          <t>Bir Deniz Subayı Eşinin Anıları</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786258334777</t>
+          <t>9786258267402</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Uzaklara Gitme</t>
+          <t>İrandokht - İran Kızı</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786258334746</t>
+          <t>9786258267242</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Anlatamadığım Hikayeler</t>
+          <t>Troya: Mübadil Aşklar - 2</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786258334685</t>
+          <t>9786258267341</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>İnci Tanem</t>
+          <t>Kripto Paranın Doğuşu, Gelişimi ve Türkiye'deki Seyri</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786258334807</t>
+          <t>9786258267198</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Yazdım</t>
+          <t>Pat</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786258334227</t>
+          <t>9786258267396</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Kral Çıplak</t>
+          <t>Başaracak O Kadar Çok Şey Varken!</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786258334449</t>
+          <t>9786258267365</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Maniden Çıkış</t>
+          <t>Buradayım</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786258334579</t>
+          <t>9786258267457</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Merdümgiriz Düşler</t>
+          <t>Maskenin Laneti</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786258334609</t>
+          <t>9786258267334</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Gözaltı</t>
+          <t>Mavi'nin Dünyası</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786258334487</t>
+          <t>9786258267297</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Ahit Taşı</t>
+          <t>Zamanın Tılsımı</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786258334616</t>
+          <t>9786258267235</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt Makas</t>
+          <t>Traktör Parası</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786258334562</t>
+          <t>9786258267167</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Bir Onur Mücadelesi</t>
+          <t>Tanrı’nın Casusları</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786258334371</t>
+          <t>9786258267259</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Şapşal Kuş</t>
+          <t>8 Gün ve Sonrası</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786258102727</t>
+          <t>9786258267280</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Gül Kırar Beni</t>
+          <t>Gölgesiyle Konuşan Adam</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786258334319</t>
+          <t>9786258267266</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Kısmet Açma Duası</t>
+          <t>Reina</t>
         </is>
       </c>
       <c r="C1210" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786258334357</t>
+          <t>9786258267228</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Milenyum Öpücüğü</t>
+          <t>Mirasın Ölümcül Dokunuşu</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786258334364</t>
+          <t>9786258267150</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sokağı</t>
+          <t>Yol Ayrımı</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786258334289</t>
+          <t>9786258267112</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Orada Bir Yerde</t>
+          <t>İmbat Düşleri</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786258334159</t>
+          <t>9786258334500</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Aşşşk</t>
+          <t>Uyumsuz Adam</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786258334234</t>
+          <t>9786258267099</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>İncir Yaprağından Tespih Taneleri</t>
+          <t>Direnç</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>105</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786258334241</t>
+          <t>9786258267129</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Hadi Anne Baba Okula Gidelim</t>
+          <t>Tamarzı</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786258334173</t>
+          <t>9786258267143</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bize De Uğra</t>
+          <t>Tahta Araba</t>
         </is>
       </c>
       <c r="C1217" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786258334470</t>
+          <t>9786258267105</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Dünyalıdan Afo-rizmalar</t>
+          <t>Anda Kal</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786258334265</t>
+          <t>9786258267136</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Masallar 1. Kitap Zamanın Yaraları</t>
+          <t>Emare</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786258334463</t>
+          <t>9786258334982</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Akın Akın E-ticaret</t>
+          <t>Satranç Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786258334425</t>
+          <t>9786258102840</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Beyefendiler Kasabası</t>
+          <t>Timi Ve Hoppi'nin Maceraları -  Yarış</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786258334388</t>
+          <t>9786258267044</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Filozof</t>
+          <t>Berdekiler</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786258334302</t>
+          <t>9786258334975</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Kara Toprak</t>
+          <t>İstanbul İETT Otobüsleri</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786258444537</t>
+          <t>9786258267075</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Yaz Baba Yaz</t>
+          <t>Gerçek Bilgiler</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786258334067</t>
+          <t>9786258267068</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Zabit ve Kumandan ile Söyleşi</t>
+          <t>Ege’ye Yolculuk</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786258102918</t>
+          <t>9786258334944</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Paranın Kokusu</t>
+          <t>Fışkırandan Akıntılar</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786258334050</t>
+          <t>9786258334913</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Bizi Tutan Şeyler</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>230</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786258102994</t>
+          <t>9786258334906</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Doğru</t>
+          <t>Kopuş</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786258334081</t>
+          <t>9786258267006</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Açık Uçlu Yazılar</t>
+          <t>Fraktal Post - Truth</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>235</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786258334005</t>
+          <t>9786258334838</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Kartallar Yalnız Uçar</t>
+          <t>Kabil Salgını</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786258102925</t>
+          <t>9786258334821</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Veletlerim</t>
+          <t>…Ah Ben! Kaç Defa Büyüdün Sen</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786258102901</t>
+          <t>9786258334999</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz</t>
+          <t>Gülümsemeyi Unutma</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786258102932</t>
+          <t>9786258267037</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi Yanıkları</t>
+          <t>Müthiş Kalem</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>105</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786258102956</t>
+          <t>9786258334968</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Sentez - İnanç Ve Bilimin Diyalektiği</t>
+          <t>Okuldaki Sır</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786258102093</t>
+          <t>9786258267013</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Değişen Gönüller</t>
+          <t>Ahmet İle Semra</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786258102857</t>
+          <t>9786258334845</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Kalite Yolculuğu</t>
+          <t>Ekonomide Çeşitlemeler Plus</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786258102987</t>
+          <t>9786258334951</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Hayal Dünyası</t>
+          <t>The Voıce Of My Inner Heart</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786258334111</t>
+          <t>9786258334920</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Camı</t>
+          <t>Makara Kukara</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786258102765</t>
+          <t>9786258334937</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Bruno İle Görev Peşinde</t>
+          <t>Uğur Böceğinin Gizli Görevi</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786258334074</t>
+          <t>9786258334852</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>San Babila</t>
+          <t>Yörükler</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>200</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786258102642</t>
+          <t>9786258334876</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Şehit Oğuz Özgür Çevik</t>
+          <t>Nefesimsin</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786258334104</t>
+          <t>9786258334869</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Ömrüme Dolan Nursun</t>
+          <t>Yağmur Damlaları</t>
         </is>
       </c>
       <c r="C1242" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786258102673</t>
+          <t>9786258334883</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>İçerdeki Yeis</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C1243" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786258334029</t>
+          <t>9786258334890</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Adı Aşk Hz. Hatice</t>
+          <t>Yarım Kalan Hayallerim</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786258102864</t>
+          <t>9786258334791</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Girift</t>
+          <t>Kafamdaki Gerçek</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786258334043</t>
+          <t>9786258334814</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Tollu</t>
+          <t>Türkiye Ve Dünyayı Kurtaracak Fikirler</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786258102819</t>
+          <t>9786258334692</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Kendimce</t>
+          <t>Kan Gülleri</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786258102796</t>
+          <t>9786258334753</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Hayatın Rehberi</t>
+          <t>Bağıran Gölgeler</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786258102963</t>
+          <t>9786258334715</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Bir Aşkın Gölgesinde</t>
+          <t>Moda Caddesi’nde Tek Başına Gezen Kadın</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786258102826</t>
+          <t>9786258334722</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>50'den Sonra Ben Deniz</t>
+          <t>Ruh Ve Zaman Döngüsü</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786258334098</t>
+          <t>9786258334630</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Plütonik Bir Aşkın Analizi</t>
+          <t>A’dan Z’ye Karapara</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>150</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786258102734</t>
+          <t>9786258334708</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Aylak Bipolar</t>
+          <t>Kızımın Şiir Bahçesi</t>
         </is>
       </c>
       <c r="C1252" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786258102871</t>
+          <t>9786258334784</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Canavar Avcısı</t>
+          <t>Korsan Moçi</t>
         </is>
       </c>
       <c r="C1253" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786258102420</t>
+          <t>9786258334296</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nın Kısa Hikayesi</t>
+          <t>Estetik Ve Aura</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786258102741</t>
+          <t>9786258334012</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Bir Meleğin Gözyaşları</t>
+          <t>16 Adımda Başarının Sırrı</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786258102833</t>
+          <t>9786258334340</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Yara Öğreticidir</t>
+          <t>Yedi Göbek Yalnızlığımsın</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786258102659</t>
+          <t>9786258334418</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>İçimden Gidenler</t>
+          <t>Mustafa Kemal Paşa’yı Anla-ma Üzerine</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786258102895</t>
+          <t>9786258334135</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Acı Bal</t>
+          <t>Deniz’in Gözü İle Film Dünya-sı</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257498548</t>
+          <t>9786258334760</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Matematik</t>
+          <t>Zamanın Oğlu Pars</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786258102581</t>
+          <t>9786258334661</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Liman</t>
+          <t>İyileştir Kendini</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786258102772</t>
+          <t>9786258334593</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üstüne Düşünceler</t>
+          <t>Her Şeye Rağmen</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>390</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786258102505</t>
+          <t>9786258334678</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Nevrotik Resimler</t>
+          <t>Sığırcığın Kanadında</t>
         </is>
       </c>
       <c r="C1262" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786258102710</t>
+          <t>9786258334142</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Hasat Mevsimi</t>
+          <t>On Air Göklerde</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786258102406</t>
+          <t>9786258334777</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Helena’nın Kanatları</t>
+          <t>Uzaklara Gitme</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786258102628</t>
+          <t>9786258334746</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Ojeni</t>
+          <t>Anlatamadığım Hikayeler</t>
         </is>
       </c>
       <c r="C1265" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786258102314</t>
+          <t>9786258334685</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Kara Pabuçlu Kanguru</t>
+          <t>İnci Tanem</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786258102666</t>
+          <t>9786258334807</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>A4raf: Suret-i Muamma</t>
+          <t>Kalbime Yazdım</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786258102635</t>
+          <t>9786258334227</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlikte Eşitlik: Sistemsel Bir Yaklaşım</t>
+          <t>Kral Çıplak</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786258102345</t>
+          <t>9786258334449</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Dilek Kaşıkları</t>
+          <t>Maniden Çıkış</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786258102390</t>
+          <t>9786258334579</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut Var</t>
+          <t>Merdümgiriz Düşler</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786258102161</t>
+          <t>9786258334609</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Asuman</t>
+          <t>Sıradan Bir Gözaltı</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786258102413</t>
+          <t>9786258334487</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Kutuya Sığanlar</t>
+          <t>Ahit Taşı</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786258102529</t>
+          <t>9786258334616</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Xcrz97 - Virüsün Etki Dalgası</t>
+          <t>Taş Kağıt Makas</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786258102598</t>
+          <t>9786258334562</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Bir Melek Kalbime Dokundu</t>
+          <t>Bir Onur Mücadelesi</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786258102444</t>
+          <t>9786258334371</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Kader Defteri</t>
+          <t>Şapşal Kuş</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786258102550</t>
+          <t>9786258102727</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Anatomisi</t>
+          <t>Gül Kırar Beni</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786258102499</t>
+          <t>9786258334319</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>İntroyu Atla</t>
+          <t>Kısmet Açma Duası</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786258102451</t>
+          <t>9786258334357</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Ying Yang - Seni Reddediyorum</t>
+          <t>Milenyum Öpücüğü</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786258102574</t>
+          <t>9786258334364</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Clypeus Yeniden Yükseliş</t>
+          <t>Gönül Sokağı</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786258102475</t>
+          <t>9786258334289</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Yalnızlık</t>
+          <t>Orada Bir Yerde</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786258102154</t>
+          <t>9786258334159</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Gerçekler</t>
+          <t>Aşşşk</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786258102239</t>
+          <t>9786258334234</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Suratlar</t>
+          <t>İncir Yaprağından Tespih Taneleri</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>210</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257498579</t>
+          <t>9786258334241</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Cedir</t>
+          <t>Hadi Anne Baba Okula Gidelim</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786258102338</t>
+          <t>9786258334173</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Özünü Keşfet</t>
+          <t>Hayat Bize De Uğra</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786258102284</t>
+          <t>9786258334470</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Who Are You?</t>
+          <t>Kayıp Bir Dünyalıdan Afo-rizmalar</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786258102291</t>
+          <t>9786258334265</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Görülmüştür</t>
+          <t>Mühürlü Masallar 1. Kitap Zamanın Yaraları</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786258102215</t>
+          <t>9786258334463</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>İnsan Dedikleri</t>
+          <t>Akın Akın E-ticaret</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786258102192</t>
+          <t>9786258334425</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Benim Mavim Olur Musun?</t>
+          <t>Beyefendiler Kasabası</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786258102352</t>
+          <t>9786258334388</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Malayani Adam</t>
+          <t>Kayıp Filozof</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786258102246</t>
+          <t>9786258334302</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Sevdan</t>
+          <t>Kara Toprak</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786258444971</t>
+          <t>9786258444537</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Açık Cezaevinden Hayat ve Ölüm Notları</t>
+          <t>Yaz Baba Yaz</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786258444957</t>
+          <t>9786258334067</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Takıntılı Hayatlar</t>
+          <t>Zabit ve Kumandan ile Söyleşi</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786258444940</t>
+          <t>9786258102918</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Halleri</t>
+          <t>Paranın Kokusu</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786258444933</t>
+          <t>9786258334050</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Zeyşan</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786258444919</t>
+          <t>9786258102994</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Işık Selinde Sevmelisin</t>
+          <t>Özgürlüğe Doğru</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786258444827</t>
+          <t>9786258334081</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Kasaba</t>
+          <t>Açık Uçlu Yazılar</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786258444742</t>
+          <t>9786258334005</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Kapitalizm Dedikleri</t>
+          <t>Kartallar Yalnız Uçar</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786258102116</t>
+          <t>9786258102925</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçenden Vazgeçemedim</t>
+          <t>Veletlerim</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786258102109</t>
+          <t>9786258102901</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Notlar</t>
+          <t>Kimliksiz</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786258102062</t>
+          <t>9786258102932</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gölgesi</t>
+          <t>Zaman Makinesi Yanıkları</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786258102031</t>
+          <t>9786258102956</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerin Bedene ve Ruha Faydaları</t>
+          <t>Sentez - İnanç Ve Bilimin Diyalektiği</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786258102024</t>
+          <t>9786258102093</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Bir İntiharın Kalıntısı</t>
+          <t>Değişen Gönüller</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786258102017</t>
+          <t>9786258102857</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Farzet Ki Mavi</t>
+          <t>Kalite Yolculuğu</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786258102000</t>
+          <t>9786258102987</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Yazar’la Sınav Yolculuğu</t>
+          <t>Hayal Dünyası</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786258444803</t>
+          <t>9786258334111</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Mazinin İntikamı</t>
+          <t>Kelebek Camı</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>370</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786258444636</t>
+          <t>9786258102765</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Saltanatta Sahibinden Satılık Cennet</t>
+          <t>Ayıcık Bruno İle Görev Peşinde</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786258444599</t>
+          <t>9786258334074</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Restorancıyım Ben</t>
+          <t>San Babila</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786258102123</t>
+          <t>9786258102642</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Kardaki İzler</t>
+          <t>Kahraman Şehit Oğuz Özgür Çevik</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786258102147</t>
+          <t>9786258334104</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Evrende Aşk Senfonisi</t>
+          <t>Ömrüme Dolan Nursun</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786258444308</t>
+          <t>9786258102673</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Yerin Kulağı Vardır!</t>
+          <t>İçerdeki Yeis</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257498982</t>
+          <t>9786258334029</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Coolest Robot Building</t>
+          <t>Adı Aşk Hz. Hatice</t>
         </is>
       </c>
       <c r="C1311" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786053069058</t>
+          <t>9786258102864</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Verimli Ders Çalışma Teknikleri</t>
+          <t>Girift</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>3990000055543</t>
+          <t>9786258334043</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Temel Türk Dili Eğitimi</t>
+          <t>Tollu</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>46</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786258334432</t>
+          <t>9786258102819</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Köpekler Ve Sahipleri</t>
+          <t>Kendimce</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786258334456</t>
+          <t>9786258102796</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Ben Ve Evren</t>
+          <t>Çocuklarımıza Hayatın Rehberi</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786258334326</t>
+          <t>9786258102963</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Korkaklar</t>
+          <t>Sonsuz Bir Aşkın Gölgesinde</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786258334180</t>
+          <t>9786258102826</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamını Bulma Yo-lunda Denemeler</t>
+          <t>50'den Sonra Ben Deniz</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786258334401</t>
+          <t>9786258334098</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Efsane</t>
+          <t>Plütonik Bir Aşkın Analizi</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786258334555</t>
+          <t>9786258102734</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Galata Mı, Kız Kulesi Mi?</t>
+          <t>Aylak Bipolar</t>
         </is>
       </c>
       <c r="C1319" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786258334203</t>
+          <t>9786258102871</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>B.O.S.S</t>
+          <t>Canavar Avcısı</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786258334517</t>
+          <t>9786258102420</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Birinci Dünya Savaşı’nın Kısa Hikayesi</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786258334128</t>
+          <t>9786258102741</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Balık Sırtı</t>
+          <t>Bir Meleğin Gözyaşları</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786258334272</t>
+          <t>9786258102833</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Modern Caesar</t>
+          <t>Yara Öğreticidir</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786258334166</t>
+          <t>9786258102659</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Aşk Burada</t>
+          <t>İçimden Gidenler</t>
         </is>
       </c>
       <c r="C1324" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786258334210</t>
+          <t>9786258102895</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>İş’te Kadın</t>
+          <t>Acı Bal</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786258334531</t>
+          <t>9786257498548</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Türkler Kimdir Ve Kim-lerden İbarettir?</t>
+          <t>Büyülü Matematik</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>190</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786258334524</t>
+          <t>9786258102581</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Nakıs Teşebbüs</t>
+          <t>Kırmızı Liman</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786258102789</t>
+          <t>9786258102772</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Sevgi Deryasıdır</t>
+          <t>İnsan Doğası Üstüne Düşünceler</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>105</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786258102482</t>
+          <t>9786258102505</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Sahibinden 553 Söylemesi Güç Tekerleme</t>
+          <t>Nevrotik Resimler</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786258102086</t>
+          <t>9786258102710</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı</t>
+          <t>Ruhun Hasat Mevsimi</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>205</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786258102369</t>
+          <t>9786258102406</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Adine Pilavı</t>
+          <t>Helena’nın Kanatları</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786258102253</t>
+          <t>9786258102628</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Yüzlerde Dolaşan Çocuk</t>
+          <t>Ojeni</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786258102185</t>
+          <t>9786258102314</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Utu</t>
+          <t>Kara Pabuçlu Kanguru</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786258102055</t>
+          <t>9786258102666</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizlik</t>
+          <t>A4raf: Suret-i Muamma</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786258102307</t>
+          <t>9786258102635</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Ağacı</t>
+          <t>Sosyal Güvenlikte Eşitlik: Sistemsel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786258102130</t>
+          <t>9786258102345</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Portre</t>
+          <t>Dilek Kaşıkları</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786258102079</t>
+          <t>9786258102390</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Anamın Gözyaşları</t>
+          <t>Bir Umut Var</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>285</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786258102222</t>
+          <t>9786258102161</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Eylül Rüzgarı</t>
+          <t>Asuman</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>235</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786258444629</t>
+          <t>9786258102413</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Takvimsiz Mısralar</t>
+          <t>Kutuya Sığanlar</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786258444926</t>
+          <t>9786258102529</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>İltihaplı Bir İlham: Dilba</t>
+          <t>Xcrz97 - Virüsün Etki Dalgası</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786258444964</t>
+          <t>9786258102598</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Babam Atlas - Bir Göç Romanı</t>
+          <t>Bir Melek Kalbime Dokundu</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786258444865</t>
+          <t>9786258102444</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Uyku</t>
+          <t>Kader Defteri</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786258444872</t>
+          <t>9786258102550</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Sisli Perdeler</t>
+          <t>Sevginin Anatomisi</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>105</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786258444797</t>
+          <t>9786258102499</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Platonik Acılar</t>
+          <t>İntroyu Atla</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786258444841</t>
+          <t>9786258102451</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalan Mektup</t>
+          <t>Ying Yang - Seni Reddediyorum</t>
         </is>
       </c>
       <c r="C1345" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786258444773</t>
+          <t>9786258102574</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Ricat</t>
+          <t>Clypeus Yeniden Yükseliş</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786258444896</t>
+          <t>9786258102475</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Esarette Hür Fikirler</t>
+          <t>İçimizdeki Yalnızlık</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786258444858</t>
+          <t>9786258102154</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Lütuf</t>
+          <t>Gizlenen Gerçekler</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786258444735</t>
+          <t>9786258102239</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kıymetlimisss</t>
+          <t>Gülümseyen Suratlar</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786258444780</t>
+          <t>9786257498579</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Toplumun İçinde Bir Toplum</t>
+          <t>Cedir</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786258444889</t>
+          <t>9786258102338</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Sen Beyazsın</t>
+          <t>Özünü Keşfet</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786258444810</t>
+          <t>9786258102284</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Damlalar</t>
+          <t>Who Are You?</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786258444650</t>
+          <t>9786258102291</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Kim Daha Suçlu?</t>
+          <t>Görülmüştür</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786258444698</t>
+          <t>9786258102215</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilinden Dökülenler</t>
+          <t>İnsan Dedikleri</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786258444834</t>
+          <t>9786258102192</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Vav Hali</t>
+          <t>Benim Mavim Olur Musun?</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786258444643</t>
+          <t>9786258102352</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Saçma</t>
+          <t>Malayani Adam</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786257498968</t>
+          <t>9786258102246</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göğün Asilleri</t>
+          <t>Sevdan</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786258444605</t>
+          <t>9786258444971</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hayatlar</t>
+          <t>Açık Cezaevinden Hayat ve Ölüm Notları</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>105</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786258444612</t>
+          <t>9786258444957</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Umuda Yolculuk</t>
+          <t>Takıntılı Hayatlar</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786258444711</t>
+          <t>9786258444940</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Nefret</t>
+          <t>İnsanlık Halleri</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>255</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786258444513</t>
+          <t>9786258444933</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Sisli Şehir</t>
+          <t>Zeyşan</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786258444568</t>
+          <t>9786258444919</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Yüz</t>
+          <t>Işık Selinde Sevmelisin</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786258444506</t>
+          <t>9786258444827</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığın Anlamı</t>
+          <t>Çıkmaz Kasaba</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786258444469</t>
+          <t>9786258444742</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Suç Sayıldığı Topraklar</t>
+          <t>Kapitalizm Kapitalizm Dedikleri</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786258444520</t>
+          <t>9786258102116</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Sanrışık</t>
+          <t>Vazgeçenden Vazgeçemedim</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786258444483</t>
+          <t>9786258102109</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Göktürkler 2596</t>
+          <t>Konuşan Notlar</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257498937</t>
+          <t>9786258102062</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Aile</t>
+          <t>Kelimelerin Gölgesi</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786258444476</t>
+          <t>9786258102031</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Meşe</t>
+          <t>İbadetlerin Bedene ve Ruha Faydaları</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786258444551</t>
+          <t>9786258102024</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Anna’nın Yolculuğu</t>
+          <t>Bir İntiharın Kalıntısı</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786258444452</t>
+          <t>9786258102017</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Farzet Ki Mavi</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786258444278</t>
+          <t>9786258102000</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Haydar Bey’in Formülü ve Türkiye 1970-2020</t>
+          <t>Mehmet Yazar’la Sınav Yolculuğu</t>
         </is>
       </c>
       <c r="C1371" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786258444490</t>
+          <t>9786258444803</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Avcı</t>
+          <t>Mazinin İntikamı</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>205</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786258444285</t>
+          <t>9786258444636</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Devren Satılık Evren</t>
+          <t>Saltanatta Sahibinden Satılık Cennet</t>
         </is>
       </c>
       <c r="C1373" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786258444322</t>
+          <t>9786258444599</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Radianced Regresyon</t>
+          <t>Restorancıyım Ben</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786257498999</t>
+          <t>9786258102123</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşımla Tatil Anılarım</t>
+          <t>Kardaki İzler</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786258444391</t>
+          <t>9786258102147</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kalu</t>
+          <t>Evrende Aşk Senfonisi</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786258444438</t>
+          <t>9786258444308</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Hallerimiz Cancağazım</t>
+          <t>Yerin Kulağı Vardır!</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786258444360</t>
+          <t>9786257498982</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Promil Hüzünlüyüm</t>
+          <t>Coolest Robot Building</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786258444407</t>
+          <t>9786053069058</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Bir Sırdır Aşk</t>
+          <t>Verimli Ders Çalışma Teknikleri</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786258444353</t>
+          <t>3990000055543</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Aynalara Söz Ver</t>
+          <t>Temel Türk Dili Eğitimi</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>145</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786258444292</t>
+          <t>9786258334432</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Adamın Gizli Günlüğü</t>
+          <t>Şizofren Köpekler Ve Sahipleri</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786258444377</t>
+          <t>9786258334456</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Son Yıl</t>
+          <t>Ben Ve Evren</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786053067986</t>
+          <t>9786258334326</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Sır Kutusu</t>
+          <t>Korkaklar</t>
         </is>
       </c>
       <c r="C1383" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786258444346</t>
+          <t>9786258334180</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Unutma Kuyusu</t>
+          <t>Hayatın Anlamını Bulma Yo-lunda Denemeler</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257498609</t>
+          <t>9786258334401</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Ölü Surat</t>
+          <t>Bilinmeyen Efsane</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786258444087</t>
+          <t>9786258334555</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Kısa Da Olsa Ömrü Her Kelebek Bilir Aşkı</t>
+          <t>Galata Mı, Kız Kulesi Mi?</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786258444094</t>
+          <t>9786258334203</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>İşte Aşk, Elimdekinin Hepsi Bu</t>
+          <t>B.O.S.S</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786258444247</t>
+          <t>9786258334517</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Kararan Günün Yolculuğu</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786258444254</t>
+          <t>9786258334128</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Kaporta</t>
+          <t>Balık Sırtı</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786258444193</t>
+          <t>9786258334272</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Eylül</t>
+          <t>Modern Caesar</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786258444070</t>
+          <t>9786258334166</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Döngü</t>
+          <t>Aşk Burada</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786258444131</t>
+          <t>9786258334210</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Muhteva-i Kalp</t>
+          <t>İş’te Kadın</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786258444155</t>
+          <t>9786258334531</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Roman</t>
+          <t>Türkler Kimdir Ve Kim-lerden İbarettir?</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786258444261</t>
+          <t>9786258334524</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Kahverengi Bir Ateş</t>
+          <t>Nakıs Teşebbüs</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786258444032</t>
+          <t>9786258102789</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Türk Vatandaşı Olurum?</t>
+          <t>Öğretmen Sevgi Deryasıdır</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786258444216</t>
+          <t>9786258102482</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Perspektif</t>
+          <t>Hepsi Sahibinden 553 Söylemesi Güç Tekerleme</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786258444230</t>
+          <t>9786258102086</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Şiirimsi Şiirlerim - 1 Güzel Şeyler Üstüne</t>
+          <t>Günbatımı</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786258444223</t>
+          <t>9786258102369</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç</t>
+          <t>Adine Pilavı</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786258444018</t>
+          <t>9786258102253</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Timi ve Hoppi’nin Maceraları</t>
+          <t>Yüzlerde Dolaşan Çocuk</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257498517</t>
+          <t>9786258102185</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Svalbard'da Var Bir Tilki</t>
+          <t>Utu</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786258444001</t>
+          <t>9786258102055</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Dil Hun</t>
+          <t>Kimsesizlik</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786258444056</t>
+          <t>9786258102307</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Sevmeyi Öğrenmek</t>
+          <t>Gökkuşağı Ağacı</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786258444100</t>
+          <t>9786258102130</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Virüs Bakteri ve Mikroplar</t>
+          <t>Portre</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786258444148</t>
+          <t>9786258102079</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Ayak Sesleri</t>
+          <t>Anamın Gözyaşları</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786258444421</t>
+          <t>9786258102222</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Ben Olsam Kendimi Sever Miydim?</t>
+          <t>Eylül Rüzgarı</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786258444209</t>
+          <t>9786258444629</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Meliha</t>
+          <t>Takvimsiz Mısralar</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786258444186</t>
+          <t>9786258444926</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>İn Cin 2. Kitap</t>
+          <t>İltihaplı Bir İlham: Dilba</t>
         </is>
       </c>
       <c r="C1407" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786258444179</t>
+          <t>9786258444964</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Yoksunluk</t>
+          <t>Babam Atlas - Bir Göç Romanı</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257498944</t>
+          <t>9786258444865</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Çöl Ceylanları</t>
+          <t>Bin Yıllık Uyku</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786257498463</t>
+          <t>9786258444872</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Kapatın Işıkları</t>
+          <t>Sisli Perdeler</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786258444025</t>
+          <t>9786258444797</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Felsefesi</t>
+          <t>Platonik Acılar</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257498906</t>
+          <t>9786258444841</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Harese: Soğuk Bedenler</t>
+          <t>Geç Kalan Mektup</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257498975</t>
+          <t>9786258444773</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Pan - Melezlerin Yükselişi</t>
+          <t>Ricat</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257498876</t>
+          <t>9786258444896</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Veraset - İnsanlığın İrdelenmesi</t>
+          <t>Esarette Hür Fikirler</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257498951</t>
+          <t>9786258444858</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimine Reddiye</t>
+          <t>Lütuf</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257498913</t>
+          <t>9786258444735</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Hüzün</t>
+          <t>Uyku Kıymetlimisss</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257498869</t>
+          <t>9786258444780</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma</t>
+          <t>Toplumun İçinde Bir Toplum</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257498647</t>
+          <t>9786258444889</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Simyası</t>
+          <t>Sen Beyazsın</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257498920</t>
+          <t>9786258444810</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Cılız Meymenet</t>
+          <t>Gönülden Damlalar</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257498814</t>
+          <t>9786258444650</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Büyüleyici Bir İnsan Olmanın Etkili Reçetesi</t>
+          <t>Kim Daha Suçlu?</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257498838</t>
+          <t>9786258444698</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Turnalara Göç Düştü</t>
+          <t>Gönül Dilinden Dökülenler</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257498791</t>
+          <t>9786258444834</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Her Kaçış Yine Kendine Varışsa</t>
+          <t>Aşkın Vav Hali</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786257498852</t>
+          <t>9786258444643</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Yaşamlar</t>
+          <t>Saçma</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257498784</t>
+          <t>9786257498968</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Altındaki Genç - Arkadaş Seçiminin Önemi</t>
+          <t>Mavi Göğün Asilleri</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786257498821</t>
+          <t>9786258444605</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Evaren - Yemin Bozanlar</t>
+          <t>Yarım Kalan Hayatlar</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>265</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257498807</t>
+          <t>9786258444612</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Hıkd - Meczuh</t>
+          <t>Umuda Yolculuk</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>185</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257498746</t>
+          <t>9786258444711</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Zengin Olmak İster Misin?</t>
+          <t>Nefret</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257498661</t>
+          <t>9786258444513</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Hep Bir Şiirler Eksik</t>
+          <t>Sisli Şehir</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257498739</t>
+          <t>9786258444568</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Adamın Kırmızı Dizeleri</t>
+          <t>Yüz</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257498654</t>
+          <t>9786258444506</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Samaomeda Sonsuz Derinlik</t>
+          <t>Yaratıcılığın Anlamı</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>125</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257498623</t>
+          <t>9786258444469</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Zamanaşımına Gönderiler</t>
+          <t>Sevginin Suç Sayıldığı Topraklar</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786257498678</t>
+          <t>9786258444520</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Gönül Özledi - Gelsen Ne Olur</t>
+          <t>Sanrışık</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257498708</t>
+          <t>9786258444483</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Adalet Melekleri - Melekler Ve Kızıl Bantlılar</t>
+          <t>Göktürkler 2596</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>335</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786257498685</t>
+          <t>9786257498937</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Esersiz</t>
+          <t>Aile</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786257498722</t>
+          <t>9786258444476</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Xantrius - Xantrius İstila Altında!</t>
+          <t>Meşe</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>215</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786257498425</t>
+          <t>9786258444551</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın İslamı</t>
+          <t>Anna’nın Yolculuğu</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>220</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257498715</t>
+          <t>9786258444452</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Her Mevsim Bir Şiir</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C1437" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257498630</t>
+          <t>9786258444278</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Haydar Bey’in Formülü ve Türkiye 1970-2020</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257498074</t>
+          <t>9786258444490</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Ana Dünya</t>
+          <t>Avcı</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786257498524</t>
+          <t>9786258444285</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Abdülcabbar</t>
+          <t>Devren Satılık Evren</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786257498111</t>
+          <t>9786258444322</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Karanfil</t>
+          <t>Radianced Regresyon</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786257498500</t>
+          <t>9786257498999</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Facebok’un İç Yüzü</t>
+          <t>Canım Arkadaşımla Tatil Anılarım</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786257498470</t>
+          <t>9786258444391</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Kalu</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786257498555</t>
+          <t>9786258444438</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçindeki Cinayet</t>
+          <t>Hallerimiz Cancağazım</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786257498487</t>
+          <t>9786258444360</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Son Uğultu</t>
+          <t>Yüksek Promil Hüzünlüyüm</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>235</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786257498562</t>
+          <t>9786258444407</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Vali Dağılma Eşiği</t>
+          <t>Bir Sırdır Aşk</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786257498494</t>
+          <t>9786258444353</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Grendel Maceraları - Aynalı Kapı</t>
+          <t>Aynalara Söz Ver</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786257498456</t>
+          <t>9786258444292</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Zeliha</t>
+          <t>Gizemli Adamın Gizli Günlüğü</t>
         </is>
       </c>
       <c r="C1448" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786257498432</t>
+          <t>9786258444377</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Rusca Sözlük</t>
+          <t>Son Yıl</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>160</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786257498371</t>
+          <t>9786053067986</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Figüran</t>
+          <t>Sır Kutusu</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786257498364</t>
+          <t>9786258444346</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Terazideki Ben</t>
+          <t>Unutma Kuyusu</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786257498302</t>
+          <t>9786257498609</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Müngke</t>
+          <t>Ölü Surat</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786257498333</t>
+          <t>9786258444087</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Kara Çanak</t>
+          <t>Kısa Da Olsa Ömrü Her Kelebek Bilir Aşkı</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786257498395</t>
+          <t>9786258444094</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı</t>
+          <t>İşte Aşk, Elimdekinin Hepsi Bu</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786257498326</t>
+          <t>9786258444247</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Düşle Gerçek Arası</t>
+          <t>Kararan Günün Yolculuğu</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786257498340</t>
+          <t>9786258444254</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>44 Gün</t>
+          <t>Kaporta</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786257498289</t>
+          <t>9786258444193</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Kod 41</t>
+          <t>Ali ile Eylül</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786257498296</t>
+          <t>9786258444070</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Uzakta Kaldı</t>
+          <t>Kutsal Döngü</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786257498272</t>
+          <t>9786258444131</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Deliyim Ben Sana Deli</t>
+          <t>Muhteva-i Kalp</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786257498197</t>
+          <t>9786258444155</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>Dağınık Roman</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786257498418</t>
+          <t>9786258444261</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Hakkında</t>
+          <t>Kahverengi Bir Ateş</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786257498234</t>
+          <t>9786258444032</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz Balo</t>
+          <t>Nasıl Türk Vatandaşı Olurum?</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786257498227</t>
+          <t>9786258444216</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Obüscü</t>
+          <t>Perspektif</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786257498203</t>
+          <t>9786258444230</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar Kampı</t>
+          <t>Şiirimsi Şiirlerim - 1 Güzel Şeyler Üstüne</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786257498258</t>
+          <t>9786258444223</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bir Buz Paspası</t>
+          <t>Başlangıç</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>105</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786257498401</t>
+          <t>9786258444018</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Biri</t>
+          <t>Timi ve Hoppi’nin Maceraları</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786257498265</t>
+          <t>9786257498517</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>F. Picasso</t>
+          <t>Svalbard'da Var Bir Tilki</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786257498210</t>
+          <t>9786258444001</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Parşömenlerin Gizemi</t>
+          <t>Dil Hun</t>
         </is>
       </c>
       <c r="C1468" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786257583855</t>
+          <t>9786258444056</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Anamnesis</t>
+          <t>Sevmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786257498135</t>
+          <t>9786258444100</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Bir Yolculuk Hikayesi</t>
+          <t>Virüs Bakteri ve Mikroplar</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786257498142</t>
+          <t>9786258444148</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Bekir</t>
+          <t>Kelebeğin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>155</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786257498166</t>
+          <t>9786258444421</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Yeşeren Umutlar</t>
+          <t>Ben Olsam Kendimi Sever Miydim?</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786257498104</t>
+          <t>9786258444209</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Pembe Gülün Işığında</t>
+          <t>Meliha</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786257583664</t>
+          <t>9786258444186</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi</t>
+          <t>İn Cin 2. Kitap</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786257498159</t>
+          <t>9786258444179</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Antidepresan Zamanlar</t>
+          <t>Yoksunluk</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786257498128</t>
+          <t>9786257498944</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Doktorlar Gülerken Ağlar</t>
+          <t>Çöl Ceylanları</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786257498173</t>
+          <t>9786257498463</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Hakaret Suçu</t>
+          <t>Kapatın Işıkları</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786257583978</t>
+          <t>9786258444025</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Bulutsuz Gecelerin Çiy Tanesi</t>
+          <t>Çobanın Felsefesi</t>
         </is>
       </c>
       <c r="C1478" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786257583954</t>
+          <t>9786257498906</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Kız</t>
+          <t>Harese: Soğuk Bedenler</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786257583961</t>
+          <t>9786257498975</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ayağınca Öyküler</t>
+          <t>Pan - Melezlerin Yükselişi</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786257498029</t>
+          <t>9786257498876</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Bak İşine</t>
+          <t>Veraset - İnsanlığın İrdelenmesi</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786257498050</t>
+          <t>9786257498951</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Kayzer’in Düşü</t>
+          <t>Yerçekimine Reddiye</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786257583992</t>
+          <t>9786257498913</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Sueda</t>
+          <t>Göldeki Hüzün</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786257583985</t>
+          <t>9786257498869</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Bir Tuhaflık Yok mu?</t>
+          <t>Karşılaşma</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786257498012</t>
+          <t>9786257498647</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Aya Nikola Efsanesi</t>
+          <t>Tanrının Simyası</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786257498067</t>
+          <t>9786257498920</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Cılız Meymenet</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786257583800</t>
+          <t>9786257498814</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Bir Ben</t>
+          <t>Büyüleyici Bir İnsan Olmanın Etkili Reçetesi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786257583893</t>
+          <t>9786257498838</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Misali</t>
+          <t>Turnalara Göç Düştü</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786257583848</t>
+          <t>9786257498791</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Gül Parmaklı Ay</t>
+          <t>Kendinden Her Kaçış Yine Kendine Varışsa</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786257583831</t>
+          <t>9786257498852</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Ağır Hasar Kaydı</t>
+          <t>Gerçek Yaşamlar</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786257583930</t>
+          <t>9786257498784</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Mavi</t>
+          <t>Ağacın Altındaki Genç - Arkadaş Seçiminin Önemi</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786257583879</t>
+          <t>9786257498821</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Dünya Pandemi Günlükleri</t>
+          <t>Evaren - Yemin Bozanlar</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>215</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786257583909</t>
+          <t>9786257498807</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Salıncağın Mucizesi</t>
+          <t>Hıkd - Meczuh</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>210</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786257583787</t>
+          <t>9786257498746</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neydi?</t>
+          <t>Zengin Olmak İster Misin?</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786257583886</t>
+          <t>9786257498661</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Yokken Güzeldir</t>
+          <t>Hep Bir Şiirler Eksik</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786257583916</t>
+          <t>9786257498739</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Bir Hekimin Not Defterinden</t>
+          <t>Yalnız Adamın Kırmızı Dizeleri</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786257583824</t>
+          <t>9786257498654</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>İşte Muasır Medeniyet</t>
+          <t>Samaomeda Sonsuz Derinlik</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786257583862</t>
+          <t>9786257498623</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Onlarla Yaşamak</t>
+          <t>Zamanaşımına Gönderiler</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786257583923</t>
+          <t>9786257498678</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Yusufçuk Ötüşü</t>
+          <t>Gönül Özledi - Gelsen Ne Olur</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786257583794</t>
+          <t>9786257498708</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Tufan</t>
+          <t>Adalet Melekleri - Melekler Ve Kızıl Bantlılar</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>145</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786257583688</t>
+          <t>9786257498685</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Balbal</t>
+          <t>Esersiz</t>
         </is>
       </c>
       <c r="C1501" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786257583671</t>
+          <t>9786257498722</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Alaca Karanlık</t>
+          <t>Xantrius - Xantrius İstila Altında!</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>110</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786257583763</t>
+          <t>9786257498425</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Özlem</t>
+          <t>Çağımızın İslamı</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786257583749</t>
+          <t>9786257498715</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzeliz Biz</t>
+          <t>Her Mevsim Bir Şiir</t>
         </is>
       </c>
       <c r="C1504" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786257583701</t>
+          <t>9786257498630</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Gülüşünü Sevdiğim Diğer Yarım'a</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786051284392</t>
+          <t>9786257498074</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Datça Camileri</t>
+          <t>Ana Dünya</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786257583756</t>
+          <t>9786257498524</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Muhtemel Olasılıklar</t>
+          <t>Abdülcabbar</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786257583695</t>
+          <t>9786257498111</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Gözünden Constantinopolis'ten İstanbul'a</t>
+          <t>Bir Demet Karanfil</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786257583770</t>
+          <t>9786257498500</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Dakika - Adam Algoritması</t>
+          <t>Facebok’un İç Yüzü</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786257583725</t>
+          <t>9786257498470</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Tukul ve Yanardağ</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786257583732</t>
+          <t>9786257498555</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hakimiyet</t>
+          <t>Kafamın İçindeki Cinayet</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786257583534</t>
+          <t>9786257498487</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Ardahanca</t>
+          <t>Son Uğultu</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>110</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786257583596</t>
+          <t>9786257498562</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğmak Hayata</t>
+          <t>Vali Dağılma Eşiği</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786257583633</t>
+          <t>9786257498494</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Mutlaka</t>
+          <t>Grendel Maceraları - Aynalı Kapı</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786257583640</t>
+          <t>9786257498456</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Beyin Bilimine Popüler Bakış</t>
+          <t>Zeliha</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786257583602</t>
+          <t>9786257498432</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Hissediş</t>
+          <t>Açıklamalı Rusca Sözlük</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786257583619</t>
+          <t>9786257498371</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler ve Tozlar</t>
+          <t>Figüran</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>200</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786257583626</t>
+          <t>9786257498364</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Deresi</t>
+          <t>Terazideki Ben</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786257583589</t>
+          <t>9786257498302</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Yokluğunun Parmak Hesabı</t>
+          <t>Müngke</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786257583381</t>
+          <t>9786257498333</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Meurtre</t>
+          <t>Kara Çanak</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786257583480</t>
+          <t>9786257498395</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Altın Topuz</t>
+          <t>Portakal Ağacı</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786257583121</t>
+          <t>9786257498326</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>İnandığımı Sanmıştım</t>
+          <t>Düşle Gerçek Arası</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786257583404</t>
+          <t>9786257498340</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Gönül Eli</t>
+          <t>44 Gün</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786257583411</t>
+          <t>9786257498289</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İçin</t>
+          <t>Kod 41</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786257583459</t>
+          <t>9786257498296</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Delphi Tiyatrosu</t>
+          <t>Akdeniz Uzakta Kaldı</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786257583442</t>
+          <t>9786257498272</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Ilık Şarap</t>
+          <t>Deliyim Ben Sana Deli</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786257583473</t>
+          <t>9786257498197</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Soruşturmalar</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786257583466</t>
+          <t>9786257498418</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Ağlamamak İçin Söz Verdim</t>
+          <t>Hiçbir Şey Hakkında</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786257583497</t>
+          <t>9786257498234</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Ozanca Sağlık Mobbing Politika 3</t>
+          <t>Maskesiz Balo</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>400</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786257583435</t>
+          <t>9786257498227</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>İç’ten</t>
+          <t>Obüscü</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786257583510</t>
+          <t>9786257498203</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mucitin Değerli Hataları</t>
+          <t>Uyumsuzlar Kampı</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786257583503</t>
+          <t>9786257498258</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Mine’nin Öyküleri</t>
+          <t>İletişim Bir Buz Paspası</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786257583527</t>
+          <t>9786257498401</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Ay Misali</t>
+          <t>İçimizden Biri</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786257583398</t>
+          <t>9786257498265</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>F. Picasso</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786257583329</t>
+          <t>9786257498210</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Kimse Bilmez</t>
+          <t>Parşömenlerin Gizemi</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786257583367</t>
+          <t>9786257583855</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Evler</t>
+          <t>Anamnesis</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786257583350</t>
+          <t>9786257498135</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Öz</t>
+          <t>Bir Yolculuk Hikayesi</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786257583343</t>
+          <t>9786257498142</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Mektubu</t>
+          <t>Bekir</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786257583374</t>
+          <t>9786257498166</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Yörünge - Yalnız Değilsiniz!</t>
+          <t>Yeşeren Umutlar</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786257583312</t>
+          <t>9786257498104</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Sintine</t>
+          <t>Pembe Gülün Işığında</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786257583244</t>
+          <t>9786257583664</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Gençliğe Namazı ve Hidayeti Sevdirmek</t>
+          <t>Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786257583251</t>
+          <t>9786257498159</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Benim Hikayem</t>
+          <t>Antidepresan Zamanlar</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786257583176</t>
+          <t>9786257498128</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Umudun Yolu</t>
+          <t>Doktorlar Gülerken Ağlar</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>355</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257583299</t>
+          <t>9786257498173</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Fısıldasın Kulaklarına</t>
+          <t>Sosyal Medyada Hakaret Suçu</t>
         </is>
       </c>
       <c r="C1544" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786257583275</t>
+          <t>9786257583978</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Fikrin İntiharı</t>
+          <t>Bulutsuz Gecelerin Çiy Tanesi</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786257583008</t>
+          <t>9786257583954</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüyünce Ispanakçı Olacağım</t>
+          <t>Meçhul Kız</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786254008054</t>
+          <t>9786257583961</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Hikaye</t>
+          <t>Ceviz Ayağınca Öyküler</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786257583213</t>
+          <t>9786257498029</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Efendisi</t>
+          <t>Bak İşine</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257583206</t>
+          <t>9786257498050</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Adalet, Sizsiniz</t>
+          <t>Kayzer’in Düşü</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786257583114</t>
+          <t>9786257583992</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Kar Taneleri</t>
+          <t>Sueda</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786257583138</t>
+          <t>9786257583985</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kovid Sıcak Zemheri</t>
+          <t>Bir Tuhaflık Yok mu?</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786257583152</t>
+          <t>9786257498012</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Gavurun Kızı Elena</t>
+          <t>Aya Nikola Efsanesi</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786257583190</t>
+          <t>9786257498067</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>İnci’nin Cenneti</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786257583220</t>
+          <t>9786257583800</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Velhasıl “Aşk”</t>
+          <t>İçimdeki Bir Ben</t>
         </is>
       </c>
       <c r="C1554" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257347976</t>
+          <t>9786257583893</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Şevval'in Vaktinden Önce Gelişi</t>
+          <t>Yakamoz Misali</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>150</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786257583091</t>
+          <t>9786257583848</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Fatiha İçimdeki Ben</t>
+          <t>Gül Parmaklı Ay</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786257583015</t>
+          <t>9786257583831</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>"Gazeteci Olunmaz Gazeteci Doğulur." - Hulusi Tunca</t>
+          <t>Ağır Hasar Kaydı</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786257347990</t>
+          <t>9786257583930</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Bir Mevsimin Ayak İzleri</t>
+          <t>Bir Nefes Mavi</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786257347983</t>
+          <t>9786257583879</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Kan Kulu</t>
+          <t>Dünya Pandemi Günlükleri</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786257583022</t>
+          <t>9786257583909</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Korona Faşizmi</t>
+          <t>Salıncağın Mucizesi</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786257583046</t>
+          <t>9786257583787</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Sendikalarda İşçi İradesi</t>
+          <t>Aşk Neydi?</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786257583107</t>
+          <t>9786257583886</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayat Hikayesi</t>
+          <t>Bazıları Yokken Güzeldir</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786257347884</t>
+          <t>9786257583916</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Bir Hekimin Not Defterinden</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786257583060</t>
+          <t>9786257583824</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Gölgemin Ardındaki Düşler</t>
+          <t>İşte Muasır Medeniyet</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786257583084</t>
+          <t>9786257583862</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Mi?</t>
+          <t>Onlarla Yaşamak</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786257583039</t>
+          <t>9786257583923</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Şampiyondan Piyona</t>
+          <t>Yusufçuk Ötüşü</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786257583145</t>
+          <t>9786257583794</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Tımarhane</t>
+          <t>Tufan</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053066378</t>
+          <t>9786257583688</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yol</t>
+          <t>Balbal</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786257347600</t>
+          <t>9786257583671</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Portre</t>
+          <t>Alaca Karanlık</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786257347945</t>
+          <t>9786257583763</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gitsin Sen Kal</t>
+          <t>Geçmişe Özlem</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786257347921</t>
+          <t>9786257583749</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Ebrunun Biri</t>
+          <t>Ne Güzeliz Biz</t>
         </is>
       </c>
       <c r="C1571" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786257347952</t>
+          <t>9786257583701</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Hafız İle Mine</t>
+          <t>Gülüşünü Sevdiğim Diğer Yarım'a</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786257347907</t>
+          <t>9786051284392</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Elimde</t>
+          <t>Datça Camileri</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786257347969</t>
+          <t>9786257583756</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Çitsiz Bahçeler</t>
+          <t>Muhtemel Olasılıklar</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786257347730</t>
+          <t>9786257583695</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Yedi Renk</t>
+          <t>Bir Gencin Gözünden Constantinopolis'ten İstanbul'a</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786257347808</t>
+          <t>9786257583770</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Ağlama Zamanı</t>
+          <t>Dakika - Adam Algoritması</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786257347761</t>
+          <t>9786257583725</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Klan 2050 Buz Devri</t>
+          <t>Tukul ve Yanardağ</t>
         </is>
       </c>
       <c r="C1577" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786257347860</t>
+          <t>9786257583732</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Sosyal Hakimiyet</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786257347747</t>
+          <t>9786257583534</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Kabuller</t>
+          <t>Ardahanca</t>
         </is>
       </c>
       <c r="C1579" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786257347464</t>
+          <t>9786257583596</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Aya Filippo</t>
+          <t>Yeniden Doğmak Hayata</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786257347709</t>
+          <t>9786257583633</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve İş Arasında</t>
+          <t>Bir Gün Mutlaka</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786257347118</t>
+          <t>9786257583640</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Gözlerle Gülmek</t>
+          <t>Beyin Bilimine Popüler Bakış</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786257347716</t>
+          <t>9786257583602</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Civciv</t>
+          <t>Hissediş</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786257347754</t>
+          <t>9786257583619</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Feleğin Pembe Çemberleri</t>
+          <t>Gölgeler ve Tozlar</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053069973</t>
+          <t>9786257583626</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Tanıdan Tedaviye CHP</t>
+          <t>Cehennem Deresi</t>
         </is>
       </c>
       <c r="C1585" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786257347259</t>
+          <t>9786257583589</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Serebral Palsi</t>
+          <t>Yokluğunun Parmak Hesabı</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786257347624</t>
+          <t>9786257583381</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Yanılsama</t>
+          <t>Meurtre</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786257347419</t>
+          <t>9786257583480</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Gölgesi</t>
+          <t>Altın Topuz</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053069799</t>
+          <t>9786257583121</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Miniklere</t>
+          <t>İnandığımı Sanmıştım</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786257347617</t>
+          <t>9786257583404</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Nisan Yağmuru</t>
+          <t>Gönül Eli</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>245</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786257347686</t>
+          <t>9786257583411</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Ayaklanma</t>
+          <t>Uyumak İçin</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786257347679</t>
+          <t>9786257583459</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (sav) Hakikatin Solmayan Gülü</t>
+          <t>Delphi Tiyatrosu</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786257347693</t>
+          <t>9786257583442</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Oğlumu Bana Verin Fırat</t>
+          <t>Ilık Şarap</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786257347662</t>
+          <t>9786257583473</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Güne Sığar Mı?</t>
+          <t>Felsefi Soruşturmalar</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786257347631</t>
+          <t>9786257583466</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Alzheimer</t>
+          <t>Ağlamamak İçin Söz Verdim</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786257347518</t>
+          <t>9786257583497</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Kendi'mden Kendime</t>
+          <t>Ozanca Sağlık Mobbing Politika 3</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786257347495</t>
+          <t>9786257583435</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Yok Oluş</t>
+          <t>İç’ten</t>
         </is>
       </c>
       <c r="C1597" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786257347563</t>
+          <t>9786257583510</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Düşleri Öldürmek</t>
+          <t>Küçük Mucitin Değerli Hataları</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786257347525</t>
+          <t>9786257583503</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Kalbim</t>
+          <t>Mine’nin Öyküleri</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786257347570</t>
+          <t>9786257583527</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seni Sevince Güzel</t>
+          <t>Ay Misali</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786257347556</t>
+          <t>9786257583398</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Düşlerken</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786257347587</t>
+          <t>9786257583329</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Terzioğlu Mehmet</t>
+          <t>Kimse Bilmez</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786257347488</t>
+          <t>9786257583367</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Son Yaprak</t>
+          <t>Evler</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786257347501</t>
+          <t>9786257583350</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Miran Bey</t>
+          <t>Öz</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>84</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053069898</t>
+          <t>9786257583343</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Yokluk</t>
+          <t>Zeynep'in Mektubu</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786257347426</t>
+          <t>9786257583374</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Çocuktaki Gelecek</t>
+          <t>Yörünge - Yalnız Değilsiniz!</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786257347471</t>
+          <t>9786257583312</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Yeg</t>
+          <t>Sintine</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786257347341</t>
+          <t>9786257583244</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Düş Yolcuları Masalı - Motivasyon Rengi Serisi 1</t>
+          <t>Gençliğe Namazı ve Hidayeti Sevdirmek</t>
         </is>
       </c>
       <c r="C1608" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786257347440</t>
+          <t>9786257583251</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Rüya</t>
+          <t>İşte Bu Benim Hikayem</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786257347549</t>
+          <t>9786257583176</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Yolculuğu - Sığınak</t>
+          <t>Umudun Yolu</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>145</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786257347532</t>
+          <t>9786257583299</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Kadının İç Dünyası</t>
+          <t>Rüzgar Fısıldasın Kulaklarına</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053069904</t>
+          <t>9786257583275</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Hint Sanatı</t>
+          <t>Fikrin İntiharı</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>265</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786257347204</t>
+          <t>9786257583008</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Sandık</t>
+          <t>Ben Büyüyünce Ispanakçı Olacağım</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786257347372</t>
+          <t>9786254008054</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Bal Kaynağından Şiirler</t>
+          <t>Yazılmamış Hikaye</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786257347235</t>
+          <t>9786257583213</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Yaratılışın Yüce Geliştiricisini Fark Etmek</t>
+          <t>Zamanın Efendisi</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786257347228</t>
+          <t>9786257583206</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Yaratılışın Yüce Yaratıcısını Anlama Sanatı</t>
+          <t>Adalet, Sizsiniz</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>165</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786257347211</t>
+          <t>9786257583114</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Gözlerimde Son Bir Bulut</t>
+          <t>Tutsak Kar Taneleri</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786257347273</t>
+          <t>9786257583138</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Ruski</t>
+          <t>Soğuk Kovid Sıcak Zemheri</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786257347266</t>
+          <t>9786257583152</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Sen Yapamazsın</t>
+          <t>Gavurun Kızı Elena</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786257347082</t>
+          <t>9786257583190</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Yanmadın Gönül</t>
+          <t>İnci’nin Cenneti</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786257347433</t>
+          <t>9786257583220</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>İn Cin</t>
+          <t>Velhasıl “Aşk”</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786257347303</t>
+          <t>9786257347976</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Luheravu</t>
+          <t>Şevval'in Vaktinden Önce Gelişi</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786257347280</t>
+          <t>9786257583091</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Öfkem Kendime</t>
+          <t>Fatiha İçimdeki Ben</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786257347389</t>
+          <t>9786257583015</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Kahır</t>
+          <t>"Gazeteci Olunmaz Gazeteci Doğulur." - Hulusi Tunca</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786257347365</t>
+          <t>9786257347990</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Veda Seremonisi</t>
+          <t>Bir Mevsimin Ayak İzleri</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786257347396</t>
+          <t>9786257347983</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Uyanacaksan Uyuyabilirsin</t>
+          <t>Kan Kulu</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786257347402</t>
+          <t>9786257583022</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Karanfil ve Elma</t>
+          <t>Korona Faşizmi</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786257347174</t>
+          <t>9786257583046</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Formül</t>
+          <t>Sendikalarda İşçi İradesi</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786257347105</t>
+          <t>9786257583107</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Özterapi</t>
+          <t>Bir Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786257347068</t>
+          <t>9786257347884</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Tükendi Vakti Umuda Tamahın</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786257347075</t>
+          <t>9786257583060</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Topuklu Çizmeler</t>
+          <t>Gölgemin Ardındaki Düşler</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786257347143</t>
+          <t>9786257583084</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Dayanıklılık</t>
+          <t>Mi?</t>
         </is>
       </c>
       <c r="C1632" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786257347112</t>
+          <t>9786257583039</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Oğlum</t>
+          <t>Şampiyondan Piyona</t>
         </is>
       </c>
       <c r="C1633" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786257347129</t>
+          <t>9786257583145</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Mezon Ülkesi</t>
+          <t>İçimdeki Tımarhane</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786257347037</t>
+          <t>9786053066378</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Şiirler</t>
+          <t>Karanlık Yol</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786257347136</t>
+          <t>9786257347600</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Mabra</t>
+          <t>Bitmeyen Portre</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786257347150</t>
+          <t>9786257347945</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Babam</t>
+          <t>Herkes Gitsin Sen Kal</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786257347044</t>
+          <t>9786257347921</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Veliaht 2</t>
+          <t>Ebrunun Biri</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786257347020</t>
+          <t>9786257347952</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kıyısında</t>
+          <t>Hafız İle Mine</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>105</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786053069942</t>
+          <t>9786257347907</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Kestane Balı</t>
+          <t>Yüreğim Elimde</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786257347099</t>
+          <t>9786257347969</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Pandomimci</t>
+          <t>Çitsiz Bahçeler</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786053069959</t>
+          <t>9786257347730</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Güncesi</t>
+          <t>Yedi Renk</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786257347013</t>
+          <t>9786257347808</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Alaz</t>
+          <t>Ağlama Zamanı</t>
         </is>
       </c>
       <c r="C1643" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786053069997</t>
+          <t>9786257347761</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Sancıları</t>
+          <t>Klan 2050 Buz Devri</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786053069980</t>
+          <t>9786257347860</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Ayça'm</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>260</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786257347006</t>
+          <t>9786257347747</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yanmakla Başlar</t>
+          <t>Kabuller</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786053069829</t>
+          <t>9786257347464</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Suretler</t>
+          <t>Aya Filippo</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053069850</t>
+          <t>9786257347709</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Arafta Bir Gün</t>
+          <t>Hayat ve İş Arasında</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786053069867</t>
+          <t>9786257347118</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'da Bir Aşk</t>
+          <t>Ağlayan Gözlerle Gülmek</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786053069805</t>
+          <t>9786257347716</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Sedna</t>
+          <t>Civciv</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786053069843</t>
+          <t>9786257347754</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar</t>
+          <t>Feleğin Pembe Çemberleri</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786053069836</t>
+          <t>9786053069973</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Donuk</t>
+          <t>Tanıdan Tedaviye CHP</t>
         </is>
       </c>
       <c r="C1652" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786053069928</t>
+          <t>9786257347259</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeylere Tutunarak Büyür Sevgiler</t>
+          <t>Serebral Palsi</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786053069874</t>
+          <t>9786257347624</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Farklı Şehirler, Farklı Hayatlar</t>
+          <t>Yanılsama</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>115</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786053069812</t>
+          <t>9786257347419</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Ruh Göçü</t>
+          <t>Şeytan Gölgesi</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786053069935</t>
+          <t>9786053069799</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Uyuyunca</t>
+          <t>Mesnevi'den Miniklere</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786053069911</t>
+          <t>9786257347617</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Yası</t>
+          <t>Nisan Yağmuru</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786053068815</t>
+          <t>9786257347686</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Şarap Senden Sorulur</t>
+          <t>Ayaklanma</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786053069720</t>
+          <t>9786257347679</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Tutsağı</t>
+          <t>Hz. Muhammed (sav) Hakikatin Solmayan Gülü</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>235</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786053069522</t>
+          <t>9786257347693</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Karlı Raylar</t>
+          <t>Oğlumu Bana Verin Fırat</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786053069638</t>
+          <t>9786257347662</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Serpintiler</t>
+          <t>Aşk Bir Güne Sığar Mı?</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053068013</t>
+          <t>9786257347631</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Afitap Mazi</t>
+          <t>Toplumsal Alzheimer</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786053068396</t>
+          <t>9786257347518</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Mum Işığında Umut Aramak</t>
+          <t>Kendi'mden Kendime</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053069713</t>
+          <t>9786257347495</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Artık Yalnız Değilim</t>
+          <t>Sahipsiz Yok Oluş</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053069676</t>
+          <t>9786257347563</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Aşkolsun</t>
+          <t>Düşleri Öldürmek</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>430</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053069782</t>
+          <t>9786257347525</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Etkilerden Etkilere Dönüşüm</t>
+          <t>Kalbim</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786053069591</t>
+          <t>9786257347570</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Bir Kadın</t>
+          <t>Hayat Seni Sevince Güzel</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786053066941</t>
+          <t>9786257347556</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Düşlerken</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786053067269</t>
+          <t>9786257347587</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Orduların Kralı</t>
+          <t>Terzioğlu Mehmet</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786053069447</t>
+          <t>9786257347488</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Kadın Peygamber</t>
+          <t>Son Yaprak</t>
         </is>
       </c>
       <c r="C1670" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786053069690</t>
+          <t>9786257347501</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>"O" 3.Şahsım</t>
+          <t>Miran Bey</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>175</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053069751</t>
+          <t>9786053069898</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Tatilde</t>
+          <t>Sıra Dışı Yokluk</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786053069744</t>
+          <t>9786257347426</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Karadelik</t>
+          <t>Çocuktaki Gelecek</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786053069706</t>
+          <t>9786257347471</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Labrador</t>
+          <t>Yeg</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786053069454</t>
+          <t>9786257347341</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>İlaç Acısı</t>
+          <t>Düş Yolcuları Masalı - Motivasyon Rengi Serisi 1</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786053069423</t>
+          <t>9786257347440</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Yürütme Sanatı</t>
+          <t>Aşk Bir Rüya</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786053069560</t>
+          <t>9786257347549</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>... Ve Gittik</t>
+          <t>Hiçlik Yolculuğu - Sığınak</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786053069546</t>
+          <t>9786257347532</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Duygularım</t>
+          <t>Kadının İç Dünyası</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786053069539</t>
+          <t>9786053069904</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Aklımızdan Düşenler</t>
+          <t>Hint Sanatı</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786053069126</t>
+          <t>9786257347204</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>B'aşk'a Cümleler</t>
+          <t>Yeşil Sandık</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053069553</t>
+          <t>9786257347372</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Bal Kaynağından Şiirler</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786053069515</t>
+          <t>9786257347235</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Az Ötede Oynayın Hayatınızı</t>
+          <t>Yaratılışın Yüce Geliştiricisini Fark Etmek</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>155</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786053069584</t>
+          <t>9786257347228</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Alaten</t>
+          <t>Yaratılışın Yüce Yaratıcısını Anlama Sanatı</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786053069614</t>
+          <t>9786257347211</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Akli Melekeler</t>
+          <t>Gözlerimde Son Bir Bulut</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>235</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786053069607</t>
+          <t>9786257347273</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç</t>
+          <t>Ruski</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786053069485</t>
+          <t>9786257347266</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>İlk Soluk</t>
+          <t>Sen Yapamazsın</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786053069096</t>
+          <t>9786257347082</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Oyunları</t>
+          <t>Yanmadın Gönül</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786053069492</t>
+          <t>9786257347433</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Adalet Rüyalarda</t>
+          <t>İn Cin</t>
         </is>
       </c>
       <c r="C1688" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786053069348</t>
+          <t>9786257347303</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Virtüöz</t>
+          <t>Luheravu</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786053069065</t>
+          <t>9786257347280</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Ozanca Sağlık Mobbing Politika 2</t>
+          <t>Öfkem Kendime</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>210</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786053069478</t>
+          <t>9786257347389</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Ölümü</t>
+          <t>Kahır</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786053069577</t>
+          <t>9786257347365</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan’da Şamanizm</t>
+          <t>Veda Seremonisi</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786053069461</t>
+          <t>9786257347396</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Mısra</t>
+          <t>Uyanacaksan Uyuyabilirsin</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786053069164</t>
+          <t>9786257347402</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Karanfil ve Elma</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786053069324</t>
+          <t>9786257347174</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezisi</t>
+          <t>Formül</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786053069409</t>
+          <t>9786257347105</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hangisiydi?</t>
+          <t>Özterapi</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786053069379</t>
+          <t>9786257347068</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Zeliha</t>
+          <t>Tükendi Vakti Umuda Tamahın</t>
         </is>
       </c>
       <c r="C1697" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786053069362</t>
+          <t>9786257347075</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Heyhat</t>
+          <t>Topuklu Çizmeler</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786053069355</t>
+          <t>9786257347143</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzdan Bir Önce</t>
+          <t>Duygusal Dayanıklılık</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786053069416</t>
+          <t>9786257347112</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Yanık Ömer</t>
+          <t>Oğlum</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786053069300</t>
+          <t>9786257347129</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Senbensizlik</t>
+          <t>Mezon Ülkesi</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786053069393</t>
+          <t>9786257347037</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>1. Sur: Yıldızların Katiline Hüküm Verince</t>
+          <t>Yaşanmış Şiirler</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786053069133</t>
+          <t>9786257347136</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Sayfa</t>
+          <t>Mabra</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786053069256</t>
+          <t>9786257347150</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Uzun Namlulu Kısa Hikayeler</t>
+          <t>Babam</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786053069249</t>
+          <t>9786257347044</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Doğdum</t>
+          <t>Veliaht 2</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786053069232</t>
+          <t>9786257347020</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam, Gençliğim ve Denemelerim</t>
+          <t>Yaşamın Kıyısında</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786053069089</t>
+          <t>9786053069942</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Efendi Bi Serseri</t>
+          <t>Kestane Balı</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>180</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786053068990</t>
+          <t>9786257347099</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Ellerimle Kalp Çiziyorum Senin İçin Şimdilik...</t>
+          <t>Pandomimci</t>
         </is>
       </c>
       <c r="C1708" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786053069171</t>
+          <t>9786053069959</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimiz Çocuklarımız</t>
+          <t>Karanlığın Güncesi</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786053069157</t>
+          <t>9786257347013</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Mülhem</t>
+          <t>Alaz</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>335</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786053069188</t>
+          <t>9786053069997</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Doğru Meslek Seçiminin Önemi ve Meslek Seçiminde Gençlerimize Olan Sorumluluğumuz</t>
+          <t>Büyüme Sancıları</t>
         </is>
       </c>
       <c r="C1711" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786053069041</t>
+          <t>9786053069980</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>4 Dörtlük Türkçe</t>
+          <t>Ayça'm</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786053069140</t>
+          <t>9786257347006</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Teorisi - Risaleler 1</t>
+          <t>Aşk Yanmakla Başlar</t>
         </is>
       </c>
       <c r="C1713" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786053069119</t>
+          <t>9786053069829</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Taş Adamlar</t>
+          <t>Suretler</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786053069195</t>
+          <t>9786053069850</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Kararsız Denge</t>
+          <t>Arafta Bir Gün</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786053069218</t>
+          <t>9786053069867</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>İlk Dem</t>
+          <t>Orta Doğu'da Bir Aşk</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786053069225</t>
+          <t>9786053069805</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Alemi</t>
+          <t>Sedna</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786053068983</t>
+          <t>9786053069843</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Hiç Kimseye Söz Vermez</t>
+          <t>Yanılsamalar</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786053069027</t>
+          <t>9786053069836</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Donuk</t>
         </is>
       </c>
       <c r="C1719" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786053068952</t>
+          <t>9786053069928</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kokulu Hikayeler</t>
+          <t>Küçük Şeylere Tutunarak Büyür Sevgiler</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786053068877</t>
+          <t>9786053069874</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Farklı Şehirler, Farklı Hayatlar</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786053068907</t>
+          <t>9786053069812</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Didinmek</t>
+          <t>Ruh Göçü</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786053068884</t>
+          <t>9786053069935</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Ve Gidişata Beyaz Dokunuş</t>
+          <t>Kuşlar Uyuyunca</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786053068969</t>
+          <t>9786053069911</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Alya 1. Seans Uyanış</t>
+          <t>Göklerin Yası</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786053068976</t>
+          <t>9786053068815</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Sorgula</t>
+          <t>Şarap Senden Sorulur</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786053068785</t>
+          <t>9786053069720</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Hedef 100 Yaş</t>
+          <t>Zamanın Tutsağı</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786053068945</t>
+          <t>9786053069522</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş</t>
+          <t>Karlı Raylar</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786053068921</t>
+          <t>9786053069638</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlıklar - Şiir Serisi 2</t>
+          <t>Serpintiler</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786053069010</t>
+          <t>9786053068013</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Otogar</t>
+          <t>Afitap Mazi</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786053069003</t>
+          <t>9786053068396</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Söz Ağacı</t>
+          <t>Mum Işığında Umut Aramak</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786053068914</t>
+          <t>9786053069713</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Dene'yim</t>
+          <t>Artık Yalnız Değilim</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786053068808</t>
+          <t>9786053069676</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Din Adına Savaş</t>
+          <t>Aşkolsun</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786053068761</t>
+          <t>9786053069782</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Übra</t>
+          <t>Etkilerden Etkilere Dönüşüm</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786053068730</t>
+          <t>9786053069591</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Renksiz Bir Kadın</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786053068716</t>
+          <t>9786053066941</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Daha On Yedi</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786053068709</t>
+          <t>9786053067269</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Duygularımın Çığlığı</t>
+          <t>Orduların Kralı</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786053068686</t>
+          <t>9786053069447</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül İhanet</t>
+          <t>Kadın Peygamber</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786053068655</t>
+          <t>9786053069690</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Seyyahideniz</t>
+          <t>"O" 3.Şahsım</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786053068693</t>
+          <t>9786053069751</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Kirpiklerine Sığınmak İster</t>
+          <t>Kuzgun Tatilde</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786053068679</t>
+          <t>9786053069744</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Karamel Tadında Aşk</t>
+          <t>Karadelik</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786053068723</t>
+          <t>9786053069706</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Aydınların Karanlığı</t>
+          <t>Labrador</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786053068594</t>
+          <t>9786053069454</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Acılara Gülümse</t>
+          <t>İlaç Acısı</t>
         </is>
       </c>
       <c r="C1742" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786051283449</t>
+          <t>9786053069423</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Ey Muhterem Aşk</t>
+          <t>Evlilik Yürütme Sanatı</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786053068273</t>
+          <t>9786053069560</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Kırk Dilimlik Aşk</t>
+          <t>... Ve Gittik</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786053068570</t>
+          <t>9786053069546</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Kalpli Çantam</t>
+          <t>Duygularım</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786053068600</t>
+          <t>9786053069539</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Arafta Beklemez Aşk</t>
+          <t>Aklımızdan Düşenler</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786053068624</t>
+          <t>9786053069126</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Bir Meczubu Anlamak</t>
+          <t>B'aşk'a Cümleler</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786053068587</t>
+          <t>9786053069553</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yunus</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786053068617</t>
+          <t>9786053069515</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Hayatından Alıntılar</t>
+          <t>Az Ötede Oynayın Hayatınızı</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786053068631</t>
+          <t>9786053069584</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>S'onun Başlangıcı</t>
+          <t>Alaten</t>
         </is>
       </c>
       <c r="C1750" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786053068563</t>
+          <t>9786053069614</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Başla</t>
+          <t>Akli Melekeler</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786053068495</t>
+          <t>9786053069607</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Yasal Şiirler</t>
+          <t>Kırlangıç</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786053068525</t>
+          <t>9786053069485</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Korkular Hikayeler Hayatlar</t>
+          <t>İlk Soluk</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786053068518</t>
+          <t>9786053069096</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Neden Olmasın?</t>
+          <t>Kariyer Oyunları</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786053068532</t>
+          <t>9786053069492</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Duayen Sanayici Kamil Tolon'un Yaşam Öyküsü</t>
+          <t>Adalet Rüyalarda</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786053068501</t>
+          <t>9786053069348</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Süpertansiyon</t>
+          <t>Virtüöz</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786053068549</t>
+          <t>9786053069065</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Büyüyenler</t>
+          <t>Ozanca Sağlık Mobbing Politika 2</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786053068457</t>
+          <t>9786053069478</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Söz Sende</t>
+          <t>Bir Ömrün Ölümü</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786053068433</t>
+          <t>9786053069577</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Dönmedin</t>
+          <t>Moğolistan’da Şamanizm</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786053068426</t>
+          <t>9786053069461</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşkın Galibi Tekel Büfesi</t>
+          <t>Mısra</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786053068440</t>
+          <t>9786053069164</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Distopyam</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786053068334</t>
+          <t>9786053069324</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İstediğim Kadar</t>
+          <t>Uzay Gezisi</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786053068464</t>
+          <t>9786053069409</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Hepimizden Biraz Var</t>
+          <t>Gerçek Hangisiydi?</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786053068365</t>
+          <t>9786053069379</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Yarın Farklı Bir Gün Olacak</t>
+          <t>Zeliha</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786053068341</t>
+          <t>9786053069362</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Şiirler</t>
+          <t>Heyhat</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786053068358</t>
+          <t>9786053069355</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Trajikomik - Seyahat Anıları</t>
+          <t>Sonsuzdan Bir Önce</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786053068389</t>
+          <t>9786053069416</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Dün İşleri</t>
+          <t>Yanık Ömer</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786053068327</t>
+          <t>9786053069300</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Sen</t>
+          <t>Senbensizlik</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786053068471</t>
+          <t>9786053069393</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Yaryüzünde Gezerken</t>
+          <t>1. Sur: Yıldızların Katiline Hüküm Verince</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786053068419</t>
+          <t>9786053069133</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Üçüncü Sayfa</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786053068372</t>
+          <t>9786053069256</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Bir Pleiadeslinin Günlüğü</t>
+          <t>Uzun Namlulu Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786053068310</t>
+          <t>9786053069249</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>İstiridye</t>
+          <t>Aşkla Doğdum</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786053068235</t>
+          <t>9786053069232</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Bir Amatörün Kaleminden</t>
+          <t>Benim Dünyam, Gençliğim ve Denemelerim</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786053067993</t>
+          <t>9786053069089</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Frezya</t>
+          <t>Efendi Bi Serseri</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786053068242</t>
+          <t>9786053068990</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sözyaşları</t>
+          <t>Ellerimle Kalp Çiziyorum Senin İçin Şimdilik...</t>
         </is>
       </c>
       <c r="C1775" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786053068259</t>
+          <t>9786053069171</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Bir Çirkin Sevdim</t>
+          <t>Geleceğimiz Çocuklarımız</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786053068266</t>
+          <t>9786053069157</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Çoğur</t>
+          <t>Mülhem</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>115</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786053068280</t>
+          <t>9786053069188</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Zifiriyet Fabrikası</t>
+          <t>Doğru Meslek Seçiminin Önemi ve Meslek Seçiminde Gençlerimize Olan Sorumluluğumuz</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786053068297</t>
+          <t>9786053069041</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Bu Bildiğiniz Bir Günlük Değil</t>
+          <t>4 Dörtlük Türkçe</t>
         </is>
       </c>
       <c r="C1779" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786053067955</t>
+          <t>9786053069140</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Uyudun mu?</t>
+          <t>Her Şeyin Teorisi - Risaleler 1</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786053068174</t>
+          <t>9786053069119</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Adımlar Amaca Uygun Olunca Anılarımız Tam Aşı Oldu</t>
+          <t>Taş Adamlar</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786053068211</t>
+          <t>9786053069195</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Seni Görüyorum - Kebbat 2</t>
+          <t>Kararsız Denge</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786053068228</t>
+          <t>9786053069218</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Tozlu Yapraklarından</t>
+          <t>İlk Dem</t>
         </is>
       </c>
       <c r="C1783" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786053068204</t>
+          <t>9786053069225</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Yıkım</t>
+          <t>İnsanlık Alemi</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786053068181</t>
+          <t>9786053068983</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Zor</t>
+          <t>Yaşam Hiç Kimseye Söz Vermez</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786053068150</t>
+          <t>9786053069027</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim'de Aşk Çiçekleri</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786053068143</t>
+          <t>9786053068952</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Paradokslar</t>
+          <t>Sevgi Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786053067917</t>
+          <t>9786053068877</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Biz Dedemle Kapı Yaptık</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786053068044</t>
+          <t>9786053068907</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Mevsimi</t>
+          <t>Didinmek</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786053068136</t>
+          <t>9786053068884</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Misafiri</t>
+          <t>Ve Gidişata Beyaz Dokunuş</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786053068020</t>
+          <t>9786053068969</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Beyaz</t>
+          <t>Alya 1. Seans Uyanış</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786053068105</t>
+          <t>9786053068976</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Ey Kadın</t>
+          <t>Sorgula</t>
         </is>
       </c>
       <c r="C1792" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786053068037</t>
+          <t>9786053068785</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Küflü Virgül</t>
+          <t>Hedef 100 Yaş</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786053068075</t>
+          <t>9786053068945</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Levla</t>
+          <t>Kayboluş</t>
         </is>
       </c>
       <c r="C1794" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786053068099</t>
+          <t>9786053068921</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Olmadı Taşraya Kaçarız</t>
+          <t>Pişmanlıklar - Şiir Serisi 2</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786053067832</t>
+          <t>9786053069010</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Gözyaşları</t>
+          <t>Otogar</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786053068129</t>
+          <t>9786053069003</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Aktopetist Derin Kehanet</t>
+          <t>Söz Ağacı</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786053068068</t>
+          <t>9786053068914</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Dünyası</t>
+          <t>Dene'yim</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786053068082</t>
+          <t>9786053068808</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Yarın Olmayabilir</t>
+          <t>Din Adına Savaş</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786053067948</t>
+          <t>9786053068761</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Cücenin Taşkını</t>
+          <t>Übra</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786053067931</t>
+          <t>9786053068730</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Heja</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786053067900</t>
+          <t>9786053068716</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Tabkı</t>
+          <t>Daha On Yedi</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786053067894</t>
+          <t>9786053068709</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki İzler</t>
+          <t>Duygularımın Çığlığı</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>145</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786053067887</t>
+          <t>9786053068686</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Kaçışıdır İnsanın Kendine Doğru</t>
+          <t>Ölümcül İhanet</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786053067665</t>
+          <t>9786053068655</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Eylül</t>
+          <t>Seyyahideniz</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>165</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786053067849</t>
+          <t>9786053068693</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Kalbim Kirpiklerine Sığınmak İster</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786053067825</t>
+          <t>9786053068679</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Çalışarak Mutlu Bir Dünya Kurmak Mümkün mü?</t>
+          <t>Karamel Tadında Aşk</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786053067863</t>
+          <t>9786053068723</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Aydınların Karanlığı</t>
         </is>
       </c>
       <c r="C1808" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786053067696</t>
+          <t>9786053068594</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayat</t>
+          <t>Acılara Gülümse</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786053067856</t>
+          <t>9786051283449</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Tehlikeli Saatleri</t>
+          <t>Ey Muhterem Aşk</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786053067801</t>
+          <t>9786053068273</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Damlalar</t>
+          <t>Kırk Dilimlik Aşk</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786053067702</t>
+          <t>9786053068570</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Ulya</t>
+          <t>Kalpli Çantam</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786053067818</t>
+          <t>9786053068600</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Şehidi Kubilay ve Menemen Hadisesine Tepkiler</t>
+          <t>Arafta Beklemez Aşk</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786053067283</t>
+          <t>9786053068624</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>Senden Ayrı Kalalı</t>
+          <t>Bir Meczubu Anlamak</t>
         </is>
       </c>
       <c r="C1814" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786053067771</t>
+          <t>9786053068587</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Masal</t>
+          <t>Hz. Yunus</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786053067764</t>
+          <t>9786053068617</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Hayfa</t>
+          <t>Bir Gencin Hayatından Alıntılar</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786053067788</t>
+          <t>9786053068631</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Adına</t>
+          <t>S'onun Başlangıcı</t>
         </is>
       </c>
       <c r="C1817" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786053067795</t>
+          <t>9786053068563</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Seni Düşünmek</t>
+          <t>Kendinden Başla</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786053067740</t>
+          <t>9786053068495</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gölgeleri</t>
+          <t>Yasal Şiirler</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>240</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786053067658</t>
+          <t>9786053068525</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Honderya</t>
+          <t>Korkular Hikayeler Hayatlar</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786053067641</t>
+          <t>9786053068518</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Asi'l Aşk</t>
+          <t>Neden Olmasın?</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786053067634</t>
+          <t>9786053068532</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çiçekleri</t>
+          <t>Duayen Sanayici Kamil Tolon'un Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786053067689</t>
+          <t>9786053068501</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Zafiyetten Doğan Yönetim Çılgınlığı</t>
+          <t>Süpertansiyon</t>
         </is>
       </c>
       <c r="C1823" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786053067498</t>
+          <t>9786053068549</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Pediatri Pratiği mnt Algoritmalar İlaç Dozları</t>
+          <t>Yüreğimde Büyüyenler</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786053067504</t>
+          <t>9786053068457</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Kırık Döngü</t>
+          <t>Söz Sende</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786053067566</t>
+          <t>9786053068433</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Jolier Rawen - Ben ve Kendim</t>
+          <t>İyi ki Dönmedin</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786053067443</t>
+          <t>9786053068426</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Düşüncelerin Hediyesi (Ciltli)</t>
+          <t>Bu Aşkın Galibi Tekel Büfesi</t>
         </is>
       </c>
       <c r="C1827" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786053067559</t>
+          <t>9786053068440</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Defne</t>
+          <t>Distopyam</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786053067597</t>
+          <t>9786053068334</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Üzerine Araştırma</t>
+          <t>Yaşamak İstediğim Kadar</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786053067542</t>
+          <t>9786053068464</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kontes Elizabeth Bathory</t>
+          <t>Hepimizden Biraz Var</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786053067610</t>
+          <t>9786053068365</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Ahlat Ağacı</t>
+          <t>Yarın Farklı Bir Gün Olacak</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786053067528</t>
+          <t>9786053068341</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Şubat Rengi</t>
+          <t>Hayata Dair Şiirler</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786053067573</t>
+          <t>9786053068358</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Efendileri Bozkurtlar</t>
+          <t>Trajikomik - Seyahat Anıları</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786053067511</t>
+          <t>9786053068389</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Türk</t>
+          <t>Dün İşleri</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786053067535</t>
+          <t>9786053068327</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zaaflar</t>
+          <t>Sen</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786053067627</t>
+          <t>9786053068471</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Azar Azar</t>
+          <t>Yaryüzünde Gezerken</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786053067580</t>
+          <t>9786053068419</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Doggy Cin Blues</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786053067603</t>
+          <t>9786053068372</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Arka Fren Kampana</t>
+          <t>Bir Pleiadeslinin Günlüğü</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786053067221</t>
+          <t>9786053068310</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Erotomanya</t>
+          <t>İstiridye</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786053067450</t>
+          <t>9786053068235</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Dokunduğundan Beri Saçlarımda Yıldızlar Var</t>
+          <t>Bir Amatörün Kaleminden</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786053067375</t>
+          <t>9786053067993</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım Kırım Bir Yanım Selanik</t>
+          <t>Frezya</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786053067382</t>
+          <t>9786053068242</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Süslü Masa</t>
+          <t>Aşkın Sözyaşları</t>
         </is>
       </c>
       <c r="C1842" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786053067429</t>
+          <t>9786053068259</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kanatları</t>
+          <t>Bir Çirkin Sevdim</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786053067405</t>
+          <t>9786053068266</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Aynası</t>
+          <t>Çoğur</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786053067474</t>
+          <t>9786053068280</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Andal</t>
+          <t>Zifiriyet Fabrikası</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786053067467</t>
+          <t>9786053068297</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Adam</t>
+          <t>Bu Bildiğiniz Bir Günlük Değil</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786053067399</t>
+          <t>9786053067955</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Sevgisiz Sevgiler</t>
+          <t>Uyudun mu?</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786053067412</t>
+          <t>9786053068174</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Papatya Kadın</t>
+          <t>Adımlar Amaca Uygun Olunca Anılarımız Tam Aşı Oldu</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786053067153</t>
+          <t>9786053068211</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Bilinçaltı</t>
+          <t>Seni Görüyorum - Kebbat 2</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>125</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786053067306</t>
+          <t>9786053068228</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı</t>
+          <t>Gençliğin Tozlu Yapraklarından</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786053067337</t>
+          <t>9786053068204</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Tozlu Yollar</t>
+          <t>Yıkım</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>105</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786053066958</t>
+          <t>9786053068181</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>İmtihan Dünyası Burası</t>
+          <t>Zor</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786053067368</t>
+          <t>9786053068150</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Yaslan Çocuk</t>
+          <t>Dört Mevsim'de Aşk Çiçekleri</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786053067214</t>
+          <t>9786053068143</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Diyardan Diyara</t>
+          <t>Paradokslar</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786053067351</t>
+          <t>9786053067917</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağlarının Çığlığı Üç Martı</t>
+          <t>Biz Dedemle Kapı Yaptık</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786053067313</t>
+          <t>9786053068044</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Gök Yüzünden</t>
+          <t>Fırtına Mevsimi</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786053067245</t>
+          <t>9786053068136</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Tanrı Misafiri</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786053067290</t>
+          <t>9786053068020</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Yeni Dünyanın Sınırları - Sosyal Medyada Hukuk</t>
+          <t>Soğuk Beyaz</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786053067238</t>
+          <t>9786053068105</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşınım Ben Senin</t>
+          <t>Ey Kadın</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786053067320</t>
+          <t>9786053068037</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Hişt Hayat! Tanıdın mı Beni?</t>
+          <t>Küflü Virgül</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786053067344</t>
+          <t>9786053068075</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Penceremden İnciler</t>
+          <t>Levla</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786053067207</t>
+          <t>9786053068099</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Belki de Şiir Bilmiyorum</t>
+          <t>Olmadı Taşraya Kaçarız</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786053067252</t>
+          <t>9786053067832</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çökünce</t>
+          <t>Kurdun Gözyaşları</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786053067191</t>
+          <t>9786053068129</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seni Yazıyor Anne</t>
+          <t>Aktopetist Derin Kehanet</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786053067177</t>
+          <t>9786053068068</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Perla</t>
+          <t>Şiirler Dünyası</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786053067184</t>
+          <t>9786053068082</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Yolculuğu</t>
+          <t>Yarın Olmayabilir</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786053066859</t>
+          <t>9786053067948</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Müdür Nebahat</t>
+          <t>Cücenin Taşkını</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786053066996</t>
+          <t>9786053067931</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ölümsüzü Sevmektir</t>
+          <t>Heja</t>
         </is>
       </c>
       <c r="C1868" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786053067085</t>
+          <t>9786053067900</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Kokulu Düşler</t>
+          <t>Tabkı</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786053066835</t>
+          <t>9786053067894</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Erbatın feat Gülbari’s</t>
+          <t>Yüreğimdeki İzler</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>105</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786053067160</t>
+          <t>9786053067887</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Tepe Taklak</t>
+          <t>Yalnızlık Kaçışıdır İnsanın Kendine Doğru</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786053066767</t>
+          <t>9786053067665</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Denizler Mürekkep Olsa</t>
+          <t>Bir Avuç Eylül</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786053067047</t>
+          <t>9786053067849</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Yol Haydutları</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786053066965</t>
+          <t>9786053067825</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Üstün Zekalı Mı?</t>
+          <t>Çalışarak Mutlu Bir Dünya Kurmak Mümkün mü?</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786053067092</t>
+          <t>9786053067863</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Bodo Ron’un Maceraları</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786053066842</t>
+          <t>9786053067696</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hikayeleri</t>
+          <t>Başka Bir Hayat</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786053066736</t>
+          <t>9786053067856</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Seçilmişler</t>
+          <t>Gecenin Tehlikeli Saatleri</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786053067146</t>
+          <t>9786053067801</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Patron Olmak İstiyorum</t>
+          <t>Yaşamdan Damlalar</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786053066934</t>
+          <t>9786053067702</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinde İşlenen Saltanat Cinayetleri Meselesi</t>
+          <t>Ulya</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786053066323</t>
+          <t>9786053067818</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Maslak - Moda Hattı</t>
+          <t>İnkılap Şehidi Kubilay ve Menemen Hadisesine Tepkiler</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9786053067122</t>
+          <t>9786053067283</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Saru</t>
+          <t>Senden Ayrı Kalalı</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9786053067054</t>
+          <t>9786053067771</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Ölmek Hakkım</t>
+          <t>Masal</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9786053066866</t>
+          <t>9786053067764</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Müzecilikte İletişim ve Atmosfer</t>
+          <t>Hayfa</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9786053066606</t>
+          <t>9786053067788</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Enkaz</t>
+          <t>Mutluluk Adına</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9786053066989</t>
+          <t>9786053067795</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kapaklı Küçük Kitap</t>
+          <t>Seni Düşünmek</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>350</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9786053067078</t>
+          <t>9786053067740</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Ozanca Sağlık Mobbing Politika</t>
+          <t>Gecenin Gölgeleri</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9786053066910</t>
+          <t>9786053067658</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Yasun'un Mediyesi Karınca Yuvaları</t>
+          <t>Honderya</t>
         </is>
       </c>
       <c r="C1887" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9786053066774</t>
+          <t>9786053067641</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Herkesin İstismar Ettiği Evrim Yeni Bir Yaklaşım</t>
+          <t>Asi'l Aşk</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9786053066873</t>
+          <t>9786053067634</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Oy Şeboy</t>
+          <t>Şiir Çiçekleri</t>
         </is>
       </c>
       <c r="C1889" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9786053066804</t>
+          <t>9786053067689</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Bize Ne Lazım</t>
+          <t>Psikolojik Zafiyetten Doğan Yönetim Çılgınlığı</t>
         </is>
       </c>
       <c r="C1890" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9786053067108</t>
+          <t>9786053067498</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Ve Tutku Bir Aşk Yarattı</t>
+          <t>Pediatri Pratiği mnt Algoritmalar İlaç Dozları</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9786053066811</t>
+          <t>9786053067504</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Değirmen Taşı</t>
+          <t>Kırık Döngü</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9786053066972</t>
+          <t>9786053067566</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Beni Hafife Alma</t>
+          <t>Jolier Rawen - Ben ve Kendim</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9786053067061</t>
+          <t>9786053067443</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Seninleyim Sanırsın Ama Ben Birden Yalnız Kalırım</t>
+          <t>Düşüncelerin Hediyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9786053066750</t>
+          <t>9786053067559</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Yelkovan</t>
+          <t>Kadın, Defne</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9786053066880</t>
+          <t>9786053067597</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Bir Obsesifin Günlüğü</t>
+          <t>Bilinç Üzerine Araştırma</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786053066897</t>
+          <t>9786053067542</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Şşşt! Kimse Duymasın</t>
+          <t>Kanlı Kontes Elizabeth Bathory</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9786053067023</t>
+          <t>9786053067610</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Cesur</t>
+          <t>Ahlat Ağacı</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9786053066675</t>
+          <t>9786053067528</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış Yansımalar</t>
+          <t>Şubat Rengi</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9786053066699</t>
+          <t>9786053067573</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Hıkd</t>
+          <t>Evrenin Efendileri Bozkurtlar</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>115</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9786053066682</t>
+          <t>9786053067511</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Nadas</t>
+          <t>Türk</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9786053066712</t>
+          <t>9786053067535</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Benim İnsanlarım</t>
+          <t>Karanlık Zaaflar</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9786053066729</t>
+          <t>9786053067627</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Barış Ayetleri</t>
+          <t>Azar Azar</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9786053066514</t>
+          <t>9786053067580</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Kehanet - Karanlıkla Aydınlığın Dansı</t>
+          <t>Doggy Cin Blues</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9786053066552</t>
+          <t>9786053067603</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Hayatıma Gelen Meleklerim</t>
+          <t>Arka Fren Kampana</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9786053066576</t>
+          <t>9786053067221</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Ölürse Yer Beğensin Kalırsa El Beğensin</t>
+          <t>Erotomanya</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9786053065036</t>
+          <t>9786053067450</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Nerden Başlasam Nasıl Yazsam</t>
+          <t>Dokunduğundan Beri Saçlarımda Yıldızlar Var</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9786053066637</t>
+          <t>9786053067375</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Mor Düşler</t>
+          <t>Bir Yanım Kırım Bir Yanım Selanik</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9786053066620</t>
+          <t>9786053067382</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu ve Öteki</t>
+          <t>Süslü Masa</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9786053066224</t>
+          <t>9786053067429</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Gaça Gaç’ta Büyükbabam</t>
+          <t>Kelebek Kanatları</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>205</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9786053066521</t>
+          <t>9786053067405</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Güvercinin Kanadı</t>
+          <t>Ruhumun Aynası</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>105</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9786053066422</t>
+          <t>9786053067474</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Derinliklerinde</t>
+          <t>Andal</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9786053066491</t>
+          <t>9786053067467</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Başı Açık Düşünceler</t>
+          <t>Çirkin Adam</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9786053064862</t>
+          <t>9786053067399</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Hipnozun El Kitabı</t>
+          <t>Sevgisiz Sevgiler</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9786053066439</t>
+          <t>9786053067412</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Çağla Tonunda</t>
+          <t>Papatya Kadın</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9786053066569</t>
+          <t>9786053067153</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Avare</t>
+          <t>Tanrı'nın Bilinçaltı</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9786053066231</t>
+          <t>9786053067306</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Yaşayan İnsan Profilleri</t>
+          <t>Rüzgara Karşı</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786053066477</t>
+          <t>9786053067337</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Çiçek</t>
+          <t>Tozlu Yollar</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9786053061762</t>
+          <t>9786053066958</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Da Yaparım Kariyer De</t>
+          <t>İmtihan Dünyası Burası</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9786053066644</t>
+          <t>9786053067368</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>İşci ve İşveren İlişkisi</t>
+          <t>Yüreğime Yaslan Çocuk</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9786053066507</t>
+          <t>9786053067214</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Adı 17</t>
+          <t>Diyardan Diyara</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9786053066446</t>
+          <t>9786053067351</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Mavi Saat</t>
+          <t>Kaz Dağlarının Çığlığı Üç Martı</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9786053066453</t>
+          <t>9786053067313</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Verkaç</t>
+          <t>Gök Yüzünden</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9786053066484</t>
+          <t>9786053067245</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Kaf - Girdapta Bir Düşüm</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9786053066408</t>
+          <t>9786053067290</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Güç</t>
+          <t>Sınırsız Yeni Dünyanın Sınırları - Sosyal Medyada Hukuk</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9786053065722</t>
+          <t>9786053067238</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Kirman'da</t>
+          <t>Gözyaşınım Ben Senin</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9786053066361</t>
+          <t>9786053067320</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Manisa Tarzanı</t>
+          <t>Hişt Hayat! Tanıdın mı Beni?</t>
         </is>
       </c>
       <c r="C1927" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9786053066262</t>
+          <t>9786053067344</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdanın Ertesi</t>
+          <t>Penceremden İnciler</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>100</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9786053066415</t>
+          <t>9786053067207</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Evren İz</t>
+          <t>Belki de Şiir Bilmiyorum</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9786053066385</t>
+          <t>9786053067252</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Diner mi Sandın Acılar?</t>
+          <t>Karanlık Çökünce</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9786053066316</t>
+          <t>9786053067191</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası Papatya</t>
+          <t>Tarih Seni Yazıyor Anne</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9786053066293</t>
+          <t>9786053067177</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Otuz Delikli Uyku</t>
+          <t>Perla</t>
         </is>
       </c>
       <c r="C1932" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9786053066194</t>
+          <t>9786053067184</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sorular</t>
+          <t>Adem’in Yolculuğu</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9786053066095</t>
+          <t>9786053066859</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Şiircik Kuşları</t>
+          <t>Müdür Nebahat</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9786053066187</t>
+          <t>9786053066996</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>İki Anne İki Oğul</t>
+          <t>Aşk Ölümsüzü Sevmektir</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9786053066064</t>
+          <t>9786053067085</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Şiirleri</t>
+          <t>Okyanus Kokulu Düşler</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9786053065715</t>
+          <t>9786053066835</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Erbatın feat Gülbari’s</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>145</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9786053066354</t>
+          <t>9786053067160</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kabullenmeye Hazır Mısın?</t>
+          <t>Tepe Taklak</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9786053065708</t>
+          <t>9786053066767</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Deprem</t>
+          <t>Denizler Mürekkep Olsa</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9786053066286</t>
+          <t>9786053067047</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>Yelkovan</t>
+          <t>Yol Haydutları</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9786053066347</t>
+          <t>9786053066965</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Bedir'den Çanakkale'ye 15 Temmuz Şehitleri</t>
+          <t>Çocuğum Üstün Zekalı Mı?</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9786053066071</t>
+          <t>9786053067092</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Yumeiho - Japon Terapi Yöntemi</t>
+          <t>Bodo Ron’un Maceraları</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9786053066248</t>
+          <t>9786053066842</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Konuşamamak İyidir Mektupları</t>
+          <t>İnsan Hikayeleri</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9786053066255</t>
+          <t>9786053066736</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Flu</t>
+          <t>Seçilmişler</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9786053065746</t>
+          <t>9786053067146</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Yasun'un Mediye'si Öğretmen Ailesi</t>
+          <t>Patron Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9786053066156</t>
+          <t>9786053066934</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Dolunay'ın Ayıbı</t>
+          <t>Osmanlı Tarihinde İşlenen Saltanat Cinayetleri Meselesi</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9786053065944</t>
+          <t>9786053066323</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Son Liman</t>
+          <t>Maslak - Moda Hattı</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9786053066163</t>
+          <t>9786053067122</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Sillage</t>
+          <t>Saru</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9786053065418</t>
+          <t>9786053067054</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Biraz Daha Işık</t>
+          <t>Ölmek Hakkım</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9786053066132</t>
+          <t>9786053066866</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Arslanköy Arslanotağı</t>
+          <t>Müzecilikte İletişim ve Atmosfer</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>46</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9786053065968</t>
+          <t>9786053066606</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Deli Kovanı</t>
+          <t>Enkaz</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9786053066149</t>
+          <t>9786053066989</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Kendime ''Ben''den Mutluluk</t>
+          <t>Kırmızı Kapaklı Küçük Kitap</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9786053065364</t>
+          <t>9786053067078</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Elif Hasen</t>
+          <t>Ozanca Sağlık Mobbing Politika</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9786053065982</t>
+          <t>9786053066910</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Sevmesini Sevdiğim</t>
+          <t>Yasun'un Mediyesi Karınca Yuvaları</t>
         </is>
       </c>
       <c r="C1954" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9786053066118</t>
+          <t>9786053066774</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İçinden</t>
+          <t>Herkesin İstismar Ettiği Evrim Yeni Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9786053065876</t>
+          <t>9786053066873</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Veda</t>
+          <t>Oy Şeboy</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9786053065791</t>
+          <t>9786053066804</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Çöküş</t>
+          <t>Bize Ne Lazım</t>
         </is>
       </c>
       <c r="C1957" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9786053066040</t>
+          <t>9786053067108</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Clementine</t>
+          <t>Ve Tutku Bir Aşk Yarattı</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9786053065685</t>
+          <t>9786053066811</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>Gül Gülümse</t>
+          <t>Değirmen Taşı</t>
         </is>
       </c>
       <c r="C1959" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9786053066125</t>
+          <t>9786053066972</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Kedi'ye</t>
+          <t>Beni Hafife Alma</t>
         </is>
       </c>
       <c r="C1960" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9786053065401</t>
+          <t>9786053067061</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans</t>
+          <t>Seninleyim Sanırsın Ama Ben Birden Yalnız Kalırım</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9786053065951</t>
+          <t>9786053066750</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Şövalye</t>
+          <t>Yelkovan</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9786053065937</t>
+          <t>9786053066880</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Sinan ve Sureyya</t>
+          <t>Bir Obsesifin Günlüğü</t>
         </is>
       </c>
       <c r="C1963" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9786053066101</t>
+          <t>9786053066897</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Muna</t>
+          <t>Şşşt! Kimse Duymasın</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9786053065975</t>
+          <t>9786053067023</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Felsefik Globalist'in Dünyası</t>
+          <t>Cesur</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9786053065883</t>
+          <t>9786053066675</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Bazen Sadece Özlersin</t>
+          <t>Parçalanmış Yansımalar</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9786053065814</t>
+          <t>9786053066699</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Altmış İki Bin</t>
+          <t>Hıkd</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>360</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9786053065593</t>
+          <t>9786053066682</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>Meyvelere Ben Düştü Şiirimden Demetler</t>
+          <t>Nadas</t>
         </is>
       </c>
       <c r="C1968" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9786053065760</t>
+          <t>9786053066712</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>Çeşm-i Giryan Çeşminaz Üdebai Çaresaz</t>
+          <t>Benim İnsanlarım</t>
         </is>
       </c>
       <c r="C1969" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9786053065579</t>
+          <t>9786053066729</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Renkleri</t>
+          <t>Barış Ayetleri</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9786053065678</t>
+          <t>9786053066514</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>İzmir Penceresi</t>
+          <t>Kehanet - Karanlıkla Aydınlığın Dansı</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9786053065890</t>
+          <t>9786053066552</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>Bi De Bu Taraftan Bak</t>
+          <t>Hayatıma Gelen Meleklerim</t>
         </is>
       </c>
       <c r="C1972" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9786053065869</t>
+          <t>9786053066576</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Ahır</t>
+          <t>Ölürse Yer Beğensin Kalırsa El Beğensin</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9786053065210</t>
+          <t>9786053065036</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Hayal Sandığı</t>
+          <t>Nerden Başlasam Nasıl Yazsam</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9786053065692</t>
+          <t>9786053066637</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Mor Düşler</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786053066033</t>
+          <t>9786053066620</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Demir Çubuk</t>
+          <t>Bilim Kurgu ve Öteki</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9786053065562</t>
+          <t>9786053066224</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Adını Sen Koydum</t>
+          <t>Gaça Gaç’ta Büyükbabam</t>
         </is>
       </c>
       <c r="C1977" s="1">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9786053065906</t>
+          <t>9786053066521</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Formatlanmış Beyinler</t>
+          <t>Güvercinin Kanadı</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9786053065913</t>
+          <t>9786053066422</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığı</t>
+          <t>İnsanın Derinliklerinde</t>
         </is>
       </c>
       <c r="C1979" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9786053065265</t>
+          <t>9786053066491</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Başkentine Bir Mektup</t>
+          <t>Başı Açık Düşünceler</t>
         </is>
       </c>
       <c r="C1980" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9786053065999</t>
+          <t>9786053064862</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Hikayesi</t>
+          <t>Uygulamalı Hipnozun El Kitabı</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9786053065555</t>
+          <t>9786053066439</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Işık Elçileri</t>
+          <t>Çağla Tonunda</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786053065548</t>
+          <t>9786053066569</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>İzi Var Hala</t>
+          <t>Avare</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9786053065517</t>
+          <t>9786053066231</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Bıraktınız</t>
+          <t>Dünyadaki Yaşayan İnsan Profilleri</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9786053064657</t>
+          <t>9786053066477</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>Senin Problemin Egzistansiyel</t>
+          <t>Çılgın Çiçek</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9786053064848</t>
+          <t>9786053061762</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sonsuz Güce Uyan</t>
+          <t>Çocuk Da Yaparım Kariyer De</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9786053065500</t>
+          <t>9786053066644</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin</t>
+          <t>İşci ve İşveren İlişkisi</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9786053065272</t>
+          <t>9786053066507</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı</t>
+          <t>Adı 17</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9786053065487</t>
+          <t>9786053066446</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>Kardelen'e Mektuplar</t>
+          <t>Mavi Saat</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9786053065609</t>
+          <t>9786053066453</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk İle Hiçlik Arasındaki İnsan</t>
+          <t>Verkaç</t>
         </is>
       </c>
       <c r="C1990" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9786053063254</t>
+          <t>9786053066484</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Adalet Benim</t>
+          <t>Kaf - Girdapta Bir Düşüm</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9786053065654</t>
+          <t>9786053066408</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Nihal</t>
+          <t>İçimizdeki Güç</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9786053065623</t>
+          <t>9786053065722</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve İktisat Politikası Gibi Bir Şey</t>
+          <t>Kirman'da</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>215</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9786053064749</t>
+          <t>9786053066361</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Benden Hippi Olur Mu?</t>
+          <t>Manisa Tarzanı</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9786053065180</t>
+          <t>9786053066262</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Manyaklar!</t>
+          <t>Bir Sevdanın Ertesi</t>
         </is>
       </c>
       <c r="C1995" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9786053065135</t>
+          <t>9786053066415</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Dönüşü Olmayan Yolların Göçmeni</t>
+          <t>Evren İz</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9786053065166</t>
+          <t>9786053066385</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Nefes</t>
+          <t>Diner mi Sandın Acılar?</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>105</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9786053065203</t>
+          <t>9786053066316</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Küllenen Aşklar</t>
+          <t>Ekmek Arası Papatya</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9786053065227</t>
+          <t>9786053066293</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Luzon</t>
+          <t>Otuz Delikli Uyku</t>
         </is>
       </c>
       <c r="C1999" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9786053065326</t>
+          <t>9786053066194</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Gözlü Kelebek</t>
+          <t>Büyük Sorular</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9786053064718</t>
+          <t>9786053066095</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Aslan Mehmet</t>
+          <t>Şiircik Kuşları</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9786053065258</t>
+          <t>9786053066187</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Kar</t>
+          <t>İki Anne İki Oğul</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9786053065098</t>
+          <t>9786053066064</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Erzurum Şiirleri</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9786053065074</t>
+          <t>9786053065715</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Güzel Bilene</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9786053065081</t>
+          <t>9786053066354</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Irak Yanıyor</t>
+          <t>Kendini Kabullenmeye Hazır Mısın?</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9786053065128</t>
+          <t>9786053065708</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Ben Geldim Baba</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>115</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9786053064787</t>
+          <t>9786053066286</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Tanrılara Yolculuk</t>
+          <t>Yelkovan</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9786053065371</t>
+          <t>9786053066347</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Adalet Timsali</t>
+          <t>Bedir'den Çanakkale'ye 15 Temmuz Şehitleri</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9786053064985</t>
+          <t>9786053066071</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Semada Bir Kırlangıç</t>
+          <t>Yumeiho - Japon Terapi Yöntemi</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>37</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9786053065043</t>
+          <t>9786053066248</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Fındığın Günlüğü</t>
+          <t>Konuşamamak İyidir Mektupları</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9786053064473</t>
+          <t>9786053066255</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Fenkolog</t>
+          <t>Flu</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>3991234857425</t>
+          <t>9786053065746</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>Biraz Gerçek Çokça Hayaldi</t>
+          <t>Yasun'un Mediye'si Öğretmen Ailesi</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9786053064695</t>
+          <t>9786053066156</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Mahkemesi Diyalogları</t>
+          <t>Dolunay'ın Ayıbı</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9786053064824</t>
+          <t>9786053065944</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>10'un Kızı</t>
+          <t>Son Liman</t>
         </is>
       </c>
       <c r="C2014" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9786053064558</t>
+          <t>9786053066163</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Pusula - Saklı Orman</t>
+          <t>Sillage</t>
         </is>
       </c>
       <c r="C2015" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9786053065111</t>
+          <t>9786053065418</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Değer Miydi?</t>
+          <t>Biraz Daha Işık</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>185</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9786053065104</t>
+          <t>9786053066132</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Üç İki Kardeş</t>
+          <t>Arslanköy Arslanotağı</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>290</v>
+        <v>46</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9786053064978</t>
+          <t>9786053065968</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>13. Araf</t>
+          <t>Deli Kovanı</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9786053064930</t>
+          <t>9786053066149</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Hasretim Zehir Özlemim Zıkkım Olsun</t>
+          <t>Kendime ''Ben''den Mutluluk</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9786053064855</t>
+          <t>9786053065364</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>İyi Besle!</t>
+          <t>Elif Hasen</t>
         </is>
       </c>
       <c r="C2020" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9786053065173</t>
+          <t>9786053065982</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Okuma! Sadece Dene ve Yaşa</t>
+          <t>Sevmesini Sevdiğim</t>
         </is>
       </c>
       <c r="C2021" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9786053065067</t>
+          <t>9786053066118</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Adım Süreyya</t>
+          <t>Zamanın İçinden</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9786053064947</t>
+          <t>9786053065876</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Baki</t>
+          <t>Aşkla Veda</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>47</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9786053064909</t>
+          <t>9786053065791</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma Nasıl Satranç Öğretirim?</t>
+          <t>Entelektüel Çöküş</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9786053065050</t>
+          <t>9786053066040</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Derdine Düştüm</t>
+          <t>Clementine</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9786053064992</t>
+          <t>9786053065685</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Murdock</t>
+          <t>Gül Gülümse</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9786053065005</t>
+          <t>9786053066125</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Hep Ama Hiç</t>
+          <t>Kedi'ye</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9786053064633</t>
+          <t>9786053065401</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9786053062035</t>
+          <t>9786053065951</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz</t>
+          <t>Şövalye</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>44</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9786053064688</t>
+          <t>9786053065937</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dünya</t>
+          <t>Sinan ve Sureyya</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9786053064671</t>
+          <t>9786053066101</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Şair Ruhlu Ressam</t>
+          <t>Muna</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9786053064923</t>
+          <t>9786053065975</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Geç mi Kaldım?</t>
+          <t>Felsefik Globalist'in Dünyası</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9786053064817</t>
+          <t>9786053065883</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Reset</t>
+          <t>Bazen Sadece Özlersin</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9786053062905</t>
+          <t>9786053065814</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Esma - Çocukluğum Gibi Sev Beni</t>
+          <t>Altmış İki Bin</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9786053064794</t>
+          <t>9786053065593</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Arınmak İçin Şiirler</t>
+          <t>Meyvelere Ben Düştü Şiirimden Demetler</t>
         </is>
       </c>
       <c r="C2035" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9786053062646</t>
+          <t>9786053065760</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Zor Bir Yaşamdan Mutluluğa Açılan Kapı</t>
+          <t>Çeşm-i Giryan Çeşminaz Üdebai Çaresaz</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9786053064916</t>
+          <t>9786053065579</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Biraz Gece Biraz Hece</t>
+          <t>Aşkın Renkleri</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>115</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9786053064619</t>
+          <t>9786053065678</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Bıyıksız Osmanlı</t>
+          <t>İzmir Penceresi</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>3990053064886</t>
+          <t>9786053065890</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>Anka</t>
+          <t>Bi De Bu Taraftan Bak</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9786053062837</t>
+          <t>9786053065869</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>Çıplak ve Ölüydüler</t>
+          <t>Ahır</t>
         </is>
       </c>
       <c r="C2040" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9786053064725</t>
+          <t>9786053065210</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Hayal Sandığı</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9786053064763</t>
+          <t>9786053065692</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Bahane Herkeste Var</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9786053064893</t>
+          <t>9786053066033</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Ve Hayat Devam Eder</t>
+          <t>Demir Çubuk</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9786053064404</t>
+          <t>9786053065562</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>Dokunabilseydim Güneş’e</t>
+          <t>Adını Sen Koydum</t>
         </is>
       </c>
       <c r="C2044" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9786053064275</t>
+          <t>9786053065906</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Düşünce</t>
+          <t>Formatlanmış Beyinler</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9786053063773</t>
+          <t>9786053065913</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Platonik Aşk</t>
+          <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C2046" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9786053064732</t>
+          <t>9786053065265</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Tak Tak Tak</t>
+          <t>Dünyanın Başkentine Bir Mektup</t>
         </is>
       </c>
       <c r="C2047" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9786053064640</t>
+          <t>9786053065999</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Kahreden Karanlıkta</t>
+          <t>Bir Yol Hikayesi</t>
         </is>
       </c>
       <c r="C2048" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9786053064381</t>
+          <t>9786053065555</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Diğer Evrenin Senaristi</t>
+          <t>Işık Elçileri</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9786053064756</t>
+          <t>9786053065548</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Ömrümün Yarısı</t>
+          <t>İzi Var Hala</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9786053064664</t>
+          <t>9786053065517</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Yağmurayaz</t>
+          <t>Yalnız Bıraktınız</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9786053064770</t>
+          <t>9786053064657</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ağacının Gölgesinde</t>
+          <t>Senin Problemin Egzistansiyel</t>
         </is>
       </c>
       <c r="C2052" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>9786053064329</t>
+          <t>9786053064848</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Akıl Çarpıntısı</t>
+          <t>İçindeki Sonsuz Güce Uyan</t>
         </is>
       </c>
       <c r="C2053" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9786053064503</t>
+          <t>9786053065500</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>Çerez</t>
+          <t>Aşk İçin</t>
         </is>
       </c>
       <c r="C2054" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9786053063506</t>
+          <t>9786053065272</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Pavlus</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C2055" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9786053064510</t>
+          <t>9786053065487</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Meydan Gazetesi</t>
+          <t>Kardelen'e Mektuplar</t>
         </is>
       </c>
       <c r="C2056" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9786053064541</t>
+          <t>9786053065609</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Ebeveyn Olmak</t>
+          <t>Sonsuzluk İle Hiçlik Arasındaki İnsan</t>
         </is>
       </c>
       <c r="C2057" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9786053064589</t>
+          <t>9786053063254</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Dante</t>
+          <t>Adalet Benim</t>
         </is>
       </c>
       <c r="C2058" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9786053064312</t>
+          <t>9786053065654</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Hayallere Kelepçe Vurulmaz</t>
+          <t>Nihal</t>
         </is>
       </c>
       <c r="C2059" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9786053064466</t>
+          <t>9786053065623</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Ayna Kiri</t>
+          <t>Çevre ve İktisat Politikası Gibi Bir Şey</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9786053064299</t>
+          <t>9786053064749</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Aşk Algoritması</t>
+          <t>Benden Hippi Olur Mu?</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9786053064237</t>
+          <t>9786053065180</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Ethem Gözüyle Kurtuluş Savaşı</t>
+          <t>Sosyal Manyaklar!</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9786053064480</t>
+          <t>9786053065135</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>İş İşten Geçmeden!</t>
+          <t>Dönüşü Olmayan Yolların Göçmeni</t>
         </is>
       </c>
       <c r="C2063" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9786053064459</t>
+          <t>9786053065166</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Asrın Savaşları</t>
+          <t>Bir Küçük Nefes</t>
         </is>
       </c>
       <c r="C2064" s="1">
-        <v>180</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>3990053064398</t>
+          <t>9786053065203</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Küllenen Aşklar</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9786053064343</t>
+          <t>9786053065227</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>Biçare</t>
+          <t>Luzon</t>
         </is>
       </c>
       <c r="C2066" s="1">
-        <v>190</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9786053064367</t>
+          <t>9786053065326</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yaşayan Süryanilerin Ölüm Ritüelleri Mardin Örneği</t>
+          <t>Lacivert Gözlü Kelebek</t>
         </is>
       </c>
       <c r="C2067" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9786053064374</t>
+          <t>9786053064718</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Duygunun Adresi</t>
+          <t>Aslan Mehmet</t>
         </is>
       </c>
       <c r="C2068" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9786053064534</t>
+          <t>9786053065258</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>Bir Deniz'in Anatomisi</t>
+          <t>Başka Bir Kar</t>
         </is>
       </c>
       <c r="C2069" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9786053064220</t>
+          <t>9786053065098</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Kal</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9786053064053</t>
+          <t>9786053065074</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Bölünmüş Yüzler</t>
+          <t>Yaşamak Güzel Bilene</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9786053064008</t>
+          <t>9786053065081</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>22 Yirmi İki</t>
+          <t>Irak Yanıyor</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9786053063810</t>
+          <t>9786053065128</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Görülen Kentlerde Çizgilerin Müziği</t>
+          <t>Ben Geldim Baba</t>
         </is>
       </c>
       <c r="C2073" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9786053063964</t>
+          <t>9786053064787</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşam Hatırası</t>
+          <t>Tanrılara Yolculuk</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9786053064022</t>
+          <t>9786053065371</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir İsyan'ım!</t>
+          <t>Adalet Timsali</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9786053064121</t>
+          <t>9786053064985</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Hoşca Kal Deme Bana</t>
+          <t>Semada Bir Kırlangıç</t>
         </is>
       </c>
       <c r="C2076" s="1">
-        <v>145</v>
+        <v>37</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9786053064206</t>
+          <t>9786053065043</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>İşte Hayat Böyle</t>
+          <t>Fındığın Günlüğü</t>
         </is>
       </c>
       <c r="C2077" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9786053064145</t>
+          <t>9786053064473</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Piramit - Gizemin İlk Parçası</t>
+          <t>Fenkolog</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>135</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9786053064107</t>
+          <t>3991234857425</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğim Sensin</t>
+          <t>Biraz Gerçek Çokça Hayaldi</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9786053064015</t>
+          <t>9786053064695</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Amazon Üniversitesi ve Başarının Sırları</t>
+          <t>Tanrılar Mahkemesi Diyalogları</t>
         </is>
       </c>
       <c r="C2080" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9786053064176</t>
+          <t>9786053064824</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Dağın Kardelenleri</t>
+          <t>10'un Kızı</t>
         </is>
       </c>
       <c r="C2081" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9786053063902</t>
+          <t>9786053064558</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Çözüm</t>
+          <t>Pusula - Saklı Orman</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9786053064077</t>
+          <t>9786053065111</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>Değer Miydi?</t>
         </is>
       </c>
       <c r="C2083" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9786053064268</t>
+          <t>9786053065104</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Güzeldi</t>
+          <t>Üç İki Kardeş</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9786053064084</t>
+          <t>9786053064978</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Felsefedeki Can Candaki Felsefe</t>
+          <t>13. Araf</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9786053063971</t>
+          <t>9786053064930</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Bir Şairim Yine</t>
+          <t>Hasretim Zehir Özlemim Zıkkım Olsun</t>
         </is>
       </c>
       <c r="C2086" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9786053063933</t>
+          <t>9786053064855</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>Senden Yoksun</t>
+          <t>İyi Besle!</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9786053064138</t>
+          <t>9786053065173</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Veda</t>
+          <t>Okuma! Sadece Dene ve Yaşa</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9786053063841</t>
+          <t>9786053065067</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>Lejyon</t>
+          <t>Adım Süreyya</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9786053064046</t>
+          <t>9786053064947</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Bitti Dediğim Yerden</t>
+          <t>Aşk-ı Baki</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>150</v>
+        <v>47</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9786053064190</t>
+          <t>9786053064909</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>Çocuksu Yansımalar</t>
+          <t>Çocuğuma Nasıl Satranç Öğretirim?</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>34</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9786053064183</t>
+          <t>9786053065050</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>Zihnimin Kapıları</t>
+          <t>Derdine Düştüm</t>
         </is>
       </c>
       <c r="C2092" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9786053063780</t>
+          <t>9786053064992</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>Kuantum İle Hayat</t>
+          <t>Murdock</t>
         </is>
       </c>
       <c r="C2093" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9786053063919</t>
+          <t>9786053065005</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şafak Kokusunda</t>
+          <t>Hep Ama Hiç</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9786053063728</t>
+          <t>9786053064633</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Zeytinlik Devrimcileri</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9786053063803</t>
+          <t>9786053062035</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Gel/me Teskere</t>
+          <t>Engelsiz</t>
         </is>
       </c>
       <c r="C2096" s="1">
-        <v>240</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9786053063896</t>
+          <t>9786053064688</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>Bulutlarla Geçersin Geceden</t>
+          <t>Gizli Dünya</t>
         </is>
       </c>
       <c r="C2097" s="1">
-        <v>100</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>3990000022197</t>
+          <t>9786053064671</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Kainatı Okuyorum İnançlarımı Öğreniyorum</t>
+          <t>Şair Ruhlu Ressam</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>32</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9786053063414</t>
+          <t>9786053064923</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Kalıntılar</t>
+          <t>Geç mi Kaldım?</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9786053063681</t>
+          <t>9786053064817</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>Reset</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>115</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9786053063711</t>
+          <t>9786053062905</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kıyamet</t>
+          <t>Esma - Çocukluğum Gibi Sev Beni</t>
         </is>
       </c>
       <c r="C2101" s="1">
-        <v>115</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9786053061991</t>
+          <t>9786053064794</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>Gidersem Beni İyi Hatırla</t>
+          <t>Arınmak İçin Şiirler</t>
         </is>
       </c>
       <c r="C2102" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9786053063698</t>
+          <t>9786053062646</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Artakalanlar</t>
+          <t>Zor Bir Yaşamdan Mutluluğa Açılan Kapı</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>115</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9786053063643</t>
+          <t>9786053064916</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Gökyüzü</t>
+          <t>Biraz Gece Biraz Hece</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9786056841101</t>
+          <t>9786053064619</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni Adım Kitabı</t>
+          <t>Bıyıksız Osmanlı</t>
         </is>
       </c>
       <c r="C2105" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9786053063674</t>
+          <t>3990053064886</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Çenebaz</t>
+          <t>Anka</t>
         </is>
       </c>
       <c r="C2106" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9786053063391</t>
+          <t>9786053062837</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Güz Yaprağı</t>
+          <t>Çıplak ve Ölüydüler</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9786053063537</t>
+          <t>9786053064725</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Acı Sevdam</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C2108" s="1">
-        <v>105</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9786053063667</t>
+          <t>9786053064763</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Tiyatro</t>
+          <t>Bahane Herkeste Var</t>
         </is>
       </c>
       <c r="C2109" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9786053063520</t>
+          <t>9786053064893</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>Adım Mavi Benim</t>
+          <t>Ve Hayat Devam Eder</t>
         </is>
       </c>
       <c r="C2110" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9786053063377</t>
+          <t>9786053064404</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>Tek Solukta Canlı Sosyalist Model</t>
+          <t>Dokunabilseydim Güneş’e</t>
         </is>
       </c>
       <c r="C2111" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9786053063469</t>
+          <t>9786053064275</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Vosvos</t>
+          <t>Bir Damla Düşünce</t>
         </is>
       </c>
       <c r="C2112" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9786053063162</t>
+          <t>9786053063773</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Ten Rengi</t>
+          <t>Platonik Aşk</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9786053063582</t>
+          <t>9786053064732</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hikayem</t>
+          <t>Tak Tak Tak</t>
         </is>
       </c>
       <c r="C2114" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9786053063544</t>
+          <t>9786053064640</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Ayın Gölgesi</t>
+          <t>Kahreden Karanlıkta</t>
         </is>
       </c>
       <c r="C2115" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9786053063490</t>
+          <t>9786053064381</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>Her Kelimesi Bir Anlam Her Kelimesi Bir İnsan</t>
+          <t>Diğer Evrenin Senaristi</t>
         </is>
       </c>
       <c r="C2116" s="1">
-        <v>115</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9786053063575</t>
+          <t>9786053064756</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Cenneti</t>
+          <t>Yüzün Ömrümün Yarısı</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9786053063605</t>
+          <t>9786053064664</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>The United States Effect on Turkey's EU Membership Process: Reasons for “Strong” Support Until 2011</t>
+          <t>Yağmurayaz</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9786053063513</t>
+          <t>9786053064770</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>The Pideci</t>
+          <t>Çınar Ağacının Gölgesinde</t>
         </is>
       </c>
       <c r="C2119" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9786053060673</t>
+          <t>9786053064329</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>Çardaktan Süzülen Öyküler</t>
+          <t>Akıl Çarpıntısı</t>
         </is>
       </c>
       <c r="C2120" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9786053063445</t>
+          <t>9786053064503</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Efendisi (Ciltli)</t>
+          <t>Çerez</t>
         </is>
       </c>
       <c r="C2121" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9786053063384</t>
+          <t>9786053063506</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Dr. Carret ve Mürşit</t>
+          <t>Pavlus</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>230</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9786053063353</t>
+          <t>9786053064510</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>Ayna Ruh</t>
+          <t>Meydan Gazetesi</t>
         </is>
       </c>
       <c r="C2123" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9786053063407</t>
+          <t>9786053064541</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>İki Cinayet Bir Ekip</t>
+          <t>Kur'an Işığında Ebeveyn Olmak</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9786053063483</t>
+          <t>9786053064589</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Satılık Olmayan Öyküler</t>
+          <t>Dante</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>32</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9786053063438</t>
+          <t>9786053064312</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>Muzlu Puding</t>
+          <t>Hayallere Kelepçe Vurulmaz</t>
         </is>
       </c>
       <c r="C2126" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9786053062912</t>
+          <t>9786053064466</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yolunda Bir Ömür</t>
+          <t>Ayna Kiri</t>
         </is>
       </c>
       <c r="C2127" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9786053063261</t>
+          <t>9786053064299</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>Adını Mutluluk Koydum</t>
+          <t>Aşk Algoritması</t>
         </is>
       </c>
       <c r="C2128" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9786053063346</t>
+          <t>9786053064237</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>Yaşadım mı?</t>
+          <t>Çerkes Ethem Gözüyle Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C2129" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9786053063278</t>
+          <t>9786053064480</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Ruhu</t>
+          <t>İş İşten Geçmeden!</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9786053063322</t>
+          <t>9786053064459</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Asrın Savaşları</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9786053063292</t>
+          <t>3990053064398</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>Tut Artık Ellerimden</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9786053063247</t>
+          <t>9786053064343</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Gariban Oğlu'ndan Aforizmalar</t>
+          <t>Biçare</t>
         </is>
       </c>
       <c r="C2133" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9786053063223</t>
+          <t>9786053064367</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Hamido'nun Şiirleri</t>
+          <t>Türkiye'de Yaşayan Süryanilerin Ölüm Ritüelleri Mardin Örneği</t>
         </is>
       </c>
       <c r="C2134" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9786053063100</t>
+          <t>9786053064374</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>Aşk Cumhuriyeti</t>
+          <t>Duygunun Adresi</t>
         </is>
       </c>
       <c r="C2135" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9786053063056</t>
+          <t>9786053064534</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>Cihan'ın Gözünden Cihan</t>
+          <t>Bir Deniz'in Anatomisi</t>
         </is>
       </c>
       <c r="C2136" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9786053063308</t>
+          <t>9786053064220</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>Ölürken Elimi Sen Tut</t>
+          <t>Sevgiyle Kal</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9786053061847</t>
+          <t>9786053064053</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Bölünmüş Yüzler</t>
         </is>
       </c>
       <c r="C2138" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9786053063315</t>
+          <t>9786053064008</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Hayata Bağlan</t>
+          <t>22 Yirmi İki</t>
         </is>
       </c>
       <c r="C2139" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9786053062813</t>
+          <t>9786053063810</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Yeşilmavi - Kahverengi</t>
+          <t>Görülen Kentlerde Çizgilerin Müziği</t>
         </is>
       </c>
       <c r="C2140" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9786053062998</t>
+          <t>9786053063964</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Yarın Bugünlerden Ne?</t>
+          <t>Bir Yaşam Hatırası</t>
         </is>
       </c>
       <c r="C2141" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9786053063131</t>
+          <t>9786053064022</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Es Zamanı</t>
+          <t>Ben Bir İsyan'ım!</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>9786053062943</t>
+          <t>9786053064121</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kıvılcımı</t>
+          <t>Hoşca Kal Deme Bana</t>
         </is>
       </c>
       <c r="C2143" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9786053062967</t>
+          <t>9786053064206</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>Sabr-ı Aşk</t>
+          <t>İşte Hayat Böyle</t>
         </is>
       </c>
       <c r="C2144" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9786053063179</t>
+          <t>9786053064145</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğum Bir Şey Var</t>
+          <t>Kayıp Piramit - Gizemin İlk Parçası</t>
         </is>
       </c>
       <c r="C2145" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9786053063087</t>
+          <t>9786053064107</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Aile Bütçesi ve Yönetimi</t>
+          <t>Gerçeğim Sensin</t>
         </is>
       </c>
       <c r="C2146" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9786053063193</t>
+          <t>9786053064015</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Eşek</t>
+          <t>Amazon Üniversitesi ve Başarının Sırları</t>
         </is>
       </c>
       <c r="C2147" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9786053063032</t>
+          <t>9786053064176</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kağıt</t>
+          <t>Umutsuz Dağın Kardelenleri</t>
         </is>
       </c>
       <c r="C2148" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9786053063148</t>
+          <t>9786053063902</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi Serüveni</t>
+          <t>Kişisel Çözüm</t>
         </is>
       </c>
       <c r="C2149" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9786053063094</t>
+          <t>9786053064077</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9786053063155</t>
+          <t>9786053064268</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Zamanlar</t>
+          <t>Güzeldi</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9786053062097</t>
+          <t>9786053064084</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hesaplar</t>
+          <t>Felsefedeki Can Candaki Felsefe</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9786053062981</t>
+          <t>9786053063971</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimi Gidelim</t>
+          <t>Yaramaz Bir Şairim Yine</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9786053063018</t>
+          <t>9786053063933</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>Şimdilik Hoşça Kal</t>
+          <t>Senden Yoksun</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9786053062899</t>
+          <t>9786053064138</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Bir Çığlık At Sessiz Olsun</t>
+          <t>Kalbe Veda</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9786053062929</t>
+          <t>9786053063841</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Surat</t>
+          <t>Lejyon</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>170</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
-          <t>9786053062769</t>
+          <t>9786053064046</t>
         </is>
       </c>
       <c r="B2157" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Söylenen Şarkı</t>
+          <t>Bitti Dediğim Yerden</t>
         </is>
       </c>
       <c r="C2157" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" s="1" t="inlineStr">
         <is>
-          <t>9786053062974</t>
+          <t>9786053064190</t>
         </is>
       </c>
       <c r="B2158" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevince</t>
+          <t>Çocuksu Yansımalar</t>
         </is>
       </c>
       <c r="C2158" s="1">
-        <v>105</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" s="1" t="inlineStr">
         <is>
-          <t>9786053062875</t>
+          <t>9786053064183</t>
         </is>
       </c>
       <c r="B2159" s="1" t="inlineStr">
         <is>
-          <t>Bir Avucumda Düş Diğer Avucumda Gerçek</t>
+          <t>Zihnimin Kapıları</t>
         </is>
       </c>
       <c r="C2159" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" s="1" t="inlineStr">
         <is>
-          <t>9786053062806</t>
+          <t>9786053063780</t>
         </is>
       </c>
       <c r="B2160" s="1" t="inlineStr">
         <is>
-          <t>Boş Vermişler Cemiyeti</t>
+          <t>Kuantum İle Hayat</t>
         </is>
       </c>
       <c r="C2160" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" s="1" t="inlineStr">
         <is>
-          <t>9786053062707</t>
+          <t>9786053063919</t>
         </is>
       </c>
       <c r="B2161" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalanlar</t>
+          <t>Aşk Şafak Kokusunda</t>
         </is>
       </c>
       <c r="C2161" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" s="1" t="inlineStr">
         <is>
-          <t>9786053062844</t>
+          <t>9786053063728</t>
         </is>
       </c>
       <c r="B2162" s="1" t="inlineStr">
         <is>
-          <t>Gün Işığım</t>
+          <t>Zeytinlik Devrimcileri</t>
         </is>
       </c>
       <c r="C2162" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" s="1" t="inlineStr">
         <is>
-          <t>9786053062936</t>
+          <t>9786053063803</t>
         </is>
       </c>
       <c r="B2163" s="1" t="inlineStr">
         <is>
-          <t>İnsanya</t>
+          <t>Gel/me Teskere</t>
         </is>
       </c>
       <c r="C2163" s="1">
-        <v>105</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" s="1" t="inlineStr">
         <is>
-          <t>9786053062752</t>
+          <t>9786053063896</t>
         </is>
       </c>
       <c r="B2164" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Arayanlar</t>
+          <t>Bulutlarla Geçersin Geceden</t>
         </is>
       </c>
       <c r="C2164" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" s="1" t="inlineStr">
         <is>
-          <t>9786053062738</t>
+          <t>3990000022197</t>
         </is>
       </c>
       <c r="B2165" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeter Aşk'a</t>
+          <t>Kainatı Okuyorum İnançlarımı Öğreniyorum</t>
         </is>
       </c>
       <c r="C2165" s="1">
-        <v>125</v>
+        <v>32</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" s="1" t="inlineStr">
         <is>
-          <t>9786053062950</t>
+          <t>9786053063414</t>
         </is>
       </c>
       <c r="B2166" s="1" t="inlineStr">
         <is>
-          <t>Narin</t>
+          <t>Kalıntılar</t>
         </is>
       </c>
       <c r="C2166" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" s="1" t="inlineStr">
         <is>
-          <t>9786053062745</t>
+          <t>9786053063681</t>
         </is>
       </c>
       <c r="B2167" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Doğusu</t>
+          <t>22</t>
         </is>
       </c>
       <c r="C2167" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" s="1" t="inlineStr">
         <is>
-          <t>9786053062691</t>
+          <t>9786053063711</t>
         </is>
       </c>
       <c r="B2168" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yetişkin Eğitimi ve Kentsel Sorunlar</t>
+          <t>Kutlu Kıyamet</t>
         </is>
       </c>
       <c r="C2168" s="1">
-        <v>155</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" s="1" t="inlineStr">
         <is>
-          <t>9786053062639</t>
+          <t>9786053061991</t>
         </is>
       </c>
       <c r="B2169" s="1" t="inlineStr">
         <is>
-          <t>Tapu Müdürlüklerinin Dünü Bugünü Yarını ve 60 Yıllık Hatıratımız</t>
+          <t>Gidersem Beni İyi Hatırla</t>
         </is>
       </c>
       <c r="C2169" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" s="1" t="inlineStr">
         <is>
-          <t>9786053062721</t>
+          <t>9786053063698</t>
         </is>
       </c>
       <c r="B2170" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Yanım</t>
+          <t>Babamdan Artakalanlar</t>
         </is>
       </c>
       <c r="C2170" s="1">
         <v>115</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" s="1" t="inlineStr">
         <is>
-          <t>9786053062714</t>
+          <t>9786053063643</t>
         </is>
       </c>
       <c r="B2171" s="1" t="inlineStr">
         <is>
-          <t>Şiir Bitti</t>
+          <t>Bir Demet Gökyüzü</t>
         </is>
       </c>
       <c r="C2171" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" s="1" t="inlineStr">
         <is>
-          <t>9786053062677</t>
+          <t>9786056841101</t>
         </is>
       </c>
       <c r="B2172" s="1" t="inlineStr">
         <is>
-          <t>Sen Benimsin</t>
+          <t>Şizofreni Adım Kitabı</t>
         </is>
       </c>
       <c r="C2172" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" s="1" t="inlineStr">
         <is>
-          <t>9786053062615</t>
+          <t>9786053063674</t>
         </is>
       </c>
       <c r="B2173" s="1" t="inlineStr">
         <is>
-          <t>Kal'be Kira'lık Aşk'lar</t>
+          <t>Çenebaz</t>
         </is>
       </c>
       <c r="C2173" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" s="1" t="inlineStr">
         <is>
-          <t>9786053061960</t>
+          <t>9786053063391</t>
         </is>
       </c>
       <c r="B2174" s="1" t="inlineStr">
         <is>
-          <t>Gümüşkalem</t>
+          <t>Güz Yaprağı</t>
         </is>
       </c>
       <c r="C2174" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" s="1" t="inlineStr">
         <is>
-          <t>9786053062349</t>
+          <t>9786053063537</t>
         </is>
       </c>
       <c r="B2175" s="1" t="inlineStr">
         <is>
-          <t>Kozadaki Kadının Hayal’i</t>
+          <t>Acı Sevdam</t>
         </is>
       </c>
       <c r="C2175" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" s="1" t="inlineStr">
         <is>
-          <t>9786053062431</t>
+          <t>9786053063667</t>
         </is>
       </c>
       <c r="B2176" s="1" t="inlineStr">
         <is>
-          <t>Lerze</t>
+          <t>Bilimsel Tiyatro</t>
         </is>
       </c>
       <c r="C2176" s="1">
-        <v>38</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" s="1" t="inlineStr">
         <is>
-          <t>9786053062394</t>
+          <t>9786053063520</t>
         </is>
       </c>
       <c r="B2177" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hikayesi</t>
+          <t>Adım Mavi Benim</t>
         </is>
       </c>
       <c r="C2177" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" s="1" t="inlineStr">
         <is>
-          <t>9786053062028</t>
+          <t>9786053063377</t>
         </is>
       </c>
       <c r="B2178" s="1" t="inlineStr">
         <is>
-          <t>Savulun! Barbarosun Torunları Geliyor</t>
+          <t>Tek Solukta Canlı Sosyalist Model</t>
         </is>
       </c>
       <c r="C2178" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2179" spans="1:3">
       <c r="A2179" s="1" t="inlineStr">
         <is>
-          <t>9786053062455</t>
+          <t>9786053063469</t>
         </is>
       </c>
       <c r="B2179" s="1" t="inlineStr">
         <is>
-          <t>Şark Günlükleri</t>
+          <t>Kırmızı Vosvos</t>
         </is>
       </c>
       <c r="C2179" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2180" spans="1:3">
       <c r="A2180" s="1" t="inlineStr">
         <is>
-          <t>9786053060499</t>
+          <t>9786053063162</t>
         </is>
       </c>
       <c r="B2180" s="1" t="inlineStr">
         <is>
-          <t>Gönlüm Yurdu</t>
+          <t>Ten Rengi</t>
         </is>
       </c>
       <c r="C2180" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2181" spans="1:3">
       <c r="A2181" s="1" t="inlineStr">
         <is>
-          <t>9786053062288</t>
+          <t>9786053063582</t>
         </is>
       </c>
       <c r="B2181" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış ve Yasaklanmış Aşk</t>
+          <t>En Güzel Hikayem</t>
         </is>
       </c>
       <c r="C2181" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2182" spans="1:3">
       <c r="A2182" s="1" t="inlineStr">
         <is>
-          <t>9786053062448</t>
+          <t>9786053063544</t>
         </is>
       </c>
       <c r="B2182" s="1" t="inlineStr">
         <is>
-          <t>Yosun Tutan Satırlar</t>
+          <t>Ayın Gölgesi</t>
         </is>
       </c>
       <c r="C2182" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2183" spans="1:3">
       <c r="A2183" s="1" t="inlineStr">
         <is>
-          <t>9786053062363</t>
+          <t>9786053063490</t>
         </is>
       </c>
       <c r="B2183" s="1" t="inlineStr">
         <is>
-          <t>Sizli Bizli Bey</t>
+          <t>Her Kelimesi Bir Anlam Her Kelimesi Bir İnsan</t>
         </is>
       </c>
       <c r="C2183" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2184" spans="1:3">
       <c r="A2184" s="1" t="inlineStr">
         <is>
-          <t>9786053062509</t>
+          <t>9786053063575</t>
         </is>
       </c>
       <c r="B2184" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bu</t>
+          <t>Anadolu Cenneti</t>
         </is>
       </c>
       <c r="C2184" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2185" spans="1:3">
       <c r="A2185" s="1" t="inlineStr">
         <is>
-          <t>9786053062424</t>
+          <t>9786053063605</t>
         </is>
       </c>
       <c r="B2185" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Fahişe</t>
+          <t>The United States Effect on Turkey's EU Membership Process: Reasons for “Strong” Support Until 2011</t>
         </is>
       </c>
       <c r="C2185" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2186" spans="1:3">
       <c r="A2186" s="1" t="inlineStr">
         <is>
-          <t>9786053062387</t>
+          <t>9786053063513</t>
         </is>
       </c>
       <c r="B2186" s="1" t="inlineStr">
         <is>
-          <t>Pokentranlı Gökmen</t>
+          <t>The Pideci</t>
         </is>
       </c>
       <c r="C2186" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2187" spans="1:3">
       <c r="A2187" s="1" t="inlineStr">
         <is>
-          <t>9786053062370</t>
+          <t>9786053060673</t>
         </is>
       </c>
       <c r="B2187" s="1" t="inlineStr">
         <is>
-          <t>Hastalar ve Doktorları</t>
+          <t>Çardaktan Süzülen Öyküler</t>
         </is>
       </c>
       <c r="C2187" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2188" spans="1:3">
       <c r="A2188" s="1" t="inlineStr">
         <is>
-          <t>9786053062523</t>
+          <t>9786053063445</t>
         </is>
       </c>
       <c r="B2188" s="1" t="inlineStr">
         <is>
-          <t>İyiyim İyisin</t>
+          <t>Renklerin Efendisi (Ciltli)</t>
         </is>
       </c>
       <c r="C2188" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2189" spans="1:3">
       <c r="A2189" s="1" t="inlineStr">
         <is>
-          <t>9786053062356</t>
+          <t>9786053063384</t>
         </is>
       </c>
       <c r="B2189" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Vagonlar</t>
+          <t>Dr. Carret ve Mürşit</t>
         </is>
       </c>
       <c r="C2189" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2190" spans="1:3">
       <c r="A2190" s="1" t="inlineStr">
         <is>
-          <t>9786053062486</t>
+          <t>9786053063353</t>
         </is>
       </c>
       <c r="B2190" s="1" t="inlineStr">
         <is>
-          <t>Oyun İçinde Oyun</t>
+          <t>Ayna Ruh</t>
         </is>
       </c>
       <c r="C2190" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2191" spans="1:3">
       <c r="A2191" s="1" t="inlineStr">
         <is>
-          <t>9786053062295</t>
+          <t>9786053063407</t>
         </is>
       </c>
       <c r="B2191" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ödeme</t>
+          <t>İki Cinayet Bir Ekip</t>
         </is>
       </c>
       <c r="C2191" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="2192" spans="1:3">
       <c r="A2192" s="1" t="inlineStr">
         <is>
-          <t>9786053062301</t>
+          <t>9786053063483</t>
         </is>
       </c>
       <c r="B2192" s="1" t="inlineStr">
         <is>
-          <t>Ellerimi Çöz</t>
+          <t>Satılık Olmayan Öyküler</t>
         </is>
       </c>
       <c r="C2192" s="1">
-        <v>140</v>
+        <v>32</v>
       </c>
     </row>
     <row r="2193" spans="1:3">
       <c r="A2193" s="1" t="inlineStr">
         <is>
-          <t>9786053062479</t>
+          <t>9786053063438</t>
         </is>
       </c>
       <c r="B2193" s="1" t="inlineStr">
         <is>
-          <t>Mardin'de Bir İstanbullu</t>
+          <t>Muzlu Puding</t>
         </is>
       </c>
       <c r="C2193" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2194" spans="1:3">
       <c r="A2194" s="1" t="inlineStr">
         <is>
-          <t>9786053062158</t>
+          <t>9786053062912</t>
         </is>
       </c>
       <c r="B2194" s="1" t="inlineStr">
         <is>
-          <t>Dökülen Aşk</t>
+          <t>Eğitim Yolunda Bir Ömür</t>
         </is>
       </c>
       <c r="C2194" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2195" spans="1:3">
       <c r="A2195" s="1" t="inlineStr">
         <is>
-          <t>9786053062219</t>
+          <t>9786053063261</t>
         </is>
       </c>
       <c r="B2195" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Öyküler</t>
+          <t>Adını Mutluluk Koydum</t>
         </is>
       </c>
       <c r="C2195" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2196" spans="1:3">
       <c r="A2196" s="1" t="inlineStr">
         <is>
-          <t>9786053061953</t>
+          <t>9786053063346</t>
         </is>
       </c>
       <c r="B2196" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Göz: Başlangıç</t>
+          <t>Yaşadım mı?</t>
         </is>
       </c>
       <c r="C2196" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2197" spans="1:3">
       <c r="A2197" s="1" t="inlineStr">
         <is>
-          <t>9786053062011</t>
+          <t>9786053063278</t>
         </is>
       </c>
       <c r="B2197" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Diğer Günahlar</t>
+          <t>Ağacın Ruhu</t>
         </is>
       </c>
       <c r="C2197" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2198" spans="1:3">
       <c r="A2198" s="1" t="inlineStr">
         <is>
-          <t>9786053062165</t>
+          <t>9786053063322</t>
         </is>
       </c>
       <c r="B2198" s="1" t="inlineStr">
         <is>
-          <t>Ona Beni Anlat</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C2198" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2199" spans="1:3">
       <c r="A2199" s="1" t="inlineStr">
         <is>
-          <t>9786053060550</t>
+          <t>9786053063292</t>
         </is>
       </c>
       <c r="B2199" s="1" t="inlineStr">
         <is>
-          <t>Fısıldayan Çığlıklarım</t>
+          <t>Tut Artık Ellerimden</t>
         </is>
       </c>
       <c r="C2199" s="1">
-        <v>105</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2200" spans="1:3">
       <c r="A2200" s="1" t="inlineStr">
         <is>
-          <t>9786053062073</t>
+          <t>9786053063247</t>
         </is>
       </c>
       <c r="B2200" s="1" t="inlineStr">
         <is>
-          <t>Adını Gecelere Sorsunlar</t>
+          <t>Gariban Oğlu'ndan Aforizmalar</t>
         </is>
       </c>
       <c r="C2200" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2201" spans="1:3">
       <c r="A2201" s="1" t="inlineStr">
         <is>
-          <t>9786053061878</t>
+          <t>9786053063223</t>
         </is>
       </c>
       <c r="B2201" s="1" t="inlineStr">
         <is>
-          <t>Her Hafta Bir Mutluluk</t>
+          <t>Hamido'nun Şiirleri</t>
         </is>
       </c>
       <c r="C2201" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2202" spans="1:3">
       <c r="A2202" s="1" t="inlineStr">
         <is>
-          <t>9786053061946</t>
+          <t>9786053063100</t>
         </is>
       </c>
       <c r="B2202" s="1" t="inlineStr">
         <is>
-          <t>Umutlu Yüreğim</t>
+          <t>Aşk Cumhuriyeti</t>
         </is>
       </c>
       <c r="C2202" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2203" spans="1:3">
       <c r="A2203" s="1" t="inlineStr">
         <is>
-          <t>9786053061892</t>
+          <t>9786053063056</t>
         </is>
       </c>
       <c r="B2203" s="1" t="inlineStr">
         <is>
-          <t>Bildim Buldum Döndüm</t>
+          <t>Cihan'ın Gözünden Cihan</t>
         </is>
       </c>
       <c r="C2203" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2204" spans="1:3">
       <c r="A2204" s="1" t="inlineStr">
         <is>
-          <t>9786053061908</t>
+          <t>9786053063308</t>
         </is>
       </c>
       <c r="B2204" s="1" t="inlineStr">
         <is>
-          <t>Ben Hayat</t>
+          <t>Ölürken Elimi Sen Tut</t>
         </is>
       </c>
       <c r="C2204" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2205" spans="1:3">
       <c r="A2205" s="1" t="inlineStr">
         <is>
-          <t>9786053061854</t>
+          <t>9786053061847</t>
         </is>
       </c>
       <c r="B2205" s="1" t="inlineStr">
         <is>
-          <t>İnanışlar</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C2205" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2206" spans="1:3">
       <c r="A2206" s="1" t="inlineStr">
         <is>
-          <t>9786053062004</t>
+          <t>9786053063315</t>
         </is>
       </c>
       <c r="B2206" s="1" t="inlineStr">
         <is>
-          <t>2023 Baharı</t>
+          <t>Hayata Bağlan</t>
         </is>
       </c>
       <c r="C2206" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2207" spans="1:3">
       <c r="A2207" s="1" t="inlineStr">
         <is>
-          <t>9786053061786</t>
+          <t>9786053062813</t>
         </is>
       </c>
       <c r="B2207" s="1" t="inlineStr">
         <is>
-          <t>Bir Kez Daha Dünya</t>
+          <t>Yeşilmavi - Kahverengi</t>
         </is>
       </c>
       <c r="C2207" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2208" spans="1:3">
       <c r="A2208" s="1" t="inlineStr">
         <is>
-          <t>9786053061793</t>
+          <t>9786053062998</t>
         </is>
       </c>
       <c r="B2208" s="1" t="inlineStr">
         <is>
-          <t>Devrim'in Aşk'a Kalanı</t>
+          <t>Yarın Bugünlerden Ne?</t>
         </is>
       </c>
       <c r="C2208" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2209" spans="1:3">
       <c r="A2209" s="1" t="inlineStr">
         <is>
-          <t>9786053061700</t>
+          <t>9786053063131</t>
         </is>
       </c>
       <c r="B2209" s="1" t="inlineStr">
         <is>
-          <t>En İyi Nasrettin Hoca Fıkraları</t>
+          <t>Es Zamanı</t>
         </is>
       </c>
       <c r="C2209" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2210" spans="1:3">
       <c r="A2210" s="1" t="inlineStr">
         <is>
-          <t>9786051284699</t>
+          <t>9786053062943</t>
         </is>
       </c>
       <c r="B2210" s="1" t="inlineStr">
         <is>
-          <t>Düğün Gecesi</t>
+          <t>İslam'ın Kıvılcımı</t>
         </is>
       </c>
       <c r="C2210" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2211" spans="1:3">
       <c r="A2211" s="1" t="inlineStr">
         <is>
-          <t>9786053061809</t>
+          <t>9786053062967</t>
         </is>
       </c>
       <c r="B2211" s="1" t="inlineStr">
         <is>
-          <t>Günlüğümden Bölümler</t>
+          <t>Sabr-ı Aşk</t>
         </is>
       </c>
       <c r="C2211" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2212" spans="1:3">
       <c r="A2212" s="1" t="inlineStr">
         <is>
-          <t>9786053061670</t>
+          <t>9786053063179</t>
         </is>
       </c>
       <c r="B2212" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl</t>
+          <t>Unuttuğum Bir Şey Var</t>
         </is>
       </c>
       <c r="C2212" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2213" spans="1:3">
       <c r="A2213" s="1" t="inlineStr">
         <is>
-          <t>9786053061717</t>
+          <t>9786053063087</t>
         </is>
       </c>
       <c r="B2213" s="1" t="inlineStr">
         <is>
-          <t>Gurbetçi</t>
+          <t>Aile Bütçesi ve Yönetimi</t>
         </is>
       </c>
       <c r="C2213" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2214" spans="1:3">
       <c r="A2214" s="1" t="inlineStr">
         <is>
-          <t>9786053061052</t>
+          <t>9786053063193</t>
         </is>
       </c>
       <c r="B2214" s="1" t="inlineStr">
         <is>
-          <t>Bana Eylülümü Geri Verir misin</t>
+          <t>Küçük Kara Eşek</t>
         </is>
       </c>
       <c r="C2214" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2215" spans="1:3">
       <c r="A2215" s="1" t="inlineStr">
         <is>
-          <t>9786053061816</t>
+          <t>9786053063032</t>
         </is>
       </c>
       <c r="B2215" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmışlıklar</t>
+          <t>Renkli Kağıt</t>
         </is>
       </c>
       <c r="C2215" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2216" spans="1:3">
       <c r="A2216" s="1" t="inlineStr">
         <is>
-          <t>9786053061656</t>
+          <t>9786053063148</t>
         </is>
       </c>
       <c r="B2216" s="1" t="inlineStr">
         <is>
-          <t>Kasvet</t>
+          <t>Kar Tanesi Serüveni</t>
         </is>
       </c>
       <c r="C2216" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2217" spans="1:3">
       <c r="A2217" s="1" t="inlineStr">
         <is>
-          <t>3990000083007</t>
+          <t>9786053063094</t>
         </is>
       </c>
       <c r="B2217" s="1" t="inlineStr">
         <is>
-          <t>Seval'in Kaleminden</t>
+          <t>Akıl Tutulması</t>
         </is>
       </c>
       <c r="C2217" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2218" spans="1:3">
       <c r="A2218" s="1" t="inlineStr">
         <is>
-          <t>9786053061427</t>
+          <t>9786053063155</t>
         </is>
       </c>
       <c r="B2218" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Renkleri</t>
+          <t>Mevsimsiz Zamanlar</t>
         </is>
       </c>
       <c r="C2218" s="1">
-        <v>90</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2219" spans="1:3">
       <c r="A2219" s="1" t="inlineStr">
         <is>
-          <t>9786053061748</t>
+          <t>9786053062097</t>
         </is>
       </c>
       <c r="B2219" s="1" t="inlineStr">
         <is>
-          <t>Yerkıta Destanı</t>
+          <t>Küçük Hesaplar</t>
         </is>
       </c>
       <c r="C2219" s="1">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2220" spans="1:3">
       <c r="A2220" s="1" t="inlineStr">
         <is>
-          <t>9786053061328</t>
+          <t>9786053062981</t>
         </is>
       </c>
       <c r="B2220" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Aşk</t>
+          <t>Tut Elimi Gidelim</t>
         </is>
       </c>
       <c r="C2220" s="1">
-        <v>110</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2221" spans="1:3">
       <c r="A2221" s="1" t="inlineStr">
         <is>
-          <t>9786053061526</t>
+          <t>9786053063018</t>
         </is>
       </c>
       <c r="B2221" s="1" t="inlineStr">
         <is>
-          <t>Işığın Gölgesinde</t>
+          <t>Şimdilik Hoşça Kal</t>
         </is>
       </c>
       <c r="C2221" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2222" spans="1:3">
       <c r="A2222" s="1" t="inlineStr">
         <is>
-          <t>9786053061557</t>
+          <t>9786053062899</t>
         </is>
       </c>
       <c r="B2222" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Dansı</t>
+          <t>Bir Çığlık At Sessiz Olsun</t>
         </is>
       </c>
       <c r="C2222" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2223" spans="1:3">
       <c r="A2223" s="1" t="inlineStr">
         <is>
-          <t>9786053061625</t>
+          <t>9786053062929</t>
         </is>
       </c>
       <c r="B2223" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Kadına Eşitlik Arayışı</t>
+          <t>Gümüş Surat</t>
         </is>
       </c>
       <c r="C2223" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2224" spans="1:3">
       <c r="A2224" s="1" t="inlineStr">
         <is>
-          <t>9786053061571</t>
+          <t>9786053062769</t>
         </is>
       </c>
       <c r="B2224" s="1" t="inlineStr">
         <is>
-          <t>Siyah ve Beyaz Düşler</t>
+          <t>Rüzgara Karşı Söylenen Şarkı</t>
         </is>
       </c>
       <c r="C2224" s="1">
-        <v>52</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2225" spans="1:3">
       <c r="A2225" s="1" t="inlineStr">
         <is>
-          <t>9786053061311</t>
+          <t>9786053062974</t>
         </is>
       </c>
       <c r="B2225" s="1" t="inlineStr">
         <is>
-          <t>Hasretim</t>
+          <t>Seni Sevince</t>
         </is>
       </c>
       <c r="C2225" s="1">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2226" spans="1:3">
       <c r="A2226" s="1" t="inlineStr">
         <is>
-          <t>9786053061618</t>
+          <t>9786053062875</t>
         </is>
       </c>
       <c r="B2226" s="1" t="inlineStr">
         <is>
-          <t>Boşluk</t>
+          <t>Bir Avucumda Düş Diğer Avucumda Gerçek</t>
         </is>
       </c>
       <c r="C2226" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2227" spans="1:3">
       <c r="A2227" s="1" t="inlineStr">
         <is>
-          <t>9786053061298</t>
+          <t>9786053062806</t>
         </is>
       </c>
       <c r="B2227" s="1" t="inlineStr">
         <is>
-          <t>Mezarda Değilsin Diye Yaşıyorsun Sanma</t>
+          <t>Boş Vermişler Cemiyeti</t>
         </is>
       </c>
       <c r="C2227" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2228" spans="1:3">
       <c r="A2228" s="1" t="inlineStr">
         <is>
-          <t>9786053061182</t>
+          <t>9786053062707</t>
         </is>
       </c>
       <c r="B2228" s="1" t="inlineStr">
         <is>
-          <t>Ali-i Hızır</t>
+          <t>Yarım Kalanlar</t>
         </is>
       </c>
       <c r="C2228" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2229" spans="1:3">
       <c r="A2229" s="1" t="inlineStr">
         <is>
-          <t>9786053061496</t>
+          <t>9786053062844</t>
         </is>
       </c>
       <c r="B2229" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kopuklukları</t>
+          <t>Gün Işığım</t>
         </is>
       </c>
       <c r="C2229" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="2230" spans="1:3">
       <c r="A2230" s="1" t="inlineStr">
         <is>
-          <t>9786053061595</t>
+          <t>9786053062936</t>
         </is>
       </c>
       <c r="B2230" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>İnsanya</t>
         </is>
       </c>
       <c r="C2230" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2231" spans="1:3">
       <c r="A2231" s="1" t="inlineStr">
         <is>
-          <t>9786053061533</t>
+          <t>9786053062752</t>
         </is>
       </c>
       <c r="B2231" s="1" t="inlineStr">
         <is>
-          <t>Seçimler</t>
+          <t>Mutluluk Arayanlar</t>
         </is>
       </c>
       <c r="C2231" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2232" spans="1:3">
       <c r="A2232" s="1" t="inlineStr">
         <is>
-          <t>9786053061564</t>
+          <t>9786053062738</t>
         </is>
       </c>
       <c r="B2232" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbenin Düşündürdükleri</t>
+          <t>Aşk Yeter Aşk'a</t>
         </is>
       </c>
       <c r="C2232" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2233" spans="1:3">
       <c r="A2233" s="1" t="inlineStr">
         <is>
-          <t>9786053061441</t>
+          <t>9786053062950</t>
         </is>
       </c>
       <c r="B2233" s="1" t="inlineStr">
         <is>
-          <t>Umudun Kanatlarında</t>
+          <t>Narin</t>
         </is>
       </c>
       <c r="C2233" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2234" spans="1:3">
       <c r="A2234" s="1" t="inlineStr">
         <is>
-          <t>9786053061458</t>
+          <t>9786053062745</t>
         </is>
       </c>
       <c r="B2234" s="1" t="inlineStr">
         <is>
-          <t>Unut Unutamam</t>
+          <t>Aşkın Doğusu</t>
         </is>
       </c>
       <c r="C2234" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2235" spans="1:3">
       <c r="A2235" s="1" t="inlineStr">
         <is>
-          <t>9786053061410</t>
+          <t>9786053062691</t>
         </is>
       </c>
       <c r="B2235" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünyada Ne Kadar Güvendesiniz?</t>
+          <t>Türkiye'de Yetişkin Eğitimi ve Kentsel Sorunlar</t>
         </is>
       </c>
       <c r="C2235" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2236" spans="1:3">
       <c r="A2236" s="1" t="inlineStr">
         <is>
-          <t>9786051287669</t>
+          <t>9786053062639</t>
         </is>
       </c>
       <c r="B2236" s="1" t="inlineStr">
         <is>
-          <t>Sinology</t>
+          <t>Tapu Müdürlüklerinin Dünü Bugünü Yarını ve 60 Yıllık Hatıratımız</t>
         </is>
       </c>
       <c r="C2236" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2237" spans="1:3">
       <c r="A2237" s="1" t="inlineStr">
         <is>
-          <t>9786053061465</t>
+          <t>9786053062721</t>
         </is>
       </c>
       <c r="B2237" s="1" t="inlineStr">
         <is>
-          <t>Elzem</t>
+          <t>Şiirsel Yanım</t>
         </is>
       </c>
       <c r="C2237" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2238" spans="1:3">
       <c r="A2238" s="1" t="inlineStr">
         <is>
-          <t>9786053060970</t>
+          <t>9786053062714</t>
         </is>
       </c>
       <c r="B2238" s="1" t="inlineStr">
         <is>
-          <t>Aztek Chihuahua</t>
+          <t>Şiir Bitti</t>
         </is>
       </c>
       <c r="C2238" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2239" spans="1:3">
       <c r="A2239" s="1" t="inlineStr">
         <is>
-          <t>9786053061267</t>
+          <t>9786053062677</t>
         </is>
       </c>
       <c r="B2239" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kaldıracı</t>
+          <t>Sen Benimsin</t>
         </is>
       </c>
       <c r="C2239" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2240" spans="1:3">
       <c r="A2240" s="1" t="inlineStr">
         <is>
-          <t>9786053061359</t>
+          <t>9786053062615</t>
         </is>
       </c>
       <c r="B2240" s="1" t="inlineStr">
         <is>
-          <t>Gebe</t>
+          <t>Kal'be Kira'lık Aşk'lar</t>
         </is>
       </c>
       <c r="C2240" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2241" spans="1:3">
       <c r="A2241" s="1" t="inlineStr">
         <is>
-          <t>9786053061540</t>
+          <t>9786053061960</t>
         </is>
       </c>
       <c r="B2241" s="1" t="inlineStr">
         <is>
-          <t>W@hire Bijüteri</t>
+          <t>Gümüşkalem</t>
         </is>
       </c>
       <c r="C2241" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2242" spans="1:3">
       <c r="A2242" s="1" t="inlineStr">
         <is>
-          <t>9786053061434</t>
+          <t>9786053062349</t>
         </is>
       </c>
       <c r="B2242" s="1" t="inlineStr">
         <is>
-          <t>Umuda Kıyı Yüreğim</t>
+          <t>Kozadaki Kadının Hayal’i</t>
         </is>
       </c>
       <c r="C2242" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2243" spans="1:3">
       <c r="A2243" s="1" t="inlineStr">
         <is>
-          <t>9786053061397</t>
+          <t>9786053062431</t>
         </is>
       </c>
       <c r="B2243" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Düşler</t>
+          <t>Lerze</t>
         </is>
       </c>
       <c r="C2243" s="1">
-        <v>180</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2244" spans="1:3">
       <c r="A2244" s="1" t="inlineStr">
         <is>
-          <t>9786053061373</t>
+          <t>9786053062394</t>
         </is>
       </c>
       <c r="B2244" s="1" t="inlineStr">
         <is>
-          <t>Ajavarda</t>
+          <t>Bir Delinin Hikayesi</t>
         </is>
       </c>
       <c r="C2244" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2245" spans="1:3">
       <c r="A2245" s="1" t="inlineStr">
         <is>
-          <t>9786053061083</t>
+          <t>9786053062028</t>
         </is>
       </c>
       <c r="B2245" s="1" t="inlineStr">
         <is>
-          <t>Daniela ve Güncenin Bulutları</t>
+          <t>Savulun! Barbarosun Torunları Geliyor</t>
         </is>
       </c>
       <c r="C2245" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2246" spans="1:3">
       <c r="A2246" s="1" t="inlineStr">
         <is>
-          <t>9786053061199</t>
+          <t>9786053062455</t>
         </is>
       </c>
       <c r="B2246" s="1" t="inlineStr">
         <is>
-          <t>Enhar-ı Aşk</t>
+          <t>Şark Günlükleri</t>
         </is>
       </c>
       <c r="C2246" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2247" spans="1:3">
       <c r="A2247" s="1" t="inlineStr">
         <is>
-          <t>9786053061212</t>
+          <t>9786053060499</t>
         </is>
       </c>
       <c r="B2247" s="1" t="inlineStr">
         <is>
-          <t>Gönül Aşktan Yana</t>
+          <t>Gönlüm Yurdu</t>
         </is>
       </c>
       <c r="C2247" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2248" spans="1:3">
       <c r="A2248" s="1" t="inlineStr">
         <is>
-          <t>9786053061106</t>
+          <t>9786053062288</t>
         </is>
       </c>
       <c r="B2248" s="1" t="inlineStr">
         <is>
-          <t>Kahverengi</t>
+          <t>Yaşanmış ve Yasaklanmış Aşk</t>
         </is>
       </c>
       <c r="C2248" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2249" spans="1:3">
       <c r="A2249" s="1" t="inlineStr">
         <is>
-          <t>9786053061243</t>
+          <t>9786053062448</t>
         </is>
       </c>
       <c r="B2249" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kararınca</t>
+          <t>Yosun Tutan Satırlar</t>
         </is>
       </c>
       <c r="C2249" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2250" spans="1:3">
       <c r="A2250" s="1" t="inlineStr">
         <is>
-          <t>9786053061144</t>
+          <t>9786053062363</t>
         </is>
       </c>
       <c r="B2250" s="1" t="inlineStr">
         <is>
-          <t>Ebelemece</t>
+          <t>Sizli Bizli Bey</t>
         </is>
       </c>
       <c r="C2250" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2251" spans="1:3">
       <c r="A2251" s="1" t="inlineStr">
         <is>
-          <t>9786053061021</t>
+          <t>9786053062509</t>
         </is>
       </c>
       <c r="B2251" s="1" t="inlineStr">
         <is>
-          <t>Lal Siyah</t>
+          <t>Hayat Bu</t>
         </is>
       </c>
       <c r="C2251" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2252" spans="1:3">
       <c r="A2252" s="1" t="inlineStr">
         <is>
-          <t>9786053061236</t>
+          <t>9786053062424</t>
         </is>
       </c>
       <c r="B2252" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Şeyler Yazdım</t>
+          <t>İçindeki Fahişe</t>
         </is>
       </c>
       <c r="C2252" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2253" spans="1:3">
       <c r="A2253" s="1" t="inlineStr">
         <is>
-          <t>9786053061366</t>
+          <t>9786053062387</t>
         </is>
       </c>
       <c r="B2253" s="1" t="inlineStr">
         <is>
-          <t>Ruhunu Edebiyata Satan Adam</t>
+          <t>Pokentranlı Gökmen</t>
         </is>
       </c>
       <c r="C2253" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2254" spans="1:3">
       <c r="A2254" s="1" t="inlineStr">
         <is>
-          <t>9786053061281</t>
+          <t>9786053062370</t>
         </is>
       </c>
       <c r="B2254" s="1" t="inlineStr">
         <is>
-          <t>Amerika 2</t>
+          <t>Hastalar ve Doktorları</t>
         </is>
       </c>
       <c r="C2254" s="1">
-        <v>52</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2255" spans="1:3">
       <c r="A2255" s="1" t="inlineStr">
         <is>
-          <t>9786053061335</t>
+          <t>9786053062523</t>
         </is>
       </c>
       <c r="B2255" s="1" t="inlineStr">
         <is>
-          <t>Bengi</t>
+          <t>İyiyim İyisin</t>
         </is>
       </c>
       <c r="C2255" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2256" spans="1:3">
       <c r="A2256" s="1" t="inlineStr">
         <is>
-          <t>9786053061175</t>
+          <t>9786053062356</t>
         </is>
       </c>
       <c r="B2256" s="1" t="inlineStr">
         <is>
-          <t>Toparla Duygum</t>
+          <t>Hüzünlü Vagonlar</t>
         </is>
       </c>
       <c r="C2256" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2257" spans="1:3">
       <c r="A2257" s="1" t="inlineStr">
         <is>
-          <t>9786053060789</t>
+          <t>9786053062486</t>
         </is>
       </c>
       <c r="B2257" s="1" t="inlineStr">
         <is>
-          <t>Muhacirler</t>
+          <t>Oyun İçinde Oyun</t>
         </is>
       </c>
       <c r="C2257" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2258" spans="1:3">
       <c r="A2258" s="1" t="inlineStr">
         <is>
-          <t>9786053060680</t>
+          <t>9786053062295</t>
         </is>
       </c>
       <c r="B2258" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda İşletmecilik ve Yönetim</t>
+          <t>Büyük Ödeme</t>
         </is>
       </c>
       <c r="C2258" s="1">
-        <v>84</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2259" spans="1:3">
       <c r="A2259" s="1" t="inlineStr">
         <is>
-          <t>9786053060420</t>
+          <t>9786053062301</t>
         </is>
       </c>
       <c r="B2259" s="1" t="inlineStr">
         <is>
-          <t>Yaradana Ulaşmak</t>
+          <t>Ellerimi Çöz</t>
         </is>
       </c>
       <c r="C2259" s="1">
-        <v>52</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2260" spans="1:3">
       <c r="A2260" s="1" t="inlineStr">
         <is>
-          <t>9786053060208</t>
+          <t>9786053062479</t>
         </is>
       </c>
       <c r="B2260" s="1" t="inlineStr">
         <is>
-          <t>Bir Parça Tebessüm</t>
+          <t>Mardin'de Bir İstanbullu</t>
         </is>
       </c>
       <c r="C2260" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2261" spans="1:3">
       <c r="A2261" s="1" t="inlineStr">
         <is>
-          <t>9786053061113</t>
+          <t>9786053062158</t>
         </is>
       </c>
       <c r="B2261" s="1" t="inlineStr">
         <is>
-          <t>Sen Siz Biz</t>
+          <t>Dökülen Aşk</t>
         </is>
       </c>
       <c r="C2261" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2262" spans="1:3">
       <c r="A2262" s="1" t="inlineStr">
         <is>
-          <t>9786053060482</t>
+          <t>9786053062219</t>
         </is>
       </c>
       <c r="B2262" s="1" t="inlineStr">
         <is>
-          <t>Ten Rengi</t>
+          <t>Mutlu Öyküler</t>
         </is>
       </c>
       <c r="C2262" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2263" spans="1:3">
       <c r="A2263" s="1" t="inlineStr">
         <is>
-          <t>3990000083006</t>
+          <t>9786053061953</t>
         </is>
       </c>
       <c r="B2263" s="1" t="inlineStr">
         <is>
-          <t>Düşleme</t>
+          <t>Üçüncü Göz: Başlangıç</t>
         </is>
       </c>
       <c r="C2263" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2264" spans="1:3">
       <c r="A2264" s="1" t="inlineStr">
         <is>
-          <t>9786053060758</t>
+          <t>9786053062011</t>
         </is>
       </c>
       <c r="B2264" s="1" t="inlineStr">
         <is>
-          <t>Komiser Davut Guantanamo'nun Anahtarı</t>
+          <t>Aşk ve Diğer Günahlar</t>
         </is>
       </c>
       <c r="C2264" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2265" spans="1:3">
       <c r="A2265" s="1" t="inlineStr">
         <is>
-          <t>9786053060260</t>
+          <t>9786053062165</t>
         </is>
       </c>
       <c r="B2265" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Manzaralar</t>
+          <t>Ona Beni Anlat</t>
         </is>
       </c>
       <c r="C2265" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2266" spans="1:3">
       <c r="A2266" s="1" t="inlineStr">
         <is>
-          <t>9786053060888</t>
+          <t>9786053060550</t>
         </is>
       </c>
       <c r="B2266" s="1" t="inlineStr">
         <is>
-          <t>Gül Yaprağında Şiir Defteri</t>
+          <t>Fısıldayan Çığlıklarım</t>
         </is>
       </c>
       <c r="C2266" s="1">
-        <v>50</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2267" spans="1:3">
       <c r="A2267" s="1" t="inlineStr">
         <is>
-          <t>9786051289729</t>
+          <t>9786053062073</t>
         </is>
       </c>
       <c r="B2267" s="1" t="inlineStr">
         <is>
-          <t>Anlamak</t>
+          <t>Adını Gecelere Sorsunlar</t>
         </is>
       </c>
       <c r="C2267" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2268" spans="1:3">
       <c r="A2268" s="1" t="inlineStr">
         <is>
-          <t>9786053060598</t>
+          <t>9786053061878</t>
         </is>
       </c>
       <c r="B2268" s="1" t="inlineStr">
         <is>
-          <t>Ru</t>
+          <t>Her Hafta Bir Mutluluk</t>
         </is>
       </c>
       <c r="C2268" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2269" spans="1:3">
       <c r="A2269" s="1" t="inlineStr">
         <is>
-          <t>9786051289625</t>
+          <t>9786053061946</t>
         </is>
       </c>
       <c r="B2269" s="1" t="inlineStr">
         <is>
-          <t>Gidebilirsin Elbet</t>
+          <t>Umutlu Yüreğim</t>
         </is>
       </c>
       <c r="C2269" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2270" spans="1:3">
       <c r="A2270" s="1" t="inlineStr">
         <is>
-          <t>9786051289960</t>
+          <t>9786053061892</t>
         </is>
       </c>
       <c r="B2270" s="1" t="inlineStr">
         <is>
-          <t>Kurt Soylum</t>
+          <t>Bildim Buldum Döndüm</t>
         </is>
       </c>
       <c r="C2270" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2271" spans="1:3">
       <c r="A2271" s="1" t="inlineStr">
         <is>
-          <t>9786051289984</t>
+          <t>9786053061908</t>
         </is>
       </c>
       <c r="B2271" s="1" t="inlineStr">
         <is>
-          <t>Efkar</t>
+          <t>Ben Hayat</t>
         </is>
       </c>
       <c r="C2271" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2272" spans="1:3">
       <c r="A2272" s="1" t="inlineStr">
         <is>
-          <t>9786053060246</t>
+          <t>9786053061854</t>
         </is>
       </c>
       <c r="B2272" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Herkese</t>
+          <t>İnanışlar</t>
         </is>
       </c>
       <c r="C2272" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2273" spans="1:3">
       <c r="A2273" s="1" t="inlineStr">
         <is>
-          <t>9786053060307</t>
+          <t>9786053062004</t>
         </is>
       </c>
       <c r="B2273" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bekleyebilir</t>
+          <t>2023 Baharı</t>
         </is>
       </c>
       <c r="C2273" s="1">
-        <v>54</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2274" spans="1:3">
       <c r="A2274" s="1" t="inlineStr">
         <is>
-          <t>9786053060000</t>
+          <t>9786053061786</t>
         </is>
       </c>
       <c r="B2274" s="1" t="inlineStr">
         <is>
-          <t>İntizar</t>
+          <t>Bir Kez Daha Dünya</t>
         </is>
       </c>
       <c r="C2274" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2275" spans="1:3">
       <c r="A2275" s="1" t="inlineStr">
         <is>
-          <t>9786051289878</t>
+          <t>9786053061793</t>
         </is>
       </c>
       <c r="B2275" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Günlüğü</t>
+          <t>Devrim'in Aşk'a Kalanı</t>
         </is>
       </c>
       <c r="C2275" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2276" spans="1:3">
       <c r="A2276" s="1" t="inlineStr">
         <is>
-          <t>9786051289946</t>
+          <t>9786053061700</t>
         </is>
       </c>
       <c r="B2276" s="1" t="inlineStr">
         <is>
-          <t>Aşka Doğru</t>
+          <t>En İyi Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C2276" s="1">
-        <v>58</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2277" spans="1:3">
       <c r="A2277" s="1" t="inlineStr">
         <is>
-          <t>9786051289809</t>
+          <t>9786051284699</t>
         </is>
       </c>
       <c r="B2277" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair Üç Beş Kırıntı</t>
+          <t>Düğün Gecesi</t>
         </is>
       </c>
       <c r="C2277" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2278" spans="1:3">
       <c r="A2278" s="1" t="inlineStr">
         <is>
-          <t>9786051289427</t>
+          <t>9786053061809</t>
         </is>
       </c>
       <c r="B2278" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Adı Kadın</t>
+          <t>Günlüğümden Bölümler</t>
         </is>
       </c>
       <c r="C2278" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2279" spans="1:3">
       <c r="A2279" s="1" t="inlineStr">
         <is>
-          <t>9786051289632</t>
+          <t>9786053061670</t>
         </is>
       </c>
       <c r="B2279" s="1" t="inlineStr">
         <is>
-          <t>Ruhlarla Dans</t>
+          <t>Üst Akıl</t>
         </is>
       </c>
       <c r="C2279" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2280" spans="1:3">
       <c r="A2280" s="1" t="inlineStr">
         <is>
-          <t>9786051289731</t>
+          <t>9786053061717</t>
         </is>
       </c>
       <c r="B2280" s="1" t="inlineStr">
         <is>
-          <t>Can Yakan Tek Hece</t>
+          <t>Gurbetçi</t>
         </is>
       </c>
       <c r="C2280" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2281" spans="1:3">
       <c r="A2281" s="1" t="inlineStr">
         <is>
-          <t>9786051289397</t>
+          <t>9786053061052</t>
         </is>
       </c>
       <c r="B2281" s="1" t="inlineStr">
         <is>
-          <t>O Adama Yol Ver</t>
+          <t>Bana Eylülümü Geri Verir misin</t>
         </is>
       </c>
       <c r="C2281" s="1">
-        <v>50</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2282" spans="1:3">
       <c r="A2282" s="1" t="inlineStr">
         <is>
-          <t>9786051289274</t>
+          <t>9786053061816</t>
         </is>
       </c>
       <c r="B2282" s="1" t="inlineStr">
         <is>
-          <t>Düşlerim</t>
+          <t>Yaşanmışlıklar</t>
         </is>
       </c>
       <c r="C2282" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2283" spans="1:3">
       <c r="A2283" s="1" t="inlineStr">
         <is>
-          <t>9786051289137</t>
+          <t>9786053061656</t>
         </is>
       </c>
       <c r="B2283" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Diğer Yüzü</t>
+          <t>Kasvet</t>
         </is>
       </c>
       <c r="C2283" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2284" spans="1:3">
       <c r="A2284" s="1" t="inlineStr">
         <is>
-          <t>9786051289229</t>
+          <t>3990000083007</t>
         </is>
       </c>
       <c r="B2284" s="1" t="inlineStr">
         <is>
-          <t>Vuslatım Gözlerinde</t>
+          <t>Seval'in Kaleminden</t>
         </is>
       </c>
       <c r="C2284" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2285" spans="1:3">
       <c r="A2285" s="1" t="inlineStr">
         <is>
-          <t>9786051288628</t>
+          <t>9786053061427</t>
         </is>
       </c>
       <c r="B2285" s="1" t="inlineStr">
         <is>
-          <t>333 Kasetli Başkan</t>
+          <t>Sevginin Renkleri</t>
         </is>
       </c>
       <c r="C2285" s="1">
-        <v>155</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2286" spans="1:3">
       <c r="A2286" s="1" t="inlineStr">
         <is>
-          <t>9786051289304</t>
+          <t>9786053061748</t>
         </is>
       </c>
       <c r="B2286" s="1" t="inlineStr">
         <is>
-          <t>Son Verin</t>
+          <t>Yerkıta Destanı</t>
         </is>
       </c>
       <c r="C2286" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="2287" spans="1:3">
       <c r="A2287" s="1" t="inlineStr">
         <is>
-          <t>9786051289236</t>
+          <t>9786053061328</t>
         </is>
       </c>
       <c r="B2287" s="1" t="inlineStr">
         <is>
-          <t>Kimi Zaman Suyla da Yanar İnsan</t>
+          <t>Aynadaki Aşk</t>
         </is>
       </c>
       <c r="C2287" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2288" spans="1:3">
       <c r="A2288" s="1" t="inlineStr">
         <is>
-          <t>9786051289205</t>
+          <t>9786053061526</t>
         </is>
       </c>
       <c r="B2288" s="1" t="inlineStr">
         <is>
-          <t>Biz Sevdayı Yanık Yüreğimize Koyduk</t>
+          <t>Işığın Gölgesinde</t>
         </is>
       </c>
       <c r="C2288" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2289" spans="1:3">
       <c r="A2289" s="1" t="inlineStr">
         <is>
-          <t>9786051289045</t>
+          <t>9786053061557</t>
         </is>
       </c>
       <c r="B2289" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Elveda</t>
+          <t>Kelimelerin Dansı</t>
         </is>
       </c>
       <c r="C2289" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2290" spans="1:3">
       <c r="A2290" s="1" t="inlineStr">
         <is>
-          <t>9786051288659</t>
+          <t>9786053061625</t>
         </is>
       </c>
       <c r="B2290" s="1" t="inlineStr">
         <is>
-          <t>Kozadaki Kadının Canı</t>
+          <t>İslam'ın Kadına Eşitlik Arayışı</t>
         </is>
       </c>
       <c r="C2290" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2291" spans="1:3">
       <c r="A2291" s="1" t="inlineStr">
         <is>
-          <t>9786051288833</t>
+          <t>9786053061571</t>
         </is>
       </c>
       <c r="B2291" s="1" t="inlineStr">
         <is>
-          <t>Sağanak</t>
+          <t>Siyah ve Beyaz Düşler</t>
         </is>
       </c>
       <c r="C2291" s="1">
-        <v>100</v>
+        <v>52</v>
       </c>
     </row>
     <row r="2292" spans="1:3">
       <c r="A2292" s="1" t="inlineStr">
         <is>
-          <t>9786051285405</t>
+          <t>9786053061311</t>
         </is>
       </c>
       <c r="B2292" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtmazsan Kazanamazsın</t>
+          <t>Hasretim</t>
         </is>
       </c>
       <c r="C2292" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2293" spans="1:3">
       <c r="A2293" s="1" t="inlineStr">
         <is>
-          <t>9786051287577</t>
+          <t>9786053061618</t>
         </is>
       </c>
       <c r="B2293" s="1" t="inlineStr">
         <is>
-          <t>İş'te Hayat</t>
+          <t>Boşluk</t>
         </is>
       </c>
       <c r="C2293" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2294" spans="1:3">
       <c r="A2294" s="1" t="inlineStr">
         <is>
-          <t>9786051287744</t>
+          <t>9786053061298</t>
         </is>
       </c>
       <c r="B2294" s="1" t="inlineStr">
         <is>
-          <t>Aşk mı? Dedin Güldürme Beni</t>
+          <t>Mezarda Değilsin Diye Yaşıyorsun Sanma</t>
         </is>
       </c>
       <c r="C2294" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2295" spans="1:3">
       <c r="A2295" s="1" t="inlineStr">
         <is>
-          <t>9786051287003</t>
+          <t>9786053061182</t>
         </is>
       </c>
       <c r="B2295" s="1" t="inlineStr">
         <is>
-          <t>Erişilmeyen Arzu</t>
+          <t>Ali-i Hızır</t>
         </is>
       </c>
       <c r="C2295" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2296" spans="1:3">
       <c r="A2296" s="1" t="inlineStr">
         <is>
-          <t>9786051287287</t>
+          <t>9786053061496</t>
         </is>
       </c>
       <c r="B2296" s="1" t="inlineStr">
         <is>
-          <t>Aşk Matbaası</t>
+          <t>Zaman Kopuklukları</t>
         </is>
       </c>
       <c r="C2296" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2297" spans="1:3">
       <c r="A2297" s="1" t="inlineStr">
         <is>
-          <t>9786051286662</t>
+          <t>9786053061595</t>
         </is>
       </c>
       <c r="B2297" s="1" t="inlineStr">
         <is>
-          <t>Ay Şahit Kalbime</t>
+          <t>27</t>
         </is>
       </c>
       <c r="C2297" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2298" spans="1:3">
       <c r="A2298" s="1" t="inlineStr">
         <is>
-          <t>9786051289359</t>
+          <t>9786053061533</t>
         </is>
       </c>
       <c r="B2298" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kaldım</t>
+          <t>Seçimler</t>
         </is>
       </c>
       <c r="C2298" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2299" spans="1:3">
       <c r="A2299" s="1" t="inlineStr">
         <is>
-          <t>9786051289267</t>
+          <t>9786053061564</t>
         </is>
       </c>
       <c r="B2299" s="1" t="inlineStr">
         <is>
-          <t>Damga</t>
+          <t>Bir Darbenin Düşündürdükleri</t>
         </is>
       </c>
       <c r="C2299" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2300" spans="1:3">
       <c r="A2300" s="1" t="inlineStr">
         <is>
-          <t>3990000016192</t>
+          <t>9786053061441</t>
         </is>
       </c>
       <c r="B2300" s="1" t="inlineStr">
         <is>
-          <t>Aşk Benden Güzel</t>
+          <t>Umudun Kanatlarında</t>
         </is>
       </c>
       <c r="C2300" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2301" spans="1:3">
       <c r="A2301" s="1" t="inlineStr">
         <is>
-          <t>9786051283739</t>
+          <t>9786053061458</t>
         </is>
       </c>
       <c r="B2301" s="1" t="inlineStr">
         <is>
-          <t>Lugaz</t>
+          <t>Unut Unutamam</t>
         </is>
       </c>
       <c r="C2301" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2302" spans="1:3">
       <c r="A2302" s="1" t="inlineStr">
         <is>
-          <t>9786055702861</t>
+          <t>9786053061410</t>
         </is>
       </c>
       <c r="B2302" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Halleri</t>
+          <t>Sanal Dünyada Ne Kadar Güvendesiniz?</t>
         </is>
       </c>
       <c r="C2302" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2303" spans="1:3">
       <c r="A2303" s="1" t="inlineStr">
         <is>
-          <t>9786051284804</t>
+          <t>9786051287669</t>
         </is>
       </c>
       <c r="B2303" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Evi - 1</t>
+          <t>Sinology</t>
         </is>
       </c>
       <c r="C2303" s="1">
-        <v>13.89</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2304" spans="1:3">
       <c r="A2304" s="1" t="inlineStr">
         <is>
-          <t>9786051289700</t>
+          <t>9786053061465</t>
         </is>
       </c>
       <c r="B2304" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yörüngesinde Bir Kıvılcım</t>
+          <t>Elzem</t>
         </is>
       </c>
       <c r="C2304" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2305" spans="1:3">
       <c r="A2305" s="1" t="inlineStr">
         <is>
-          <t>9786051289786</t>
+          <t>9786053060970</t>
         </is>
       </c>
       <c r="B2305" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Aztek Chihuahua</t>
         </is>
       </c>
       <c r="C2305" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2306" spans="1:3">
       <c r="A2306" s="1" t="inlineStr">
         <is>
+          <t>9786053061267</t>
+        </is>
+      </c>
+      <c r="B2306" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Kaldıracı</t>
+        </is>
+      </c>
+      <c r="C2306" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2307" spans="1:3">
+      <c r="A2307" s="1" t="inlineStr">
+        <is>
+          <t>9786053061359</t>
+        </is>
+      </c>
+      <c r="B2307" s="1" t="inlineStr">
+        <is>
+          <t>Gebe</t>
+        </is>
+      </c>
+      <c r="C2307" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2308" spans="1:3">
+      <c r="A2308" s="1" t="inlineStr">
+        <is>
+          <t>9786053061540</t>
+        </is>
+      </c>
+      <c r="B2308" s="1" t="inlineStr">
+        <is>
+          <t>W@hire Bijüteri</t>
+        </is>
+      </c>
+      <c r="C2308" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:3">
+      <c r="A2309" s="1" t="inlineStr">
+        <is>
+          <t>9786053061434</t>
+        </is>
+      </c>
+      <c r="B2309" s="1" t="inlineStr">
+        <is>
+          <t>Umuda Kıyı Yüreğim</t>
+        </is>
+      </c>
+      <c r="C2309" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2310" spans="1:3">
+      <c r="A2310" s="1" t="inlineStr">
+        <is>
+          <t>9786053061397</t>
+        </is>
+      </c>
+      <c r="B2310" s="1" t="inlineStr">
+        <is>
+          <t>Yasaklı Düşler</t>
+        </is>
+      </c>
+      <c r="C2310" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2311" spans="1:3">
+      <c r="A2311" s="1" t="inlineStr">
+        <is>
+          <t>9786053061373</t>
+        </is>
+      </c>
+      <c r="B2311" s="1" t="inlineStr">
+        <is>
+          <t>Ajavarda</t>
+        </is>
+      </c>
+      <c r="C2311" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2312" spans="1:3">
+      <c r="A2312" s="1" t="inlineStr">
+        <is>
+          <t>9786053061083</t>
+        </is>
+      </c>
+      <c r="B2312" s="1" t="inlineStr">
+        <is>
+          <t>Daniela ve Güncenin Bulutları</t>
+        </is>
+      </c>
+      <c r="C2312" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="2313" spans="1:3">
+      <c r="A2313" s="1" t="inlineStr">
+        <is>
+          <t>9786053061199</t>
+        </is>
+      </c>
+      <c r="B2313" s="1" t="inlineStr">
+        <is>
+          <t>Enhar-ı Aşk</t>
+        </is>
+      </c>
+      <c r="C2313" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2314" spans="1:3">
+      <c r="A2314" s="1" t="inlineStr">
+        <is>
+          <t>9786053061212</t>
+        </is>
+      </c>
+      <c r="B2314" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Aşktan Yana</t>
+        </is>
+      </c>
+      <c r="C2314" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2315" spans="1:3">
+      <c r="A2315" s="1" t="inlineStr">
+        <is>
+          <t>9786053061106</t>
+        </is>
+      </c>
+      <c r="B2315" s="1" t="inlineStr">
+        <is>
+          <t>Kahverengi</t>
+        </is>
+      </c>
+      <c r="C2315" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2316" spans="1:3">
+      <c r="A2316" s="1" t="inlineStr">
+        <is>
+          <t>9786053061243</t>
+        </is>
+      </c>
+      <c r="B2316" s="1" t="inlineStr">
+        <is>
+          <t>Karınca Kararınca</t>
+        </is>
+      </c>
+      <c r="C2316" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2317" spans="1:3">
+      <c r="A2317" s="1" t="inlineStr">
+        <is>
+          <t>9786053061144</t>
+        </is>
+      </c>
+      <c r="B2317" s="1" t="inlineStr">
+        <is>
+          <t>Ebelemece</t>
+        </is>
+      </c>
+      <c r="C2317" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2318" spans="1:3">
+      <c r="A2318" s="1" t="inlineStr">
+        <is>
+          <t>9786053061021</t>
+        </is>
+      </c>
+      <c r="B2318" s="1" t="inlineStr">
+        <is>
+          <t>Lal Siyah</t>
+        </is>
+      </c>
+      <c r="C2318" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2319" spans="1:3">
+      <c r="A2319" s="1" t="inlineStr">
+        <is>
+          <t>9786053061236</t>
+        </is>
+      </c>
+      <c r="B2319" s="1" t="inlineStr">
+        <is>
+          <t>Sana Bir Şeyler Yazdım</t>
+        </is>
+      </c>
+      <c r="C2319" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2320" spans="1:3">
+      <c r="A2320" s="1" t="inlineStr">
+        <is>
+          <t>9786053061366</t>
+        </is>
+      </c>
+      <c r="B2320" s="1" t="inlineStr">
+        <is>
+          <t>Ruhunu Edebiyata Satan Adam</t>
+        </is>
+      </c>
+      <c r="C2320" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:3">
+      <c r="A2321" s="1" t="inlineStr">
+        <is>
+          <t>9786053061281</t>
+        </is>
+      </c>
+      <c r="B2321" s="1" t="inlineStr">
+        <is>
+          <t>Amerika 2</t>
+        </is>
+      </c>
+      <c r="C2321" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2322" spans="1:3">
+      <c r="A2322" s="1" t="inlineStr">
+        <is>
+          <t>9786053061335</t>
+        </is>
+      </c>
+      <c r="B2322" s="1" t="inlineStr">
+        <is>
+          <t>Bengi</t>
+        </is>
+      </c>
+      <c r="C2322" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2323" spans="1:3">
+      <c r="A2323" s="1" t="inlineStr">
+        <is>
+          <t>9786053061175</t>
+        </is>
+      </c>
+      <c r="B2323" s="1" t="inlineStr">
+        <is>
+          <t>Toparla Duygum</t>
+        </is>
+      </c>
+      <c r="C2323" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2324" spans="1:3">
+      <c r="A2324" s="1" t="inlineStr">
+        <is>
+          <t>9786053060789</t>
+        </is>
+      </c>
+      <c r="B2324" s="1" t="inlineStr">
+        <is>
+          <t>Muhacirler</t>
+        </is>
+      </c>
+      <c r="C2324" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2325" spans="1:3">
+      <c r="A2325" s="1" t="inlineStr">
+        <is>
+          <t>9786053060680</t>
+        </is>
+      </c>
+      <c r="B2325" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatroda İşletmecilik ve Yönetim</t>
+        </is>
+      </c>
+      <c r="C2325" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="2326" spans="1:3">
+      <c r="A2326" s="1" t="inlineStr">
+        <is>
+          <t>9786053060420</t>
+        </is>
+      </c>
+      <c r="B2326" s="1" t="inlineStr">
+        <is>
+          <t>Yaradana Ulaşmak</t>
+        </is>
+      </c>
+      <c r="C2326" s="1">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2327" spans="1:3">
+      <c r="A2327" s="1" t="inlineStr">
+        <is>
+          <t>9786053060208</t>
+        </is>
+      </c>
+      <c r="B2327" s="1" t="inlineStr">
+        <is>
+          <t>Bir Parça Tebessüm</t>
+        </is>
+      </c>
+      <c r="C2327" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2328" spans="1:3">
+      <c r="A2328" s="1" t="inlineStr">
+        <is>
+          <t>9786053061113</t>
+        </is>
+      </c>
+      <c r="B2328" s="1" t="inlineStr">
+        <is>
+          <t>Sen Siz Biz</t>
+        </is>
+      </c>
+      <c r="C2328" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2329" spans="1:3">
+      <c r="A2329" s="1" t="inlineStr">
+        <is>
+          <t>9786053060482</t>
+        </is>
+      </c>
+      <c r="B2329" s="1" t="inlineStr">
+        <is>
+          <t>Ten Rengi</t>
+        </is>
+      </c>
+      <c r="C2329" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2330" spans="1:3">
+      <c r="A2330" s="1" t="inlineStr">
+        <is>
+          <t>3990000083006</t>
+        </is>
+      </c>
+      <c r="B2330" s="1" t="inlineStr">
+        <is>
+          <t>Düşleme</t>
+        </is>
+      </c>
+      <c r="C2330" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:3">
+      <c r="A2331" s="1" t="inlineStr">
+        <is>
+          <t>9786053060758</t>
+        </is>
+      </c>
+      <c r="B2331" s="1" t="inlineStr">
+        <is>
+          <t>Komiser Davut Guantanamo'nun Anahtarı</t>
+        </is>
+      </c>
+      <c r="C2331" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2332" spans="1:3">
+      <c r="A2332" s="1" t="inlineStr">
+        <is>
+          <t>9786053060260</t>
+        </is>
+      </c>
+      <c r="B2332" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın İçinden Manzaralar</t>
+        </is>
+      </c>
+      <c r="C2332" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2333" spans="1:3">
+      <c r="A2333" s="1" t="inlineStr">
+        <is>
+          <t>9786053060888</t>
+        </is>
+      </c>
+      <c r="B2333" s="1" t="inlineStr">
+        <is>
+          <t>Gül Yaprağında Şiir Defteri</t>
+        </is>
+      </c>
+      <c r="C2333" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2334" spans="1:3">
+      <c r="A2334" s="1" t="inlineStr">
+        <is>
+          <t>9786051289729</t>
+        </is>
+      </c>
+      <c r="B2334" s="1" t="inlineStr">
+        <is>
+          <t>Anlamak</t>
+        </is>
+      </c>
+      <c r="C2334" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2335" spans="1:3">
+      <c r="A2335" s="1" t="inlineStr">
+        <is>
+          <t>9786053060598</t>
+        </is>
+      </c>
+      <c r="B2335" s="1" t="inlineStr">
+        <is>
+          <t>Ru</t>
+        </is>
+      </c>
+      <c r="C2335" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2336" spans="1:3">
+      <c r="A2336" s="1" t="inlineStr">
+        <is>
+          <t>9786051289625</t>
+        </is>
+      </c>
+      <c r="B2336" s="1" t="inlineStr">
+        <is>
+          <t>Gidebilirsin Elbet</t>
+        </is>
+      </c>
+      <c r="C2336" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:3">
+      <c r="A2337" s="1" t="inlineStr">
+        <is>
+          <t>9786051289960</t>
+        </is>
+      </c>
+      <c r="B2337" s="1" t="inlineStr">
+        <is>
+          <t>Kurt Soylum</t>
+        </is>
+      </c>
+      <c r="C2337" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2338" spans="1:3">
+      <c r="A2338" s="1" t="inlineStr">
+        <is>
+          <t>9786051289984</t>
+        </is>
+      </c>
+      <c r="B2338" s="1" t="inlineStr">
+        <is>
+          <t>Efkar</t>
+        </is>
+      </c>
+      <c r="C2338" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2339" spans="1:3">
+      <c r="A2339" s="1" t="inlineStr">
+        <is>
+          <t>9786053060246</t>
+        </is>
+      </c>
+      <c r="B2339" s="1" t="inlineStr">
+        <is>
+          <t>İyi Geceler Herkese</t>
+        </is>
+      </c>
+      <c r="C2339" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2340" spans="1:3">
+      <c r="A2340" s="1" t="inlineStr">
+        <is>
+          <t>9786053060307</t>
+        </is>
+      </c>
+      <c r="B2340" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Bekleyebilir</t>
+        </is>
+      </c>
+      <c r="C2340" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2341" spans="1:3">
+      <c r="A2341" s="1" t="inlineStr">
+        <is>
+          <t>9786053060000</t>
+        </is>
+      </c>
+      <c r="B2341" s="1" t="inlineStr">
+        <is>
+          <t>İntizar</t>
+        </is>
+      </c>
+      <c r="C2341" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2342" spans="1:3">
+      <c r="A2342" s="1" t="inlineStr">
+        <is>
+          <t>9786051289878</t>
+        </is>
+      </c>
+      <c r="B2342" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı'nın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C2342" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2343" spans="1:3">
+      <c r="A2343" s="1" t="inlineStr">
+        <is>
+          <t>9786051289946</t>
+        </is>
+      </c>
+      <c r="B2343" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Doğru</t>
+        </is>
+      </c>
+      <c r="C2343" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="2344" spans="1:3">
+      <c r="A2344" s="1" t="inlineStr">
+        <is>
+          <t>9786051289809</t>
+        </is>
+      </c>
+      <c r="B2344" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Dair Üç Beş Kırıntı</t>
+        </is>
+      </c>
+      <c r="C2344" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2345" spans="1:3">
+      <c r="A2345" s="1" t="inlineStr">
+        <is>
+          <t>9786051289427</t>
+        </is>
+      </c>
+      <c r="B2345" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Adı Kadın</t>
+        </is>
+      </c>
+      <c r="C2345" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2346" spans="1:3">
+      <c r="A2346" s="1" t="inlineStr">
+        <is>
+          <t>9786051289632</t>
+        </is>
+      </c>
+      <c r="B2346" s="1" t="inlineStr">
+        <is>
+          <t>Ruhlarla Dans</t>
+        </is>
+      </c>
+      <c r="C2346" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2347" spans="1:3">
+      <c r="A2347" s="1" t="inlineStr">
+        <is>
+          <t>9786051289731</t>
+        </is>
+      </c>
+      <c r="B2347" s="1" t="inlineStr">
+        <is>
+          <t>Can Yakan Tek Hece</t>
+        </is>
+      </c>
+      <c r="C2347" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2348" spans="1:3">
+      <c r="A2348" s="1" t="inlineStr">
+        <is>
+          <t>9786051289397</t>
+        </is>
+      </c>
+      <c r="B2348" s="1" t="inlineStr">
+        <is>
+          <t>O Adama Yol Ver</t>
+        </is>
+      </c>
+      <c r="C2348" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2349" spans="1:3">
+      <c r="A2349" s="1" t="inlineStr">
+        <is>
+          <t>9786051289274</t>
+        </is>
+      </c>
+      <c r="B2349" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerim</t>
+        </is>
+      </c>
+      <c r="C2349" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2350" spans="1:3">
+      <c r="A2350" s="1" t="inlineStr">
+        <is>
+          <t>9786051289137</t>
+        </is>
+      </c>
+      <c r="B2350" s="1" t="inlineStr">
+        <is>
+          <t>Madalyonun Diğer Yüzü</t>
+        </is>
+      </c>
+      <c r="C2350" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2351" spans="1:3">
+      <c r="A2351" s="1" t="inlineStr">
+        <is>
+          <t>9786051289229</t>
+        </is>
+      </c>
+      <c r="B2351" s="1" t="inlineStr">
+        <is>
+          <t>Vuslatım Gözlerinde</t>
+        </is>
+      </c>
+      <c r="C2351" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2352" spans="1:3">
+      <c r="A2352" s="1" t="inlineStr">
+        <is>
+          <t>9786051288628</t>
+        </is>
+      </c>
+      <c r="B2352" s="1" t="inlineStr">
+        <is>
+          <t>333 Kasetli Başkan</t>
+        </is>
+      </c>
+      <c r="C2352" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2353" spans="1:3">
+      <c r="A2353" s="1" t="inlineStr">
+        <is>
+          <t>9786051289304</t>
+        </is>
+      </c>
+      <c r="B2353" s="1" t="inlineStr">
+        <is>
+          <t>Son Verin</t>
+        </is>
+      </c>
+      <c r="C2353" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2354" spans="1:3">
+      <c r="A2354" s="1" t="inlineStr">
+        <is>
+          <t>9786051289236</t>
+        </is>
+      </c>
+      <c r="B2354" s="1" t="inlineStr">
+        <is>
+          <t>Kimi Zaman Suyla da Yanar İnsan</t>
+        </is>
+      </c>
+      <c r="C2354" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2355" spans="1:3">
+      <c r="A2355" s="1" t="inlineStr">
+        <is>
+          <t>9786051289205</t>
+        </is>
+      </c>
+      <c r="B2355" s="1" t="inlineStr">
+        <is>
+          <t>Biz Sevdayı Yanık Yüreğimize Koyduk</t>
+        </is>
+      </c>
+      <c r="C2355" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2356" spans="1:3">
+      <c r="A2356" s="1" t="inlineStr">
+        <is>
+          <t>9786051289045</t>
+        </is>
+      </c>
+      <c r="B2356" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluğa Elveda</t>
+        </is>
+      </c>
+      <c r="C2356" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2357" spans="1:3">
+      <c r="A2357" s="1" t="inlineStr">
+        <is>
+          <t>9786051288659</t>
+        </is>
+      </c>
+      <c r="B2357" s="1" t="inlineStr">
+        <is>
+          <t>Kozadaki Kadının Canı</t>
+        </is>
+      </c>
+      <c r="C2357" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:3">
+      <c r="A2358" s="1" t="inlineStr">
+        <is>
+          <t>9786051288833</t>
+        </is>
+      </c>
+      <c r="B2358" s="1" t="inlineStr">
+        <is>
+          <t>Sağanak</t>
+        </is>
+      </c>
+      <c r="C2358" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2359" spans="1:3">
+      <c r="A2359" s="1" t="inlineStr">
+        <is>
+          <t>9786051285405</t>
+        </is>
+      </c>
+      <c r="B2359" s="1" t="inlineStr">
+        <is>
+          <t>Şaşırtmazsan Kazanamazsın</t>
+        </is>
+      </c>
+      <c r="C2359" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2360" spans="1:3">
+      <c r="A2360" s="1" t="inlineStr">
+        <is>
+          <t>9786051287577</t>
+        </is>
+      </c>
+      <c r="B2360" s="1" t="inlineStr">
+        <is>
+          <t>İş'te Hayat</t>
+        </is>
+      </c>
+      <c r="C2360" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:3">
+      <c r="A2361" s="1" t="inlineStr">
+        <is>
+          <t>9786051287744</t>
+        </is>
+      </c>
+      <c r="B2361" s="1" t="inlineStr">
+        <is>
+          <t>Aşk mı? Dedin Güldürme Beni</t>
+        </is>
+      </c>
+      <c r="C2361" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2362" spans="1:3">
+      <c r="A2362" s="1" t="inlineStr">
+        <is>
+          <t>9786051287003</t>
+        </is>
+      </c>
+      <c r="B2362" s="1" t="inlineStr">
+        <is>
+          <t>Erişilmeyen Arzu</t>
+        </is>
+      </c>
+      <c r="C2362" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2363" spans="1:3">
+      <c r="A2363" s="1" t="inlineStr">
+        <is>
+          <t>9786051287287</t>
+        </is>
+      </c>
+      <c r="B2363" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Matbaası</t>
+        </is>
+      </c>
+      <c r="C2363" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2364" spans="1:3">
+      <c r="A2364" s="1" t="inlineStr">
+        <is>
+          <t>9786051286662</t>
+        </is>
+      </c>
+      <c r="B2364" s="1" t="inlineStr">
+        <is>
+          <t>Ay Şahit Kalbime</t>
+        </is>
+      </c>
+      <c r="C2364" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2365" spans="1:3">
+      <c r="A2365" s="1" t="inlineStr">
+        <is>
+          <t>9786051289359</t>
+        </is>
+      </c>
+      <c r="B2365" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kaldım</t>
+        </is>
+      </c>
+      <c r="C2365" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="2366" spans="1:3">
+      <c r="A2366" s="1" t="inlineStr">
+        <is>
+          <t>9786051289267</t>
+        </is>
+      </c>
+      <c r="B2366" s="1" t="inlineStr">
+        <is>
+          <t>Damga</t>
+        </is>
+      </c>
+      <c r="C2366" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2367" spans="1:3">
+      <c r="A2367" s="1" t="inlineStr">
+        <is>
+          <t>3990000016192</t>
+        </is>
+      </c>
+      <c r="B2367" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Benden Güzel</t>
+        </is>
+      </c>
+      <c r="C2367" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2368" spans="1:3">
+      <c r="A2368" s="1" t="inlineStr">
+        <is>
+          <t>9786051283739</t>
+        </is>
+      </c>
+      <c r="B2368" s="1" t="inlineStr">
+        <is>
+          <t>Lugaz</t>
+        </is>
+      </c>
+      <c r="C2368" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2369" spans="1:3">
+      <c r="A2369" s="1" t="inlineStr">
+        <is>
+          <t>9786055702861</t>
+        </is>
+      </c>
+      <c r="B2369" s="1" t="inlineStr">
+        <is>
+          <t>Doğunun Halleri</t>
+        </is>
+      </c>
+      <c r="C2369" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2370" spans="1:3">
+      <c r="A2370" s="1" t="inlineStr">
+        <is>
+          <t>9786051284804</t>
+        </is>
+      </c>
+      <c r="B2370" s="1" t="inlineStr">
+        <is>
+          <t>Savaşçı Evi - 1</t>
+        </is>
+      </c>
+      <c r="C2370" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="2371" spans="1:3">
+      <c r="A2371" s="1" t="inlineStr">
+        <is>
+          <t>9786051289700</t>
+        </is>
+      </c>
+      <c r="B2371" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Yörüngesinde Bir Kıvılcım</t>
+        </is>
+      </c>
+      <c r="C2371" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2372" spans="1:3">
+      <c r="A2372" s="1" t="inlineStr">
+        <is>
+          <t>9786051289786</t>
+        </is>
+      </c>
+      <c r="B2372" s="1" t="inlineStr">
+        <is>
+          <t>Arayış</t>
+        </is>
+      </c>
+      <c r="C2372" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2373" spans="1:3">
+      <c r="A2373" s="1" t="inlineStr">
+        <is>
           <t>9786051289793</t>
         </is>
       </c>
-      <c r="B2306" s="1" t="inlineStr">
+      <c r="B2373" s="1" t="inlineStr">
         <is>
           <t>Oyuncak</t>
         </is>
       </c>
-      <c r="C2306" s="1">
+      <c r="C2373" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>