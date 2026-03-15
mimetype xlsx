--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,2365 +85,2380 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444444075</t>
+          <t>4444444444619</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 178. Sayı İklim Değişimi ve Ekonomi</t>
+          <t>İktisat ve Toplum Dergisi 185. Sayı Türkiye Ekonomisinin Fotoğrafı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4444444444009</t>
+          <t>4444444444075</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 177. Sayı Kapitalizm ve Demokrasi</t>
+          <t>İktisat ve Toplum Dergisi 178. Sayı İklim Değişimi ve Ekonomi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>4444444443887</t>
+          <t>4444444444009</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 176. Sayı Ticarete Karşı Savaş</t>
+          <t>İktisat ve Toplum Dergisi 177. Sayı Kapitalizm ve Demokrasi</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444443802</t>
+          <t>4444444443887</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 175. Sayı 19 Mart’ın Bedeli</t>
+          <t>İktisat ve Toplum Dergisi 176. Sayı Ticarete Karşı Savaş</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4444444443719</t>
+          <t>4444444443802</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 174. Sayı Jedi Merkez Bankacılığı</t>
+          <t>İktisat ve Toplum Dergisi 175. Sayı 19 Mart’ın Bedeli</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>4444444443636</t>
+          <t>4444444443719</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 173. Sayı İktisatta Kadın: Özne mi, Nesne mi?</t>
+          <t>İktisat ve Toplum Dergisi 174. Sayı Jedi Merkez Bankacılığı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>4444444443542</t>
+          <t>4444444443636</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 172. Sayı Ekonomide Ayrışan Türkiye</t>
+          <t>İktisat ve Toplum Dergisi 173. Sayı İktisatta Kadın: Özne mi, Nesne mi?</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258392319</t>
+          <t>4444444443542</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>AYT Matematik Kondisyon 10 Deneme</t>
+          <t>İktisat ve Toplum Dergisi 172. Sayı Ekonomide Ayrışan Türkiye</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>4444444443439</t>
+          <t>9786258392319</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 171. Sayı Çocukları Pistten Alalım</t>
+          <t>AYT Matematik Kondisyon 10 Deneme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>4444444443355</t>
+          <t>4444444443439</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 170. Sayı İstikrar Arayışı</t>
+          <t>İktisat ve Toplum Dergisi 171. Sayı Çocukları Pistten Alalım</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444443286</t>
+          <t>4444444443355</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 169. Sayı Nobel, Daron Acemoğlu'nun</t>
+          <t>İktisat ve Toplum Dergisi 170. Sayı İstikrar Arayışı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4444444443210</t>
+          <t>4444444443286</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 168. Sayı İktisat ve Toplum Dergisi 14 Yaşında</t>
+          <t>İktisat ve Toplum Dergisi 169. Sayı Nobel, Daron Acemoğlu'nun</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444442957</t>
+          <t>4444444443210</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 166. Sayı: Dünya Hepimize Yeter</t>
+          <t>İktisat ve Toplum Dergisi 168. Sayı İktisat ve Toplum Dergisi 14 Yaşında</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>4444444443103</t>
+          <t>4444444442957</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 167. Sayı Devlet Şirket Gibi mi Yönetilmeli?</t>
+          <t>İktisat ve Toplum Dergisi 166. Sayı: Dünya Hepimize Yeter</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4444444442787</t>
+          <t>4444444443103</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 165. Sayı: Sıkılaşmadan Normalleşmeye</t>
+          <t>İktisat ve Toplum Dergisi 167. Sayı Devlet Şirket Gibi mi Yönetilmeli?</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4444444442702</t>
+          <t>4444444442787</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 164. Sayı: Otoriterleşme ve Ekonomi</t>
+          <t>İktisat ve Toplum Dergisi 165. Sayı: Sıkılaşmadan Normalleşmeye</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4444444442599</t>
+          <t>4444444442702</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 163. Sayı: İktisat İktisada Karşı</t>
+          <t>İktisat ve Toplum Dergisi 164. Sayı: Otoriterleşme ve Ekonomi</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4440000004564</t>
+          <t>4444444442599</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 162. Sayı: Enflasyon Oyunu Bozdu</t>
+          <t>İktisat ve Toplum Dergisi 163. Sayı: İktisat İktisada Karşı</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4440000004497</t>
+          <t>4440000004564</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 161. Sayı: Seçim ve Ekonomi</t>
+          <t>İktisat ve Toplum Dergisi 162. Sayı: Enflasyon Oyunu Bozdu</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4440000004285</t>
+          <t>4440000004497</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 159. Sayı: Demokrasi, Laiklik ve Ekonomi</t>
+          <t>İktisat ve Toplum Dergisi 161. Sayı: Seçim ve Ekonomi</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4440000004401</t>
+          <t>4440000004285</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 160. Sayı Gelir Dağılımı ve Eşitsizlik</t>
+          <t>İktisat ve Toplum Dergisi 159. Sayı: Demokrasi, Laiklik ve Ekonomi</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4440000004105</t>
+          <t>4440000004401</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 158. Sayı: Sermaye ve Enflasyon</t>
+          <t>İktisat ve Toplum Dergisi 160. Sayı Gelir Dağılımı ve Eşitsizlik</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4440000004000</t>
+          <t>4440000004105</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 157. Sayı: Plan Yapmak</t>
+          <t>İktisat ve Toplum Dergisi 158. Sayı: Sermaye ve Enflasyon</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000003915</t>
+          <t>4440000004000</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 156. Sayı: Cumhuriyetimizin Yüzüncü Yılı</t>
+          <t>İktisat ve Toplum Dergisi 157. Sayı: Plan Yapmak</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>4440000003792</t>
+          <t>4440000003915</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 155. Sayı: AB-Türkiye: Ne Seninle Ne Sensiz</t>
+          <t>İktisat ve Toplum Dergisi 156. Sayı: Cumhuriyetimizin Yüzüncü Yılı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4440000003681</t>
+          <t>4440000003792</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 154. Sayı: Antroposen’de Yaşamak</t>
+          <t>İktisat ve Toplum Dergisi 155. Sayı: AB-Türkiye: Ne Seninle Ne Sensiz</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>4440000003489</t>
+          <t>4440000003681</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 153. Sayı: Heterodoks ve Ortodoks Tartışması</t>
+          <t>İktisat ve Toplum Dergisi 154. Sayı: Antroposen’de Yaşamak</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>4440000003376</t>
+          <t>4440000003489</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 152. Sayı: Ekonomide Karar Zamanı</t>
+          <t>İktisat ve Toplum Dergisi 153. Sayı: Heterodoks ve Ortodoks Tartışması</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4440000003249</t>
+          <t>4440000003376</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 151. Sayı: Siyasal Sistem ve Ekonomi</t>
+          <t>İktisat ve Toplum Dergisi 152. Sayı: Ekonomide Karar Zamanı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000003155</t>
+          <t>4440000003249</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 150. Sayı: Seçime Giderken Türkiye Ekonomisi</t>
+          <t>İktisat ve Toplum Dergisi 151. Sayı: Siyasal Sistem ve Ekonomi</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4440000003062</t>
+          <t>4440000003155</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 149. Sayı: Depremin Ekonomi Politiği</t>
+          <t>İktisat ve Toplum Dergisi 150. Sayı: Seçime Giderken Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>4440000002903</t>
+          <t>4440000003062</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 148. Sayı: Bölüşüm Deseni</t>
+          <t>İktisat ve Toplum Dergisi 149. Sayı: Depremin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>1309941801479</t>
+          <t>4440000002903</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 147. Sayı: Tarım ve Gıda Enflasyonu</t>
+          <t>İktisat ve Toplum Dergisi 148. Sayı: Bölüşüm Deseni</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>1309941801455</t>
+          <t>1309941801479</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 145. Sayı: Küresel Ekonomide Kaos</t>
+          <t>İktisat ve Toplum Dergisi 147. Sayı: Tarım ve Gıda Enflasyonu</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>4440000002370</t>
+          <t>1309941801455</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 144 Ekim 2022</t>
+          <t>İktisat ve Toplum Dergisi 145. Sayı: Küresel Ekonomide Kaos</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>4440000002156</t>
+          <t>4440000002370</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 143 Eylül 2022</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 144 Ekim 2022</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>4440000001943</t>
+          <t>4440000002156</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 142 Ağustos 2022</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 143 Eylül 2022</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4440000001815</t>
+          <t>4440000001943</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 141 Temmuz 2022</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 142 Ağustos 2022</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>4440000001451</t>
+          <t>4440000001815</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 140 Haziran 2022</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 141 Temmuz 2022</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>1309941801394</t>
+          <t>4440000001451</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 139. Sayı</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 140 Haziran 2022</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>1309941801387</t>
+          <t>1309941801394</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 138. Sayı: Piyasa Müdahaleleri Ve Rekabet</t>
+          <t>İktisat ve Toplum Dergisi 139. Sayı</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>1309941801370</t>
+          <t>1309941801387</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 137. Sayı: Enerjide Yeni Denklem</t>
+          <t>İktisat ve Toplum Dergisi 138. Sayı: Piyasa Müdahaleleri Ve Rekabet</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>1309941801363</t>
+          <t>1309941801370</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi 136. Sayı: Sagalassos Toplantıları</t>
+          <t>İktisat ve Toplum Dergisi 137. Sayı: Enerjide Yeni Denklem</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>1309941801349</t>
+          <t>1309941801363</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 134 Yeni Çıpa Avrupa Birliği</t>
+          <t>İktisat ve Toplum Dergisi 136. Sayı: Sagalassos Toplantıları</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>1309941801332</t>
+          <t>1309941801349</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 133 Kutsal Üçlü</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 134 Yeni Çıpa Avrupa Birliği</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>1309941801028</t>
+          <t>1309941801332</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 102 Nisan 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 133 Kutsal Üçlü</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>1309941801110</t>
+          <t>1309941801028</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 111 Ocak 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 102 Nisan 2019</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>1309941801042</t>
+          <t>1309941801110</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 104 Haziran 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 111 Ocak 2020</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>1309941800953</t>
+          <t>1309941801042</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 95 Eylül 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 104 Haziran 2019</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>1309941800885</t>
+          <t>1309941800953</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 88 Şubat 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 95 Eylül 2018</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>1309941800946</t>
+          <t>1309941800885</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 94 Ağustos 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 88 Şubat 2018</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>1309941800830</t>
+          <t>1309941800946</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 83 Eylül 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 94 Ağustos 2018</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9771309941257</t>
+          <t>1309941800830</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 58</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 83 Eylül 2017</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9771309941233</t>
+          <t>9771309941257</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 56</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 58</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9771309941189</t>
+          <t>9771309941233</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 51</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 56</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9771309941035</t>
+          <t>9771309941189</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 36</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 51</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9771309941004</t>
+          <t>9771309941035</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 33-34</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 36</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9771309941158</t>
+          <t>9771309941004</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 48</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 33-34</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>1309941800809</t>
+          <t>9771309941158</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 80 Haziran 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 48</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>1309941800847</t>
+          <t>1309941800809</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 84 Ekim 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 80 Haziran 2017</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>1909941800962</t>
+          <t>1309941800847</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 96 Ekim 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 84 Ekim 2017</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>1309941800854</t>
+          <t>1909941800962</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 85 Kasım 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 96 Ekim 2018</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9771309941288</t>
+          <t>1309941800854</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 61 Kasım 2015</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 85 Kasım 2017</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9771309941462</t>
+          <t>9771309941288</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 79 Mayıs 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 61 Kasım 2015</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9771309941455</t>
+          <t>9771309941462</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 78 Nisan 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 79 Mayıs 2017</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9771309941448</t>
+          <t>9771309941455</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 77 Mart 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 78 Nisan 2017</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9771309941431</t>
+          <t>9771309941448</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 76 Şubat 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 77 Mart 2017</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9771309941363</t>
+          <t>9771309941431</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 69 Temmuz 2016</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 76 Şubat 2017</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9771309941387</t>
+          <t>9771309941363</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 71</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 69 Temmuz 2016</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>1309941800816</t>
+          <t>9771309941387</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 81 Temmuz 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 71</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9771309941417</t>
+          <t>1309941800816</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 74</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 81 Temmuz 2017</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9771309941400</t>
+          <t>9771309941417</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 73</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 74</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>1309941800823</t>
+          <t>9771309941400</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 82 Ağustos 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 73</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9771309941349</t>
+          <t>1309941800823</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 67</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 82 Ağustos 2017</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9771309941424</t>
+          <t>9771309941349</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 75 Ocak 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 67</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9771309941318</t>
+          <t>9771309941424</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 64</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 75 Ocak 2017</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9771309941332</t>
+          <t>9771309941318</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 66</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 64</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9771309941301</t>
+          <t>9771309941332</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 63</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 66</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9771309941295</t>
+          <t>9771309941301</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 62</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 63</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9771309941172</t>
+          <t>9771309941295</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 50</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 62</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9771309941394</t>
+          <t>9771309941172</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 72</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 50</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9771309941370</t>
+          <t>9771309941394</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 70</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 72</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9771309941325</t>
+          <t>9771309941370</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 65</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 70</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9771309941271</t>
+          <t>9771309941325</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 60 Ekim 2015</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 65</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9771309941196</t>
+          <t>9771309941271</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 52</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 60 Ekim 2015</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9771309941356</t>
+          <t>9771309941196</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 68</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 52</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9771309941264</t>
+          <t>9771309941356</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 59</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 68</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9771309941202</t>
+          <t>9771309941264</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 53</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 59</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9771309941097</t>
+          <t>9771309941202</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 42</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 53</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9771309941127</t>
+          <t>9771309941097</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 45</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 42</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9771309941240</t>
+          <t>9771309941127</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 57</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 45</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9771309941226</t>
+          <t>9771309941240</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 55</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 57</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9771309941219</t>
+          <t>9771309941226</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 54</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 55</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>1309941801158</t>
+          <t>9771309941219</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 115 Mayıs 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 54</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>1309941801271</t>
+          <t>1309941801158</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 127 Mayıs 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 115 Mayıs 2020</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>1309941801301</t>
+          <t>1309941801271</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 130 Ağustos 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 127 Mayıs 2021</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>1309941801288</t>
+          <t>1309941801301</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 128 Haziran 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 130 Ağustos 2021</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>1309941801257</t>
+          <t>1309941801288</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 125 Mart 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 128 Haziran 2021</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>1309941801240</t>
+          <t>1309941801257</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 124 Şubat 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 125 Mart 2021</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>1309941801318</t>
+          <t>1309941801240</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 131 Eylül 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 124 Şubat 2021</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>1309941801202</t>
+          <t>1309941801318</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 120 (10. Yıl Özel Sayı: 1) Ekim 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 131 Eylül 2021</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>1309941801196</t>
+          <t>1309941801202</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 119 Eylül 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 120 (10. Yıl Özel Sayı: 1) Ekim 2020</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>1309941801295</t>
+          <t>1309941801196</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 129 Temmuz 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 119 Eylül 2020</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9771309941059</t>
+          <t>1309941801295</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 38</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 129 Temmuz 2021</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9771309941042</t>
+          <t>9771309941059</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 37</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 38</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9771309941066</t>
+          <t>9771309941042</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 39</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 37</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>1309941801325</t>
+          <t>9771309941066</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 132 Ekim 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 39</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>1309941801134</t>
+          <t>1309941801325</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 113 Mart 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 132 Ekim 2021</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>1309941801127</t>
+          <t>1309941801134</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 112 Şubat 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 113 Mart 2020</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>1309941801233</t>
+          <t>1309941801127</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 123 Ocak 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 112 Şubat 2020</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>1309941801264</t>
+          <t>1309941801233</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 126 Nisan 2021</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 123 Ocak 2021</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>1309941801141</t>
+          <t>1309941801264</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 114 Nisan 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 126 Nisan 2021</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>1309941801080</t>
+          <t>1309941801141</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 108 Ekim 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 114 Nisan 2020</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>1309941801189</t>
+          <t>1309941801080</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 118 Ağustos 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 108 Ekim 2019</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>1309941801035</t>
+          <t>1309941801189</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 103 Mayıs 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 118 Ağustos 2020</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>1309941801172</t>
+          <t>1309941801035</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 117 Temmuz 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 103 Mayıs 2019</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>1909941801075</t>
+          <t>1309941801172</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 107 Eylül 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 117 Temmuz 2020</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>1309941801066</t>
+          <t>1909941801075</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 105 - 106 Temmuz Ağustos 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 107 Eylül 2019</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>1309941800878</t>
+          <t>1309941801066</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 87 Ocak 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 105 - 106 Temmuz Ağustos 2019</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>1309941800892</t>
+          <t>1309941800878</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 89 Mart 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 87 Ocak 2018</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>1309941800908</t>
+          <t>1309941800892</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 90 Nisan 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 89 Mart 2018</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>1309941800915</t>
+          <t>1309941800908</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 91 Mayıs 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 90 Nisan 2018</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>1309941800922</t>
+          <t>1309941800915</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 92 Haziran 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 91 Mayıs 2018</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>1309941800939</t>
+          <t>1309941800922</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 93 Temmuz 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 92 Haziran 2018</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>1309941801226</t>
+          <t>1309941800939</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 122 Aralık 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 93 Temmuz 2018</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>1309941801219</t>
+          <t>1309941801226</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 121 (10. Yıl Özel Sayısı: 2) Kasım 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 122 Aralık 2020</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>4440000000504</t>
+          <t>1309941801219</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 135</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 121 (10. Yıl Özel Sayısı: 2) Kasım 2020</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>4440000000155</t>
+          <t>4440000000504</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 135 Ocak 2022</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 135</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000089637</t>
+          <t>4440000000155</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 116 Haziran 2020</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 135 Ocak 2022</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000059759</t>
+          <t>3990000089637</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 110 Aralık 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 116 Haziran 2020</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>3990000099759</t>
+          <t>3990000059759</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 109 Kasım 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 110 Aralık 2019</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000096357</t>
+          <t>3990000099759</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 86 Aralık 2017</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 109 Kasım 2019</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>1309941801011</t>
+          <t>3990000096357</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 101 Mart 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 86 Aralık 2017</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>1309940801004</t>
+          <t>1309941801011</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 100 Şubat 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 101 Mart 2019</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>1309941800991</t>
+          <t>1309940801004</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 99 Ocak 2019</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 100 Şubat 2019</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>1309941800984</t>
+          <t>1309941800991</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 98 Aralık 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 99 Ocak 2019</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>1309941800977</t>
+          <t>1309941800984</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 97 Kasım 2018</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 98 Aralık 2018</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9771309941134</t>
+          <t>1309941800977</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 46</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 97 Kasım 2018</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3990000003251</t>
+          <t>9771309941134</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 25</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 46</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9771309941165</t>
+          <t>3990000003251</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 49</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 25</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>3990000017696</t>
+          <t>9771309941165</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 16</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 49</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3990000012136</t>
+          <t>3990000017696</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 26</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 16</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000012037</t>
+          <t>3990000012136</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 2</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 26</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>3990000008182</t>
+          <t>3990000012037</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 27</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 2</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9771309941141</t>
+          <t>3990000008182</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 47</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 27</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9771309941080</t>
+          <t>9771309941141</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 41</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 47</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9771309941103</t>
+          <t>9771309941080</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 43</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 41</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9771309941110</t>
+          <t>9771309941103</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 44</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 43</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3990000015776</t>
+          <t>9771309941110</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 21-22</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 44</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000017261</t>
+          <t>3990000015776</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 4</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 21-22</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000003253</t>
+          <t>3990000017261</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 15</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 4</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000003252</t>
+          <t>3990000003253</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 11</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 15</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9771309941073</t>
+          <t>3990000003252</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 40</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 11</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9771309941028</t>
+          <t>9771309941073</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Toplum Dergisi Sayı: 35</t>
+          <t>İktisat ve Toplum Dergisi Sayı: 40</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
+          <t>9771309941028</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>İktisat ve Toplum Dergisi Sayı: 35</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
           <t>3990000015777</t>
         </is>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>İktisat ve Toplum Dergisi Sayı: 13</t>
         </is>
       </c>
-      <c r="C156" s="1">
+      <c r="C157" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>