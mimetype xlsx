--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,385 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944173599</t>
+          <t>9789944173643</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>XIX. Yüzyıla Ait Ermeni Harfli Türkçe Metin Can Teftişi</t>
+          <t>Gelenekten Geleceğe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944173605</t>
+          <t>9789944173155</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>КУЛЬТУРА РЕЧИ</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>185</v>
+        <v>55</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789944173612</t>
+          <t>9789944173193</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir İkindi Sonrası</t>
+          <t>İlesamlı İlim Adamı, Şair, Yazar ve Sanatçılar Ansiklopedisi - Cilt 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944173162</t>
+          <t>9789944173124</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Besatar</t>
+          <t>Orta Doğu'da Devlet Altı Gruplar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944173490</t>
+          <t>9789944173018</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türki Tildagı Me'rojnomalar Türkçe Miraçnameler</t>
+          <t>İlköğretim 100 Temel Eser Özetleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944173483</t>
+          <t>9789944173001</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Devonu Lugati-t-Türk'da Keltirilgan Şe'rlar: Matn va Uning Talkini Masalalari</t>
+          <t>Olmak, Olmamak ve Olamamak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944173551</t>
+          <t>9789944173599</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çin Halk Cumhuriyeti'nin Orta Asya Politikası</t>
+          <t>XIX. Yüzyıla Ait Ermeni Harfli Türkçe Metin Can Teftişi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944173506</t>
+          <t>9789944173605</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Мағжанның ойлау стилі</t>
+          <t>КУЛЬТУРА РЕЧИ</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944173513</t>
+          <t>9789944173612</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Turizmni Rıvojlantırıshda Ijtımoıy Tarmoqlar Samara Dorlıgını Oshırısh Yo'lları</t>
+          <t>Bir İkindi Sonrası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944173179</t>
+          <t>9789944173162</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kazakça Layli-Macnün Kıssası (İnceleme-Metin)</t>
+          <t>Besatar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944173568</t>
+          <t>9789944173490</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>W. Radloff'un Derlemelerine (Proben) Göre Kırım Tatar Türkçesi</t>
+          <t>Türki Tildagı Me'rojnomalar Türkçe Miraçnameler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944173575</t>
+          <t>9789944173483</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Siri Derya Boyu Kazak Ağızları</t>
+          <t>Devonu Lugati-t-Türk'da Keltirilgan Şe'rlar: Matn va Uning Talkini Masalalari</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944173582</t>
+          <t>9789944173551</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Semiz-zade Süleyman Rüşdi Efendi ve Divanı</t>
+          <t>Çin Halk Cumhuriyeti'nin Orta Asya Politikası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944173544</t>
+          <t>9789944173506</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz Üzerine Kültür ve Dil Araştırmaları</t>
+          <t>Мағжанның ойлау стилі</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944173537</t>
+          <t>9789944173513</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail Bey'in Dili ve Üslubu</t>
+          <t>Turizmni Rıvojlantırıshda Ijtımoıy Tarmoqlar Samara Dorlıgını Oshırısh Yo'lları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944173520</t>
+          <t>9789944173179</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bafra Kültüründe Yer Adları</t>
+          <t>Kazakça Layli-Macnün Kıssası (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944173100</t>
+          <t>9789944173568</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgi ve Kuramları</t>
+          <t>W. Radloff'un Derlemelerine (Proben) Göre Kırım Tatar Türkçesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944173087</t>
+          <t>9789944173575</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Reçetesi</t>
+          <t>Siri Derya Boyu Kazak Ağızları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944173070</t>
+          <t>9789944173582</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Her Kadın Bir Dünyadır</t>
+          <t>Semiz-zade Süleyman Rüşdi Efendi ve Divanı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>105</v>
+        <v>470</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789944173216</t>
+          <t>9789944173544</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Altın Beyinili Adam</t>
+          <t>Doğu Karadeniz Üzerine Kültür ve Dil Araştırmaları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944173056</t>
+          <t>9789944173537</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayatla Barışık mısın?</t>
+          <t>Gaspıralı İsmail Bey'in Dili ve Üslubu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>105</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944173117</t>
+          <t>9789944173520</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kehanet - Düşlere Bir Adım Kala</t>
+          <t>Bafra Kültüründe Yer Adları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
+          <t>9789944173100</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Bilgi ve Kuramları</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789944173087</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Reçetesi</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9789944173070</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Her Kadın Bir Dünyadır</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9789944173216</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Altın Beyinili Adam</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9789944173056</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Hayatla Barışık mısın?</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789944173117</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Kehanet - Düşlere Bir Adım Kala</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9789944173063</t>
         </is>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Hayatın Gerçekleri</t>
         </is>
       </c>
-      <c r="C24" s="1">
+      <c r="C30" s="1">
         <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>