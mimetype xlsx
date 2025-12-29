--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,4210 +85,4255 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258250213</t>
+          <t>9789944109550</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Kahramanları</t>
+          <t>68 - Devrimciler Ölür Ama Devrimler Durmaz Sürer</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255669049</t>
+          <t>9786059833202</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıl Savaşları: Cumhuriyet ve Tarikat</t>
+          <t>Türk Dünyası Romanları (7 Kitap Set)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257956376</t>
+          <t>9786055452414</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim - Gerçek (Bez Ciltli Prestij Baskı)</t>
+          <t>Balkanlar’da Türk Soykırımı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258250244</t>
+          <t>9786258250213</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs: Komplo Teorilerine Yanıt</t>
+          <t>Kurtuluş Savaşı Kahramanları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255669056</t>
+          <t>9786255669049</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'le Neşeli Günler (Ciltli)</t>
+          <t>Yüzyıl Savaşları: Cumhuriyet ve Tarikat</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257956963</t>
+          <t>9786257956376</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Güftelerin Gözü Kör...</t>
+          <t>Kur'an-ı Kerim - Gerçek (Bez Ciltli Prestij Baskı)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257956741</t>
+          <t>9786258250244</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Türk Tarihi (Ciltli)</t>
+          <t>19 Mayıs: Komplo Teorilerine Yanıt</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257956765</t>
+          <t>9786255669056</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Atatürk (Ciltli)</t>
+          <t>Atatürk'le Neşeli Günler (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257956802</t>
+          <t>9786257956963</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>29 Soruda 29 Ekim</t>
+          <t>Ah Bu Güftelerin Gözü Kör...</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255669117</t>
+          <t>9786257956741</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gelin Hanım</t>
+          <t>50 Soruda Türk Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257956918</t>
+          <t>9786257956765</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Romanı (3 Cilt Takım)</t>
+          <t>Çocuklar için Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>850</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257956857</t>
+          <t>9786257956802</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Romanı - 3: Fetih ve Fatih</t>
+          <t>29 Soruda 29 Ekim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257956840</t>
+          <t>9786255669117</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Romanı - 2: Zorlu Osmanlı</t>
+          <t>Gelin Hanım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257956833</t>
+          <t>9786257956918</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Romanı - 1: Ahlat'tan Söğüt'e</t>
+          <t>Osmanlı'nın Romanı (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>850</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257956772</t>
+          <t>9786257956857</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Milli Mücadele Tarihi</t>
+          <t>Osmanlı'nın Romanı - 3: Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255669100</t>
+          <t>9786257956840</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Fabrikaları</t>
+          <t>Osmanlı'nın Romanı - 2: Zorlu Osmanlı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257956956</t>
+          <t>9786257956833</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ben Aşk'ım! - Ene'l-Hak</t>
+          <t>Osmanlı'nın Romanı - 1: Ahlat'tan Söğüt'e</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257956949</t>
+          <t>9786257956772</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Aşk</t>
+          <t>Çocuklar için Milli Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258250237</t>
+          <t>9786255669100</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Siyah Giyen Kadınlar</t>
+          <t>Tanrı Fabrikaları</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255669032</t>
+          <t>9786257956956</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ne Mahalleymiş Be! (Ciltli)</t>
+          <t>Ben Aşk'ım! - Ene'l-Hak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258250251</t>
+          <t>9786257956949</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çürüme</t>
+          <t>Korona Günlerinde Aşk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255669070</t>
+          <t>9786258250237</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çarşamba’yı Yel Aldı</t>
+          <t>Siyah Giyen Kadınlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258250220</t>
+          <t>9786255669032</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Kadınlar</t>
+          <t>Ne Mahalleymiş Be! (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255669087</t>
+          <t>9786258250251</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Marmara’dan Ege’ye Deprem Riski</t>
+          <t>Çürüme</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257956475</t>
+          <t>9786255669070</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mahir: Yaşamı ve Mücadelesi</t>
+          <t>Çarşamba’yı Yel Aldı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257956307</t>
+          <t>9786258250220</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıl Savaşları: Cumhuriyet ve Tarikat</t>
+          <t>Aynadaki Kadınlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059833585</t>
+          <t>9786255669087</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 5 - Atatürk...</t>
+          <t>Marmara’dan Ege’ye Deprem Riski</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059833776</t>
+          <t>9786257956475</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Deniz - Yaşamı ve Mücadelesi</t>
+          <t>Mahir: Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055452872</t>
+          <t>9786257956307</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İflas</t>
+          <t>Yüzyıl Savaşları: Cumhuriyet ve Tarikat</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058024380</t>
+          <t>9786059833585</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Savaşı</t>
+          <t>Mustafa Kemal'in Romanı 5 - Atatürk...</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055452124</t>
+          <t>9786059833776</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kadro Aylık Fikir Mecmuası Tıpkı Basım 1932-1934 (2 Cilt Takım Kutulu) (Ciltli)</t>
+          <t>Deniz - Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>5000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055452094</t>
+          <t>9786055452872</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Masalı</t>
+          <t>Stratejik İflas</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944109642</t>
+          <t>9786058024380</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Biz Şayak Kalpaklı Sarışın Bir Kurdun Çocuklarıyız</t>
+          <t>Gerilla Savaşı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9756288630002</t>
+          <t>9786055452124</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Che Bütün Yazıları</t>
+          <t>Kadro Aylık Fikir Mecmuası Tıpkı Basım 1932-1934 (2 Cilt Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756288382</t>
+          <t>9786055452094</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Che</t>
+          <t>Demokrasi Masalı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055452384</t>
+          <t>9789944109642</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Berlin’den Türkler Geçti</t>
+          <t>Çünkü Biz Şayak Kalpaklı Sarışın Bir Kurdun Çocuklarıyız</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055452254</t>
+          <t>9756288630002</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Che Bütün Yazıları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055452803</t>
+          <t>9789756288382</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ötgen Künler</t>
+          <t>Che</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9799756288206</t>
+          <t>9786055452384</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Nerimanov</t>
+          <t>Berlin’den Türkler Geçti</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055452735</t>
+          <t>9786055452254</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255669001</t>
+          <t>9786055452803</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sukutuhayal Sokak</t>
+          <t>Ötgen Künler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056915444</t>
+          <t>9799756288206</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Gençlik</t>
+          <t>Nerimanov</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059833615</t>
+          <t>9786055452735</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kesik Damarları - 1</t>
+          <t>Mukaddes</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944109963</t>
+          <t>9786255669001</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yunan Yurdu mu?</t>
+          <t>Sukutuhayal Sokak</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058024342</t>
+          <t>9786056915444</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan</t>
+          <t>Atatürk ve Gençlik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257956970</t>
+          <t>9786059833615</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sığınmalar</t>
+          <t>Türkiye’nin Kesik Damarları - 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257956994</t>
+          <t>9789944109963</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hariciye Öyküleri</t>
+          <t>Anadolu Yunan Yurdu mu?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257956987</t>
+          <t>9786058024342</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fethiye’nin Düğünü</t>
+          <t>Sosyalizm ve İnsan</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059833196</t>
+          <t>9786257956970</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm Seti ( 5 Kitap Set ) (Ciltli)</t>
+          <t>Sığınmalar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>2000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059833417</t>
+          <t>9786257956994</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı (5 Cilt Takım)</t>
+          <t>Hariciye Öyküleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>2000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057194336</t>
+          <t>9786257956987</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 2 - Çakır Mustafa...</t>
+          <t>Fethiye’nin Düğünü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055452742</t>
+          <t>9786059833196</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 1 - Acılar Masal Oldu</t>
+          <t>Kemalizm Seti ( 5 Kitap Set ) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257956611</t>
+          <t>9786059833417</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Kuzguncuk Ansiklopedisi</t>
+          <t>Mustafa Kemal'in Romanı (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257956512</t>
+          <t>9786057194336</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlyas Salman Seti (5 Kitap Takım)</t>
+          <t>Mustafa Kemal'in Romanı 2 - Çakır Mustafa...</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>840</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257956697</t>
+          <t>9786055452742</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyalizmi (Ciltli)</t>
+          <t>Mustafa Kemal'in Romanı 1 - Acılar Masal Oldu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257956666</t>
+          <t>9786257956611</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sabiha Gökçen Atatürk’ü Anlatıyor (Ciltli)</t>
+          <t>A'dan Z'ye Kuzguncuk Ansiklopedisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257956635</t>
+          <t>9786257956512</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Atatürk (Ciltli)</t>
+          <t>İlyas Salman Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>500</v>
+        <v>840</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257956673</t>
+          <t>9786257956697</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Çocuk Sarayı (Ciltli)</t>
+          <t>Türk Sosyalizmi (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257956529</t>
+          <t>9786257956666</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Atatürk</t>
+          <t>Sabiha Gökçen Atatürk’ü Anlatıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059833394</t>
+          <t>9786257956635</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 3 - Selanik'ten İzmir'e</t>
+          <t>Minikler İçin Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257956758</t>
+          <t>9786257956673</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ya Cumhuriyet Olmasaydı? (Ciltli)</t>
+          <t>Atatürk’ün Çocuk Sarayı (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257956703</t>
+          <t>9786257956529</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Yurdu Anadolu (Ciltli)</t>
+          <t>Devrimci Atatürk</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257956710</t>
+          <t>9786059833394</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kemale Ermek (Ciltli)</t>
+          <t>Mustafa Kemal'in Romanı 3 - Selanik'ten İzmir'e</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257956789</t>
+          <t>9786257956758</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Cerrah Olmak</t>
+          <t>Ya Cumhuriyet Olmasaydı? (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257956680</t>
+          <t>9786257956703</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bir Halk Çocukları İhtilali Cumhuriyet (Ciltli)</t>
+          <t>Türk Yurdu Anadolu (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257956734</t>
+          <t>9786257956710</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Öyküleri (Ciltli)</t>
+          <t>Kemale Ermek (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257956659</t>
+          <t>9786257956789</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Bozkurt</t>
+          <t>Cerrah Olmak</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257956819</t>
+          <t>9786257956680</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>23 Soruda 23 Nisan</t>
+          <t>Bir Halk Çocukları İhtilali Cumhuriyet (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257956796</t>
+          <t>9786257956734</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>19 Soruda 19 Mayıs</t>
+          <t>Atatürk Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257956598</t>
+          <t>9786257956659</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Keriyol - 3</t>
+          <t>Arkadaşım Bozkurt</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257956536</t>
+          <t>9786257956819</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan'da Türk Soykırımı</t>
+          <t>23 Soruda 23 Nisan</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257956628</t>
+          <t>9786257956796</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Okulu</t>
+          <t>19 Soruda 19 Mayıs</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257956604</t>
+          <t>9786257956598</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslam ve Karizmatik Diktatörlük</t>
+          <t>Keriyol - 3</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257956574</t>
+          <t>9786257956536</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Işığında Türk Devrimi</t>
+          <t>Doğu Türkistan'da Türk Soykırımı</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257956567</t>
+          <t>9786257956628</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Babam Benim Kahramanım (Ciltli)</t>
+          <t>Atatürk Okulu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257956581</t>
+          <t>9786257956604</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Saygılarımı Sunarım</t>
+          <t>Siyasal İslam ve Karizmatik Diktatörlük</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257956550</t>
+          <t>9786257956574</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Köye Çöken Karanlık</t>
+          <t>Felsefe Işığında Türk Devrimi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257956543</t>
+          <t>9786257956567</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cerrah Olmanın Gizemleri</t>
+          <t>Babam Benim Kahramanım (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056976742</t>
+          <t>9786257956581</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (9 Kitap Takım)</t>
+          <t>Saygılarımı Sunarım</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1020</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257956451</t>
+          <t>9786257956550</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Suriye, Hititler ve Türk Uygarlık Tarihi</t>
+          <t>Köye Çöken Karanlık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258250060</t>
+          <t>9786257956543</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Lozan Yalanları ve Gerçekler</t>
+          <t>Cerrah Olmanın Gizemleri</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055452667</t>
+          <t>9786056976742</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Krallarla Seks</t>
+          <t>Sabahattin Ali Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257956505</t>
+          <t>9786257956451</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler (5 Kitaplık Set)</t>
+          <t>Suriye, Hititler ve Türk Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>775</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257956482</t>
+          <t>9786258250060</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Deniz: Yaşamı ve Mücadelesi</t>
+          <t>Lozan Yalanları ve Gerçekler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257956499</t>
+          <t>9786055452667</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Che: Yaşamı ve Mücadelesi</t>
+          <t>Krallarla Seks</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257956468</t>
+          <t>9786257956505</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Süt Güğümündeki Kurbağalar</t>
+          <t>Devrimciler (5 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>775</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257956314</t>
+          <t>9786257956482</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Sıra Neferleri</t>
+          <t>Deniz: Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257956352</t>
+          <t>9786257956499</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Seti (5 Kitap)</t>
+          <t>Che: Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>565</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257956338</t>
+          <t>9786257956468</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimi</t>
+          <t>Süt Güğümündeki Kurbağalar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257956291</t>
+          <t>9786257956314</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Göçmen İstilası</t>
+          <t>Cumhuriyet’in Sıra Neferleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257956284</t>
+          <t>9786257956352</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Atatürk</t>
+          <t>Cumhuriyet Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>565</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257956246</t>
+          <t>9786257956338</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yekta Güngör Özden : Atatürkçülüğe Adanmış Bir Ömür</t>
+          <t>Cumhuriyet Devrimi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257956253</t>
+          <t>9786257956291</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Sokakları</t>
+          <t>Göçmen İstilası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257956239</t>
+          <t>9786257956284</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih</t>
+          <t>Demokrat Atatürk</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257956208</t>
+          <t>9786257956246</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşı’ndan Kurtuluş’a İzmir (1914-1922)</t>
+          <t>Yekta Güngör Özden : Atatürkçülüğe Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258250152</t>
+          <t>9786257956253</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Atatürk</t>
+          <t>Tarihin Arka Sokakları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257956222</t>
+          <t>9786257956239</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yanarken</t>
+          <t>Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258250169</t>
+          <t>9786257956208</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bedreddin: Yaşamı ve Mücadelesi</t>
+          <t>Dünya Savaşı’ndan Kurtuluş’a İzmir (1914-1922)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257956215</t>
+          <t>9786258250152</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ankara ve Atatürk Orman Çiftliği: Atatürk'ün Dehası</t>
+          <t>Devrimci Atatürk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258250190</t>
+          <t>9786257956222</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Gençlik</t>
+          <t>Çanakkale Yanarken</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258250183</t>
+          <t>9786258250169</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs: Komplo Teorilerine Yanıt</t>
+          <t>Bedreddin: Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258250138</t>
+          <t>9786257956215</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı</t>
+          <t>Ankara ve Atatürk Orman Çiftliği: Atatürk'ün Dehası</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258250121</t>
+          <t>9786258250190</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Demirel Kapıyı Çalınca</t>
+          <t>Atatürk ve Gençlik</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057194367</t>
+          <t>9786258250183</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ve... Geldikleri Gibi Gittiler</t>
+          <t>19 Mayıs: Komplo Teorilerine Yanıt</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258250077</t>
+          <t>9786258250138</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Serda - Cumhuriyet'in Mutlu Günleri</t>
+          <t>Kutup Yıldızı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258250053</t>
+          <t>9786258250121</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sultangaliyev: Yaşamı ve Mücadelesi</t>
+          <t>Demirel Kapıyı Çalınca</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258250091</t>
+          <t>9786057194367</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Kadın Kahramanları - 2</t>
+          <t>Ve... Geldikleri Gibi Gittiler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258250046</t>
+          <t>9786258250077</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yarin Yanağından Gayri - Bedreddin ve Yoldaşları</t>
+          <t>Serda - Cumhuriyet'in Mutlu Günleri</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257956345</t>
+          <t>9786258250053</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sabiha Gökçen Atatürk’ü Anlatıyor</t>
+          <t>Sultangaliyev: Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057194329</t>
+          <t>9786258250091</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Motosiklet Günlüğü</t>
+          <t>Türk Kültürünün Kadın Kahramanları - 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057120670</t>
+          <t>9786258250046</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Zübeyde Hanım'ın Çilesi</t>
+          <t>Yarin Yanağından Gayri - Bedreddin ve Yoldaşları</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057120625</t>
+          <t>9786257956345</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>CHP Vilayet Kongrelerinin Parti Politikalarına Etkileri (1930-1950)</t>
+          <t>Sabiha Gökçen Atatürk’ü Anlatıyor</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057120663</t>
+          <t>9786057194329</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenleri Neden Öldürüyorlar?</t>
+          <t>Motosiklet Günlüğü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057120656</t>
+          <t>9786057120670</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kadınları Neden Öldürüyorlar?</t>
+          <t>Zübeyde Hanım'ın Çilesi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944109628</t>
+          <t>9786057120625</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Engini Buldu Gönül</t>
+          <t>CHP Vilayet Kongrelerinin Parti Politikalarına Etkileri (1930-1950)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057120687</t>
+          <t>9786057120663</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Ol İmkansızı İste</t>
+          <t>Öğretmenleri Neden Öldürüyorlar?</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944109703</t>
+          <t>9786057120656</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes</t>
+          <t>Kadınları Neden Öldürüyorlar?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057120694</t>
+          <t>9789944109628</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İlyas Salman Sinema Anıları</t>
+          <t>Engini Buldu Gönül</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057120601</t>
+          <t>9786057120687</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Gerçekçi Ol İmkansızı İste</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057063793</t>
+          <t>9789944109703</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gün Gün Şike Kumpası</t>
+          <t>Mukaddes</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057063786</t>
+          <t>9786057120694</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Kuran Bürokrat</t>
+          <t>İlyas Salman Sinema Anıları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057063779</t>
+          <t>9786057120601</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Vicdan</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057063762</t>
+          <t>9786057063793</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Orman Çiftliği</t>
+          <t>Gün Gün Şike Kumpası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057063731</t>
+          <t>9786057063786</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Gerçek</t>
+          <t>Hükümet Kuran Bürokrat</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057063748</t>
+          <t>9786057063779</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aydınlığında Gerçek Din</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057063755</t>
+          <t>9786057063762</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve İnsan</t>
+          <t>Atatürk Orman Çiftliği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057063724</t>
+          <t>9786057063731</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Yokuşlu Bir Yoldur</t>
+          <t>Kur’an Gerçek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057063717</t>
+          <t>9786057063748</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İzler, İzlenimler - Keriyol 2</t>
+          <t>Gerçek Aydınlığında Gerçek Din</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057042996</t>
+          <t>9786057063755</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yollar, Yolculuklar - Keriyol 1</t>
+          <t>Bilim ve İnsan</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057063700</t>
+          <t>9786057063724</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Anıları 1960-1970</t>
+          <t>Yaşam Yokuşlu Bir Yoldur</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057042965</t>
+          <t>9786057063717</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Korona İle Dans</t>
+          <t>İzler, İzlenimler - Keriyol 2</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057042910</t>
+          <t>9786057042996</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hasta İnsanlığa Somut Umut</t>
+          <t>Yollar, Yolculuklar - Keriyol 1</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786056915550</t>
+          <t>9786057063700</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Parolası</t>
+          <t>Kütahya Anıları 1960-1970</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786056915567</t>
+          <t>9786057042965</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Pigmalyon</t>
+          <t>Korona İle Dans</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257956192</t>
+          <t>9786057042910</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Munzur’daki Zorbaz</t>
+          <t>Hasta İnsanlığa Somut Umut</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257956178</t>
+          <t>9786056915550</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Anavatan Türkmenistan</t>
+          <t>Atatürk Parolası</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257956185</t>
+          <t>9786056915567</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar</t>
+          <t>Pigmalyon</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257956062</t>
+          <t>9786257956192</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çin Zindanında Doğu Türkistanlı Bir Aydın</t>
+          <t>Munzur’daki Zorbaz</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257956161</t>
+          <t>9786257956178</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Adı Gizlenen Sevgililer</t>
+          <t>Anavatan Türkmenistan</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257956086</t>
+          <t>9786257956185</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Laiklik ve Demokrasi</t>
+          <t>Yapraklar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257956055</t>
+          <t>9786257956062</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ömer Muhtar’dan Kaddafi’ye Libya’da Ulusal Kurtuluş Hareketi</t>
+          <t>Çin Zindanında Doğu Türkistanlı Bir Aydın</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786056976759</t>
+          <t>9786257956161</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Din Adamları</t>
+          <t>Adı Gizlenen Sevgililer</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786058024397</t>
+          <t>9786257956086</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Diktatörlüğe Açılan Kapılar</t>
+          <t>Laiklik ve Demokrasi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786058024359</t>
+          <t>9786257956055</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist İktisat</t>
+          <t>Ömer Muhtar’dan Kaddafi’ye Libya’da Ulusal Kurtuluş Hareketi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056976711</t>
+          <t>9786056976759</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Enteresan Olaylar ve İnsanlar</t>
+          <t>Milli Mücadele'de Din Adamları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786058024366</t>
+          <t>9786058024397</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Devrimi</t>
+          <t>Diktatörlüğe Açılan Kapılar</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058024373</t>
+          <t>9786058024359</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İki Üç Daha Fazla Vietnam</t>
+          <t>Sosyalist İktisat</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786056976704</t>
+          <t>9786056976711</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Devrim</t>
+          <t>Tarihte Enteresan Olaylar ve İnsanlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786058025790</t>
+          <t>9786058024366</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kağnı Ses</t>
+          <t>Latin Amerika Devrimi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786058024311</t>
+          <t>9786058024373</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>İki Üç Daha Fazla Vietnam</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786058024335</t>
+          <t>9786056976704</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Gençlik ve Devrim</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786058025752</t>
+          <t>9786058025790</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kağnı Ses</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786058025769</t>
+          <t>9786058024311</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Dağlar ve Rüzgar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786058024328</t>
+          <t>9786058024335</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058025783</t>
+          <t>9786058025752</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786058024304</t>
+          <t>9786058025769</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Esirler</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058025776</t>
+          <t>9786058024328</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058025721</t>
+          <t>9786058025783</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan ve Kardan Adam (Ciltli)</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058025714</t>
+          <t>9786058024304</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hele Bir 40’ı Çıksın</t>
+          <t>Esirler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786058025707</t>
+          <t>9786058025776</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Askeri Olmak (Ciltli)</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786056937675</t>
+          <t>9786058025721</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Silivri Defterleri 2</t>
+          <t>Oğuz Kağan ve Kardan Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786056937668</t>
+          <t>9786058025714</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Silivri Defterleri 3</t>
+          <t>Hele Bir 40’ı Çıksın</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786056937620</t>
+          <t>9786058025707</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nazım'a Kurulan Kumpas</t>
+          <t>Mustafa Kemal’in Askeri Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786056937644</t>
+          <t>9786056937675</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Edebiyatında Muhalif Yazarlar</t>
+          <t>Silivri Defterleri 2</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786056937613</t>
+          <t>9786056937668</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Cinayeti</t>
+          <t>Silivri Defterleri 3</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786056937682</t>
+          <t>9786056937620</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Benim En Güzel Hikayem Hayatım</t>
+          <t>Nazım'a Kurulan Kumpas</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786056937651</t>
+          <t>9786056937644</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Silivri Defterleri 1</t>
+          <t>Amerikan Edebiyatında Muhalif Yazarlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786056915574</t>
+          <t>9786056937613</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İzmir'in Dağlarında Çiçekler Açar (Ciltli)</t>
+          <t>Sabahattin Ali Cinayeti</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786058109582</t>
+          <t>9786056937682</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Filistin, Siyonizm ve Kudüs Sorunu</t>
+          <t>Benim En Güzel Hikayem Hayatım</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786056915505</t>
+          <t>9786056937651</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Aramızdan Ayrılışı</t>
+          <t>Silivri Defterleri 1</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056915482</t>
+          <t>9786056915574</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çağdaşlık</t>
+          <t>İzmir'in Dağlarında Çiçekler Açar (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786056915475</t>
+          <t>9786058109582</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Deniz Sevdası</t>
+          <t>Filistin, Siyonizm ve Kudüs Sorunu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786056915512</t>
+          <t>9786056915505</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Asker Atatürk</t>
+          <t>Atatürk ve Aramızdan Ayrılışı</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057194350</t>
+          <t>9786056915482</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İnsancıl Gülümseyişi ile Atatürk</t>
+          <t>Atatürk ve Çağdaşlık</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057194343</t>
+          <t>9786056915475</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çocuk</t>
+          <t>Atatürk ve Deniz Sevdası</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786058109506</t>
+          <t>9786056915512</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan ve Melekleri (Ciltli)</t>
+          <t>Asker Atatürk</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059833998</t>
+          <t>9786057194350</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü'den Aşkı ve Devrimciliği Öğrenmek (Ciltli)</t>
+          <t>İnsancıl Gülümseyişi ile Atatürk</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059833981</t>
+          <t>9786057194343</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Gerçek Yaşamı 3</t>
+          <t>Atatürk ve Çocuk</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059833950</t>
+          <t>9786058109506</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Gerçek Yaşamı (3 Kitap Takım)</t>
+          <t>Oğuz Kağan ve Melekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>1200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786058109520</t>
+          <t>9786059833998</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bolivya Günlüğü</t>
+          <t>İsmet İnönü'den Aşkı ve Devrimciliği Öğrenmek (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786058109568</t>
+          <t>9786059833981</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Faşo Ağalara Karşı Birleşelim!</t>
+          <t>Nazım Hikmet - Gerçek Yaşamı 3</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059833974</t>
+          <t>9786059833950</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Gerçek Yaşamı 2</t>
+          <t>Nazım Hikmet - Gerçek Yaşamı (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059833967</t>
+          <t>9786058109520</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Gerçek Yaşamı 1</t>
+          <t>Bolivya Günlüğü</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786058109544</t>
+          <t>9786058109568</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Faşo Ağalara Karşı Birleşelim!</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059833929</t>
+          <t>9786059833974</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Haşmet Bey'in Mirası</t>
+          <t>Nazım Hikmet - Gerçek Yaşamı 2</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059833943</t>
+          <t>9786059833967</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Devrim'in Çocukları</t>
+          <t>Nazım Hikmet - Gerçek Yaşamı 1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059833882</t>
+          <t>9786058109544</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Müttefik Kuşatması</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059833851</t>
+          <t>9786059833929</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>PKK'nın Şehir Savaşı ve PYD/YPG Tarihi</t>
+          <t>Haşmet Bey'in Mirası</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059833844</t>
+          <t>9786059833943</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Depremle Koyun Koyuna Yazlık Sevdası</t>
+          <t>Devrim'in Çocukları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059833431</t>
+          <t>9786059833882</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>1960’lardan 2000’lere Türkçü Düşünce</t>
+          <t>Müttefik Kuşatması</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059833424</t>
+          <t>9786059833851</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Emniyet Müdürünün Kaleminden - İmralı Zabıtları</t>
+          <t>PKK'nın Şehir Savaşı ve PYD/YPG Tarihi</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059833301</t>
+          <t>9786059833844</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufa Reddiye</t>
+          <t>Depremle Koyun Koyuna Yazlık Sevdası</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059833646</t>
+          <t>9786059833431</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Tutulan Ayna</t>
+          <t>1960’lardan 2000’lere Türkçü Düşünce</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059833653</t>
+          <t>9786059833424</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyübi</t>
+          <t>Bir Emniyet Müdürünün Kaleminden - İmralı Zabıtları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059833691</t>
+          <t>9786059833301</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Silivri Savunması</t>
+          <t>Tasavvufa Reddiye</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059833677</t>
+          <t>9786059833646</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Şer Ekseni Tuzağı</t>
+          <t>Tarihe Tutulan Ayna</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258250107</t>
+          <t>9786059833653</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>FETÖ'den Sonra Pusudaki Cemaatler</t>
+          <t>Selahaddin Eyyübi</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059833592</t>
+          <t>9786059833691</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Önce Sen Söyle</t>
+          <t>Silivri Savunması</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059833608</t>
+          <t>9786059833677</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Erciyes Tutkusu</t>
+          <t>Türkiye'ye Şer Ekseni Tuzağı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059833639</t>
+          <t>9786258250107</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Adalet Yürüyüşü (Ciltli)</t>
+          <t>FETÖ'den Sonra Pusudaki Cemaatler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>95</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059833578</t>
+          <t>9786059833592</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 4 - Gazi Paşa...</t>
+          <t>Önce Sen Söyle</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059833554</t>
+          <t>9786059833608</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Satrancın İki Tarafı</t>
+          <t>Erciyes Tutkusu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059833561</t>
+          <t>9786059833639</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Meclis Açılış Konuşmaları</t>
+          <t>Adalet Yürüyüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944109109</t>
+          <t>9786059833578</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sistemi ve Emperyalizm</t>
+          <t>Mustafa Kemal'in Romanı 4 - Gazi Paşa...</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056915543</t>
+          <t>9786059833554</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Emperyalizmi Doğuşu ve Gelişimi</t>
+          <t>Satrancın İki Tarafı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055452957</t>
+          <t>9786059833561</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Dersim Arşivi</t>
+          <t>Atatürk’ün Meclis Açılış Konuşmaları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059833264</t>
+          <t>9789944109109</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Van Şiirleri ve Vanlı Şairler Antolojisi</t>
+          <t>Dünya Sistemi ve Emperyalizm</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055452988</t>
+          <t>9786056915543</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çırpınırdı Karadeniz'in Bestecisi Üzeyir Hacıbeyli</t>
+          <t>Amerikan Emperyalizmi Doğuşu ve Gelişimi</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059833219</t>
+          <t>9786055452957</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Pop</t>
+          <t>Cumhurbaşkanlığı Dersim Arşivi</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055452087</t>
+          <t>9786059833264</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Üstü, Bulutların Altı</t>
+          <t>Van Şiirleri ve Vanlı Şairler Antolojisi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944109154</t>
+          <t>9786055452988</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Milli Komünizmin Öncüleri Vahidov</t>
+          <t>Çırpınırdı Karadeniz'in Bestecisi Üzeyir Hacıbeyli</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789756288689</t>
+          <t>9786059833219</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Milli Komünizmin Öncüleri Riskulov</t>
+          <t>Karadeniz Pop</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055452933</t>
+          <t>9786055452087</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Türkçesi (Ciltli)</t>
+          <t>Bulutların Üstü, Bulutların Altı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055452025</t>
+          <t>9789944109154</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Nedir, Ne Değildir?</t>
+          <t>Milli Komünizmin Öncüleri Vahidov</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055452575</t>
+          <t>9789756288689</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Boyu Mutluluk</t>
+          <t>Milli Komünizmin Öncüleri Riskulov</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055452568</t>
+          <t>9786055452933</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycanlı Don Juan</t>
+          <t>Aşkın Türkçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756288771</t>
+          <t>9786055452025</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sol’da Örgütlenme</t>
+          <t>Türk Milliyetçiliği Nedir, Ne Değildir?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055452223</t>
+          <t>9786055452575</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kürtler</t>
+          <t>Bir Ömür Boyu Mutluluk</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059833080</t>
+          <t>9786055452568</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bir Emniyet Müdürünün Kaleminden Çözüm Süreci</t>
+          <t>Azerbaycanlı Don Juan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000013097</t>
+          <t>9789756288771</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Çevre</t>
+          <t>Ulusal Sol’da Örgütlenme</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055452247</t>
+          <t>9786055452223</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’da Türk Soykırımı</t>
+          <t>Atatürk ve Kürtler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9799756288541</t>
+          <t>9786059833080</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>11’ler Olayı</t>
+          <t>Bir Emniyet Müdürünün Kaleminden Çözüm Süreci</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059833134</t>
+          <t>3990000013097</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sen Aşk Nedir Biliyor musun?</t>
+          <t>Kapitalizm ve Çevre</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059833110</t>
+          <t>9786055452247</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aysel Tarihe Tanık Hayat</t>
+          <t>Kafkasya’da Türk Soykırımı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055452995</t>
+          <t>9799756288541</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Konumu</t>
+          <t>11’ler Olayı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055452964</t>
+          <t>9786059833134</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Genç Türk Turan Yolunda</t>
+          <t>Sen Aşk Nedir Biliyor musun?</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059833011</t>
+          <t>9786059833110</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Türkçenin Geleceği</t>
+          <t>Aysel Tarihe Tanık Hayat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055452780</t>
+          <t>9786055452995</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Aahh Canım Kuzguncuk</t>
+          <t>Türkiye’nin Konumu</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055452018</t>
+          <t>9786055452964</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Adalet Menzili</t>
+          <t>Genç Türk Turan Yolunda</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055452865</t>
+          <t>9786059833011</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nda İstanbullu ve Ankaralı Komünistler</t>
+          <t>Türkiye ve Türkçenin Geleceği</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055452827</t>
+          <t>9786055452780</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Türk Lehçeleri</t>
+          <t>Aahh Canım Kuzguncuk</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055452797</t>
+          <t>9786055452018</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yunan'la Sirtaki</t>
+          <t>Adalet Menzili</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055452773</t>
+          <t>9786055452865</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gezi'deki Ağaç (Ciltli)</t>
+          <t>Kurtuluş Savaşı’nda İstanbullu ve Ankaralı Komünistler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055452582</t>
+          <t>9786055452827</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı Dünyası İsmail Gaspıralı Dehası</t>
+          <t>Türk Lehçeleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055452513</t>
+          <t>9786055452797</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Bakış</t>
+          <t>Yunan'la Sirtaki</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055452612</t>
+          <t>9786055452773</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Şah Abbas</t>
+          <t>Gezi'deki Ağaç (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059833288</t>
+          <t>9786055452582</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devletin Geleceği</t>
+          <t>İsmail Gaspıralı Dünyası İsmail Gaspıralı Dehası</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055452759</t>
+          <t>9786055452513</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Rumeli'de Kaldı</t>
+          <t>Dünyaya Bakış</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055452650</t>
+          <t>9786055452612</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Nazım'ın Çilesi</t>
+          <t>Şah Abbas</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059833318</t>
+          <t>9786059833288</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Barış Gönüllüleri ve Türkiye'deki Faaliyetleri</t>
+          <t>Ulus Devletin Geleceği</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059833349</t>
+          <t>9786055452759</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Menderes Hükümetleri Dönemi</t>
+          <t>Kalbim Rumeli'de Kaldı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055452704</t>
+          <t>9786055452650</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bir Emniyet Müdürünün Kaleminden Oslo Görüşmeleri</t>
+          <t>Nazım'ın Çilesi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055452711</t>
+          <t>9786059833318</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Türk Ulusçu Şehircilik ve Belediyecilik</t>
+          <t>Amerikan Barış Gönüllüleri ve Türkiye'deki Faaliyetleri</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055452643</t>
+          <t>9786059833349</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kurt Tonyukuk</t>
+          <t>Menderes Hükümetleri Dönemi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055452599</t>
+          <t>9786055452704</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Timur ve Yahudiler</t>
+          <t>Bir Emniyet Müdürünün Kaleminden Oslo Görüşmeleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055452636</t>
+          <t>9786055452711</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>1434</t>
+          <t>Türk Ulusçu Şehircilik ve Belediyecilik</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055452629</t>
+          <t>9786055452643</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türk Müydü?</t>
+          <t>Bilge Kurt Tonyukuk</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055452551</t>
+          <t>9786055452599</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Taksim’de Kutsal İsyan</t>
+          <t>Timur ve Yahudiler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944109611</t>
+          <t>9786055452636</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yamanoğlu Aşireti’nin En Büyük Oğlu Kerim</t>
+          <t>1434</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055452308</t>
+          <t>9786055452629</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Uluğbey’in Hazinesi</t>
+          <t>Osmanlı Türk Müydü?</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944109482</t>
+          <t>9786055452551</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi’ne Yeni Bir Bakış</t>
+          <t>Taksim’de Kutsal İsyan</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055452193</t>
+          <t>9789944109611</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu’nun Tasfiyesi (Ciltli)</t>
+          <t>Yamanoğlu Aşireti’nin En Büyük Oğlu Kerim</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000017758</t>
+          <t>9786055452308</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tün, Gün ve Sabah</t>
+          <t>Uluğbey’in Hazinesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055452377</t>
+          <t>9789944109482</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Turancı Sosyalist Ethem Nejat</t>
+          <t>Türk Tarihi’ne Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789944109635</t>
+          <t>9786055452193</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Türkler ve Solculuk</t>
+          <t>Türk Ordusu’nun Tasfiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055452858</t>
+          <t>3990000017758</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Son Timurlu</t>
+          <t>Tün, Gün ve Sabah</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786056915536</t>
+          <t>9786055452377</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Irkçılık</t>
+          <t>Turancı Sosyalist Ethem Nejat</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055452346</t>
+          <t>9789944109635</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Sevda Şiirleri</t>
+          <t>Tarih Boyunca Türkler ve Solculuk</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055452452</t>
+          <t>9786055452858</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kadınlar Amazonlar</t>
+          <t>Son Timurlu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756288429</t>
+          <t>9786056915536</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Gerçeği Sovyetler’den Günümüze</t>
+          <t>Siyonizm ve Irkçılık</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055452292</t>
+          <t>9786055452346</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Nevruz - Türk Ergenekon Bayramı</t>
+          <t>Sevda Şiirleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055452841</t>
+          <t>9786055452452</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Nevai</t>
+          <t>Savaşçı Kadınlar Amazonlar</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756288665</t>
+          <t>9789756288429</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Nerimanov Mektuplar</t>
+          <t>Orta Asya Gerçeği Sovyetler’den Günümüze</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789756288313</t>
+          <t>9786055452292</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Neriman Nerimanov - Seçme Makaleler</t>
+          <t>Nevruz - Türk Ergenekon Bayramı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786056937637</t>
+          <t>9786055452841</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Nazım’ın Hasreti</t>
+          <t>Nevai</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055452131</t>
+          <t>9789756288665</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kuzguncuklular Kuzguncuk’u Anlatıyor</t>
+          <t>Nerimanov Mektuplar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944109505</t>
+          <t>9789756288313</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kim Türk? Türkçe Ne?</t>
+          <t>Neriman Nerimanov - Seçme Makaleler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944109604</t>
+          <t>9786056937637</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Pırpır</t>
+          <t>Nazım’ın Hasreti</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059833240</t>
+          <t>9786055452131</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Beyaz</t>
+          <t>Kuzguncuklular Kuzguncuk’u Anlatıyor</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055452490</t>
+          <t>9789944109505</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kemale Ermek (Ciltli)</t>
+          <t>Kim Türk? Türkçe Ne?</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055452285</t>
+          <t>9789944109604</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kar Kan Rengiydi O Gece</t>
+          <t>Kısaca Pırpır</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055452834</t>
+          <t>9786059833240</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina</t>
+          <t>Kırmızı Beyaz</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055452360</t>
+          <t>9786055452490</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hiroshima No Pika</t>
+          <t>Kemale Ermek (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059833233</t>
+          <t>9786055452285</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hem Sosyalistim Hem De Kemalist!</t>
+          <t>Kar Kan Rengiydi O Gece</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789756288986</t>
+          <t>9786055452834</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hasretim Sansürlüdür</t>
+          <t>İbni Sina</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055452322</t>
+          <t>9786055452360</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Göktanrı’nın Kılıcı</t>
+          <t>Hiroshima No Pika</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055452216</t>
+          <t>9786059833233</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Devletin Dersim Arşivi</t>
+          <t>Hem Sosyalistim Hem De Kemalist!</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
+          <t>9789756288986</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Hasretim Sansürlüdür</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786055452322</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Göktanrı’nın Kılıcı</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786055452216</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Dersim Arşivi</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
           <t>9786258250114</t>
         </is>
       </c>
-      <c r="B279" s="1" t="inlineStr">
+      <c r="B282" s="1" t="inlineStr">
         <is>
           <t>Dersim Yalanları ve Gerçekler</t>
         </is>
       </c>
-      <c r="C279" s="1">
+      <c r="C282" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>