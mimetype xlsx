--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,4255 +85,7570 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944109550</t>
+          <t>9786255669131</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>68 - Devrimciler Ölür Ama Devrimler Durmaz Sürer</t>
+          <t>Otizmi Nasıl Yendim?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>80</v>
+        <v>625</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059833202</t>
+          <t>9786255669124</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Romanları (7 Kitap Set)</t>
+          <t>Cumhuriyet Tanığı Annem</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055452414</t>
+          <t>9786257956321</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Türk Soykırımı</t>
+          <t>Bir Halk Çocukları İhtilali: Cumhuriyet</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258250213</t>
+          <t>9786257956369</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Kahramanları</t>
+          <t>Atatürk'ün Çocuk Sarayı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255669049</t>
+          <t>9786258250084</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıl Savaşları: Cumhuriyet ve Tarikat</t>
+          <t>Türk Kültürünün Kadın Kahramanları - 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257956376</t>
+          <t>9786258250176</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim - Gerçek (Bez Ciltli Prestij Baskı)</t>
+          <t>Atatürk ve Eğitim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258250244</t>
+          <t>9786059833905</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs: Komplo Teorilerine Yanıt</t>
+          <t>Kuzguncuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255669056</t>
+          <t>4440000003013</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'le Neşeli Günler (Ciltli)</t>
+          <t>İlyas Salman Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257956963</t>
+          <t>9786056976728</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Güftelerin Gözü Kör...</t>
+          <t>AKP'nin AB İle Dansı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257956741</t>
+          <t>9786059833806</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Türk Tarihi (Ciltli)</t>
+          <t>Savunma</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257956765</t>
+          <t>9786059833752</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Atatürk (Ciltli)</t>
+          <t>68:50. Yıl Devrimciler Ölür Devrimler Durmaz Sürer (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257956802</t>
+          <t>9786055452926</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>29 Soruda 29 Ekim</t>
+          <t>Fareler ve Şizofrenler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255669117</t>
+          <t>9786055452940</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gelin Hanım</t>
+          <t>Sömürü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257956918</t>
+          <t>3990000011459</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Romanı (3 Cilt Takım)</t>
+          <t>Atatürkçülük Nedir</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>850</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257956857</t>
+          <t>9786055452902</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Romanı - 3: Fetih ve Fatih</t>
+          <t>Belgelerle AKP-PKK İttifakı (2002-2015)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257956840</t>
+          <t>9786055452674</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Romanı - 2: Zorlu Osmanlı</t>
+          <t>Kraliçelerle Seks</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257956833</t>
+          <t>9789944109901</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Romanı - 1: Ahlat'tan Söğüt'e</t>
+          <t>Yontamadık Gitti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257956772</t>
+          <t>9789756288047</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Milli Mücadele Tarihi</t>
+          <t>Yeni Sömürgeciliğe Karşı Yeni Milliyetçilik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255669100</t>
+          <t>9789944109581</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Fabrikaları</t>
+          <t>Ve Evlad-ı Fatihan: Havan Hasan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257956956</t>
+          <t>9789944109727</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ben Aşk'ım! - Ene'l-Hak</t>
+          <t>Nazım: Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257956949</t>
+          <t>9789944109826</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Aşk</t>
+          <t>Şehidim Aslanım Boşuna Mı Öldün...</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258250237</t>
+          <t>9789756288078</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Siyah Giyen Kadınlar</t>
+          <t>Atatürk'ün Yarbayı: Talat Turhan İçin Ne Dediler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255669032</t>
+          <t>9786055452810</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ne Mahalleymiş Be! (Ciltli)</t>
+          <t>Atatürk Gücünü Nereden Alıyordu?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258250251</t>
+          <t>9786056915598</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çürüme</t>
+          <t>Ankaralı Gelin</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255669070</t>
+          <t>9786059833813</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çarşamba’yı Yel Aldı</t>
+          <t>Mahir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258250220</t>
+          <t>9786059833769</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Kadınlar</t>
+          <t>Savunma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255669087</t>
+          <t>9786059833455</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Marmara’dan Ege’ye Deprem Riski</t>
+          <t>Nutuk (1938 Tıpkıbasım) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257956475</t>
+          <t>9786058109599</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mahir: Yaşamı ve Mücadelesi</t>
+          <t>Çağrı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257956307</t>
+          <t>9786058109537</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıl Savaşları: Cumhuriyet ve Tarikat</t>
+          <t>Küba Günlüğü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059833585</t>
+          <t>9786058109513</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 5 - Atatürk...</t>
+          <t>Gerçekçi Ol İmkansızı İste (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059833776</t>
+          <t>9786059833400</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Deniz - Yaşamı ve Mücadelesi</t>
+          <t>Kanlı Başkanlık Yolu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055452872</t>
+          <t>9786059833448</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İflas</t>
+          <t>Yeniden Bağımsızlık Sürecinde - Türk Dünyası Notları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058024380</t>
+          <t>9786059833509</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Savaşı</t>
+          <t>Kemalizmin İlkeleri: Altı Ok</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055452124</t>
+          <t>9786059833493</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kadro Aylık Fikir Mecmuası Tıpkı Basım 1932-1934 (2 Cilt Takım Kutulu) (Ciltli)</t>
+          <t>Atatürk’ü Sevmemek Günahtır</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>5000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055452094</t>
+          <t>9786059833530</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Masalı</t>
+          <t>Gaflet Dalalet Hıyanet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944109642</t>
+          <t>9786059833547</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Biz Şayak Kalpaklı Sarışın Bir Kurdun Çocuklarıyız</t>
+          <t>Yargı Nerede</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9756288630002</t>
+          <t>9786059833714</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Che Bütün Yazıları</t>
+          <t>Düğümler ve Çözümler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756288382</t>
+          <t>9786059833516</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Che</t>
+          <t>Türk Kültürünün Kadın Kahramanları (Cumhuriyet Dönemi)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055452384</t>
+          <t>9786059833486</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Berlin’den Türkler Geçti</t>
+          <t>1881’den 1938’e Gün Gün Atatürk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055452254</t>
+          <t>9786055452919</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Kazak Türkçesi Fonetiği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055452803</t>
+          <t>9786055452896</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ötgen Künler</t>
+          <t>Hırsız Vaaar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9799756288206</t>
+          <t>9786059833523</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nerimanov</t>
+          <t>Lozan Yalanları ve Gerçekler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055452735</t>
+          <t>9786055452681</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes</t>
+          <t>Paralel Devletler Savaşı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255669001</t>
+          <t>9786059833172</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sukutuhayal Sokak</t>
+          <t>Atatürkçü Bir Anneden Türk Çocuklarına Mektuplar</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056915444</t>
+          <t>9786055452698</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Gençlik</t>
+          <t>Siyasal Karanlık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>40</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059833615</t>
+          <t>9786059833271</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kesik Damarları - 1</t>
+          <t>Biz Türk'üz</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944109963</t>
+          <t>9786059833295</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yunan Yurdu mu?</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058024342</t>
+          <t>9786055452766</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan</t>
+          <t>Kuran-ı Kerim Gerçek (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>59.41</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257956970</t>
+          <t>9786056186318</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sığınmalar</t>
+          <t>Güzellik Uzmanlık İster</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257956994</t>
+          <t>9786055452728</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hariciye Öyküleri</t>
+          <t>Cumhuriyet Basınında Sergiler Bibliyografyası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257956987</t>
+          <t>9786055452889</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fethiye’nin Düğünü</t>
+          <t>Türk Siyasetinde Kürt İslamcılar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059833196</t>
+          <t>9786059833158</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm Seti ( 5 Kitap Set ) (Ciltli)</t>
+          <t>Türk Kültüründe Kurt İzleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>2000</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059833417</t>
+          <t>9786059833004</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı (5 Cilt Takım)</t>
+          <t>1. Dünya Savaşı’nda İzmir Savunması</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>2000</v>
+        <v>48</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057194336</t>
+          <t>9786055452544</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 2 - Çakır Mustafa...</t>
+          <t>Hanedan Skandalları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055452742</t>
+          <t>9786059833097</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 1 - Acılar Masal Oldu</t>
+          <t>Ahh Rumeli</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257956611</t>
+          <t>9786059833066</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Kuzguncuk Ansiklopedisi</t>
+          <t>Doğu Perinçek'in 50 Yılı 1965 - 2015</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>105</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257956512</t>
+          <t>9786055452971</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İlyas Salman Seti (5 Kitap Takım)</t>
+          <t>Hırsız Polisi Yakaladı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>840</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257956697</t>
+          <t>9786058109551</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyalizmi (Ciltli)</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257956666</t>
+          <t>9786057042972</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sabiha Gökçen Atatürk’ü Anlatıyor (Ciltli)</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257956635</t>
+          <t>9786057042903</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Atatürk (Ciltli)</t>
+          <t>Işıklı Günler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257956673</t>
+          <t>9786257956093</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Çocuk Sarayı (Ciltli)</t>
+          <t>Son İstasyon</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257956529</t>
+          <t>3990000452124</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Atatürk</t>
+          <t>Kadro Aylık Fikir Mecmuası Tıpkı Basım 1932-1934 Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059833394</t>
+          <t>9786257956109</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 3 - Selanik'ten İzmir'e</t>
+          <t>Umut Işıkları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257956758</t>
+          <t>9786257956079</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ya Cumhuriyet Olmasaydı? (Ciltli)</t>
+          <t>İstanbul Depremi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257956703</t>
+          <t>3990000025918</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türk Yurdu Anadolu (Ciltli)</t>
+          <t>Kontrgerilla Düzeni</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257956710</t>
+          <t>9786055452506</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kemale Ermek (Ciltli)</t>
+          <t>Kıyım ve Yıkım</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257956789</t>
+          <t>9789756288214</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Cerrah Olmak</t>
+          <t>Kemalizmin Yeni Yüzyıla Köprüsü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257956680</t>
+          <t>9789756288856</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Halk Çocukları İhtilali Cumhuriyet (Ciltli)</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257956734</t>
+          <t>9789756288863</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Öyküleri (Ciltli)</t>
+          <t>Kaptan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257956659</t>
+          <t>9799756288275</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Bozkurt</t>
+          <t>Kapitalizm ve Yahudiler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257956819</t>
+          <t>3990000003444</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>23 Soruda 23 Nisan</t>
+          <t>Kapitalist Soygun</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257956796</t>
+          <t>9789944109000</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>19 Soruda 19 Mayıs</t>
+          <t>Karacaoğlan Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257956598</t>
+          <t>9789944109512</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Keriyol - 3</t>
+          <t>İstila</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257956536</t>
+          <t>9789944109345</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan'da Türk Soykırımı</t>
+          <t>İstila</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257956628</t>
+          <t>9789944109338</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Okulu</t>
+          <t>İstanbul Depremi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257956604</t>
+          <t>9789944109574</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslam ve Karizmatik Diktatörlük</t>
+          <t>İdam - Deniz Yusuf Hüseyin</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257956574</t>
+          <t>3990000018318</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Işığında Türk Devrimi</t>
+          <t>Kaymakamlık Yıllarım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257956567</t>
+          <t>9789756288702</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Babam Benim Kahramanım (Ciltli)</t>
+          <t>Hitler’in Sığınağından Pentagon’a</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257956581</t>
+          <t>9789944109017</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Saygılarımı Sunarım</t>
+          <t>Hayyam Yaşamı ve Dörtlükleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257956550</t>
+          <t>9789756288139</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Köye Çöken Karanlık</t>
+          <t>Harbiye’den Babıali’ye Bir İhtilalcinin Anıları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257956543</t>
+          <t>9789944109956</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Cerrah Olmanın Gizemleri</t>
+          <t>Güneydoğu Kimin Yurdu?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786056976742</t>
+          <t>9789756288894</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (9 Kitap Takım)</t>
+          <t>Gökyüzüne Akan Irmak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1020</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257956451</t>
+          <t>9789756288412</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Suriye, Hititler ve Türk Uygarlık Tarihi</t>
+          <t>Göktanrı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258250060</t>
+          <t>9789756288085</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Lozan Yalanları ve Gerçekler</t>
+          <t>Genç Kemalistler Ordusu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055452667</t>
+          <t>9799756288459</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Krallarla Seks</t>
+          <t>Gazi’nin Hayatı - Türk’ün Altın Kitabı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257956505</t>
+          <t>3990000025919</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler (5 Kitaplık Set)</t>
+          <t>Galiyev</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>775</v>
+        <v>44</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257956482</t>
+          <t>9789944109208</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Deniz: Yaşamı ve Mücadelesi</t>
+          <t>Futbolun Çubuklu Forması</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257956499</t>
+          <t>9789756288245</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Che: Yaşamı ve Mücadelesi</t>
+          <t>Fethi Gürcan’ın Harbiyeleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257956468</t>
+          <t>9789944109284</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Süt Güğümündeki Kurbağalar</t>
+          <t>Fenerbahçe’nin Yüz Yılı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257956314</t>
+          <t>9789944109659</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Sıra Neferleri</t>
+          <t>Faşizme Karşı Dilekçeler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257956352</t>
+          <t>9789944109024</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Seti (5 Kitap)</t>
+          <t>Ezop Yaşamı ve Masalları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>565</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257956338</t>
+          <t>9789756288825</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimi</t>
+          <t>Ermenistan: Terörist "Hıristiyan" Ülkenin Sırları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257956291</t>
+          <t>9789944109086</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Göçmen İstilası</t>
+          <t>Ermeni Belge Düzmeciliği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257956284</t>
+          <t>9786059833745</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Atatürk</t>
+          <t>Emperyalizmin Afrika Sömürüsü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257956246</t>
+          <t>9789756288122</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yekta Güngör Özden : Atatürkçülüğe Adanmış Bir Ömür</t>
+          <t>Emperyalizm ve Yurtseverlik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257956253</t>
+          <t>9786055452445</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Sokakları</t>
+          <t>Emir Timur</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257956239</t>
+          <t>9786055452261</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Fetih ve Fatih</t>
+          <t>Eski Türkler Üzerine Araştırmalar ve Gumilev’in Eleştirisi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257956208</t>
+          <t>9786055452391</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dünya Savaşı’ndan Kurtuluş’a İzmir (1914-1922)</t>
+          <t>Elveda Girit</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258250152</t>
+          <t>9789944109390</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Atatürk</t>
+          <t>Edebiyat Aşkıyla</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257956222</t>
+          <t>9789944109888</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yanarken</t>
+          <t>Diyarbekir Kimin Yurdu?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>450</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258250169</t>
+          <t>9789756288672</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bedreddin: Yaşamı ve Mücadelesi</t>
+          <t>Derin Devlet</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257956215</t>
+          <t>9789944109130</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ankara ve Atatürk Orman Çiftliği: Atatürk'ün Dehası</t>
+          <t>Deniz (Büyük Albüm)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258250190</t>
+          <t>9789944109536</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Gençlik</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258250183</t>
+          <t>9786055452353</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs: Komplo Teorilerine Yanıt</t>
+          <t>Dava Şiirleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258250138</t>
+          <t>9789944109062</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı</t>
+          <t>Dadaloğlu Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258250121</t>
+          <t>9789756288801</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Demirel Kapıyı Çalınca</t>
+          <t>Çokuluslu Girişimler ve Türkiye Türkiye’de Yabancı Sermaye Yatırımlarının İktisadi Verilerle Bilimsel Analizi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057194367</t>
+          <t>9786055452537</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ve... Geldikleri Gibi Gittiler</t>
+          <t>Çanakkale Yanarken</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258250077</t>
+          <t>9789944109142</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Serda - Cumhuriyet'in Mutlu Günleri</t>
+          <t>Che (Büyük Albüm)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258250053</t>
+          <t>9789756288610</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sultangaliyev: Yaşamı ve Mücadelesi</t>
+          <t>Che - Şiirler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258250091</t>
+          <t>9789756288597</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Kadın Kahramanları - 2</t>
+          <t>Che - Küba Günlüğü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258250046</t>
+          <t>9786055452421</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yarin Yanağından Gayri - Bedreddin ve Yoldaşları</t>
+          <t>Deniz</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257956345</t>
+          <t>9789944109192</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sabiha Gökçen Atatürk’ü Anlatıyor</t>
+          <t>Bomba Davası Savunma</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057194329</t>
+          <t>9756288600005</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Motosiklet Günlüğü</t>
+          <t>Bolivya Günlüğü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057120670</t>
+          <t>9789786288931</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zübeyde Hanım'ın Çilesi</t>
+          <t>Bir İhtilal Bir Darbe Arasında 20 Yıl</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057120625</t>
+          <t>9789944109710</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>CHP Vilayet Kongrelerinin Parti Politikalarına Etkileri (1930-1950)</t>
+          <t>Bedreddin</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057120663</t>
+          <t>9789944109147</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenleri Neden Öldürüyorlar?</t>
+          <t>Che Büyük Albüm</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057120656</t>
+          <t>9789756288176</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kadınları Neden Öldürüyorlar?</t>
+          <t>Baskın - 11 Eylül</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944109628</t>
+          <t>9786055452070</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Engini Buldu Gönül</t>
+          <t>Avukatlık Yıllarım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057120687</t>
+          <t>9799756288374</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Ol İmkansızı İste</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944109703</t>
+          <t>9799756288558</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes</t>
+          <t>Atatürk’ün Cuma Hutbeleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057120694</t>
+          <t>9799756288480</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İlyas Salman Sinema Anıları</t>
+          <t>Atatürk’ün Altı Ok’u</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>450</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057120601</t>
+          <t>9789756288757</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Vicdan</t>
+          <t>Atatürkçülük, Milliyetçilik, Sosyalizm</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057063793</t>
+          <t>9789759280192</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Gün Gün Şike Kumpası</t>
+          <t>Atatürkçülük ve Ulusal Sol</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057063786</t>
+          <t>9789944109567</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Kuran Bürokrat</t>
+          <t>Atatürkçülük ve Sosyalizm</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057063779</t>
+          <t>9789756288061</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Atatürk, Nerimanov ve Kurtuluş Savaşımız</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057063762</t>
+          <t>9786055452049</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Orman Çiftliği</t>
+          <t>Atatürk’süz Yıllar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057063731</t>
+          <t>9786055452056</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Gerçek</t>
+          <t>Atatürk ve Kurtuluş Savaşımız</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057063748</t>
+          <t>9789756288658</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aydınlığında Gerçek Din</t>
+          <t>Atatürk ve Komünizm</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>54</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057063755</t>
+          <t>9789944109161</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve İnsan</t>
+          <t>Atatürk ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057063724</t>
+          <t>9789944109413</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Yokuşlu Bir Yoldur</t>
+          <t>Atatürk Bayrağı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057063717</t>
+          <t>9789756288955</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İzler, İzlenimler - Keriyol 2</t>
+          <t>Andımız Atatürk</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057042996</t>
+          <t>9789944109697</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yollar, Yolculuklar - Keriyol 1</t>
+          <t>Amerikan Başkanları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057063700</t>
+          <t>9789944109927</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Anıları 1960-1970</t>
+          <t>Amerika’da Hıristiyan Köktendinciliği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057042965</t>
+          <t>9789944109093</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Korona İle Dans</t>
+          <t>Amerika Nato ve Türkiye</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057042910</t>
+          <t>9786055452100</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hasta İnsanlığa Somut Umut</t>
+          <t>Aleviliğin Bilinmeyen Tarihi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>600</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786056915550</t>
+          <t>9789944109321</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Parolası</t>
+          <t>Ak Parti’nin Kara Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786056915567</t>
+          <t>9789756288252</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Pigmalyon</t>
+          <t>Adım Adım 27 Mayıs</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257956192</t>
+          <t>9799756288534</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Munzur’daki Zorbaz</t>
+          <t>3. Abdülhamit</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>400</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257956178</t>
+          <t>9789944109451</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Anavatan Türkmenistan</t>
+          <t>2. Dünya Savaşı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257956185</t>
+          <t>9799756288503</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar</t>
+          <t>15 - 16 Haziran Türkiye’yi Sarsan İki Uzun Gün</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257956062</t>
+          <t>9789944109499</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çin Zindanında Doğu Türkistanlı Bir Aydın</t>
+          <t>12 Mart Cezaevinden Mektuplar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257956161</t>
+          <t>9789944109987</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Adı Gizlenen Sevgililer</t>
+          <t>100 Soruda Galatasaray</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257956086</t>
+          <t>9789944109970</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Laiklik ve Demokrasi</t>
+          <t>100 Soruda Fenerbahçe</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257956055</t>
+          <t>9789944109994</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ömer Muhtar’dan Kaddafi’ye Libya’da Ulusal Kurtuluş Hareketi</t>
+          <t>100 Soruda Beşiktaş</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056976759</t>
+          <t>9789944109314</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Din Adamları</t>
+          <t>Ah Benim Sorunlu Ülkem</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786058024397</t>
+          <t>9789944109307</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Diktatörlüğe Açılan Kapılar</t>
+          <t>Zaman Tünelinde Fenerbahçe</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058024359</t>
+          <t>9789944109031</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sosyalist İktisat</t>
+          <t>Yunus Emre Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786056976711</t>
+          <t>9789756288368</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Enteresan Olaylar ve İnsanlar</t>
+          <t>Yahudi Sorunu</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786058024366</t>
+          <t>9789756288153</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Devrimi</t>
+          <t>Ya İstiklal Ya Ölüm Milli Güçlerin Yol Haritası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786058024373</t>
+          <t>9789756288306</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İki Üç Daha Fazla Vietnam</t>
+          <t>Vatandaş İçin Deprem Rehberi Türkiye’de Deprem Riski ve Marmara Depremi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056976704</t>
+          <t>9789756288405</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Devrim</t>
+          <t>Üç Dinin ve Ünlülerin Buluştuğu Semt Kuzguncuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>58</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786058025790</t>
+          <t>9789756288870</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kağnı Ses</t>
+          <t>Yediveren</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786058024311</t>
+          <t>9789756288948</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Dağlar ve Rüzgar</t>
+          <t>Ulusal Sol İdeoloji Atatürkçü Milliyetçi Sosyalist Teori</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>100</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786058024335</t>
+          <t>9786055452032</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Ulusal Çözüm</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786058025752</t>
+          <t>9786055452407</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Türkler ve Müslümanlar Nasıl Beslenmeli</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786058025769</t>
+          <t>9789944109680</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Türkler Kimlerdir?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786058024328</t>
+          <t>9789756288696</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Türkiye’nin Mali Tutsaklığı</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786058025783</t>
+          <t>9786055452162</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Türk Yurdu Anadolu (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786058024304</t>
+          <t>9786055452063</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Esirler</t>
+          <t>Türk Yurdu Anadolu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786058025776</t>
+          <t>9789756288726</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Türk Realitesi 1999’dan 2005’e Siyasi Karikatürler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786058025721</t>
+          <t>9789944109246</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan ve Kardan Adam (Ciltli)</t>
+          <t>Trakya Rüzgarı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786058025714</t>
+          <t>9799756288510</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hele Bir 40’ı Çıksın</t>
+          <t>Taşnak Hoybun</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786058025707</t>
+          <t>9799756288190</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Askeri Olmak (Ciltli)</t>
+          <t>Tanıdığım Alemdaroğlu Üniversitede Bir Deli Dumrul</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786056937675</t>
+          <t>9789756288320</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Silivri Defterleri 2</t>
+          <t>Şiirlerle Atatürk</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>75</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786056937668</t>
+          <t>9789756288337</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Silivri Defterleri 3</t>
+          <t>Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>100</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786056937620</t>
+          <t>3990000006261</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nazım'a Kurulan Kumpas</t>
+          <t>Türk Sosyalizmi (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786056937644</t>
+          <t>9789756288269</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Edebiyatında Muhalif Yazarlar</t>
+          <t>Şehit Kubilay</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786056937613</t>
+          <t>9789944109949</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Cinayeti</t>
+          <t>Şah Tahmasp</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786056937682</t>
+          <t>9789756288795</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Benim En Güzel Hikayem Hayatım</t>
+          <t>Sultan Galiyev Bütün Eserleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786056937651</t>
+          <t>9789756288160</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Silivri Defterleri 1</t>
+          <t>Sömürgeleşen Türkiye</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>80</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056915574</t>
+          <t>3990000003443</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İzmir'in Dağlarında Çiçekler Açar (Ciltli)</t>
+          <t>Sol’un Namusu: Uğur Mumcu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786058109582</t>
+          <t>9799756288817</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Filistin, Siyonizm ve Kudüs Sorunu</t>
+          <t>Size Ölmeyi Emrediyorum! Atatürk ve Çanakkale</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786056915505</t>
+          <t>9789756288108</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Aramızdan Ayrılışı</t>
+          <t>Sivas’ı Unutmak</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786056915482</t>
+          <t>9799756288497</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çağdaşlık</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>60</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786056915475</t>
+          <t>9789756288580</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Deniz Sevdası</t>
+          <t>Savunma</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>60</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786056915512</t>
+          <t>9789944109369</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Asker Atatürk</t>
+          <t>Savaş ve Edebiyat</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>60</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057194350</t>
+          <t>9789756288573</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İnsancıl Gülümseyişi ile Atatürk</t>
+          <t>Satıldık, Uyanın!</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>60</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057194343</t>
+          <t>9799756288527</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çocuk</t>
+          <t>Ruhunu Arayan Millet</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058109506</t>
+          <t>9789944109048</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan ve Melekleri (Ciltli)</t>
+          <t>Roman Aşkıyla</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>500</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059833998</t>
+          <t>9789756288993</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İsmet İnönü'den Aşkı ve Devrimciliği Öğrenmek (Ciltli)</t>
+          <t>Pir Sultan Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>500</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059833981</t>
+          <t>9789944109116</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Gerçek Yaşamı 3</t>
+          <t>Petrol Şoku ve Yeni Ortadoğu Haritası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059833950</t>
+          <t>9799756288343</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Gerçek Yaşamı (3 Kitap Takım)</t>
+          <t>Özgün Sözler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>1200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786058109520</t>
+          <t>9789944109222</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bolivya Günlüğü</t>
+          <t>Osmanlı Ermenilerine Ne Oldu?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786058109568</t>
+          <t>9789756288887</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Faşo Ağalara Karşı Birleşelim!</t>
+          <t>Turnalar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059833974</t>
+          <t>9789944109185</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Gerçek Yaşamı 2</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059833967</t>
+          <t>9789756288788</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet - Gerçek Yaşamı 1</t>
+          <t>Neo Ülkücüler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786058109544</t>
+          <t>9799756288466</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Nazım Hikmet Gerçek Yaşamı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059833929</t>
+          <t>9789756288917</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Haşmet Bey'in Mirası</t>
+          <t>Nazım Hikmet Dosyası</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059833943</t>
+          <t>9789944109871</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Devrim'in Çocukları</t>
+          <t>Nadir Şah</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>46</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059833882</t>
+          <t>9789756288283</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Müttefik Kuşatması</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>60</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059833851</t>
+          <t>9789944109123</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>PKK'nın Şehir Savaşı ve PYD/YPG Tarihi</t>
+          <t>Mülkiyet Tartışmaları: Kamu İşletmeleri Verimsiz mi?</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059833844</t>
+          <t>9786055452476</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Depremle Koyun Koyuna Yazlık Sevdası</t>
+          <t>Mustafa Kemal’in Askerleriyiz (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059833431</t>
+          <t>9799756288350</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>1960’lardan 2000’lere Türkçü Düşünce</t>
+          <t>Mont Pelerin</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>400</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059833424</t>
+          <t>9756288640001</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Emniyet Müdürünün Kaleminden - İmralı Zabıtları</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059833301</t>
+          <t>9789756288979</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufa Reddiye</t>
+          <t>Mavi Kitaba Yanıt</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059833646</t>
+          <t>9789756288900</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Tutulan Ayna</t>
+          <t>Manzara-i Umumiye 2006</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059833653</t>
+          <t>9789944109529</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyübi</t>
+          <t>Mahir - Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059833691</t>
+          <t>9789756288764</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Silivri Savunması</t>
+          <t>Kürt Kimliği</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059833677</t>
+          <t>9789944109277</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'ye Şer Ekseni Tuzağı</t>
+          <t>Kürt - İslam Faşizmi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258250107</t>
+          <t>9789944109420</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>FETÖ'den Sonra Pusudaki Cemaatler</t>
+          <t>Küreselleşmenin Şifresi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>400</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059833592</t>
+          <t>9789756288115</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Önce Sen Söyle</t>
+          <t>Küreselleşme Sürecinde Edebiyatımız</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059833608</t>
+          <t>9789756288849</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Erciyes Tutkusu</t>
+          <t>Küresel Sermayenin Tapınağı Bohemian Club</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059833639</t>
+          <t>9789756288290</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Adalet Yürüyüşü (Ciltli)</t>
+          <t>Küresel Çete</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>95</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059833578</t>
+          <t>9789944109376</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'in Romanı 4 - Gazi Paşa...</t>
+          <t>Küba Mucizesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059833554</t>
+          <t>9789944109864</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Satrancın İki Tarafı</t>
+          <t>Kürt Irkçılığı ve Faşizmi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059833561</t>
+          <t>9799756288183</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Meclis Açılış Konuşmaları</t>
+          <t>Kuvayı Milliye Ateşi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944109109</t>
+          <t>9799756288442</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sistemi ve Emperyalizm</t>
+          <t>Kurtuluş Savaşı Tarihi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786056915543</t>
+          <t>9789944109055</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Emperyalizmi Doğuşu ve Gelişimi</t>
+          <t>Köroğlu Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055452957</t>
+          <t>9789944109178</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Dersim Arşivi</t>
+          <t>Memetçik Memet</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059833264</t>
+          <t>9786056976766</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Van Şiirleri ve Vanlı Şairler Antolojisi</t>
+          <t>Atatürk ve Din</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055452988</t>
+          <t>9786056976773</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çırpınırdı Karadeniz'in Bestecisi Üzeyir Hacıbeyli</t>
+          <t>Ali'm</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059833219</t>
+          <t>9786058025745</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Pop</t>
+          <t>Abdülhamit Döneminde Masonlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055452087</t>
+          <t>9786058109575</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Üstü, Bulutların Altı</t>
+          <t>Minikler İçin Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944109154</t>
+          <t>9786059833936</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Milli Komünizmin Öncüleri Vahidov</t>
+          <t>Atatürk'ün Sergi Vapuru</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>105</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789756288689</t>
+          <t>9786056915529</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Milli Komünizmin Öncüleri Riskulov</t>
+          <t>Özel Atatürk Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055452933</t>
+          <t>9786056915468</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Türkçesi (Ciltli)</t>
+          <t>Atatürk ve Doğa Sevgisi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055452025</t>
+          <t>9786057194374</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Nedir, Ne Değildir?</t>
+          <t>Atatürk ve Tarım</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055452575</t>
+          <t>9786056915437</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Boyu Mutluluk</t>
+          <t>Atatürk ve Kadın</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055452568</t>
+          <t>9786056915499</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycanlı Don Juan</t>
+          <t>Atatürk ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756288771</t>
+          <t>9786056915451</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sol’da Örgütlenme</t>
+          <t>Atatürk ve Eğitim</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055452223</t>
+          <t>9786056937606</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kürtler</t>
+          <t>19 Mayıs Savaş Kararı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>650</v>
+        <v>36</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059833080</t>
+          <t>9789944109550</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bir Emniyet Müdürünün Kaleminden Çözüm Süreci</t>
+          <t>68 - Devrimciler Ölür Ama Devrimler Durmaz Sürer</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>3990000013097</t>
+          <t>9786059833202</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Çevre</t>
+          <t>Türk Dünyası Romanları (7 Kitap Set)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055452247</t>
+          <t>9786055452414</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’da Türk Soykırımı</t>
+          <t>Balkanlar’da Türk Soykırımı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9799756288541</t>
+          <t>9786258250213</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>11’ler Olayı</t>
+          <t>Kurtuluş Savaşı Kahramanları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059833134</t>
+          <t>9786255669049</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sen Aşk Nedir Biliyor musun?</t>
+          <t>Yüzyıl Savaşları: Cumhuriyet ve Tarikat</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059833110</t>
+          <t>9786257956376</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Aysel Tarihe Tanık Hayat</t>
+          <t>Kur'an-ı Kerim - Gerçek (Bez Ciltli Prestij Baskı)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>120</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055452995</t>
+          <t>9786258250244</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Konumu</t>
+          <t>19 Mayıs: Komplo Teorilerine Yanıt</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055452964</t>
+          <t>9786255669056</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Genç Türk Turan Yolunda</t>
+          <t>Atatürk'le Neşeli Günler (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059833011</t>
+          <t>9786257956963</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Türkçenin Geleceği</t>
+          <t>Ah Bu Güftelerin Gözü Kör...</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055452780</t>
+          <t>9786257956741</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aahh Canım Kuzguncuk</t>
+          <t>50 Soruda Türk Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055452018</t>
+          <t>9786257956765</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Adalet Menzili</t>
+          <t>Çocuklar için Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055452865</t>
+          <t>9786257956802</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı’nda İstanbullu ve Ankaralı Komünistler</t>
+          <t>29 Soruda 29 Ekim</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055452827</t>
+          <t>9786255669117</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Türk Lehçeleri</t>
+          <t>Gelin Hanım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055452797</t>
+          <t>9786257956918</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yunan'la Sirtaki</t>
+          <t>Osmanlı'nın Romanı (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055452773</t>
+          <t>9786257956857</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Gezi'deki Ağaç (Ciltli)</t>
+          <t>Osmanlı'nın Romanı - 3: Fetih ve Fatih</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055452582</t>
+          <t>9786257956840</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı Dünyası İsmail Gaspıralı Dehası</t>
+          <t>Osmanlı'nın Romanı - 2: Zorlu Osmanlı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055452513</t>
+          <t>9786257956833</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Bakış</t>
+          <t>Osmanlı'nın Romanı - 1: Ahlat'tan Söğüt'e</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055452612</t>
+          <t>9786257956772</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şah Abbas</t>
+          <t>Çocuklar için Milli Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059833288</t>
+          <t>9786255669100</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devletin Geleceği</t>
+          <t>Tanrı Fabrikaları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055452759</t>
+          <t>9786257956956</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Rumeli'de Kaldı</t>
+          <t>Ben Aşk'ım! - Ene'l-Hak</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055452650</t>
+          <t>9786257956949</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Nazım'ın Çilesi</t>
+          <t>Korona Günlerinde Aşk</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059833318</t>
+          <t>9786258250237</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Barış Gönüllüleri ve Türkiye'deki Faaliyetleri</t>
+          <t>Siyah Giyen Kadınlar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059833349</t>
+          <t>9786255669032</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Menderes Hükümetleri Dönemi</t>
+          <t>Ne Mahalleymiş Be! (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055452704</t>
+          <t>9786258250251</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bir Emniyet Müdürünün Kaleminden Oslo Görüşmeleri</t>
+          <t>Çürüme</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055452711</t>
+          <t>9786255669070</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Türk Ulusçu Şehircilik ve Belediyecilik</t>
+          <t>Çarşamba’yı Yel Aldı</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055452643</t>
+          <t>9786258250220</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kurt Tonyukuk</t>
+          <t>Aynadaki Kadınlar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055452599</t>
+          <t>9786255669087</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Timur ve Yahudiler</t>
+          <t>Marmara’dan Ege’ye Deprem Riski</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055452636</t>
+          <t>9786257956475</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>1434</t>
+          <t>Mahir: Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055452629</t>
+          <t>9786257956307</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türk Müydü?</t>
+          <t>Yüzyıl Savaşları: Cumhuriyet ve Tarikat</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055452551</t>
+          <t>9786059833585</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Taksim’de Kutsal İsyan</t>
+          <t>Mustafa Kemal'in Romanı 5 - Atatürk...</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944109611</t>
+          <t>9786059833776</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yamanoğlu Aşireti’nin En Büyük Oğlu Kerim</t>
+          <t>Deniz - Yaşamı ve Mücadelesi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786055452308</t>
+          <t>9786055452872</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Uluğbey’in Hazinesi</t>
+          <t>Stratejik İflas</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944109482</t>
+          <t>9786058024380</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi’ne Yeni Bir Bakış</t>
+          <t>Gerilla Savaşı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055452193</t>
+          <t>9786055452124</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu’nun Tasfiyesi (Ciltli)</t>
+          <t>Kadro Aylık Fikir Mecmuası Tıpkı Basım 1932-1934 (2 Cilt Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000017758</t>
+          <t>9786055452094</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tün, Gün ve Sabah</t>
+          <t>Demokrasi Masalı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055452377</t>
+          <t>9789944109642</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Turancı Sosyalist Ethem Nejat</t>
+          <t>Çünkü Biz Şayak Kalpaklı Sarışın Bir Kurdun Çocuklarıyız</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944109635</t>
+          <t>9756288630002</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Türkler ve Solculuk</t>
+          <t>Che Bütün Yazıları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055452858</t>
+          <t>9789756288382</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Son Timurlu</t>
+          <t>Che</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786056915536</t>
+          <t>9786055452384</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Irkçılık</t>
+          <t>Berlin’den Türkler Geçti</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055452346</t>
+          <t>9786055452254</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sevda Şiirleri</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055452452</t>
+          <t>9786055452803</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Kadınlar Amazonlar</t>
+          <t>Ötgen Künler</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756288429</t>
+          <t>9799756288206</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Gerçeği Sovyetler’den Günümüze</t>
+          <t>Nerimanov</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055452292</t>
+          <t>9786055452735</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Nevruz - Türk Ergenekon Bayramı</t>
+          <t>Mukaddes</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055452841</t>
+          <t>9786255669001</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Nevai</t>
+          <t>Sukutuhayal Sokak</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789756288665</t>
+          <t>9786056915444</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Nerimanov Mektuplar</t>
+          <t>Atatürk ve Gençlik</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756288313</t>
+          <t>9786059833615</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Neriman Nerimanov - Seçme Makaleler</t>
+          <t>Türkiye’nin Kesik Damarları - 1</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786056937637</t>
+          <t>9789944109963</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Nazım’ın Hasreti</t>
+          <t>Anadolu Yunan Yurdu mu?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055452131</t>
+          <t>9786058024342</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kuzguncuklular Kuzguncuk’u Anlatıyor</t>
+          <t>Sosyalizm ve İnsan</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944109505</t>
+          <t>9786257956970</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kim Türk? Türkçe Ne?</t>
+          <t>Sığınmalar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944109604</t>
+          <t>9786257956994</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Pırpır</t>
+          <t>Hariciye Öyküleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059833240</t>
+          <t>9786257956987</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Beyaz</t>
+          <t>Fethiye’nin Düğünü</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055452490</t>
+          <t>9786059833196</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kemale Ermek (Ciltli)</t>
+          <t>Kemalizm Seti ( 5 Kitap Set ) (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>100</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055452285</t>
+          <t>9786059833417</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kar Kan Rengiydi O Gece</t>
+          <t>Mustafa Kemal'in Romanı (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055452834</t>
+          <t>9786057194336</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina</t>
+          <t>Mustafa Kemal'in Romanı 2 - Çakır Mustafa...</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055452360</t>
+          <t>9786055452742</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hiroshima No Pika</t>
+          <t>Mustafa Kemal'in Romanı 1 - Acılar Masal Oldu</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059833233</t>
+          <t>9786257956611</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hem Sosyalistim Hem De Kemalist!</t>
+          <t>A'dan Z'ye Kuzguncuk Ansiklopedisi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789756288986</t>
+          <t>9786257956512</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hasretim Sansürlüdür</t>
+          <t>İlyas Salman Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055452322</t>
+          <t>9786257956697</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Göktanrı’nın Kılıcı</t>
+          <t>Türk Sosyalizmi (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055452216</t>
+          <t>9786257956666</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Devletin Dersim Arşivi</t>
+          <t>Sabiha Gökçen Atatürk’ü Anlatıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
+          <t>9786257956635</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Minikler İçin Atatürk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786257956673</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Çocuk Sarayı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786257956529</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Devrimci Atatürk</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786059833394</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal'in Romanı 3 - Selanik'ten İzmir'e</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786257956758</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Ya Cumhuriyet Olmasaydı? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786257956703</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Türk Yurdu Anadolu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786257956710</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Kemale Ermek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786257956789</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Cerrah Olmak</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786257956680</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Bir Halk Çocukları İhtilali Cumhuriyet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786257956734</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Öyküleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786257956659</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Bozkurt</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786257956819</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>23 Soruda 23 Nisan</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786257956796</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>19 Soruda 19 Mayıs</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786257956598</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Keriyol - 3</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786257956536</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Türkistan'da Türk Soykırımı</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786257956628</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Okulu</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786257956604</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İslam ve Karizmatik Diktatörlük</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786257956574</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Işığında Türk Devrimi</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786257956567</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Babam Benim Kahramanım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786257956581</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Saygılarımı Sunarım</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786257956550</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Köye Çöken Karanlık</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786257956543</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Cerrah Olmanın Gizemleri</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786056976742</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali Seti (9 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786257956451</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Suriye, Hititler ve Türk Uygarlık Tarihi</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786258250060</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Lozan Yalanları ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786055452667</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Krallarla Seks</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786257956505</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Devrimciler (5 Kitaplık Set)</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786257956482</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Deniz: Yaşamı ve Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786257956499</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Che: Yaşamı ve Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786257956468</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Süt Güğümündeki Kurbağalar</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786257956314</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet’in Sıra Neferleri</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786257956352</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Seti (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786257956338</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Devrimi</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786257956291</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Göçmen İstilası</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786257956284</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Demokrat Atatürk</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786257956246</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Yekta Güngör Özden : Atatürkçülüğe Adanmış Bir Ömür</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786257956253</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Arka Sokakları</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786257956239</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Fetih ve Fatih</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786257956208</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Savaşı’ndan Kurtuluş’a İzmir (1914-1922)</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786258250152</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Devrimci Atatürk</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786257956222</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Yanarken</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786258250169</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Bedreddin: Yaşamı ve Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786257956215</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Ankara ve Atatürk Orman Çiftliği: Atatürk'ün Dehası</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786258250190</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Gençlik</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786258250183</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>19 Mayıs: Komplo Teorilerine Yanıt</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786258250138</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Yıldızı</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786258250121</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Demirel Kapıyı Çalınca</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786057194367</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Ve... Geldikleri Gibi Gittiler</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786258250077</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Serda - Cumhuriyet'in Mutlu Günleri</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786258250053</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Sultangaliyev: Yaşamı ve Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786258250091</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültürünün Kadın Kahramanları - 2</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786258250046</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Yarin Yanağından Gayri - Bedreddin ve Yoldaşları</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786257956345</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Sabiha Gökçen Atatürk’ü Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786057194329</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Motosiklet Günlüğü</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786057120670</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Zübeyde Hanım'ın Çilesi</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786057120625</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>CHP Vilayet Kongrelerinin Parti Politikalarına Etkileri (1930-1950)</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786057120663</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmenleri Neden Öldürüyorlar?</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786057120656</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Kadınları Neden Öldürüyorlar?</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789944109628</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Engini Buldu Gönül</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786057120687</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Gerçekçi Ol İmkansızı İste</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9789944109703</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Mukaddes</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786057120694</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>İlyas Salman Sinema Anıları</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786057120601</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Vicdan</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786057063793</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Gün Gün Şike Kumpası</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786057063786</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Hükümet Kuran Bürokrat</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786057063779</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786057063762</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Orman Çiftliği</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786057063731</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Gerçek</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786057063748</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Aydınlığında Gerçek Din</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786057063755</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve İnsan</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786057063724</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Yokuşlu Bir Yoldur</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786057063717</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>İzler, İzlenimler - Keriyol 2</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786057042996</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Yollar, Yolculuklar - Keriyol 1</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786057063700</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Kütahya Anıları 1960-1970</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786057042965</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Korona İle Dans</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786057042910</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Hasta İnsanlığa Somut Umut</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786056915550</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Parolası</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786056915567</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Pigmalyon</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786257956192</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Munzur’daki Zorbaz</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786257956178</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Anavatan Türkmenistan</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786257956185</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Yapraklar</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786257956062</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Çin Zindanında Doğu Türkistanlı Bir Aydın</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786257956161</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Adı Gizlenen Sevgililer</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9786257956086</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Laiklik ve Demokrasi</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786257956055</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Muhtar’dan Kaddafi’ye Libya’da Ulusal Kurtuluş Hareketi</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786056976759</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele'de Din Adamları</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786058024397</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Diktatörlüğe Açılan Kapılar</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786058024359</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Sosyalist İktisat</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786056976711</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Enteresan Olaylar ve İnsanlar</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786058024366</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Latin Amerika Devrimi</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9786058024373</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>İki Üç Daha Fazla Vietnam</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786056976704</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik ve Devrim</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786058025790</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Kağnı Ses</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786058024311</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Dağlar ve Rüzgar</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786058024335</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786058025752</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786058025769</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786058024328</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786058025783</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Dünya</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786058024304</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Esirler</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786058025776</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786058025721</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Oğuz Kağan ve Kardan Adam (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786058025714</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Hele Bir 40’ı Çıksın</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786058025707</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal’in Askeri Olmak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786056937675</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Silivri Defterleri 2</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786056937668</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Silivri Defterleri 3</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786056937620</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Nazım'a Kurulan Kumpas</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786056937644</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Edebiyatında Muhalif Yazarlar</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786056937613</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali Cinayeti</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786056937682</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Benim En Güzel Hikayem Hayatım</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786056937651</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Silivri Defterleri 1</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786056915574</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>İzmir'in Dağlarında Çiçekler Açar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786058109582</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Filistin, Siyonizm ve Kudüs Sorunu</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786056915505</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Aramızdan Ayrılışı</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786056915482</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Çağdaşlık</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786056915475</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Deniz Sevdası</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786056915512</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Asker Atatürk</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786057194350</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>İnsancıl Gülümseyişi ile Atatürk</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786057194343</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786058109506</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Oğuz Kağan ve Melekleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786059833998</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>İsmet İnönü'den Aşkı ve Devrimciliği Öğrenmek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786059833981</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet - Gerçek Yaşamı 3</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786059833950</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet - Gerçek Yaşamı (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786058109520</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Bolivya Günlüğü</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786058109568</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Faşo Ağalara Karşı Birleşelim!</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786059833974</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet - Gerçek Yaşamı 2</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786059833967</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet - Gerçek Yaşamı 1</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786058109544</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Mektuplar</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786059833929</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Haşmet Bey'in Mirası</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786059833943</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Devrim'in Çocukları</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786059833882</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Müttefik Kuşatması</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786059833851</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>PKK'nın Şehir Savaşı ve PYD/YPG Tarihi</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786059833844</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Depremle Koyun Koyuna Yazlık Sevdası</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786059833431</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>1960’lardan 2000’lere Türkçü Düşünce</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786059833424</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Bir Emniyet Müdürünün Kaleminden - İmralı Zabıtları</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786059833301</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufa Reddiye</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786059833646</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Tarihe Tutulan Ayna</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786059833653</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Selahaddin Eyyübi</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786059833691</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Silivri Savunması</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786059833677</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'ye Şer Ekseni Tuzağı</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786258250107</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>FETÖ'den Sonra Pusudaki Cemaatler</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786059833592</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Önce Sen Söyle</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786059833608</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Erciyes Tutkusu</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786059833639</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Yürüyüşü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786059833578</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal'in Romanı 4 - Gazi Paşa...</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786059833554</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Satrancın İki Tarafı</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786059833561</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Meclis Açılış Konuşmaları</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9789944109109</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Sistemi ve Emperyalizm</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786056915543</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Emperyalizmi Doğuşu ve Gelişimi</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786055452957</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Cumhurbaşkanlığı Dersim Arşivi</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786059833264</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Van Şiirleri ve Vanlı Şairler Antolojisi</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786055452988</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Çırpınırdı Karadeniz'in Bestecisi Üzeyir Hacıbeyli</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786059833219</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Karadeniz Pop</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786055452087</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Bulutların Üstü, Bulutların Altı</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9789944109154</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Milli Komünizmin Öncüleri Vahidov</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9789756288689</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Milli Komünizmin Öncüleri Riskulov</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786055452933</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Türkçesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786055452025</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Türk Milliyetçiliği Nedir, Ne Değildir?</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786055452575</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ömür Boyu Mutluluk</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786055452568</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycanlı Don Juan</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9789756288771</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Ulusal Sol’da Örgütlenme</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786055452223</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Kürtler</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786059833080</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Bir Emniyet Müdürünün Kaleminden Çözüm Süreci</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>3990000013097</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizm ve Çevre</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786055452247</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Kafkasya’da Türk Soykırımı</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9799756288541</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>11’ler Olayı</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786059833134</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Sen Aşk Nedir Biliyor musun?</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786059833110</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Aysel Tarihe Tanık Hayat</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786055452995</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Konumu</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786055452964</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Genç Türk Turan Yolunda</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786059833011</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Türkçenin Geleceği</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786055452780</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Aahh Canım Kuzguncuk</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786055452018</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Menzili</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786055452865</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşı’nda İstanbullu ve Ankaralı Komünistler</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786055452827</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Türk Lehçeleri</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786055452797</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Yunan'la Sirtaki</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786055452773</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Gezi'deki Ağaç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786055452582</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>İsmail Gaspıralı Dünyası İsmail Gaspıralı Dehası</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786055452513</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Bakış</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786055452612</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Şah Abbas</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786059833288</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Ulus Devletin Geleceği</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786055452759</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim Rumeli'de Kaldı</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786055452650</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Nazım'ın Çilesi</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786059833318</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Barış Gönüllüleri ve Türkiye'deki Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786059833349</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Menderes Hükümetleri Dönemi</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786055452704</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Bir Emniyet Müdürünün Kaleminden Oslo Görüşmeleri</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786055452711</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ulusçu Şehircilik ve Belediyecilik</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786055452643</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Kurt Tonyukuk</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786055452599</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Timur ve Yahudiler</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786055452636</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>1434</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786055452629</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Türk Müydü?</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786055452551</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Taksim’de Kutsal İsyan</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9789944109611</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Yamanoğlu Aşireti’nin En Büyük Oğlu Kerim</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786055452308</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Uluğbey’in Hazinesi</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9789944109482</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tarihi’ne Yeni Bir Bakış</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786055452193</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ordusu’nun Tasfiyesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>3990000017758</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Tün, Gün ve Sabah</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786055452377</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Turancı Sosyalist Ethem Nejat</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789944109635</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca Türkler ve Solculuk</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786055452858</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Son Timurlu</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786056915536</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Siyonizm ve Irkçılık</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786055452346</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Şiirleri</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786055452452</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Savaşçı Kadınlar Amazonlar</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9789756288429</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya Gerçeği Sovyetler’den Günümüze</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786055452292</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Nevruz - Türk Ergenekon Bayramı</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786055452841</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Nevai</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789756288665</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Nerimanov Mektuplar</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9789756288313</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Neriman Nerimanov - Seçme Makaleler</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786056937637</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Nazım’ın Hasreti</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786055452131</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Kuzguncuklular Kuzguncuk’u Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9789944109505</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Kim Türk? Türkçe Ne?</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9789944109604</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Kısaca Pırpır</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786059833240</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Beyaz</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786055452490</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Kemale Ermek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786055452285</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Kar Kan Rengiydi O Gece</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786055452834</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>İbni Sina</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786055452360</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Hiroshima No Pika</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786059833233</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Hem Sosyalistim Hem De Kemalist!</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9789756288986</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Hasretim Sansürlüdür</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786055452322</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Göktanrı’nın Kılıcı</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786055452216</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Dersim Arşivi</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
           <t>9786258250114</t>
         </is>
       </c>
-      <c r="B282" s="1" t="inlineStr">
+      <c r="B503" s="1" t="inlineStr">
         <is>
           <t>Dersim Yalanları ve Gerçekler</t>
         </is>
       </c>
-      <c r="C282" s="1">
+      <c r="C503" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>