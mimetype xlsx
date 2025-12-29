--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,4480 +85,4840 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257541671</t>
+          <t>2000636663660</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Epikuros</t>
+          <t>Saatlik Tarih Set (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257452823</t>
+          <t>9786052022412</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>Kara Kemal</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257541688</t>
+          <t>9786058261310</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Hey Hayal Etsen Yeter</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257541695</t>
+          <t>9789944978804</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>İstanbul Kurtulurken</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2018246182464</t>
+          <t>9789944978781</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Goethe Seti - (4 Kitap Takım)</t>
+          <t>İslamiyet ve Türkler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>580</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2018257182576</t>
+          <t>9786057703460</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikleri Set 4 (4 Kitap Takım)</t>
+          <t>İki Devrin Perde Arkası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>620</v>
+        <v>900</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2018249182492</t>
+          <t>9786054977130</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf Seti (3 Kitap Takım)</t>
+          <t>Yalnız Adam Akif</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2018250182504</t>
+          <t>9786054977000</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zweig Seti (5 Kitap Takım)</t>
+          <t>Balkan Harbinde Neden Mağlup Olduk?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052022139</t>
+          <t>9786052022849</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Kızıl Ajan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052022351</t>
+          <t>9786054977604</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Bursa’nın Daveti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052022078</t>
+          <t>9786052022375</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Gizemli Yahudi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057703330</t>
+          <t>9786052022238</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
+          <t>Goltz’un Hatıraları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052022900</t>
+          <t>9786054977697</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Rumeli'de Bizden Ne Kaldı?</t>
+          <t>Evanjelikler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054977505</t>
+          <t>9786054977352</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Siyon Liderlerinin Protokolleri</t>
+          <t>Asa</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057703262</t>
+          <t>9786057703316</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Iphigenia Tauris'te</t>
+          <t>Tanrının Kırbacı Attila</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257541701</t>
+          <t>9786057703309</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>The History Of Sufizm</t>
+          <t>Emir Timur</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789944978552</t>
+          <t>9786057703439</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Gözüyle Türkler</t>
+          <t>Derune Dokunuşlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057703149</t>
+          <t>9786057703620</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan ve Bulgaristan Türkleri</t>
+          <t>Balkanlarda Tedhiş ve Gerilla</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>900</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052022993</t>
+          <t>9786257541077</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Kucaklayan Aile</t>
+          <t>Rönesans</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257541602</t>
+          <t>9786257541718</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İnsandan İnsanlığa Ulusaldan Evrensele</t>
+          <t>Mafya</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257541596</t>
+          <t>9786257541749</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi</t>
+          <t>Gezginin Günlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257541589</t>
+          <t>9786257541732</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yönetenlerin Yönetimi - Nehcü’s-sülük Fî Siyaseti’l-Mülük</t>
+          <t>Zamansız Hikâyeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257541572</t>
+          <t>9786257541725</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Tarihi (Tarih-i Ebü’l Feth)</t>
+          <t>Aranan Ahlak Ahilik</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257541565</t>
+          <t>9786257541794</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Gözüyle Türkler</t>
+          <t>Birinci Dünya Savaşı’nda Necef ve Kerbela İsyanları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257541558</t>
+          <t>9786257541671</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>1807-1808 İhtilalleri Arasında İstanbul</t>
+          <t>Epikuros</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058261365</t>
+          <t>9786257452823</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Galen Masalları</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257541503</t>
+          <t>9786257541688</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257541510</t>
+          <t>9786257541695</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Dönerken Osmanlı Dönemi İstanbul Değirmenleri</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257541480</t>
+          <t>2018246182464</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan ve Roma’da Mitler - Efsaneler</t>
+          <t>Goethe Seti - (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>820</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257541497</t>
+          <t>2018257182576</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Sanatı</t>
+          <t>Seçme Dünya Klasikleri Set 4 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>820</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058261358</t>
+          <t>2018249182492</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hazine Haritası</t>
+          <t>Virginia Woolf Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>90</v>
+        <v>590</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058261341</t>
+          <t>2018250182504</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Büyük İddia</t>
+          <t>Zweig Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>2019160191600</t>
+          <t>9786052022139</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikleri Set 7- 4 Kitap</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>950</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2019159191598</t>
+          <t>9786052022351</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikleri Set 6- 6 Kitap</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>725</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>2019158191582</t>
+          <t>9786052022078</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikleri Set 5 - 6 Kitap</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2019157191576</t>
+          <t>9786057703330</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Set 7 Kitap</t>
+          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1055</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257541381</t>
+          <t>9786052022900</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahraman</t>
+          <t>Rumeli'de Bizden Ne Kaldı?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257541398</t>
+          <t>9786054977505</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yufka Yürek</t>
+          <t>Siyon Liderlerinin Protokolleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257541374</t>
+          <t>9786057703262</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Iphigenia Tauris'te</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257541367</t>
+          <t>9786257541701</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kırık Testi</t>
+          <t>The History Of Sufizm</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257541350</t>
+          <t>9789944978552</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Maria Magdalena</t>
+          <t>Bizanslı Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257541411</t>
+          <t>9786057703149</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Bulgaristan ve Bulgaristan Türkleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257541343</t>
+          <t>9786052022993</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ters Gömlekler</t>
+          <t>İnsanlığı Kucaklayan Aile</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054977550</t>
+          <t>9786257541602</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sakal</t>
+          <t>İnsandan İnsanlığa Ulusaldan Evrensele</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257541107</t>
+          <t>9786257541596</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva’nın Güncesi</t>
+          <t>Bizans İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257541091</t>
+          <t>9786257541589</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Yönetenlerin Yönetimi - Nehcü’s-sülük Fî Siyaseti’l-Mülük</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257541084</t>
+          <t>9786257541572</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Fatih’in Tarihi (Tarih-i Ebü’l Feth)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257541046</t>
+          <t>9786257541565</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi (2 Cilt Kutulu)</t>
+          <t>Bizanslı Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257625883</t>
+          <t>9786257541558</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Meşe Ağaçlı Şato</t>
+          <t>1807-1808 İhtilalleri Arasında İstanbul</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257625890</t>
+          <t>9786058261365</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Olivia</t>
+          <t>Galen Masalları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257625876</t>
+          <t>9786257541503</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Renate</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257625906</t>
+          <t>9786257541510</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Tanrı</t>
+          <t>Taşlar Dönerken Osmanlı Dönemi İstanbul Değirmenleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057703521</t>
+          <t>9786257541480</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı - İlgi Çocuk Klasikleri 13</t>
+          <t>Eski Yunan ve Roma’da Mitler - Efsaneler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057703538</t>
+          <t>9786257541497</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi - Çocuk Klasikleri</t>
+          <t>Bilgelik Sanatı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057703064</t>
+          <t>9786058261358</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein - Çocuk Klasikleri</t>
+          <t>Hazine Haritası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057703545</t>
+          <t>9786058261341</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Maceraları - Çocuk Klasikleri</t>
+          <t>Büyük İddia</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057703477</t>
+          <t>2019160191600</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında - Çocuk Klasikleri</t>
+          <t>Seçme Dünya Klasikleri Set 7- 4 Kitap</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057703484</t>
+          <t>2019159191598</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş - Çocuk Klasikleri</t>
+          <t>Seçme Dünya Klasikleri Set 6- 6 Kitap</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057703491</t>
+          <t>2019158191582</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens - Çocuk Klasikleri</t>
+          <t>Seçme Dünya Klasikleri Set 5 - 6 Kitap</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057703507</t>
+          <t>2019157191576</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Çocuk Klasikleri</t>
+          <t>Dostoyevski Set 7 Kitap</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>115</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057703514</t>
+          <t>9786257541381</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci - Çocuk Klasikleri</t>
+          <t>Küçük Kahraman</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057703644</t>
+          <t>9786257541398</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cesur ve Pragmatik</t>
+          <t>Yufka Yürek</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057703637</t>
+          <t>9786257541374</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkiye Yolunda</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052022603</t>
+          <t>9786257541367</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Kırık Testi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057703583</t>
+          <t>9786257541350</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Maria Magdalena</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057703576</t>
+          <t>9786257541411</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054977468</t>
+          <t>9786257541343</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Ters Gömlekler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057703613</t>
+          <t>9786054977550</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Kızıl Sakal</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057703606</t>
+          <t>9786257541107</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Adem İle Havva’nın Güncesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057703590</t>
+          <t>9786257541091</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun’a Göre Devlette Çöküş</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057703040</t>
+          <t>9786257541084</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant'ın Çocukları</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057703552</t>
+          <t>9786257541046</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Libya'sı</t>
+          <t>Osmanlı İmparatorluğu Tarihi (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057703569</t>
+          <t>9786257625883</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Diktatör - Joseph Stalin</t>
+          <t>Meşe Ağaçlı Şato</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054977451</t>
+          <t>9786257625890</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Olivia</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057703071</t>
+          <t>9786257625876</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Renate</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057703057</t>
+          <t>9786257625906</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile yaşar</t>
+          <t>İçimdeki Tanrı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>115</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057703095</t>
+          <t>9786057703521</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Fil</t>
+          <t>Vahşetin Çağrısı - İlgi Çocuk Klasikleri 13</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057703101</t>
+          <t>9786057703538</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Çocuk Kalbi - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057703088</t>
+          <t>9786057703064</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Frankenstein - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057703408</t>
+          <t>9786057703545</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Araba ile Dünya Yolculuğu</t>
+          <t>Sherlock Holmes Maceraları - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057703446</t>
+          <t>9786057703477</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kıymık</t>
+          <t>Alice Harikalar Diyarında - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057703422</t>
+          <t>9786057703484</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Olmuş</t>
+          <t>Beyaz Diş - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057703415</t>
+          <t>9786057703491</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Geçmişteki Gelecek</t>
+          <t>Mutlu Prens - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>2017804178048</t>
+          <t>9786057703507</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Aşk Klasikleri Seti (10 Kitap Takım)</t>
+          <t>Pinokyo - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1760</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057703378</t>
+          <t>9786057703514</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Siyah İnci - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057703392</t>
+          <t>9786057703644</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Cesur ve Pragmatik</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057703385</t>
+          <t>9786057703637</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Odysseia</t>
+          <t>Büyük Türkiye Yolunda</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057703118</t>
+          <t>9786052022603</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057703323</t>
+          <t>9786057703583</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057703293</t>
+          <t>9786057703576</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Selanik’ten Gelibolu’ya</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057703286</t>
+          <t>9786054977468</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057703231</t>
+          <t>9786057703613</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Belene Adası</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057703248</t>
+          <t>9786057703606</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Sanatın Propaganda Aracı Olarak Kullanılması</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057703279</t>
+          <t>9786057703590</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Clavigo</t>
+          <t>İbn Haldun’a Göre Devlette Çöküş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057703255</t>
+          <t>9786057703040</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi (Tam Metin)</t>
+          <t>Kaptan Grant'ın Çocukları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057703187</t>
+          <t>9786057703552</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Hikayesi</t>
+          <t>Osmanlı Libya'sı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>2017220172200</t>
+          <t>9786057703569</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Set (15 Kitap) Kutulu</t>
+          <t>Diktatör - Joseph Stalin</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057703156</t>
+          <t>9786054977451</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057703163</t>
+          <t>9786057703071</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057703132</t>
+          <t>9786057703057</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Musa</t>
+          <t>İnsan Ne ile yaşar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057703170</t>
+          <t>9786057703095</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ankara Savaşı (1402)</t>
+          <t>Beyaz Fil</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057703224</t>
+          <t>9786057703101</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Birbirine Benzemeyen Kız Kardeşler</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057703217</t>
+          <t>9786057703088</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald’in Aşkı</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057703200</t>
+          <t>9786057703408</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kızıl</t>
+          <t>Araba ile Dünya Yolculuğu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057703194</t>
+          <t>9786057703446</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Kıymık</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057703125</t>
+          <t>9786057703422</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et Cesur Ol Asla Pes Etme!</t>
+          <t>Bir Varmış Bir Olmuş</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054977482</t>
+          <t>9786057703415</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türk Şeceresi - Türk'ün Soyağacı</t>
+          <t>Geçmişteki Gelecek</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054977475</t>
+          <t>2017804178048</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Unutulmaz Aşk Klasikleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054977437</t>
+          <t>9786057703378</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054977406</t>
+          <t>9786057703392</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057703026</t>
+          <t>9786057703385</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Odysseia</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054977444</t>
+          <t>9786057703118</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057703019</t>
+          <t>9786057703323</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054977413</t>
+          <t>9786057703293</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Selanik’ten Gelibolu’ya</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054977420</t>
+          <t>9786057703286</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057703002</t>
+          <t>9786057703231</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesi</t>
+          <t>Belene Adası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057703033</t>
+          <t>9786057703248</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sayfiyeden Metropole Boğaziçi'nde Koruma</t>
+          <t>Osmanlı’dan Cumhuriyete Sanatın Propaganda Aracı Olarak Kullanılması</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058261327</t>
+          <t>9786057703279</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Zelu</t>
+          <t>Clavigo</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052022948</t>
+          <t>9786057703255</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>1948 Arap - İsrail Savaşı</t>
+          <t>İrade Eğitimi (Tam Metin)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052022917</t>
+          <t>9786057703187</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi</t>
+          <t>Bir Çöküşün Hikayesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052022931</t>
+          <t>2017220172200</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>1967 Arap - İsrail Savaşı</t>
+          <t>Stefan Zweig Set (15 Kitap) Kutulu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>85</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052022924</t>
+          <t>9786057703156</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Konfüçyüs</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052022986</t>
+          <t>9786057703163</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052022979</t>
+          <t>9786057703132</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Hazreti Musa</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052022962</t>
+          <t>9786057703170</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Ankara Savaşı (1402)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052022955</t>
+          <t>9786057703224</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Margarita</t>
+          <t>Birbirine Benzemeyen Kız Kardeşler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052022894</t>
+          <t>9786057703217</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Karabulut Yeniçeri Hasan</t>
+          <t>Erika Ewald’in Aşkı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052022870</t>
+          <t>9786057703200</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Moğol Kurdu Cengiz Han</t>
+          <t>Kızıl</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052022887</t>
+          <t>9786057703194</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kılıçarslan</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052022283</t>
+          <t>9786057703125</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Hayal Et Cesur Ol Asla Pes Etme!</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052022856</t>
+          <t>9786054977482</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordusu'nda Propaganda</t>
+          <t>Türk Şeceresi - Türk'ün Soyağacı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052022825</t>
+          <t>9786054977475</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler - 93 Harbi ve Mısır Meselesi</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052022832</t>
+          <t>9786054977437</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Harbi ve Propaganda</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052022818</t>
+          <t>9786054977406</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Alman Belgelerinde Türk-Alman İlişkileri (1923-1931)</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052022757</t>
+          <t>9786057703026</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052022740</t>
+          <t>9786054977444</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Kuzgun</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052022795</t>
+          <t>9786057703019</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052022764</t>
+          <t>9786054977413</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052022801</t>
+          <t>9786054977420</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052022771</t>
+          <t>9786057703002</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Beyaz Zambaklar Ülkesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052022788</t>
+          <t>9786057703033</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Sayfiyeden Metropole Boğaziçi'nde Koruma</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052022733</t>
+          <t>9786058261327</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Zelu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052022726</t>
+          <t>9786052022948</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>1948 Arap - İsrail Savaşı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052022719</t>
+          <t>9786052022917</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Rusya'nın Kürt Politikası</t>
+          <t>Tasavvuf Tarihi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052022559</t>
+          <t>9786052022931</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>1967 Arap - İsrail Savaşı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052022641</t>
+          <t>9786052022924</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052022658</t>
+          <t>9786052022986</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052022696</t>
+          <t>9786052022979</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052022689</t>
+          <t>9786052022962</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052022665</t>
+          <t>9786052022955</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Usta ile Margarita</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052022634</t>
+          <t>9786052022894</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Karabulut Yeniçeri Hasan</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052022702</t>
+          <t>9786052022870</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Moğol Kurdu Cengiz Han</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052022672</t>
+          <t>9786052022887</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Kılıçarslan</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052022566</t>
+          <t>9786052022283</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan'da Türk Varlığı ve Nüfusu</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052022573</t>
+          <t>9786052022856</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Dönemi Osmanlı Fransız İlişkilerinde Krizler ve Çatışmalar</t>
+          <t>Osmanlı Ordusu'nda Propaganda</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052022610</t>
+          <t>9786052022825</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İngiliz İlişkileri ve Irak'ın Doğuşu</t>
+          <t>Başımıza Gelenler - 93 Harbi ve Mısır Meselesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052022627</t>
+          <t>9786052022832</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Jandarması ve İç Güvenlik Harekatı</t>
+          <t>Gerilla Harbi ve Propaganda</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052022498</t>
+          <t>9786052022818</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Alman Belgelerinde Türk-Alman İlişkileri (1923-1931)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052022528</t>
+          <t>9786052022757</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamında Yirmi Dört Saat</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052022542</t>
+          <t>9786052022740</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052022535</t>
+          <t>9786052022795</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kardeşinin Ölümsüz Gözleri</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052022504</t>
+          <t>9786052022764</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde’in Tuhaf Hikayesi</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052022580</t>
+          <t>9786052022801</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Korku Vadisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052022511</t>
+          <t>9786052022771</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052022481</t>
+          <t>9786052022788</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052022474</t>
+          <t>9786052022733</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gök Girsin Kızıl Çıksın</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052022467</t>
+          <t>9786052022726</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Vladimir Putin</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052022429</t>
+          <t>9786052022719</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Rusya'nın Kürt Politikası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052022450</t>
+          <t>9786052022559</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052022443</t>
+          <t>9786052022641</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kut'ul Amare</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052022405</t>
+          <t>9786052022658</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052022436</t>
+          <t>9786052022696</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052022382</t>
+          <t>9786052022689</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052022368</t>
+          <t>9786052022665</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052022245</t>
+          <t>9786052022634</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Deniz Harbi</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052022276</t>
+          <t>9786052022702</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052022313</t>
+          <t>9786052022672</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052022344</t>
+          <t>9786052022566</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Bulgaristan'da Türk Varlığı ve Nüfusu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052022320</t>
+          <t>9786052022573</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>2. Abdülhamid Dönemi Osmanlı Fransız İlişkilerinde Krizler ve Çatışmalar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052022290</t>
+          <t>9786052022610</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Osmanlı İngiliz İlişkileri ve Irak'ın Doğuşu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052022306</t>
+          <t>9786052022627</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Osmanlı Jandarması ve İç Güvenlik Harekatı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052022269</t>
+          <t>9786052022498</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052022337</t>
+          <t>9786052022528</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Bir Kadının Yaşamında Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052022252</t>
+          <t>9786052022542</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Anlama Sanatı</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052022207</t>
+          <t>9786052022535</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Kardeşinin Ölümsüz Gözleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052022191</t>
+          <t>9786052022504</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Dr. Jekyll ve Bay Hyde’in Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052022184</t>
+          <t>9786052022580</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052022160</t>
+          <t>9786052022511</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052022153</t>
+          <t>9786052022481</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052022146</t>
+          <t>9786052022474</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Gök Girsin Kızıl Çıksın</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052022221</t>
+          <t>9786052022467</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Bahaeddin</t>
+          <t>Vladimir Putin</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052022177</t>
+          <t>9786052022429</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Benim Üniversitelerim</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052022214</t>
+          <t>9786052022450</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Malcolm X</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052022122</t>
+          <t>9786052022443</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Atılan İftiralar</t>
+          <t>Kut'ul Amare</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052022108</t>
+          <t>9786052022405</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Örgütler Teşkilat-ı Mahsusa</t>
+          <t>Franz Kafka</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052022115</t>
+          <t>9786052022436</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hilal'in Muhafızı Abdülhamid Han</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052022016</t>
+          <t>9786052022382</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bir Kudüs Öyküsü</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052022023</t>
+          <t>9786052022368</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052022092</t>
+          <t>9786052022245</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Çanakkale’de Deniz Harbi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052022030</t>
+          <t>9786052022276</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052022047</t>
+          <t>9786052022313</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052022085</t>
+          <t>9786052022344</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052022061</t>
+          <t>9786052022320</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052022054</t>
+          <t>9786052022290</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052022009</t>
+          <t>9786052022306</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Suriyesi'nde Bitmeyen Mücadele</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054977987</t>
+          <t>9786052022269</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054977994</t>
+          <t>9786052022337</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sanat Nedir?</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054977970</t>
+          <t>9786052022252</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Çocukları Anlama Sanatı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054977932</t>
+          <t>9786052022207</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054977925</t>
+          <t>9786052022191</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054977918</t>
+          <t>9786052022184</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Babama Mektup</t>
+          <t>Fırtınalar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054977963</t>
+          <t>9786052022160</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054977956</t>
+          <t>9786052022153</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054977949</t>
+          <t>9786052022146</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054977901</t>
+          <t>9786052022221</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terraki Düşerken</t>
+          <t>Aşk Yolunda Bahaeddin</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054977826</t>
+          <t>9786052022177</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Benim Üniversitelerim</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054977871</t>
+          <t>9786052022214</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054977819</t>
+          <t>9786052022122</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Atatürk’e Atılan İftiralar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054977888</t>
+          <t>9786052022108</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Gizemli Örgütler Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054977864</t>
+          <t>9786052022115</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Hilal'in Muhafızı Abdülhamid Han</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054977895</t>
+          <t>9786052022016</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayeti</t>
+          <t>Bir Kudüs Öyküsü</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054977833</t>
+          <t>9786052022023</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054977857</t>
+          <t>9786052022092</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054977840</t>
+          <t>9786052022030</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054977789</t>
+          <t>9786052022047</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haçlılar</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054977741</t>
+          <t>9786052022085</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054977796</t>
+          <t>9786052022061</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet (Ciltli)</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054977802</t>
+          <t>9786052022054</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim (Ciltli)</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054977772</t>
+          <t>9786052022009</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşı'nda Trakya Muhabereleri 1912 - 1913</t>
+          <t>Osmanlı Suriyesi'nde Bitmeyen Mücadele</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054977765</t>
+          <t>9786054977987</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kulbak Bilge (Ciltli)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>1200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054977758</t>
+          <t>9786054977994</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarla Söyleşi 1</t>
+          <t>Sanat Nedir?</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054977680</t>
+          <t>9786054977970</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Cizvitler</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054977703</t>
+          <t>9786054977932</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Vatikan</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054977673</t>
+          <t>9786054977925</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054977734</t>
+          <t>9786054977918</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son 40 Yılında Rumeli Türkleri ve Müslümanları</t>
+          <t>Babama Mektup</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054977659</t>
+          <t>9786054977963</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054977710</t>
+          <t>9786054977956</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Su Perisi Berrak Su Tepegöz'e Karşı</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054977727</t>
+          <t>9786054977949</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>21. Asırda Hicret</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054977666</t>
+          <t>9786054977901</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayesi</t>
+          <t>İttihat ve Terraki Düşerken</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054977611</t>
+          <t>9786054977826</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Batılı Gözler Altında</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054977642</t>
+          <t>9786054977871</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu’ya Veda</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054977628</t>
+          <t>9786054977819</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İran’da İstihbarat Savaşı</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054977635</t>
+          <t>9786054977888</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054977499</t>
+          <t>9786054977864</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054977567</t>
+          <t>9786054977895</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bugün Ne Oynayalım</t>
+          <t>Morgue Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054977512</t>
+          <t>9786054977833</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054977536</t>
+          <t>9786054977857</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Babür Şah</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054977383</t>
+          <t>9786054977840</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kırbacı</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055857431</t>
+          <t>9786054977789</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Ağası</t>
+          <t>Selahaddin Eyyubi ve Haçlılar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055857417</t>
+          <t>9786054977741</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ruslar Bizansın Peşinde</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055857424</t>
+          <t>9786054977796</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan</t>
+          <t>Fatih Sultan Mehmet (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054977154</t>
+          <t>9786054977802</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlişkileri</t>
+          <t>Yavuz Sultan Selim (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054977291</t>
+          <t>9786054977772</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Felaket Seneleri (1683-1699)</t>
+          <t>Balkan Savaşı'nda Trakya Muhabereleri 1912 - 1913</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944978200</t>
+          <t>9786054977765</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları</t>
+          <t>Kulbak Bilge (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>160</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054977338</t>
+          <t>9786054977758</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mydos’t İskelesi</t>
+          <t>Kitaplarla Söyleşi 1</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054977161</t>
+          <t>9786054977680</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Sıcağında GAP ve Türkiye</t>
+          <t>Cizvitler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054977147</t>
+          <t>9786054977703</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Devlet Olmak İçin Aileden Devlete</t>
+          <t>Vatikan</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054977178</t>
+          <t>9786054977673</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tükenmeyen Hazine</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>450</v>
+        <v>850</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054977321</t>
+          <t>9786054977734</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Dağılma Devri</t>
+          <t>Osmanlı'nın Son 40 Yılında Rumeli Türkleri ve Müslümanları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054977345</t>
+          <t>9786054977659</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Melekler Ağlarken</t>
+          <t>Doğu Türkistan</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054977376</t>
+          <t>9786054977710</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bir Meczubun Rüyası</t>
+          <t>Su Perisi Berrak Su Tepegöz'e Karşı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054977239</t>
+          <t>9786054977727</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bir Asırlık Kan Davası : Tehcir ve Propaganda (1915-2015)</t>
+          <t>21. Asırda Hicret</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944978309</t>
+          <t>9786054977666</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Türkçülük</t>
+          <t>Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057703347</t>
+          <t>9786054977611</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (2 Cilt Takım)</t>
+          <t>Batılı Gözler Altında</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054977192</t>
+          <t>9786054977642</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İki Kıta Bir Şehir İstanbul</t>
+          <t>Gelibolu’ya Veda</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054977123</t>
+          <t>9786054977628</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Anahtarı Fatiha</t>
+          <t>İran’da İstihbarat Savaşı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054977116</t>
+          <t>9786054977635</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Eyyub El Ensari</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054977109</t>
+          <t>9786054977499</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Dem</t>
+          <t>İttihat ve Terakki</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>90</v>
+        <v>900</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944978958</t>
+          <t>9786054977567</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Gencin Hatıra Defteri</t>
+          <t>Bugün Ne Oynayalım</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944978965</t>
+          <t>9786054977512</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Aşk Entrika Güç ve Zehir</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054977048</t>
+          <t>9786054977536</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes 1: Tanık (Ciltli)</t>
+          <t>Babür Şah</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054977086</t>
+          <t>9786054977383</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Japon Mucizesinin Sırları</t>
+          <t>Tanrının Kırbacı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054977055</t>
+          <t>9786055857431</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ruslarla Kavgadan - Derin Ortaklığa</t>
+          <t>Kızlar Ağası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054977277</t>
+          <t>9786055857417</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Cuntalar ve Cemaatler</t>
+          <t>Ruslar Bizansın Peşinde</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054977307</t>
+          <t>9786055857424</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda İdari İnisiyatif</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944978989</t>
+          <t>9786054977154</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Bozkurt</t>
+          <t>İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789944978576</t>
+          <t>9786054977291</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Yedi Sırrı</t>
+          <t>Osmanlı'nın Felaket Seneleri (1683-1699)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944978811</t>
+          <t>9789944978200</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Panonun Şifresi</t>
+          <t>Zeka Oyunları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944978798</t>
+          <t>9786054977338</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bir İmparatorluğun Doğuşu Konstantinapol</t>
+          <t>Mydos’t İskelesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944978910</t>
+          <t>9786054977161</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kader Gemileri Yavuz ile Midilli</t>
+          <t>Ortadoğu Sıcağında GAP ve Türkiye</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944978514</t>
+          <t>9786054977147</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Aile Ahlakı</t>
+          <t>Devlet Olmak İçin Aileden Devlete</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944978682</t>
+          <t>9786054977178</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Akşamları</t>
+          <t>Tükenmeyen Hazine</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944978699</t>
+          <t>9786054977321</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Osmanlı Devletinin Dağılma Devri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944978873</t>
+          <t>9786054977345</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi</t>
+          <t>Melekler Ağlarken</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057703453</t>
+          <t>9786054977376</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kuran Kültürü</t>
+          <t>Bir Meczubun Rüyası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944978750</t>
+          <t>9786054977239</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Bir Asırlık Kan Davası : Tehcir ve Propaganda (1915-2015)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944978422</t>
+          <t>9789944978309</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>% 100 Düşün % 100 Başar</t>
+          <t>Türkçülük</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944978347</t>
+          <t>9786057703347</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’da Kaos ve Tasfiye</t>
+          <t>Mukaddime (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>350</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944978613</t>
+          <t>9786054977192</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Kökenleri</t>
+          <t>İki Kıta Bir Şehir İstanbul</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944978163</t>
+          <t>9786054977123</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Troçkist İmparatorluk</t>
+          <t>Kur'an-ı Kerim'in Anahtarı Fatiha</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944978743</t>
+          <t>9786054977116</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Hz. Ebu Eyyub El Ensari</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944978835</t>
+          <t>9786054977109</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Timur’un Prensipleri</t>
+          <t>Aşk-ı Dem</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944978859</t>
+          <t>9789944978958</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Theodora ve İmparator</t>
+          <t>Bir Ermeni Gencin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944978880</t>
+          <t>9789944978965</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sinan’ın Mihrimah’ı</t>
+          <t>Aşk Entrika Güç ve Zehir</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944978866</t>
+          <t>9786054977048</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sabetay Sevi - İzmirli Mesih</t>
+          <t>Sherlock Holmes 1: Tanık (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
+          <t>9786054977086</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Japon Mucizesinin Sırları</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786054977055</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Ruslarla Kavgadan - Derin Ortaklığa</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786054977277</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Cuntalar ve Cemaatler</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786054977307</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlarda İdari İnisiyatif</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789944978989</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı: Bozkurt</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789944978576</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’nın Yedi Sırrı</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789944978811</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Panonun Şifresi</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789944978798</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Bir İmparatorluğun Doğuşu Konstantinapol</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789944978910</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Kader Gemileri Yavuz ile Midilli</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789944978514</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Devlet ve Aile Ahlakı</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789944978682</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Çankaya Akşamları</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789944978699</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Buyurdu Zerdüşt</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789944978873</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Harbi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786057703453</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ün Kuran Kültürü</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789944978750</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789944978422</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>% 100 Düşün % 100 Başar</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789944978347</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız’da Kaos ve Tasfiye</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789944978613</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Türk Milliyetçiliğinin Kökenleri</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789944978163</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Troçkist İmparatorluk</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789944978743</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Toplum Sözleşmesi</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789944978835</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Timur’un Prensipleri</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789944978859</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Theodora ve İmparator</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789944978880</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Sinan’ın Mihrimah’ı</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789944978866</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Sabetay Sevi - İzmirli Mesih</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
           <t>9786052022863</t>
         </is>
       </c>
-      <c r="B297" s="1" t="inlineStr">
+      <c r="B321" s="1" t="inlineStr">
         <is>
           <t>Muhteşem Süleyman Kanuni</t>
         </is>
       </c>
-      <c r="C297" s="1">
-        <v>250</v>
+      <c r="C321" s="1">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>