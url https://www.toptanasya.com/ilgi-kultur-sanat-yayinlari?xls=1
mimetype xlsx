--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,4840 +85,5725 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>2000636663660</t>
+          <t>9786257541824</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Saatlik Tarih Set (14 Kitap Takım)</t>
+          <t>Kazım Karabekir'in Eserlerinde Doğu Sorunu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052022412</t>
+          <t>9786257541800</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kara Kemal</t>
+          <t>1711 Prut Seferi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058261310</t>
+          <t>9786257541817</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hey Hayal Etsen Yeter</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944978804</t>
+          <t>9786257541848</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kurtulurken</t>
+          <t>Rusya'nın Geleceği</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944978781</t>
+          <t>9786257541404</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Türkler</t>
+          <t>Türk Tarihinde Kadın</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057703460</t>
+          <t>9786052022399</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İki Devrin Perde Arkası</t>
+          <t>Fahreddin Paşa</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>900</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054977130</t>
+          <t>9786052022597</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Adam Akif</t>
+          <t>İşaret Dili Tercümanı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054977000</t>
+          <t>9789944978729</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbinde Neden Mağlup Olduk?</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052022849</t>
+          <t>9789944978668</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ajan</t>
+          <t>Türk’ün Soy Ağacı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054977604</t>
+          <t>9789944978767</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bursa’nın Daveti</t>
+          <t>Türkler ve Alevilik-Bektaşilik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>550</v>
+        <v>26.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052022375</t>
+          <t>9789944978774</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yahudi</t>
+          <t>Tarihte Türkler ve Türk Devletleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052022238</t>
+          <t>9799944978117</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Goltz’un Hatıraları</t>
+          <t>Tanrının Kırbacı Attila</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054977697</t>
+          <t>9789944978545</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Evanjelikler</t>
+          <t>Sultan Kenesarı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054977352</t>
+          <t>9799944978032</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Asa</t>
+          <t>Siyasi Sürgünler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057703316</t>
+          <t>9789944978385</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kırbacı Attila</t>
+          <t>Sessiz Savaş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057703309</t>
+          <t>9799944978087</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur</t>
+          <t>Selanik’ten Gelibolu’ya</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057703439</t>
+          <t>9789944978439</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Derune Dokunuşlar</t>
+          <t>Rus Stratejisinin Mimarları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057703620</t>
+          <t>9759944978296</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Tedhiş ve Gerilla</t>
+          <t>Panislavizm ve Rus Milliyetçiliği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>900</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257541077</t>
+          <t>9789944978712</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Rönesans</t>
+          <t>Ömer Hayyam</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257541718</t>
+          <t>9799944978063</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mafya</t>
+          <t>Osmanlıdan Cumhuriyete Ordu Siyaset İlişkisi 27 Mayıs 1960 Askeri Darbesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>900</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257541749</t>
+          <t>9789944978323</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gezginin Günlüğü</t>
+          <t>Osmanlı Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257541732</t>
+          <t>9789944978316</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Hikâyeler</t>
+          <t>Osmanlı İmparatorluğu Tarihi 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>390</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257541725</t>
+          <t>9786054977581</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aranan Ahlak Ahilik</t>
+          <t>Osmanlı İmparatorluğu Tarihi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257541794</t>
+          <t>9789944978361</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Necef ve Kerbela İsyanları</t>
+          <t>Orta Asya ve Kafkaslara Türk Bakışı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257541671</t>
+          <t>9789944978651</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Epikuros</t>
+          <t>Moğolların Efendisi Cengiz Han</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257452823</t>
+          <t>9789944978187</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>Moğolların Efendisi Cengiz Han</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257541688</t>
+          <t>9789944978019</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sokrates</t>
+          <t>Mevlana’nın Yedi Sırrı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257541695</t>
+          <t>9789944979610</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles</t>
+          <t>Konuşan Eller</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2018246182464</t>
+          <t>9789944978132</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Goethe Seti - (4 Kitap Takım)</t>
+          <t>Kimliğini Arayan Meşrutiyet</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>820</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>2018257182576</t>
+          <t>9789944978538</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikleri Set 4 (4 Kitap Takım)</t>
+          <t>Kazım Karabekir’in Eserlerinde Doğu Sorunu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>820</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2018249182492</t>
+          <t>9789944978590</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Virginia Woolf Seti (3 Kitap Takım)</t>
+          <t>Kayıp Semboller</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>590</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2018250182504</t>
+          <t>9789944978637</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zweig Seti (5 Kitap Takım)</t>
+          <t>Kapitalizm Marksizm ve İslam</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>750</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052022139</t>
+          <t>9789944978231</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>İstanbul’a Adanmış Bir Hayat Çelik Gülersoy</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052022351</t>
+          <t>9789944978705</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Hoca Ahmet Yesevi ve Hikmetler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052022078</t>
+          <t>9789944978903</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Hitler’in Gizli Dosyalarında Türkiye</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057703330</t>
+          <t>9789944978415</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
+          <t>İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052022900</t>
+          <t>9789944978507</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Rumeli'de Bizden Ne Kaldı?</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054977505</t>
+          <t>9789944978569</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Siyon Liderlerinin Protokolleri</t>
+          <t>Güneşin Gözyaşları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057703262</t>
+          <t>9789944979016</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Iphigenia Tauris'te</t>
+          <t>Güç Kimde? Fırtınaya Karşı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257541701</t>
+          <t>9786055662103</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>The History Of Sufizm</t>
+          <t>Gladyatörler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944978552</t>
+          <t>9799944978124</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Gözüyle Türkler</t>
+          <t>Emir Timur</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057703149</t>
+          <t>9789944978286</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan ve Bulgaristan Türkleri</t>
+          <t>Diplomatik Anılarla Dış İlişkilerimiz</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052022993</t>
+          <t>9789944978736</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Kucaklayan Aile</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>550</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257541602</t>
+          <t>9789944978446</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnsandan İnsanlığa Ulusaldan Evrensele</t>
+          <t>Değişen Dünyada Yeni Dengeler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257541596</t>
+          <t>9789944978194</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi</t>
+          <t>Çankaya Akşamları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257541589</t>
+          <t>9789944978408</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yönetenlerin Yönetimi - Nehcü’s-sülük Fî Siyaseti’l-Mülük</t>
+          <t>Çağ Açan Padişah Fatih Sultan Mehmed Han</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257541572</t>
+          <t>9789944978453</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fatih’in Tarihi (Tarih-i Ebü’l Feth)</t>
+          <t>Büyük Oyundaki Türk Enver Altaylı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257541565</t>
+          <t>9789944978620</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bizanslı Gözüyle Türkler</t>
+          <t>Her Yönüyle Kürt Dosyası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>27.69</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257541558</t>
+          <t>9789944978056</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>1807-1808 İhtilalleri Arasında İstanbul</t>
+          <t>Bulgar Terör Örgütünün Anatomisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>480</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058261365</t>
+          <t>9799944978148</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Galen Masalları</t>
+          <t>Bizans İmparatorluğunun Tarihi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257541503</t>
+          <t>9789944978279</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Kamufle</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257541510</t>
+          <t>9789944978941</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Taşlar Dönerken Osmanlı Dönemi İstanbul Değirmenleri</t>
+          <t>İsyanlar Direnişler Zaferler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1500</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257541480</t>
+          <t>9786055032128</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan ve Roma’da Mitler - Efsaneler</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>400</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257541497</t>
+          <t>9786054977284</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Sanatı</t>
+          <t>İbsenciliğin Özü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058261358</t>
+          <t>9786054977079</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hazine Haritası</t>
+          <t>Fatih'in Tarihi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058261341</t>
+          <t>9786054977062</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Büyük İddia</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>2019160191600</t>
+          <t>9789944978378</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikleri Set 7- 4 Kitap</t>
+          <t>Yönetenlerin Yönetimi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>2019159191598</t>
+          <t>9786054977260</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikleri Set 6- 6 Kitap</t>
+          <t>Türk Sembolleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1040</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>2019158191582</t>
+          <t>9786054977093</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikleri Set 5 - 6 Kitap</t>
+          <t>Coca Cola'da Ceo Olmak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1010</v>
+        <v>110</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>2019157191576</t>
+          <t>9786054977024</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Set 7 Kitap</t>
+          <t>Osmanlılarda Ulaşım ve Haberleşme (Menziller)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1450</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257541381</t>
+          <t>9786054977031</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahraman</t>
+          <t>Türk - İtalyan Savaşı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257541398</t>
+          <t>9786054977017</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yufka Yürek</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257541374</t>
+          <t>9786054977598</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Sopherl! Sopherl!</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257541367</t>
+          <t>9789944978644</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kırık Testi</t>
+          <t>Atatürk’ün Kur’an Kültürü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257541350</t>
+          <t>9789944978927</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Maria Magdalena</t>
+          <t>Aşkla Dans</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257541411</t>
+          <t>9789944978217</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Ana Yurttan Masallar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>460</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257541343</t>
+          <t>9789944978156</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ters Gömlekler</t>
+          <t>Amerika’nın İslam’ı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054977550</t>
+          <t>9789944978392</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Sakal</t>
+          <t>Sultan 2. Abdülhamid’in Gizli Siyaseti ve Yunan Zaferi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257541107</t>
+          <t>9789944978897</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva’nın Güncesi</t>
+          <t>1711 Prut Seferi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>170</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257541091</t>
+          <t>9786054977253</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Deruni Devlet</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257541084</t>
+          <t>9786054977246</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Sırdaş - Abdülhamid Han’ın Bilinmeyen Sırları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257541046</t>
+          <t>9786054977369</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu Tarihi (2 Cilt Kutulu)</t>
+          <t>Melami Savaşları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1500</v>
+        <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257625883</t>
+          <t>9786054977529</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Meşe Ağaçlı Şato</t>
+          <t>Aksak Timur</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257625890</t>
+          <t>9786054977543</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Olivia</t>
+          <t>Mete Han ve Devlet Yönetimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257625876</t>
+          <t>2017850178504</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Renate</t>
+          <t>Balkan Kitaplığı Set (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>170</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257625906</t>
+          <t>2017893178936</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Tanrı</t>
+          <t>Türk Milliyetçiliği Tarihi (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>290</v>
+        <v>445</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057703521</t>
+          <t>9786054977390</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı - İlgi Çocuk Klasikleri 13</t>
+          <t>Tengri'nin Türk'ü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057703538</t>
+          <t>2000636663660</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi - Çocuk Klasikleri</t>
+          <t>Saatlik Tarih Set (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>170</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057703064</t>
+          <t>9786052022412</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein - Çocuk Klasikleri</t>
+          <t>Kara Kemal</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057703545</t>
+          <t>9789944978804</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Maceraları - Çocuk Klasikleri</t>
+          <t>İstanbul Kurtulurken</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057703477</t>
+          <t>9789944978781</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında - Çocuk Klasikleri</t>
+          <t>İslamiyet ve Türkler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057703484</t>
+          <t>9786057703460</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş - Çocuk Klasikleri</t>
+          <t>İki Devrin Perde Arkası</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>900</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057703491</t>
+          <t>9786054977130</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens - Çocuk Klasikleri</t>
+          <t>Yalnız Adam Akif</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057703507</t>
+          <t>9786054977000</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Çocuk Klasikleri</t>
+          <t>Balkan Harbinde Neden Mağlup Olduk?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057703514</t>
+          <t>9786052022849</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci - Çocuk Klasikleri</t>
+          <t>Kızıl Ajan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057703644</t>
+          <t>9786054977604</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Cesur ve Pragmatik</t>
+          <t>Bursa’nın Daveti</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057703637</t>
+          <t>9786052022375</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkiye Yolunda</t>
+          <t>Gizemli Yahudi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052022603</t>
+          <t>9786052022238</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Goltz’un Hatıraları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057703583</t>
+          <t>9786054977697</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Evanjelikler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057703576</t>
+          <t>9786054977352</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Asa</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054977468</t>
+          <t>9786057703316</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Tanrının Kırbacı Attila</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057703613</t>
+          <t>9786057703309</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Emir Timur</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057703606</t>
+          <t>9786057703439</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Derune Dokunuşlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057703590</t>
+          <t>9786057703620</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun’a Göre Devlette Çöküş</t>
+          <t>Balkanlarda Tedhiş ve Gerilla</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057703040</t>
+          <t>9786257541077</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant'ın Çocukları</t>
+          <t>Rönesans</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057703552</t>
+          <t>9786257541718</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Libya'sı</t>
+          <t>Mafya</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>900</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057703569</t>
+          <t>9786257541749</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Diktatör - Joseph Stalin</t>
+          <t>Gezginin Günlüğü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054977451</t>
+          <t>9786257541732</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Zamansız Hikâyeler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057703071</t>
+          <t>9786257541725</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Aranan Ahlak Ahilik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057703057</t>
+          <t>9786257541794</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile yaşar</t>
+          <t>Birinci Dünya Savaşı’nda Necef ve Kerbela İsyanları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057703095</t>
+          <t>9786257541671</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Fil</t>
+          <t>Epikuros</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057703101</t>
+          <t>9786257452823</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bambi</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057703088</t>
+          <t>9786257541688</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Sokrates</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057703408</t>
+          <t>9786257541695</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Araba ile Dünya Yolculuğu</t>
+          <t>Aristoteles</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057703446</t>
+          <t>2018246182464</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kıymık</t>
+          <t>Goethe Seti - (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>290</v>
+        <v>820</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057703422</t>
+          <t>2018257182576</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Olmuş</t>
+          <t>Seçme Dünya Klasikleri Set 4 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>290</v>
+        <v>820</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057703415</t>
+          <t>2018249182492</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Geçmişteki Gelecek</t>
+          <t>Virginia Woolf Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>590</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>2017804178048</t>
+          <t>2018250182504</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Aşk Klasikleri Seti (10 Kitap Takım)</t>
+          <t>Zweig Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>2280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057703378</t>
+          <t>9786052022139</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057703392</t>
+          <t>9786052022351</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057703385</t>
+          <t>9786052022078</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Odysseia</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057703118</t>
+          <t>9786057703330</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057703323</t>
+          <t>9786052022900</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Rumeli'de Bizden Ne Kaldı?</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057703293</t>
+          <t>9786054977505</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Selanik’ten Gelibolu’ya</t>
+          <t>Siyon Liderlerinin Protokolleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057703286</t>
+          <t>9786057703262</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Iphigenia Tauris'te</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057703231</t>
+          <t>9786257541701</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Belene Adası</t>
+          <t>The History Of Sufizm</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057703248</t>
+          <t>9789944978552</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Sanatın Propaganda Aracı Olarak Kullanılması</t>
+          <t>Bizanslı Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>550</v>
+        <v>60</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057703279</t>
+          <t>9786057703149</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Clavigo</t>
+          <t>Bulgaristan ve Bulgaristan Türkleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057703255</t>
+          <t>9786052022993</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi (Tam Metin)</t>
+          <t>İnsanlığı Kucaklayan Aile</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057703187</t>
+          <t>9786257541602</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Hikayesi</t>
+          <t>İnsandan İnsanlığa Ulusaldan Evrensele</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>2017220172200</t>
+          <t>9786257541596</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Set (15 Kitap) Kutulu</t>
+          <t>Bizans İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>2250</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057703156</t>
+          <t>9786257541589</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Konfüçyüs</t>
+          <t>Yönetenlerin Yönetimi - Nehcü’s-sülük Fî Siyaseti’l-Mülük</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057703163</t>
+          <t>9786257541572</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Fatih’in Tarihi (Tarih-i Ebü’l Feth)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057703132</t>
+          <t>9786257541565</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Musa</t>
+          <t>Bizanslı Gözüyle Türkler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057703170</t>
+          <t>9786257541558</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ankara Savaşı (1402)</t>
+          <t>1807-1808 İhtilalleri Arasında İstanbul</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057703224</t>
+          <t>9786257541503</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Birbirine Benzemeyen Kız Kardeşler</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057703217</t>
+          <t>9786257541510</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald’in Aşkı</t>
+          <t>Taşlar Dönerken Osmanlı Dönemi İstanbul Değirmenleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>90</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057703200</t>
+          <t>9786257541480</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kızıl</t>
+          <t>Eski Yunan ve Roma’da Mitler - Efsaneler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057703194</t>
+          <t>9786257541497</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Bilgelik Sanatı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057703125</t>
+          <t>2019160191600</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et Cesur Ol Asla Pes Etme!</t>
+          <t>Seçme Dünya Klasikleri Set 7- 4 Kitap</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054977482</t>
+          <t>2019159191598</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Şeceresi - Türk'ün Soyağacı</t>
+          <t>Seçme Dünya Klasikleri Set 6- 6 Kitap</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054977475</t>
+          <t>2019158191582</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Seçme Dünya Klasikleri Set 5 - 6 Kitap</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>170</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054977437</t>
+          <t>2019157191576</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Dostoyevski Set 7 Kitap</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054977406</t>
+          <t>9786257541381</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Küçük Kahraman</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057703026</t>
+          <t>9786257541398</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Yufka Yürek</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054977444</t>
+          <t>9786257541374</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057703019</t>
+          <t>9786257541367</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Kırık Testi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054977413</t>
+          <t>9786257541350</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Maria Magdalena</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054977420</t>
+          <t>9786257541411</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057703002</t>
+          <t>9786257541343</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesi</t>
+          <t>Ters Gömlekler</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057703033</t>
+          <t>9786054977550</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sayfiyeden Metropole Boğaziçi'nde Koruma</t>
+          <t>Kızıl Sakal</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786058261327</t>
+          <t>9786257541107</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zelu</t>
+          <t>Adem İle Havva’nın Güncesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052022948</t>
+          <t>9786257541091</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>1948 Arap - İsrail Savaşı</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052022917</t>
+          <t>9786257541084</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Tarihi</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052022931</t>
+          <t>9786257541046</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>1967 Arap - İsrail Savaşı</t>
+          <t>Osmanlı İmparatorluğu Tarihi (2 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052022924</t>
+          <t>9786257625883</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Meşe Ağaçlı Şato</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052022986</t>
+          <t>9786257625890</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Olivia</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052022979</t>
+          <t>9786257625876</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Renate</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052022962</t>
+          <t>9786257625906</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>İçimdeki Tanrı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052022955</t>
+          <t>9786057703521</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Margarita</t>
+          <t>Vahşetin Çağrısı - İlgi Çocuk Klasikleri 13</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052022894</t>
+          <t>9786057703538</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Karabulut Yeniçeri Hasan</t>
+          <t>Çocuk Kalbi - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052022870</t>
+          <t>9786057703064</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Moğol Kurdu Cengiz Han</t>
+          <t>Frankenstein - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052022887</t>
+          <t>9786057703545</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kılıçarslan</t>
+          <t>Sherlock Holmes Maceraları - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052022283</t>
+          <t>9786057703477</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Alice Harikalar Diyarında - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052022856</t>
+          <t>9786057703484</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordusu'nda Propaganda</t>
+          <t>Beyaz Diş - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052022825</t>
+          <t>9786057703491</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Başımıza Gelenler - 93 Harbi ve Mısır Meselesi</t>
+          <t>Mutlu Prens - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052022832</t>
+          <t>9786057703507</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Harbi ve Propaganda</t>
+          <t>Pinokyo - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052022818</t>
+          <t>9786057703514</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Alman Belgelerinde Türk-Alman İlişkileri (1923-1931)</t>
+          <t>Siyah İnci - Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052022757</t>
+          <t>9786057703644</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Cesur ve Pragmatik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052022740</t>
+          <t>9786057703637</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Büyük Türkiye Yolunda</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052022795</t>
+          <t>9786052022603</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052022764</t>
+          <t>9786057703583</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052022801</t>
+          <t>9786057703576</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052022771</t>
+          <t>9786054977468</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052022788</t>
+          <t>9786057703613</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052022733</t>
+          <t>9786057703606</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052022726</t>
+          <t>9786057703590</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>İbn Haldun’a Göre Devlette Çöküş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052022719</t>
+          <t>9786057703040</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Rusya'nın Kürt Politikası</t>
+          <t>Kaptan Grant'ın Çocukları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052022559</t>
+          <t>9786057703552</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Osmanlı Libya'sı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052022641</t>
+          <t>9786057703569</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Diktatör - Joseph Stalin</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052022658</t>
+          <t>9786054977451</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052022696</t>
+          <t>9786057703071</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052022689</t>
+          <t>9786057703057</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>İnsan Ne ile yaşar</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052022665</t>
+          <t>9786057703095</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Beyaz Fil</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052022634</t>
+          <t>9786057703101</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Bambi</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052022702</t>
+          <t>9786057703088</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052022672</t>
+          <t>9786057703408</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Araba ile Dünya Yolculuğu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052022566</t>
+          <t>9786057703446</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan'da Türk Varlığı ve Nüfusu</t>
+          <t>Kıymık</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052022573</t>
+          <t>9786057703422</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Dönemi Osmanlı Fransız İlişkilerinde Krizler ve Çatışmalar</t>
+          <t>Bir Varmış Bir Olmuş</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052022610</t>
+          <t>9786057703415</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İngiliz İlişkileri ve Irak'ın Doğuşu</t>
+          <t>Geçmişteki Gelecek</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052022627</t>
+          <t>2017804178048</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Jandarması ve İç Güvenlik Harekatı</t>
+          <t>Unutulmaz Aşk Klasikleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>350</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052022498</t>
+          <t>9786057703378</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052022528</t>
+          <t>9786057703392</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamında Yirmi Dört Saat</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052022542</t>
+          <t>9786057703385</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Odysseia</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052022535</t>
+          <t>9786057703118</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kardeşinin Ölümsüz Gözleri</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052022504</t>
+          <t>9786057703323</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde’in Tuhaf Hikayesi</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052022580</t>
+          <t>9786057703293</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Selanik’ten Gelibolu’ya</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052022511</t>
+          <t>9786057703286</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052022481</t>
+          <t>9786057703231</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Belene Adası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052022474</t>
+          <t>9786057703248</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Gök Girsin Kızıl Çıksın</t>
+          <t>Osmanlı’dan Cumhuriyete Sanatın Propaganda Aracı Olarak Kullanılması</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052022467</t>
+          <t>9786057703279</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Vladimir Putin</t>
+          <t>Clavigo</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052022429</t>
+          <t>9786057703255</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>İrade Eğitimi (Tam Metin)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052022450</t>
+          <t>9786057703187</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Bir Çöküşün Hikayesi</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052022443</t>
+          <t>2017220172200</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kut'ul Amare</t>
+          <t>Stefan Zweig Set (15 Kitap) Kutulu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052022405</t>
+          <t>9786057703156</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka</t>
+          <t>Konfüçyüs</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052022436</t>
+          <t>9786057703163</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052022382</t>
+          <t>9786057703132</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Hazreti Musa</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052022368</t>
+          <t>9786057703170</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Ankara Savaşı (1402)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052022245</t>
+          <t>9786057703224</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Deniz Harbi</t>
+          <t>Birbirine Benzemeyen Kız Kardeşler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052022276</t>
+          <t>9786057703217</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Erika Ewald’in Aşkı</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052022313</t>
+          <t>9786057703200</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Kızıl</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052022344</t>
+          <t>9786057703194</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052022320</t>
+          <t>9786057703125</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Hayal Et Cesur Ol Asla Pes Etme!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052022290</t>
+          <t>9786054977482</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Türk Şeceresi - Türk'ün Soyağacı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052022306</t>
+          <t>9786054977475</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052022269</t>
+          <t>9786054977437</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052022337</t>
+          <t>9786054977406</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Köpek Kalbi</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052022252</t>
+          <t>9786057703026</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Anlama Sanatı</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052022207</t>
+          <t>9786054977444</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Kuzgun</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052022191</t>
+          <t>9786057703019</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052022184</t>
+          <t>9786054977413</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052022160</t>
+          <t>9786054977420</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052022153</t>
+          <t>9786057703002</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Beyaz Zambaklar Ülkesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052022146</t>
+          <t>9786057703033</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Sayfiyeden Metropole Boğaziçi'nde Koruma</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052022221</t>
+          <t>9786058261327</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Bahaeddin</t>
+          <t>Zelu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052022177</t>
+          <t>9786052022948</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Benim Üniversitelerim</t>
+          <t>1948 Arap - İsrail Savaşı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052022214</t>
+          <t>9786052022917</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah</t>
+          <t>Tasavvuf Tarihi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052022122</t>
+          <t>9786052022931</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Atılan İftiralar</t>
+          <t>1967 Arap - İsrail Savaşı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052022108</t>
+          <t>9786052022924</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Örgütler Teşkilat-ı Mahsusa</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052022115</t>
+          <t>9786052022986</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hilal'in Muhafızı Abdülhamid Han</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052022016</t>
+          <t>9786052022979</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bir Kudüs Öyküsü</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052022023</t>
+          <t>9786052022962</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052022092</t>
+          <t>9786052022955</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Usta ile Margarita</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052022030</t>
+          <t>9786052022894</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Karabulut Yeniçeri Hasan</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052022047</t>
+          <t>9786052022870</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Moğol Kurdu Cengiz Han</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052022085</t>
+          <t>9786052022887</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Kılıçarslan</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052022061</t>
+          <t>9786052022283</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052022054</t>
+          <t>9786052022856</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Osmanlı Ordusu'nda Propaganda</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052022009</t>
+          <t>9786052022825</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Suriyesi'nde Bitmeyen Mücadele</t>
+          <t>Başımıza Gelenler - 93 Harbi ve Mısır Meselesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054977987</t>
+          <t>9786052022832</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Gerilla Harbi ve Propaganda</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054977994</t>
+          <t>9786052022818</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sanat Nedir?</t>
+          <t>Alman Belgelerinde Türk-Alman İlişkileri (1923-1931)</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054977970</t>
+          <t>9786052022757</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054977932</t>
+          <t>9786052022740</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054977925</t>
+          <t>9786052022795</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054977918</t>
+          <t>9786052022764</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Babama Mektup</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054977963</t>
+          <t>9786052022801</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Korku Vadisi</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054977956</t>
+          <t>9786052022771</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054977949</t>
+          <t>9786052022788</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054977901</t>
+          <t>9786052022733</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terraki Düşerken</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054977826</t>
+          <t>9786052022726</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054977871</t>
+          <t>9786052022719</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Rusya'nın Kürt Politikası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054977819</t>
+          <t>9786052022559</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054977888</t>
+          <t>9786052022641</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054977864</t>
+          <t>9786052022658</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054977895</t>
+          <t>9786052022696</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayeti</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054977833</t>
+          <t>9786052022689</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054977857</t>
+          <t>9786052022665</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054977840</t>
+          <t>9786052022634</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054977789</t>
+          <t>9786052022702</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haçlılar</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054977741</t>
+          <t>9786052022672</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054977796</t>
+          <t>9786052022566</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet (Ciltli)</t>
+          <t>Bulgaristan'da Türk Varlığı ve Nüfusu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054977802</t>
+          <t>9786052022573</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim (Ciltli)</t>
+          <t>2. Abdülhamid Dönemi Osmanlı Fransız İlişkilerinde Krizler ve Çatışmalar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054977772</t>
+          <t>9786052022610</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşı'nda Trakya Muhabereleri 1912 - 1913</t>
+          <t>Osmanlı İngiliz İlişkileri ve Irak'ın Doğuşu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054977765</t>
+          <t>9786052022627</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kulbak Bilge (Ciltli)</t>
+          <t>Osmanlı Jandarması ve İç Güvenlik Harekatı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054977758</t>
+          <t>9786052022498</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarla Söyleşi 1</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054977680</t>
+          <t>9786052022528</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Cizvitler</t>
+          <t>Bir Kadının Yaşamında Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054977703</t>
+          <t>9786052022542</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Vatikan</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054977673</t>
+          <t>9786052022535</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Kardeşinin Ölümsüz Gözleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054977734</t>
+          <t>9786052022504</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son 40 Yılında Rumeli Türkleri ve Müslümanları</t>
+          <t>Dr. Jekyll ve Bay Hyde’in Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054977659</t>
+          <t>9786052022580</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054977710</t>
+          <t>9786052022511</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Su Perisi Berrak Su Tepegöz'e Karşı</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054977727</t>
+          <t>9786052022481</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>21. Asırda Hicret</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054977666</t>
+          <t>9786052022474</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hikayesi</t>
+          <t>Gök Girsin Kızıl Çıksın</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054977611</t>
+          <t>9786052022467</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Batılı Gözler Altında</t>
+          <t>Vladimir Putin</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054977642</t>
+          <t>9786052022429</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu’ya Veda</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054977628</t>
+          <t>9786052022450</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İran’da İstihbarat Savaşı</t>
+          <t>Malcolm X</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054977635</t>
+          <t>9786052022443</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Kut'ul Amare</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054977499</t>
+          <t>9786052022405</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki</t>
+          <t>Franz Kafka</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054977567</t>
+          <t>9786052022436</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bugün Ne Oynayalım</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054977512</t>
+          <t>9786052022382</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054977536</t>
+          <t>9786052022368</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Babür Şah</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054977383</t>
+          <t>9786052022245</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kırbacı</t>
+          <t>Çanakkale’de Deniz Harbi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055857431</t>
+          <t>9786052022276</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Ağası</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055857417</t>
+          <t>9786052022313</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ruslar Bizansın Peşinde</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055857424</t>
+          <t>9786052022344</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054977154</t>
+          <t>9786052022320</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlişkileri</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054977291</t>
+          <t>9786052022290</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Felaket Seneleri (1683-1699)</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944978200</t>
+          <t>9786052022306</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054977338</t>
+          <t>9786052022269</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Mydos’t İskelesi</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054977161</t>
+          <t>9786052022337</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Sıcağında GAP ve Türkiye</t>
+          <t>Köpek Kalbi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054977147</t>
+          <t>9786052022252</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Devlet Olmak İçin Aileden Devlete</t>
+          <t>Çocukları Anlama Sanatı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054977178</t>
+          <t>9786052022207</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tükenmeyen Hazine</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054977321</t>
+          <t>9786052022191</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Dağılma Devri</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054977345</t>
+          <t>9786052022184</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Melekler Ağlarken</t>
+          <t>Fırtınalar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054977376</t>
+          <t>9786052022160</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bir Meczubun Rüyası</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054977239</t>
+          <t>9786052022153</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bir Asırlık Kan Davası : Tehcir ve Propaganda (1915-2015)</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944978309</t>
+          <t>9786052022146</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Türkçülük</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057703347</t>
+          <t>9786052022221</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (2 Cilt Takım)</t>
+          <t>Aşk Yolunda Bahaeddin</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054977192</t>
+          <t>9786052022177</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İki Kıta Bir Şehir İstanbul</t>
+          <t>Benim Üniversitelerim</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054977123</t>
+          <t>9786052022214</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Anahtarı Fatiha</t>
+          <t>Kırmızı ve Siyah</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054977116</t>
+          <t>9786052022122</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Eyyub El Ensari</t>
+          <t>Atatürk’e Atılan İftiralar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054977109</t>
+          <t>9786052022108</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Dem</t>
+          <t>Gizemli Örgütler Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944978958</t>
+          <t>9786052022115</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bir Ermeni Gencin Hatıra Defteri</t>
+          <t>Hilal'in Muhafızı Abdülhamid Han</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944978965</t>
+          <t>9786052022016</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Aşk Entrika Güç ve Zehir</t>
+          <t>Bir Kudüs Öyküsü</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054977048</t>
+          <t>9786052022023</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes 1: Tanık (Ciltli)</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>900</v>
+        <v>170</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054977086</t>
+          <t>9786052022092</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Japon Mucizesinin Sırları</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054977055</t>
+          <t>9786052022030</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ruslarla Kavgadan - Derin Ortaklığa</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054977277</t>
+          <t>9786052022047</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Cuntalar ve Cemaatler</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054977307</t>
+          <t>9786052022085</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda İdari İnisiyatif</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944978989</t>
+          <t>9786052022061</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Bozkurt</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944978576</t>
+          <t>9786052022054</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Yedi Sırrı</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944978811</t>
+          <t>9786052022009</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Panonun Şifresi</t>
+          <t>Osmanlı Suriyesi'nde Bitmeyen Mücadele</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789944978798</t>
+          <t>9786054977987</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir İmparatorluğun Doğuşu Konstantinapol</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944978910</t>
+          <t>9786054977994</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kader Gemileri Yavuz ile Midilli</t>
+          <t>Sanat Nedir?</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944978514</t>
+          <t>9786054977970</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Aile Ahlakı</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944978682</t>
+          <t>9786054977932</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Akşamları</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944978699</t>
+          <t>9786054977925</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789944978873</t>
+          <t>9786054977918</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Balkan Harbi</t>
+          <t>Babama Mektup</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057703453</t>
+          <t>9786054977963</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kuran Kültürü</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944978750</t>
+          <t>9786054977956</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944978422</t>
+          <t>9786054977949</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>% 100 Düşün % 100 Başar</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944978347</t>
+          <t>9786054977901</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’da Kaos ve Tasfiye</t>
+          <t>İttihat ve Terraki Düşerken</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944978613</t>
+          <t>9786054977826</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Kökenleri</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944978163</t>
+          <t>9786054977871</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Troçkist İmparatorluk</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944978743</t>
+          <t>9786054977819</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944978835</t>
+          <t>9786054977888</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Timur’un Prensipleri</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944978859</t>
+          <t>9786054977864</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Theodora ve İmparator</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944978880</t>
+          <t>9786054977895</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sinan’ın Mihrimah’ı</t>
+          <t>Morgue Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944978866</t>
+          <t>9786054977833</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sabetay Sevi - İzmirli Mesih</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
+          <t>9786054977857</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Suç ve Ceza</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786054977840</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Sefiller</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786054977789</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Selahaddin Eyyubi ve Haçlılar</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786054977741</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786054977796</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Fatih Sultan Mehmet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786054977802</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Yavuz Sultan Selim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786054977772</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Savaşı'nda Trakya Muhabereleri 1912 - 1913</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786054977765</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Kulbak Bilge (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786054977758</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Kitaplarla Söyleşi 1</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786054977680</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Cizvitler</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786054977703</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Vatikan</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786054977673</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>İlyada</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786054977734</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Son 40 Yılında Rumeli Türkleri ve Müslümanları</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786054977659</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Türkistan</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786054977727</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>21. Asırda Hicret</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786054977666</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Hikayesi</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786054977611</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Batılı Gözler Altında</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786054977642</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Gelibolu’ya Veda</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786054977628</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>İran’da İstihbarat Savaşı</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786054977635</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Kavgam</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786054977499</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>İttihat ve Terakki</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786054977512</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Haçlı Seferleri</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786054977536</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Babür Şah</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786054977383</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Tanrının Kırbacı</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786055857431</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Kızlar Ağası</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786055857417</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Ruslar Bizansın Peşinde</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786055857424</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Kösem Sultan</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786054977154</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İlişkileri</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786054977291</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'nın Felaket Seneleri (1683-1699)</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786054977338</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Mydos’t İskelesi</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786054977161</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Ortadoğu Sıcağında GAP ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786054977147</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Olmak İçin Aileden Devlete</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786054977178</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Tükenmeyen Hazine</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786054977321</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devletinin Dağılma Devri</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786054977345</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Melekler Ağlarken</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786054977376</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Bir Meczubun Rüyası</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786054977239</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Bir Asırlık Kan Davası : Tehcir ve Propaganda (1915-2015)</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789944978309</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Türkçülük</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786057703347</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Mukaddime (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786054977192</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>İki Kıta Bir Şehir İstanbul</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786054977123</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerim'in Anahtarı Fatiha</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786054977116</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Ebu Eyyub El Ensari</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786054977109</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Dem</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9789944978958</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ermeni Gencin Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789944978965</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Entrika Güç ve Zehir</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786054977048</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Sherlock Holmes 1: Tanık (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786054977086</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Japon Mucizesinin Sırları</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786054977055</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Ruslarla Kavgadan - Derin Ortaklığa</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786054977277</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Cuntalar ve Cemaatler</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786054977307</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlarda İdari İnisiyatif</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9789944978989</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı: Bozkurt</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789944978347</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız’da Kaos ve Tasfiye</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9789944978613</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Türk Milliyetçiliğinin Kökenleri</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789944978163</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Troçkist İmparatorluk</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9789944978743</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Toplum Sözleşmesi</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789944978835</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Timur’un Prensipleri</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789944978859</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Theodora ve İmparator</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789944978880</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Sinan’ın Mihrimah’ı</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789944978866</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Sabetay Sevi - İzmirli Mesih</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
           <t>9786052022863</t>
         </is>
       </c>
-      <c r="B321" s="1" t="inlineStr">
+      <c r="B380" s="1" t="inlineStr">
         <is>
           <t>Muhteşem Süleyman Kanuni</t>
         </is>
       </c>
-      <c r="C321" s="1">
+      <c r="C380" s="1">
         <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>