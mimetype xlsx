--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,3865 +85,3895 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259665511</t>
+          <t>9786259665542</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Son Dakika Kahramanları</t>
+          <t>Harika Mıyım Neyim?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259717883</t>
+          <t>9786259665528</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Derinlerdeki Büyük Sır</t>
+          <t>Babamın Gizli Hazinesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259717890</t>
+          <t>9786259665535</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İnternetsiz Bir Sabah</t>
+          <t>Mavi Gezegende Neler Oluyor?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259665504</t>
+          <t>9786259665511</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Külüstür Çocuk</t>
+          <t>Son Dakika Kahramanları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050848359</t>
+          <t>9786259717883</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Okul Çıldırdı!</t>
+          <t>Derinlerdeki Büyük Sır</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753628648</t>
+          <t>9786259717890</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>İnternetsiz Bir Sabah</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753620321</t>
+          <t>9786259665504</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Leventleri</t>
+          <t>Külüstür Çocuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050828122</t>
+          <t>9786050848359</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 4 - Kurtuluşa Doğru</t>
+          <t>Eyvah! Okul Çıldırdı!</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050828023</t>
+          <t>9789753628648</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da İlk Günler / Türk - İslam Tarihi 7</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050807219</t>
+          <t>9789753620321</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Macera Vagonu</t>
+          <t>Osmanlı Leventleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050828078</t>
+          <t>9786050828122</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirenler - Osmanlı Tarihi 10</t>
+          <t>Türkiye Cumhuriyeti: Kuruluş 4 - Kurtuluşa Doğru</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050808292</t>
+          <t>9786050828023</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri Seti (6 Kitap Takım Kutulu )</t>
+          <t>Anadolu’da İlk Günler / Türk - İslam Tarihi 7</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050808346</t>
+          <t>9786050807219</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 5 - Yenilik Sultanları</t>
+          <t>Macera Vagonu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>9.9</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050808308</t>
+          <t>9786050828078</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 1 - Kuruluş Sultanları</t>
+          <t>Dünyayı Değiştirenler - Osmanlı Tarihi 10</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>9.9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050828290</t>
+          <t>9786050808292</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çölden Yükselen Işık / Türk - İslam Tarihi 3</t>
+          <t>Osmanlı Günlükleri Seti (6 Kitap Takım Kutulu )</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>75</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259717876</t>
+          <t>9786050808346</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Robonlar 2 / Bir Hayal Operasyonu</t>
+          <t>Osmanlı Günlükleri 5 - Yenilik Sultanları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>145</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753623896</t>
+          <t>9786050808308</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hayatlar- Büyük Düşünceler</t>
+          <t>Osmanlı Günlükleri 1 - Kuruluş Sultanları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050843699</t>
+          <t>9786050828290</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Robit 3: Gıcırtılı Bir Macera</t>
+          <t>Çölden Yükselen Işık / Türk - İslam Tarihi 3</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259717869</t>
+          <t>9786259717876</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hastalıkları Doktoru</t>
+          <t>Robonlar 2 / Bir Hayal Operasyonu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259717852</t>
+          <t>9789753623896</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yakın</t>
+          <t>Büyük Hayatlar- Büyük Düşünceler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050814286</t>
+          <t>9786050843699</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Ödüller, Meslekler ve Neler Neler</t>
+          <t>Robit 3: Gıcırtılı Bir Macera</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050828191</t>
+          <t>9786259717869</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarih - Türk İslam Tarihi (10 Kitap Takım)</t>
+          <t>Eşya Hastalıkları Doktoru</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753628679</t>
+          <t>9786259717852</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Primo Türk Çocuğu</t>
+          <t>Yıldızlara Yakın</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050828030</t>
+          <t>9786050814286</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Fetih - Osmanlı Tarihi 3</t>
+          <t>Şirin - Ödüller, Meslekler ve Neler Neler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259717838</t>
+          <t>9786050828191</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gizli Renkler Adası</t>
+          <t>Popüler Tarih - Türk İslam Tarihi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259717845</t>
+          <t>9789753628679</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Antik Şehrin Hazinesi</t>
+          <t>Primo Türk Çocuğu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051142005</t>
+          <t>9786050828030</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Korsanlardan Kaçış - Papkin</t>
+          <t>Beklenen Fetih - Osmanlı Tarihi 3</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259717814</t>
+          <t>9786259717838</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Milyon Kere Trambolin</t>
+          <t>Gizli Renkler Adası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259717821</t>
+          <t>9786259717845</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Oyunun İçinde Miyiz?</t>
+          <t>Antik Şehrin Hazinesi</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259791197</t>
+          <t>9786051142005</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yanan Kıvılcım</t>
+          <t>Korsanlardan Kaçış - Papkin</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259717807</t>
+          <t>9786259717814</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Rengi</t>
+          <t>Milyon Kere Trambolin</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259791173</t>
+          <t>9786259717821</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gerçekleri Kim Karıştırdı?</t>
+          <t>Bir Oyunun İçinde Miyiz?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259791180</t>
+          <t>9786259791197</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dostluklar Sırlar ve Kediler</t>
+          <t>Karanlıkta Yanan Kıvılcım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051144085</t>
+          <t>9786259717807</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sevgi’nin Dünyası</t>
+          <t>Müziğin Rengi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051142777</t>
+          <t>9786259791173</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Harikasın!</t>
+          <t>Gerçekleri Kim Karıştırdı?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051142746</t>
+          <t>9786259791180</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sen Artık Büyüdün!</t>
+          <t>Dostluklar Sırlar ve Kediler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>28</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753620765</t>
+          <t>9786051144085</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Savaşçısı Şeyh Şamil</t>
+          <t>Sevgi’nin Dünyası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>110</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753629867</t>
+          <t>9786051142777</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mine Kızlar Yurdunda</t>
+          <t>Sen Bir Harikasın!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050811414</t>
+          <t>9786051142746</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Konaktaki Hazine - Mavi Madalyon 2</t>
+          <t>Sen Artık Büyüdün!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>19.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051142715</t>
+          <t>9789753620765</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İnternet Acayip Bir Şey!</t>
+          <t>Özgürlük Savaşçısı Şeyh Şamil</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>28</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752639638</t>
+          <t>9789753629867</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Astronomlar - Yıldızların Peşinde</t>
+          <t>Mine Kızlar Yurdunda</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9799753621266</t>
+          <t>9786050811414</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Maden İşçiliğinden Harvard’a</t>
+          <t>Konaktaki Hazine - Mavi Madalyon 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>4.63</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050808353</t>
+          <t>9786051142715</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 6 - Son Sultanlar</t>
+          <t>İnternet Acayip Bir Şey!</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>9.9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050816815</t>
+          <t>9789752639638</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sumarna: Süvarinin Dönüşü</t>
+          <t>Astronomlar - Yıldızların Peşinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>12.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050816808</t>
+          <t>9799753621266</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sumarna : Kayıp Altmış Yediler</t>
+          <t>Maden İşçiliğinden Harvard’a</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>12.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050816792</t>
+          <t>9786050808353</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sumarna: Sessiz Çayır Uyuyanları</t>
+          <t>Osmanlı Günlükleri 6 - Son Sultanlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>12.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050816778</t>
+          <t>9786050816815</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sumarna: Çalı Süpürgesi'nin Sahibi</t>
+          <t>Sumarna: Süvarinin Dönüşü</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>12.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050816761</t>
+          <t>9786050816808</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sumarna : Çocuk Muhafız</t>
+          <t>Sumarna : Kayıp Altmış Yediler</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>12.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050814279</t>
+          <t>9786050816792</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şirin - İzci Kampından Bildiriyor</t>
+          <t>Sumarna: Sessiz Çayır Uyuyanları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050828184</t>
+          <t>9786050816778</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarih - Osmanlı Tarihi (10 Kitap Takım)</t>
+          <t>Sumarna: Çalı Süpürgesi'nin Sahibi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>550</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050828153</t>
+          <t>9786050816761</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zaferler - Osmanlı Tarihi 4</t>
+          <t>Sumarna : Çocuk Muhafız</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050828177</t>
+          <t>9786050814279</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarih (25 Kitap Takım)</t>
+          <t>Şirin - İzci Kampından Bildiriyor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1615</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050816969</t>
+          <t>9786050828184</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Yabancı: Şimendifer Çocukları (Ciltli)</t>
+          <t>Popüler Tarih - Osmanlı Tarihi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>13.5</v>
+        <v>550</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051149264</t>
+          <t>9786050828153</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Benim Süper Matematiğim</t>
+          <t>Muhteşem Zaferler - Osmanlı Tarihi 4</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>17.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051142784</t>
+          <t>9786050828177</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalsın (7 Kitap Takım)</t>
+          <t>Popüler Tarih (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>196</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051149257</t>
+          <t>9786050816969</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Benim Süper Derslerim</t>
+          <t>Esrarengiz Yabancı: Şimendifer Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>17.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050818314</t>
+          <t>9786051149264</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı : Gizli Görev</t>
+          <t>Benim Süper Matematiğim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050808339</t>
+          <t>9786051142784</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 4 - Üç Kıta Sultanları</t>
+          <t>Aramızda Kalsın (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>9.9</v>
+        <v>196</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050808322</t>
+          <t>9786051149257</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 3 - Muhteşem Sultanlar</t>
+          <t>Benim Süper Derslerim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>9.9</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050808315</t>
+          <t>9786050818314</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 2 - Fethin Sultanları</t>
+          <t>Alparslan'ın Akıncısı : Gizli Görev</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050808360</t>
+          <t>9786050808339</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mine Öğrenci Evinde</t>
+          <t>Osmanlı Günlükleri 4 - Üç Kıta Sultanları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>22</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050828207</t>
+          <t>9786050808322</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarih - Türkiye Cumhuriyeti Kuruluş (5 Kitap Takım)</t>
+          <t>Osmanlı Günlükleri 3 - Muhteşem Sultanlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>275</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050824292</t>
+          <t>9786050808315</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Osmanlı Günlükleri 2 - Fethin Sultanları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>27.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050821956</t>
+          <t>9786050808360</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Esrarengiz Bilgin</t>
+          <t>Mine Öğrenci Evinde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050821918</t>
+          <t>9786050828207</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Fetih Yolunda</t>
+          <t>Popüler Tarih - Türkiye Cumhuriyeti Kuruluş (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050821932</t>
+          <t>9786050824292</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Saklı Hazine</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050821901</t>
+          <t>9786050821956</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen (5 Kitap Set)</t>
+          <t>Alparslan'ın Akıncısı Alperen - Esrarengiz Bilgin</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050807714</t>
+          <t>9786050821918</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şimendifer Çocukları: Macera Vagonu (Ciltli)</t>
+          <t>Alparslan'ın Akıncısı Alperen - Fetih Yolunda</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050822106</t>
+          <t>9786050821932</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Dağ</t>
+          <t>Alparslan'ın Akıncısı Alperen - Saklı Hazine</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050828108</t>
+          <t>9786050821901</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu'nda Türkler / Türk - İslam Tarihi 1</t>
+          <t>Alparslan'ın Akıncısı Alperen (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>55</v>
+        <v>305</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050807226</t>
+          <t>9786050807714</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Definedeki Sır</t>
+          <t>Şimendifer Çocukları: Macera Vagonu (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050822885</t>
+          <t>9786050822106</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf İpuçları - Şimendifer Çocukları</t>
+          <t>Gizemli Dağ</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050831870</t>
+          <t>9786050828108</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Yabancı - Şimendifer Çocukları</t>
+          <t>İpek Yolu'nda Türkler / Türk - İslam Tarihi 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752639171</t>
+          <t>9786050807226</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirenler</t>
+          <t>Definedeki Sır</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799752632959</t>
+          <t>9786050822885</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu</t>
+          <t>Tuhaf İpuçları - Şimendifer Çocukları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>4.63</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050804942</t>
+          <t>9786050831870</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Dizisi (10 Kitap)</t>
+          <t>Esrarengiz Yabancı - Şimendifer Çocukları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051145075</t>
+          <t>9789752639171</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Geçit Kapadokya</t>
+          <t>Dünyayı Değiştirenler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752639164</t>
+          <t>9799752632959</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 9 Yenilikler ve Yenilgiler</t>
+          <t>Seksen Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>55</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259791159</t>
+          <t>9786050804942</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cesur Denizci</t>
+          <t>Ömer Seyfettin Dizisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259791166</t>
+          <t>9786051145075</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Renkli Evin Süper Kahramanları</t>
+          <t>Gizemli Geçit Kapadokya</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>125</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259791142</t>
+          <t>9789752639164</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarımı Bulduğum Gün</t>
+          <t>Osmanlı Tarihi 9 Yenilikler ve Yenilgiler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>145</v>
+        <v>55</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752637177</t>
+          <t>9786259791159</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Papkin Gizemli Şato (Ciltli)</t>
+          <t>Cesur Denizci</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050844924</t>
+          <t>9786259791166</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayati Kopya - Hayalet Köşk</t>
+          <t>Renkli Evin Süper Kahramanları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259791135</t>
+          <t>9786259791142</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokağın Ressamı</t>
+          <t>Kanatlarımı Bulduğum Gün</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259791128</t>
+          <t>9789752637177</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Robonlar - Bir Kaçış Operasyonu</t>
+          <t>Papkin Gizemli Şato (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259791111</t>
+          <t>9786050844924</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Venüs’ün Şifresi</t>
+          <t>Hayati Kopya - Hayalet Köşk</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259791104</t>
+          <t>9786259791135</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Keyifler Kebap Gazetesi</t>
+          <t>Çıkmaz Sokağın Ressamı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259834696</t>
+          <t>9786259791128</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hazel’in Dünyasına Hoş Geldiniz</t>
+          <t>Robonlar - Bir Kaçış Operasyonu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259834689</t>
+          <t>9786259791111</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evin Tuhaf Halleri - Çocuktan Al Bilgiyi</t>
+          <t>Venüs’ün Şifresi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259834672</t>
+          <t>9786259791104</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcım Bir Robot Mu?</t>
+          <t>Keyifler Kebap Gazetesi</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259834665</t>
+          <t>9786259834696</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Kamera Arkası Üç Arkadaş Bir Film</t>
+          <t>Hazel’in Dünyasına Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259834658</t>
+          <t>9786259834689</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İyilik Timi</t>
+          <t>Bizim Evin Tuhaf Halleri - Çocuktan Al Bilgiyi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259834641</t>
+          <t>9786259834672</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çekirdeği Gezegeni</t>
+          <t>Kurtarıcım Bir Robot Mu?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050835533</t>
+          <t>9786259834665</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Okuma Bilmeyen Kitapçı</t>
+          <t>Sözcüklerin Kamera Arkası Üç Arkadaş Bir Film</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259834634</t>
+          <t>9786259834658</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dilek Bekçileri</t>
+          <t>İyilik Timi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259834603</t>
+          <t>9786259834641</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Satan Tavşan</t>
+          <t>Kabak Çekirdeği Gezegeni</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259834610</t>
+          <t>9786050835533</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Kuş Değil ki</t>
+          <t>Okuma Bilmeyen Kitapçı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259414997</t>
+          <t>9786259834634</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Evin Esrarı</t>
+          <t>Dilek Bekçileri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050844764</t>
+          <t>9786259834603</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kemik</t>
+          <t>Hikaye Satan Tavşan</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259414911</t>
+          <t>9786259834610</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Okulu - Bir Para Yönetimi Macerası</t>
+          <t>Benim Adım Kuş Değil ki</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259414973</t>
+          <t>9786259414997</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Terzi</t>
+          <t>Ahşap Evin Esrarı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259414980</t>
+          <t>9786050844764</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hiç Fena Değil</t>
+          <t>Kemik</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259414959</t>
+          <t>9786259414911</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Şeyyy</t>
+          <t>Ekonomi Okulu - Bir Para Yönetimi Macerası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753628624</t>
+          <t>9786259414973</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Muhteşem Terzi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050841909</t>
+          <t>9786259414980</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tehlikenin Kokusu - Gizemli Yeraltı Kütüphanesi 2</t>
+          <t>Hiç Fena Değil</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259414942</t>
+          <t>9786259414959</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Uzay İstasyonunda Bir Mahalle</t>
+          <t>Benim Adım Şeyyy</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259414935</t>
+          <t>9789753628624</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Linç Çıkmazı</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259414928</t>
+          <t>9786050841909</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Gece Tiyatrosu</t>
+          <t>Tehlikenin Kokusu - Gizemli Yeraltı Kütüphanesi 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259414904</t>
+          <t>9786259414942</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yeraltı Kütüphanesi 4 - Kayıp Hazine</t>
+          <t>Uzay İstasyonunda Bir Mahalle</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050848342</t>
+          <t>9786259414935</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Filozofya - Duvarın Ardında Bir Dünya</t>
+          <t>Linç Çıkmazı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050848144</t>
+          <t>9786259414928</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bilibolya</t>
+          <t>Yıldızlı Gece Tiyatrosu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050847932</t>
+          <t>9786259414904</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşunun Şarkısı</t>
+          <t>Gizemli Yeraltı Kütüphanesi 4 - Kayıp Hazine</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050847901</t>
+          <t>9786050848342</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hayta</t>
+          <t>Filozofya - Duvarın Ardında Bir Dünya</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050847741</t>
+          <t>9786050848144</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mağarada Tek Başına</t>
+          <t>Bilibolya</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050847598</t>
+          <t>9786050847932</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Element Avcıları</t>
+          <t>Ardıç Kuşunun Şarkısı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050847543</t>
+          <t>9786050847901</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Hayta</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050843729</t>
+          <t>9786050847741</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yeraltı Kütüphanesi 3 - Gece Hırsızı</t>
+          <t>Mağarada Tek Başına</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050846973</t>
+          <t>9786050847598</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dicembre’nin Sıra Dışı Evi</t>
+          <t>Element Avcıları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050847444</t>
+          <t>9786050847543</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Buruzi - Babasını Kurtaran Bebek</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050846898</t>
+          <t>9786050843729</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeller Kulübü</t>
+          <t>Gizemli Yeraltı Kütüphanesi 3 - Gece Hırsızı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050846454</t>
+          <t>9786050846973</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damga Vuran Olaylar</t>
+          <t>Dicembre’nin Sıra Dışı Evi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050846706</t>
+          <t>9786050847444</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Obrukya’da Bir Gece</t>
+          <t>Buruzi - Babasını Kurtaran Bebek</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050846683</t>
+          <t>9786050846898</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Köpek</t>
+          <t>Mükemmeller Kulübü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050846539</t>
+          <t>9786050846454</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hacker - Her Şey Kardeşim İçin</t>
+          <t>Tarihe Damga Vuran Olaylar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050846317</t>
+          <t>9786050846706</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şarkısını Unutan Kuş</t>
+          <t>Obrukya’da Bir Gece</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050846096</t>
+          <t>9786050846683</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ronke'nin Yıldız Avı</t>
+          <t>Yıldız Köpek</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050846201</t>
+          <t>9786050846539</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Süper Başkan - Zamanı Durduran Saat</t>
+          <t>Hacker - Her Şey Kardeşim İçin</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050846195</t>
+          <t>9786050846317</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dostum</t>
+          <t>Şarkısını Unutan Kuş</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050845648</t>
+          <t>9786050846096</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Macera Ekspresi - Dünyanın Dışına Açılan Pencere</t>
+          <t>Ronke'nin Yıldız Avı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050845631</t>
+          <t>9786050846201</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Kalbimi Çaldı</t>
+          <t>Süper Başkan - Zamanı Durduran Saat</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050845495</t>
+          <t>9786050846195</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Erime</t>
+          <t>Büyük Dostum</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050845303</t>
+          <t>9786050845648</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Elişi Kenti'nden Jules Verne Adası'na</t>
+          <t>Macera Ekspresi - Dünyanın Dışına Açılan Pencere</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050845334</t>
+          <t>9786050845631</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Orman Dünya Efsanesi</t>
+          <t>Bir Şehir Kalbimi Çaldı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050844382</t>
+          <t>9786050845495</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parçanın Gizemi - Neredesin 105</t>
+          <t>Erime</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050844399</t>
+          <t>9786050845303</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Aura</t>
+          <t>Elişi Kenti'nden Jules Verne Adası'na</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050844122</t>
+          <t>9786050845334</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Einstein'ın Hayatını Nasıl Kurtardım?</t>
+          <t>Orman Dünya Efsanesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050843873</t>
+          <t>9786050844382</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Eski Dostum Kertenkele</t>
+          <t>Eksik Parçanın Gizemi - Neredesin 105</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050843866</t>
+          <t>9786050844399</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Tür Kıvılcım</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050843569</t>
+          <t>9786050844122</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Odaları</t>
+          <t>Einstein'ın Hayatını Nasıl Kurtardım?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050842432</t>
+          <t>9786050843873</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Öğretmen</t>
+          <t>Eski Dostum Kertenkele</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050842609</t>
+          <t>9786050843866</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kışın Şarkısını Kim Söyleyecek?</t>
+          <t>Bir Tür Kıvılcım</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050842425</t>
+          <t>9786050843569</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yolculuk - Pertevcan'ın Akıllara Zarar Maceraları 2</t>
+          <t>Kaçış Odaları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050842111</t>
+          <t>9786050842432</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Merkürde Karşılaşma</t>
+          <t>Gizemli Öğretmen</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050841886</t>
+          <t>9786050842609</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Robit 2: Paslı Bir Macera</t>
+          <t>Kışın Şarkısını Kim Söyleyecek?</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050841930</t>
+          <t>9786050842425</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Hakem Olsun</t>
+          <t>Geleceğe Yolculuk - Pertevcan'ın Akıllara Zarar Maceraları 2</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050838954</t>
+          <t>9786050842111</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Zerdali - Dedemle Bir Yıl</t>
+          <t>Merkürde Karşılaşma</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050838947</t>
+          <t>9786050841886</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ötücü Kuşlar Festivali</t>
+          <t>Robit 2: Paslı Bir Macera</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050838350</t>
+          <t>9786050841930</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayati Kopya - Kayıp Çocuk Gizemi</t>
+          <t>Küçük Prens Hakem Olsun</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050838374</t>
+          <t>9786050838954</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Ekspresi - Çöp Dünya</t>
+          <t>Zerdali - Dedemle Bir Yıl</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050837124</t>
+          <t>9786050838947</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kanatlar</t>
+          <t>Ötücü Kuşlar Festivali</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>225</v>
+        <v>135</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050835892</t>
+          <t>9786050838350</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Ekspresi</t>
+          <t>Hayati Kopya - Kayıp Çocuk Gizemi</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050835915</t>
+          <t>9786050838374</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Baba ile Raci</t>
+          <t>Gelecek Ekspresi - Çöp Dünya</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050835564</t>
+          <t>9786050837124</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Feniks İle Sıcak Kış - Mucit Tayfanın Deney Günlüğü</t>
+          <t>Mavi Kanatlar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050835038</t>
+          <t>9786050835892</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Alis ve Mutluluk Virüsü - Dikkat Kahkaha Bulaşıcıdır</t>
+          <t>Çiçek Ekspresi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050834680</t>
+          <t>9786050835915</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yeraltı Kütüphanesi - Yapışkan Görev</t>
+          <t>Aynalı Baba ile Raci</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050834369</t>
+          <t>9786050835564</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ufak Tefek Kaygılar - Çocuktan Al Bilgiyi</t>
+          <t>Feniks İle Sıcak Kış - Mucit Tayfanın Deney Günlüğü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050833812</t>
+          <t>9786050835038</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Sorular Kayboldu</t>
+          <t>Alis ve Mutluluk Virüsü - Dikkat Kahkaha Bulaşıcıdır</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050834468</t>
+          <t>9786050834369</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Robit : Minik Bir Robot Dev Bir Macera</t>
+          <t>Ufak Tefek Kaygılar - Çocuktan Al Bilgiyi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050833607</t>
+          <t>9786050833812</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mırıldanan Çocuk</t>
+          <t>Eyvah! Sorular Kayboldu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050833041</t>
+          <t>9786050834468</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Pertevcan'ın Akıllara Zarar Maceraları - Geçmişe Yolculuk</t>
+          <t>Robit : Minik Bir Robot Dev Bir Macera</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050833027</t>
+          <t>9786050833607</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Elmas Yağmuru</t>
+          <t>Mırıldanan Çocuk</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050832259</t>
+          <t>9786050833041</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Çok Karışık - Çocuktan Al Bilgiyi</t>
+          <t>Pertevcan'ın Akıllara Zarar Maceraları - Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050831955</t>
+          <t>9786050833027</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Göktürk Prensi</t>
+          <t>Elmas Yağmuru</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050831610</t>
+          <t>9786050832259</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Güzel İnternet - Çocuktan Al Bilgiyi</t>
+          <t>Arkadaşlık Çok Karışık - Çocuktan Al Bilgiyi</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050830071</t>
+          <t>9786050831955</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Güç Taşı - Bilim Dedektifleri</t>
+          <t>Göktürk Prensi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050829327</t>
+          <t>9786050831610</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Ne Dilersen - Bir Dilek Tut 2</t>
+          <t>Korkunç Güzel İnternet - Çocuktan Al Bilgiyi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050828535</t>
+          <t>9786050830071</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mars’ta Sel</t>
+          <t>Güç Taşı - Bilim Dedektifleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050828818</t>
+          <t>9786050829327</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Böcek Kam Uyanıyor - Bilim Dedektifleri</t>
+          <t>Benim İçin Ne Dilersen - Bir Dilek Tut 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050827989</t>
+          <t>9786050828535</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter'den Kaçış</t>
+          <t>Mars’ta Sel</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050827101</t>
+          <t>9786050828818</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hatırası - Mavi Madalyon 4</t>
+          <t>Böcek Kam Uyanıyor - Bilim Dedektifleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789757544715</t>
+          <t>9786050827989</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hilal Uğruna / III. Haçlı Seferi ve Selahaddin Eyyübi</t>
+          <t>Jüpiter'den Kaçış</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051142555</t>
+          <t>9786050827101</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye Keşifler</t>
+          <t>İstanbul Hatırası - Mavi Madalyon 4</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051142548</t>
+          <t>9789757544715</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye Gök Bilimi ve Uzay</t>
+          <t>Hilal Uğruna / III. Haçlı Seferi ve Selahaddin Eyyübi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051142579</t>
+          <t>9786051142555</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye - Buluşlar</t>
+          <t>Nereden Nereye Keşifler</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051142562</t>
+          <t>9786051142548</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye Bilim</t>
+          <t>Nereden Nereye Gök Bilimi ve Uzay</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050828221</t>
+          <t>9786051142579</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Eserler / Türk - İslam Tarihi 10</t>
+          <t>Nereden Nereye - Buluşlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786050828115</t>
+          <t>9786051142562</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 2- İşgaller ve Direniş</t>
+          <t>Nereden Nereye Bilim</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050828061</t>
+          <t>9786050828221</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Doludizgin Günler / Türk - İslam Tarihi 4</t>
+          <t>Unutulmayan Eserler / Türk - İslam Tarihi 10</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051141404</t>
+          <t>9786050828115</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Doktorlar - Canın Sağ Olsun</t>
+          <t>Türkiye Cumhuriyeti: Kuruluş 2- İşgaller ve Direniş</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752632073</t>
+          <t>9786050828061</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yankılı Kayalar</t>
+          <t>Doludizgin Günler / Türk - İslam Tarihi 4</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753628686</t>
+          <t>9786051141404</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Doktorlar - Canın Sağ Olsun</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786050828139</t>
+          <t>9789752632073</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Laleler ve İsyanlar - Osmanlı Tarihi 8</t>
+          <t>Yankılı Kayalar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050828276</t>
+          <t>9789753628686</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çağlara Uzananlar / Türk - İslam Tarihi 5</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050821451</t>
+          <t>9786050828139</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Bilimin İzinde</t>
+          <t>Laleler ve İsyanlar - Osmanlı Tarihi 8</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752632059</t>
+          <t>9786050828276</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Korsan Peşinde</t>
+          <t>Çağlara Uzananlar / Türk - İslam Tarihi 5</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051142425</t>
+          <t>9786050821451</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Deney - Papkin</t>
+          <t>Marie Curie - Bilimin İzinde</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051144092</t>
+          <t>9789752632059</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Koçyiğit - Seyit Battal Gazi</t>
+          <t>Korsan Peşinde</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050819076</t>
+          <t>9786051142425</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib Adıvar : Hürriyet Sevdalısı</t>
+          <t>Korkunç Deney - Papkin</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050816839</t>
+          <t>9786051144092</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran Efsanesi : Ejderhanın Dönüşü</t>
+          <t>Koçyiğit - Seyit Battal Gazi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050816822</t>
+          <t>9786050819076</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran Efsanesi - Kayıp Zaman</t>
+          <t>Halide Edib Adıvar : Hürriyet Sevdalısı</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050816846</t>
+          <t>9786050816839</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Öykü Adam</t>
+          <t>Ahi Evran Efsanesi : Ejderhanın Dönüşü</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050828146</t>
+          <t>9786050816822</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 3 - Milli Yemin</t>
+          <t>Ahi Evran Efsanesi - Kayıp Zaman</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>75</v>
+        <v>145</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050816754</t>
+          <t>9786050816846</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Mavi Madalyon 3 - Yeşil Adada Macera</t>
+          <t>Ömer Seyfettin Öykü Adam</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050818710</t>
+          <t>9786050828146</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Alparslan’ın Akıncısı Seti (5 Kitap Takım)</t>
+          <t>Türkiye Cumhuriyeti: Kuruluş 3 - Milli Yemin</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050818734</t>
+          <t>9786050816754</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı : Esirler Kalesi</t>
+          <t>Mavi Madalyon 3 - Yeşil Adada Macera</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050818727</t>
+          <t>9786050818710</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı : Özgürlük Savaşı</t>
+          <t>Alparslan’ın Akıncısı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050818307</t>
+          <t>9786050818734</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Akıncısı : Kayıp Ferman</t>
+          <t>Alparslan'ın Akıncısı : Esirler Kalesi</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050818291</t>
+          <t>9786050818727</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı : Ayrılmaz İkili</t>
+          <t>Alparslan'ın Akıncısı : Özgürlük Savaşı</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050807677</t>
+          <t>9786050818307</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gizemli İkizler - Şimendifer Çocukları</t>
+          <t>Alparslan Akıncısı : Kayıp Ferman</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050819274</t>
+          <t>9786050818291</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları Çanakkale Savaşı'nda</t>
+          <t>Alparslan'ın Akıncısı : Ayrılmaz İkili</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050828245</t>
+          <t>9786050807677</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yenilikler ve Yenilgiler - Osmanlı Tarihi 9</t>
+          <t>Gizemli İkizler - Şimendifer Çocukları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050828238</t>
+          <t>9786050819274</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş / Türk - İslam Tarihi 9</t>
+          <t>Zaman Yolcuları Çanakkale Savaşı'nda</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752631762</t>
+          <t>9786050828245</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mavi Madalyon</t>
+          <t>Yenilikler ve Yenilgiler - Osmanlı Tarihi 9</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753627696</t>
+          <t>9786050828238</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mavi Hayal Pembe Düş</t>
+          <t>Yeniden Doğuş / Türk - İslam Tarihi 9</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789757544531</t>
+          <t>9789752631762</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt’in Üç Atlısı</t>
+          <t>Mavi Madalyon</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752632097</t>
+          <t>9789753627696</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Macera Adası</t>
+          <t>Mavi Hayal Pembe Düş</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050831986</t>
+          <t>9789757544531</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Hırsız: Şimendifer Çocukları (Ciltli)</t>
+          <t>Malazgirt’in Üç Atlısı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753628631</t>
+          <t>9789752632097</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Macera Adası</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050828283</t>
+          <t>9786050831986</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Padişahlar - Osmanlı Tarihi 7</t>
+          <t>Trendeki Hırsız: Şimendifer Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789757544036</t>
+          <t>9789753628631</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zafer Rüzgarları</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752632004</t>
+          <t>9786050828283</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yiğit Mustafa</t>
+          <t>Çocuk Padişahlar - Osmanlı Tarihi 7</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752633193</t>
+          <t>9789757544036</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yasemen</t>
+          <t>Zafer Rüzgarları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789757544302</t>
+          <t>9789752632004</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yasak Şehir</t>
+          <t>Yiğit Mustafa</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752632011</t>
+          <t>9789752633193</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Serçe</t>
+          <t>Yasemen</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752639966</t>
+          <t>9789757544302</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Efendileri - Matematikçiler</t>
+          <t>Yasak Şehir</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752632042</t>
+          <t>9789752632011</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Satıcı Çocuk</t>
+          <t>Yaralı Serçe</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752632035</t>
+          <t>9789752639966</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kent</t>
+          <t>Sayıların Efendileri - Matematikçiler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753628662</t>
+          <t>9789752632042</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Satıcı Çocuk</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753628594</t>
+          <t>9789752632035</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Saklı Kent</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752632028</t>
+          <t>9789753628662</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Nur Dağındaki Çocuk</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051144528</t>
+          <t>9789753628594</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Olan Fakir Çocuklar</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051142753</t>
+          <t>9789752632028</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kimse Size Engel Olamaz!</t>
+          <t>Nur Dağındaki Çocuk</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>55</v>
+        <v>135</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752633179</t>
+          <t>9786051144528</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kırımlı Murat Destanı</t>
+          <t>Meşhur Olan Fakir Çocuklar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789757544562</t>
+          <t>9786051142753</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hançer / Akıncılar Kutsal Hançerin Peşinde</t>
+          <t>Kimse Size Engel Olamaz!</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>175</v>
+        <v>55</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051142760</t>
+          <t>9789752633179</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hem Ye Hem Güzelleş!</t>
+          <t>Kırımlı Murat Destanı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752634336</t>
+          <t>9789757544562</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hanoğlu</t>
+          <t>Kırık Hançer / Akıncılar Kutsal Hançerin Peşinde</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752633209</t>
+          <t>9786051142760</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Gül Yarası</t>
+          <t>Hem Ye Hem Güzelleş!</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789753628617</t>
+          <t>9789752634336</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Hanoğlu</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753620338</t>
+          <t>9789752633209</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Fetih Sancakları</t>
+          <t>Gül Yarası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051141985</t>
+          <t>9789753628617</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Elma Dersem Düş - Fizikçiler</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789757544494</t>
+          <t>9789753620338</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Efsane Komutan Tarık Bin Ziyad</t>
+          <t>Fetih Sancakları</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753628655</t>
+          <t>9786051141985</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Elma Dersem Düş - Fizikçiler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753628600</t>
+          <t>9789757544494</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Efsane Komutan Tarık Bin Ziyad</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752632110</t>
+          <t>9789753628655</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Denizler Ejderi</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752631991</t>
+          <t>9789753628600</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Osmancık Vardı</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752633186</t>
+          <t>9789752632110</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Ateş</t>
+          <t>Denizler Ejderi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051142739</t>
+          <t>9789752631991</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Annenle Babanın Derdi Ne?</t>
+          <t>Bir Küçük Osmancık Vardı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>55</v>
+        <v>135</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051142722</t>
+          <t>9789752633186</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Annen ya da Baban Tatile mi Çıktı?</t>
+          <t>Bir Avuç Ateş</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752632103</t>
+          <t>9786051142739</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Altın Yapraklar</t>
+          <t>Annenle Babanın Derdi Ne?</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789757544678</t>
+          <t>9786051142722</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Altın Ferman-Berke Noyan</t>
+          <t>Annen ya da Baban Tatile mi Çıktı?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>175</v>
+        <v>55</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050821925</t>
+          <t>9789752632103</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Gizemli Ok</t>
+          <t>Altın Yapraklar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050821949</t>
+          <t>9789757544678</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Oyunun Sonu</t>
+          <t>Altın Ferman-Berke Noyan</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050828092</t>
+          <t>9786050821925</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 5 - İnkılaplar ve 2. Dünya Savaşı</t>
+          <t>Alparslan'ın Akıncısı Alperen - Gizemli Ok</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050828054</t>
+          <t>9786050821949</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Destan Yazanlar / Türk - İslam Tarihi 2</t>
+          <t>Alparslan'ın Akıncısı Alperen - Oyunun Sonu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050828047</t>
+          <t>9786050828092</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Ötesine / Türk - İslam Tarihi 6</t>
+          <t>Türkiye Cumhuriyeti: Kuruluş 5 - İnkılaplar ve 2. Dünya Savaşı</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752639799</t>
+          <t>9786050828054</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen İyilik - Vakıf Kuranlar</t>
+          <t>Destan Yazanlar / Türk - İslam Tarihi 2</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050828214</t>
+          <t>9786050828047</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Oyunlar</t>
+          <t>Denizlerin Ötesine / Türk - İslam Tarihi 6</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050807165</t>
+          <t>9789752639799</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy - Özgürlük Peşinde</t>
+          <t>Bitmeyen İyilik - Vakıf Kuranlar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789757544920</t>
+          <t>9786050828214</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Cengaver</t>
+          <t>Sinsi Oyunlar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050828085</t>
+          <t>9786050807165</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İlk Adımlar - Osmalı Tarihi 1</t>
+          <t>Mehmet Akif Ersoy - Özgürlük Peşinde</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050828269</t>
+          <t>9789757544920</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar / Türk - İslam Tarihi 8</t>
+          <t>Korkusuz Cengaver</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050828252</t>
+          <t>9786050828085</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Zirvede Tek Başına - Osmanlı Tarihi 5</t>
+          <t>İlk Adımlar - Osmalı Tarihi 1</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050828016</t>
+          <t>9786050828269</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 1 - 1. Dünya Savaşı ve Öncesi</t>
+          <t>Zor Zamanlar / Türk - İslam Tarihi 8</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050810752</t>
+          <t>9786050828252</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Anlatmazsam Çatlarım</t>
+          <t>Zirvede Tek Başına - Osmanlı Tarihi 5</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
+          <t>9786050828016</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Cumhuriyeti: Kuruluş 1 - 1. Dünya Savaşı ve Öncesi</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786050810752</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Şirin - Anlatmazsam Çatlarım</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
           <t>9786050828160</t>
         </is>
       </c>
-      <c r="B256" s="1" t="inlineStr">
+      <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Müthiş Seferler - Osmanlı Tarihi 2</t>
         </is>
       </c>
-      <c r="C256" s="1">
+      <c r="C258" s="1">
         <v>75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>