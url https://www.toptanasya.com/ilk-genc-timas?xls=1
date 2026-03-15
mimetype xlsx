--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,3895 +85,4000 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259665542</t>
+          <t>9786259307541</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Harika Mıyım Neyim?</t>
+          <t>Beni Sev Ama Darlama</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259665528</t>
+          <t>9786259307534</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Babamın Gizli Hazinesi</t>
+          <t>Gözler Nereye Kayboldu?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259665535</t>
+          <t>9786259307527</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gezegende Neler Oluyor?</t>
+          <t>Mavinin Kıyısında</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259665511</t>
+          <t>9786259665597</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Son Dakika Kahramanları</t>
+          <t>Ateşi Geri Getiren Çocuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259717883</t>
+          <t>9786259665580</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Derinlerdeki Büyük Sır</t>
+          <t>Gümüş Paltolu Ayı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259717890</t>
+          <t>9786259665573</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İnternetsiz Bir Sabah</t>
+          <t>Ekran Kaçkınları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259665504</t>
+          <t>9786259665559</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Külüstür Çocuk</t>
+          <t>Mavi Yeşil Bir Umut</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050848359</t>
+          <t>9786259665542</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Okul Çıldırdı!</t>
+          <t>Harika Mıyım Neyim?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753628648</t>
+          <t>9786259665528</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Babamın Gizli Hazinesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753620321</t>
+          <t>9786259665535</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Leventleri</t>
+          <t>Mavi Gezegende Neler Oluyor?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050828122</t>
+          <t>9786259665511</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 4 - Kurtuluşa Doğru</t>
+          <t>Son Dakika Kahramanları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050828023</t>
+          <t>9786259717883</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da İlk Günler / Türk - İslam Tarihi 7</t>
+          <t>Derinlerdeki Büyük Sır</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050807219</t>
+          <t>9786259717890</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Macera Vagonu</t>
+          <t>İnternetsiz Bir Sabah</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050828078</t>
+          <t>9786259665504</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirenler - Osmanlı Tarihi 10</t>
+          <t>Külüstür Çocuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050808292</t>
+          <t>9786050848359</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri Seti (6 Kitap Takım Kutulu )</t>
+          <t>Eyvah! Okul Çıldırdı!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>59</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050808346</t>
+          <t>9789753628648</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 5 - Yenilik Sultanları</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>9.9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050808308</t>
+          <t>9789753620321</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 1 - Kuruluş Sultanları</t>
+          <t>Osmanlı Leventleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>9.9</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050828290</t>
+          <t>9786050828122</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çölden Yükselen Işık / Türk - İslam Tarihi 3</t>
+          <t>Türkiye Cumhuriyeti: Kuruluş 4 - Kurtuluşa Doğru</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259717876</t>
+          <t>9786050828023</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Robonlar 2 / Bir Hayal Operasyonu</t>
+          <t>Anadolu’da İlk Günler / Türk - İslam Tarihi 7</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753623896</t>
+          <t>9786050807219</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hayatlar- Büyük Düşünceler</t>
+          <t>Macera Vagonu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050843699</t>
+          <t>9786050828078</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Robit 3: Gıcırtılı Bir Macera</t>
+          <t>Dünyayı Değiştirenler - Osmanlı Tarihi 10</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259717869</t>
+          <t>9786050808292</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hastalıkları Doktoru</t>
+          <t>Osmanlı Günlükleri Seti (6 Kitap Takım Kutulu )</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259717852</t>
+          <t>9786050808346</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Yakın</t>
+          <t>Osmanlı Günlükleri 5 - Yenilik Sultanları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>145</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050814286</t>
+          <t>9786050808308</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Ödüller, Meslekler ve Neler Neler</t>
+          <t>Osmanlı Günlükleri 1 - Kuruluş Sultanları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050828191</t>
+          <t>9786050828290</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarih - Türk İslam Tarihi (10 Kitap Takım)</t>
+          <t>Çölden Yükselen Işık / Türk - İslam Tarihi 3</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>650</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753628679</t>
+          <t>9786259717876</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Primo Türk Çocuğu</t>
+          <t>Robonlar 2 / Bir Hayal Operasyonu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050828030</t>
+          <t>9789753623896</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Fetih - Osmanlı Tarihi 3</t>
+          <t>Büyük Hayatlar- Büyük Düşünceler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259717838</t>
+          <t>9786050843699</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gizli Renkler Adası</t>
+          <t>Robit 3: Gıcırtılı Bir Macera</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259717845</t>
+          <t>9786259717869</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Antik Şehrin Hazinesi</t>
+          <t>Eşya Hastalıkları Doktoru</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051142005</t>
+          <t>9786259717852</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Korsanlardan Kaçış - Papkin</t>
+          <t>Yıldızlara Yakın</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259717814</t>
+          <t>9786050814286</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Milyon Kere Trambolin</t>
+          <t>Şirin - Ödüller, Meslekler ve Neler Neler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259717821</t>
+          <t>9786050828191</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Oyunun İçinde Miyiz?</t>
+          <t>Popüler Tarih - Türk İslam Tarihi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>145</v>
+        <v>650</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259791197</t>
+          <t>9789753628679</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yanan Kıvılcım</t>
+          <t>Primo Türk Çocuğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259717807</t>
+          <t>9786050828030</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Rengi</t>
+          <t>Beklenen Fetih - Osmanlı Tarihi 3</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259791173</t>
+          <t>9786259717838</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gerçekleri Kim Karıştırdı?</t>
+          <t>Gizli Renkler Adası</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259791180</t>
+          <t>9786259717845</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dostluklar Sırlar ve Kediler</t>
+          <t>Antik Şehrin Hazinesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051144085</t>
+          <t>9786051142005</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sevgi’nin Dünyası</t>
+          <t>Korsanlardan Kaçış - Papkin</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>26</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051142777</t>
+          <t>9786259717814</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Harikasın!</t>
+          <t>Milyon Kere Trambolin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051142746</t>
+          <t>9786259717821</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sen Artık Büyüdün!</t>
+          <t>Bir Oyunun İçinde Miyiz?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>28</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753620765</t>
+          <t>9786259791197</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Savaşçısı Şeyh Şamil</t>
+          <t>Karanlıkta Yanan Kıvılcım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753629867</t>
+          <t>9786259717807</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mine Kızlar Yurdunda</t>
+          <t>Müziğin Rengi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050811414</t>
+          <t>9786259791173</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Konaktaki Hazine - Mavi Madalyon 2</t>
+          <t>Gerçekleri Kim Karıştırdı?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>19.5</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051142715</t>
+          <t>9786259791180</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnternet Acayip Bir Şey!</t>
+          <t>Dostluklar Sırlar ve Kediler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>28</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752639638</t>
+          <t>9786051144085</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Astronomlar - Yıldızların Peşinde</t>
+          <t>Sevgi’nin Dünyası</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>26</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9799753621266</t>
+          <t>9786051142777</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Maden İşçiliğinden Harvard’a</t>
+          <t>Sen Bir Harikasın!</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>4.63</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050808353</t>
+          <t>9786051142746</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 6 - Son Sultanlar</t>
+          <t>Sen Artık Büyüdün!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>9.9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050816815</t>
+          <t>9789753620765</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sumarna: Süvarinin Dönüşü</t>
+          <t>Özgürlük Savaşçısı Şeyh Şamil</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>12.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050816808</t>
+          <t>9789753629867</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sumarna : Kayıp Altmış Yediler</t>
+          <t>Mine Kızlar Yurdunda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>12.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050816792</t>
+          <t>9786050811414</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sumarna: Sessiz Çayır Uyuyanları</t>
+          <t>Konaktaki Hazine - Mavi Madalyon 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>12.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050816778</t>
+          <t>9786051142715</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sumarna: Çalı Süpürgesi'nin Sahibi</t>
+          <t>İnternet Acayip Bir Şey!</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>12.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050816761</t>
+          <t>9789752639638</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sumarna : Çocuk Muhafız</t>
+          <t>Astronomlar - Yıldızların Peşinde</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>12.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050814279</t>
+          <t>9799753621266</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Şirin - İzci Kampından Bildiriyor</t>
+          <t>Maden İşçiliğinden Harvard’a</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050828184</t>
+          <t>9786050808353</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarih - Osmanlı Tarihi (10 Kitap Takım)</t>
+          <t>Osmanlı Günlükleri 6 - Son Sultanlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>550</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050828153</t>
+          <t>9786050816815</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zaferler - Osmanlı Tarihi 4</t>
+          <t>Sumarna: Süvarinin Dönüşü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>75</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050828177</t>
+          <t>9786050816808</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarih (25 Kitap Takım)</t>
+          <t>Sumarna : Kayıp Altmış Yediler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1615</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050816969</t>
+          <t>9786050816792</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Yabancı: Şimendifer Çocukları (Ciltli)</t>
+          <t>Sumarna: Sessiz Çayır Uyuyanları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>13.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051149264</t>
+          <t>9786050816778</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Benim Süper Matematiğim</t>
+          <t>Sumarna: Çalı Süpürgesi'nin Sahibi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>17.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051142784</t>
+          <t>9786050816761</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Kalsın (7 Kitap Takım)</t>
+          <t>Sumarna : Çocuk Muhafız</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>196</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051149257</t>
+          <t>9786050814279</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Benim Süper Derslerim</t>
+          <t>Şirin - İzci Kampından Bildiriyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>17.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050818314</t>
+          <t>9786050828184</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı : Gizli Görev</t>
+          <t>Popüler Tarih - Osmanlı Tarihi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050808339</t>
+          <t>9786050828153</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 4 - Üç Kıta Sultanları</t>
+          <t>Muhteşem Zaferler - Osmanlı Tarihi 4</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>9.9</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050808322</t>
+          <t>9786050828177</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 3 - Muhteşem Sultanlar</t>
+          <t>Popüler Tarih (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>9.9</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050808315</t>
+          <t>9786050816969</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Günlükleri 2 - Fethin Sultanları</t>
+          <t>Esrarengiz Yabancı: Şimendifer Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>9.9</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050808360</t>
+          <t>9786051149264</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mine Öğrenci Evinde</t>
+          <t>Benim Süper Matematiğim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>22</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786050828207</t>
+          <t>9786051142784</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Popüler Tarih - Türkiye Cumhuriyeti Kuruluş (5 Kitap Takım)</t>
+          <t>Aramızda Kalsın (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>275</v>
+        <v>196</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050824292</t>
+          <t>9786051149257</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Benim Süper Derslerim</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>27.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050821956</t>
+          <t>9786050818314</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Esrarengiz Bilgin</t>
+          <t>Alparslan'ın Akıncısı : Gizli Görev</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050821918</t>
+          <t>9786050808339</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Fetih Yolunda</t>
+          <t>Osmanlı Günlükleri 4 - Üç Kıta Sultanları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050821932</t>
+          <t>9786050808322</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Saklı Hazine</t>
+          <t>Osmanlı Günlükleri 3 - Muhteşem Sultanlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050821901</t>
+          <t>9786050808315</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen (5 Kitap Set)</t>
+          <t>Osmanlı Günlükleri 2 - Fethin Sultanları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>305</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050807714</t>
+          <t>9786050808360</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şimendifer Çocukları: Macera Vagonu (Ciltli)</t>
+          <t>Mine Öğrenci Evinde</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>13.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050822106</t>
+          <t>9786050828207</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Dağ</t>
+          <t>Popüler Tarih - Türkiye Cumhuriyeti Kuruluş (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050828108</t>
+          <t>9786050824292</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu'nda Türkler / Türk - İslam Tarihi 1</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>55</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050807226</t>
+          <t>9786050821956</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Definedeki Sır</t>
+          <t>Alparslan'ın Akıncısı Alperen - Esrarengiz Bilgin</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050822885</t>
+          <t>9786050821918</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf İpuçları - Şimendifer Çocukları</t>
+          <t>Alparslan'ın Akıncısı Alperen - Fetih Yolunda</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050831870</t>
+          <t>9786050821932</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Yabancı - Şimendifer Çocukları</t>
+          <t>Alparslan'ın Akıncısı Alperen - Saklı Hazine</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752639171</t>
+          <t>9786050821901</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirenler</t>
+          <t>Alparslan'ın Akıncısı Alperen (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>55</v>
+        <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799752632959</t>
+          <t>9786050807714</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu</t>
+          <t>Şimendifer Çocukları: Macera Vagonu (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>4.63</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050804942</t>
+          <t>9786050822106</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Dizisi (10 Kitap)</t>
+          <t>Gizemli Dağ</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051145075</t>
+          <t>9786050828108</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Geçit Kapadokya</t>
+          <t>İpek Yolu'nda Türkler / Türk - İslam Tarihi 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752639164</t>
+          <t>9786050807226</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 9 Yenilikler ve Yenilgiler</t>
+          <t>Definedeki Sır</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259791159</t>
+          <t>9786050822885</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Cesur Denizci</t>
+          <t>Tuhaf İpuçları - Şimendifer Çocukları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259791166</t>
+          <t>9786050831870</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Renkli Evin Süper Kahramanları</t>
+          <t>Esrarengiz Yabancı - Şimendifer Çocukları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259791142</t>
+          <t>9789752639171</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarımı Bulduğum Gün</t>
+          <t>Dünyayı Değiştirenler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>145</v>
+        <v>55</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752637177</t>
+          <t>9799752632959</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Papkin Gizemli Şato (Ciltli)</t>
+          <t>Seksen Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050844924</t>
+          <t>9786050804942</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hayati Kopya - Hayalet Köşk</t>
+          <t>Ömer Seyfettin Dizisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259791135</t>
+          <t>9786051145075</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokağın Ressamı</t>
+          <t>Gizemli Geçit Kapadokya</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259791128</t>
+          <t>9789752639164</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Robonlar - Bir Kaçış Operasyonu</t>
+          <t>Osmanlı Tarihi 9 Yenilikler ve Yenilgiler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>125</v>
+        <v>55</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259791111</t>
+          <t>9786259791159</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Venüs’ün Şifresi</t>
+          <t>Cesur Denizci</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259791104</t>
+          <t>9786259791166</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Keyifler Kebap Gazetesi</t>
+          <t>Renkli Evin Süper Kahramanları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259834696</t>
+          <t>9786259791142</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hazel’in Dünyasına Hoş Geldiniz</t>
+          <t>Kanatlarımı Bulduğum Gün</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259834689</t>
+          <t>9789752637177</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evin Tuhaf Halleri - Çocuktan Al Bilgiyi</t>
+          <t>Papkin Gizemli Şato (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259834672</t>
+          <t>9786050844924</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcım Bir Robot Mu?</t>
+          <t>Hayati Kopya - Hayalet Köşk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259834665</t>
+          <t>9786259791135</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Kamera Arkası Üç Arkadaş Bir Film</t>
+          <t>Çıkmaz Sokağın Ressamı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259834658</t>
+          <t>9786259791128</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İyilik Timi</t>
+          <t>Robonlar - Bir Kaçış Operasyonu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259834641</t>
+          <t>9786259791111</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çekirdeği Gezegeni</t>
+          <t>Venüs’ün Şifresi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050835533</t>
+          <t>9786259791104</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Okuma Bilmeyen Kitapçı</t>
+          <t>Keyifler Kebap Gazetesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259834634</t>
+          <t>9786259834696</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dilek Bekçileri</t>
+          <t>Hazel’in Dünyasına Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259834603</t>
+          <t>9786259834689</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Satan Tavşan</t>
+          <t>Bizim Evin Tuhaf Halleri - Çocuktan Al Bilgiyi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259834610</t>
+          <t>9786259834672</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Kuş Değil ki</t>
+          <t>Kurtarıcım Bir Robot Mu?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259414997</t>
+          <t>9786259834665</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Evin Esrarı</t>
+          <t>Sözcüklerin Kamera Arkası Üç Arkadaş Bir Film</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050844764</t>
+          <t>9786259834658</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kemik</t>
+          <t>İyilik Timi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259414911</t>
+          <t>9786259834641</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Okulu - Bir Para Yönetimi Macerası</t>
+          <t>Kabak Çekirdeği Gezegeni</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259414973</t>
+          <t>9786050835533</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Terzi</t>
+          <t>Okuma Bilmeyen Kitapçı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259414980</t>
+          <t>9786259834634</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hiç Fena Değil</t>
+          <t>Dilek Bekçileri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259414959</t>
+          <t>9786259834603</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Şeyyy</t>
+          <t>Hikaye Satan Tavşan</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753628624</t>
+          <t>9786259834610</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Benim Adım Kuş Değil ki</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050841909</t>
+          <t>9786259414997</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tehlikenin Kokusu - Gizemli Yeraltı Kütüphanesi 2</t>
+          <t>Ahşap Evin Esrarı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259414942</t>
+          <t>9786050844764</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uzay İstasyonunda Bir Mahalle</t>
+          <t>Kemik</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259414935</t>
+          <t>9786259414911</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Linç Çıkmazı</t>
+          <t>Ekonomi Okulu - Bir Para Yönetimi Macerası</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259414928</t>
+          <t>9786259414973</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Gece Tiyatrosu</t>
+          <t>Muhteşem Terzi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259414904</t>
+          <t>9786259414980</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yeraltı Kütüphanesi 4 - Kayıp Hazine</t>
+          <t>Hiç Fena Değil</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050848342</t>
+          <t>9786259414959</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Filozofya - Duvarın Ardında Bir Dünya</t>
+          <t>Benim Adım Şeyyy</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050848144</t>
+          <t>9789753628624</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bilibolya</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050847932</t>
+          <t>9786050841909</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşunun Şarkısı</t>
+          <t>Tehlikenin Kokusu - Gizemli Yeraltı Kütüphanesi 2</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050847901</t>
+          <t>9786259414942</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hayta</t>
+          <t>Uzay İstasyonunda Bir Mahalle</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050847741</t>
+          <t>9786259414935</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mağarada Tek Başına</t>
+          <t>Linç Çıkmazı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050847598</t>
+          <t>9786259414928</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Element Avcıları</t>
+          <t>Yıldızlı Gece Tiyatrosu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050847543</t>
+          <t>9786259414904</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Gizemli Yeraltı Kütüphanesi 4 - Kayıp Hazine</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050843729</t>
+          <t>9786050848342</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yeraltı Kütüphanesi 3 - Gece Hırsızı</t>
+          <t>Filozofya - Duvarın Ardında Bir Dünya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050846973</t>
+          <t>9786050848144</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dicembre’nin Sıra Dışı Evi</t>
+          <t>Bilibolya</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050847444</t>
+          <t>9786050847932</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Buruzi - Babasını Kurtaran Bebek</t>
+          <t>Ardıç Kuşunun Şarkısı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050846898</t>
+          <t>9786050847901</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mükemmeller Kulübü</t>
+          <t>Hayta</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050846454</t>
+          <t>9786050847741</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Damga Vuran Olaylar</t>
+          <t>Mağarada Tek Başına</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050846706</t>
+          <t>9786050847598</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Obrukya’da Bir Gece</t>
+          <t>Element Avcıları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050846683</t>
+          <t>9786050847543</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Köpek</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050846539</t>
+          <t>9786050843729</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hacker - Her Şey Kardeşim İçin</t>
+          <t>Gizemli Yeraltı Kütüphanesi 3 - Gece Hırsızı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050846317</t>
+          <t>9786050846973</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Şarkısını Unutan Kuş</t>
+          <t>Dicembre’nin Sıra Dışı Evi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050846096</t>
+          <t>9786050847444</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ronke'nin Yıldız Avı</t>
+          <t>Buruzi - Babasını Kurtaran Bebek</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050846201</t>
+          <t>9786050846898</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Süper Başkan - Zamanı Durduran Saat</t>
+          <t>Mükemmeller Kulübü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050846195</t>
+          <t>9786050846454</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dostum</t>
+          <t>Tarihe Damga Vuran Olaylar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050845648</t>
+          <t>9786050846706</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Macera Ekspresi - Dünyanın Dışına Açılan Pencere</t>
+          <t>Obrukya’da Bir Gece</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050845631</t>
+          <t>9786050846683</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Kalbimi Çaldı</t>
+          <t>Yıldız Köpek</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050845495</t>
+          <t>9786050846539</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Erime</t>
+          <t>Hacker - Her Şey Kardeşim İçin</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050845303</t>
+          <t>9786050846317</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Elişi Kenti'nden Jules Verne Adası'na</t>
+          <t>Şarkısını Unutan Kuş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050845334</t>
+          <t>9786050846096</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Orman Dünya Efsanesi</t>
+          <t>Ronke'nin Yıldız Avı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050844382</t>
+          <t>9786050846201</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parçanın Gizemi - Neredesin 105</t>
+          <t>Süper Başkan - Zamanı Durduran Saat</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050844399</t>
+          <t>9786050846195</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Aura</t>
+          <t>Büyük Dostum</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050844122</t>
+          <t>9786050845648</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Einstein'ın Hayatını Nasıl Kurtardım?</t>
+          <t>Macera Ekspresi - Dünyanın Dışına Açılan Pencere</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050843873</t>
+          <t>9786050845631</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Eski Dostum Kertenkele</t>
+          <t>Bir Şehir Kalbimi Çaldı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050843866</t>
+          <t>9786050845495</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bir Tür Kıvılcım</t>
+          <t>Erime</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050843569</t>
+          <t>9786050845303</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Odaları</t>
+          <t>Elişi Kenti'nden Jules Verne Adası'na</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050842432</t>
+          <t>9786050845334</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Öğretmen</t>
+          <t>Orman Dünya Efsanesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050842609</t>
+          <t>9786050844382</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kışın Şarkısını Kim Söyleyecek?</t>
+          <t>Eksik Parçanın Gizemi - Neredesin 105</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050842425</t>
+          <t>9786050844399</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yolculuk - Pertevcan'ın Akıllara Zarar Maceraları 2</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050842111</t>
+          <t>9786050844122</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Merkürde Karşılaşma</t>
+          <t>Einstein'ın Hayatını Nasıl Kurtardım?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050841886</t>
+          <t>9786050843873</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Robit 2: Paslı Bir Macera</t>
+          <t>Eski Dostum Kertenkele</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050841930</t>
+          <t>9786050843866</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Hakem Olsun</t>
+          <t>Bir Tür Kıvılcım</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050838954</t>
+          <t>9786050843569</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Zerdali - Dedemle Bir Yıl</t>
+          <t>Kaçış Odaları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050838947</t>
+          <t>9786050842432</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ötücü Kuşlar Festivali</t>
+          <t>Gizemli Öğretmen</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050838350</t>
+          <t>9786050842609</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayati Kopya - Kayıp Çocuk Gizemi</t>
+          <t>Kışın Şarkısını Kim Söyleyecek?</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050838374</t>
+          <t>9786050842425</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Ekspresi - Çöp Dünya</t>
+          <t>Geleceğe Yolculuk - Pertevcan'ın Akıllara Zarar Maceraları 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050837124</t>
+          <t>9786050842111</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kanatlar</t>
+          <t>Merkürde Karşılaşma</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050835892</t>
+          <t>9786050841886</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Ekspresi</t>
+          <t>Robit 2: Paslı Bir Macera</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050835915</t>
+          <t>9786050841930</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aynalı Baba ile Raci</t>
+          <t>Küçük Prens Hakem Olsun</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050835564</t>
+          <t>9786050838954</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Feniks İle Sıcak Kış - Mucit Tayfanın Deney Günlüğü</t>
+          <t>Zerdali - Dedemle Bir Yıl</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050835038</t>
+          <t>9786050838947</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Alis ve Mutluluk Virüsü - Dikkat Kahkaha Bulaşıcıdır</t>
+          <t>Ötücü Kuşlar Festivali</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050834369</t>
+          <t>9786050838350</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ufak Tefek Kaygılar - Çocuktan Al Bilgiyi</t>
+          <t>Hayati Kopya - Kayıp Çocuk Gizemi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050833812</t>
+          <t>9786050838374</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Sorular Kayboldu</t>
+          <t>Gelecek Ekspresi - Çöp Dünya</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050834468</t>
+          <t>9786050837124</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Robit : Minik Bir Robot Dev Bir Macera</t>
+          <t>Mavi Kanatlar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050833607</t>
+          <t>9786050835892</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mırıldanan Çocuk</t>
+          <t>Çiçek Ekspresi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050833041</t>
+          <t>9786050835915</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Pertevcan'ın Akıllara Zarar Maceraları - Geçmişe Yolculuk</t>
+          <t>Aynalı Baba ile Raci</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050833027</t>
+          <t>9786050835564</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Elmas Yağmuru</t>
+          <t>Feniks İle Sıcak Kış - Mucit Tayfanın Deney Günlüğü</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050832259</t>
+          <t>9786050835038</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Çok Karışık - Çocuktan Al Bilgiyi</t>
+          <t>Alis ve Mutluluk Virüsü - Dikkat Kahkaha Bulaşıcıdır</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050831955</t>
+          <t>9786050834369</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Göktürk Prensi</t>
+          <t>Ufak Tefek Kaygılar - Çocuktan Al Bilgiyi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050831610</t>
+          <t>9786050833812</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Güzel İnternet - Çocuktan Al Bilgiyi</t>
+          <t>Eyvah! Sorular Kayboldu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050830071</t>
+          <t>9786050834468</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Güç Taşı - Bilim Dedektifleri</t>
+          <t>Robit : Minik Bir Robot Dev Bir Macera</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050829327</t>
+          <t>9786050833607</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Benim İçin Ne Dilersen - Bir Dilek Tut 2</t>
+          <t>Mırıldanan Çocuk</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050828535</t>
+          <t>9786050833041</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mars’ta Sel</t>
+          <t>Pertevcan'ın Akıllara Zarar Maceraları - Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050828818</t>
+          <t>9786050833027</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Böcek Kam Uyanıyor - Bilim Dedektifleri</t>
+          <t>Elmas Yağmuru</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050827989</t>
+          <t>9786050832259</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter'den Kaçış</t>
+          <t>Arkadaşlık Çok Karışık - Çocuktan Al Bilgiyi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050827101</t>
+          <t>9786050831955</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hatırası - Mavi Madalyon 4</t>
+          <t>Göktürk Prensi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789757544715</t>
+          <t>9786050831610</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hilal Uğruna / III. Haçlı Seferi ve Selahaddin Eyyübi</t>
+          <t>Korkunç Güzel İnternet - Çocuktan Al Bilgiyi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051142555</t>
+          <t>9786050830071</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye Keşifler</t>
+          <t>Güç Taşı - Bilim Dedektifleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051142548</t>
+          <t>9786050829327</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye Gök Bilimi ve Uzay</t>
+          <t>Benim İçin Ne Dilersen - Bir Dilek Tut 2</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051142579</t>
+          <t>9786050828535</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye - Buluşlar</t>
+          <t>Mars’ta Sel</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051142562</t>
+          <t>9786050828818</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye Bilim</t>
+          <t>Böcek Kam Uyanıyor - Bilim Dedektifleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050828221</t>
+          <t>9786050827989</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Eserler / Türk - İslam Tarihi 10</t>
+          <t>Jüpiter'den Kaçış</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050828115</t>
+          <t>9786050827101</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 2- İşgaller ve Direniş</t>
+          <t>İstanbul Hatırası - Mavi Madalyon 4</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>75</v>
+        <v>210</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050828061</t>
+          <t>9789757544715</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Doludizgin Günler / Türk - İslam Tarihi 4</t>
+          <t>Hilal Uğruna / III. Haçlı Seferi ve Selahaddin Eyyübi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051141404</t>
+          <t>9786051142555</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Doktorlar - Canın Sağ Olsun</t>
+          <t>Nereden Nereye Keşifler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752632073</t>
+          <t>9786051142548</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yankılı Kayalar</t>
+          <t>Nereden Nereye Gök Bilimi ve Uzay</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753628686</t>
+          <t>9786051142579</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Nereden Nereye - Buluşlar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050828139</t>
+          <t>9786051142562</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Laleler ve İsyanlar - Osmanlı Tarihi 8</t>
+          <t>Nereden Nereye Bilim</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050828276</t>
+          <t>9786050828221</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çağlara Uzananlar / Türk - İslam Tarihi 5</t>
+          <t>Unutulmayan Eserler / Türk - İslam Tarihi 10</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050821451</t>
+          <t>9786050828115</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Bilimin İzinde</t>
+          <t>Türkiye Cumhuriyeti: Kuruluş 2- İşgaller ve Direniş</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752632059</t>
+          <t>9786050828061</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Korsan Peşinde</t>
+          <t>Doludizgin Günler / Türk - İslam Tarihi 4</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051142425</t>
+          <t>9786051141404</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Deney - Papkin</t>
+          <t>Doktorlar - Canın Sağ Olsun</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051144092</t>
+          <t>9789752632073</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Koçyiğit - Seyit Battal Gazi</t>
+          <t>Yankılı Kayalar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050819076</t>
+          <t>9789753628686</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Halide Edib Adıvar : Hürriyet Sevdalısı</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050816839</t>
+          <t>9786050828139</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran Efsanesi : Ejderhanın Dönüşü</t>
+          <t>Laleler ve İsyanlar - Osmanlı Tarihi 8</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050816822</t>
+          <t>9786050828276</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran Efsanesi - Kayıp Zaman</t>
+          <t>Çağlara Uzananlar / Türk - İslam Tarihi 5</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>145</v>
+        <v>75</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050816846</t>
+          <t>9786050821451</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Öykü Adam</t>
+          <t>Marie Curie - Bilimin İzinde</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050828146</t>
+          <t>9789752632059</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 3 - Milli Yemin</t>
+          <t>Korsan Peşinde</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050816754</t>
+          <t>9786051142425</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Mavi Madalyon 3 - Yeşil Adada Macera</t>
+          <t>Korkunç Deney - Papkin</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050818710</t>
+          <t>9786051144092</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Alparslan’ın Akıncısı Seti (5 Kitap Takım)</t>
+          <t>Koçyiğit - Seyit Battal Gazi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050818734</t>
+          <t>9786050819076</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı : Esirler Kalesi</t>
+          <t>Halide Edib Adıvar : Hürriyet Sevdalısı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050818727</t>
+          <t>9786050816839</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı : Özgürlük Savaşı</t>
+          <t>Ahi Evran Efsanesi : Ejderhanın Dönüşü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050818307</t>
+          <t>9786050816822</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Akıncısı : Kayıp Ferman</t>
+          <t>Ahi Evran Efsanesi - Kayıp Zaman</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050818291</t>
+          <t>9786050816846</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı : Ayrılmaz İkili</t>
+          <t>Ömer Seyfettin Öykü Adam</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050807677</t>
+          <t>9786050828146</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gizemli İkizler - Şimendifer Çocukları</t>
+          <t>Türkiye Cumhuriyeti: Kuruluş 3 - Milli Yemin</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050819274</t>
+          <t>9786050816754</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları Çanakkale Savaşı'nda</t>
+          <t>Mavi Madalyon 3 - Yeşil Adada Macera</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050828245</t>
+          <t>9786050818710</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yenilikler ve Yenilgiler - Osmanlı Tarihi 9</t>
+          <t>Alparslan’ın Akıncısı Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050828238</t>
+          <t>9786050818734</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş / Türk - İslam Tarihi 9</t>
+          <t>Alparslan'ın Akıncısı : Esirler Kalesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752631762</t>
+          <t>9786050818727</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mavi Madalyon</t>
+          <t>Alparslan'ın Akıncısı : Özgürlük Savaşı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753627696</t>
+          <t>9786050818307</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mavi Hayal Pembe Düş</t>
+          <t>Alparslan Akıncısı : Kayıp Ferman</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789757544531</t>
+          <t>9786050818291</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt’in Üç Atlısı</t>
+          <t>Alparslan'ın Akıncısı : Ayrılmaz İkili</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752632097</t>
+          <t>9786050807677</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Macera Adası</t>
+          <t>Gizemli İkizler - Şimendifer Çocukları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050831986</t>
+          <t>9786050819274</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Hırsız: Şimendifer Çocukları (Ciltli)</t>
+          <t>Zaman Yolcuları Çanakkale Savaşı'nda</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753628631</t>
+          <t>9786050828245</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Yenilikler ve Yenilgiler - Osmanlı Tarihi 9</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050828283</t>
+          <t>9786050828238</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Padişahlar - Osmanlı Tarihi 7</t>
+          <t>Yeniden Doğuş / Türk - İslam Tarihi 9</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789757544036</t>
+          <t>9789752631762</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Zafer Rüzgarları</t>
+          <t>Mavi Madalyon</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752632004</t>
+          <t>9789753627696</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yiğit Mustafa</t>
+          <t>Mavi Hayal Pembe Düş</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752633193</t>
+          <t>9789757544531</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yasemen</t>
+          <t>Malazgirt’in Üç Atlısı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789757544302</t>
+          <t>9789752632097</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yasak Şehir</t>
+          <t>Macera Adası</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752632011</t>
+          <t>9786050831986</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Serçe</t>
+          <t>Trendeki Hırsız: Şimendifer Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752639966</t>
+          <t>9789753628631</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Efendileri - Matematikçiler</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752632042</t>
+          <t>9786050828283</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Satıcı Çocuk</t>
+          <t>Çocuk Padişahlar - Osmanlı Tarihi 7</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752632035</t>
+          <t>9789757544036</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kent</t>
+          <t>Zafer Rüzgarları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753628662</t>
+          <t>9789752632004</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Yiğit Mustafa</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789753628594</t>
+          <t>9789752633193</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Yasemen</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752632028</t>
+          <t>9789757544302</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Nur Dağındaki Çocuk</t>
+          <t>Yasak Şehir</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051144528</t>
+          <t>9789752632011</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Olan Fakir Çocuklar</t>
+          <t>Yaralı Serçe</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051142753</t>
+          <t>9789752639966</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kimse Size Engel Olamaz!</t>
+          <t>Sayıların Efendileri - Matematikçiler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752633179</t>
+          <t>9789752632042</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kırımlı Murat Destanı</t>
+          <t>Satıcı Çocuk</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789757544562</t>
+          <t>9789752632035</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hançer / Akıncılar Kutsal Hançerin Peşinde</t>
+          <t>Saklı Kent</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051142760</t>
+          <t>9789753628662</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hem Ye Hem Güzelleş!</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752634336</t>
+          <t>9789753628594</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hanoğlu</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752633209</t>
+          <t>9789752632028</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Gül Yarası</t>
+          <t>Nur Dağındaki Çocuk</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753628617</t>
+          <t>9786051144528</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Meşhur Olan Fakir Çocuklar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753620338</t>
+          <t>9786051142753</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Fetih Sancakları</t>
+          <t>Kimse Size Engel Olamaz!</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>175</v>
+        <v>55</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051141985</t>
+          <t>9789752633179</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Elma Dersem Düş - Fizikçiler</t>
+          <t>Kırımlı Murat Destanı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789757544494</t>
+          <t>9789757544562</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Efsane Komutan Tarık Bin Ziyad</t>
+          <t>Kırık Hançer / Akıncılar Kutsal Hançerin Peşinde</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789753628655</t>
+          <t>9786051142760</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Hem Ye Hem Güzelleş!</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753628600</t>
+          <t>9789752634336</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Hanoğlu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752632110</t>
+          <t>9789752633209</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Denizler Ejderi</t>
+          <t>Gül Yarası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752631991</t>
+          <t>9789753628617</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Osmancık Vardı</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752633186</t>
+          <t>9789753620338</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Ateş</t>
+          <t>Fetih Sancakları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051142739</t>
+          <t>9786051141985</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Annenle Babanın Derdi Ne?</t>
+          <t>Elma Dersem Düş - Fizikçiler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051142722</t>
+          <t>9789757544494</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Annen ya da Baban Tatile mi Çıktı?</t>
+          <t>Efsane Komutan Tarık Bin Ziyad</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789752632103</t>
+          <t>9789753628655</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Altın Yapraklar</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789757544678</t>
+          <t>9789753628600</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Altın Ferman-Berke Noyan</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050821925</t>
+          <t>9789752632110</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Gizemli Ok</t>
+          <t>Denizler Ejderi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050821949</t>
+          <t>9789752631991</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'ın Akıncısı Alperen - Oyunun Sonu</t>
+          <t>Bir Küçük Osmancık Vardı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050828092</t>
+          <t>9789752633186</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 5 - İnkılaplar ve 2. Dünya Savaşı</t>
+          <t>Bir Avuç Ateş</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050828054</t>
+          <t>9786051142739</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Destan Yazanlar / Türk - İslam Tarihi 2</t>
+          <t>Annenle Babanın Derdi Ne?</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050828047</t>
+          <t>9786051142722</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Ötesine / Türk - İslam Tarihi 6</t>
+          <t>Annen ya da Baban Tatile mi Çıktı?</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752639799</t>
+          <t>9789752632103</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen İyilik - Vakıf Kuranlar</t>
+          <t>Altın Yapraklar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050828214</t>
+          <t>9789757544678</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sinsi Oyunlar</t>
+          <t>Altın Ferman-Berke Noyan</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050807165</t>
+          <t>9786050821925</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy - Özgürlük Peşinde</t>
+          <t>Alparslan'ın Akıncısı Alperen - Gizemli Ok</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789757544920</t>
+          <t>9786050821949</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Cengaver</t>
+          <t>Alparslan'ın Akıncısı Alperen - Oyunun Sonu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050828085</t>
+          <t>9786050828092</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İlk Adımlar - Osmalı Tarihi 1</t>
+          <t>Türkiye Cumhuriyeti: Kuruluş 5 - İnkılaplar ve 2. Dünya Savaşı</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050828269</t>
+          <t>9786050828054</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar / Türk - İslam Tarihi 8</t>
+          <t>Destan Yazanlar / Türk - İslam Tarihi 2</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050828252</t>
+          <t>9786050828047</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Zirvede Tek Başına - Osmanlı Tarihi 5</t>
+          <t>Denizlerin Ötesine / Türk - İslam Tarihi 6</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050828016</t>
+          <t>9789752639799</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti: Kuruluş 1 - 1. Dünya Savaşı ve Öncesi</t>
+          <t>Bitmeyen İyilik - Vakıf Kuranlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050810752</t>
+          <t>9786050828214</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şirin - Anlatmazsam Çatlarım</t>
+          <t>Sinsi Oyunlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
+          <t>9786050807165</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif Ersoy - Özgürlük Peşinde</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789757544920</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Korkusuz Cengaver</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786050828085</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>İlk Adımlar - Osmalı Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786050828269</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Zor Zamanlar / Türk - İslam Tarihi 8</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786050828252</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Zirvede Tek Başına - Osmanlı Tarihi 5</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786050828016</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Cumhuriyeti: Kuruluş 1 - 1. Dünya Savaşı ve Öncesi</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786050810752</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Şirin - Anlatmazsam Çatlarım</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
           <t>9786050828160</t>
         </is>
       </c>
-      <c r="B258" s="1" t="inlineStr">
+      <c r="B265" s="1" t="inlineStr">
         <is>
           <t>Müthiş Seferler - Osmanlı Tarihi 2</t>
         </is>
       </c>
-      <c r="C258" s="1">
+      <c r="C265" s="1">
         <v>75</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>