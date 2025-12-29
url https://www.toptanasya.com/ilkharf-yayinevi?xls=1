--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -214,51 +214,51 @@
         <is>
           <t>9786256119116</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>İbn Abbas Tefsiri (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>4500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786256119048</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Kur'an-ı Kerim Tefsiri Letaifu'l İşarat</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>2950</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786055457792</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786055457785</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>