--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,1000 +85,1090 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055457563</t>
+          <t>9786055457907</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 1 (Ciltli)</t>
+          <t>Seyyid Ahmed Rıfai - Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055457457</t>
+          <t>9786055457259</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tevbenin İlk Adımı (Ciltli)</t>
+          <t>Erzurumlu İbrahim Hakkı ve Marifetnamesi (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055457075</t>
+          <t>9786055457624</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Salihlerin Hikayeleri</t>
+          <t>Ahadiyyet Risalesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>490</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055094881</t>
+          <t>9786055457471</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İbn Abbas Tefsiri (5 Cilt Takım) (Ciltli)</t>
+          <t>Letaifu'l İşarat Termo Deri (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>3750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055457556</t>
+          <t>9786055094300</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Letaifu'l İşarat (6 Cilt Takım) (Ciltli)</t>
+          <t>Hz. Peygamber'in (S.A.V.) Savaşları Cilt: 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>2950</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055457808</t>
+          <t>9786055094287</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Letaifu'l-İşarat Kuşeyri Tefsiri: 5 (Ciltli)</t>
+          <t>Hz. Peygamber'in (S.A.V.) Savaşları (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057916198</t>
+          <t>9786055457563</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufta Hz. Ali ve Hikmetleri</t>
+          <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256119116</t>
+          <t>9786055457457</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İbn Abbas Tefsiri (5 Cilt Takım)</t>
+          <t>Tevbenin İlk Adımı (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>4500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256119048</t>
+          <t>9786055457075</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Tefsiri Letaifu'l İşarat</t>
+          <t>Salihlerin Hikayeleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>4000</v>
+        <v>490</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055457792</t>
+          <t>9786055094881</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 4 (Ciltli)</t>
+          <t>İbn Abbas Tefsiri (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055457785</t>
+          <t>9786055457556</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 3 (Ciltli)</t>
+          <t>Letaifu'l İşarat (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055457570</t>
+          <t>9786055457808</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 2 (Ciltli)</t>
+          <t>Letaifu'l-İşarat Kuşeyri Tefsiri: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055457815</t>
+          <t>9786057916198</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Letaifu'l İşarat - 6 (Ciltli)</t>
+          <t>Tasavvufta Hz. Ali ve Hikmetleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256119031</t>
+          <t>9786256119116</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tevbenin İlk Adımı</t>
+          <t>İbn Abbas Tefsiri (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256119017</t>
+          <t>9786256119048</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Salihlerin Hikayeleri</t>
+          <t>Kur'an-ı Kerim Tefsiri Letaifu'l İşarat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>650</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055457280</t>
+          <t>9786055457792</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim’in Emriyle Hazırlanan İbn Arabi Müdafaası (Ciltli)</t>
+          <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055457983</t>
+          <t>9786055457785</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Seyri</t>
+          <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>540</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055457099</t>
+          <t>9786055457570</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>O’nun Güzel İsimleri (Ciltli)</t>
+          <t>Letaifu’l İşarat - Kuşeyri Tefsiri Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055457303</t>
+          <t>9786055457815</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin, Peygamberlerin, Sahabilerin ve Hükümdarların Tevbe Hikayeleri (Ciltli)</t>
+          <t>Letaifu'l İşarat - 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055457396</t>
+          <t>9786256119031</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Lemaat (Ciltli)</t>
+          <t>Tevbenin İlk Adımı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055457440</t>
+          <t>9786256119017</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kendilerini İbadete Adayan Sufi Kadınlar (Ciltli)</t>
+          <t>Salihlerin Hikayeleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055457877</t>
+          <t>9786055457280</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İdris Fassı</t>
+          <t>Yavuz Sultan Selim’in Emriyle Hazırlanan İbn Arabi Müdafaası (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055457358</t>
+          <t>9786055457983</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun’un Düşünce Sistemi ve Uluslararası İlişkiler Kuramı</t>
+          <t>Sufilerin Seyri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>650</v>
+        <v>540</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055457464</t>
+          <t>9786055457099</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hidayetül İhvan (Ciltli)</t>
+          <t>O’nun Güzel İsimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055457365</t>
+          <t>9786055457303</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hakk’ı Arayanlara Nasihatler (Ciltli)</t>
+          <t>Meleklerin, Peygamberlerin, Sahabilerin ve Hükümdarların Tevbe Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055457204</t>
+          <t>9786055457396</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Raz (Ciltli)</t>
+          <t>Lemaat (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055457266</t>
+          <t>9786055457440</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Faziletler Kitabı</t>
+          <t>Kendilerini İbadete Adayan Sufi Kadınlar (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055457594</t>
+          <t>9786055457877</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Ortak Mirası (Ciltli)</t>
+          <t>İdris Fassı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055457648</t>
+          <t>9786055457358</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ali B. Ebi Talib Divanı (Ciltli)</t>
+          <t>İbn Haldun’un Düşünce Sistemi ve Uluslararası İlişkiler Kuramı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257746854</t>
+          <t>9786055457464</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Karşısında Metanetli Olmak - Son Nefes</t>
+          <t>Hidayetül İhvan (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257746960</t>
+          <t>9786055457365</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Tuzaklar</t>
+          <t>Hakk’ı Arayanlara Nasihatler (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257746816</t>
+          <t>9786055457204</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Ölümden Sonrası</t>
+          <t>Gülşen-i Raz (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257104975</t>
+          <t>9786055457266</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Fi Zılal'il-Kur'an (Ciltli)</t>
+          <t>Faziletler Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257746090</t>
+          <t>9786055457594</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Bahçesi</t>
+          <t>Doğu’nun Ortak Mirası (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257746083</t>
+          <t>9786055457648</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Tesellisi</t>
+          <t>Ali B. Ebi Talib Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057916303</t>
+          <t>9786257746854</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hüccetü'l-İslam</t>
+          <t>Ölüm Karşısında Metanetli Olmak - Son Nefes</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>440</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058143500</t>
+          <t>9786257746960</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Edebu'n Nefs - Nefsinin Arzularından Kalbini Temizle</t>
+          <t>Tehlikeli Tuzaklar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058166332</t>
+          <t>9786257746816</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gıybet ve Koğuculuk</t>
+          <t>Adım Adım Ölümden Sonrası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058166370</t>
+          <t>9786257104975</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Edebü'd-Dünya Ve'd-Din (Ciltli)</t>
+          <t>Fi Zılal'il-Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059495646</t>
+          <t>9786257746090</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ensabü'l-Eşraf Hz. Peygamber'in(s.a.v) Hayatı ve Şahsiyeti (2 Kitap Takım)</t>
+          <t>Hakikat Bahçesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059495257</t>
+          <t>9786257746083</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Besmelenin Sırrı</t>
+          <t>Hüzün Tesellisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059844956</t>
+          <t>9786057916303</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslami Fetihten Gırnata'nın Düşüşüne Kadar Endülüs Tarihi</t>
+          <t>Hüccetü'l-İslam</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>650</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059844970</t>
+          <t>9786058143500</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mecalis-i Seb'a</t>
+          <t>Edebu'n Nefs - Nefsinin Arzularından Kalbini Temizle</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059844727</t>
+          <t>9786058166332</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (s.a.v) Savaşları (Ciltli)</t>
+          <t>Gıybet ve Koğuculuk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059844680</t>
+          <t>9786058166370</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Seyr ü Süluk Risaleleri</t>
+          <t>Edebü'd-Dünya Ve'd-Din (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059844697</t>
+          <t>9786059495646</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Adab Risaleleri</t>
+          <t>Ensabü'l-Eşraf Hz. Peygamber'in(s.a.v) Hayatı ve Şahsiyeti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059844246</t>
+          <t>9786059495257</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Geylani (k.s.) den Yolun Esasları - 52 Sohbet Cilaü'l-Hatır</t>
+          <t>Besmelenin Sırrı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059844314</t>
+          <t>9786059844956</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Özü</t>
+          <t>İslami Fetihten Gırnata'nın Düşüşüne Kadar Endülüs Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059844291</t>
+          <t>9786059844970</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fütuhat-ı Mekkiyye Şerhi</t>
+          <t>Mecalis-i Seb'a</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055094980</t>
+          <t>9786059844727</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İhlas Suresi Tefsiri</t>
+          <t>Hz. Peygamber'in (s.a.v) Savaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>900</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055094706</t>
+          <t>9786059844680</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufa Giriş</t>
+          <t>Seyr ü Süluk Risaleleri</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055094690</t>
+          <t>9786059844697</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nefs Terbiyesi</t>
+          <t>Adab Risaleleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055094744</t>
+          <t>9786059844246</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İki Risale</t>
+          <t>Abdülkadir Geylani (k.s.) den Yolun Esasları - 52 Sohbet Cilaü'l-Hatır</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055457884</t>
+          <t>9786059844314</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf İlmine Dair - Kuşeyri Risalesi</t>
+          <t>Tasavvufun Özü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055457082</t>
+          <t>9786059844291</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve Rıza</t>
+          <t>Fütuhat-ı Mekkiyye Şerhi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055457297</t>
+          <t>9786055094980</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağın Karanlık Çehresi: Engizisyon Mahkemeleri (Ciltli)</t>
+          <t>İhlas Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055457631</t>
+          <t>9786055094706</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Rehberi</t>
+          <t>Tasavvufa Giriş</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055457587</t>
+          <t>9786055094690</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Helal Rızık ve Namazın Anlaşılması</t>
+          <t>Nefs Terbiyesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055457112</t>
+          <t>9786055094744</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Sıfatlarda İlahi Kemaller (Ciltli)</t>
+          <t>İki Risale</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055457105</t>
+          <t>9786055457884</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Mirac Hakk’a Yükseliş</t>
+          <t>Tasavvuf İlmine Dair - Kuşeyri Risalesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055094140</t>
+          <t>9786055457082</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kulluğun Mertebeleri</t>
+          <t>Sabır ve Rıza</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055457891</t>
+          <t>9786055457297</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Hayatı ve Gazveleri</t>
+          <t>Ortaçağın Karanlık Çehresi: Engizisyon Mahkemeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055094911</t>
+          <t>9786055457631</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Zulme Direnen İmam: Hz. Hüseyin</t>
+          <t>Hidayet Rehberi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
+          <t>9786055457587</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Helal Rızık ve Namazın Anlaşılması</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786055457112</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Muhammedi Sıfatlarda İlahi Kemaller (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786055457105</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü'l Mirac Hakk’a Yükseliş</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786055094140</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Kulluğun Mertebeleri</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786055457891</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber'in Hayatı ve Gazveleri</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786055094911</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Zulme Direnen İmam: Hz. Hüseyin</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
           <t>9786055457860</t>
         </is>
       </c>
-      <c r="B65" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Namaz ve Namazın Hikmetleri</t>
         </is>
       </c>
-      <c r="C65" s="1">
+      <c r="C71" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>