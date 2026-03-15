--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,1720 +85,3145 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057905031</t>
+          <t>9789758752751</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yoksullukla Mücadelede Mikrofinans Yöntemi</t>
+          <t>Uluslararası Tanıtım Bağlamında Spor Organizasyonları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>108</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789757852285</t>
+          <t>9786055339210</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>Makro İktisada Giriş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>169</v>
+        <v>224</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055339227</t>
+          <t>9786055339449</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi : Teori ve Politikalar</t>
+          <t>Avrupa Birliği Ortak Tarım Politikası’nın İlk Yarım Yüzyılı: Reformlar ve Sonuçları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>143</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057905345</t>
+          <t>9786055339883</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Darbeden Muhtıraya Türk Dış Politikası (1960-1971)</t>
+          <t>Sorulu-Cevaplı, Türk Miras Hukuku</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>143</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757852988</t>
+          <t>9786055339784</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Emek Süreçleri ve Yapısal Uyum</t>
+          <t>Türk Zabıta Teşkilatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>156</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757852827</t>
+          <t>9789757852551</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Azınlıklar</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>130</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055339104</t>
+          <t>9786055339005</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küresel Eşitsizlik</t>
+          <t>Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>65</v>
+        <v>156</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758752621</t>
+          <t>9789758757751</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yok Eden Osmanlı 1535 - 1914</t>
+          <t>Uluslararası Tanıtım Bağlamında Spor Organizasyonları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789758752942</t>
+          <t>9786055339111</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Finansal Krizi</t>
+          <t>Türkiye İktisat Tarihi Yazıları ve Dört Akademik Kurum Dört Bilim İnsanı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>169</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758752805</t>
+          <t>9789757852766</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kalite Yönetimi</t>
+          <t>Türkiye - İsrail Yakınlaşması</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>210</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758752652</t>
+          <t>9789758752553</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnternet: Girilmesi Tehlikeli ve Yasaktır Internet: Restricted Access</t>
+          <t>Türk Özel Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>169</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758752447</t>
+          <t>9789944514408</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Büyümenin Çevresel Etkileri</t>
+          <t>Türk Dili</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758752416</t>
+          <t>9789758752881</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İhracatın Kompozisyonu ve Ekonomik Büyüme</t>
+          <t>Türk Dış Politikası’nın Güncel Sorunları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>94</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789758752904</t>
+          <t>9789758752782</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devleti</t>
+          <t>Temel Bilgi Teknolojileri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758752614</t>
+          <t>9789758752409</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Ticaretinde Gerçek Kişilerin Hareketi</t>
+          <t>Sürdürülebilir Kalkınma</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>108</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758752683</t>
+          <t>9789758752737</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Ekonomisi, İnternet ve Elektronik Ticaret</t>
+          <t>Stratejik Bilinç</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757852933</t>
+          <t>9789758752362</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fiyat İstikrarı</t>
+          <t>Radyo Program Yapımı ve Radyo Yayıncılığı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>104</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055339067</t>
+          <t>9789758752195</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Evrensellik ve Tekillik Arasında İnsan Hakları</t>
+          <t>Politik İktisat Politikası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>108</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758752072</t>
+          <t>3990000011987</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Esneklik ve Güvenlik İkileminde Türkiye Emek Piyasası</t>
+          <t>Oradan... Buradan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>96</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758752324</t>
+          <t>9789758752256</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Görsel-İşitsel İletişim Alanındaki İşlevi</t>
+          <t>Kurumsal Tahkim ve Hakem Kararlarının Tanınması ve Tenfizi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>195</v>
+        <v>85.8</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9799758752316</t>
+          <t>9786055339036</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Doğal Kaynaklar</t>
+          <t>Kıymetli Evrak Hukuku (Ders Kitabı)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>116</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758752607</t>
+          <t>9789757852995</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Finans</t>
+          <t>Kentleşme Göç ve Yoksulluk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>105</v>
+        <v>143</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757852971</t>
+          <t>9789757852582</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Siyasal Düşünce ve Modernleşme</t>
+          <t>Kariyer Yönlendirme Açısından Meslek Sınavlarına Hazırlık Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>143</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758752690</t>
+          <t>9789758752119</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortadoğu Projesinin Arka Planı</t>
+          <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>122</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757852292</t>
+          <t>9789757852377</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Dersleri</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>122</v>
+        <v>195</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057905246</t>
+          <t>9789757852643</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlama Yönetimi</t>
+          <t>Mikro İktisat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>195</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057905130</t>
+          <t>9789758752058</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Güncel Pazarlama Çalışmaları</t>
+          <t>Kars’taki Yeni Oluşumun Ekonomik, Sosyal ve Siyasi Etkileri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>122</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055339708</t>
+          <t>9789758752850</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi ve Egemenlik Anlayışındaki Dönüşüm</t>
+          <t>İnsan Hakları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>126</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055339234</t>
+          <t>9789757852735</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mardin İlinde Sektörel Kalkınmanın Yeniden İnşası</t>
+          <t>Geçmişe Bakmak Cumhuriyet Dönemi İktisadi, Mali, Siyasi Olaylar Kronolojisi 1920-2000 (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>122</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055339890</t>
+          <t>9799757852536</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kalkınma</t>
+          <t>Feodalizm ve Osmanlı Tartışmaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>130</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057905192</t>
+          <t>9789758752560</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Güncel İşletmecilik Çalışmaları</t>
+          <t>Fenomen Aziz Yıldırım ve Liderlik İletişimi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>143</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057905017</t>
+          <t>3990000011566</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Omfalos Olarak Avrupa</t>
+          <t>Felsefiyat (Felsefeye Dair)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>111</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055339913</t>
+          <t>9786055339425</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Unutmam Seni İçimde</t>
+          <t>Excel</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758752492</t>
+          <t>3990000015378</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Üzerine Birinci İnceleme</t>
+          <t>Esnek Hesaplama Teknikleri ile Hisse Senedi Fiyat Tahminleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>135</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758752454</t>
+          <t>9789758752676</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Temel Konular</t>
+          <t>E-Devlet ve Algılanışı Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>130</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055339753</t>
+          <t>9789758752577</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Öznesi: İnsan</t>
+          <t>Döviz Kuru Rejimleri ve Merkez Bankacılığı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>30</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055339623</t>
+          <t>9789757852667</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Bilgiler Terimleri Sözlüğü</t>
+          <t>Deniz Ticareti Hukuku Cilt: 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>258</v>
+        <v>130</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057905215</t>
+          <t>3990000007004</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Pilot Üniversiteye Yönelik Paydaş Görüşleri: Bingöl Üniversitesi Örneği</t>
+          <t>Değişen Türkiye’de Bilim ve Kültür</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>122</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057905369</t>
+          <t>9789758752713</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kent Kimlik ve Kültür Ekseninde Bayburt Mahalle Odaları</t>
+          <t>Çevre Politikası ve Hukuku</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>104</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057905352</t>
+          <t>4440000000774</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sektörel Vakalar</t>
+          <t>Çevre Hukuku Açısından Çevresel Etki Değerlendirmesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>143</v>
+        <v>195</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057905284</t>
+          <t>9789757852940</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Disiplinler Arası Çalışmalar</t>
+          <t>Ceza Hukuku</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057905239</t>
+          <t>9789758752249</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik: Ekonomik ve Sosyal Eğilimler</t>
+          <t>Birden Çok Sigorta</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>143</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057905291</t>
+          <t>9789758752065</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Bağlamında Türkiye’nin Sosyo-Politik Yapısı</t>
+          <t>Çevre Kirletenin Hukuksal Sorumluluğunda İlliyet Bağı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>169</v>
+        <v>144</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057905208</t>
+          <t>9789757852544</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Yerel Siyasi Temsil Süreçleri</t>
+          <t>Türkiye Ekonomisi Nereden Nereye?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057905185</t>
+          <t>9789757852636</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Doğrudan Vatandaş Katılımı</t>
+          <t>Tutum - Algı İletişim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057905178</t>
+          <t>9786055339258</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>33 Soruda İslami Finans ve Bankacılık</t>
+          <t>Adalet ve Kalkınma Partisi'nin Dış Politika Söyleminin Biçimlenmesinde Bir Etken Olarak Siyasi İlahiyat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>122</v>
+        <v>86</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057905161</t>
+          <t>9786055339241</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Borsa Firma Etkinliği ve Firma Etkinliğinin Borsada Firma Değerine Etkisi</t>
+          <t>Avrupa Birliği'ni Türkiye'de Okumak Kültür,Kimlik ve Medya</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>122</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057905147</t>
+          <t>9786055339135</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Sistemlerinin Karşılaştırılması</t>
+          <t>Avrupa'da Ekonomik ve Parasal Birlik ve Türkiye</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>122</v>
+        <v>96</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758958108</t>
+          <t>9789758752331</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Tasarruflar</t>
+          <t>Küreselleşmenin Ölçülmesinde Sistematik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>86</v>
+        <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057905123</t>
+          <t>9789759874629</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği 2021-2027 Bütçesi ve Türkiye</t>
+          <t>İran Gezi Rehberi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>122</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057905116</t>
+          <t>9789757852834</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İşletme Stratejisi ile İnsan Kaynakları Stratejisi Uyumu</t>
+          <t>Notlu Türk Medeni Kanunu ve Türk Medeni Kanunun Yürürlüğü Uygulama Şekli Hakkında Kanun</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>122</v>
+        <v>8</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057905093</t>
+          <t>9786055339074</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Baba Gibi Yönetmek</t>
+          <t>Hukuk Fakültesi Öğrencileri İçin İktisat Ders Notları ve Örnek Sorular</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>102</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057905062</t>
+          <t>9786055339814</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mal ve Hizmet Pazarlama</t>
+          <t>2018 Sorulu - Cevaplı Borçlar Hukukunun Genel Hükümleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>122</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055339999</t>
+          <t>9786055339715</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Su Diplomasisi Bir Başlangıç</t>
+          <t>Cumhuriyet Dönemi Belediyecilik Kanunları ve Yerel Seçimleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057905000</t>
+          <t>9786055339845</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Karmaşıklık Ekonomisi</t>
+          <t>2018 Sorulu - Cevaplı Borçlar Hukuku Özel Hükümler Sözleşmeler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055339968</t>
+          <t>9786055339647</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kurumsallaşma Sürecinde Devletin Sürekliliği</t>
+          <t>Ekonomik Kalkınma ve Dış Finansman</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>96</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055339944</t>
+          <t>9786055339869</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dil, Medya Usbozumu</t>
+          <t>Döviz Kurları, Euro ve Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>96</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055339876</t>
+          <t>9786055339661</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bugünkü Küreselleşmeyi Anlamak</t>
+          <t>Finansal Analiz Uygulamaları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055339852</t>
+          <t>9786055339562</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon - Ekonomik ve Sosyal Eğilimler</t>
+          <t>Vergi Mükelleflerinin Vergi Karşısındaki Tutum ve Davranışları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>122</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055339760</t>
+          <t>9786055339807</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Kıyısındaki Özneler: Mülteciler</t>
+          <t>Siyasal Davranış</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055339746</t>
+          <t>9786055339821</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Holocaust, Soykırım ve İnsanlığa Karşı Suçlar Üzerine Düşünceler</t>
+          <t>Sorulu - Cevaplı Türk Eşya Hukuku</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055339524</t>
+          <t>9786055339531</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Omfalosu: Avrupa</t>
+          <t>Dönem Sonu Muhasebe İşlemleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055339739</t>
+          <t>9786055339487</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Brexit'in Düşündürdükleri</t>
+          <t>İmalat Sanayinde Yoğunlaşma</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>86</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055339722</t>
+          <t>9786055339517</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığında İyileşme</t>
+          <t>Çevre Ekonomisi ve Politikaları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>306</v>
+        <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055339678</t>
+          <t>9786055339326</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Güdüm ve Medya</t>
+          <t>İşletim Sistemleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055339654</t>
+          <t>9786055339593</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türk Taşıma Hukukunun Genel Esasları</t>
+          <t>Bölgesel İktisat</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>141</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055339616</t>
+          <t>9786055339319</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kriz Sonrası Avrupa Bütünleşmesi</t>
+          <t>İşyerinde Dışlanma</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055339456</t>
+          <t>9786055339371</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gözden Geçirilmiş Avrupa Sosyal Şartı ve Türkiye</t>
+          <t>3 Köy Çocuğu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>170</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055339470</t>
+          <t>9786055339166</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Devlet Kuramına Giriş</t>
+          <t>Paris Antlaşması'ndan Lizbon Antlaşması'na Avrupa Birliği</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>141</v>
+        <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055339418</t>
+          <t>9786057905260</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Temel Düşünceler 4</t>
+          <t>Medias Et Minorites: Considerations Theoriques Et Terminologiques</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055339432</t>
+          <t>9786057905253</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Politik Devresel Dalgalanmalar ve Türkiye</t>
+          <t>Contraintes Et Valorisations De La Difference Identitaire En France Et En Turquie</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>72</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055339388</t>
+          <t>9786057905321</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Temel Düşünceler 1</t>
+          <t>Zoru Güzel Eylemişiz</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055339395</t>
+          <t>9789757852872</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Temel Düşünceler 2</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>50</v>
+        <v>122</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055339401</t>
+          <t>3990000026226</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Temel Düşünceler 3</t>
+          <t>Avrupa Birliği Politikaları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>68</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055339272</t>
+          <t>9789757852209</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Hakkında Her Şey</t>
+          <t>Anayasaya Giriş Ek: 1982 Anayasası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>122</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055339357</t>
+          <t>9789758752843</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Muhalefet</t>
+          <t>Anayasa Yazıları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055339364</t>
+          <t>9789758752997</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çatışmadan Barışa Birleşmiş Milletler Barışı Kurma Komisyonu</t>
+          <t>Avrupa Birliği Sağlık Politikaları ve Türkiye</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>112</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055339296</t>
+          <t>9789759513122</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Aile Rehberi</t>
+          <t>Anadolu Güneş Uygarlığı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>118</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055339333</t>
+          <t>9789757852186</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hangi Hukuka Giriş?</t>
+          <t>Ana Çizgileriyle Türkiyenin Yakın Tarihi 1789-1980</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789758752669</t>
+          <t>9789758752034</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Üretim İşlemler Yönetimi</t>
+          <t>2. Dünya Savaşında İletişim ve Propaganda</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>261</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758752584</t>
+          <t>9786055339050</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Genel Matematik 2</t>
+          <t>1969 - 2011 Nobel Ekonomi Ödülü Sahipleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>195</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758752539</t>
+          <t>9786057905109</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Genel Matematik 1</t>
+          <t>Enerji Hub Türkiye</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>143</v>
+        <v>42</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055339128</t>
+          <t>9786055339982</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Canavar Devlet</t>
+          <t>Modern Devletin Kıyısındaki Ayrıksılar Mülteciler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055339500</t>
+          <t>9789757852193</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-AB İlişkileri ve İmtiyazlı Ortaklık Meselesi</t>
+          <t>İdare Hukuku</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>96</v>
+        <v>260</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055339302</t>
+          <t>9789757852797</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda İşyeri</t>
+          <t>Türk Hukukunda ve Milletlerarası Hukukta Deniz Yolu ile Yolcu Taşıma Sözleşmesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055339463</t>
+          <t>9789757852698</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Planlama</t>
+          <t>Olympos ve Khimaira</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9799759874611</t>
+          <t>9789757852254</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Gezi Rehberi</t>
+          <t>İktisat Teorisine Giriş Mikroiktisat</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>195</v>
+        <v>156</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758752010</t>
+          <t>9789757852278</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi Yazıları</t>
+          <t>Çağdaş Devlet Düzenleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>210</v>
+        <v>143</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758752939</t>
+          <t>9786057905079</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yerel Ekonomi ve Bölgesel Kalkınma Ajansları</t>
+          <t>Sosyoloji Notları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>169</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758752706</t>
+          <t>9786055339920</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yeni Uluslararası Mahkeme Kararları Işığında Kıbrıs’ı Yeniden Okumak</t>
+          <t>Modern Merkez Bankacılığı (Post Keynesyen Bir Yaklaşım)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>116</v>
+        <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758752300</t>
+          <t>9786055339692</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İktisat</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757852353</t>
+          <t>9786055339173</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İktisadi Gelişme Tarihi (1914- 2018)</t>
+          <t>John Rawls: Adalet Teorisi ve Temel Kavramları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758752744</t>
+          <t>9786055339180</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bölgelerarası Gelişmişlik Farkları ve Doğu Anadolu</t>
+          <t>Robert Nozick: Adalet Teorisi ve Temel Kavramları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758752430</t>
+          <t>9789757852216</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Türkiye için Bir Makromodel Denemesi</t>
+          <t>Anatüzeye Giriş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>44</v>
+        <v>182</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789758752775</t>
+          <t>9786057905024</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi - Yeni Yapı (2000-2008)</t>
+          <t>1927 İran Azerbaycanı İstihbarat Raporu ve Analizi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>117</v>
+        <v>108</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789757852780</t>
+          <t>9786057905031</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi - Sektörel Analiz</t>
+          <t>Yoksullukla Mücadelede Mikrofinans Yöntemi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>195</v>
+        <v>108</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758752874</t>
+          <t>9789757852285</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Töre Cinayetleri Kürd Kültürünün Bir Parçası (mı)?</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>96</v>
+        <v>169</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757852964</t>
+          <t>9786055339227</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasasında Vergilendirme</t>
+          <t>Çalışma Ekonomisi : Teori ve Politikalar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>96</v>
+        <v>143</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757852957</t>
+          <t>9786057905345</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Mevzuatı Açıklama ve Yorumlama</t>
+          <t>Darbeden Muhtıraya Türk Dış Politikası (1960-1971)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>195</v>
+        <v>143</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757852032</t>
+          <t>9789757852988</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sanayi İktisadı</t>
+          <t>Küreselleşme, Emek Süreçleri ve Yapısal Uyum</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>143</v>
+        <v>156</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758752003</t>
+          <t>9789757852827</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Haksız Fiil Benzerleri</t>
+          <t>Küreselleşme ve Azınlıklar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>108</v>
+        <v>130</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789758752041</t>
+          <t>9786055339104</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Radyo ve Televizyonda Türk Dış Yayınları</t>
+          <t>Küresel Eşitsizlik</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>143</v>
+        <v>65</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789758752935</t>
+          <t>9789758752621</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi</t>
+          <t>Kendini Yok Eden Osmanlı 1535 - 1914</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758752348</t>
+          <t>9789758752942</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Özgürlükler Düzeni Olarak Anayasa (Ciltli)</t>
+          <t>Kapitalizmin Finansal Krizi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>242</v>
+        <v>169</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758752379</t>
+          <t>9789758752805</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mondros’tan Musul’a Türk-İngiliz İlişkileri</t>
+          <t>Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789757852131</t>
+          <t>9789758752652</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mikroiktisat Teorisi</t>
+          <t>İnternet: Girilmesi Tehlikeli ve Yasaktır Internet: Restricted Access</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>169</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055339098</t>
+          <t>9789758752447</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Anayasal Dönüm Noktası Lizbon Antlaşması</t>
+          <t>İktisadi Büyümenin Çevresel Etkileri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>72</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055339029</t>
+          <t>9789758752416</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Üyelik Sürecinde Türkiye Sağlık Sektörü</t>
+          <t>İhracatın Kompozisyonu ve Ekonomik Büyüme</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>122</v>
+        <v>94</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758752485</t>
+          <t>9789758752904</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Üyelik Sürecinde Türk Kamu Yönetimi</t>
+          <t>Hukuk Devleti</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>96</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789757852889</t>
+          <t>9789758752614</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Günümüze Doğu Anadolu</t>
+          <t>Hizmet Ticaretinde Gerçek Kişilerin Hareketi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789757852926</t>
+          <t>9789758752683</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Partiyi Kurmanın Sırası Geldi</t>
+          <t>Hizmet Ekonomisi, İnternet ve Elektronik Ticaret</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>182</v>
+        <v>96</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
+          <t>9789757852933</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Fiyat İstikrarı</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786055339067</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Evrensellik ve Tekillik Arasında İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789758752072</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Esneklik ve Güvenlik İkileminde Türkiye Emek Piyasası</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789758752324</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>İdarenin Görsel-İşitsel İletişim Alanındaki İşlevi</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9799758752316</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Kaynaklar</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789758752607</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Davranışsal Finans</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789757852971</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Döneminde Siyasal Düşünce ve Modernleşme</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789758752690</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Ortadoğu Projesinin Arka Planı</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789757852292</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Borçlar Hukuku Dersleri</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786057905246</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Pazarlama Yönetimi</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786057905130</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Pazarlama Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786055339708</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Türk Devrimi ve Egemenlik Anlayışındaki Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786055339234</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Mardin İlinde Sektörel Kalkınmanın Yeniden İnşası</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786055339890</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Kalkınma</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786057905192</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Güncel İşletmecilik Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786057905017</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Bir Omfalos Olarak Avrupa</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786055339913</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Unutmam Seni İçimde</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789758752492</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Hükümet Üzerine Birinci İnceleme</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789758752454</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Temel Konular</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786055339753</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Haklarının Öznesi: İnsan</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786055339623</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Bilgiler Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786057905215</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Pilot Üniversiteye Yönelik Paydaş Görüşleri: Bingöl Üniversitesi Örneği</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786057905369</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Kent Kimlik ve Kültür Ekseninde Bayburt Mahalle Odaları</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786057905352</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Sektörel Vakalar</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786057905284</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Disiplinler Arası Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786057905239</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilirlik: Ekonomik ve Sosyal Eğilimler</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786057905291</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Modernleşme Bağlamında Türkiye’nin Sosyo-Politik Yapısı</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786057905208</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların Yerel Siyasi Temsil Süreçleri</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786057905185</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Yönetiminde Doğrudan Vatandaş Katılımı</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786057905178</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>33 Soruda İslami Finans ve Bankacılık</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786057905161</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Borsa Firma Etkinliği ve Firma Etkinliğinin Borsada Firma Değerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786057905147</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Hükümet Sistemlerinin Karşılaştırılması</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789758958108</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Türkiyede Tasarruflar</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786057905123</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği 2021-2027 Bütçesi ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786057905116</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>İşletme Stratejisi ile İnsan Kaynakları Stratejisi Uyumu</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786057905093</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Baba Gibi Yönetmek</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786057905062</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Mal ve Hizmet Pazarlama</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786055339999</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Su Diplomasisi Bir Başlangıç</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786057905000</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Karmaşıklık Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786055339968</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Kurumsallaşma Sürecinde Devletin Sürekliliği</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786055339944</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Dil, Medya Usbozumu</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786055339876</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Bugünkü Küreselleşmeyi Anlamak</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786055339852</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>İnovasyon - Ekonomik ve Sosyal Eğilimler</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786055339760</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Haklarının Kıyısındaki Özneler: Mülteciler</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786055339746</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Holocaust, Soykırım ve İnsanlığa Karşı Suçlar Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786055339524</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Haklarının Omfalosu: Avrupa</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786055339739</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Brexit'in Düşündürdükleri</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786055339722</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Ruh Sağlığında İyileşme</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786055339678</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Güdüm ve Medya</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786055339654</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Türk Taşıma Hukukunun Genel Esasları</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786055339616</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Kriz Sonrası Avrupa Bütünleşmesi</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786055339456</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Gözden Geçirilmiş Avrupa Sosyal Şartı ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786055339470</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Kuramına Giriş</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786055339418</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Temel Düşünceler 4</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786055339432</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Politik Devresel Dalgalanmalar ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786055339388</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Temel Düşünceler 1</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786055339395</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Temel Düşünceler 2</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786055339401</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Temel Düşünceler 3</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786055339272</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786055339357</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Muhalefet</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786055339364</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Çatışmadan Barışa Birleşmiş Milletler Barışı Kurma Komisyonu</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786055339296</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik ve Aile Rehberi</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786055339333</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Hangi Hukuka Giriş?</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789758752669</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Üretim İşlemler Yönetimi</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789758752584</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Genel Matematik 2</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789758752539</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Genel Matematik 1</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786055339128</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Canavar Devlet</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786055339500</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye-AB İlişkileri ve İmtiyazlı Ortaklık Meselesi</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786055339302</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Vergi Hukukunda İşyeri</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786055339463</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Planlama</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9799759874611</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Hindistan Gezi Rehberi</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789758752010</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Bilimi Yazıları</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789758752939</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Ekonomi ve Bölgesel Kalkınma Ajansları</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789758752706</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Uluslararası Mahkeme Kararları Işığında Kıbrıs’ı Yeniden Okumak</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789758752300</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası İktisat</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789757852353</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin İktisadi Gelişme Tarihi (1914- 2018)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789758752744</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Bölgelerarası Gelişmişlik Farkları ve Doğu Anadolu</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789758752430</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye için Bir Makromodel Denemesi</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789758752775</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisi - Yeni Yapı (2000-2008)</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789757852780</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Ekonomisi - Sektörel Analiz</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789758752874</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Töre Cinayetleri Kürd Kültürünün Bir Parçası (mı)?</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789757852964</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Piyasasında Vergilendirme</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789757852957</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Piyasası Mevzuatı Açıklama ve Yorumlama</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789757852032</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Sanayi İktisadı</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789758752003</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Roma Hukukunda Haksız Fiil Benzerleri</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789758752041</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Radyo ve Televizyonda Türk Dış Yayınları</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789758752935</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Proje Yönetimi</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789758752348</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlükler Düzeni Olarak Anayasa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789758752379</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Mondros’tan Musul’a Türk-İngiliz İlişkileri</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789757852131</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Mikroiktisat Teorisi</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786055339098</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği’nin Anayasal Dönüm Noktası Lizbon Antlaşması</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786055339029</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği’ne Üyelik Sürecinde Türkiye Sağlık Sektörü</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789758752485</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği’ne Üyelik Sürecinde Türk Kamu Yönetimi</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789757852889</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk’ten Günümüze Doğu Anadolu</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789757852926</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Atatürkçü Partiyi Kurmanın Sırası Geldi</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
           <t>9789757852810</t>
         </is>
       </c>
-      <c r="B113" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
-      <c r="C113" s="1">
+      <c r="C208" s="1">
         <v>122</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>