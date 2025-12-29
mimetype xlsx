--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,1735 +85,1765 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257192873</t>
+          <t>9786257192927</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Bilinmeyen Gerçekler</t>
+          <t>İmam Rıza'nın Farklı Din Ehliyle Münazarası ve Hikmetli Sözleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>572</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257192910</t>
+          <t>9786257192934</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>El-İhticac Ehl-i Beyt'in Delilleri (Ciltli)</t>
+          <t>İmam Cafer Sadık'ın Alevilere Öğütleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257192880</t>
+          <t>9786257192873</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mitlerden Arındırılmış Kitab-ı Mukaddes</t>
+          <t>İslam Tarihinde Bilinmeyen Gerçekler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>572</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257192897</t>
+          <t>9786257192910</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'nin Divanı</t>
+          <t>El-İhticac Ehl-i Beyt'in Delilleri (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257192736</t>
+          <t>9786257192880</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sahifetu’l-ebrar Masum-u Pakların Sahifesi Cilt 1</t>
+          <t>Mitlerden Arındırılmış Kitab-ı Mukaddes</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257192699</t>
+          <t>9786257192897</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Safi Kur’an Tefsiri (Ciltli)</t>
+          <t>İmam Ali'nin Divanı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257192668</t>
+          <t>9786257192736</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri İmam Ali İmamet-Hilafet &amp; Gadir Hum</t>
+          <t>Sahifetu’l-ebrar Masum-u Pakların Sahifesi Cilt 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257192644</t>
+          <t>9786257192699</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Savunucuları Hz. Ebu Talip &amp; Hz. Fatıma Binti Esed</t>
+          <t>Safi Kur’an Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257192637</t>
+          <t>9786257192668</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Velayetin Çerağı Konuşan Kur’an (Ciltli)</t>
+          <t>Müminlerin Emiri İmam Ali İmamet-Hilafet &amp; Gadir Hum</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257192606</t>
+          <t>9786257192644</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Mahmut Hayrani Veli</t>
+          <t>Hz. Peygamber’in Savunucuları Hz. Ebu Talip &amp; Hz. Fatıma Binti Esed</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257192613</t>
+          <t>9786257192637</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma’nın Kitabı</t>
+          <t>Velayetin Çerağı Konuşan Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>110</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257192538</t>
+          <t>9786257192606</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf'un Sosyo - Ekonomi Modeli</t>
+          <t>Seyyid Mahmut Hayrani Veli</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257192439</t>
+          <t>9786257192613</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İtret Ailesini (Ehl-i Beyt'i) Tanıyalım</t>
+          <t>Hz. Fatıma’nın Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257192262</t>
+          <t>9786257192538</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Ahitleşmek</t>
+          <t>Hz. Yusuf'un Sosyo - Ekonomi Modeli</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056693458</t>
+          <t>9786257192439</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt’in Anneleri</t>
+          <t>İtret Ailesini (Ehl-i Beyt'i) Tanıyalım</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257192187</t>
+          <t>9786257192262</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Ehl-i Beyt ve Ashab (Ciltli)</t>
+          <t>Ölümle Ahitleşmek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058023666</t>
+          <t>9786056693458</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>On İki İmam'ın İmametinin Delilleri</t>
+          <t>Ehl-i Beyt’in Anneleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257192842</t>
+          <t>9786257192187</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>On Dört Masum-u Paklar</t>
+          <t>İslam Tarihinde Ehl-i Beyt ve Ashab (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257192491</t>
+          <t>9786058023666</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık’tan Şeriatin Çerağı Ve Hakikatin Anahtarı</t>
+          <t>On İki İmam'ın İmametinin Delilleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056855382</t>
+          <t>9786257192842</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tıbbu'r-Rıza - İmam Rıza’nın Tıbbı</t>
+          <t>On Dört Masum-u Paklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257192422</t>
+          <t>9786257192491</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yas Kerbela</t>
+          <t>İmam Cafer Sadık’tan Şeriatin Çerağı Ve Hakikatin Anahtarı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058362017</t>
+          <t>9786056855382</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kerbela'nın Sessiz Çığlığı</t>
+          <t>Tıbbu'r-Rıza - İmam Rıza’nın Tıbbı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257192125</t>
+          <t>9786257192422</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tevhid (Ciltli)</t>
+          <t>Bitmeyen Yas Kerbela</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>650</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257192729</t>
+          <t>9786058362017</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadislerde Doğru Müslümanlık</t>
+          <t>Kerbela'nın Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257192828</t>
+          <t>9786257192125</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İmam Caferi Sadık'tan Yaratılış Hikmetleri (Tevhid-i Mufazzal)</t>
+          <t>Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257192156</t>
+          <t>9786257192729</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Ehl-i Beyt İmamlarının Çalınan İsimleri</t>
+          <t>Kur'an ve Hadislerde Doğru Müslümanlık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257192804</t>
+          <t>9786257192828</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Biharu’l Envar Cilt 7-8 (Ciltli)</t>
+          <t>İmam Caferi Sadık'tan Yaratılış Hikmetleri (Tevhid-i Mufazzal)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257192590</t>
+          <t>9786257192156</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Pınarı Müminlerin Emiri İmam Ali</t>
+          <t>Hz. Muhammed ve Ehl-i Beyt İmamlarının Çalınan İsimleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257192583</t>
+          <t>9786257192804</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hz. Celal Abbas’ın Hayatı ve Faziletleri</t>
+          <t>Biharu’l Envar Cilt 7-8 (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257192576</t>
+          <t>9786257192590</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Yolunu Neden Seçtim?</t>
+          <t>Mucizeler Pınarı Müminlerin Emiri İmam Ali</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257192569</t>
+          <t>9786257192583</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çölde Bir Yağmur Tanesi Hz. Zeynep</t>
+          <t>Hz. Celal Abbas’ın Hayatı ve Faziletleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257192477</t>
+          <t>9786257192576</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Biharu’l Envar C. 5-6</t>
+          <t>Ehl-i Beyt Yolunu Neden Seçtim?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257192484</t>
+          <t>9786257192569</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık'ın Tıbbı</t>
+          <t>Çölde Bir Yağmur Tanesi Hz. Zeynep</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257192507</t>
+          <t>9786257192477</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Faziletname</t>
+          <t>Biharu’l Envar C. 5-6</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257192453</t>
+          <t>9786257192484</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli Velayetnamesi</t>
+          <t>İmam Cafer Sadık'ın Tıbbı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257192446</t>
+          <t>9786257192507</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes’te Ehl-i Beyt</t>
+          <t>Faziletname</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257192408</t>
+          <t>9786257192453</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Şehri</t>
+          <t>Hacı Bektaş Veli Velayetnamesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257192347</t>
+          <t>9786257192446</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ravzatu'l-Kafi</t>
+          <t>Kitab-ı Mukaddes’te Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257192354</t>
+          <t>9786257192408</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali</t>
+          <t>Mucizeler Şehri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257192330</t>
+          <t>9786257192347</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail Hatayi Divanı</t>
+          <t>Ravzatu'l-Kafi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257192286</t>
+          <t>9786257192354</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l-Meclis</t>
+          <t>Kadın İlmihali</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058232860</t>
+          <t>9786257192330</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Maktel-i İmam Rıza</t>
+          <t>Şah İsmail Hatayi Divanı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058087743</t>
+          <t>9786257192286</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İmam Rıza'dan Hadis Pınarı</t>
+          <t>Kitabu'l-Meclis</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056855306</t>
+          <t>9786058232860</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Gençler</t>
+          <t>Maktel-i İmam Rıza</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058232891</t>
+          <t>9786058087743</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberlerim</t>
+          <t>İmam Rıza'dan Hadis Pınarı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058232884</t>
+          <t>9786056855306</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim</t>
+          <t>Tefsir ve Gençler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056855320</t>
+          <t>9786058232891</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt'in Dilinden Ehl-i Beyt Taraftarlarının Faziletleri</t>
+          <t>Sevgili Peygamberlerim</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257192033</t>
+          <t>9786058232884</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Alametleriyle Birlikte Beklenen Mehdi (Ciltli)</t>
+          <t>Canım Peygamberim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056693410</t>
+          <t>9786056855320</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre İmam Mehdi ve Onu Görenler</t>
+          <t>Ehl-i Beyt'in Dilinden Ehl-i Beyt Taraftarlarının Faziletleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257192019</t>
+          <t>9786257192033</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeynep'in Hayatı</t>
+          <t>Alametleriyle Birlikte Beklenen Mehdi (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257192521</t>
+          <t>9786056693410</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Son Emir Hz. Muhammed Mustafa</t>
+          <t>Kur'an'a Göre İmam Mehdi ve Onu Görenler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058232822</t>
+          <t>9786257192019</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt İnancında Hacamat</t>
+          <t>Hz. Zeynep'in Hayatı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058362048</t>
+          <t>9786257192521</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hz. Selman-ı Farisi</t>
+          <t>Son Emir Hz. Muhammed Mustafa</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786056693472</t>
+          <t>9786058232822</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt'in Dilinden Alevilerin Özellikleri</t>
+          <t>Ehl-i Beyt İnancında Hacamat</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257192040</t>
+          <t>9786058362048</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Velayet Risalesi</t>
+          <t>Hz. Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257192163</t>
+          <t>9786056693472</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Kaynaklarına Göre Ehl-i Beyt Ansiklopedisi Cilt.1 (Kur'an'a Göre Ehl-i Beyt)</t>
+          <t>Ehl-i Beyt'in Dilinden Alevilerin Özellikleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257192101</t>
+          <t>9786257192040</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım Allah'ı Tanımak (Ciltli)</t>
+          <t>Velayet Risalesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056855368</t>
+          <t>9786257192163</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Biharu'l Envar (Ciltli)</t>
+          <t>Ehl-i Sünnet Kaynaklarına Göre Ehl-i Beyt Ansiklopedisi Cilt.1 (Kur'an'a Göre Ehl-i Beyt)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056855375</t>
+          <t>9786257192101</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma'dan Dualar - Sahife-i Fatimiye</t>
+          <t>İlk Adım Allah'ı Tanımak (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257192248</t>
+          <t>9786056855368</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l-Belaga (Ciltli)</t>
+          <t>Biharu'l Envar (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257192132</t>
+          <t>9786056855375</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt'ten Akıllara Hediye (Ciltli)</t>
+          <t>Hz. Fatıma'dan Dualar - Sahife-i Fatimiye</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257192200</t>
+          <t>9786257192248</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi'nin Gaybet Dönemi (Gaybet-i Tusi)</t>
+          <t>Nehcü'l-Belaga (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257192231</t>
+          <t>9786257192132</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Biharu'l Envar 3-4 (Ciltli)</t>
+          <t>Ehl-i Beyt'ten Akıllara Hediye (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257192118</t>
+          <t>9786257192200</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gadir-i Hum - El-Gadir</t>
+          <t>İmam Mehdi'nin Gaybet Dönemi (Gaybet-i Tusi)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257192088</t>
+          <t>9786257192231</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Virani Abdal Divanı ve Farknamesi</t>
+          <t>Biharu'l Envar 3-4 (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257192057</t>
+          <t>9786257192118</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan Askeri’nin Tefsiri Cilt 1 -2 (Ciltli)</t>
+          <t>Gadir-i Hum - El-Gadir</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257192064</t>
+          <t>9786257192088</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan ve İmam Hüseyin'den Dualar</t>
+          <t>Virani Abdal Divanı ve Farknamesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058023642</t>
+          <t>9786257192057</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dinin Kemali (Ciltli)</t>
+          <t>İmam Hasan Askeri’nin Tefsiri Cilt 1 -2 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058023659</t>
+          <t>9786257192064</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İhlilice Risalesi - İmam Cafer-i Sadık'ın Hindistanlı Doktor ile Münazarası</t>
+          <t>İmam Hasan ve İmam Hüseyin'den Dualar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058023604</t>
+          <t>9786058023642</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İmamet Karanlıktan Aydınlığa</t>
+          <t>Dinin Kemali (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058023697</t>
+          <t>9786058023659</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnsani Adaletin Sesi İmam Ali</t>
+          <t>İhlilice Risalesi - İmam Cafer-i Sadık'ın Hindistanlı Doktor ile Münazarası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257192002</t>
+          <t>9786058023604</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Kerbela</t>
+          <t>İmamet Karanlıktan Aydınlığa</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257192798</t>
+          <t>9786058023697</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sevenlerin Dilinden İmam Mehdi Şiirleri</t>
+          <t>İnsani Adaletin Sesi İmam Ali</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257192743</t>
+          <t>9786257192002</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali Test Soruları</t>
+          <t>Adım Adım Kerbela</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257192835</t>
+          <t>9786257192798</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ailemiz ve İlişkilerimiz</t>
+          <t>Sevenlerin Dilinden İmam Mehdi Şiirleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257192392</t>
+          <t>9786257192743</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>El - Hidayetü'l Kübra</t>
+          <t>Kur'an-ı Kerim Meali Test Soruları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257192255</t>
+          <t>9786257192835</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Alevi İslam</t>
+          <t>Ailemiz ve İlişkilerimiz</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257192545</t>
+          <t>9786257192392</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hızır</t>
+          <t>El - Hidayetü'l Kübra</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257192514</t>
+          <t>9786257192255</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sabrın En Berrak Hali Ümmül Benin</t>
+          <t>Alevi İslam</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257192149</t>
+          <t>9786257192545</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Ehl-i Beyt (Ciltli)</t>
+          <t>Hz. Hızır</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257192712</t>
+          <t>9786257192514</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kureyş Kureyşan Ocağı ve Alevilik</t>
+          <t>Sabrın En Berrak Hali Ümmül Benin</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257192651</t>
+          <t>9786257192149</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri İmam Ali Nurani Kimliği</t>
+          <t>Kur'an'da Ehl-i Beyt (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257192675</t>
+          <t>9786257192712</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri İmam Ali Beşeri Üstünlükleri</t>
+          <t>Seyyid Kureyş Kureyşan Ocağı ve Alevilik</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257192682</t>
+          <t>9786257192651</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Nurları Ehl-i Beyt</t>
+          <t>Müminlerin Emiri İmam Ali Nurani Kimliği</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257192620</t>
+          <t>9786257192675</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yas Kerbela</t>
+          <t>Müminlerin Emiri İmam Ali Beşeri Üstünlükleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257192552</t>
+          <t>9786257192682</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tam On - 2'den</t>
+          <t>Hidayet Nurları Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257192460</t>
+          <t>9786257192620</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Kaynaklarına Göre Ehl-i Beyt Ansiklopedisi Cilt. 2 Kur'an'a Göre Ehl-i Beyt)</t>
+          <t>Bitmeyen Yas Kerbela</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257192415</t>
+          <t>9786257192552</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Ahlak İlkeleri</t>
+          <t>Tam On - 2'den</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257192378</t>
+          <t>9786257192460</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ufkun İzleri</t>
+          <t>Ehl-i Sünnet Kaynaklarına Göre Ehl-i Beyt Ansiklopedisi Cilt. 2 Kur'an'a Göre Ehl-i Beyt)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257192385</t>
+          <t>9786257192415</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Değil Bunlar!</t>
+          <t>Sosyal Ahlak İlkeleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257192293</t>
+          <t>9786257192378</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Eğitim Serisi 5</t>
+          <t>Ufkun İzleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257192316</t>
+          <t>9786257192385</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İlham-ı Aşk Hz. Ali</t>
+          <t>Hikaye Değil Bunlar!</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257192361</t>
+          <t>9786257192293</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Alevilik Eğitim Serisi 5</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257192323</t>
+          <t>9786257192316</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Üryan Hızır (Sultan Hıdır) Ocağı Emirler Ocağı</t>
+          <t>İlham-ı Aşk Hz. Ali</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257192279</t>
+          <t>9786257192361</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Can Parçası İmam Hasan</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257192224</t>
+          <t>9786257192323</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Tabu Oyunu - Bil Bakalım? Ben Kimim?</t>
+          <t>Üryan Hızır (Sultan Hıdır) Ocağı Emirler Ocağı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257192217</t>
+          <t>9786257192279</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tut Allah'ım! Beni Bana Bırakma</t>
+          <t>Can Parçası İmam Hasan</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257192026</t>
+          <t>9786257192224</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Mızrağın Başında Gördüm</t>
+          <t>Çocuklar için Tabu Oyunu - Bil Bakalım? Ben Kimim?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058023680</t>
+          <t>9786257192217</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aşık Sevdiğini Böyle Mi Bekler?</t>
+          <t>Tut Allah'ım! Beni Bana Bırakma</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257192705</t>
+          <t>9786257192026</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Fazilet-i Ehl-i Beyt-i Resulullah</t>
+          <t>Aşkı Mızrağın Başında Gördüm</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058087781</t>
+          <t>9786058023680</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Süsü Güzel Ahlak</t>
+          <t>Aşık Sevdiğini Böyle Mi Bekler?</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058087774</t>
+          <t>9786257192705</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ülkesini Tanıyalım</t>
+          <t>Fazilet-i Ehl-i Beyt-i Resulullah</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257192170</t>
+          <t>9786058087781</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>On İki İmam'ın Hayatı (El-İrşad) (Ciltli)</t>
+          <t>İnsanın Süsü Güzel Ahlak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058087729</t>
+          <t>9786058087774</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Güneş Koynunda Yıldızlar Besliyordu</t>
+          <t>Kur'an Ülkesini Tanıyalım</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786056855344</t>
+          <t>9786257192170</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt’in Kerametleri 1. Cilt</t>
+          <t>On İki İmam'ın Hayatı (El-İrşad) (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056855313</t>
+          <t>9786058087729</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Gençler (2. Cilt)</t>
+          <t>Güneş Koynunda Yıldızlar Besliyordu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058232808</t>
+          <t>9786056855344</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'nin Yarenleri</t>
+          <t>Ehl-i Beyt’in Kerametleri 1. Cilt</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>500</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058362093</t>
+          <t>9786056855313</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tuba Kokusu - Hz.Fatıma</t>
+          <t>Tefsir ve Gençler (2. Cilt)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056693441</t>
+          <t>9786058232808</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tevrat’tan 40 Sure</t>
+          <t>İmam Ali'nin Yarenleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056855399</t>
+          <t>9786058362093</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu Bir Sabah Hz. Hatice</t>
+          <t>Tuba Kokusu - Hz.Fatıma</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257192194</t>
+          <t>9786056693441</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaya Yüz Tutmuş Bayram</t>
+          <t>Tevrat’tan 40 Sure</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786058362055</t>
+          <t>9786056855399</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>14 Masumun Hayatı</t>
+          <t>Gül Kokulu Bir Sabah Hz. Hatice</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
+          <t>9786257192194</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmaya Yüz Tutmuş Bayram</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786058362055</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>14 Masumun Hayatı</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
           <t>9786058362024</t>
         </is>
       </c>
-      <c r="B114" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Sadece Yıldızlar Şahitti</t>
         </is>
       </c>
-      <c r="C114" s="1">
+      <c r="C116" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>