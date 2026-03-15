--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,1765 +85,2005 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257192927</t>
+          <t>9786257192859</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İmam Rıza'nın Farklı Din Ehliyle Münazarası ve Hikmetli Sözleri</t>
+          <t>Ehl-i Beyt Anneleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257192934</t>
+          <t>9786257192866</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık'ın Alevilere Öğütleri</t>
+          <t>Anaokulu Gebelikle Başlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257192873</t>
+          <t>9786257192811</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Bilinmeyen Gerçekler</t>
+          <t>Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>572</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257192910</t>
+          <t>9786058087736</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>El-İhticac Ehl-i Beyt'in Delilleri (Ciltli)</t>
+          <t>On İki İmamın Hayatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257192880</t>
+          <t>9786056855337</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mitlerden Arındırılmış Kitab-ı Mukaddes</t>
+          <t>Kur’an-ı Kerim’den Kısa Sureler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257192897</t>
+          <t>9786058087767</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'nin Divanı</t>
+          <t>Toplumsal Ahlaki Eğitim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257192736</t>
+          <t>9786058232846</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sahifetu’l-ebrar Masum-u Pakların Sahifesi Cilt 1</t>
+          <t>İmam Hasan Askeri’nin Tefsiri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257192699</t>
+          <t>9786058087705</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Safi Kur’an Tefsiri (Ciltli)</t>
+          <t>Kur'an-ı Kerim'den Kısa Sureler ve Tefsiri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257192668</t>
+          <t>9786058087712</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri İmam Ali İmamet-Hilafet &amp; Gadir Hum</t>
+          <t>İslami Eğitim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257192644</t>
+          <t>9786058232839</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Savunucuları Hz. Ebu Talip &amp; Hz. Fatıma Binti Esed</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257192637</t>
+          <t>3990000045726</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Velayetin Çerağı Konuşan Kur’an (Ciltli)</t>
+          <t>İmam Cafer-i Sadık'ın Tıbbı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>750</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257192606</t>
+          <t>9786058232815</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Mahmut Hayrani Veli</t>
+          <t>Hz. Zeynep Sabır ve Vefa Timsali</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257192613</t>
+          <t>9786058087750</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma’nın Kitabı</t>
+          <t>Alevilik Nedir ve Aleviler Neye İnanır? - Alevilik Eğitim Serisi 4</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257192538</t>
+          <t>9786058023635</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf'un Sosyo - Ekonomi Modeli</t>
+          <t>Alevilik Eğitim Serisi 1-2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257192439</t>
+          <t>9786058023628</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İtret Ailesini (Ehl-i Beyt'i) Tanıyalım</t>
+          <t>El-i'tikadat - İtikatler İnançlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257192262</t>
+          <t>9786058087798</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ölümle Ahitleşmek</t>
+          <t>Son Hitabe Gadir Hutbesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>110</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056693458</t>
+          <t>9786257192927</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt’in Anneleri</t>
+          <t>İmam Rıza'nın Farklı Din Ehliyle Münazarası ve Hikmetli Sözleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257192187</t>
+          <t>9786257192934</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinde Ehl-i Beyt ve Ashab (Ciltli)</t>
+          <t>İmam Cafer Sadık'ın Alevilere Öğütleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>650</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058023666</t>
+          <t>9786257192873</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>On İki İmam'ın İmametinin Delilleri</t>
+          <t>İslam Tarihinde Bilinmeyen Gerçekler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257192842</t>
+          <t>9786257192910</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>On Dört Masum-u Paklar</t>
+          <t>El-İhticac Ehl-i Beyt'in Delilleri (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257192491</t>
+          <t>9786257192880</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık’tan Şeriatin Çerağı Ve Hakikatin Anahtarı</t>
+          <t>Mitlerden Arındırılmış Kitab-ı Mukaddes</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056855382</t>
+          <t>9786257192897</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tıbbu'r-Rıza - İmam Rıza’nın Tıbbı</t>
+          <t>İmam Ali'nin Divanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257192422</t>
+          <t>9786257192736</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yas Kerbela</t>
+          <t>Sahifetu’l-ebrar Masum-u Pakların Sahifesi Cilt 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>70</v>
+        <v>800</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058362017</t>
+          <t>9786257192699</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kerbela'nın Sessiz Çığlığı</t>
+          <t>Safi Kur’an Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257192125</t>
+          <t>9786257192668</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tevhid (Ciltli)</t>
+          <t>Müminlerin Emiri İmam Ali İmamet-Hilafet &amp; Gadir Hum</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257192729</t>
+          <t>9786257192644</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadislerde Doğru Müslümanlık</t>
+          <t>Hz. Peygamber’in Savunucuları Hz. Ebu Talip &amp; Hz. Fatıma Binti Esed</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257192828</t>
+          <t>9786257192637</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İmam Caferi Sadık'tan Yaratılış Hikmetleri (Tevhid-i Mufazzal)</t>
+          <t>Velayetin Çerağı Konuşan Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257192156</t>
+          <t>9786257192606</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Ehl-i Beyt İmamlarının Çalınan İsimleri</t>
+          <t>Seyyid Mahmut Hayrani Veli</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257192804</t>
+          <t>9786257192613</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Biharu’l Envar Cilt 7-8 (Ciltli)</t>
+          <t>Hz. Fatıma’nın Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257192590</t>
+          <t>9786257192538</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Pınarı Müminlerin Emiri İmam Ali</t>
+          <t>Hz. Yusuf'un Sosyo - Ekonomi Modeli</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257192583</t>
+          <t>9786257192439</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hz. Celal Abbas’ın Hayatı ve Faziletleri</t>
+          <t>İtret Ailesini (Ehl-i Beyt'i) Tanıyalım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257192576</t>
+          <t>9786257192262</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Yolunu Neden Seçtim?</t>
+          <t>Ölümle Ahitleşmek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257192569</t>
+          <t>9786056693458</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çölde Bir Yağmur Tanesi Hz. Zeynep</t>
+          <t>Ehl-i Beyt’in Anneleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257192477</t>
+          <t>9786257192187</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Biharu’l Envar C. 5-6</t>
+          <t>İslam Tarihinde Ehl-i Beyt ve Ashab (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257192484</t>
+          <t>9786058023666</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İmam Cafer Sadık'ın Tıbbı</t>
+          <t>On İki İmam'ın İmametinin Delilleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257192507</t>
+          <t>9786257192842</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Faziletname</t>
+          <t>On Dört Masum-u Paklar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257192453</t>
+          <t>9786257192491</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Veli Velayetnamesi</t>
+          <t>İmam Cafer Sadık’tan Şeriatin Çerağı Ve Hakikatin Anahtarı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257192446</t>
+          <t>9786056855382</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes’te Ehl-i Beyt</t>
+          <t>Tıbbu'r-Rıza - İmam Rıza’nın Tıbbı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257192408</t>
+          <t>9786257192422</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Şehri</t>
+          <t>Bitmeyen Yas Kerbela</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257192347</t>
+          <t>9786058362017</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ravzatu'l-Kafi</t>
+          <t>Kerbela'nın Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257192354</t>
+          <t>9786257192125</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kadın İlmihali</t>
+          <t>Tevhid (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257192330</t>
+          <t>9786257192729</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail Hatayi Divanı</t>
+          <t>Kur'an ve Hadislerde Doğru Müslümanlık</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257192286</t>
+          <t>9786257192828</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'l-Meclis</t>
+          <t>İmam Caferi Sadık'tan Yaratılış Hikmetleri (Tevhid-i Mufazzal)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058232860</t>
+          <t>9786257192156</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Maktel-i İmam Rıza</t>
+          <t>Hz. Muhammed ve Ehl-i Beyt İmamlarının Çalınan İsimleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058087743</t>
+          <t>9786257192804</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İmam Rıza'dan Hadis Pınarı</t>
+          <t>Biharu’l Envar Cilt 7-8 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056855306</t>
+          <t>9786257192590</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Gençler</t>
+          <t>Mucizeler Pınarı Müminlerin Emiri İmam Ali</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058232891</t>
+          <t>9786257192583</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberlerim</t>
+          <t>Hz. Celal Abbas’ın Hayatı ve Faziletleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058232884</t>
+          <t>9786257192576</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim</t>
+          <t>Ehl-i Beyt Yolunu Neden Seçtim?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786056855320</t>
+          <t>9786257192569</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt'in Dilinden Ehl-i Beyt Taraftarlarının Faziletleri</t>
+          <t>Çölde Bir Yağmur Tanesi Hz. Zeynep</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257192033</t>
+          <t>9786257192477</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Alametleriyle Birlikte Beklenen Mehdi (Ciltli)</t>
+          <t>Biharu’l Envar C. 5-6</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056693410</t>
+          <t>9786257192484</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre İmam Mehdi ve Onu Görenler</t>
+          <t>İmam Cafer Sadık'ın Tıbbı</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257192019</t>
+          <t>9786257192507</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeynep'in Hayatı</t>
+          <t>Faziletname</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257192521</t>
+          <t>9786257192453</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Son Emir Hz. Muhammed Mustafa</t>
+          <t>Hacı Bektaş Veli Velayetnamesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058232822</t>
+          <t>9786257192446</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt İnancında Hacamat</t>
+          <t>Kitab-ı Mukaddes’te Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058362048</t>
+          <t>9786257192408</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hz. Selman-ı Farisi</t>
+          <t>Mucizeler Şehri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056693472</t>
+          <t>9786257192347</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt'in Dilinden Alevilerin Özellikleri</t>
+          <t>Ravzatu'l-Kafi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257192040</t>
+          <t>9786257192354</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Velayet Risalesi</t>
+          <t>Kadın İlmihali</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257192163</t>
+          <t>9786257192330</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Kaynaklarına Göre Ehl-i Beyt Ansiklopedisi Cilt.1 (Kur'an'a Göre Ehl-i Beyt)</t>
+          <t>Şah İsmail Hatayi Divanı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257192101</t>
+          <t>9786257192286</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım Allah'ı Tanımak (Ciltli)</t>
+          <t>Kitabu'l-Meclis</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056855368</t>
+          <t>9786058232860</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Biharu'l Envar (Ciltli)</t>
+          <t>Maktel-i İmam Rıza</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786056855375</t>
+          <t>9786058087743</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma'dan Dualar - Sahife-i Fatimiye</t>
+          <t>İmam Rıza'dan Hadis Pınarı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>110</v>
+        <v>650</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257192248</t>
+          <t>9786056855306</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l-Belaga (Ciltli)</t>
+          <t>Tefsir ve Gençler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257192132</t>
+          <t>9786058232891</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt'ten Akıllara Hediye (Ciltli)</t>
+          <t>Sevgili Peygamberlerim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257192200</t>
+          <t>9786058232884</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İmam Mehdi'nin Gaybet Dönemi (Gaybet-i Tusi)</t>
+          <t>Canım Peygamberim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257192231</t>
+          <t>9786056855320</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Biharu'l Envar 3-4 (Ciltli)</t>
+          <t>Ehl-i Beyt'in Dilinden Ehl-i Beyt Taraftarlarının Faziletleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257192118</t>
+          <t>9786257192033</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gadir-i Hum - El-Gadir</t>
+          <t>Alametleriyle Birlikte Beklenen Mehdi (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257192088</t>
+          <t>9786056693410</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Virani Abdal Divanı ve Farknamesi</t>
+          <t>Kur'an'a Göre İmam Mehdi ve Onu Görenler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257192057</t>
+          <t>9786257192019</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan Askeri’nin Tefsiri Cilt 1 -2 (Ciltli)</t>
+          <t>Hz. Zeynep'in Hayatı</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257192064</t>
+          <t>9786257192521</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İmam Hasan ve İmam Hüseyin'den Dualar</t>
+          <t>Son Emir Hz. Muhammed Mustafa</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786058023642</t>
+          <t>9786058232822</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dinin Kemali (Ciltli)</t>
+          <t>Ehl-i Beyt İnancında Hacamat</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058023659</t>
+          <t>9786058362048</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İhlilice Risalesi - İmam Cafer-i Sadık'ın Hindistanlı Doktor ile Münazarası</t>
+          <t>Hz. Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058023604</t>
+          <t>9786056693472</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İmamet Karanlıktan Aydınlığa</t>
+          <t>Ehl-i Beyt'in Dilinden Alevilerin Özellikleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058023697</t>
+          <t>9786257192040</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsani Adaletin Sesi İmam Ali</t>
+          <t>Velayet Risalesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257192002</t>
+          <t>9786257192163</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Kerbela</t>
+          <t>Ehl-i Sünnet Kaynaklarına Göre Ehl-i Beyt Ansiklopedisi Cilt.1 (Kur'an'a Göre Ehl-i Beyt)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257192798</t>
+          <t>9786257192101</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sevenlerin Dilinden İmam Mehdi Şiirleri</t>
+          <t>İlk Adım Allah'ı Tanımak (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257192743</t>
+          <t>9786056855368</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali Test Soruları</t>
+          <t>Biharu'l Envar (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257192835</t>
+          <t>9786056855375</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ailemiz ve İlişkilerimiz</t>
+          <t>Hz. Fatıma'dan Dualar - Sahife-i Fatimiye</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257192392</t>
+          <t>9786257192248</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>El - Hidayetü'l Kübra</t>
+          <t>Nehcü'l-Belaga (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257192255</t>
+          <t>9786257192132</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Alevi İslam</t>
+          <t>Ehl-i Beyt'ten Akıllara Hediye (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257192545</t>
+          <t>9786257192200</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hızır</t>
+          <t>İmam Mehdi'nin Gaybet Dönemi (Gaybet-i Tusi)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257192514</t>
+          <t>9786257192231</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sabrın En Berrak Hali Ümmül Benin</t>
+          <t>Biharu'l Envar 3-4 (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257192149</t>
+          <t>9786257192118</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Ehl-i Beyt (Ciltli)</t>
+          <t>Gadir-i Hum - El-Gadir</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257192712</t>
+          <t>9786257192088</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kureyş Kureyşan Ocağı ve Alevilik</t>
+          <t>Virani Abdal Divanı ve Farknamesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257192651</t>
+          <t>9786257192057</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri İmam Ali Nurani Kimliği</t>
+          <t>İmam Hasan Askeri’nin Tefsiri Cilt 1 -2 (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257192675</t>
+          <t>9786257192064</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Emiri İmam Ali Beşeri Üstünlükleri</t>
+          <t>İmam Hasan ve İmam Hüseyin'den Dualar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257192682</t>
+          <t>9786058023642</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hidayet Nurları Ehl-i Beyt</t>
+          <t>Dinin Kemali (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257192620</t>
+          <t>9786058023659</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yas Kerbela</t>
+          <t>İhlilice Risalesi - İmam Cafer-i Sadık'ın Hindistanlı Doktor ile Münazarası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257192552</t>
+          <t>9786058023604</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tam On - 2'den</t>
+          <t>İmamet Karanlıktan Aydınlığa</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257192460</t>
+          <t>9786058023697</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Kaynaklarına Göre Ehl-i Beyt Ansiklopedisi Cilt. 2 Kur'an'a Göre Ehl-i Beyt)</t>
+          <t>İnsani Adaletin Sesi İmam Ali</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257192415</t>
+          <t>9786257192002</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Ahlak İlkeleri</t>
+          <t>Adım Adım Kerbela</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257192378</t>
+          <t>9786257192798</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ufkun İzleri</t>
+          <t>Sevenlerin Dilinden İmam Mehdi Şiirleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257192385</t>
+          <t>9786257192743</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Değil Bunlar!</t>
+          <t>Kur'an-ı Kerim Meali Test Soruları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257192293</t>
+          <t>9786257192835</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Eğitim Serisi 5</t>
+          <t>Ailemiz ve İlişkilerimiz</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257192316</t>
+          <t>9786257192392</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İlham-ı Aşk Hz. Ali</t>
+          <t>El - Hidayetü'l Kübra</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>800</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257192361</t>
+          <t>9786257192255</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler</t>
+          <t>Alevi İslam</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>850</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257192323</t>
+          <t>9786257192545</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Üryan Hızır (Sultan Hıdır) Ocağı Emirler Ocağı</t>
+          <t>Hz. Hızır</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257192279</t>
+          <t>9786257192514</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Can Parçası İmam Hasan</t>
+          <t>Sabrın En Berrak Hali Ümmül Benin</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257192224</t>
+          <t>9786257192149</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Tabu Oyunu - Bil Bakalım? Ben Kimim?</t>
+          <t>Kur'an'da Ehl-i Beyt (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>650</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257192217</t>
+          <t>9786257192712</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tut Allah'ım! Beni Bana Bırakma</t>
+          <t>Seyyid Kureyş Kureyşan Ocağı ve Alevilik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>110</v>
+        <v>650</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257192026</t>
+          <t>9786257192651</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Mızrağın Başında Gördüm</t>
+          <t>Müminlerin Emiri İmam Ali Nurani Kimliği</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058023680</t>
+          <t>9786257192675</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aşık Sevdiğini Böyle Mi Bekler?</t>
+          <t>Müminlerin Emiri İmam Ali Beşeri Üstünlükleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257192705</t>
+          <t>9786257192682</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fazilet-i Ehl-i Beyt-i Resulullah</t>
+          <t>Hidayet Nurları Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058087781</t>
+          <t>9786257192620</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Süsü Güzel Ahlak</t>
+          <t>Bitmeyen Yas Kerbela</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786058087774</t>
+          <t>9786257192552</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ülkesini Tanıyalım</t>
+          <t>Tam On - 2'den</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257192170</t>
+          <t>9786257192460</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>On İki İmam'ın Hayatı (El-İrşad) (Ciltli)</t>
+          <t>Ehl-i Sünnet Kaynaklarına Göre Ehl-i Beyt Ansiklopedisi Cilt. 2 Kur'an'a Göre Ehl-i Beyt)</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058087729</t>
+          <t>9786257192415</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Güneş Koynunda Yıldızlar Besliyordu</t>
+          <t>Sosyal Ahlak İlkeleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786056855344</t>
+          <t>9786257192378</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt’in Kerametleri 1. Cilt</t>
+          <t>Ufkun İzleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056855313</t>
+          <t>9786257192385</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Gençler (2. Cilt)</t>
+          <t>Hikaye Değil Bunlar!</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058232808</t>
+          <t>9786257192293</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali'nin Yarenleri</t>
+          <t>Alevilik Eğitim Serisi 5</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058362093</t>
+          <t>9786257192316</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Tuba Kokusu - Hz.Fatıma</t>
+          <t>İlham-ı Aşk Hz. Ali</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786056693441</t>
+          <t>9786257192361</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tevrat’tan 40 Sure</t>
+          <t>Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056855399</t>
+          <t>9786257192323</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu Bir Sabah Hz. Hatice</t>
+          <t>Üryan Hızır (Sultan Hıdır) Ocağı Emirler Ocağı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257192194</t>
+          <t>9786257192279</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaya Yüz Tutmuş Bayram</t>
+          <t>Can Parçası İmam Hasan</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>70</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058362055</t>
+          <t>9786257192224</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>14 Masumun Hayatı</t>
+          <t>Çocuklar için Tabu Oyunu - Bil Bakalım? Ben Kimim?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
+          <t>9786257192217</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Tut Allah'ım! Beni Bana Bırakma</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786257192026</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Aşkı Mızrağın Başında Gördüm</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786058023680</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Sevdiğini Böyle Mi Bekler?</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786257192705</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Fazilet-i Ehl-i Beyt-i Resulullah</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786058087781</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Süsü Güzel Ahlak</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786058087774</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Ülkesini Tanıyalım</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786257192170</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>On İki İmam'ın Hayatı (El-İrşad) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786058087729</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Koynunda Yıldızlar Besliyordu</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786056855344</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Beyt’in Kerametleri 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786056855313</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Tefsir ve Gençler (2. Cilt)</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786058232808</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>İmam Ali'nin Yarenleri</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786058362093</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Tuba Kokusu - Hz.Fatıma</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786056693441</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Tevrat’tan 40 Sure</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786056855399</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Gül Kokulu Bir Sabah Hz. Hatice</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786257192194</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmaya Yüz Tutmuş Bayram</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786058362055</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>14 Masumun Hayatı</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
           <t>9786058362024</t>
         </is>
       </c>
-      <c r="B116" s="1" t="inlineStr">
+      <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Sadece Yıldızlar Şahitti</t>
         </is>
       </c>
-      <c r="C116" s="1">
-        <v>180</v>
+      <c r="C132" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>