--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,805 +85,850 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057060952</t>
+          <t>9786255641205</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hüznü Kıran Umutlar</t>
+          <t>Kar Yağınca Gel</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>264</v>
+        <v>284</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255641151</t>
+          <t>9786255641229</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çözümlemeleri 2 Servet-i Fünun Akımı</t>
+          <t>Mensur ve Manzum Akaid</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>354</v>
+        <v>244</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255641144</t>
+          <t>9786255641212</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çözümlemeleri 1 - Tanzimat Dönemi</t>
+          <t>Ateşin İçinde İki Yürek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>478</v>
+        <v>336</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057440501</t>
+          <t>9786057060952</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Hakkı 1</t>
+          <t>Hüznü Kıran Umutlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>244</v>
+        <v>264</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057440518</t>
+          <t>9786255641151</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Hakkı 2</t>
+          <t>Şiir Çözümlemeleri 2 Servet-i Fünun Akımı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>244</v>
+        <v>354</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057440556</t>
+          <t>9786255641144</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Şiir Çözümlemeleri 1 - Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>444</v>
+        <v>478</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259546179</t>
+          <t>9786057440501</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Besliyorum</t>
+          <t>Kılıç Hakkı 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259546162</t>
+          <t>9786057440518</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Bırakma Beni</t>
+          <t>Kılıç Hakkı 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>306</v>
+        <v>244</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057417633</t>
+          <t>9786057440556</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>298</v>
+        <v>444</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259507088</t>
+          <t>9786259546179</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ile Noel Baba</t>
+          <t>Ruhumu Besliyorum</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>194</v>
+        <v>242</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259507071</t>
+          <t>9786259546162</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Çocuk</t>
+          <t>Kalbim Bırakma Beni</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>198</v>
+        <v>306</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259507064</t>
+          <t>9786057417633</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kumanın Dramı</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259507033</t>
+          <t>9786259507088</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Baskıcı Velilerin İncinen Çocukları</t>
+          <t>Nasrettin Hoca ile Noel Baba</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>398</v>
+        <v>194</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259507026</t>
+          <t>9786259507071</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Delicesine</t>
+          <t>Esrarengiz Çocuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>396</v>
+        <v>198</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259507019</t>
+          <t>9786259507064</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İslamcılığı</t>
+          <t>Kumanın Dramı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>336</v>
+        <v>296</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259804262</t>
+          <t>9786259507033</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yanık Kalem</t>
+          <t>Baskıcı Velilerin İncinen Çocukları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>276</v>
+        <v>398</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259804293</t>
+          <t>9786259507026</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sevda Rüzgarları Esiyor</t>
+          <t>Delicesine</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>276</v>
+        <v>396</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259804279</t>
+          <t>9786259507019</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Postalanmamış Mektuplar</t>
+          <t>Amerikan İslamcılığı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>306</v>
+        <v>336</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259804286</t>
+          <t>9786259804262</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerim</t>
+          <t>Yanık Kalem</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>298</v>
+        <v>276</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259507002</t>
+          <t>9786259804293</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bahçemde Bahar</t>
+          <t>Sevda Rüzgarları Esiyor</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>290</v>
+        <v>276</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259804255</t>
+          <t>9786259804279</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şairin Onurlu Yaşam Güncesi</t>
+          <t>Postalanmamış Mektuplar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>296</v>
+        <v>306</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259448350</t>
+          <t>9786259804286</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Münacaatlar</t>
+          <t>Hikayelerim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>288</v>
+        <v>298</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259448367</t>
+          <t>9786259507002</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Frigyalı Suna</t>
+          <t>Bahçemde Bahar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259448343</t>
+          <t>9786259804255</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aden</t>
+          <t>Şairin Onurlu Yaşam Güncesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>444</v>
+        <v>296</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259448305</t>
+          <t>9786259448350</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>An'sızı'n Aşk</t>
+          <t>Tevhid ve Münacaatlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>298</v>
+        <v>288</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259859194</t>
+          <t>9786259448367</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kal Benimle</t>
+          <t>Frigyalı Suna</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>298</v>
+        <v>286</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259859163</t>
+          <t>9786259448343</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Ruh İçimizde</t>
+          <t>Aden</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>424</v>
+        <v>444</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259859187</t>
+          <t>9786259448305</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılın Depremi</t>
+          <t>An'sızı'n Aşk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>324</v>
+        <v>298</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259859156</t>
+          <t>9786259859194</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>En El Aşk</t>
+          <t>Kal Benimle</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>298</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259859170</t>
+          <t>9786259859163</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Çocukluğu</t>
+          <t>Ölümsüz Ruh İçimizde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>188</v>
+        <v>424</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057154927</t>
+          <t>9786259859187</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Katilini Doğuran Aşklar</t>
+          <t>Bin Yılın Depremi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>288</v>
+        <v>324</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057154910</t>
+          <t>9786259859156</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Güz Kuşları</t>
+          <t>En El Aşk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>292</v>
+        <v>298</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057095190</t>
+          <t>9786259859170</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Garip Hikayeler</t>
+          <t>Hz. Muhammed'in Çocukluğu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>288</v>
+        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057140906</t>
+          <t>9786057154927</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ün Giyim Tarzı ve Moda Anlayışı</t>
+          <t>Katilini Doğuran Aşklar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>316</v>
+        <v>288</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057060969</t>
+          <t>9786057154910</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Temel Bilgiler</t>
+          <t>Güz Kuşları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>398</v>
+        <v>292</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057154958</t>
+          <t>9786057095190</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı'mızı Anlamak</t>
+          <t>Garip Hikayeler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>296</v>
+        <v>288</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057451101</t>
+          <t>9786057140906</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kristal</t>
+          <t>Mustafa Kemal Atatürk'ün Giyim Tarzı ve Moda Anlayışı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>412</v>
+        <v>316</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057060976</t>
+          <t>9786057060969</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Müzik Yıldızı Üzeyir Hacıbeyli</t>
+          <t>Türk Musikisi Temel Bilgiler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>444</v>
+        <v>398</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057417619</t>
+          <t>9786057154958</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hayat Serüveni ve Vasiyetleriyle Zeki Müren</t>
+          <t>İstiklal Marşı'mızı Anlamak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>356</v>
+        <v>296</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057417602</t>
+          <t>9786057451101</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç’in Düşünce Dünyasından Kesitler</t>
+          <t>Kırk Kristal</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>284</v>
+        <v>412</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057060907</t>
+          <t>9786057060976</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Milli Birlik ve Beraberlik</t>
+          <t>Türk Dünyasının Müzik Yıldızı Üzeyir Hacıbeyli</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>448</v>
+        <v>444</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057440594</t>
+          <t>9786057417619</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Açıdan Özel Gün ve Bayramlar</t>
+          <t>Hayat Serüveni ve Vasiyetleriyle Zeki Müren</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>444</v>
+        <v>356</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057440570</t>
+          <t>9786057417602</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı İncelemeleri</t>
+          <t>Aliya İzzetbegoviç’in Düşünce Dünyasından Kesitler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>498</v>
+        <v>284</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057440563</t>
+          <t>9786057060907</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Felsefesi</t>
+          <t>Milli Birlik ve Beraberlik</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>448</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057060914</t>
+          <t>9786057440594</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve Aydın Sorunu</t>
+          <t>Bir Başka Açıdan Özel Gün ve Bayramlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>448</v>
+        <v>444</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057060945</t>
+          <t>9786057440570</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şiir-Kültür ve Edebiyata Dair Denemeler</t>
+          <t>Türk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>434</v>
+        <v>498</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057060921</t>
+          <t>9786057440563</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İman Şevki</t>
+          <t>Türk Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>444</v>
+        <v>448</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057060938</t>
+          <t>9786057060914</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ağıt Yakma Geleneği ve Ağıt-Destanlar</t>
+          <t>Modernizm ve Aydın Sorunu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>534</v>
+        <v>448</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057095176</t>
+          <t>9786057060945</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanları</t>
+          <t>Şiir-Kültür ve Edebiyata Dair Denemeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>308</v>
+        <v>434</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057451118</t>
+          <t>9786057060921</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kar Kristalleri</t>
+          <t>İman Şevki</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>258</v>
+        <v>444</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
+          <t>9786057060938</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatında Ağıt Yakma Geleneği ve Ağıt-Destanlar</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786057095176</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Türk Destanları</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786057451118</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Kar Kristalleri</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
           <t>9786057154972</t>
         </is>
       </c>
-      <c r="B52" s="1" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Agave</t>
         </is>
       </c>
-      <c r="C52" s="1">
+      <c r="C55" s="1">
         <v>288</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>