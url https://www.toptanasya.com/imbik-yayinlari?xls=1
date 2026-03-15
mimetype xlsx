--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,850 +85,925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255641205</t>
+          <t>9786057440587</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağınca Gel</t>
+          <t>Tengricilik ve Türk-İslam Ülküsü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>284</v>
+        <v>326</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255641229</t>
+          <t>9786255641380</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mensur ve Manzum Akaid</t>
+          <t>Bitkiler, Hayvanlar ve İnsanlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>244</v>
+        <v>314</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255641212</t>
+          <t>9786255641366</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ateşin İçinde İki Yürek</t>
+          <t>Her Mevsim Güzel</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057060952</t>
+          <t>9786255641281</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hüznü Kıran Umutlar</t>
+          <t>Futbolcu Bücür</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>264</v>
+        <v>252</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255641151</t>
+          <t>9786255641274</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çözümlemeleri 2 Servet-i Fünun Akımı</t>
+          <t>Belirli Gün ve Haftalar Şiirleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>354</v>
+        <v>252</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255641144</t>
+          <t>9786255641205</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çözümlemeleri 1 - Tanzimat Dönemi</t>
+          <t>Kar Yağınca Gel</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>478</v>
+        <v>336</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057440501</t>
+          <t>9786255641229</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Hakkı 1</t>
+          <t>Mensur ve Manzum Akaid</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>244</v>
+        <v>298</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057440518</t>
+          <t>9786255641212</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Hakkı 2</t>
+          <t>Ateşin İçinde İki Yürek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>244</v>
+        <v>382</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057440556</t>
+          <t>9786057060952</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Hüznü Kıran Umutlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>444</v>
+        <v>312</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259546179</t>
+          <t>9786255641151</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ruhumu Besliyorum</t>
+          <t>Şiir Çözümlemeleri 2 Servet-i Fünun Akımı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>242</v>
+        <v>438</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259546162</t>
+          <t>9786255641144</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Bırakma Beni</t>
+          <t>Şiir Çözümlemeleri 1 - Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>306</v>
+        <v>564</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057417633</t>
+          <t>9786057440501</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Kılıç Hakkı 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>298</v>
+        <v>292</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259507088</t>
+          <t>9786057440518</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ile Noel Baba</t>
+          <t>Kılıç Hakkı 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>194</v>
+        <v>292</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259507071</t>
+          <t>9786057440556</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Çocuk</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>198</v>
+        <v>498</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259507064</t>
+          <t>9786259546179</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kumanın Dramı</t>
+          <t>Ruhumu Besliyorum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259507033</t>
+          <t>9786259546162</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Baskıcı Velilerin İncinen Çocukları</t>
+          <t>Kalbim Bırakma Beni</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>398</v>
+        <v>362</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259507026</t>
+          <t>9786057417633</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Delicesine</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>396</v>
+        <v>344</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259507019</t>
+          <t>9786259507088</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İslamcılığı</t>
+          <t>Nasrettin Hoca ile Noel Baba</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>336</v>
+        <v>252</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259804262</t>
+          <t>9786259507071</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yanık Kalem</t>
+          <t>Esrarengiz Çocuk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>276</v>
+        <v>252</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259804293</t>
+          <t>9786259507064</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sevda Rüzgarları Esiyor</t>
+          <t>Kumanın Dramı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>276</v>
+        <v>346</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259804279</t>
+          <t>9786259507033</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Postalanmamış Mektuplar</t>
+          <t>Baskıcı Velilerin İncinen Çocukları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>306</v>
+        <v>452</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259804286</t>
+          <t>9786259507026</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerim</t>
+          <t>Delicesine</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>298</v>
+        <v>452</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259507002</t>
+          <t>9786259507019</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bahçemde Bahar</t>
+          <t>Amerikan İslamcılığı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>290</v>
+        <v>386</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259804255</t>
+          <t>9786259804262</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şairin Onurlu Yaşam Güncesi</t>
+          <t>Yanık Kalem</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>296</v>
+        <v>324</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259448350</t>
+          <t>9786259804293</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Münacaatlar</t>
+          <t>Sevda Rüzgarları Esiyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>288</v>
+        <v>336</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259448367</t>
+          <t>9786259804279</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Frigyalı Suna</t>
+          <t>Postalanmamış Mektuplar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>286</v>
+        <v>358</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259448343</t>
+          <t>9786259804286</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aden</t>
+          <t>Hikayelerim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>444</v>
+        <v>346</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259448305</t>
+          <t>9786259507002</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>An'sızı'n Aşk</t>
+          <t>Bahçemde Bahar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>298</v>
+        <v>342</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259859194</t>
+          <t>9786259804255</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kal Benimle</t>
+          <t>Şairin Onurlu Yaşam Güncesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>298</v>
+        <v>348</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259859163</t>
+          <t>9786259448350</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Ruh İçimizde</t>
+          <t>Tevhid ve Münacaatlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>424</v>
+        <v>338</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259859187</t>
+          <t>9786259448367</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılın Depremi</t>
+          <t>Frigyalı Suna</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>324</v>
+        <v>338</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259859156</t>
+          <t>9786259448343</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>En El Aşk</t>
+          <t>Aden</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>298</v>
+        <v>498</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259859170</t>
+          <t>9786259448305</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Çocukluğu</t>
+          <t>An'sızı'n Aşk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>188</v>
+        <v>348</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057154927</t>
+          <t>9786259859194</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Katilini Doğuran Aşklar</t>
+          <t>Kal Benimle</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>288</v>
+        <v>352</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057154910</t>
+          <t>9786259859163</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Güz Kuşları</t>
+          <t>Ölümsüz Ruh İçimizde</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>292</v>
+        <v>494</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057095190</t>
+          <t>9786259859187</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Garip Hikayeler</t>
+          <t>Bin Yılın Depremi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>288</v>
+        <v>382</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057140906</t>
+          <t>9786259859156</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk'ün Giyim Tarzı ve Moda Anlayışı</t>
+          <t>En El Aşk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>316</v>
+        <v>298</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057060969</t>
+          <t>9786259859170</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Temel Bilgiler</t>
+          <t>Hz. Muhammed'in Çocukluğu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>398</v>
+        <v>252</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057154958</t>
+          <t>9786057154927</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı'mızı Anlamak</t>
+          <t>Katilini Doğuran Aşklar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>296</v>
+        <v>348</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057451101</t>
+          <t>9786057154910</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kristal</t>
+          <t>Güz Kuşları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>412</v>
+        <v>292</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057060976</t>
+          <t>9786057095190</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Müzik Yıldızı Üzeyir Hacıbeyli</t>
+          <t>Garip Hikayeler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>444</v>
+        <v>338</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057417619</t>
+          <t>9786057140906</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hayat Serüveni ve Vasiyetleriyle Zeki Müren</t>
+          <t>Mustafa Kemal Atatürk'ün Giyim Tarzı ve Moda Anlayışı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>356</v>
+        <v>378</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057417602</t>
+          <t>9786057060969</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç’in Düşünce Dünyasından Kesitler</t>
+          <t>Türk Musikisi Temel Bilgiler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>284</v>
+        <v>484</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057060907</t>
+          <t>9786057154958</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Milli Birlik ve Beraberlik</t>
+          <t>İstiklal Marşı'mızı Anlamak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>448</v>
+        <v>352</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057440594</t>
+          <t>9786057451101</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Açıdan Özel Gün ve Bayramlar</t>
+          <t>Kırk Kristal</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>444</v>
+        <v>538</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057440570</t>
+          <t>9786057060976</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı İncelemeleri</t>
+          <t>Türk Dünyasının Müzik Yıldızı Üzeyir Hacıbeyli</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>498</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057440563</t>
+          <t>9786057417619</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Felsefesi</t>
+          <t>Hayat Serüveni ve Vasiyetleriyle Zeki Müren</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>448</v>
+        <v>414</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057060914</t>
+          <t>9786057417602</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve Aydın Sorunu</t>
+          <t>Aliya İzzetbegoviç’in Düşünce Dünyasından Kesitler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>448</v>
+        <v>334</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057060945</t>
+          <t>9786057060907</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şiir-Kültür ve Edebiyata Dair Denemeler</t>
+          <t>Milli Birlik ve Beraberlik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>434</v>
+        <v>498</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057060921</t>
+          <t>9786057440594</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İman Şevki</t>
+          <t>Bir Başka Açıdan Özel Gün ve Bayramlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>444</v>
+        <v>498</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057060938</t>
+          <t>9786057440570</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ağıt Yakma Geleneği ve Ağıt-Destanlar</t>
+          <t>Türk Edebiyatı İncelemeleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>534</v>
+        <v>572</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057095176</t>
+          <t>9786057440563</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanları</t>
+          <t>Türk Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>308</v>
+        <v>498</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057451118</t>
+          <t>9786057060914</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kar Kristalleri</t>
+          <t>Modernizm ve Aydın Sorunu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>258</v>
+        <v>498</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
+          <t>9786057060945</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Şiir-Kültür ve Edebiyata Dair Denemeler</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786057060921</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>İman Şevki</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786057060938</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatında Ağıt Yakma Geleneği ve Ağıt-Destanlar</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786057095176</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Türk Destanları</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057451118</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kar Kristalleri</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
           <t>9786057154972</t>
         </is>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Agave</t>
         </is>
       </c>
-      <c r="C55" s="1">
-        <v>288</v>
+      <c r="C60" s="1">
+        <v>336</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>