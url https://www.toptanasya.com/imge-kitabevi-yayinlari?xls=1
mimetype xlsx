--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,11785 +85,13795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256455719</t>
+          <t>9786256455153</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>CHP'nin Üzerindeki Eller</t>
+          <t>Türkiye ve Mülkiye Üzerine</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256455627</t>
+          <t>9786256455092</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Militarizm ve Toplumsal Cinsiyet</t>
+          <t>Feminizm Aktivizm Gündelik Hayat</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256455481</t>
+          <t>9789755339788</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ne Seninle Ne Sensiz</t>
+          <t>Local Authorities in Turkey</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>640</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256455405</t>
+          <t>9789755339757</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suç Yargılama Sürecinde Duruşma ve Görüşme - Oylama</t>
+          <t>Siyasi Ekoloji</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256455313</t>
+          <t>9789755339726</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Düşünce ve Değişmeyen Amacı</t>
+          <t>21. Yüzyılda Devletin Dönüşümü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>295</v>
+        <v>155</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256455160</t>
+          <t>9789755336749</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yeni Düzen</t>
+          <t>Bağışlanmış Hüzün</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>255</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256455054</t>
+          <t>9789755331881</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji ve Hukuk</t>
+          <t>Türkiye ve Avrupa</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>360</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256455023</t>
+          <t>9789755332178</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Suç Hukuku</t>
+          <t>Barbarları Beklerken</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>270</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256455030</t>
+          <t>9799755332283</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Uluslararası İlişkiler Çalışmaları</t>
+          <t>Türkçe’de Yakın ve Karşıt Anlamlılar Sözlüğü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>560</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755339900</t>
+          <t>9789755330198</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Zorba Devletten Hukukun Üstünlüğüne</t>
+          <t>Türkiye'de Liberalizm (1860-1990)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755339948</t>
+          <t>9789755335131</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
+          <t>Türkiye’de Siyasal Sistemin Evrimi 1876 - 1980</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>295</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755339962</t>
+          <t>9789755331294</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
+          <t>Yeni Ortaçağ</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>440</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755339931</t>
+          <t>9789755335223</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
+          <t>Yurttaşlığın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755339771</t>
+          <t>9789755332215</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşümden Kentsel Ranta</t>
+          <t>Yükselen Asya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755332260</t>
+          <t>9789755334783</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türk Ailesi Antropolojisi</t>
+          <t>Yüzyılın Aşkları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755335698</t>
+          <t>9789755330815</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Savaş</t>
+          <t>Yaratıcı Mitoloji</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755332239</t>
+          <t>9789755337302</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Siyasetsiz Siyaset</t>
+          <t>Yapısal Antropoloji</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>65</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755330051</t>
+          <t>9789755335551</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarih (1918-1994)</t>
+          <t>Kent ve Planlama</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>695</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755334936</t>
+          <t>9789755331485</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Puslu Camın Arkasından</t>
+          <t>Zaman Kavramı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>295</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755335063</t>
+          <t>9789755338385</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sanskrit -Türkçe Sözlük</t>
+          <t>Yalnızlığa Övgü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755335575</t>
+          <t>9789755330907</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Politika Başka Bir Dünya Özlemi</t>
+          <t>Türk Milliyetçiliğinin Doğuşu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755334653</t>
+          <t>9789755336411</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Öteki Tanrılar / Alevi ve Bektaşi Mitolojisi</t>
+          <t>Zoraki Ejderha</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755334943</t>
+          <t>9789755336695</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Boşluk ve Doluluk / Çin Resim Sanatının Anlatım Biçimi</t>
+          <t>Sevgili Yoldaş Kurbağalar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755336701</t>
+          <t>9789755331621</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Müebbet Türküsü</t>
+          <t>Vanya Dayı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>135</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755336602</t>
+          <t>9789755332925</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Şehir</t>
+          <t>TBMM’nin Çalışma Yöntemi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755336145</t>
+          <t>9789755330136</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bana Göre Hayatın Anlamı</t>
+          <t>Sinemada Anlam Yaratma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>195</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755334004</t>
+          <t>9789755336350</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Maddi Uygarlık: Mübadele Oyunları</t>
+          <t>Siyah Kuğu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755333991</t>
+          <t>9789755332543</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Maddi Uygarlık: Gündelik Hayatın Yapıları</t>
+          <t>Fotoğrafçılık</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755335377</t>
+          <t>9789755337159</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Lou: Özgür Bir Kadının Öyküsü</t>
+          <t>Sefiller (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>95</v>
+        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755334271</t>
+          <t>9789755334639</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Küskün Fotoğraflar</t>
+          <t>Uyumak İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755330396</t>
+          <t>9789755337944</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Erken Devlet</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755338545</t>
+          <t>9789755333830</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca</t>
+          <t>Din Üzerine Antropolojik İncelemeler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>165</v>
+        <v>540</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755334448</t>
+          <t>9789755337418</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>1980’li Yıllarda Türkiye’de Sosyal Sınıflar ve Bölüşüm</t>
+          <t>Kadınlar Erkekler ve Çocuklar İçin Boşanma Terapisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755337661</t>
+          <t>9799755332375</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dreyfus Davası</t>
+          <t>Şizofreni Anlamak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>94</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755334790</t>
+          <t>9789755330044</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058510821</t>
+          <t>9789755331355</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Belirsiz Gelecek</t>
+          <t>Saraybosna Karanlıkta Konuşmalar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>595</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256455610</t>
+          <t>9789755333762</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Politik Şeyleri Tasniflemek</t>
+          <t>Devletler ve Toplumsal Devrimler: Fransa, Rusya ve Çin’in Karşılaştırmalı Bir Çözümlemesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>495</v>
+        <v>59</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256455566</t>
+          <t>9789755331003</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Müzik Politikası ve Örgütlenmesi 1923- 2023</t>
+          <t>Rönesans İnsanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>540</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256455641</t>
+          <t>9789755332802</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kriminoloji ve Türkiye</t>
+          <t>İşletmelerde Finansal Yönetim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>540</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256455603</t>
+          <t>2770000022903</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Karşıoylarım</t>
+          <t>Devlet Nedir?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>875</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256455634</t>
+          <t>9789755336541</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeden İç Savaşa</t>
+          <t>Deniz: Güneşin Çocukları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>475</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256455351</t>
+          <t>9789755331430</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Düşüncesinde Uluslaşma Modernleşme ve Eğitim</t>
+          <t>İslam Dünyasında Yahudiler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755339511</t>
+          <t>9789755332277</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çevre Politikası - Ekolojik Sorunlar ve Kuram</t>
+          <t>Demokrat Parti Tarihi ve İdeolojisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755334314</t>
+          <t>9789755333625</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Dış Politikası</t>
+          <t>Ramayana / Hint Destanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755338880</t>
+          <t>9789755330280</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Argümanların Mantığı</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>430</v>
+        <v>69</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755335087</t>
+          <t>9789755332864</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İktisat</t>
+          <t>Sanatta Değişmeyen Plastik Değerler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>595</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755331287</t>
+          <t>9789755333205</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Sicimi</t>
+          <t>İnsanları Etkileme Yolları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755335544</t>
+          <t>9789755330402</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yerellik ve Politika Küreselleşme Sürecinde Yerel Demokrasi</t>
+          <t>Deliliğin Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755336268</t>
+          <t>9789755334189</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Eleştirel Kuram</t>
+          <t>Postmodern Göstergeler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>11</v>
+        <v>53</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755331218</t>
+          <t>9789755330549</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağ Başında Avrupa Halk Kültürü</t>
+          <t>Postane</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755332659</t>
+          <t>9789755333304</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Doğuşu</t>
+          <t>İnsan Davranışının Kültürel Temelleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755331225</t>
+          <t>9789755331959</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Kapitalizm ve Kapitalistler</t>
+          <t>Patikalar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>48</v>
+        <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755331560</t>
+          <t>9789755332192</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıkların Grameri</t>
+          <t>İncelikli Go Sanatını Keşfetmeye Çağıran Küçük Kitap</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>112</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755331751</t>
+          <t>9789755330105</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uyruktan Vatandaşa Geçimden İktisada</t>
+          <t>Pazartesi ya da Salı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755331768</t>
+          <t>9789755337081</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Demokrasi Tarihi 1950’den Günümüze</t>
+          <t>Darağacına Mektuplar Deniz-Yusuf-Hüseyin Türkiye ve Dünya Basınında 12 Mart İdamları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755331126</t>
+          <t>9789755330372</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Demokrasi Tarihi 1839 - 1950</t>
+          <t>İlkel Mitoloji-tanrının Maskeleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755333786</t>
+          <t>9789755330624</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Toplumsal Dönüşüm</t>
+          <t>Dans Eden Benlikler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755332512</t>
+          <t>9789755335957</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-ABD İlişkilerinin Politikası</t>
+          <t>Dağı Delen Irmak Kemal H.Karpat Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755334417</t>
+          <t>9789755337296</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çocukluğun Tarihi</t>
+          <t>Öznenin Diyalektiği</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>690</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755334219</t>
+          <t>9789755335056</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Küreselleşti ?</t>
+          <t>Çoğul İspanya Anayasal Sistemi ve Ayrılıkçı Terörle Mücadele Modeli</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>32</v>
+        <v>210</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755336077</t>
+          <t>9789755330938</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Çelişki Ve Siyaset</t>
+          <t>Çocukluğun Yokoluşu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755333854</t>
+          <t>9789755331980</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinin Tarihi 1900 - 1960</t>
+          <t>İletişim Egemenlik Mücadeleye Giriş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>43</v>
+        <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755335568</t>
+          <t>9789755335094</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kent Ve Politika Antik Kentten Dünya Kentine</t>
+          <t>Çocuk, Tarih ve Toplum</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>17</v>
+        <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755336299</t>
+          <t>9789755337401</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesinde Çocuk</t>
+          <t>Çocuk Gelişimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>83</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755334837</t>
+          <t>9789755331553</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kemirgenlerden Sömürgenlere İnsanlık Tarihi (Ciltli)</t>
+          <t>Çin ve Japon Mitolojisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>695</v>
+        <v>34</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755330754</t>
+          <t>9789755335643</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Ve Şeyler</t>
+          <t>Öyle Bir Aşk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>98</v>
+        <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755334431</t>
+          <t>9789755334394</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kovgunları</t>
+          <t>Çevre Politikası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755330914</t>
+          <t>9789755331713</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal ve Ekonomik Örgütlenme Kuramı</t>
+          <t>Çevre Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>19</v>
+        <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755331379</t>
+          <t>9789755331362</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Politika</t>
+          <t>Çevre Hakkı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755331775</t>
+          <t>9789755335599</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Ekonomi ( Çalışma Ekonomisi )</t>
+          <t>Osmanlı'yı Özlemek ya da Tarih Tasarlamak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>22</v>
+        <v>195</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755331522</t>
+          <t>9789755337050</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme ve Üniversiteler</t>
+          <t>Çağdaş Müze Eğitim ve Gelişim Müze Psikolojisine Giriş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755334851</t>
+          <t>9789755335421</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tembel Yemek Kitabı</t>
+          <t>Cumhuriyet Dönemi Siyasi Partileri 1923-2006</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>230</v>
+        <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755333793</t>
+          <t>9789755336787</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Teleandregenos Ütopyasında Evlilik Hayatı</t>
+          <t>Oyunun Gücü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755331027</t>
+          <t>9789755331690</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Kökenleri</t>
+          <t>Cumhuriyet Çınarı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755332598</t>
+          <t>9789755333151</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Savunusu</t>
+          <t>Hortlaklar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>44</v>
+        <v>8</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755330334</t>
+          <t>9789755333380</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazımında Nesnellik ve Yanlılık</t>
+          <t>Ortadoğu'da Osmanlı Mirası ve Ulusçuluk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755330297</t>
+          <t>9789755332918</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tarih Üzerine Yazılar</t>
+          <t>Hortlağın 25 Öyküsü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755331799</t>
+          <t>9789755331928</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tarih Terimleri Sözlüğü</t>
+          <t>Osmanlı İmparatorluğu'nda Çalışma İlişkileri: 1850-1920 Türkiye Çalışma İlişkileri Tarihi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755336909</t>
+          <t>9789755333236</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sürecinde Türkiye - Anadolu Kentleri</t>
+          <t>Hint Türk Avrupa Masalları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>135</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755335452</t>
+          <t>9789755332895</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Hortlak</t>
+          <t>Buddhistlerin Kutsal Kitapları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755333137</t>
+          <t>9789755332031</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şehirler ve Kentler</t>
+          <t>Ortaçağın Günbatımı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>14</v>
+        <v>69</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755332581</t>
+          <t>9789755331454</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm</t>
+          <t>Ortaçağ İnsanları ve Kültürü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>296</v>
+        <v>27</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755336688</t>
+          <t>9789755331232</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şafak Türküsü</t>
+          <t>Bu Dünyayı Yaşamak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755330013</t>
+          <t>9789755332369</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler</t>
+          <t>Hint Destanları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755335148</t>
+          <t>9789755333571</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan'ın Kuramı Hakkında Beş Ders</t>
+          <t>Osmanlı Modernleşmesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>330</v>
+        <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755336961</t>
+          <t>9789755330976</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Suç Psikolojisi</t>
+          <t>Hindu Mitolojisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755333533</t>
+          <t>9789755337166</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Tarihi</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>680</v>
+        <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755332307</t>
+          <t>9789755335315</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojik Açıdan Kamuoyu ve Siyaset</t>
+          <t>Biyoloji Tarihi/ İlk Uygarlıklardan On Dokuzuncu Yüzyıla</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755336152</t>
+          <t>9789755334257</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sorun Yaratmayan Kıyafet</t>
+          <t>Osmanlı'da Değişim, Modernleşme ve Uluslaşma</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755334578</t>
+          <t>9789755335476</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Son Nefesim</t>
+          <t>Osmanlı'da İki Tarz-ı İdare</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>132</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755330891</t>
+          <t>9789755334738</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İktidarın Cinsiyeti</t>
+          <t>Nazım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>21</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755337500</t>
+          <t>9789755332833</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame'ın Kambur</t>
+          <t>Heykel Sanatı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755330327</t>
+          <t>9789755337784</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hapishanenin Doğuşu</t>
+          <t>Bir Yaşam</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256455597</t>
+          <t>9789755336565</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak mı Yok Olmak mı?</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>32</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755332840</t>
+          <t>9789755336381</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kadro Hareketi</t>
+          <t>Oğullar ve Sevgililer</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>390</v>
+        <v>33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755332826</t>
+          <t>9789755335506</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ben Demokrat Değilim</t>
+          <t>Hayalci Çocuklar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755333717</t>
+          <t>9789755336671</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Yazın Çevirisi</t>
+          <t>Müslüman Kardeşler'den Yeni Osmanlılar'a İslamcılık</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>38</v>
+        <v>14</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755338255</t>
+          <t>9789755334813</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türkiye’de Kadın Emeği</t>
+          <t>Gurur Dünyası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>370</v>
+        <v>38</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755337760</t>
+          <t>9789755330211</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Emek</t>
+          <t>Mutluluğun Anlamı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>56</v>
+        <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9799755332528</t>
+          <t>9789755330600</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Sistemler</t>
+          <t>Grup Psikoterapisine İlk Adım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755331164</t>
+          <t>9789755336992</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Düşten Düşünceye</t>
+          <t>Olumsuzla Oyalanma</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755330440</t>
+          <t>9789755333274</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi (Ciltli)</t>
+          <t>Bir 12 Eylül Masalı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>159</v>
+        <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755333502</t>
+          <t>9789755334301</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sistemi</t>
+          <t>Orta - Asya Türk İmparatorluğu 6. - 8. Yüzyıllar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>104</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256455580</t>
+          <t>9789755338552</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Doğru Hukuka Doğru Yargılamaya Dönelim; Yitik Hukukun Göçüğü Altında Ezilmelerin Öyküsü</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>795</v>
+        <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256455399</t>
+          <t>9789755330587</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çarıklı Bir ‘Monşer’in Hatıraları</t>
+          <t>Göstergebilim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>599</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755339863</t>
+          <t>9789755332390</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kimlik İnşası</t>
+          <t>Modernite Aşılırken Siyaset</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057296818</t>
+          <t>9789755331188</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşım</t>
+          <t>Gölgedekiler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>95</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755330082</t>
+          <t>9789755331614</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Sistemler</t>
+          <t>Modernite Aşılırken Kent Planlaması</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256455573</t>
+          <t>9789755332000</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Etek</t>
+          <t>Benim Yolum</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>165</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256455368</t>
+          <t>9789755330204</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Partisi</t>
+          <t>Beni Gerçekten Tanısaydın Yine de Sever miydin?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>280</v>
+        <v>8</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256455559</t>
+          <t>9789755337838</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Devletinin Varoluş Döngüsünde Maliye Teftiş Kurulu 1879-2011</t>
+          <t>Gerçek</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>695</v>
+        <v>34</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256455535</t>
+          <t>9789755331720</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Doğuran Dönüşüm</t>
+          <t>Ben'den Önce Tufan</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>595</v>
+        <v>4</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256455511</t>
+          <t>9789755333670</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler 2030 Sürdürülebilir Kalkınma Amaçları ve Yerel Yönetimler</t>
+          <t>Medya ve Etik</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>325</v>
+        <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256455528</t>
+          <t>9789755333250</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da ve Türkiye’de Planlamanın Yönü</t>
+          <t>Medya Politikaları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>590</v>
+        <v>8</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256455542</t>
+          <t>9789755334134</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>ABD Küresel Hegemonyasının Sonu mu?</t>
+          <t>Beccaria’nın İnsanlığa Bildirisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>420</v>
+        <v>39</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256455443</t>
+          <t>9789755330235</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Türkiye’ye Kapitalist Hukuksal Kuruluş</t>
+          <t>Batı Mitolojisi/ Tanrının Maskeleri 3</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>620</v>
+        <v>39</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256455467</t>
+          <t>9789755333496</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Duruşma / Tartışma</t>
+          <t>Balkanlar'da Osmanlı Mirası Ve Ulusçuluk</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256455085</t>
+          <t>9789755335872</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Törenin Ekonomi Politiği</t>
+          <t>Bakan Danışmanı'nın Not Defteri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>830</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256455429</t>
+          <t>9789755334028</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tarım Politikası</t>
+          <t>Matematik Felsefesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>390</v>
+        <v>33</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256455474</t>
+          <t>9789755332123</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Asya -Tipi Üretim Tarzı</t>
+          <t>Marienbad Ağıdı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>680</v>
+        <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256455498</t>
+          <t>9789755335995</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sözün Ezgisi</t>
+          <t>Mandarinler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>295</v>
+        <v>67</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256455436</t>
+          <t>9789755332536</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Barış Çalışmaları</t>
+          <t>Azgelişmişliğin Toplumsal Boyutu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>490</v>
+        <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256455177</t>
+          <t>9789755330143</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kemirgenlerden Sömürgenlere İnsanlık Tarihi I. Kitap</t>
+          <t>Azgelişmişliğin Sürekliliği</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>395</v>
+        <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256455115</t>
+          <t>9789755336084</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Freud Psikanaliz ve Veba</t>
+          <t>Avrupa Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>395</v>
+        <v>402</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256455221</t>
+          <t>9789755333915</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Proleterlerin Gündüzü</t>
+          <t>Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755339979</t>
+          <t>9789755331102</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
+          <t>Avrupa İktisat Tarihi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>495</v>
+        <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755339955</t>
+          <t>9789755331393</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
+          <t>Felsefesiz Sanat Oyunsuz Tarih</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>440</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755330617</t>
+          <t>9789755336039</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bilim Olarak Sosyal Teori</t>
+          <t>Masallar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>530</v>
+        <v>8</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755334776</t>
+          <t>9789755333809</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ulus - Devlet ya da Halkın Egemenliği</t>
+          <t>Platon'dan Habermas'a Felsefede Doğruluk Ya Da Hakikat</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>420</v>
+        <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755336190</t>
+          <t>9789755331652</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğu</t>
+          <t>Felsefe Felsefe Akdeniz</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>570</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755337524</t>
+          <t>9789755332963</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Evet Ama Sanki</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755339498</t>
+          <t>9789755330228</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ve Avrupa'da Yerel Temsil Ve Katılım</t>
+          <t>Kültür</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>34</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755338279</t>
+          <t>9789755335384</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplumculuk ve Yeni Toplumcu Eğitim</t>
+          <t>Etik</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>31</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755332932</t>
+          <t>9789755335681</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tek Partili Dönemde Çalışma İlişkileri: 1920 - 1946</t>
+          <t>Aşk Acısı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>510</v>
+        <v>35</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755333939</t>
+          <t>9789755331508</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İktisat Tarihi 1908 - 2015</t>
+          <t>Ariel</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>4</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755330532</t>
+          <t>9789755330464</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme Politikası</t>
+          <t>Estetik Ve Sanat Dersleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>750</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755335513</t>
+          <t>9789755330990</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitosları ve Anadolu Efsanelerinin İzsürümü</t>
+          <t>Anayasa Yargısı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>16</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755338743</t>
+          <t>9799755332498</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kent Planlama</t>
+          <t>Anadolu’da Devrim Günleri İkinci Meşrutiyet’in İlanı Temmuz-Ağustos 1908</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>690</v>
+        <v>29</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755330983</t>
+          <t>9789755332871</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kent Devletinden İmparatorluğa</t>
+          <t>Che-Küba ve Binyılın Son Süvarisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>450</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755336800</t>
+          <t>9789755332741</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Veresiye Defteri</t>
+          <t>Kuruntular Kitabı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>175</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755332604</t>
+          <t>9789755331058</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın 5 Temel Öğesi</t>
+          <t>Algı Kapıları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>520</v>
+        <v>22</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755336046</t>
+          <t>9789755332154</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Ülke İncelemeleri</t>
+          <t>Kurt Kapanında Kısır Siyaset</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>395</v>
+        <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755330266</t>
+          <t>9789755332635</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Devletinden Kral - Devlete</t>
+          <t>Alexander Tekniği Rehberiniz</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>360</v>
+        <v>26</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755339542</t>
+          <t>9789755333076</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dinsel İdeoloji ve Gönüllü Kulluk Kenttanrıcılıktan Tektanrıcılığa</t>
+          <t>Akşamüstü Yine Hüzün</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>320</v>
+        <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755335797</t>
+          <t>9789755333007</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimi Anlamak</t>
+          <t>Köylüler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>390</v>
+        <v>27</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755332413</t>
+          <t>9789755330778</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Jön Türkler ve İttihat ve Terrakki</t>
+          <t>Ahşabın Öyküsü</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>480</v>
+        <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755337197</t>
+          <t>9789755331669</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Stoacıların Paradoksları</t>
+          <t>Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755332505</t>
+          <t>9789755330785</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Söğüt'ten İstanbul'a</t>
+          <t>Absürd Tiyatro</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>690</v>
+        <v>14</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755339177</t>
+          <t>9789755332550</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olmadığımız Şeyin Keyfini Sürmek</t>
+          <t>68’li Yıllar Tanıklar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>440</v>
+        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755336862</t>
+          <t>9789755336664</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Denizler’den Terzi Fikri’ye Türkiye</t>
+          <t>Kişilerarası İletişim</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>690</v>
+        <v>67</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755335254</t>
+          <t>9789755330594</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji</t>
+          <t>Ebedi Dönüş Mitosu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>540</v>
+        <v>27</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755333144</t>
+          <t>9789755333489</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Etkiler - Kim Kimi Nasıl Etkiler ?</t>
+          <t>20. Yüzyıl Kenti</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755334585</t>
+          <t>9789755330648</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Salome</t>
+          <t>Akdeniz ve Akdeniz Dünyası 1</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755339122</t>
+          <t>9789755331546</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sapiens’ten Önce İnsan Vardı</t>
+          <t>Kızılderililerin Tarihi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>420</v>
+        <v>43</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755332666</t>
+          <t>9789755334295</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm</t>
+          <t>Kırmızı Bisiklet</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>380</v>
+        <v>7</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755331249</t>
+          <t>9789755330884</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Parmenides</t>
+          <t>12 Mart: İhtilalin Pençesinde Demokrasi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>190</v>
+        <v>43</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755330181</t>
+          <t>9789755332147</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Tanrı Devletine</t>
+          <t>Kesintisiz Şiir</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>320</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755338200</t>
+          <t>9789755332475</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Davranışsal Yaklaşımlar</t>
+          <t>...Ve... Veya... Belki...</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>470</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755330006</t>
+          <t>9789755330518</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Mitolojisi</t>
+          <t>Doğu Mitolojisi Tanrının Maskeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>42</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755336275</t>
+          <t>9789755339764</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Felsefesi</t>
+          <t>Kentsel Rantlar, Planlama ve Kamu Yararı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>590</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755331010</t>
+          <t>9789755331447</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Her Yerden Çok Uzakta</t>
+          <t>Yıldızın Saati</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755338651</t>
+          <t>9789755334615</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Müze Kültür Toplum</t>
+          <t>Türkiye’de Devletçilik</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755332208</t>
+          <t>9789755336176</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Grup İçi Ve Gruplar Arası Süreçler</t>
+          <t>Yaşam Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755335780</t>
+          <t>9789755336770</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Düşünme Yöntemi</t>
+          <t>Yaşadıkça</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>585</v>
+        <v>195</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755330952</t>
+          <t>9789755333724</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Kulluk Üzerine Söylev</t>
+          <t>Yükselen Bir Deniz</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755337487</t>
+          <t>9789755330877</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Beyazlı Kadın</t>
+          <t>Yanılsamalar Kenti</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755339467</t>
+          <t>9789755330709</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Kültürü ve İnsan</t>
+          <t>Yamyamlar ve Krallar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755338040</t>
+          <t>9789755339269</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Başkasıdır Bütün Düzyazı Şiirleri</t>
+          <t>Zebralar Neden Ülser Olmaz?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755334547</t>
+          <t>9789755338316</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Felsefi İzlenimler</t>
+          <t>Kelebeğin Kötü Büyüsü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755331539</t>
+          <t>9789755336169</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Çağrı Sorunlar Ve Seçenekler</t>
+          <t>Sessiz Bir Ölüm</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>530</v>
+        <v>195</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755336305</t>
+          <t>9789755334516</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Arzu Tramvayı</t>
+          <t>Üçüncü Sınıf Nedir?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755337142</t>
+          <t>9789755333823</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Esrar Üzerine</t>
+          <t>Savaşta Ne Yaptın Baba?</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755335834</t>
+          <t>9789755334059</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Alis Aynanın İçinde Neler Gördü?</t>
+          <t>Ruh Yoluyla Tedavi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755334684</t>
+          <t>9789755330259</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kral-Devletten Ulus-Devlete</t>
+          <t>İnsan Çevre Toplum</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>520</v>
+        <v>295</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755330129</t>
+          <t>9789755334998</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ahlaksız</t>
+          <t>Psikanalizin Yedi Temel Kavramı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755336343</t>
+          <t>9789755337623</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Edwin Drood'un Gizemi</t>
+          <t>Paradigmalar Savaşı ve Beşinci Dalga</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755330921</t>
+          <t>9789755334981</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Olayı</t>
+          <t>Çürük Kapı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755330969</t>
+          <t>9789755333588</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dünya Mitolojisi</t>
+          <t>Özgürlükler Hukuku 1</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755335001</t>
+          <t>9789755330686</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sosyoloji El Kitabı</t>
+          <t>Çocuk ve Ergen Gelişimi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256455504</t>
+          <t>9789755334714</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Besteciden Yorumcuya</t>
+          <t>Çevre Etiği</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>540</v>
+        <v>395</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256455450</t>
+          <t>9789755336466</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>100 Yılın Ardından Sınıflar, Devrim ve Devlet</t>
+          <t>Oyuncaklı Dünya</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256455344</t>
+          <t>9789755335049</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının Uzun Yolculuğu</t>
+          <t>Hz. Muhammed Ve Charlemagne</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256455252</t>
+          <t>9789755337609</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İş Dünyası İçin Yükseköğretim</t>
+          <t>Hukuki Tanıda Yanılgı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>620</v>
+        <v>195</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755339993</t>
+          <t>9789755335490</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kırsal Kalkınma Politikaları</t>
+          <t>Oz Büyücüsü / Zümrüt Kent</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>340</v>
+        <v>95</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755339825</t>
+          <t>9789755337753</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Anayasa'dan Çıkış</t>
+          <t>Carmen</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>440</v>
+        <v>130</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755331133</t>
+          <t>9789755334592</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Din Üstüne</t>
+          <t>Nazım (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755330723</t>
+          <t>9789755334509</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Temel Gazetecilik</t>
+          <t>Oğuz'dan Selçuklu'ya</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755336121</t>
+          <t>9789755335827</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İdam Gecesi Anıları</t>
+          <t>Bir Şarkıyı Dinlerken</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>95</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755334646</t>
+          <t>9789755331065</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika</t>
+          <t>Bhagavad Gita</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755330495</t>
+          <t>9789755337814</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Anka'nın Yükselişi ve Düşüşü</t>
+          <t>Germinal</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256455412</t>
+          <t>9789755338446</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Goca Bodrum’dan Küçük İstanbul’a</t>
+          <t>Mizojini</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>340</v>
+        <v>195</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755332314</t>
+          <t>9789755338866</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Dış Politikası</t>
+          <t>Belki Gerçek Yapmaya</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256455382</t>
+          <t>9789755334875</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sözün Dolaştığı Yer</t>
+          <t>Ganj Yunağı'nın Öyküsü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>399</v>
+        <v>195</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256455191</t>
+          <t>9789755333977</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kemirgenlerden Sömürgenlere İnsanlık Tarihi II. Kitap</t>
+          <t>Marksizm ve...</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256455184</t>
+          <t>9789755334011</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kemirgenlerden Sömürgenlere İnsanlık Tarihi III. Kitap</t>
+          <t>Maddi Uygarlık: Dünyanın Zamanı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>395</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256455238</t>
+          <t>9789755335124</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sivil-Asker İlişkileri</t>
+          <t>Kül ve Ateş</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>480</v>
+        <v>195</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755339665</t>
+          <t>9789755334820</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tepeden Uca: Omurga Hakkında Her Şey</t>
+          <t>Küçük Prenses</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>245</v>
+        <v>95</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755334905</t>
+          <t>9789755330945</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde</t>
+          <t>Anadolu’daki Amerika</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755339559</t>
+          <t>9789755334929</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Ve Genç Yetişkinlik</t>
+          <t>Amerika 1954</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256455375</t>
+          <t>9789755331874</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Güneş Her Şeyin Farkındaydı</t>
+          <t>Enver Paşa'nın Özel Mektupları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256455139</t>
+          <t>9789755335926</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kent Okumaları</t>
+          <t>Abdülhamit -Yıldız Hatıraları</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256455108</t>
+          <t>9789755331270</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Konseyi Yerel ve Bölgesel Yönetimler Kongresi ve Türkiye</t>
+          <t>XVI-XVIII.Yüzyıllarda Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>420</v>
+        <v>295</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256455207</t>
+          <t>9789755330716</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Sanatı Sanatın Emeği</t>
+          <t>Kızılderili Mitolojisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755334127</t>
+          <t>9789755339115</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Suçlar ve Cezalar Hakkında</t>
+          <t>15 Temmuz Gerçekleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755333564</t>
+          <t>9789755335155</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hindu Söylenceleri</t>
+          <t>12 Mart: İhtilalin Pençesinde Demokrasi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755335810</t>
+          <t>9789755333120</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Us ve Bilim Savaşçısı Cemal Yıldırım'a Armağan</t>
+          <t>Dokumacılar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755336985</t>
+          <t>9789755333687</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Mutfaktan Sofraya</t>
+          <t>1. Dünya Savaşı’na Giden Yol ve Savaş</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755332048</t>
+          <t>9789755332567</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yapıtı</t>
+          <t>1492</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>130</v>
+        <v>395</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755336473</t>
+          <t>9789755338804</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Cep Kitabı</t>
+          <t>Bir Eski Cumhuriyet İçin Ali Sirmen Anlatıyor</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057296856</t>
+          <t>9786256455733</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Yanlış "Duruşma"dan Doğru "Tartışmaya" Dönelim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>80</v>
+        <v>690</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256455146</t>
+          <t>9786256455726</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kentlerin Demokrasi Tarihi</t>
+          <t>Türkiye'yi Dönüştüren Aydınlar 1918-1945</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>395</v>
+        <v>650</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057296894</t>
+          <t>9789755339832</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Savunma - Adalet Bakanının Adalet Anlayışı</t>
+          <t>Bir Bilim Olarak Kamu Yönetiminin Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256455061</t>
+          <t>9789755337067</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sonrası Kalır</t>
+          <t>Babama Anlattığım Bürokrasi ve Bankacılık Hikayeleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>520</v>
+        <v>650</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755339733</t>
+          <t>9789755337555</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kişisel İktidardan Millet Meclisine - Saltanattan Cumhuriyete</t>
+          <t>Dünya Tarihi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>620</v>
+        <v>995</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755339405</t>
+          <t>9786259619415</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinin Yapısı</t>
+          <t>21. Yüzyılda Küresel Siyasetin Dönüşümü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755334912</t>
+          <t>9786259619422</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Az Gittik Uz Gittik</t>
+          <t>Türkiye'nin Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>350</v>
+        <v>795</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755337029</t>
+          <t>9786259619408</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Psikoloji Sosyal Psikoloji</t>
+          <t>Somut Hukuk Somut Tahlil</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755332734</t>
+          <t>9786256455719</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Körler Alfabesi</t>
+          <t>CHP'nin Üzerindeki Eller</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256455337</t>
+          <t>9786256455627</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Devlet-Toplum İlişkisinde Sanat Politikalarının Yeri</t>
+          <t>Militarizm ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256455122</t>
+          <t>9786256455481</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yönetim Bilimi Yazarları</t>
+          <t>Ne Seninle Ne Sensiz</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>295</v>
+        <v>695</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755339917</t>
+          <t>9786256455405</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yargılama Dönemi Susma Dönemidir</t>
+          <t>Suç Yargılama Sürecinde Duruşma ve Görüşme - Oylama</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256455306</t>
+          <t>9786256455313</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dönüşüm ve Türkiye’de Kamu Yönetimi Eğitimi</t>
+          <t>Atatürkçü Düşünce ve Değişmeyen Amacı</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256455214</t>
+          <t>9786256455160</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kent Hukukunun Ekonomi Politiği</t>
+          <t>Yeşil Yeni Düzen</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256455283</t>
+          <t>9786256455054</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında Sosyal Bilimler</t>
+          <t>Fenomenoloji ve Hukuk</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256455290</t>
+          <t>9786256455023</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bağlam Usul Aktör ve Süreç Yönünden Anayasa Değişiklikleri</t>
+          <t>Ahlak ve Suç Hukuku</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>575</v>
+        <v>270</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256455320</t>
+          <t>9786256455030</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Doğru Dil ile Türk Ceza Yasası</t>
+          <t>Türkiye’de Uluslararası İlişkiler Çalışmaları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>320</v>
+        <v>895</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256455269</t>
+          <t>9789755339900</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetim ve Yerel Siyasal Güç Kuramları</t>
+          <t>Zorba Devletten Hukukun Üstünlüğüne</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>395</v>
+        <v>240</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256455276</t>
+          <t>9789755339948</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Örgüt Araştırmalarında Toplumsal Bağlam</t>
+          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>455</v>
+        <v>295</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256455245</t>
+          <t>9789755339962</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sosyo Ekolojik Bir Toplum İçin Ne Yapmalı</t>
+          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755336220</t>
+          <t>9789755339931</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ozmos Kronos</t>
+          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755337494</t>
+          <t>9789755339771</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Köylü İsyanı</t>
+          <t>Kentsel Dönüşümden Kentsel Ranta</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256455078</t>
+          <t>9789755332260</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yaptıklarımızı Neden Yapıyoruz?</t>
+          <t>Türk Ailesi Antropolojisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755335322</t>
+          <t>9789755335698</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Dersleri</t>
+          <t>Savaş</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755334691</t>
+          <t>9789755332239</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Olmanın Önemi</t>
+          <t>Siyasetsiz Siyaset</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>65</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755332499</t>
+          <t>9789755330051</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Devrim Günleri</t>
+          <t>Siyasi Tarih (1918-1994)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>295</v>
+        <v>795</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755339603</t>
+          <t>9789755334936</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Müze Eğitimcisinin El Kitabı; Eğitimciler Başarılı Teknikleri Paylaşıyor</t>
+          <t>Puslu Camın Arkasından</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256455047</t>
+          <t>9789755335063</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Suç Yargılama Süreci Hukukunda Temyiz Denetimi ve Sınırları</t>
+          <t>Sanskrit -Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>110</v>
+        <v>45</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755339887</t>
+          <t>9789755335575</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Toplu Mahkemede Görüşme İlkeleri ve Oylama Yöntemi</t>
+          <t>Çevre ve Politika Başka Bir Dünya Özlemi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755331195</t>
+          <t>9789755334653</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İnekler Domuzlar Savaşlar Ve Cadılar</t>
+          <t>Öteki Tanrılar / Alevi ve Bektaşi Mitolojisi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>410</v>
+        <v>195</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057296887</t>
+          <t>9789755334943</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Katılımcı Ekonomi</t>
+          <t>Boşluk ve Doluluk / Çin Resim Sanatının Anlatım Biçimi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256455016</t>
+          <t>9789755336701</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Çevre Diplomasisi ve Türkiye</t>
+          <t>Müebbet Türküsü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>820</v>
+        <v>195</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755339092</t>
+          <t>9789755336602</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Okul Aile Toplum Birliği</t>
+          <t>Bir Başka Şehir</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>410</v>
+        <v>195</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256455009</t>
+          <t>9789755336145</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bilimi Göçebe ve Yerleşik Devlet</t>
+          <t>Bana Göre Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>395</v>
+        <v>330</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755339894</t>
+          <t>9789755334004</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yakan Sır</t>
+          <t>Maddi Uygarlık: Mübadele Oyunları</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>105</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755339870</t>
+          <t>9789755333991</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kul</t>
+          <t>Maddi Uygarlık: Gündelik Hayatın Yapıları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>440</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057296801</t>
+          <t>9789755335377</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Lou: Özgür Bir Kadının Öyküsü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057296870</t>
+          <t>9789755334271</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Bütün Sabahları</t>
+          <t>Küskün Fotoğraflar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786250089941</t>
+          <t>9789755330396</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşra İdarecisinin Mesleki Serüveni</t>
+          <t>Erken Devlet</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755339986</t>
+          <t>9789755338545</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kuramı Çalışmaları</t>
+          <t>Ebedi Koca</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>440</v>
+        <v>225</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755339801</t>
+          <t>9789755334448</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Unutma Bizi</t>
+          <t>1980’li Yıllarda Türkiye’de Sosyal Sınıflar ve Bölüşüm</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755339818</t>
+          <t>9789755337661</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Roboski: Uludere’nin Gözyaşları</t>
+          <t>Dreyfus Davası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755335612</t>
+          <t>9789755334790</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Ekonomi El Kitabı</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755339795</t>
+          <t>9786058510821</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Ekolojisi</t>
+          <t>Belirsiz Gelecek</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>190</v>
+        <v>695</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786056558863</t>
+          <t>9786256455610</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Akıl mı Sezgi mi?</t>
+          <t>Politik Şeyleri Tasniflemek</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>370</v>
+        <v>495</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9771301724001</t>
+          <t>9786256455566</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 42</t>
+          <t>Türkiye’de Müzik Politikası ve Örgütlenmesi 1923- 2023</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>95</v>
+        <v>595</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9780013017349</t>
+          <t>9786256455641</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 34</t>
+          <t>Yeşil Kriminoloji ve Türkiye</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>95</v>
+        <v>590</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9780013017356</t>
+          <t>9786256455603</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 35</t>
+          <t>Karşıoylarım</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>95</v>
+        <v>875</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9780013017363</t>
+          <t>9786256455634</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 36</t>
+          <t>Sömürgeden İç Savaşa</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>95</v>
+        <v>595</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9780013017370</t>
+          <t>9786256455351</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 37</t>
+          <t>Ziya Gökalp Düşüncesinde Uluslaşma Modernleşme ve Eğitim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>95</v>
+        <v>495</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9780013017387</t>
+          <t>9789755339511</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 38</t>
+          <t>Çevre Politikası - Ekolojik Sorunlar ve Kuram</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9780013017394</t>
+          <t>9789755334314</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 39</t>
+          <t>Türkiye'nin Dış Politikası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9780013017240</t>
+          <t>9789755338880</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 40</t>
+          <t>Gerçek Argümanların Mantığı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>95</v>
+        <v>430</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9780013017417</t>
+          <t>9789755335087</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 41</t>
+          <t>Kurumsal İktisat</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>95</v>
+        <v>595</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755339672</t>
+          <t>9789755331287</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ne Yapmalı? Direnişte İki Yıl</t>
+          <t>İngiliz Sicimi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>320</v>
+        <v>5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755339368</t>
+          <t>9789755335544</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Psikopatoloji - Tanımlama ve Uygulama</t>
+          <t>Yerellik ve Politika Küreselleşme Sürecinde Yerel Demokrasi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>750</v>
+        <v>195</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755339658</t>
+          <t>9789755336268</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Köstebek: Çağrı Merkezlerinde Gençlik Sınıf ve Direniş</t>
+          <t>Uluslararası İlişkilerde Eleştirel Kuram</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>320</v>
+        <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755339696</t>
+          <t>9789755331218</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Demokrasi - Yargılama Yılı Açış Konuşmaları</t>
+          <t>Yeniçağ Başında Avrupa Halk Kültürü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755339610</t>
+          <t>9789755332659</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Krizler ve Müdahale Yöntemleri</t>
+          <t>Uygarlığın Doğuşu</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>610</v>
+        <v>90</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755339634</t>
+          <t>9789755331225</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojiyi Uygulama</t>
+          <t>Uygarlık Kapitalizm ve Kapitalistler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755339627</t>
+          <t>9789755331560</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Tarih Üzerine Yeni Yaklaşımların Tartışılması</t>
+          <t>Uygarlıkların Grameri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>750</v>
+        <v>112</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755339641</t>
+          <t>9789755331751</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yapısalcılık, Göstergebilim ve Martı</t>
+          <t>Uyruktan Vatandaşa Geçimden İktisada</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>255</v>
+        <v>7</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755339702</t>
+          <t>9789755331768</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Temel Ekonomisi</t>
+          <t>Türkiye’nin Demokrasi Tarihi 1950’den Günümüze</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>390</v>
+        <v>69</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755339481</t>
+          <t>9789755331126</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Gücü - Amerika Birleşik Devletleri Halklarının Tarihi Üzerine Sohbetler</t>
+          <t>Türkiye’nin Demokrasi Tarihi 1839 - 1950</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755339597</t>
+          <t>9789755333786</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Efsanesi</t>
+          <t>Türkiye’de Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755339689</t>
+          <t>9789755332512</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bir İletişim Duayeninin Anıları</t>
+          <t>Türkiye-ABD İlişkilerinin Politikası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>420</v>
+        <v>16</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755339504</t>
+          <t>9789755334417</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Başka Türlü Yaşamak</t>
+          <t>Türkiye’de Çocukluğun Tarihi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057440600</t>
+          <t>9789755334219</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>AKP Ekonomide Ne Yaptı</t>
+          <t>Türkiye Nasıl Küreselleşti ?</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>490</v>
+        <v>32</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755339719</t>
+          <t>9789755336077</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Suç Yargılama Süreci Hukuku</t>
+          <t>Kentsel Çelişki Ve Siyaset</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>480</v>
+        <v>21</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755339528</t>
+          <t>9789755333854</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yine Bir Duran Top Organizasyonu</t>
+          <t>Türkiye Ekonomisinin Tarihi 1900 - 1960</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>290</v>
+        <v>43</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755332451</t>
+          <t>9789755335568</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Aşk</t>
+          <t>Kent Ve Politika Antik Kentten Dünya Kentine</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>360</v>
+        <v>17</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755533810</t>
+          <t>9789755336299</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Parayı Verdi Düdüğü Çaldı</t>
+          <t>Türk Modernleşmesinde Çocuk</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>620</v>
+        <v>195</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755339573</t>
+          <t>9789755334837</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerin Nörobiyolojisi</t>
+          <t>Kemirgenlerden Sömürgenlere İnsanlık Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>520</v>
+        <v>695</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755339535</t>
+          <t>9789755330754</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Coğrafyaları</t>
+          <t>Kelimeler Ve Şeyler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>345</v>
+        <v>98</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755339580</t>
+          <t>9789755334431</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Çalışmanın Evrimi ve İşin Sonu</t>
+          <t>Toprak Kovgunları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755332796</t>
+          <t>9789755330914</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Benim Gençliğim</t>
+          <t>Toplumsal ve Ekonomik Örgütlenme Kuramı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>220</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755339924</t>
+          <t>9789755331379</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Bilimine Dönelim</t>
+          <t>Toplumsal Politika</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>360</v>
+        <v>22</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755339740</t>
+          <t>9789755331775</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Adanmış Bir Ömür</t>
+          <t>Toplumsal Ekonomi ( Çalışma Ekonomisi )</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>240</v>
+        <v>22</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>4440000000507</t>
+          <t>9789755331522</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İletişim Sayı: 43</t>
+          <t>Toplumsal Değişme ve Üniversiteler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>95</v>
+        <v>295</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755339450</t>
+          <t>9789755334851</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ergen Çocuğunuz Ve Siz</t>
+          <t>Tembel Yemek Kitabı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>650</v>
+        <v>295</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755338842</t>
+          <t>9789755333793</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tarihi 1878 - 1960</t>
+          <t>Teleandregenos Ütopyasında Evlilik Hayatı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>490</v>
+        <v>195</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755339474</t>
+          <t>9789755331027</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İktisat Okulları Ve Ünlü İktisatçılar</t>
+          <t>Kapitalizmin Kökenleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>450</v>
+        <v>5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755339375</t>
+          <t>9789755332598</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ben Yüz Çiçekten Yanayım...</t>
+          <t>Tarihin Savunusu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755339399</t>
+          <t>9789755330334</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yarın Endişesi</t>
+          <t>Tarih Yazımında Nesnellik ve Yanlılık</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>195</v>
+        <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755339290</t>
+          <t>9789755330297</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yerinden Yönetim</t>
+          <t>Tarih Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>230</v>
+        <v>9</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755339276</t>
+          <t>9789755331799</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solunda Osmanlı Toplum Yapısı Tartışmaları</t>
+          <t>Tarih Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>480</v>
+        <v>14</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755339412</t>
+          <t>9789755336909</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Fırtınadaki Arı-Mühendisin Hayatı</t>
+          <t>Tanzimat Sürecinde Türkiye - Anadolu Kentleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755339382</t>
+          <t>9789755335452</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika Anıları</t>
+          <t>Şu Bizim Hortlak</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>610</v>
+        <v>10</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755339429</t>
+          <t>9789755333137</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Tarihi</t>
+          <t>Şehirler ve Kentler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>360</v>
+        <v>14</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755339351</t>
+          <t>9789755332581</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Genel Kamu Hukuku Kuramsal Yaklaşım</t>
+          <t>Şamanizm</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755339283</t>
+          <t>9789755336688</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Şafak Türküsü</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>195</v>
+        <v>7</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755339320</t>
+          <t>9789755330013</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Sürgünler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>95</v>
+        <v>10</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755339337</t>
+          <t>9789755335148</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Lamba Yakan Adam</t>
+          <t>Jacques Lacan'ın Kuramı Hakkında Beş Ders</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755339344</t>
+          <t>9789755336961</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Değişen Çağ Değişen Çocukluk</t>
+          <t>Suç Psikolojisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>410</v>
+        <v>52</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755339313</t>
+          <t>9789755333533</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Sömürgecilik Tarihi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>110</v>
+        <v>680</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755339306</t>
+          <t>9789755332307</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Önce Dil</t>
+          <t>Sosyal Psikolojik Açıdan Kamuoyu ve Siyaset</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>190</v>
+        <v>42</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755339245</t>
+          <t>9789755336152</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Aşk İstemez</t>
+          <t>Sorun Yaratmayan Kıyafet</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>260</v>
+        <v>6</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755339184</t>
+          <t>9789755334578</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Romantik Komedi Yazmak</t>
+          <t>Son Nefesim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755339238</t>
+          <t>9789755330891</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Para</t>
+          <t>Siyasi İktidarın Cinsiyeti</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>320</v>
+        <v>21</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755339221</t>
+          <t>9789755337500</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Büyük Değişim Popülist Otoriterleşme</t>
+          <t>Notre Dame'ın Kambur</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>240</v>
+        <v>39</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755339214</t>
+          <t>9789755330327</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Komünist Manifesto</t>
+          <t>Hapishanenin Doğuşu</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755338620</t>
+          <t>9786256455597</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Evinden Anılar</t>
+          <t>Var Olmak mı Yok Olmak mı?</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>380</v>
+        <v>295</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755339078</t>
+          <t>9789755332840</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Malgudi Günleri</t>
+          <t>Kadro Hareketi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755339146</t>
+          <t>9789755332826</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kıyı</t>
+          <t>Ben Demokrat Değilim</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>10</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755339153</t>
+          <t>9789755333717</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bira Fabrikası Big Shoot, Blue-S-cat</t>
+          <t>Geçmişten Günümüze Yazın Çevirisi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755339139</t>
+          <t>9789755338255</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Muhabirliği</t>
+          <t>Geçmişten Günümüze Türkiye’de Kadın Emeği</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755339207</t>
+          <t>9789755337760</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Kalkınma ve Dönüşüm</t>
+          <t>Emek</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755339085</t>
+          <t>9799755332528</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kedi İle Şeytan</t>
+          <t>Ekonomik Sistemler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>160</v>
+        <v>13</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789755338569</t>
+          <t>9789755331164</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler</t>
+          <t>Düşten Düşünceye</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>290</v>
+        <v>19</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789755339054</t>
+          <t>9789755330440</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İsmi Olmayan Masal</t>
+          <t>Dünya Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>159</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755338644</t>
+          <t>9789755333502</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Balkan Gelişmeleri ve Türkiye</t>
+          <t>Dünya Sistemi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>320</v>
+        <v>104</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755338668</t>
+          <t>9786256455580</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İyi Kadınlar Efsanesi</t>
+          <t>Doğru Hukuka Doğru Yargılamaya Dönelim; Yitik Hukukun Göçüğü Altında Ezilmelerin Öyküsü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>140</v>
+        <v>795</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789755339030</t>
+          <t>9786256455399</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Boyutları İçinde Türk - Yunan İlişkileri (1821 - 1993)</t>
+          <t>Çarıklı Bir ‘Monşer’in Hatıraları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>330</v>
+        <v>599</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755339023</t>
+          <t>9789755339863</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Kimlik İnşası</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789755338613</t>
+          <t>9786057296818</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Seyirci</t>
+          <t>Başkalaşım</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789755338033</t>
+          <t>9789755330082</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Siyasal Sistemler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>150</v>
+        <v>33</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755338637</t>
+          <t>9786256455573</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Kırmızı Etek</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789755338934</t>
+          <t>9786256455368</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kaspar</t>
+          <t>Bahçe Partisi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>210</v>
+        <v>395</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789755338927</t>
+          <t>9786256455559</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Tarlalarının Issızlığında</t>
+          <t>Türkiye Devletinin Varoluş Döngüsünde Maliye Teftiş Kurulu 1879-2011</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>120</v>
+        <v>695</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789755339108</t>
+          <t>9786256455535</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Dünyasında Doğmayan Halk Oylaması</t>
+          <t>Türkiye’yi Doğuran Dönüşüm</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>120</v>
+        <v>595</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789755338682</t>
+          <t>9786256455511</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlaşan İnsan</t>
+          <t>Birleşmiş Milletler 2030 Sürdürülebilir Kalkınma Amaçları ve Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755339016</t>
+          <t>9786256455528</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Masalları</t>
+          <t>Rusya’da ve Türkiye’de Planlamanın Yönü</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>145</v>
+        <v>695</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789755339061</t>
+          <t>9786256455542</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik İhtilaflar Ve Kapitalizm</t>
+          <t>ABD Küresel Hegemonyasının Sonu mu?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789755338910</t>
+          <t>9786256455443</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İlahlar İblisler Ve Diğerleri</t>
+          <t>Osmanlı’dan Türkiye’ye Kapitalist Hukuksal Kuruluş</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>390</v>
+        <v>620</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789755338705</t>
+          <t>9786256455467</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu Petrolünün Uluslararası Politikadaki Yeri</t>
+          <t>Duruşma / Tartışma</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789755339009</t>
+          <t>9786256455085</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Fırsatlar Dönemi Olarak Ergenlik</t>
+          <t>Törenin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>440</v>
+        <v>895</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789755339047</t>
+          <t>9786256455429</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Köşe Gönderinin Bir Metre Kadar Gerisi</t>
+          <t>Tarım Politikası</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789755338996</t>
+          <t>9786256455474</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Asla Unutamam</t>
+          <t>Asya -Tipi Üretim Tarzı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>520</v>
+        <v>680</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789755338989</t>
+          <t>9786256455498</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Aklınızı Çeldirmeyin</t>
+          <t>Sözün Ezgisi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755338941</t>
+          <t>9786256455436</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Basın ve Modernleşme</t>
+          <t>Eleştirel Barış Çalışmaları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>390</v>
+        <v>595</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789755338873</t>
+          <t>9786256455177</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Arenadan Ekrana Şöhret Kültürü</t>
+          <t>Kemirgenlerden Sömürgenlere İnsanlık Tarihi I. Kitap</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>395</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755338835</t>
+          <t>9786256455115</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kısa Öykü Sanatı ve Politikaları</t>
+          <t>Freud Psikanaliz ve Veba</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>695</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755338903</t>
+          <t>9786256455221</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojide Tutumlar ve Tutum Değişimi</t>
+          <t>Proleterlerin Gündüzü</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755338965</t>
+          <t>9789755339979</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kriz Darbe Savaş Kıskacında Türkiye Ekonomisi</t>
+          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755338859</t>
+          <t>9789755339955</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tarım Sorunu</t>
+          <t>Suç Hukuku Dogmatiği ve/ya Grameri</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755338972</t>
+          <t>9789755330617</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Materyalizm ve Uluslararası İlişkiler</t>
+          <t>Bilim Olarak Sosyal Teori</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>420</v>
+        <v>695</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755338958</t>
+          <t>9789755334776</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Magna Carta’dan 802 Yıl Sonra Adalet İçin Yürümek</t>
+          <t>Ulus - Devlet ya da Halkın Egemenliği</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>420</v>
+        <v>495</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755338828</t>
+          <t>9789755336190</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlarda Emek</t>
+          <t>Yeniden Doğu</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>550</v>
+        <v>795</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755338811</t>
+          <t>9789755337524</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kent Hukuku</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755338798</t>
+          <t>9789755339498</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Seçimlik Demokrasi</t>
+          <t>Türkiye'de Ve Avrupa'da Yerel Temsil Ve Katılım</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755338583</t>
+          <t>9789755338279</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Doğa Etiği</t>
+          <t>Yeni Toplumculuk ve Yeni Toplumcu Eğitim</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755338774</t>
+          <t>9789755332932</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Modernleşmesinde Kadınlar</t>
+          <t>Türkiye’de Tek Partili Dönemde Çalışma İlişkileri: 1920 - 1946</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>290</v>
+        <v>695</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755338750</t>
+          <t>9789755333939</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ve Siyaset</t>
+          <t>Türkiye İktisat Tarihi 1908 - 2015</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755331096</t>
+          <t>9789755330532</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Tarih</t>
+          <t>Kentleşme Politikası</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755338781</t>
+          <t>9789755335513</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Yazarlarında Roma Kadınının Tasviri</t>
+          <t>Türk Mitosları ve Anadolu Efsanelerinin İzsürümü</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755338767</t>
+          <t>9789755338743</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kimliği Tiyatro ile Kurmak</t>
+          <t>Kent Planlama</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>880</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755338699</t>
+          <t>9789755330983</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Uluslararası İlişkiler Kuramları</t>
+          <t>Kent Devletinden İmparatorluğa</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>360</v>
+        <v>395</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755338729</t>
+          <t>9789755336800</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Başkanlık Sistemleri</t>
+          <t>Veresiye Defteri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>365</v>
+        <v>295</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755338712</t>
+          <t>9789755332604</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bakanlık Sisteminin Geleceği</t>
+          <t>Sinemanın 5 Temel Öğesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>290</v>
+        <v>795</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755338736</t>
+          <t>9789755336046</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Rüyası</t>
+          <t>Kamu Yönetimi Ülke İncelemeleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789755338606</t>
+          <t>9789755330266</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Radikal Medya</t>
+          <t>Tanrı Devletinden Kral - Devlete</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789755338538</t>
+          <t>9789755339542</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Bürokrasisi</t>
+          <t>Dinsel İdeoloji ve Gönüllü Kulluk Kenttanrıcılıktan Tektanrıcılığa</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789755338163</t>
+          <t>9789755335797</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Ecel Köprüsünde Aşk</t>
+          <t>Siyasal İletişimi Anlamak</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789755338521</t>
+          <t>9789755332413</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye’nin Toplumsal Yapısı</t>
+          <t>Jön Türkler ve İttihat ve Terrakki</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>260</v>
+        <v>595</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789755338514</t>
+          <t>9789755337197</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Manşetleri Gör Aklını Kaçırırsın</t>
+          <t>Stoacıların Paradoksları</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789755338484</t>
+          <t>9789755332505</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıl Geçince</t>
+          <t>Söğüt'ten İstanbul'a</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>120</v>
+        <v>690</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789755338477</t>
+          <t>9789755339177</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Troilus ile Cressida</t>
+          <t>Sahip Olmadığımız Şeyin Keyfini Sürmek</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789755338507</t>
+          <t>9789755336862</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Duino Ağıtları</t>
+          <t>Denizler’den Terzi Fikri’ye Türkiye</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>180</v>
+        <v>895</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789755338460</t>
+          <t>9789755335254</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bunama ve Alzaymır Hakkında Her Şey</t>
+          <t>Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>320</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789755338323</t>
+          <t>9789755333144</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Haklı Çıkma Sanatı</t>
+          <t>Sosyal Etkiler - Kim Kimi Nasıl Etkiler ?</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>130</v>
+        <v>495</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755338453</t>
+          <t>9789755334585</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Diken Üstünde Olmayı Bırakın</t>
+          <t>Salome</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789755338491</t>
+          <t>9789755339122</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Sendika Siyaset</t>
+          <t>Sapiens’ten Önce İnsan Vardı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>520</v>
+        <v>395</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789755338422</t>
+          <t>9789755332666</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Algı İllüzyon Gerçeklik</t>
+          <t>Postmodernizm</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789755338415</t>
+          <t>9789755331249</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Ve Politika İlişkisi</t>
+          <t>Parmenides</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789755337548</t>
+          <t>9789755330181</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Prusyalı Subay</t>
+          <t>İmparatorluktan Tanrı Devletine</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789755337616</t>
+          <t>9789755338200</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmada Yeni Yaklaşımlar</t>
+          <t>İktisatta Davranışsal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>795</v>
+        <v>470</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755337647</t>
+          <t>9789755330006</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Küresel Rekabetler</t>
+          <t>Ortadoğu Mitolojisi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>750</v>
+        <v>395</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789755338392</t>
+          <t>9789755336275</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ve Siyaset Olarak Hayat</t>
+          <t>Biyoloji Felsefesi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>695</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789755338439</t>
+          <t>9789755331010</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Bugün Getirdiği</t>
+          <t>Her Yerden Çok Uzakta</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789755338408</t>
+          <t>9789755338651</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İki Kere Düşün</t>
+          <t>Müze Kültür Toplum</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>210</v>
+        <v>395</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755338347</t>
+          <t>9789755332208</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Türk-Amerikan İlişkileri 1947 - 1964</t>
+          <t>Grup İçi Ve Gruplar Arası Süreçler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>370</v>
+        <v>395</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755338330</t>
+          <t>9789755335780</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mizah</t>
+          <t>Bilimsel Düşünme Yöntemi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>230</v>
+        <v>695</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755338378</t>
+          <t>9789755330952</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Devlet Sistemlerine Giriş</t>
+          <t>Gönüllü Kulluk Üzerine Söylev</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755337906</t>
+          <t>9789755337487</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Bulgaristan İlişkileri (1878 - 2008)</t>
+          <t>Beyazlı Kadın</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789755338293</t>
+          <t>9789755339467</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası’nın Ekonomi Politiği Büyük Sorulara Küçük Yanıtlar</t>
+          <t>Beslenme Kültürü ve İnsan</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755338262</t>
+          <t>9789755338040</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sonuna Doğru</t>
+          <t>Ben Bir Başkasıdır Bütün Düzyazı Şiirleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789755338286</t>
+          <t>9789755334547</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kuramlarına Anlam Vermek</t>
+          <t>Felsefi İzlenimler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>520</v>
+        <v>395</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755338231</t>
+          <t>9789755331539</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tüketen Hukukun Dramı</t>
+          <t>Felsefeye Çağrı Sorunlar Ve Seçenekler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>350</v>
+        <v>595</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755338224</t>
+          <t>9789755336305</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>2000'ler Türkiyesi'nde Sosyal Politika ve Toplumsal Cinsiyet</t>
+          <t>Arzu Tramvayı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>410</v>
+        <v>495</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755338217</t>
+          <t>9789755337142</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Senin Adamın Gol Diyo</t>
+          <t>Esrar Üzerine</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755338248</t>
+          <t>9789755335834</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetim Kent ve Ekoloji</t>
+          <t>Alis Aynanın İçinde Neler Gördü?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789755338125</t>
+          <t>9789755334684</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Kral-Devletten Ulus-Devlete</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>120</v>
+        <v>495</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755337180</t>
+          <t>9789755330129</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Ahlaksız</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789755338170</t>
+          <t>9789755336343</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Venedik Aşıkları</t>
+          <t>Edwin Drood'un Gizemi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755337470</t>
+          <t>9789755330921</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Hayaletleri</t>
+          <t>31 Mart Olayı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755337289</t>
+          <t>9789755330969</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Söylem Üzerine</t>
+          <t>Dünya Mitolojisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>250</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755337517</t>
+          <t>9789755335001</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>100 Soruda Sosyoloji El Kitabı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755337364</t>
+          <t>9786256455504</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kapı Komşumuz Nasreddin Hoca</t>
+          <t>Besteciden Yorumcuya</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>140</v>
+        <v>495</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755337968</t>
+          <t>9786256455450</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Gaspard De La Nuit</t>
+          <t>100 Yılın Ardından Sınıflar, Devrim ve Devlet</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>260</v>
+        <v>595</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755338194</t>
+          <t>9786256455344</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Faşizmleri ve AKP</t>
+          <t>Türk Edebiyatının Uzun Yolculuğu</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755338118</t>
+          <t>9786256455252</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yetenek Yönetimi</t>
+          <t>Türkiye’de İş Dünyası İçin Yükseköğretim</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>190</v>
+        <v>595</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755337890</t>
+          <t>9789755339993</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Lacancı Psikanaliz ve Karakter Çözümleme</t>
+          <t>Türkiye’de Kırsal Kalkınma Politikaları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755338026</t>
+          <t>9789755339825</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Devrim</t>
+          <t>Anayasa'dan Çıkış</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>270</v>
+        <v>395</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789755338101</t>
+          <t>9789755331133</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Din Üstüne</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789755338088</t>
+          <t>9789755330723</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Irklara Veda</t>
+          <t>Temel Gazetecilik</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>290</v>
+        <v>595</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789755338019</t>
+          <t>9789755336121</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Açlık Fukaralık ve Yoksunluk Tarihi</t>
+          <t>İdam Gecesi Anıları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789755338095</t>
+          <t>9789755334646</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinin Dünü Bugünü Yarını</t>
+          <t>Sosyal Politika</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>520</v>
+        <v>395</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755337869</t>
+          <t>9789755330495</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Politik İletişim Sözlüğü</t>
+          <t>Anka'nın Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>520</v>
+        <v>495</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755338071</t>
+          <t>9786256455412</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Satılmış Gazeteciler</t>
+          <t>Goca Bodrum’dan Küçük İstanbul’a</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789755337951</t>
+          <t>9789755332314</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Matematikte</t>
+          <t>Türkiye’nin Dış Politikası</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755337982</t>
+          <t>9786256455382</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm Ve Sosyalizm</t>
+          <t>Sözün Dolaştığı Yer</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>390</v>
+        <v>495</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789755337975</t>
+          <t>9786256455191</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İki Osmanlı Liman Kenti</t>
+          <t>Kemirgenlerden Sömürgenlere İnsanlık Tarihi II. Kitap</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789755337920</t>
+          <t>9786256455184</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitle İletişim Kurumunun Tarihi: TRT 1927-2000</t>
+          <t>Kemirgenlerden Sömürgenlere İnsanlık Tarihi III. Kitap</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789755337852</t>
+          <t>9786256455238</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Sivil-Asker İlişkileri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789755337883</t>
+          <t>9789755339665</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye Modernliği Olmayan Kapitalizm</t>
+          <t>Tepeden Uca: Omurga Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789755338309</t>
+          <t>9789755334905</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Barış Sürecinin Acıları Akdeniz’de Uygarlık Çatışması ya da Uygarlık Bunalımı Jeopolitik Darwincilikten Kültürel Silahsızlanmaya</t>
+          <t>Zaman Zaman İçinde</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755338354</t>
+          <t>9789755339559</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Çevre Doğa Çevre ve Yurttaşlık Eğitimi</t>
+          <t>Ergenlik Ve Genç Yetişkinlik</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>540</v>
+        <v>295</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755335919</t>
+          <t>9786256455375</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yaşamda ve Yargıda Devrimci Duruş Halit Çelenk</t>
+          <t>Güneş Her Şeyin Farkındaydı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>280</v>
+        <v>495</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755337777</t>
+          <t>9786256455139</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Övgü</t>
+          <t>Kent Okumaları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755337746</t>
+          <t>9786256455108</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kanatları</t>
+          <t>Avrupa Konseyi Yerel ve Bölgesel Yönetimler Kongresi ve Türkiye</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755337692</t>
+          <t>9786256455207</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Hukuk Sisteminde Yapısal Dönüşüm</t>
+          <t>Emeğin Sanatı Sanatın Emeği</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755337739</t>
+          <t>9789755334127</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Başbakanına Beş Mektup</t>
+          <t>Suçlar ve Cezalar Hakkında</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755337685</t>
+          <t>9789755333564</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yöntemi Geliştirmek</t>
+          <t>Hindu Söylenceleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>170</v>
+        <v>495</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755337708</t>
+          <t>9789755335810</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Liberalizm</t>
+          <t>Bir Us ve Bilim Savaşçısı Cemal Yıldırım'a Armağan</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>190</v>
+        <v>795</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789755337722</t>
+          <t>9789755336985</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yeni Müzebilim</t>
+          <t>Mutfaktan Sofraya</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>620</v>
+        <v>150</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789755337678</t>
+          <t>9789755332048</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>ABD Emperyalizmi ve Ortadoğu</t>
+          <t>Aşk Yapıtı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789755332291</t>
+          <t>9789755336473</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme ve Güneydoğu</t>
+          <t>Eğitici Cep Kitabı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>415</v>
+        <v>295</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789755338002</t>
+          <t>9786057296856</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Parti</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789755337999</t>
+          <t>9786256455146</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Maldoror'un Şarkıları</t>
+          <t>Türkiye'de Kentlerin Demokrasi Tarihi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>365</v>
+        <v>595</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789755337876</t>
+          <t>9786057296894</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Emperyalizm</t>
+          <t>Savunma - Adalet Bakanının Adalet Anlayışı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789755337715</t>
+          <t>9786256455061</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bebek ve Küçük Çocuk Bakımı</t>
+          <t>Sonrası Kalır</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>1350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789755338057</t>
+          <t>9789755339733</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim</t>
+          <t>Kişisel İktidardan Millet Meclisine - Saltanattan Cumhuriyete</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>450</v>
+        <v>595</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789755338064</t>
+          <t>9789755339405</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Aile Ailede Zaman</t>
+          <t>Türkiye Ekonomisinin Yapısı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789755337593</t>
+          <t>9789755334912</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Parçalayan Nutuklar</t>
+          <t>Az Gittik Uz Gittik</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755337807</t>
+          <t>9789755337029</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>En Güzel Psikoloji Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>245</v>
+        <v>885</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789755338361</t>
+          <t>9789755332734</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İşçi Hareketi 1908-1984</t>
+          <t>Körler Alfabesi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789755336978</t>
+          <t>9786256455337</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Devlet-Toplum İlişkisinde Sanat Politikalarının Yeri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789755337791</t>
+          <t>9786256455122</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Türkiye’de Yönetim Bilimi Yazarları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789755337821</t>
+          <t>9789755339917</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kibar Fahişeler</t>
+          <t>Yargılama Dönemi Susma Dönemidir</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>570</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789755337340</t>
+          <t>9786256455306</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarların Yaratıcılığı ve Edebiyat Görüşleri</t>
+          <t>Küresel Dönüşüm ve Türkiye’de Kamu Yönetimi Eğitimi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789755337203</t>
+          <t>9786256455214</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Kent Hukukunun Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789755337654</t>
+          <t>9786256455283</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Muhalif Aydın</t>
+          <t>Cumhuriyet’in 100. Yılında Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789755336947</t>
+          <t>9786256455290</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Paris Sanat Macerası</t>
+          <t>Bağlam Usul Aktör ve Süreç Yönünden Anayasa Değişiklikleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789755334530</t>
+          <t>9786256455320</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türk Kurtuluş Savaşı ve Siyasal Rejim Sorunu</t>
+          <t>Doğru Dil ile Türk Ceza Yasası</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789755335629</t>
+          <t>9786256455269</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili</t>
+          <t>Yerel Yönetim ve Yerel Siyasal Güç Kuramları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789755336459</t>
+          <t>9786256455276</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu: Erdal İnönü Anlatıyor</t>
+          <t>Yönetim ve Örgüt Araştırmalarında Toplumsal Bağlam</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>520</v>
+        <v>395</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789755336398</t>
+          <t>9786256455245</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Anayasaya Giriş</t>
+          <t>Sosyo Ekolojik Bir Toplum İçin Ne Yapmalı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>650</v>
+        <v>395</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789755335483</t>
+          <t>9789755336220</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Pepe</t>
+          <t>Ozmos Kronos</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789755331256</t>
+          <t>9789755337494</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kategoriler</t>
+          <t>Köylü İsyanı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789755332109</t>
+          <t>9786256455078</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kastilya Kırları</t>
+          <t>Yaptıklarımızı Neden Yapıyoruz?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>170</v>
+        <v>495</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789755334950</t>
+          <t>9789755335322</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan (Ciltli)</t>
+          <t>Ekonomi Dersleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789755337579</t>
+          <t>9789755334691</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kamu Personeli - Sistem Ve Yönetim</t>
+          <t>Ciddi Olmanın Önemi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755331331</t>
+          <t>9789755332499</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Hayata ve Siyasete Dair</t>
+          <t>Anadolu'da Devrim Günleri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755335889</t>
+          <t>9789755339603</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Psikolojisi Kuramları</t>
+          <t>Müze Eğitimcisinin El Kitabı; Eğitimciler Başarılı Teknikleri Paylaşıyor</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>900</v>
+        <v>395</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789755335407</t>
+          <t>9786256455047</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Kısa Tarihi</t>
+          <t>Suç Yargılama Süreci Hukukunda Temyiz Denetimi ve Sınırları</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>420</v>
+        <v>110</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789755331041</t>
+          <t>9789755339887</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Değişim, Küreselleşme ve Devletin Yeni İşlevi</t>
+          <t>Toplu Mahkemede Görüşme İlkeleri ve Oylama Yöntemi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>410</v>
+        <v>65</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789755333267</t>
+          <t>9789755331195</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Tv Haberlerinde İdeoloji</t>
+          <t>İnekler Domuzlar Savaşlar Ve Cadılar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789755336053</t>
+          <t>9786057296887</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yönetimi - Yapı</t>
+          <t>Demokratik Katılımcı Ekonomi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755335940</t>
+          <t>9786256455016</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Temsili Liberal Demokrasinin Önlenemez Krizi</t>
+          <t>Çevre Diplomasisi ve Türkiye</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>490</v>
+        <v>995</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789755337258</t>
+          <t>9789755339092</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Okul Aile Toplum Birliği</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>200</v>
+        <v>395</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789755337531</t>
+          <t>9786256455009</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Devlet Bilimi Göçebe ve Yerleşik Devlet</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789755337036</t>
+          <t>9789755339894</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bürokrasi ve Kamu Personel Rejimi</t>
+          <t>Yakan Sır</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>520</v>
+        <v>145</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789755332697</t>
+          <t>9789755339870</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Devenin Söylediği</t>
+          <t>Kul</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>130</v>
+        <v>395</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789755334080</t>
+          <t>9786057296801</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Tekelci Medyada Örgütsüz Gazeteci</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755332093</t>
+          <t>9786057296870</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Artemis Orthia'ya İlahi</t>
+          <t>Cumhuriyetin Bütün Sabahları</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789755337074</t>
+          <t>9786250089941</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Bir Taşra İdarecisinin Mesleki Serüveni</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789755335469</t>
+          <t>9789755339986</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ülke Yönetimi - Tanzimat Sürecinde Türkiye</t>
+          <t>Örgüt Kuramı Çalışmaları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789755336138</t>
+          <t>9789755339801</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Demokrasi</t>
+          <t>Unutma Bizi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789755333052</t>
+          <t>9789755339818</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Fransız Düşünürleriyle Söyleşiler</t>
+          <t>Roboski: Uludere’nin Gözyaşları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789755335391</t>
+          <t>9789755335612</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Flaş Ya Da Büyük Yolculuk</t>
+          <t>100 Soruda Ekonomi El Kitabı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>560</v>
+        <v>330</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755333892</t>
+          <t>9789755339795</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Film Eleştirisi</t>
+          <t>Ötekilerin Ekolojisi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755334318</t>
+          <t>9786056558863</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politik</t>
+          <t>Akıl mı Sezgi mi?</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789755331867</t>
+          <t>9771301724001</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Tan Kızıllığı</t>
+          <t>Kültür ve İletişim Sayı: 42</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755333328</t>
+          <t>9780013017349</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Bir Örgüt Ustasının Yaşamöyküsü</t>
+          <t>Kültür ve İletişim Sayı: 34</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789755335650</t>
+          <t>9780013017356</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sultangaliyev</t>
+          <t>Kültür ve İletişim Sayı: 35</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789755336718</t>
+          <t>9780013017363</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Suda Seken Hayat</t>
+          <t>Kültür ve İletişim Sayı: 36</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789755336848</t>
+          <t>9780013017370</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çevreleme Çevre Üzerine Sessiz Tartışmalar</t>
+          <t>Kültür ve İletişim Sayı: 37</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789755334462</t>
+          <t>9780013017387</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>1989 Berlin Duvarı</t>
+          <t>Kültür ve İletişim Sayı: 38</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789755330310</t>
+          <t>9780013017394</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Doğu'dan Fragmanlar</t>
+          <t>Kültür ve İletişim Sayı: 39</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789755332772</t>
+          <t>9780013017240</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Doğa Tasarımı</t>
+          <t>Kültür ve İletişim Sayı: 40</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789755331737</t>
+          <t>9780013017417</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Con Ahmet' in Devridaim Makinesi</t>
+          <t>Kültür ve İletişim Sayı: 41</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789755331904</t>
+          <t>9789755339672</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Collingwood'un Tarih Felsefesi</t>
+          <t>Ne Yapmalı? Direnişte İki Yıl</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789755332055</t>
+          <t>9789755339368</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Eski Ortadoğu'da Çevre Ve Etnik Yapı</t>
+          <t>İşyerinde Psikopatoloji - Tanımlama ve Uygulama</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>590</v>
+        <v>755</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789755335865</t>
+          <t>9789755339658</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Sefaletinin Kıskacında</t>
+          <t>İnatçı Köstebek: Çağrı Merkezlerinde Gençlik Sınıf ve Direniş</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789755333281</t>
+          <t>9789755339696</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Düşsel Ortaçağ</t>
+          <t>Özlenen Demokrasi - Yargılama Yılı Açış Konuşmaları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789755330570</t>
+          <t>9789755339610</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>VI. Henry</t>
+          <t>Psikolojik Krizler ve Müdahale Yöntemleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>420</v>
+        <v>595</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789755336633</t>
+          <t>9789755339634</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>12 Eylülün 30. Yılında 30 Yıl 30 Hayat</t>
+          <t>Sosyal Psikolojiyi Uygulama</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789755332253</t>
+          <t>9789755339627</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Rejimi</t>
+          <t>Tarih Üzerine Yeni Yaklaşımların Tartışılması</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>230</v>
+        <v>760</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789755334363</t>
+          <t>9789755339641</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Biz Zaten Avrupalıyız</t>
+          <t>Yapısalcılık, Göstergebilim ve Martı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789755336534</t>
+          <t>9789755339702</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Dil Hurafeleri Türkçe'nin Güncel Sorunları</t>
+          <t>Yaşamın Temel Ekonomisi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755336282</t>
+          <t>9789755339481</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Yaşayan Hukuk</t>
+          <t>Hakikatin Gücü - Amerika Birleşik Devletleri Halklarının Tarihi Üzerine Sohbetler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789755332765</t>
+          <t>9789755339597</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Aç Yol</t>
+          <t>Gerçeğin Efsanesi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>550</v>
+        <v>295</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789755336251</t>
+          <t>9789755339689</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ortaçağ</t>
+          <t>Bir İletişim Duayeninin Anıları</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789755333861</t>
+          <t>9789755339504</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni Nereye?</t>
+          <t>Başka Türlü Yaşamak</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>360</v>
+        <v>195</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789755337845</t>
+          <t>9786057440600</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>AKP Ekonomide Ne Yaptı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>130</v>
+        <v>690</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789755335988</t>
+          <t>9789755339719</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde'in Gizli Yaşamı</t>
+          <t>Suç Yargılama Süreci Hukuku</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>800</v>
+        <v>480</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789755337586</t>
+          <t>9789755339528</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Memenizi Koruyun</t>
+          <t>Yine Bir Duran Top Organizasyonu</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789755333212</t>
+          <t>9789755332451</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Zor, Sermaye ve Avrupa Devletlerinin Oluşumu</t>
+          <t>Tehlikeli Aşk</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>595</v>
+        <v>495</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789755335100</t>
+          <t>9789755338187</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Zadig ya da Yazgı</t>
+          <t>Parayı Verdi Düdüğü Çaldı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>140</v>
+        <v>795</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789755334660</t>
+          <t>9789755339573</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yöntemi Bulmak</t>
+          <t>İlişkilerin Nörobiyolojisi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789755331263</t>
+          <t>9789755339535</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Yorum Üzerine</t>
+          <t>Çocukluğun Coğrafyaları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789755334172</t>
+          <t>9789755339580</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar</t>
+          <t>Çalışmanın Evrimi ve İşin Sonu</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789755335308</t>
+          <t>9789755332796</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Politikanın İletişimi İletişimin Politikası</t>
+          <t>Benim Gençliğim</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789755336572</t>
+          <t>9789755339924</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Hukuk Bilimine Dönelim</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789755335018</t>
+          <t>9789755339740</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Pazar Sabahı</t>
+          <t>Çocuklara Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789755335360</t>
+          <t>4440000000507</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kuramları</t>
+          <t>Kültür ve İletişim Sayı: 43</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789755334424</t>
+          <t>9789755339450</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Ölümüme İlişkin Bir Yazı</t>
+          <t>Ergen Çocuğunuz Ve Siz</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789755336626</t>
+          <t>9789755338842</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Öğretemediğimiz Türkçe</t>
+          <t>Kıbrıs Tarihi 1878 - 1960</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>190</v>
+        <v>585</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789755332857</t>
+          <t>9789755339474</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Psikolojisi Kuramlar</t>
+          <t>İktisat Okulları Ve Ünlü İktisatçılar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789755332703</t>
+          <t>9789755339375</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Öcü'nün Yemeğine Şarkılar</t>
+          <t>Ben Yüz Çiçekten Yanayım...</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755333595</t>
+          <t>9789755339399</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türk Romanında Tarih Toplum ve Kimlik</t>
+          <t>Yarın Endişesi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789755335858</t>
+          <t>9789755339290</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Peşinde Bir Yaşam</t>
+          <t>Yerinden Yönetim</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789755334677</t>
+          <t>9789755339276</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Modernleşme ve Diplomasi</t>
+          <t>Türkiye Solunda Osmanlı Toplum Yapısı Tartışmaları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789755330846</t>
+          <t>9789755339412</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumsal Düzeni</t>
+          <t>Fırtınadaki Arı-Mühendisin Hayatı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789755332246</t>
+          <t>9789755339382</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kimliği</t>
+          <t>Dış Politika Anıları</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>370</v>
+        <v>695</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755332949</t>
+          <t>9789755339429</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler ve Gerçekler</t>
+          <t>Bugünün Tarihi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789755335261</t>
+          <t>9789755339351</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde II. Meşrutiyet Dönemi Meclis-i Mebusan Seçimleri 1908-1914</t>
+          <t>Genel Kamu Hukuku Kuramsal Yaklaşım</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>440</v>
+        <v>495</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789755331386</t>
+          <t>9789755339283</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Çalışmaları: İlkel Feodalizmden Yarı Sömürge Ekonomisine</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>430</v>
+        <v>195</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789755332994</t>
+          <t>9789755339320</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Göçebeler ve Osmanlılar</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789755334769</t>
+          <t>9789755339337</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Orta-Asya Türk Tarihi Üzerine Altı Çalışma</t>
+          <t>Güneşe Lamba Yakan Adam</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789755337241</t>
+          <t>9789755339344</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Olay Yargıya İntikal Etmiştir!</t>
+          <t>Değişen Çağ Değişen Çocukluk</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789755333984</t>
+          <t>9789755339313</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Kıyısında Hint Edebiyat Seçkisi</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789755332338</t>
+          <t>9789755339306</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Okuryazarlık: Sözcükleri ve Dünyayı Okuma</t>
+          <t>Önce Dil</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789755335230</t>
+          <t>9789755339245</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Okulda Çatışma Çözme ve Akran Arabuluculuk Program Rehberi</t>
+          <t>Başka Bir Aşk İstemez</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789755335247</t>
+          <t>9789755339184</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Elkitabı / Okulda Çatışma Çözme ve Akran Arabuluculuk</t>
+          <t>Romantik Komedi Yazmak</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789755336824</t>
+          <t>9789755339238</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Nilüfer</t>
+          <t>Mutlu Para</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>455</v>
+        <v>295</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789755333403</t>
+          <t>9789755339221</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Nereye?</t>
+          <t>Büyük Değişim Popülist Otoriterleşme</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789755337326</t>
+          <t>9789755339214</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Müze ve Oyun Kültürü</t>
+          <t>Komünist Manifesto</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789755337319</t>
+          <t>9789755338620</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Ahlaksızlıktır</t>
+          <t>Ölüler Evinden Anılar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>520</v>
+        <v>395</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789755336336</t>
+          <t>9789755339078</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens ve Diğer Masallar</t>
+          <t>Malgudi Günleri</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>170</v>
+        <v>395</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789755332758</t>
+          <t>9789755339146</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Dairesi</t>
+          <t>Kıyı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789755336930</t>
+          <t>9789755339153</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Popülizm</t>
+          <t>Bira Fabrikası Big Shoot, Blue-S-cat</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789755333373</t>
+          <t>9789755339139</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Modern Japonya’nın Doğuşu 1853’ten Günümüze</t>
+          <t>Siyaset Muhabirliği</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>620</v>
+        <v>295</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789755333175</t>
+          <t>9789755339207</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Modern Devletin Doğası</t>
+          <t>Türkiye Ekonomisinde Kalkınma ve Dönüşüm</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>370</v>
+        <v>695</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789755333779</t>
+          <t>9789755339085</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Modern Avrupa'da Ayaklanmalar ve Devrimler</t>
+          <t>Kedi İle Şeytan</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789755335735</t>
+          <t>9789755338569</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Masallar</t>
+          <t>Ezilenler</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789755331744</t>
+          <t>9789755339054</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Mimu'nun Hayat Kitabı</t>
+          <t>İsmi Olmayan Masal</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789755334400</t>
+          <t>9789755338644</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Balkan Gelişmeleri ve Türkiye</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>200</v>
+        <v>395</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789755335032</t>
+          <t>9789755338668</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Ayşe</t>
+          <t>İyi Kadınlar Efsanesi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>440</v>
+        <v>195</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789755336374</t>
+          <t>9789755339030</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet Çağı</t>
+          <t>Tarihsel Boyutları İçinde Türk - Yunan İlişkileri (1821 - 1993)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789755334165</t>
+          <t>9789755339023</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Ötesinde Marksizm</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>560</v>
+        <v>295</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789755333618</t>
+          <t>9789755338613</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Manitular</t>
+          <t>Seyirci</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789755334868</t>
+          <t>9789755338033</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Makineli Tüfekçiler</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789755336428</t>
+          <t>9789755338637</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>585</v>
+        <v>295</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789755336725</t>
+          <t>9789755338934</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Leke</t>
+          <t>Kaspar</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789755333342</t>
+          <t>9789755338927</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Laiklik ve Demokrasi</t>
+          <t>Pamuk Tarlalarının Issızlığında</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789755334707</t>
+          <t>9789755339108</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Lady Windermere'in Yelpazesi</t>
+          <t>Hukuk Dünyasında Doğmayan Halk Oylaması</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789755331607</t>
+          <t>9789755338682</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Ve Demokrasi Krizi</t>
+          <t>Hayvanlaşan İnsan</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789755334721</t>
+          <t>9789755339016</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde Uluslararası Sendikacılık</t>
+          <t>Kafkas Masalları</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789755332901</t>
+          <t>9789755339061</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme- Emperyalizm Yerelcilik İşçi Sınıfı</t>
+          <t>Ekolojik İhtilaflar Ve Kapitalizm</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789755333335</t>
+          <t>9789755338910</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kültürler Arası Farklılaşma ve Yönetim</t>
+          <t>İlahlar İblisler Ve Diğerleri</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755334455</t>
+          <t>9789755338705</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Orta Doğu Petrolünün Uluslararası Politikadaki Yeri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>120</v>
+        <v>395</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789755334226</t>
+          <t>9789755339009</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Küçük Motl</t>
+          <t>Fırsatlar Dönemi Olarak Ergenlik</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>140</v>
+        <v>395</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789755333632</t>
+          <t>9789755339047</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kutsanmamış Azizeler</t>
+          <t>Köşe Gönderinin Bir Metre Kadar Gerisi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789755336855</t>
+          <t>9789755338996</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Yönetim Kurulları</t>
+          <t>Asla Unutamam</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789755336503</t>
+          <t>9789755338989</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kumarhane Kapitalizmi</t>
+          <t>Aklınızı Çeldirmeyin</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755330761</t>
+          <t>9789755338941</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kral Devlet Ya Da Ölümlü Tanrı</t>
+          <t>Osmanlı’dan Günümüze Basın ve Modernleşme</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789755330853</t>
+          <t>9789755338873</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne Dokun</t>
+          <t>Arenadan Ekrana Şöhret Kültürü</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789755337135</t>
+          <t>9789755338835</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Yolcu</t>
+          <t>Çağdaş Kısa Öykü Sanatı ve Politikaları</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789755336107</t>
+          <t>9789755338903</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Yerlilerin Gözyaşları</t>
+          <t>Sosyal Psikolojide Tutumlar ve Tutum Değişimi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789755337562</t>
+          <t>9789755338965</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler</t>
+          <t>Kriz Darbe Savaş Kıskacında Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789755335759</t>
+          <t>9789755338859</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Arafat</t>
+          <t>Çağdaş Tarım Sorunu</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>695</v>
+        <v>320</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789755336763</t>
+          <t>9789755338972</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Ceza Siyaseti</t>
+          <t>Tarihsel Materyalizm ve Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789755331973</t>
+          <t>9789755338958</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sağ Yeni Aldatmaca</t>
+          <t>Magna Carta’dan 802 Yıl Sonra Adalet İçin Yürümek</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>130</v>
+        <v>395</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789755334387</t>
+          <t>9789755338828</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sağ ve Devletin Değişimi Yapısal Uyarlama Politikaları 1980 - 1995</t>
+          <t>Zor Zamanlarda Emek</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>380</v>
+        <v>745</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789755336954</t>
+          <t>9789755338811</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Yemek Savaşları</t>
+          <t>Kent Hukuku</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789755336817</t>
+          <t>9789755338798</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Yolu</t>
+          <t>Seçimlik Demokrasi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789755332352</t>
+          <t>9789755338583</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Yarim Haziran</t>
+          <t>Doğa Etiği</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>160</v>
+        <v>445</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755335025</t>
+          <t>9789755338774</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Çehreler Yakın Osmanlı Tarihinde</t>
+          <t>Türkiye'nin Modernleşmesinde Kadınlar</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789755335766</t>
+          <t>9789755338750</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Yakamdaki Yüzler</t>
+          <t>Kadın Ve Siyaset</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789755331409</t>
+          <t>9789755331096</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra</t>
+          <t>Siyasal Tarih</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789755336732</t>
+          <t>9789755338781</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yağmasaydı</t>
+          <t>Klasik Dönem Yazarlarında Roma Kadınının Tasviri</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789755332673</t>
+          <t>9789755338767</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Xenia</t>
+          <t>Ulusal Kimliği Tiyatro ile Kurmak</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789755332185</t>
+          <t>9789755338699</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Marksizm ve Uluslararası İlişkiler Kuramları</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>130</v>
+        <v>395</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789755331645</t>
+          <t>9789755338729</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Vinland Sagaları- Vikinglerin Amerika'yı Keşfinin Destanı</t>
+          <t>Dünyada Başkanlık Sistemleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>160</v>
+        <v>495</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789755337111</t>
+          <t>9789755338712</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Vali Düşündüklerim ve Yaşadıklarım</t>
+          <t>Türkiye’de Bakanlık Sisteminin Geleceği</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789755332017</t>
+          <t>9789755338736</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Üzümünü Ye Bağını Sor</t>
+          <t>Bir Osmanlı Rüyası</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789755334493</t>
+          <t>9789755338606</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Ütopyacılık</t>
+          <t>Radikal Medya</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>295</v>
+        <v>695</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789755334097</t>
+          <t>9789755338538</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Üç Kadın</t>
+          <t>Son Dönem Osmanlı Bürokrasisi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>220</v>
+        <v>495</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789755336435</t>
+          <t>9789755338163</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Ücret Artışı Talebinde Bulunmak İçin Servis Şefine Yanaşma Sanatı ve Biçimi</t>
+          <t>Ecel Köprüsünde Aşk</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>140</v>
+        <v>395</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789755332956</t>
+          <t>9789755338521</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yirminci Yüzyıl</t>
+          <t>Yeni Türkiye’nin Toplumsal Yapısı</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>710</v>
+        <v>350</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789755333359</t>
+          <t>9789755338514</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Uzaklar</t>
+          <t>Manşetleri Gör Aklını Kaçırırsın</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789755336558</t>
+          <t>9789755338484</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Sefaleti</t>
+          <t>Beş Yıl Geçince</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789755334073</t>
+          <t>9789755338477</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Çıkar Ve Dış Politika</t>
+          <t>Troilus ile Cressida</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>380</v>
+        <v>395</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789755337005</t>
+          <t>9789755338507</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Uğur Mumcu'yu Kim Öldürdü?</t>
+          <t>Duino Ağıtları</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789755333434</t>
+          <t>9789755338460</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Komşuları</t>
+          <t>Bunama ve Alzaymır Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>475</v>
+        <v>395</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789755336091</t>
+          <t>9789755338323</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasi Parti Kapatmanın Tarihi</t>
+          <t>Haklı Çıkma Sanatı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789755334240</t>
+          <t>9789755338453</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Medyanın Dönüşümü</t>
+          <t>Diken Üstünde Olmayı Bırakın</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>490</v>
+        <v>670</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789755335933</t>
+          <t>9789755338491</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Liberalizmin Kökenleri</t>
+          <t>Sınıf Sendika Siyaset</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>420</v>
+        <v>695</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789755333694</t>
+          <t>9789755338422</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çok Partili Hayata Geçiş</t>
+          <t>Algı İllüzyon Gerçeklik</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>200</v>
+        <v>435</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789755333755</t>
+          <t>9789755338415</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çok Partili Dönemde Çalışma İlişkileri: 1946 - 1963</t>
+          <t>Hukuk Ve Politika İlişkisi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>560</v>
+        <v>495</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789755334110</t>
+          <t>9789755337548</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Alevilik</t>
+          <t>Prusyalı Subay</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789755333601</t>
+          <t>9789755337616</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Orta Asya</t>
+          <t>Kalkınmada Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>390</v>
+        <v>895</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789755334158</t>
+          <t>9789755337647</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi’nin Sönümlenmesi</t>
+          <t>Küresel Rekabetler</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>610</v>
+        <v>765</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789755334523</t>
+          <t>9789755338392</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Türkçem Mahzun Ben Mahzun</t>
+          <t>Edebiyat Ve Siyaset Olarak Hayat</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789755333243</t>
+          <t>9789755338439</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Türk - Amerikan İlişkilerinin Tarihsel Kökenleri</t>
+          <t>Günlerin Bugün Getirdiği</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789755335353</t>
+          <t>9789755338408</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Türk-ABD Silah Ticaretinin İlk Yüzyılı ( 1829 - 1929 )</t>
+          <t>İki Kere Düşün</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789755330471</t>
+          <t>9789755338347</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi ve Sonrası</t>
+          <t>Türk-Amerikan İlişkileri 1947 - 1964</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>420</v>
+        <v>445</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789755334103</t>
+          <t>9789755338330</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Türk Bireyi Kuramına Giriş</t>
+          <t>Mizah</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789755337388</t>
+          <t>9789755338378</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Tutarsızlığın İz Sürücüsü</t>
+          <t>Karşılaştırmalı Devlet Sistemlerine Giriş</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789755334370</t>
+          <t>9789755337906</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Savunma İlkeleri</t>
+          <t>Türkiye - Bulgaristan İlişkileri (1878 - 2008)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>490</v>
+        <v>575</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789755336237</t>
+          <t>9789755338293</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Terörizme Karşı Savaş Stratejisi</t>
+          <t>Türk Dış Politikası’nın Ekonomi Politiği Büyük Sorulara Küçük Yanıtlar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789755331317</t>
+          <t>9789755338262</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Televizyon ve Siyasal Sistem</t>
+          <t>Sonuna Doğru</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>220</v>
+        <v>455</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789755333649</t>
+          <t>9789755338286</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Tek Dünya - Küresel Kapitalizmin Manik Mantığı</t>
+          <t>İletişim Kuramlarına Anlam Vermek</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>650</v>
+        <v>635</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789755334561</t>
+          <t>9789755338231</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonu mu? Fukuyama - Marx - Modernite</t>
+          <t>Kendini Tüketen Hukukun Dramı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789755334035</t>
+          <t>9789755338224</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Tarımsal Yapılar ve Kapitalizm</t>
+          <t>2000'ler Türkiyesi'nde Sosyal Politika ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789755335728</t>
+          <t>9789755338217</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sürecinde Türkiye - Askerlik</t>
+          <t>Senin Adamın Gol Diyo</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789755332710</t>
+          <t>9789755338248</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Tancrede ile Clorinde’in Dövüşü (Tasso Anısı)</t>
+          <t>Yerel Yönetim Kent ve Ekoloji</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>60</v>
+        <v>595</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789755336886</t>
+          <t>9789755338125</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Tabula Rasa</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789755336794</t>
+          <t>9789755337180</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Gerçeklik</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789755333557</t>
+          <t>9789755338170</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Şam’da Raks</t>
+          <t>Venedik Aşıkları</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789755334332</t>
+          <t>9789755337470</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Şakuntala</t>
+          <t>Emperyalizmin Hayaletleri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789755331584</t>
+          <t>9789755337289</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sürüden Ayrılanlar Siyasal İktidar Aydın Tarih ve Özgürlük</t>
+          <t>Yazınsal Söylem Üzerine</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>230</v>
+        <v>395</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789755333083</t>
+          <t>9789755337517</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Sözde Fotoğraf</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789755333885</t>
+          <t>9789755337364</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Soytarı Gülmez Sırıtır</t>
+          <t>Kapı Komşumuz Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789755334233</t>
+          <t>9789755337968</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Tarih</t>
+          <t>Gaspard De La Nuit</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789755334479</t>
+          <t>9789755338194</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Eğitim</t>
+          <t>Türkiye'nin Faşizmleri ve AKP</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789755335803</t>
+          <t>9789755338118</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Yeni Yolu</t>
+          <t>Yetenek Yönetimi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>380</v>
+        <v>295</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789755333014</t>
+          <t>9789755337890</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Kemalizm ve Din</t>
+          <t>Lacancı Psikanaliz ve Karakter Çözümleme</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>330</v>
+        <v>495</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789755334554</t>
+          <t>9789755338026</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teori ve Geç Modernlikler Türk Deneyimi</t>
+          <t>Şiirde Devrim</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789755333298</t>
+          <t>9789755338101</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Demokrasinin Kuruluşu</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789755332079</t>
+          <t>9789755338088</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Bir Bahar</t>
+          <t>Irklara Veda</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>110</v>
+        <v>395</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789755337098</t>
+          <t>9789755338019</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sofiya Tolstoy</t>
+          <t>Türkiye’nin Açlık Fukaralık ve Yoksunluk Tarihi</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>420</v>
+        <v>295</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789755330433</t>
+          <t>9789755338095</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarih</t>
+          <t>Türkiye Ekonomisinin Dünü Bugünü Yarını</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>530</v>
+        <v>760</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789755331935</t>
+          <t>9789755337869</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Asker</t>
+          <t>Politik İletişim Sözlüğü</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>240</v>
+        <v>675</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789755334264</t>
+          <t>9789755338071</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Sendikacılık ve Siyaset</t>
+          <t>Satılmış Gazeteciler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>620</v>
+        <v>480</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9799755332436</t>
+          <t>9789755337951</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Sendikacı Kadın Kimliği</t>
+          <t>Felsefe ve Matematikte</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789755335742</t>
+          <t>9789755337982</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Seks Para ve İktidar</t>
+          <t>Kemalizm Ve Sosyalizm</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>430</v>
+        <v>495</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789755336596</t>
+          <t>9789755337975</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Seçimler Siyasal Reklamlar ve Siyasal İletişim</t>
+          <t>İki Osmanlı Liman Kenti</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>540</v>
+        <v>395</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789755336312</t>
+          <t>9789755337920</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Savrulan Otlar Arasında</t>
+          <t>Bir Kitle İletişim Kurumunun Tarihi: TRT 1927-2000</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>220</v>
+        <v>575</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789755334967</t>
+          <t>9789755337852</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Doktor</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789755333526</t>
+          <t>9789755337883</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Romans Karnavalı</t>
+          <t>Yeni Türkiye Modernliği Olmayan Kapitalizm</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>680</v>
+        <v>395</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789755333519</t>
+          <t>9789755338309</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ritüel ve İktidar</t>
+          <t>Barış Sürecinin Acıları Akdeniz’de Uygarlık Çatışması ya da Uygarlık Bunalımı Jeopolitik Darwincilikten Kültürel Silahsızlanmaya</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>520</v>
+        <v>295</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789755336060</t>
+          <t>9789755338354</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>İktidar Yumağı</t>
+          <t>Çocuk Çevre Doğa Çevre ve Yurttaşlık Eğitimi</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>450</v>
+        <v>695</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789755337333</t>
+          <t>9789755335919</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İki̇ Dünya Si̇stemi̇</t>
+          <t>Yaşamda ve Yargıda Devrimci Duruş Halit Çelenk</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789755337173</t>
+          <t>9789755337777</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İki̇ Di̇ktatörlük Altında</t>
+          <t>İnsanlığa Övgü</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789755331683</t>
+          <t>9789755337746</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>İki Arada Bir Derede</t>
+          <t>Tanrı’nın Kanatları</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789755331966</t>
+          <t>9789755337692</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>İdeolojinin Serüveni</t>
+          <t>Türkiye'nin Hukuk Sisteminde Yapısal Dönüşüm</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789755335971</t>
+          <t>9789755337739</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devletinin Sonu</t>
+          <t>Türkiye Cumhuriyeti Başbakanına Beş Mektup</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>360</v>
+        <v>195</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789755331805</t>
+          <t>9789755337685</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Hint Mitolojisi Sözlüğü</t>
+          <t>Yöntemi Geliştirmek</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789755332345</t>
+          <t>9789755337708</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Hint Masalları</t>
+          <t>Muhafazakar Liberalizm</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789755334325</t>
+          <t>9789755337722</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Hindistan'da Diller</t>
+          <t>Yeni Müzebilim</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>250</v>
+        <v>795</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789755333106</t>
+          <t>9789755337678</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Tarihi</t>
+          <t>ABD Emperyalizmi ve Ortadoğu</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>770</v>
+        <v>395</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789755333458</t>
+          <t>9789755332291</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyden Çok Ağzını Severdim</t>
+          <t>Modernleşme ve Güneydoğu</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>190</v>
+        <v>595</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789755337265</t>
+          <t>9789755338002</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Hangi İnsan Hakları?</t>
+          <t>Marksizm ve Parti</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789755337272</t>
+          <t>9789755337999</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hangi Anayasa?</t>
+          <t>Maldoror'un Şarkıları</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789755336640</t>
+          <t>9789755337876</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Halk Neyi Oylayacak</t>
+          <t>Kolektif Emperyalizm</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789755336213</t>
+          <t>9789755337715</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Bebek ve Küçük Çocuk Bakımı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>160</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789755332574</t>
+          <t>9789755338057</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Güzprensi</t>
+          <t>Siyasal İletişim</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789755333748</t>
+          <t>9789755338064</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğmadan</t>
+          <t>Zamanda Aile Ailede Zaman</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789755336893</t>
+          <t>9789755337593</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Güç Buyruk Düzen</t>
+          <t>Edebiyat Parçalayan Nutuklar</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789755331829</t>
+          <t>9789755337807</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Gölgeleri Sahiplenen Kadın</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789755334752</t>
+          <t>9789755338361</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ajan</t>
+          <t>Türkiye’de İşçi Hareketi 1908-1984</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789755333953</t>
+          <t>9789755336978</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Örgütlenme Sendikacılık</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789755331140</t>
+          <t>9789755337791</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Psikolojisi</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789755336015</t>
+          <t>9789755337821</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Fili Tarif Etmek</t>
+          <t>Kibar Fahişeler</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>160</v>
+        <v>695</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789755334042</t>
+          <t>9789755337340</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaya Karşı Ayakta Kalmak</t>
+          <t>Yaratıcı Yazarların Yaratıcılığı ve Edebiyat Görüşleri</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789755331577</t>
+          <t>9789755337203</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Öyküleri</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>490</v>
+        <v>395</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789755336367</t>
+          <t>9789755337654</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Öfke</t>
+          <t>Muhalif Aydın</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>410</v>
+        <v>395</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789755332444</t>
+          <t>9789755336947</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Eylül Yorgunu</t>
+          <t>Paris Sanat Macerası</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789755332611</t>
+          <t>9789755334530</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Evin Kızları</t>
+          <t>Türk Kurtuluş Savaşı ve Siyasal Rejim Sorunu</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>270</v>
+        <v>395</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789755332086</t>
+          <t>9789755335629</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Et</t>
+          <t>Türk Dili</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>160</v>
+        <v>545</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789755333472</t>
+          <t>9789755336459</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Estetiğe Giriş</t>
+          <t>Anka Kuşu: Erdal İnönü Anlatıyor</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>460</v>
+        <v>695</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789755331591</t>
+          <t>9789755336398</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan'da Söylen Ve Toplum</t>
+          <t>Anayasaya Giriş</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>340</v>
+        <v>795</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789755334202</t>
+          <t>9789755335483</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Eski Rejim Ve Devrim</t>
+          <t>Pepe</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>360</v>
+        <v>195</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789755335292</t>
+          <t>9789755331256</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik</t>
+          <t>Kategoriler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>1050</v>
+        <v>295</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789755331997</t>
+          <t>9789755332109</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon</t>
+          <t>Kastilya Kırları</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789755333441</t>
+          <t>9789755334950</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Entelektüelin Dramı</t>
+          <t>Karaoğlan (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>480</v>
+        <v>595</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789755332024</t>
+          <t>9789755337579</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>El Greco Ya Da Toledo'nun Gizi</t>
+          <t>Kamu Personeli - Sistem Ve Yönetim</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789755335773</t>
+          <t>9789755331331</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Ecevit Ve Gizli Arşivi</t>
+          <t>Hayata ve Siyasete Dair</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>610</v>
+        <v>395</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789755333168</t>
+          <t>9789755335889</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Düşbilimi</t>
+          <t>Gelişim Psikolojisi Kuramları</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>250</v>
+        <v>995</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789755332222</t>
+          <t>9789755335407</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomisinde Dönüşüm</t>
+          <t>Geleceğin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>620</v>
+        <v>395</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789755333021</t>
+          <t>9789755331041</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İnsan</t>
+          <t>Değişim, Küreselleşme ve Devletin Yeni İşlevi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>595</v>
+        <v>495</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789755335445</t>
+          <t>9789755333267</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Tv Haberlerinde İdeoloji</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>80</v>
+        <v>495</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789755333229</t>
+          <t>9789755336053</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Devleti Batı'nın Cumhuriyeti</t>
+          <t>Türkiye'nin Yönetimi - Yapı</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>350</v>
+        <v>695</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789755333311</t>
+          <t>9789755335940</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bilimleri Tarihi</t>
+          <t>Temsili Liberal Demokrasinin Önlenemez Krizi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>520</v>
+        <v>695</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789755332727</t>
+          <t>9789755337258</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Dinin Fiziği Demokrasinin Kimyası</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789755337234</t>
+          <t>9789755337531</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi - Yaşadığımız Dünya</t>
+          <t>Akıl Tutulması</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>600</v>
+        <v>195</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789755337210</t>
+          <t>9789755337036</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi - Kuram ve Yöntem</t>
+          <t>Devlet Bürokrasi ve Kamu Personel Rejimi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>620</v>
+        <v>855</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789755337227</t>
+          <t>9789755332697</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi - Çağdaş Gelişmeler</t>
+          <t>Devenin Söylediği</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>795</v>
+        <v>395</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789755336923</t>
+          <t>9789755334080</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Dilruba</t>
+          <t>Tekelci Medyada Örgütsüz Gazeteci</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789755333847</t>
+          <t>9789755332093</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Diktatörlüğün ve Demokrasinin Toplumsal Kökenleri</t>
+          <t>Artemis Orthia'ya İlahi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>920</v>
+        <v>295</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789755330167</t>
+          <t>9789755337074</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yönetimine Katılma Hakkı</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789755335438</t>
+          <t>9789755335469</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Yönetim Özgür Birey</t>
+          <t>Ülke Yönetimi - Tanzimat Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789755333946</t>
+          <t>9789755336138</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Usuller Üzerine Yeniden Düşünmek</t>
+          <t>Şiddet ve Demokrasi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>360</v>
+        <v>445</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789755335582</t>
+          <t>9789755333052</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Politika Hukuk Yönetim ve İktisat Üzerine</t>
+          <t>Fransız Düşünürleriyle Söyleşiler</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>495</v>
+        <v>395</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789755333816</t>
+          <t>9789755335391</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Masalı</t>
+          <t>Flaş Ya Da Büyük Yolculuk</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>290</v>
+        <v>595</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789755336879</t>
+          <t>9789755333892</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ile Diktatorya Arasında</t>
+          <t>Film Eleştirisi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789755334974</t>
+          <t>9789755334318</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Değişen Kahramanımız</t>
+          <t>Ekonomi Politik</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789755333700</t>
+          <t>9789755331867</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Çocuklukta İlişkiler Ana Baba, Kardeş ve Arkadaşlar</t>
+          <t>Tan Kızıllığı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>370</v>
+        <v>395</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789755330839</t>
+          <t>9789755333328</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Ya Da Birey Olmak</t>
+          <t>Bir Örgüt Ustasının Yaşamöyküsü</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>380</v>
+        <v>795</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789755331676</t>
+          <t>9789755335650</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Cezanne Üzerine Anılar</t>
+          <t>Sultangaliyev</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789755332789</t>
+          <t>9789755336718</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Nisan</t>
+          <t>Suda Seken Hayat</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789755333960</t>
+          <t>9789755336848</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Fener</t>
+          <t>Çevreleme Çevre Üzerine Sessiz Tartışmalar</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789755332116</t>
+          <t>9789755334462</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>1989 Berlin Duvarı</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789755332161</t>
+          <t>9789755330310</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Buza Yazılan Serüven</t>
+          <t>Doğu'dan Fragmanlar</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>90</v>
+        <v>595</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789755332130</t>
+          <t>9789755332772</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Bugün Budur</t>
+          <t>Doğa Tasarımı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>80</v>
+        <v>395</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789755331348</t>
+          <t>9789755331737</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Bizans Toplumsal ve Siyasal Düşünüşü</t>
+          <t>Con Ahmet' in Devridaim Makinesi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789755332680</t>
+          <t>9789755331904</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Birlik Uğruna Ölenlere</t>
+          <t>Collingwood'un Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789755331836</t>
+          <t>9789755332055</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bir Sergüzeşt-i İstanbulin</t>
+          <t>Eski Ortadoğu'da Çevre Ve Etnik Yapı</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>95</v>
+        <v>795</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789755335902</t>
+          <t>9789755335865</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>İç Sayfalara Gözat Paylaş Bir İnkılabın Günbatımı</t>
+          <t>Düşünce Sefaletinin Kıskacında</t>
         </is>
       </c>
       <c r="C701" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789755331492</t>
+          <t>9789755333281</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bir Dahinin Güncesi</t>
+          <t>Düşsel Ortaçağ</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>320</v>
+        <v>595</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789755336589</t>
+          <t>9789755330570</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Bir Ara Rejim Bürokratının Anıları</t>
+          <t>VI. Henry</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>350</v>
+        <v>595</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789755335339</t>
+          <t>9789755336633</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Felsefenin Işığında</t>
+          <t>12 Eylülün 30. Yılında 30 Yıl 30 Hayat</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>270</v>
+        <v>595</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789755334196</t>
+          <t>9789755332253</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Buluşlar Tarihi</t>
+          <t>27 Mayıs Rejimi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>1200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789755332987</t>
+          <t>9789755334363</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Biçim Değiştiren</t>
+          <t>Biz Zaten Avrupalıyız</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>220</v>
+        <v>495</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789755336329</t>
+          <t>9789755336534</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Dil Hurafeleri Türkçe'nin Güncel Sorunları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789755335070</t>
+          <t>9789755336282</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ben Sen Biz</t>
+          <t>Adalet ve Yaşayan Hukuk</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789755335674</t>
+          <t>9789755332765</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Ben Biz Siz Hepimiz</t>
+          <t>Aç Yol</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>350</v>
+        <v>695</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789755332970</t>
+          <t>9789755336251</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Başyapıtların Gizemli Dünyası</t>
+          <t>Yeni Ortaçağ</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789755333397</t>
+          <t>9789755333861</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Barışçı Çözümsüzlük</t>
+          <t>Yeni Dünya Düzeni Nereye?</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>370</v>
+        <v>395</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789755336022</t>
+          <t>9789755337845</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Bana Neler Oluyor?</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789755335278</t>
+          <t>9789755335988</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Yargı Özgür Düşünce</t>
+          <t>Oscar Wilde'in Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>270</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789755333366</t>
+          <t>9789755337586</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Babillilerden Günümüze Kozmoloji</t>
+          <t>Memenizi Koruyun</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>160</v>
+        <v>540</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789755333090</t>
+          <t>9789755332338</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Köydeki Romeo ile Jülyet</t>
+          <t>Okuryazarlık: Sözcükleri ve Dünyayı Okuma</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>130</v>
+        <v>495</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789755335667</t>
+          <t>9789755332758</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kopernik Devrimi</t>
+          <t>Muhasebe Dairesi</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>700</v>
+        <v>395</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789755336442</t>
+          <t>9789755331744</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Konut Bunalımı Kent Rantları ve Proje Muhafızları</t>
+          <t>Mimu'nun Hayat Kitabı</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789755331942</t>
+          <t>9789755331973</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kirli Gerçekler</t>
+          <t>Yeni Sağ Yeni Aldatmaca</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789755332888</t>
+          <t>9789755331645</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kimlikler Kıskacında Ulusal Kişilik</t>
+          <t>Vinland Sagaları- Vikinglerin Amerika'yı Keşfinin Destanı</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9799755332382</t>
+          <t>9789755332017</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Söylem ve Siyaset</t>
+          <t>Üzümünü Ye Bağını Sor</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>140</v>
+        <v>495</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789755333410</t>
+          <t>9789755336091</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kızılderilinin Çocukluğu</t>
+          <t>Türkiye'de Siyasi Parti Kapatmanın Tarihi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>320</v>
+        <v>695</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789755335896</t>
+          <t>9789755334240</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktası</t>
+          <t>Türkiye'de Medyanın Dönüşümü</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>225</v>
+        <v>595</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789755335711</t>
+          <t>9789755335933</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Yenileme</t>
+          <t>Türkiye’de Liberalizmin Kökenleri</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>430</v>
+        <v>595</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789755335216</t>
+          <t>9789755333694</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Planlama Kuramları</t>
+          <t>Türkiye’de Çok Partili Hayata Geçiş</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789755332642</t>
+          <t>9789755333755</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Kentlerin Doğuşu</t>
+          <t>Türkiye’de Çok Partili Dönemde Çalışma İlişkileri: 1946 - 1963</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>620</v>
+        <v>695</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789755332628</t>
+          <t>9789755334110</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kentler Kapitalizm Ve Uygarlık</t>
+          <t>Türkiye’de Alevilik</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>280</v>
+        <v>395</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789755335537</t>
+          <t>9789755333601</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kentbilime Adanan Bir Yaşam</t>
+          <t>Türkiye ve Orta Asya</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>360</v>
+        <v>495</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789755331812</t>
+          <t>9789755334158</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kentbilim Terimleri Sözlüğü</t>
+          <t>Türkiye Komünist Partisi’nin Sönümlenmesi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>280</v>
+        <v>895</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789755334882</t>
+          <t>9789755334523</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Karaoğlan</t>
+          <t>Türkçem Mahzun Ben Mahzun</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789755337432</t>
+          <t>9789755333243</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Yol Aramak</t>
+          <t>Türk - Amerikan İlişkilerinin Tarihsel Kökenleri</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789755332321</t>
+          <t>9789755335353</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Zafer</t>
+          <t>Türk-ABD Silah Ticaretinin İlk Yüzyılı ( 1829 - 1929 )</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789755331898</t>
+          <t>9789755330471</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Ekonominin Temelleri</t>
+          <t>Türk Devrimi ve Sonrası</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>420</v>
+        <v>595</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789755334356</t>
+          <t>9789755334103</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma Yeniden</t>
+          <t>Türk Bireyi Kuramına Giriş</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>380</v>
+        <v>395</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789755330792</t>
+          <t>9789755337388</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma İktisadının Yükselişi Ve Düşüşü</t>
+          <t>Tutarsızlığın İz Sürücüsü</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>255</v>
+        <v>395</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789755331911</t>
+          <t>9789755334370</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Kadınların İsveç'i</t>
+          <t>Toplumsal Savunma İlkeleri</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>110</v>
+        <v>695</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789755336244</t>
+          <t>9789755336237</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kadının Konumu Nasıl Değişti?</t>
+          <t>Terörizme Karşı Savaş Stratejisi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>390</v>
+        <v>545</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789755337128</t>
+          <t>9789755331317</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ve Kukla</t>
+          <t>Televizyon ve Siyasal Sistem</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789755334622</t>
+          <t>9789755333649</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Japon Çocuklarının En Sevdiği Masallar</t>
+          <t>Tek Dünya - Küresel Kapitalizmin Manik Mantığı</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>220</v>
+        <v>795</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789755336404</t>
+          <t>9789755334561</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Jacopo Ortis'in Son Mektupları</t>
+          <t>Tarihin Sonu mu? Fukuyama - Marx - Modernite</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>290</v>
+        <v>495</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789755335414</t>
+          <t>9789755334035</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Gazeteler Ve Gazeteciler</t>
+          <t>Tarımsal Yapılar ve Kapitalizm</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>530</v>
+        <v>395</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789755335964</t>
+          <t>9789755335728</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İstihdam Para Ve İktisadi Politika</t>
+          <t>Tanzimat Sürecinde Türkiye - Askerlik</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>420</v>
+        <v>295</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789755334141</t>
+          <t>9789755332710</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Ve Anadolu'dan Sınıf Profilleri</t>
+          <t>Tancrede ile Clorinde’in Dövüşü (Tasso Anısı)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789755337043</t>
+          <t>9789755336886</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Sanat Macerası</t>
+          <t>Tabula Rasa</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789755335117</t>
+          <t>9789755336794</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>İsmet Paşa (Ciltli)</t>
+          <t>Şiir ve Gerçeklik</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789755334066</t>
+          <t>9789755333557</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>İslami Ortadoğu</t>
+          <t>Şam’da Raks</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>620</v>
+        <v>295</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789755334899</t>
+          <t>9789755334332</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İsfahan'dan İstanbul'a Hacı Baba'nın Maceraları</t>
+          <t>Şakuntala</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789755336206</t>
+          <t>9789755331584</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>İroni Kavramı</t>
+          <t>Sürüden Ayrılanlar Siyasal İktidar Aydın Tarih ve Özgürlük</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9799755332405</t>
+          <t>9789755333083</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>İri Boynuzlu Kara Geyik Anlatıyor</t>
+          <t>Sözde Fotoğraf</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789755333540</t>
+          <t>9789755333885</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>İran'ın Sınır Boylarında Göçebeler</t>
+          <t>Soytarı Gülmez Sırıtır</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>900</v>
+        <v>295</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789755330068</t>
+          <t>9789755334233</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İnsan İlişkileri</t>
+          <t>Sosyoloji ve Tarih</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789755332468</t>
+          <t>9789755334479</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Ve Ermeni Sorunu</t>
+          <t>Sosyoloji ve Eğitim</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>575</v>
+        <v>395</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789755334745</t>
+          <t>9789755335803</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Danışma Kurulu Raporları</t>
+          <t>Sosyalizmin Yeni Yolu</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789755333922</t>
+          <t>9789755333014</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İmar Hukuku</t>
+          <t>Sosyalizm Kemalizm ve Din</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>480</v>
+        <v>495</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789755332062</t>
+          <t>9789755334554</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Gizem Tapıları</t>
+          <t>Sosyal Teori ve Geç Modernlikler Türk Deneyimi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789755331843</t>
+          <t>9789755333298</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>İletişim Modelleri</t>
+          <t>Sosyal Demokrasinin Kuruluşu</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789755337395</t>
+          <t>9789755332079</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kuram Kritik</t>
+          <t>Soğuk Bir Bahar</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789755337104</t>
+          <t>9789755337098</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kadınlar Osmanlı'dan Günümüze Devrimci Kadın Portreleri</t>
+          <t>Sofiya Tolstoy</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>250</v>
+        <v>585</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789755336480</t>
+          <t>9789755330433</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Bir Adam Korkut Boratav</t>
+          <t>Siyasi Tarih</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>350</v>
+        <v>595</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9799755332429</t>
+          <t>9789755331935</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Irkçılık</t>
+          <t>Siyaset ve Asker</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789755334349</t>
+          <t>9789755334264</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Toplum Modeli</t>
+          <t>Sendikacılık ve Siyaset</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>420</v>
+        <v>795</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789755333731</t>
+          <t>9799755332436</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Bekleme Odasında Türkiye</t>
+          <t>Sendikacı Kadın Kimliği</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789755335346</t>
+          <t>9789755335742</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Ateş Manisa’ya da Düştü</t>
+          <t>Seks Para ve İktidar</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789755330501</t>
+          <t>9789755336596</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'e Saldırmanın Dayanılmaz Hafifliği</t>
+          <t>Seçimler Siyasal Reklamlar ve Siyasal İletişim</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>330</v>
+        <v>475</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789755331034</t>
+          <t>9789755336312</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet</t>
+          <t>Savrulan Otlar Arasında</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>390</v>
+        <v>295</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789755337012</t>
+          <t>9789755334967</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Normal Kaosu</t>
+          <t>Sakıncalı Doktor</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>600</v>
+        <v>295</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789755336619</t>
+          <t>9789755333526</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yanığı</t>
+          <t>Romans Karnavalı</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>480</v>
+        <v>795</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789755336008</t>
+          <t>9789755333519</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hafif Bir Uyuşturucudur Genellikle</t>
+          <t>Ritüel ve İktidar</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>420</v>
+        <v>695</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789755336527</t>
+          <t>9789755336060</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Asteriks ya da Uygarlığın Işıkları</t>
+          <t>İktidar Yumağı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789755337449</t>
+          <t>9789755337333</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Askeri Darbeye Doğru</t>
+          <t>İki̇ Dünya Si̇stemi̇</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789755331706</t>
+          <t>9789755337173</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Arabeskler ve Tılsımlar</t>
+          <t>İki̇ Di̇ktatörlük Altında</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>270</v>
+        <v>595</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789755333113</t>
+          <t>9789755331683</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ve Toplum</t>
+          <t>İki Arada Bir Derede</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789755333663</t>
+          <t>9789755331966</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Anarşizmin Tarihi İmkansızı İstemek!</t>
+          <t>İdeolojinin Serüveni</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>1350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789755336510</t>
+          <t>9789755335971</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Terörizme Karşı Savaşı</t>
+          <t>Hukuk Devletinin Sonu</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>640</v>
+        <v>395</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789755334288</t>
+          <t>9789755331805</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Amerika Birleşik Devletleri Halklarının Tarihi</t>
+          <t>Hint Mitolojisi Sözlüğü</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>1200</v>
+        <v>395</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789755336831</t>
+          <t>9789755332345</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Alyoşa Aliye Berger'in Öyküsü</t>
+          <t>Hint Masalları</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789755335636</t>
+          <t>9789755334325</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Hindistan'da Diller</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>140</v>
+        <v>395</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789755334486</t>
+          <t>9789755333106</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Alis Harfler Diyarında</t>
+          <t>Hindistan Tarihi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>60</v>
+        <v>995</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789755333427</t>
+          <t>9789755333458</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'de Bir Ada</t>
+          <t>Her Şeyden Çok Ağzını Severdim</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>310</v>
+        <v>395</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789755332482</t>
+          <t>9789755337265</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>68’li Yıllar Eylemciler</t>
+          <t>Hangi İnsan Hakları?</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>595</v>
+        <v>440</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789755336916</t>
+          <t>9789755337272</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>23’e 12 Kala 12 Soruda Hangi Türkiye?</t>
+          <t>Hangi Anayasa?</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789755333182</t>
+          <t>9789755336640</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>1915 ve Sonrası Türkler ve Ermeniler</t>
+          <t>Halk Neyi Oylayacak</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789755333038</t>
+          <t>9789755336213</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>12+1 Yalan</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789755335605</t>
+          <t>9789755332574</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Para ve Para Politikası</t>
+          <t>Güzprensi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
+          <t>9789755333748</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Gün Doğmadan</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9789755336893</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Güç Buyruk Düzen</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9789755331829</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Gölgeleri Sahiplenen Kadın</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9789755334752</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Ajan</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9789755333953</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Örgütlenme Sendikacılık</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9789755331140</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Gelişim Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9789755336015</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Fili Tarif Etmek</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9789755334042</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Fırtınaya Karşı Ayakta Kalmak</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9789755331577</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Felsefe Öyküleri</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9789755336367</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Faili Meçhul Öfke</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9789755332444</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Eylül Yorgunu</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9789755332611</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Evin Kızları</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9789755332086</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Et</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9789755333472</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Estetiğe Giriş</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9789755331591</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan'da Söylen Ve Toplum</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9789755334202</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Eski Rejim Ve Devrim</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9789755335292</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Ergenlik</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9789755331997</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Ergenekon</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9789755333441</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Entelektüelin Dramı</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9789755332024</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>El Greco Ya Da Toledo'nun Gizi</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9789755335773</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Ecevit Ve Gizli Arşivi</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9789755333168</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Düşbilimi</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9789755332222</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Ekonomisinde Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9789755333021</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Dünden Bugüne İnsan</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9789755335445</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9789755333229</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Doğu'nun Devleti Batı'nın Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789755333311</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Bilimleri Tarihi</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9789755332727</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Dinin Fiziği Demokrasinin Kimyası</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9789755337234</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi - Yaşadığımız Dünya</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9789755337210</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi - Kuram ve Yöntem</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9789755337227</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Din Sosyolojisi - Çağdaş Gelişmeler</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9789755336923</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Dilruba</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9789755333847</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Diktatörlüğün ve Demokrasinin Toplumsal Kökenleri</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9789755330167</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Yönetimine Katılma Hakkı</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9789755335438</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Demokratik Yönetim Özgür Birey</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9789755333946</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Demokratik Usuller Üzerine Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9789755335582</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi ve Politika Hukuk Yönetim ve İktisat Üzerine</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9789755333816</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi Masalı</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9789755336879</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasi ile Diktatorya Arasında</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9789755334974</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Kahramanımız</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9789755333700</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklukta İlişkiler Ana Baba, Kardeş ve Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9789755330839</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Ya Da Birey Olmak</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9789755331676</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Cezanne Üzerine Anılar</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9789755332789</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Nisan</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9789755333960</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Fener</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9789755332116</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9789755332161</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Buza Yazılan Serüven</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9789755332130</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Bugün Budur</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9789755331348</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Bizans Toplumsal ve Siyasal Düşünüşü</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9789755332680</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Birlik Uğruna Ölenlere</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9789755331836</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sergüzeşt-i İstanbulin</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9789755335902</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>İç Sayfalara Gözat Paylaş Bir İnkılabın Günbatımı</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9789755331492</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dahinin Güncesi</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9789755336589</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ara Rejim Bürokratının Anıları</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9789755335339</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Felsefenin Işığında</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9789755334196</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Buluşlar Tarihi</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9789755332987</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Biçim Değiştiren</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9789755336329</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9789755335070</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sen Biz</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9789755335674</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Ben Biz Siz Hepimiz</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9789755332970</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Başyapıtların Gizemli Dünyası</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9789755333397</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Barışçı Çözümsüzlük</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9789755336022</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Bana Neler Oluyor?</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9789755335278</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsız Yargı Özgür Düşünce</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9789755333366</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Babillilerden Günümüze Kozmoloji</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9789755333090</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Köydeki Romeo ile Jülyet</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9789755335667</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Kopernik Devrimi</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9789755336442</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Konut Bunalımı Kent Rantları ve Proje Muhafızları</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9789755331942</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Kirli Gerçekler</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9789755332888</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Kimlikler Kıskacında Ulusal Kişilik</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9799755332382</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik Söylem ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9789755333410</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Kızılderilinin Çocukluğu</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9789755335896</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Kırılma Noktası</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9789755335711</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Yenileme</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9789755335216</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Planlama Kuramları</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9789755332642</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Kentlerin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9789755332628</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Kentler Kapitalizm Ve Uygarlık</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9789755335537</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Kentbilime Adanan Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9789755331812</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Kentbilim Terimleri Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9789755334882</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Karaoğlan</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9789755337432</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıkta Yol Aramak</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9789755332321</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Zafer</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9789755331898</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalist Ekonominin Temelleri</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9789755334356</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınma Yeniden</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9789755330792</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınma İktisadının Yükselişi Ve Düşüşü</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9789755331911</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Kadınların İsveç'i</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9789755336244</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Kadının Konumu Nasıl Değişti?</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9789755337128</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Ve Kukla</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9789755334622</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Japon Çocuklarının En Sevdiği Masallar</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789755336404</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Jacopo Ortis'in Son Mektupları</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9789755335414</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>İz Bırakan Gazeteler Ve Gazeteciler</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9789755335964</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>İstihdam Para Ve İktisadi Politika</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9789755334141</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Ve Anadolu'dan Sınıf Profilleri</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9789755337043</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Sanat Macerası</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9789755335117</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>İsmet Paşa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9789755334066</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>İslami Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9789755334899</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>İsfahan'dan İstanbul'a Hacı Baba'nın Maceraları</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9789755336206</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>İroni Kavramı</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9799755332405</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>İri Boynuzlu Kara Geyik Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9789755333540</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>İran'ın Sınır Boylarında Göçebeler</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9789755330068</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İlişkileri</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9789755332468</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları Ve Ermeni Sorunu</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9789755334745</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları Danışma Kurulu Raporları</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9789755333922</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>İmar Hukuku</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9789755332062</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>İlkçağ Gizem Tapıları</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9789755331843</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Modelleri</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9789755337395</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Kuram Kritik</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9789755337104</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Aykırı Kadınlar Osmanlı'dan Günümüze Devrimci Kadın Portreleri</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9789755336480</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlık Bir Adam Korkut Boratav</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9799755332429</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa'da Irkçılık</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9789755334349</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Toplum Modeli</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9789755333731</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Bekleme Odasında Türkiye</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9789755335346</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Manisa’ya da Düştü</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9789755330501</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'e Saldırmanın Dayanılmaz Hafifliği</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9789755331034</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Cumhuriyet</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9789755337012</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Normal Kaosu</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9789755336619</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Yanığı</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9789755336008</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Hafif Bir Uyuşturucudur Genellikle</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9789755336527</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Asteriks ya da Uygarlığın Işıkları</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9789755337449</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Askeri Darbeye Doğru</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9789755331706</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Arabeskler ve Tılsımlar</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9789755333113</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa ve Toplum</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9789755333663</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Anarşizmin Tarihi İmkansızı İstemek!</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9789755336510</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Amerika’nın Terörizme Karşı Savaşı</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9789755334288</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Amerika Birleşik Devletleri Halklarının Tarihi</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9789755336831</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Alyoşa Aliye Berger'in Öyküsü</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9789755335636</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Alis Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9789755334486</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Alis Harfler Diyarında</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9789755333427</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz'de Bir Ada</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9789755332482</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>68’li Yıllar Eylemciler</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9789755336916</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>23’e 12 Kala 12 Soruda Hangi Türkiye?</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9789755333182</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>1915 ve Sonrası Türkler ve Ermeniler</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9789755333038</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>12+1 Yalan</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9789755335605</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>100 Soruda Para ve Para Politikası</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
           <t>9789755332819</t>
         </is>
       </c>
-      <c r="B784" s="1" t="inlineStr">
+      <c r="B918" s="1" t="inlineStr">
         <is>
           <t>1578</t>
         </is>
       </c>
-      <c r="C784" s="1">
-        <v>180</v>
+      <c r="C918" s="1">
+        <v>395</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>