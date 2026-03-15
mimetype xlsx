--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,340 +85,460 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259984537</t>
+          <t>9786056826269</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Yıldızlara Doğru</t>
+          <t>Aşk Rüyası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259984544</t>
+          <t>9786056826276</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kewa Mı</t>
+          <t>Gitmeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259984513</t>
+          <t>9786058319509</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Göç Çığlıkları</t>
+          <t>Işığa Aşk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259984520</t>
+          <t>9786058319530</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nihilizmde Sen</t>
+          <t>Bu Şehir</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058319592</t>
+          <t>9786058569997</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gorgeçina Zere Mi</t>
+          <t>Alevilikte Sultan Hızır Samıt Ocağı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786058319585</t>
+          <t>9786058569973</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Erkektir – Her Zaman Haksız Mıdır. ?</t>
+          <t>Metris'ten Mektup Var</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>145</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056826214</t>
+          <t>9786058319516</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sabiha</t>
+          <t>Tohum</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>410</v>
+        <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056826283</t>
+          <t>9786259984551</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Geyşa</t>
+          <t>Küçük Annem Tezgül’üm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058319523</t>
+          <t>9786259984537</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İzler</t>
+          <t>Zorluklarla Yıldızlara Doğru</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056826207</t>
+          <t>9786259984544</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Böyle Yazdı Şair</t>
+          <t>Kewa Mı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058319547</t>
+          <t>9786259984513</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıya Düşmeden</t>
+          <t>Göç Çığlıkları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058319554</t>
+          <t>9786259984520</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sus/Adı</t>
+          <t>Nihilizmde Sen</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056826245</t>
+          <t>9786058319592</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İlow I - Yeni Bir Alem</t>
+          <t>Gorgeçina Zere Mi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>570</v>
+        <v>310</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056826252</t>
+          <t>9786058319585</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Uzun Uzun Baktım Gökyüzüne</t>
+          <t>Erkektir – Her Zaman Haksız Mıdır. ?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056826221</t>
+          <t>9786056826214</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sen Oradaydın</t>
+          <t>Sabiha</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056826238</t>
+          <t>9786056826283</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Didim'e Işık</t>
+          <t>Geyşa</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058319578</t>
+          <t>9786058319523</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kusur'suz Ruhsuz'luk</t>
+          <t>İzler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058319561</t>
+          <t>9786056826207</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Akan Deyişler</t>
+          <t>Böyle Yazdı Şair</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056826290</t>
+          <t>9786058319547</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Jane Zerya Mı</t>
+          <t>Kırmızıya Düşmeden</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
+          <t>9786058319554</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Sus/Adı</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786056826245</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>İlow I - Yeni Bir Alem</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786056826252</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Uzun Baktım Gökyüzüne</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786056826221</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Sen Oradaydın</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786056826238</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Didim'e Işık</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786058319578</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kusur'suz Ruhsuz'luk</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786058319561</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Akan Deyişler</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786056826290</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Jane Zerya Mı</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
           <t>9786058569966</t>
         </is>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Dingin Denemeler</t>
         </is>
       </c>
-      <c r="C21" s="1">
-        <v>90</v>
+      <c r="C29" s="1">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>