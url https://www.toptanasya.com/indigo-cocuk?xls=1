--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,4390 +85,4690 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255587411</t>
+          <t>9786255587503</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Benim Neşeli Şehrim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
+          <t>Keşif Yolculuğum - Vücudum (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>599</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255587442</t>
+          <t>9786255587497</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Benim Harika Şatom - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
+          <t>Keşif Yolculuğum - Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>599</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255587435</t>
+          <t>9786255587480</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Bebek Evim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
+          <t>Keşif Yolculuğum - Nasıl Çalışır? (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>599</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255587428</t>
+          <t>9786255587473</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Benim Eğlenceli Çiftliğim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
+          <t>Keşif Yolculuğum - Dünya Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>599</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255587398</t>
+          <t>9786255587978</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğumuz… Uzayın Derinlerine! Bitmeyen Sticker Kitabım</t>
+          <t>Meraklı Minikler İçin Dokun Hisset - Zıtlıklar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255587381</t>
+          <t>9786255587947</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğumuz… Moda Macerasına! Bitmeyen Sticker Kitabım</t>
+          <t>Meraklı Minikler İçin Dokun Hisset - Şekiller</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255587374</t>
+          <t>9786255587954</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğumuz… Fantastik Dünyaya! Bitmeyen Sticker Kitabım</t>
+          <t>Meraklı Minikler İçin Dokun Hisset - Renkler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255587404</t>
+          <t>9786255587961</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğumuz… Bir Şatoya! Bitmeyen Sticker Kitabım</t>
+          <t>Meraklı Minikler İçin Dokun Hisset - Kelimeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256149830</t>
+          <t>9786255841933</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Her Zaman - Çıkartmalı Aktivite Kitabı</t>
+          <t>Kim Bilebilirdi ki? - Josephine Garis</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256149816</t>
+          <t>9786255841957</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sürüş Keyfi - Çıkartmalı Aktivite Kitabı</t>
+          <t>Kim Bilebilirdi ki? - Johannes Gutenberg</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256149809</t>
+          <t>9786255841919</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Prenses Modası - Çıkartmalı Aktivite Kitabı</t>
+          <t>Kim Bilebilirdi ki? - Isaac Newton</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256149823</t>
+          <t>9786255841940</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Zamanı - Çıkartmalı Aktivite Kitabı</t>
+          <t>Kim Bilebilirdi ki? - Alexander Graham Bell</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256149458</t>
+          <t>9786255841926</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Yavru (Ciltli)</t>
+          <t>Kim Bilebilirdi ki? - Albert Einstein</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256149472</t>
+          <t>9786255841056</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Taşıtlar (Ciltli)</t>
+          <t>Eşleştirmeli Yap-Boz Kitabım: Suyun Altında (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>325</v>
+        <v>599</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256149496</t>
+          <t>9786255841063</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Doğa (Ciltli)</t>
+          <t>Eşleştirmeli Yap-Boz Kitabım: Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>325</v>
+        <v>599</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256149465</t>
+          <t>9786255841049</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Dino (Ciltli)</t>
+          <t>Eşleştirmeli Yap-Boz Kitabım: Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>325</v>
+        <v>599</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256149489</t>
+          <t>9786255587619</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Çiftlik (Ciltli)</t>
+          <t>Üç Boyutlu Macera - Sudaki Dostlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256149571</t>
+          <t>9786255587602</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Minik Yolculuklar - Macera (Ciltli)</t>
+          <t>Üç Boyutlu Macera - Minik Dostlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256149601</t>
+          <t>9786255587626</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Minik Yolculuklar - İnşaat (Ciltli)</t>
+          <t>Üç Boyutlu Macera - Doğadaki Dostlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256149595</t>
+          <t>9786255587596</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Minik Yolculuklar – Çiftlik (Ciltli)</t>
+          <t>Üç Boyutlu Macera - Çiftlikteki Dostlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>430</v>
+        <v>425</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256149588</t>
+          <t>9786255587411</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Minik Yolculuklar – Acil Durum (Ciltli)</t>
+          <t>Benim Neşeli Şehrim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256149625</t>
+          <t>9786255587442</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dokun- Hisset / Hayvanlar (Ciltli)</t>
+          <t>Benim Harika Şatom - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256149618</t>
+          <t>9786255587435</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dokun- Hisset / Renkler (Ciltli)</t>
+          <t>Benim Güzel Bebek Evim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256149632</t>
+          <t>9786255587428</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dokun- Hisset / Sayılar (Ciltli)</t>
+          <t>Benim Eğlenceli Çiftliğim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256149649</t>
+          <t>9786255587398</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dokun- Hisset / Taşıtlar (Ciltli)</t>
+          <t>Yolculuğumuz… Uzayın Derinlerine! Bitmeyen Sticker Kitabım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256149502</t>
+          <t>9786255587381</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sesli Dostlar – Okyanus Hayvanları (Sesli Kitap) (Ciltli)</t>
+          <t>Yolculuğumuz… Moda Macerasına! Bitmeyen Sticker Kitabım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256149519</t>
+          <t>9786255587374</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sesli Dostlar – Evcil Hayvanlar (Sesli Kitap) (Ciltli)</t>
+          <t>Yolculuğumuz… Fantastik Dünyaya! Bitmeyen Sticker Kitabım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256149526</t>
+          <t>9786255587404</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sesli Dostlar – Doğadaki Hayvanlar (Sesli Kitap) (Ciltli)</t>
+          <t>Yolculuğumuz… Bir Şatoya! Bitmeyen Sticker Kitabım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256149441</t>
+          <t>9786256149830</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sesli Dostlar – Dino Ailesi (Sesli Kitap) (Ciltli)</t>
+          <t>Unicorn Her Zaman - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256149557</t>
+          <t>9786256149816</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Masal (Ciltli)</t>
+          <t>Sürüş Keyfi - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256149564</t>
+          <t>9786256149809</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Market (Ciltli)</t>
+          <t>Prenses Modası - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256149533</t>
+          <t>9786256149823</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Macera (Ciltli)</t>
+          <t>Dinozor Zamanı - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256149540</t>
+          <t>9786256149458</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - İnşaat (Ciltli)</t>
+          <t>Hışırtılı Kumaş Kitabım - Yavru (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256149281</t>
+          <t>9786256149472</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bak, Bul, Kaydır - Şehirde (Ciltli)</t>
+          <t>Hışırtılı Kumaş Kitabım - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256149298</t>
+          <t>9786256149496</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bak, Bul, Kaydır - Doğada (Ciltli)</t>
+          <t>Hışırtılı Kumaş Kitabım - Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256149854</t>
+          <t>9786256149465</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sayma Etkinlik Kartları (Ciltli)</t>
+          <t>Hışırtılı Kumaş Kitabım - Dino (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256149847</t>
+          <t>9786256149489</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kolay Matematik Etkinlik Kartları (Ciltli)</t>
+          <t>Hışırtılı Kumaş Kitabım - Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256772786</t>
+          <t>9786256149571</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Oyunu – Dinozor Sihri (Su Doldurulabilir Kalemli) (Ciltli)</t>
+          <t>Minik Yolculuklar - Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256772793</t>
+          <t>9786256149601</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Oyunu – Unicorn Sihri (Su Doldurulabilir Kalemli) (Ciltli)</t>
+          <t>Minik Yolculuklar - İnşaat (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256372689</t>
+          <t>9786256149595</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel</t>
+          <t>Minik Yolculuklar – Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256372665</t>
+          <t>9786256149588</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Minik Yolculuklar – Acil Durum (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256372634</t>
+          <t>9786256149625</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Dokun- Hisset / Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256372627</t>
+          <t>9786256149618</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Dokun- Hisset / Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256372610</t>
+          <t>9786256149632</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Dokun- Hisset / Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256372603</t>
+          <t>9786256149649</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Dokun- Hisset / Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257611475</t>
+          <t>9786256149502</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn'in Maceraları</t>
+          <t>Sesli Dostlar – Okyanus Hayvanları (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>19</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257611482</t>
+          <t>9786256149519</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Sesli Dostlar – Evcil Hayvanlar (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052361382</t>
+          <t>9786256149526</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Minik İtfaiyeci - Dokun Hisset</t>
+          <t>Sesli Dostlar – Doğadaki Hayvanlar (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052361320</t>
+          <t>9786256149441</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeye Başlıyorum – Çarpım Tablosu (Kalemli)</t>
+          <t>Sesli Dostlar – Dino Ailesi (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>32.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052361313</t>
+          <t>9786256149557</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeye Başlıyorum – 1-2-3 (Kalemli)</t>
+          <t>Oyun Zamanı - Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>32.5</v>
+        <v>425</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059144667</t>
+          <t>9786256149564</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yakala Pisicik!</t>
+          <t>Oyun Zamanı - Market (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>12</v>
+        <v>425</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059144582</t>
+          <t>9786256149533</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Minik Ayıcık</t>
+          <t>Oyun Zamanı - Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>12</v>
+        <v>425</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059144575</t>
+          <t>9786256149540</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Kaybeden Penguencik</t>
+          <t>Oyun Zamanı - İnşaat (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>12</v>
+        <v>425</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059144650</t>
+          <t>9786256149281</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı</t>
+          <t>Bak, Bul, Kaydır - Şehirde (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>12</v>
+        <v>490</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059144605</t>
+          <t>9786256149298</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Afacan Maymun</t>
+          <t>Bak, Bul, Kaydır - Doğada (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>12</v>
+        <v>490</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059144636</t>
+          <t>9786256149854</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ben de Seni Seviyorum</t>
+          <t>Sayma Etkinlik Kartları (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>12</v>
+        <v>490</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059144643</t>
+          <t>9786256149847</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fil’in Hortumu</t>
+          <t>Kolay Matematik Etkinlik Kartları (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>12</v>
+        <v>490</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059144551</t>
+          <t>9786256772786</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Haydi Beni Yakala</t>
+          <t>Renklerin Oyunu – Dinozor Sihri (Su Doldurulabilir Kalemli) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052361139</t>
+          <t>9786256772793</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeye Başlıyorum : Çıkarma (Kalemli)</t>
+          <t>Renklerin Oyunu – Unicorn Sihri (Su Doldurulabilir Kalemli) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>32.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052361122</t>
+          <t>9786256372689</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeye Başlıyorum : Toplama (Kalemli)</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>32.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052361153</t>
+          <t>9786256372665</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dinozor</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052361160</t>
+          <t>9786256372634</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>18</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052361177</t>
+          <t>9786256372627</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Arkadaşlar</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>18</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059144407</t>
+          <t>9786256372610</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben - Çok İyi Arkadaşız</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059144391</t>
+          <t>9786256372603</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben - Çok Eğleniyoruz</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059144377</t>
+          <t>9786257611475</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben - Birlikte Çok Mutluyuz</t>
+          <t>Huckleberry Finn'in Maceraları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059144445</t>
+          <t>9786257611482</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Tavşan Ralph</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059144438</t>
+          <t>9786052361382</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Köpek Dave</t>
+          <t>Minik İtfaiyeci - Dokun Hisset</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059144421</t>
+          <t>9786052361320</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kedicik Cathy</t>
+          <t>Öğrenmeye Başlıyorum – Çarpım Tablosu (Kalemli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>12</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059144414</t>
+          <t>9786052361313</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcık Ben</t>
+          <t>Öğrenmeye Başlıyorum – 1-2-3 (Kalemli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>12</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059144384</t>
+          <t>9786059144667</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben - Her Zaman Birlikteyiz</t>
+          <t>Yakala Pisicik!</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059144179</t>
+          <t>9786059144582</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Balo Gecesi Çıkartma Kitabı</t>
+          <t>İyi Geceler Minik Ayıcık</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059144162</t>
+          <t>9786059144575</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Moda Çıkartma Kitabı</t>
+          <t>Yolunu Kaybeden Penguencik</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059144155</t>
+          <t>9786059144650</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kız Çıkartma Kitabı</t>
+          <t>Oyun Zamanı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059144186</t>
+          <t>9786059144605</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Süper Star Çıkartma Kitabı</t>
+          <t>Afacan Maymun</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059144117</t>
+          <t>9786059144636</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlarla Oyun Zamanı - Sevimli Dinozorlar Serisi</t>
+          <t>Ben de Seni Seviyorum</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059144124</t>
+          <t>9786059144643</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlarla Tanışalım - Sevimli Dinozorlar Serisi</t>
+          <t>Küçük Fil’in Hortumu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059144131</t>
+          <t>9786059144551</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Dinozorları - Sevimli Dinozorlar Serisi</t>
+          <t>Haydi Beni Yakala</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059144148</t>
+          <t>9786052361139</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dinozorlar - Sevimli Dinozorlar Serisi</t>
+          <t>Öğrenmeye Başlıyorum : Çıkarma (Kalemli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>8</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052361252</t>
+          <t>9786052361122</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Prenses</t>
+          <t>Öğrenmeye Başlıyorum : Toplama (Kalemli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>27.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052361245</t>
+          <t>9786052361153</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Hayvanlar</t>
+          <t>Küçük Dinozor</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>27.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052361238</t>
+          <t>9786052361160</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Dinozorlar</t>
+          <t>Küçük Peri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>27.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052361221</t>
+          <t>9786052361177</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Araçlar</t>
+          <t>Ormandaki Arkadaşlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>27.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052126813</t>
+          <t>9786059144407</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce 10 Klasik Masal (Ciltli)</t>
+          <t>Annem ve Ben - Çok İyi Arkadaşız</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059144032</t>
+          <t>9786059144391</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı</t>
+          <t>Annem ve Ben - Çok Eğleniyoruz</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059144001</t>
+          <t>9786059144377</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum</t>
+          <t>Annem ve Ben - Birlikte Çok Mutluyuz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058452978</t>
+          <t>9786059144445</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 4</t>
+          <t>Sevimli Tavşan Ralph</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052361368</t>
+          <t>9786059144438</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Orman Korosu</t>
+          <t>Sevimli Köpek Dave</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052361351</t>
+          <t>9786059144421</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Koca Yaramaz Tavşan</t>
+          <t>Sevimli Kedicik Cathy</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052361375</t>
+          <t>9786059144414</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Oyuncak Kutusu</t>
+          <t>Sevimli Ayıcık Ben</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052361269</t>
+          <t>9786059144384</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Masal Şehri – En Sevilen Klasik Masallar (Ciltli)</t>
+          <t>Annem ve Ben - Her Zaman Birlikteyiz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052361344</t>
+          <t>9786059144179</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar</t>
+          <t>Balo Gecesi Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052361054</t>
+          <t>9786059144162</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel (3 Boyutlu Kitap)</t>
+          <t>Eğlenceli Moda Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052361061</t>
+          <t>9786059144155</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood (3 Boyutlu Kitap)</t>
+          <t>Güzel Kız Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052361078</t>
+          <t>9786059144186</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel (3 Boyutlu Kitap)</t>
+          <t>Süper Star Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052361047</t>
+          <t>9786059144117</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (3 Boyutlu Kitap)</t>
+          <t>Dinozorlarla Oyun Zamanı - Sevimli Dinozorlar Serisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052361016</t>
+          <t>9786059144124</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin (3 Boyutlu Kitap)</t>
+          <t>Dinozorlarla Tanışalım - Sevimli Dinozorlar Serisi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052361009</t>
+          <t>9786059144131</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında (3 Boyutlu Kitap)</t>
+          <t>Su Altı Dinozorları - Sevimli Dinozorlar Serisi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052361030</t>
+          <t>9786059144148</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü (3 Boyutlu Kitap)</t>
+          <t>Uçan Dinozorlar - Sevimli Dinozorlar Serisi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>18</v>
+        <v>8</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052361023</t>
+          <t>9786052361252</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı (3 Boyutlu Kitap)</t>
+          <t>Oyun Kartları - Prenses</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>18</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059144568</t>
+          <t>9786052361245</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Babacığım</t>
+          <t>Oyun Kartları - Hayvanlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>25</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059144599</t>
+          <t>9786052361238</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Anneciğim</t>
+          <t>Oyun Kartları - Dinozorlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>25</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059144544</t>
+          <t>9786052361221</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Benim Canım Ailem</t>
+          <t>Oyun Kartları - Araçlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>25</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059144612</t>
+          <t>9786052126813</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Bana</t>
+          <t>Uykudan Önce 10 Klasik Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059144780</t>
+          <t>9786059144032</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Sözlüğüm</t>
+          <t>Renklerle Eğlence Zamanı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>32.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059144292</t>
+          <t>9786059144001</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>365 Uyku Vakti Hikayeleri (Ciltli)</t>
+          <t>Boyamayı Seviyorum</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>35</v>
+        <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058452930</t>
+          <t>9786058452978</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>100 Süper Boyama - 4</t>
+          <t>Renklerle Eğlence Zamanı 4</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058452923</t>
+          <t>9786052361368</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>100 Süper Boyama - 3</t>
+          <t>Orman Korosu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786058452916</t>
+          <t>9786052361351</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>100 Süper Boyama - 2</t>
+          <t>Koca Yaramaz Tavşan</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058452909</t>
+          <t>9786052361375</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>100 Süper Boyama - 1</t>
+          <t>Sihirli Oyuncak Kutusu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257671088</t>
+          <t>9786052361269</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Alfabe 2 - Küçük Dahiler</t>
+          <t>Masal Şehri – En Sevilen Klasik Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257671057</t>
+          <t>9786052361344</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yalanlar - Puding Vakası</t>
+          <t>Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>80</v>
+        <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057611543</t>
+          <t>9786052361054</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 1</t>
+          <t>Rapunzel (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>7.41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057611567</t>
+          <t>9786052361061</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 3</t>
+          <t>Robin Hood (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>7.41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057611550</t>
+          <t>9786052361078</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 2</t>
+          <t>Uyuyan Güzel (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>7.41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057611536</t>
+          <t>9786052361047</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum 4</t>
+          <t>Peter Pan (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057611529</t>
+          <t>9786052361016</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum 3</t>
+          <t>Güzel ve Çirkin (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057611512</t>
+          <t>9786052361009</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum 2</t>
+          <t>Alice Harikalar Diyarında (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057611505</t>
+          <t>9786052361030</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum 1</t>
+          <t>Oz Büyücüsü (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057611574</t>
+          <t>9786052361023</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 4</t>
+          <t>Orman Kitabı (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>7.41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052361108</t>
+          <t>9786059144568</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - İlk Kitabım (Ciltli)</t>
+          <t>Seni Seviyorum Babacığım</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052361092</t>
+          <t>9786059144599</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım - Renkler (Ciltli)</t>
+          <t>Seni Seviyorum Anneciğim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052361085</t>
+          <t>9786059144544</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım - Kelimeler (Ciltli)</t>
+          <t>Benim Canım Ailem</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256149786</t>
+          <t>9786059144612</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim Bu? – Su Altındaki (Ciltli)</t>
+          <t>Sarıl Bana</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>299</v>
+        <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256149779</t>
+          <t>9786059144780</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim Bu? - Hayvanlar (Ciltli)</t>
+          <t>Benim İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>299</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256149793</t>
+          <t>9786059144292</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim Bu? – Çiftlikteki (Ciltli)</t>
+          <t>365 Uyku Vakti Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>299</v>
+        <v>35</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256149731</t>
+          <t>9786058452930</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Cee-e Dino ve Arkadaşları (Pop-up) (Ciltli)</t>
+          <t>100 Süper Boyama - 4</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>390</v>
+        <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256149748</t>
+          <t>9786058452923</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Cee-e Aslan ve Arkadaşları (Pop-up) (Ciltli)</t>
+          <t>100 Süper Boyama - 3</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>390</v>
+        <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255587329</t>
+          <t>9786058452916</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Minik Mucizeler</t>
+          <t>100 Süper Boyama - 2</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255587367</t>
+          <t>9786058452909</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Su Teresi</t>
+          <t>100 Süper Boyama - 1</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255587343</t>
+          <t>9786257671088</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sıradan</t>
+          <t>Etkinliklerle Alfabe 2 - Küçük Dahiler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255587336</t>
+          <t>9786257671057</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kaçmam Lazım</t>
+          <t>Küçük Yalanlar - Puding Vakası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256149373</t>
+          <t>9786057611543</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kaplancık – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Renklerle Eğlence Zamanı 1</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256149366</t>
+          <t>9786057611567</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kuzucuk – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Renklerle Eğlence Zamanı 3</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256372238</t>
+          <t>9786057611550</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Ayıcık – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Renklerle Eğlence Zamanı 2</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256149687</t>
+          <t>9786057611536</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gibi Parla – Tarih ve Mitoloji (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
+          <t>Boyamayı Seviyorum 4</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256149663</t>
+          <t>9786057611529</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gibi Parla – Gizemli Doğa (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
+          <t>Boyamayı Seviyorum 3</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256149656</t>
+          <t>9786057611512</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gibi Parla – Çiftlik (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
+          <t>Boyamayı Seviyorum 2</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256149670</t>
+          <t>9786057611505</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gibi Parla – Büyük Dünya (Sihirli El Feneriyle Birlikte)</t>
+          <t>Boyamayı Seviyorum 1</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256149243</t>
+          <t>9786057611574</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Suyla Rengarenk Boyama – Unicorn (Sihirli Fırçasıyla)</t>
+          <t>Renklerle Eğlence Zamanı 4</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256149212</t>
+          <t>9786052361108</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Suyla Rengarenk Boyama – Duygular (Sihirli Fırçasıyla)</t>
+          <t>Sayılar - İlk Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256149236</t>
+          <t>9786052361092</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Suyla Rengarenk Boyama – Deniz (Sihirli Fırçasıyla)</t>
+          <t>İlk Kitabım - Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256149229</t>
+          <t>9786052361085</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Suyla Rengarenk Boyama – Çiftlik (Sihirli Fırçasıyla)</t>
+          <t>İlk Kitabım - Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255587091</t>
+          <t>9786256149786</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Venüs</t>
+          <t>Acaba Kim Bu? – Su Altındaki (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>299</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255587084</t>
+          <t>9786256149779</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Uranüs</t>
+          <t>Acaba Kim Bu? - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>299</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255587077</t>
+          <t>9786256149793</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Mars</t>
+          <t>Acaba Kim Bu? – Çiftlikteki (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>299</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255587046</t>
+          <t>9786256149731</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu – Jüpiter</t>
+          <t>Cee-e Dino ve Arkadaşları (Pop-up) (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255587053</t>
+          <t>9786256149748</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Merkür</t>
+          <t>Cee-e Aslan ve Arkadaşları (Pop-up) (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255587039</t>
+          <t>9786255587329</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu – Güneş</t>
+          <t>Minik Mucizeler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255587107</t>
+          <t>9786255587367</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Neptün</t>
+          <t>Su Teresi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255587015</t>
+          <t>9786255587343</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu – Dünya ve Plüton</t>
+          <t>Sıradan</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786255587060</t>
+          <t>9786255587336</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Satürn</t>
+          <t>Eyvah Kaçmam Lazım</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786255587022</t>
+          <t>9786256149373</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Ay</t>
+          <t>İyi Geceler Kaplancık – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256149250</t>
+          <t>9786256149366</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hayallerinizin Sihirbazı</t>
+          <t>İyi Geceler Kuzucuk – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256372313</t>
+          <t>9786256372238</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bir Trex’in Kaç Dişi Vardır? (Ciltli)</t>
+          <t>İyi Geceler Ayıcık – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>0</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256372306</t>
+          <t>9786256149687</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Balina Ne Kadar Büyüktür? (Ciltli)</t>
+          <t>Yıldız Gibi Parla – Tarih ve Mitoloji (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>0</v>
+        <v>350</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256372290</t>
+          <t>9786256149663</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayı Ne Kadar Büyüktür? – Kaydır + Keşfet (Ciltli)</t>
+          <t>Yıldız Gibi Parla – Gizemli Doğa (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>0</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057611376</t>
+          <t>9786256149656</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gezginler Okulu</t>
+          <t>Yıldız Gibi Parla – Çiftlik (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>139</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256149991</t>
+          <t>9786256149670</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tavşancığın Uykusu Nerede?</t>
+          <t>Yıldız Gibi Parla – Büyük Dünya (Sihirli El Feneriyle Birlikte)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786255587008</t>
+          <t>9786256149243</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çok Fazla!</t>
+          <t>Suyla Rengarenk Boyama – Unicorn (Sihirli Fırçasıyla)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256149328</t>
+          <t>9786256149212</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sensin - Uzay Macerası</t>
+          <t>Suyla Rengarenk Boyama – Duygular (Sihirli Fırçasıyla)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256149342</t>
+          <t>9786256149236</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sensin - Orman Macerası</t>
+          <t>Suyla Rengarenk Boyama – Deniz (Sihirli Fırçasıyla)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256149311</t>
+          <t>9786256149229</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sensin – Masal Diyarı</t>
+          <t>Suyla Rengarenk Boyama – Çiftlik (Sihirli Fırçasıyla)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256149335</t>
+          <t>9786255587091</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sensin - Korsan Macerası</t>
+          <t>Gezegen Oyunu - Venüs</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256149939</t>
+          <t>9786255587084</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Üç FA Bir RE</t>
+          <t>Gezegen Oyunu - Uranüs</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256149953</t>
+          <t>9786255587077</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Olifan</t>
+          <t>Gezegen Oyunu - Mars</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256149977</t>
+          <t>9786255587046</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dinozorun Büyük Soruları</t>
+          <t>Gezegen Oyunu – Jüpiter</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256149922</t>
+          <t>9786255587053</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Gerçeklerden Büyük</t>
+          <t>Gezegen Oyunu - Merkür</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256149960</t>
+          <t>9786255587039</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>BulutBerber</t>
+          <t>Gezegen Oyunu – Güneş</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256372849</t>
+          <t>9786255587107</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bas – Çıkar – Oyna Vahşi Hayvanlar (Ciltli)</t>
+          <t>Gezegen Oyunu - Neptün</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256372825</t>
+          <t>9786255587015</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bas – Çıkar – Oyna Taşıtlar (Ciltli)</t>
+          <t>Gezegen Oyunu – Dünya ve Plüton</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256372832</t>
+          <t>9786255587060</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bas – Çıkar – Oyna Çiftlik (Ciltli)</t>
+          <t>Gezegen Oyunu - Satürn</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256149304</t>
+          <t>9786255587022</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ron ve Nefes</t>
+          <t>Gezegen Oyunu - Ay</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>299</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256372269</t>
+          <t>9786256149250</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Seç - Karıştır : Okyanus (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
+          <t>Hayallerinizin Sihirbazı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256372283</t>
+          <t>9786256372313</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Seç - Karıştır: Hayvanlar (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
+          <t>Bir Trex’in Kaç Dişi Vardır? (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>440</v>
+        <v>279</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052361504</t>
+          <t>9786256372306</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Safari Park’ta Dev Pancar Çılgınlığı</t>
+          <t>Bir Balina Ne Kadar Büyüktür? (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>279</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052361481</t>
+          <t>9786256372290</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus Diplodokus</t>
+          <t>Bir Ayı Ne Kadar Büyüktür? – Kaydır + Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>279</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256372559</t>
+          <t>9786057611376</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (5-6 Yaş )</t>
+          <t>Gezginler Okulu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>139</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057611697</t>
+          <t>9786256149991</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 2 (3+ Yaş)</t>
+          <t>Tavşancığın Uykusu Nerede?</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057611710</t>
+          <t>9786255587008</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 1 (4+ Yaş)</t>
+          <t>Çok Fazla!</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256149106</t>
+          <t>9786256149328</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ağacı</t>
+          <t>Kahraman Sensin - Uzay Macerası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256772687</t>
+          <t>9786256149342</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bu Kız İstediği Her Şeyi Yapabilir!</t>
+          <t>Kahraman Sensin - Orman Macerası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256772670</t>
+          <t>9786256149311</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bu Kız Biraz Sessiz</t>
+          <t>Kahraman Sensin – Masal Diyarı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256772663</t>
+          <t>9786256149335</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bu Çocuk İstediği Her Şey Olabilir</t>
+          <t>Kahraman Sensin - Korsan Macerası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256772779</t>
+          <t>9786256149939</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çiz - Sil Aktivite Kitabı Güçlü Taşıtlar</t>
+          <t>Üç FA Bir RE</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256772755</t>
+          <t>9786256149953</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çiz – Sil Aktivite Kitabı Dino Diyarı</t>
+          <t>Olifan</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256772762</t>
+          <t>9786256149977</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çiz – Sil Aktivite Kitabı Büyülü Dünya</t>
+          <t>Küçük Dinozorun Büyük Soruları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256772632</t>
+          <t>9786256149922</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hoplaya Zıplaya Vahşi Doğa (Ciltli)</t>
+          <t>Hayallerim Gerçeklerden Büyük</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>399</v>
+        <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256772618</t>
+          <t>9786256149960</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hoplaya Zıplaya Sualtı (Ciltli)</t>
+          <t>BulutBerber</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>399</v>
+        <v>190</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256772625</t>
+          <t>9786256372849</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hoplaya Zıplaya Orman (Ciltli)</t>
+          <t>Bas – Çıkar – Oyna Vahşi Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>399</v>
+        <v>425</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256772601</t>
+          <t>9786256372825</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hoplaya Zıplaya Çiftlik (Ciltli)</t>
+          <t>Bas – Çıkar – Oyna Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>399</v>
+        <v>425</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256772816</t>
+          <t>9786256372832</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Küçük Baykuş Sen Ne Görüyorsun? (Ciltli)</t>
+          <t>Bas – Çıkar – Oyna Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256772823</t>
+          <t>9786256149304</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dino Sen Ne Görüyorsun? (Ciltli)</t>
+          <t>Ron ve Nefes</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>299</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256772809</t>
+          <t>9786256372269</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık Sen Ne Görüyorsun? (Ciltli)</t>
+          <t>Seç - Karıştır : Okyanus (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256772830</t>
+          <t>9786256372283</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Öğreniyorum - Eşleştirme Ara ve Bul</t>
+          <t>Seç - Karıştır: Hayvanlar (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256772854</t>
+          <t>9786052361504</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Öğreniyorum - Eşleştirme Çıkartmalı Aktivite Kitabım</t>
+          <t>Safari Park’ta Dev Pancar Çılgınlığı</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256772847</t>
+          <t>9786052361481</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Öğreniyorum – Sayı Bulmaca Çıkartmalı Aktivite Kitabım</t>
+          <t>Hokus Pokus Diplodokus</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256372801</t>
+          <t>9786256372559</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sürprizler - Vahşi Doğa (Ciltli)</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (5-6 Yaş )</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>399</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256372795</t>
+          <t>9786057611697</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sürprizler - Okyanus (Ciltli)</t>
+          <t>Küçük Dahiler Aktivite Kitabı 2 (3+ Yaş)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>399</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256372788</t>
+          <t>9786057611710</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sürprizler - Çiftlik (Ciltli)</t>
+          <t>Küçük Dahiler Aktivite Kitabı 1 (4+ Yaş)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>399</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256372429</t>
+          <t>9786256149106</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dev Sayılar Kitabım (Ciltli)</t>
+          <t>Kedi Ağacı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256372436</t>
+          <t>9786256772687</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dev Renkler Kitabım (Ciltli)</t>
+          <t>Bu Kız İstediği Her Şeyi Yapabilir!</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256372191</t>
+          <t>9786256772670</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım - Taşıtlar (Ciltli)</t>
+          <t>Bu Kız Biraz Sessiz</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>399</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256372207</t>
+          <t>9786256772663</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım - Neşeli Hayvanlar (Ciltli)</t>
+          <t>Bu Çocuk İstediği Her Şey Olabilir</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>399</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256372184</t>
+          <t>9786256772779</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım - Büyüyünce Ne Olacağım! (Ciltli)</t>
+          <t>Çiz - Sil Aktivite Kitabı Güçlü Taşıtlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>399</v>
+        <v>175</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256772489</t>
+          <t>9786256772755</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Köpekçik – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Çiz – Sil Aktivite Kitabı Dino Diyarı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256772496</t>
+          <t>9786256772762</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Tavşancık – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Çiz – Sil Aktivite Kitabı Büyülü Dünya</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256372245</t>
+          <t>9786256772632</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kedicik – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Hoplaya Zıplaya Vahşi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>399</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256772892</t>
+          <t>9786256772618</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ay Perisi Luna - Yol</t>
+          <t>Hoplaya Zıplaya Sualtı (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256372641</t>
+          <t>9786256772625</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Hoplaya Zıplaya Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256372672</t>
+          <t>9786256772601</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Hoplaya Zıplaya Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256772205</t>
+          <t>9786256772816</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Umurumda Değil</t>
+          <t>Küçük Baykuş Sen Ne Görüyorsun? (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256372573</t>
+          <t>9786256772823</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (6-7 Yaş )</t>
+          <t>Küçük Dino Sen Ne Görüyorsun? (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256372566</t>
+          <t>9786256772809</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (6-7 Yaş )</t>
+          <t>Küçük Tavşancık Sen Ne Görüyorsun? (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256372542</t>
+          <t>9786256772830</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (5-6 Yaş )</t>
+          <t>Oynuyorum Öğreniyorum - Eşleştirme Ara ve Bul</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256372535</t>
+          <t>9786256772854</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (4-5 Yaş )</t>
+          <t>Oynuyorum Öğreniyorum - Eşleştirme Çıkartmalı Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256372528</t>
+          <t>9786256772847</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (4-5 Yaş )</t>
+          <t>Oynuyorum Öğreniyorum – Sayı Bulmaca Çıkartmalı Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256772236</t>
+          <t>9786256372801</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Ne Kadar Harika Olduklarını Anlatan Kitap</t>
+          <t>Neşeli Sürprizler - Vahşi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256372443</t>
+          <t>9786256372795</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Dev Hayvanlar Kitabım (Ciltli)</t>
+          <t>Neşeli Sürprizler - Okyanus (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>425</v>
+        <v>399</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256372276</t>
+          <t>9786256372788</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Seç - Karıştır: Meslekler (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
+          <t>Neşeli Sürprizler - Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>440</v>
+        <v>399</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256372061</t>
+          <t>9786256372429</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Sevdiren Kitap</t>
+          <t>Dev Sayılar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257671446</t>
+          <t>9786256372436</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ben Anne Frank</t>
+          <t>Dev Renkler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257671439</t>
+          <t>9786256372191</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ben Gandhi</t>
+          <t>Yol Arkadaşım - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257671453</t>
+          <t>9786256372207</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ben Leonardo da Vinci</t>
+          <t>Yol Arkadaşım - Neşeli Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257671422</t>
+          <t>9786256372184</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ben Rosa Parks</t>
+          <t>Yol Arkadaşım - Büyüyünce Ne Olacağım! (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050106218</t>
+          <t>9786256772489</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti 4 (4 Kitap)</t>
+          <t>İyi Geceler Köpekçik – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057611833</t>
+          <t>9786256772496</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>İyi Geceler Tavşancık – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057611482</t>
+          <t>9786256372245</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>İyi Geceler Kedicik – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057611475</t>
+          <t>9786256772892</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Maceraları (Ciltli)</t>
+          <t>Ay Perisi Luna - Yol</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257671484</t>
+          <t>9786256372641</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Süterman Yolculukta Şamata Kitap 4</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257671491</t>
+          <t>9786256372672</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Süterman Yolculuğa Çıkıyoruz Kitap 3</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257671804</t>
+          <t>9786256772205</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ay Perisi Luna</t>
+          <t>Umurumda Değil</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053105218</t>
+          <t>9786256372573</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Pedagog Onaylı Hikayeler Set 3 – 4 Kitap</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (6-7 Yaş )</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>2789788620980</t>
+          <t>9786256372566</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 6+ Yaş (Pedagog Onaylı)</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (6-7 Yaş )</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>2789788620973</t>
+          <t>9786256372542</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 5+ Yaş (Pedagog Onaylı)</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (5-6 Yaş )</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051111620</t>
+          <t>9786256372535</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Seti : 5 + Yaş (3 Kitap Takım)</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (4-5 Yaş )</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>2789788620997</t>
+          <t>9786256372528</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 7 + Yaş (Pedagog Onaylı)</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (4-5 Yaş )</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9776084578452</t>
+          <t>9786256772236</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Sıradan İnsanlar Seti (4 Kitap Takım)</t>
+          <t>Çocukların Ne Kadar Harika Olduklarını Anlatan Kitap</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9776084578445</t>
+          <t>9786256372443</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler - Etkinliklerle Alfabe 4-6 Yaş (2 Kitap Takım)</t>
+          <t>Dev Hayvanlar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257671095</t>
+          <t>9786256372276</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Alfabe 1 - Küçük Dahiler</t>
+          <t>Seç - Karıştır: Meslekler (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257671101</t>
+          <t>9786256372061</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ben Albert Einstein - Dünyayı Değiştiren Sıradan İnsanlar</t>
+          <t>Kitapları Sevdiren Kitap</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257671118</t>
+          <t>9786257671446</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ben Ameila Earhart - Dünyayı Değiştiren Sıradan İnsanlar</t>
+          <t>Ben Anne Frank</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257671125</t>
+          <t>9786257671439</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ben Marie Curie - Dünyayı Değiştiren Sıradan İnsanlar</t>
+          <t>Ben Gandhi</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257671132</t>
+          <t>9786257671453</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ben Neil Armstrong - Dünyayı Değiştiren Sıradan İnsanlar</t>
+          <t>Ben Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057611987</t>
+          <t>9786257671422</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Oyunları</t>
+          <t>Ben Rosa Parks</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057611994</t>
+          <t>9786050106218</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dinozorus’un Harikalar Diyarı</t>
+          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti 4 (4 Kitap)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057611970</t>
+          <t>9786057611833</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Peynir Korsanları’yla Ay Macerası</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057611963</t>
+          <t>9786057611482</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Cennet Çayırları’nda Yeni Bir Moda</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057611895</t>
+          <t>9786057611475</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 1 (7+ Yaş)</t>
+          <t>Huckleberry Finn’in Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057611901</t>
+          <t>9786257671484</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 2 (7+ Yaş)</t>
+          <t>Süterman Yolculukta Şamata Kitap 4</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057611888</t>
+          <t>9786257671491</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 2 (6+ Yaş)</t>
+          <t>Süterman Yolculuğa Çıkıyoruz Kitap 3</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057611864</t>
+          <t>9786257671804</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 2 (5+ Yaş)</t>
+          <t>Ay Perisi Luna</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057611871</t>
+          <t>9786053105218</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 1 (6+ Yaş)</t>
+          <t>Pedagog Onaylı Hikayeler Set 3 – 4 Kitap</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057611857</t>
+          <t>2789788620980</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 1 (5+ Yaş)</t>
+          <t>Küçük Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 6+ Yaş (Pedagog Onaylı)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051111619</t>
+          <t>2789788620973</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Seti 4+ Yaş (3 Kitap Takım)</t>
+          <t>Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 5+ Yaş (Pedagog Onaylı)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051111618</t>
+          <t>9786051111620</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Seti 3+ Yaş (3 Kitap Takım)</t>
+          <t>Küçük Dahiler Aktivite Seti : 5 + Yaş (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057611819</t>
+          <t>2789788620997</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Oskar ve Lili - Sonbaharda Saklambaç</t>
+          <t>Küçük Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 7 + Yaş (Pedagog Onaylı)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057611796</t>
+          <t>9776084578452</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Oskar ve Lili - Sıcak Bir Yaz Günü</t>
+          <t>Dünyayı Değiştiren Sıradan İnsanlar Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057611802</t>
+          <t>9776084578445</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Oskar ve Lili - Can Dostlar</t>
+          <t>Küçük Dahiler - Etkinliklerle Alfabe 4-6 Yaş (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057611789</t>
+          <t>9786257671095</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Oskar ve Lili - Bir Dönüşüm Hikayesi</t>
+          <t>Etkinliklerle Alfabe 1 - Küçük Dahiler</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057611734</t>
+          <t>9786257671101</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 2 (4+ Yaş)</t>
+          <t>Ben Albert Einstein - Dünyayı Değiştiren Sıradan İnsanlar</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057611741</t>
+          <t>9786257671118</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 1 (5+ Yaş)</t>
+          <t>Ben Ameila Earhart - Dünyayı Değiştiren Sıradan İnsanlar</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057611680</t>
+          <t>9786257671125</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 1 (3+ Yaş)</t>
+          <t>Ben Marie Curie - Dünyayı Değiştiren Sıradan İnsanlar</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057611727</t>
+          <t>9786257671132</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 3 (5+ Yaş)</t>
+          <t>Ben Neil Armstrong - Dünyayı Değiştiren Sıradan İnsanlar</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057611765</t>
+          <t>9786057611987</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 3 (4+ Yaş)</t>
+          <t>Taş Devri Oyunları</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057611703</t>
+          <t>9786057611994</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 3 (3+ Yaş)</t>
+          <t>Profesör Dinozorus’un Harikalar Diyarı</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057611758</t>
+          <t>9786057611970</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 2 (5+ Yaş)</t>
+          <t>Peynir Korsanları’yla Ay Macerası</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057611451</t>
+          <t>9786057611963</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Masalı</t>
+          <t>Cennet Çayırları’nda Yeni Bir Moda</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057611581</t>
+          <t>9786057611895</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Süterman 1. Kitap-Nasıl Kahraman Oldum?</t>
+          <t>Küçük Dahiler Dikkat Geliştirme 1 (7+ Yaş)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057611598</t>
+          <t>9786057611901</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Süterman 2. Kitap - Eyvah Babamı Kaçırdılar</t>
+          <t>Küçük Dahiler Dikkat Geliştirme 2 (7+ Yaş)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057611468</t>
+          <t>9786057611888</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dondurmalı Masal</t>
+          <t>Küçük Dahiler Dikkat Geliştirme 2 (6+ Yaş)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050106217</t>
+          <t>9786057611864</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti - 2 (4 Kitap Takım)</t>
+          <t>Küçük Dahiler Dikkat Geliştirme 2 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053105217</t>
+          <t>9786057611871</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti - 1 (4 Kitap Takım)</t>
+          <t>Küçük Dahiler Dikkat Geliştirme 1 (6+ Yaş)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057611277</t>
+          <t>9786057611857</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Küçük Dahiler Dikkat Geliştirme 1 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057611321</t>
+          <t>9786051111619</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Küçük Dahiler Aktivite Seti 4+ Yaş (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057611338</t>
+          <t>9786051111618</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’dan Öyküler</t>
+          <t>Küçük Dahiler Aktivite Seti 3+ Yaş (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057611291</t>
+          <t>9786057611819</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Oskar ve Lili - Sonbaharda Saklambaç</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057611307</t>
+          <t>9786057611796</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Oskar ve Lili - Sıcak Bir Yaz Günü</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057611314</t>
+          <t>9786057611802</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Oskar ve Lili - Can Dostlar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057611345</t>
+          <t>9786057611789</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Pijamalı Masal - Masal Kulübü Serisi</t>
+          <t>Oskar ve Lili - Bir Dönüşüm Hikayesi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057611383</t>
+          <t>9786057611734</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kuş Masalı - Masal Kulübü Serisi</t>
+          <t>Küçük Dahiler Aktivite Kitabı 2 (4+ Yaş)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057611390</t>
+          <t>9786057611741</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kedi Masalı - Masal Kulübü Serisi</t>
+          <t>Küçük Dahiler Aktivite Kitabı 1 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052361467</t>
+          <t>9786057611680</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Altın Yıldız Yarışması</t>
+          <t>Küçük Dahiler Aktivite Kitabı 1 (3+ Yaş)</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052361498</t>
+          <t>9786057611727</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mırmır’ın Sihirli Bıyıkları</t>
+          <t>Küçük Dahiler Aktivite Kitabı 3 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052361528</t>
+          <t>9786057611765</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Modası</t>
+          <t>Küçük Dahiler Aktivite Kitabı 3 (4+ Yaş)</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052361535</t>
+          <t>9786057611703</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kütüphaneci</t>
+          <t>Küçük Dahiler Aktivite Kitabı 3 (3+ Yaş)</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052361511</t>
+          <t>9786057611758</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyazlılar Kulübü</t>
+          <t>Küçük Dahiler Aktivite Kitabı 2 (5+ Yaş)</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052361474</t>
+          <t>9786057611451</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Tembel Atı: Rüzgar</t>
+          <t>Dedemin Masalı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052361115</t>
+          <t>9786057611581</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım - Şekiller (Ciltli)</t>
+          <t>Süterman 1. Kitap-Nasıl Kahraman Oldum?</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
+          <t>9786057611598</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Süterman 2. Kitap - Eyvah Babamı Kaçırdılar</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786057611468</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Dondurmalı Masal</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786050106217</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti - 2 (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786053105217</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti - 1 (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786057611277</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786057611321</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Masalı</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786057611338</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Tolstoy’dan Öyküler</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786057611291</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786057611307</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Demiryolu Çocukları</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786057611314</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786057611345</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Pijamalı Masal - Masal Kulübü Serisi</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786057611383</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Masalı - Masal Kulübü Serisi</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786057611390</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Masalı - Masal Kulübü Serisi</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786052361467</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Altın Yıldız Yarışması</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786052361498</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Mırmır’ın Sihirli Bıyıkları</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786052361528</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Taş Devri Modası</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786052361535</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Kütüphaneci</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786052361511</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyazlılar Kulübü</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786052361474</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Tembel Atı: Rüzgar</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786052361115</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kitabım - Şekiller (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
           <t>9786059144940</t>
         </is>
       </c>
-      <c r="B291" s="1" t="inlineStr">
+      <c r="B311" s="1" t="inlineStr">
         <is>
           <t>Bebeğimin İlk Albümü (Ciltli)</t>
         </is>
       </c>
-      <c r="C291" s="1">
+      <c r="C311" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>