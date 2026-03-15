--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,4690 +85,5320 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255587503</t>
+          <t>9786255841186</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Keşif Yolculuğum - Vücudum (Ciltli)</t>
+          <t>Keçe Arkadaşlarımla Okyanusta Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>599</v>
+        <v>475</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255587497</t>
+          <t>9786255841162</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Keşif Yolculuğum - Uzay (Ciltli)</t>
+          <t>Keçe Arkadaşlarımla Markette Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>599</v>
+        <v>475</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255587480</t>
+          <t>9786255841179</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Keşif Yolculuğum - Nasıl Çalışır? (Ciltli)</t>
+          <t>Keçe Arkadaşlarımla Doğada Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>599</v>
+        <v>475</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255587473</t>
+          <t>9786255841193</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Keşif Yolculuğum - Dünya Atlası (Ciltli)</t>
+          <t>Keçe Arkadaşlarımla Çiftlikte Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>599</v>
+        <v>475</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255587978</t>
+          <t>9786255841230</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minikler İçin Dokun Hisset - Zıtlıklar</t>
+          <t>Üç Boyutlu Oyun - Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255587947</t>
+          <t>9786255841247</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minikler İçin Dokun Hisset - Şekiller</t>
+          <t>Üç Boyutlu Oyun - Okyanus (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255587954</t>
+          <t>9786255841551</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minikler İçin Dokun Hisset - Renkler</t>
+          <t>Keçeyle Oyna - Öğren Unicornlar (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255587961</t>
+          <t>9786255841544</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Minikler İçin Dokun Hisset - Kelimeler</t>
+          <t>Keçeyle Oyna - Öğren İş Makineleri (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255841933</t>
+          <t>9786255841568</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilebilirdi ki? - Josephine Garis</t>
+          <t>Keçeyle Oyna - Öğren Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>525</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255841957</t>
+          <t>9786255841575</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilebilirdi ki? - Johannes Gutenberg</t>
+          <t>Keçeyle Oyna - Öğren Böcekler (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>525</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255841919</t>
+          <t>9786259683805</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilebilirdi ki? - Isaac Newton</t>
+          <t>Zikzak Yol Kitabım - Tren</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255841940</t>
+          <t>9786255587992</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilebilirdi ki? - Alexander Graham Bell</t>
+          <t>Zikzak Yol Kitabım - Traktör</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255841926</t>
+          <t>9786259683812</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilebilirdi ki? - Albert Einstein</t>
+          <t>Zikzak Yol Kitabım - Kamyon</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255841056</t>
+          <t>9786255587985</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eşleştirmeli Yap-Boz Kitabım: Suyun Altında (Ciltli)</t>
+          <t>Zikzak Yol Kitabım - İtfaiye Aracı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>599</v>
+        <v>590</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255841063</t>
+          <t>9786255841124</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eşleştirmeli Yap-Boz Kitabım: Dinozor (Ciltli)</t>
+          <t>Büyük Kitaplığım - Hayvanlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>599</v>
+        <v>690</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255841049</t>
+          <t>9786255841131</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eşleştirmeli Yap-Boz Kitabım: Çiftlik (Ciltli)</t>
+          <t>Büyük Kitaplığım – İlk Kelimeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>599</v>
+        <v>690</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255587619</t>
+          <t>9786255587718</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Macera - Sudaki Dostlar</t>
+          <t>Kalın Kapaklı Kapılı Kitap - Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255587602</t>
+          <t>9786255587701</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Macera - Minik Dostlar</t>
+          <t>Kalın Kapaklı Kapılı Kitap - Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255587626</t>
+          <t>9786255587725</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Macera - Doğadaki Dostlar</t>
+          <t>Kalın Kapaklı Kapılı Kitap - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255587596</t>
+          <t>9786255587695</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Macera - Çiftlikteki Dostlar</t>
+          <t>Kalın Kapaklı Kapılı Kitap - Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255587411</t>
+          <t>9786258733297</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Benim Neşeli Şehrim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
+          <t>Neva'nın Işık Tohumu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>259</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255587442</t>
+          <t>9786255587558</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Benim Harika Şatom - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
+          <t>Sürpriz! – Çevremdeki Hayvanları Tanıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255587435</t>
+          <t>9786255587565</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Bebek Evim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
+          <t>Sürpriz! – Çiftlikteki Hayvanları Tanıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255587428</t>
+          <t>9786255587572</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Benim Eğlenceli Çiftliğim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
+          <t>Sürpriz! – Doğadaki Hayvanları Tanıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255587398</t>
+          <t>9786255587589</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğumuz… Uzayın Derinlerine! Bitmeyen Sticker Kitabım</t>
+          <t>Sürpriz! – Yavru Hayvanları Tanıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255587381</t>
+          <t>9786255587671</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğumuz… Moda Macerasına! Bitmeyen Sticker Kitabım</t>
+          <t>Sil Süpür - Toplama ve Çıkarma (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255587374</t>
+          <t>9786255587688</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğumuz… Fantastik Dünyaya! Bitmeyen Sticker Kitabım</t>
+          <t>Sil Süpür - Çarpım Tablosu (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255587404</t>
+          <t>9786255841001</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğumuz… Bir Şatoya! Bitmeyen Sticker Kitabım</t>
+          <t>Minik Dostlarımla Çarpım Tablosu – Yaz, Sil ve Öğren (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256149830</t>
+          <t>9786259683898</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Her Zaman - Çıkartmalı Aktivite Kitabı</t>
+          <t>Minik Dostlarımla Sayılar – Yaz, Sil ve Öğren (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256149816</t>
+          <t>9786259683881</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sürüş Keyfi - Çıkartmalı Aktivite Kitabı</t>
+          <t>Minik Dostlarımla Şekiller – Yaz, Sil ve Öğren (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256149809</t>
+          <t>9786255587855</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Prenses Modası - Çıkartmalı Aktivite Kitabı</t>
+          <t>Benim İlk Trenim – İlk Araçlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256149823</t>
+          <t>9786255587862</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Zamanı - Çıkartmalı Aktivite Kitabı</t>
+          <t>Benim İlk Traktörüm – İlk Araçlarım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256149458</t>
+          <t>9786255587848</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Yavru (Ciltli)</t>
+          <t>Benim İlk Otobüsüm – İlk Araçlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256149472</t>
+          <t>9786255587879</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Taşıtlar (Ciltli)</t>
+          <t>Benim İlk Kepçem – İlk Araçlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256149496</t>
+          <t>9786255587657</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Doğa (Ciltli)</t>
+          <t>İlk 100 Kelimem – Doğada Yaşam (Pencereli Dokun-Hisset) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256149465</t>
+          <t>9786255587664</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Dino (Ciltli)</t>
+          <t>İlk 100 Kelimem – Hayvanlar (Pencereli Dokun-Hisset) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256149489</t>
+          <t>9786255587640</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hışırtılı Kumaş Kitabım - Çiftlik (Ciltli)</t>
+          <t>İlk 100 Kelimem – Renkler (Pencereli Dokun-Hisset) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256149571</t>
+          <t>9786255587633</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Minik Yolculuklar - Macera (Ciltli)</t>
+          <t>İlk 100 Kelimem – Vücudumuz (Pencereli Dokun-Hisset) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256149601</t>
+          <t>9786255587893</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Minik Yolculuklar - İnşaat (Ciltli)</t>
+          <t>Uzay – Neon Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256149595</t>
+          <t>9786255587916</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Minik Yolculuklar – Çiftlik (Ciltli)</t>
+          <t>Unicornlar – Neon Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256149588</t>
+          <t>9786255587909</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Minik Yolculuklar – Acil Durum (Ciltli)</t>
+          <t>Doğada – Neon Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256149625</t>
+          <t>9786255587886</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dokun- Hisset / Hayvanlar (Ciltli)</t>
+          <t>Dino Dünyası – Neon Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256149618</t>
+          <t>9786255587503</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dokun- Hisset / Renkler (Ciltli)</t>
+          <t>Keşif Yolculuğum - Vücudum (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>425</v>
+        <v>600</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256149632</t>
+          <t>9786255587497</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dokun- Hisset / Sayılar (Ciltli)</t>
+          <t>Keşif Yolculuğum - Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>425</v>
+        <v>600</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256149649</t>
+          <t>9786255587480</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dokun- Hisset / Taşıtlar (Ciltli)</t>
+          <t>Keşif Yolculuğum - Nasıl Çalışır? (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>425</v>
+        <v>600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256149502</t>
+          <t>9786255587473</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sesli Dostlar – Okyanus Hayvanları (Sesli Kitap) (Ciltli)</t>
+          <t>Keşif Yolculuğum - Dünya Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256149519</t>
+          <t>9786255587978</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sesli Dostlar – Evcil Hayvanlar (Sesli Kitap) (Ciltli)</t>
+          <t>Meraklı Minikler İçin Dokun Hisset - Zıtlıklar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256149526</t>
+          <t>9786255587947</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sesli Dostlar – Doğadaki Hayvanlar (Sesli Kitap) (Ciltli)</t>
+          <t>Meraklı Minikler İçin Dokun Hisset - Şekiller</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256149441</t>
+          <t>9786255587954</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sesli Dostlar – Dino Ailesi (Sesli Kitap) (Ciltli)</t>
+          <t>Meraklı Minikler İçin Dokun Hisset - Renkler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256149557</t>
+          <t>9786255587961</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Masal (Ciltli)</t>
+          <t>Meraklı Minikler İçin Dokun Hisset - Kelimeler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256149564</t>
+          <t>9786255841933</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Market (Ciltli)</t>
+          <t>Kim Bilebilirdi ki? - Josephine Garis</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256149533</t>
+          <t>9786255841957</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - Macera (Ciltli)</t>
+          <t>Kim Bilebilirdi ki? - Johannes Gutenberg</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256149540</t>
+          <t>9786255841919</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı - İnşaat (Ciltli)</t>
+          <t>Kim Bilebilirdi ki? - Isaac Newton</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256149281</t>
+          <t>9786255841940</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bak, Bul, Kaydır - Şehirde (Ciltli)</t>
+          <t>Kim Bilebilirdi ki? - Alexander Graham Bell</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256149298</t>
+          <t>9786255841926</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bak, Bul, Kaydır - Doğada (Ciltli)</t>
+          <t>Kim Bilebilirdi ki? - Albert Einstein</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256149854</t>
+          <t>9786255841056</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sayma Etkinlik Kartları (Ciltli)</t>
+          <t>Eşleştirmeli Yap-Boz Kitabım: Suyun Altında (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>490</v>
+        <v>599</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256149847</t>
+          <t>9786255841063</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kolay Matematik Etkinlik Kartları (Ciltli)</t>
+          <t>Eşleştirmeli Yap-Boz Kitabım: Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>490</v>
+        <v>599</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256772786</t>
+          <t>9786255841049</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Oyunu – Dinozor Sihri (Su Doldurulabilir Kalemli) (Ciltli)</t>
+          <t>Eşleştirmeli Yap-Boz Kitabım: Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>599</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256772793</t>
+          <t>9786255587619</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Oyunu – Unicorn Sihri (Su Doldurulabilir Kalemli) (Ciltli)</t>
+          <t>Üç Boyutlu Macera - Sudaki Dostlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256372689</t>
+          <t>9786255587602</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel</t>
+          <t>Üç Boyutlu Macera - Minik Dostlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256372665</t>
+          <t>9786255587626</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Üç Boyutlu Macera - Doğadaki Dostlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256372634</t>
+          <t>9786255587596</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Üç Boyutlu Macera - Çiftlikteki Dostlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256372627</t>
+          <t>9786255587411</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Benim Neşeli Şehrim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256372610</t>
+          <t>9786255587442</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Benim Harika Şatom - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256372603</t>
+          <t>9786255587435</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Benim Güzel Bebek Evim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257611475</t>
+          <t>9786255587428</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn'in Maceraları</t>
+          <t>Benim Eğlenceli Çiftliğim - Boyama, Çıkartma ve Yeni Kelimelerle Dolu Bir Oyun Evi (6 Sayfa Çıkartmasıyla)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>19</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257611482</t>
+          <t>9786255587398</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Yolculuğumuz… Uzayın Derinlerine! Bitmeyen Sticker Kitabım</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052361382</t>
+          <t>9786255587381</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Minik İtfaiyeci - Dokun Hisset</t>
+          <t>Yolculuğumuz… Moda Macerasına! Bitmeyen Sticker Kitabım</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>18</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052361320</t>
+          <t>9786255587374</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeye Başlıyorum – Çarpım Tablosu (Kalemli)</t>
+          <t>Yolculuğumuz… Fantastik Dünyaya! Bitmeyen Sticker Kitabım</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>32.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052361313</t>
+          <t>9786255587404</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeye Başlıyorum – 1-2-3 (Kalemli)</t>
+          <t>Yolculuğumuz… Bir Şatoya! Bitmeyen Sticker Kitabım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>32.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059144667</t>
+          <t>9786256149830</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yakala Pisicik!</t>
+          <t>Unicorn Her Zaman - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059144582</t>
+          <t>9786256149816</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Minik Ayıcık</t>
+          <t>Sürüş Keyfi - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059144575</t>
+          <t>9786256149809</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Kaybeden Penguencik</t>
+          <t>Prenses Modası - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059144650</t>
+          <t>9786256149823</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı</t>
+          <t>Dinozor Zamanı - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059144605</t>
+          <t>9786256149458</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Afacan Maymun</t>
+          <t>Hışırtılı Kumaş Kitabım - Yavru (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>12</v>
+        <v>325</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059144636</t>
+          <t>9786256149472</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ben de Seni Seviyorum</t>
+          <t>Hışırtılı Kumaş Kitabım - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>12</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059144643</t>
+          <t>9786256149496</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fil’in Hortumu</t>
+          <t>Hışırtılı Kumaş Kitabım - Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>12</v>
+        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059144551</t>
+          <t>9786256149465</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Haydi Beni Yakala</t>
+          <t>Hışırtılı Kumaş Kitabım - Dino (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>12</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052361139</t>
+          <t>9786256149489</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeye Başlıyorum : Çıkarma (Kalemli)</t>
+          <t>Hışırtılı Kumaş Kitabım - Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>32.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052361122</t>
+          <t>9786256149571</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmeye Başlıyorum : Toplama (Kalemli)</t>
+          <t>Minik Yolculuklar - Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>32.5</v>
+        <v>430</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052361153</t>
+          <t>9786256149601</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dinozor</t>
+          <t>Minik Yolculuklar - İnşaat (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>18</v>
+        <v>430</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052361160</t>
+          <t>9786256149595</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Küçük Peri</t>
+          <t>Minik Yolculuklar – Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>18</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052361177</t>
+          <t>9786256149588</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Arkadaşlar</t>
+          <t>Minik Yolculuklar – Acil Durum (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>18</v>
+        <v>430</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059144407</t>
+          <t>9786256149625</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben - Çok İyi Arkadaşız</t>
+          <t>Dokun- Hisset / Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15</v>
+        <v>425</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059144391</t>
+          <t>9786256149618</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben - Çok Eğleniyoruz</t>
+          <t>Dokun- Hisset / Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>15</v>
+        <v>425</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059144377</t>
+          <t>9786256149632</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben - Birlikte Çok Mutluyuz</t>
+          <t>Dokun- Hisset / Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>15</v>
+        <v>425</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059144445</t>
+          <t>9786256149649</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Tavşan Ralph</t>
+          <t>Dokun- Hisset / Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>12</v>
+        <v>425</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059144438</t>
+          <t>9786256149502</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Köpek Dave</t>
+          <t>Sesli Dostlar – Okyanus Hayvanları (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059144421</t>
+          <t>9786256149519</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Kedicik Cathy</t>
+          <t>Sesli Dostlar – Evcil Hayvanlar (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059144414</t>
+          <t>9786256149526</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Ayıcık Ben</t>
+          <t>Sesli Dostlar – Doğadaki Hayvanlar (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059144384</t>
+          <t>9786256149441</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Annem ve Ben - Her Zaman Birlikteyiz</t>
+          <t>Sesli Dostlar – Dino Ailesi (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059144179</t>
+          <t>9786256149557</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Balo Gecesi Çıkartma Kitabı</t>
+          <t>Oyun Zamanı - Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>8</v>
+        <v>425</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059144162</t>
+          <t>9786256149564</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Moda Çıkartma Kitabı</t>
+          <t>Oyun Zamanı - Market (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>8</v>
+        <v>425</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059144155</t>
+          <t>9786256149533</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kız Çıkartma Kitabı</t>
+          <t>Oyun Zamanı - Macera (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>8</v>
+        <v>425</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059144186</t>
+          <t>9786256149540</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Süper Star Çıkartma Kitabı</t>
+          <t>Oyun Zamanı - İnşaat (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>8</v>
+        <v>425</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059144117</t>
+          <t>9786256149281</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlarla Oyun Zamanı - Sevimli Dinozorlar Serisi</t>
+          <t>Bak, Bul, Kaydır - Şehirde (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>8</v>
+        <v>490</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059144124</t>
+          <t>9786256149298</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlarla Tanışalım - Sevimli Dinozorlar Serisi</t>
+          <t>Bak, Bul, Kaydır - Doğada (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>8</v>
+        <v>490</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059144131</t>
+          <t>9786256149854</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Dinozorları - Sevimli Dinozorlar Serisi</t>
+          <t>Sayma Etkinlik Kartları (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>8</v>
+        <v>490</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059144148</t>
+          <t>9786256149847</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dinozorlar - Sevimli Dinozorlar Serisi</t>
+          <t>Kolay Matematik Etkinlik Kartları (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>8</v>
+        <v>490</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052361252</t>
+          <t>9786256772786</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Prenses</t>
+          <t>Renklerin Oyunu – Dinozor Sihri (Su Doldurulabilir Kalemli) (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>27.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052361245</t>
+          <t>9786256772793</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Hayvanlar</t>
+          <t>Renklerin Oyunu – Unicorn Sihri (Su Doldurulabilir Kalemli) (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>27.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052361238</t>
+          <t>9786256372689</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Dinozorlar</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>27.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052361221</t>
+          <t>9786256372665</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Araçlar</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>27.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052126813</t>
+          <t>9786256372634</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce 10 Klasik Masal (Ciltli)</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059144032</t>
+          <t>9786256372627</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>7</v>
+        <v>110</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059144001</t>
+          <t>9786256372610</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>7</v>
+        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058452978</t>
+          <t>9786256372603</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 4</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>3</v>
+        <v>110</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052361368</t>
+          <t>9786257611475</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Orman Korosu</t>
+          <t>Huckleberry Finn'in Maceraları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052361351</t>
+          <t>9786257611482</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Koca Yaramaz Tavşan</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052361375</t>
+          <t>9786052361382</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Oyuncak Kutusu</t>
+          <t>Minik İtfaiyeci - Dokun Hisset</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052361269</t>
+          <t>9786052361320</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Masal Şehri – En Sevilen Klasik Masallar (Ciltli)</t>
+          <t>Öğrenmeye Başlıyorum – Çarpım Tablosu (Kalemli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>35</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052361344</t>
+          <t>9786052361313</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar</t>
+          <t>Öğrenmeye Başlıyorum – 1-2-3 (Kalemli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>12</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052361054</t>
+          <t>9786059144667</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel (3 Boyutlu Kitap)</t>
+          <t>Yakala Pisicik!</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>18</v>
+        <v>99</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052361061</t>
+          <t>9786059144582</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood (3 Boyutlu Kitap)</t>
+          <t>İyi Geceler Minik Ayıcık</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>18</v>
+        <v>99</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052361078</t>
+          <t>9786059144575</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel (3 Boyutlu Kitap)</t>
+          <t>Yolunu Kaybeden Penguencik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052361047</t>
+          <t>9786059144650</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (3 Boyutlu Kitap)</t>
+          <t>Oyun Zamanı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052361016</t>
+          <t>9786059144605</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Çirkin (3 Boyutlu Kitap)</t>
+          <t>Afacan Maymun</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>18</v>
+        <v>99</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052361009</t>
+          <t>9786059144636</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında (3 Boyutlu Kitap)</t>
+          <t>Ben de Seni Seviyorum</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>18</v>
+        <v>99</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052361030</t>
+          <t>9786059144643</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü (3 Boyutlu Kitap)</t>
+          <t>Küçük Fil’in Hortumu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>18</v>
+        <v>99</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052361023</t>
+          <t>9786059144551</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı (3 Boyutlu Kitap)</t>
+          <t>Haydi Beni Yakala</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>18</v>
+        <v>99</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059144568</t>
+          <t>9786052361139</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Babacığım</t>
+          <t>Öğrenmeye Başlıyorum : Çıkarma (Kalemli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>25</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059144599</t>
+          <t>9786052361122</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Anneciğim</t>
+          <t>Öğrenmeye Başlıyorum : Toplama (Kalemli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>25</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059144544</t>
+          <t>9786052361153</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Benim Canım Ailem</t>
+          <t>Küçük Dinozor</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059144612</t>
+          <t>9786052361160</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Bana</t>
+          <t>Küçük Peri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059144780</t>
+          <t>9786052361177</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Sözlüğüm</t>
+          <t>Ormandaki Arkadaşlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>32.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059144292</t>
+          <t>9786059144407</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>365 Uyku Vakti Hikayeleri (Ciltli)</t>
+          <t>Annem ve Ben - Çok İyi Arkadaşız</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786058452930</t>
+          <t>9786059144391</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>100 Süper Boyama - 4</t>
+          <t>Annem ve Ben - Çok Eğleniyoruz</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786058452923</t>
+          <t>9786059144377</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>100 Süper Boyama - 3</t>
+          <t>Annem ve Ben - Birlikte Çok Mutluyuz</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786058452916</t>
+          <t>9786059144445</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>100 Süper Boyama - 2</t>
+          <t>Sevimli Tavşan Ralph</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786058452909</t>
+          <t>9786059144438</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>100 Süper Boyama - 1</t>
+          <t>Sevimli Köpek Dave</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257671088</t>
+          <t>9786059144421</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Alfabe 2 - Küçük Dahiler</t>
+          <t>Sevimli Kedicik Cathy</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257671057</t>
+          <t>9786059144414</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yalanlar - Puding Vakası</t>
+          <t>Sevimli Ayıcık Ben</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>80</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057611543</t>
+          <t>9786059144384</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 1</t>
+          <t>Annem ve Ben - Her Zaman Birlikteyiz</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057611567</t>
+          <t>9786059144179</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 3</t>
+          <t>Balo Gecesi Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>7.41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057611550</t>
+          <t>9786059144162</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 2</t>
+          <t>Eğlenceli Moda Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>7.41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057611536</t>
+          <t>9786059144155</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum 4</t>
+          <t>Güzel Kız Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057611529</t>
+          <t>9786059144186</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum 3</t>
+          <t>Süper Star Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057611512</t>
+          <t>9786059144117</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum 2</t>
+          <t>Dinozorlarla Oyun Zamanı - Sevimli Dinozorlar Serisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057611505</t>
+          <t>9786059144124</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Boyamayı Seviyorum 1</t>
+          <t>Dinozorlarla Tanışalım - Sevimli Dinozorlar Serisi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057611574</t>
+          <t>9786059144131</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlence Zamanı 4</t>
+          <t>Su Altı Dinozorları - Sevimli Dinozorlar Serisi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>7.41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052361108</t>
+          <t>9786059144148</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - İlk Kitabım (Ciltli)</t>
+          <t>Uçan Dinozorlar - Sevimli Dinozorlar Serisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>45</v>
+        <v>8</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052361092</t>
+          <t>9786052361252</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım - Renkler (Ciltli)</t>
+          <t>Oyun Kartları - Prenses</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>45</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052361085</t>
+          <t>9786052361245</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım - Kelimeler (Ciltli)</t>
+          <t>Oyun Kartları - Hayvanlar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>45</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256149786</t>
+          <t>9786052361238</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim Bu? – Su Altındaki (Ciltli)</t>
+          <t>Oyun Kartları - Dinozorlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>299</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256149779</t>
+          <t>9786052361221</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim Bu? - Hayvanlar (Ciltli)</t>
+          <t>Oyun Kartları - Araçlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>299</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256149793</t>
+          <t>9786052126813</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim Bu? – Çiftlikteki (Ciltli)</t>
+          <t>Uykudan Önce 10 Klasik Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>299</v>
+        <v>45</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256149731</t>
+          <t>9786059144032</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Cee-e Dino ve Arkadaşları (Pop-up) (Ciltli)</t>
+          <t>Renklerle Eğlence Zamanı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>390</v>
+        <v>7</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256149748</t>
+          <t>9786059144001</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Cee-e Aslan ve Arkadaşları (Pop-up) (Ciltli)</t>
+          <t>Boyamayı Seviyorum</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>390</v>
+        <v>7</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255587329</t>
+          <t>9786058452978</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Minik Mucizeler</t>
+          <t>Renklerle Eğlence Zamanı 4</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>3</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255587367</t>
+          <t>9786052361368</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Su Teresi</t>
+          <t>Orman Korosu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>99</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255587343</t>
+          <t>9786052361351</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sıradan</t>
+          <t>Koca Yaramaz Tavşan</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786255587336</t>
+          <t>9786052361375</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kaçmam Lazım</t>
+          <t>Sihirli Oyuncak Kutusu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256149373</t>
+          <t>9786052361269</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kaplancık – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Masal Şehri – En Sevilen Klasik Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256149366</t>
+          <t>9786052361344</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kuzucuk – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Sevimli Dostlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256372238</t>
+          <t>9786052361054</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Ayıcık – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Rapunzel (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256149687</t>
+          <t>9786052361061</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gibi Parla – Tarih ve Mitoloji (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
+          <t>Robin Hood (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256149663</t>
+          <t>9786052361078</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gibi Parla – Gizemli Doğa (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
+          <t>Uyuyan Güzel (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256149656</t>
+          <t>9786052361047</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gibi Parla – Çiftlik (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
+          <t>Peter Pan (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256149670</t>
+          <t>9786052361016</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gibi Parla – Büyük Dünya (Sihirli El Feneriyle Birlikte)</t>
+          <t>Güzel ve Çirkin (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256149243</t>
+          <t>9786052361009</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Suyla Rengarenk Boyama – Unicorn (Sihirli Fırçasıyla)</t>
+          <t>Alice Harikalar Diyarında (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256149212</t>
+          <t>9786052361030</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Suyla Rengarenk Boyama – Duygular (Sihirli Fırçasıyla)</t>
+          <t>Oz Büyücüsü (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>450</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256149236</t>
+          <t>9786052361023</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Suyla Rengarenk Boyama – Deniz (Sihirli Fırçasıyla)</t>
+          <t>Orman Kitabı (3 Boyutlu Kitap)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>450</v>
+        <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256149229</t>
+          <t>9786059144568</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Suyla Rengarenk Boyama – Çiftlik (Sihirli Fırçasıyla)</t>
+          <t>Seni Seviyorum Babacığım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786255587091</t>
+          <t>9786059144599</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Venüs</t>
+          <t>Seni Seviyorum Anneciğim</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786255587084</t>
+          <t>9786059144544</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Uranüs</t>
+          <t>Benim Canım Ailem</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786255587077</t>
+          <t>9786059144612</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Mars</t>
+          <t>Sarıl Bana</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786255587046</t>
+          <t>9786059144780</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu – Jüpiter</t>
+          <t>Benim İlk Sözlüğüm</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>120</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786255587053</t>
+          <t>9786059144292</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Merkür</t>
+          <t>365 Uyku Vakti Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786255587039</t>
+          <t>9786058452930</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu – Güneş</t>
+          <t>100 Süper Boyama - 4</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786255587107</t>
+          <t>9786058452923</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Neptün</t>
+          <t>100 Süper Boyama - 3</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786255587015</t>
+          <t>9786058452916</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu – Dünya ve Plüton</t>
+          <t>100 Süper Boyama - 2</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786255587060</t>
+          <t>9786058452909</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Satürn</t>
+          <t>100 Süper Boyama - 1</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786255587022</t>
+          <t>9786257671088</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Gezegen Oyunu - Ay</t>
+          <t>Etkinliklerle Alfabe 2 - Küçük Dahiler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256149250</t>
+          <t>9786257671057</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hayallerinizin Sihirbazı</t>
+          <t>Küçük Yalanlar - Puding Vakası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256372313</t>
+          <t>9786057611543</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Trex’in Kaç Dişi Vardır? (Ciltli)</t>
+          <t>Renklerle Eğlence Zamanı 1</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>279</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256372306</t>
+          <t>9786057611567</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bir Balina Ne Kadar Büyüktür? (Ciltli)</t>
+          <t>Renklerle Eğlence Zamanı 3</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>279</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256372290</t>
+          <t>9786057611550</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayı Ne Kadar Büyüktür? – Kaydır + Keşfet (Ciltli)</t>
+          <t>Renklerle Eğlence Zamanı 2</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>279</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057611376</t>
+          <t>9786057611536</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gezginler Okulu</t>
+          <t>Boyamayı Seviyorum 4</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>139</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256149991</t>
+          <t>9786057611529</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tavşancığın Uykusu Nerede?</t>
+          <t>Boyamayı Seviyorum 3</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786255587008</t>
+          <t>9786057611512</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çok Fazla!</t>
+          <t>Boyamayı Seviyorum 2</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256149328</t>
+          <t>9786057611505</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sensin - Uzay Macerası</t>
+          <t>Boyamayı Seviyorum 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256149342</t>
+          <t>9786057611574</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sensin - Orman Macerası</t>
+          <t>Renklerle Eğlence Zamanı 4</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>160</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256149311</t>
+          <t>9786052361108</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sensin – Masal Diyarı</t>
+          <t>Sayılar - İlk Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256149335</t>
+          <t>9786052361092</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Sensin - Korsan Macerası</t>
+          <t>İlk Kitabım - Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256149939</t>
+          <t>9786052361085</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Üç FA Bir RE</t>
+          <t>İlk Kitabım - Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256149953</t>
+          <t>9786256149786</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Olifan</t>
+          <t>Acaba Kim Bu? – Su Altındaki (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256149977</t>
+          <t>9786256149779</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dinozorun Büyük Soruları</t>
+          <t>Acaba Kim Bu? - Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256149922</t>
+          <t>9786256149793</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim Gerçeklerden Büyük</t>
+          <t>Acaba Kim Bu? – Çiftlikteki (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256149960</t>
+          <t>9786256149731</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>BulutBerber</t>
+          <t>Cee-e Dino ve Arkadaşları (Pop-up) (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256372849</t>
+          <t>9786256149748</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bas – Çıkar – Oyna Vahşi Hayvanlar (Ciltli)</t>
+          <t>Cee-e Aslan ve Arkadaşları (Pop-up) (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256372825</t>
+          <t>9786255587329</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bas – Çıkar – Oyna Taşıtlar (Ciltli)</t>
+          <t>Minik Mucizeler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256372832</t>
+          <t>9786255587367</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bas – Çıkar – Oyna Çiftlik (Ciltli)</t>
+          <t>Su Teresi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256149304</t>
+          <t>9786255587343</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ron ve Nefes</t>
+          <t>Sıradan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256372269</t>
+          <t>9786255587336</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Seç - Karıştır : Okyanus (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
+          <t>Eyvah Kaçmam Lazım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256372283</t>
+          <t>9786256149373</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Seç - Karıştır: Hayvanlar (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
+          <t>İyi Geceler Kaplancık – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052361504</t>
+          <t>9786256149366</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Safari Park’ta Dev Pancar Çılgınlığı</t>
+          <t>İyi Geceler Kuzucuk – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052361481</t>
+          <t>9786256372238</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus Diplodokus</t>
+          <t>İyi Geceler Ayıcık – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256372559</t>
+          <t>9786256149687</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (5-6 Yaş )</t>
+          <t>Yıldız Gibi Parla – Tarih ve Mitoloji (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057611697</t>
+          <t>9786256149663</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 2 (3+ Yaş)</t>
+          <t>Yıldız Gibi Parla – Gizemli Doğa (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057611710</t>
+          <t>9786256149656</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 1 (4+ Yaş)</t>
+          <t>Yıldız Gibi Parla – Çiftlik (Sihirli El Feneriyle Birlikte) (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256149106</t>
+          <t>9786256149670</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ağacı</t>
+          <t>Yıldız Gibi Parla – Büyük Dünya (Sihirli El Feneriyle Birlikte)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256772687</t>
+          <t>9786256149243</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bu Kız İstediği Her Şeyi Yapabilir!</t>
+          <t>Suyla Rengarenk Boyama – Unicorn (Sihirli Fırçasıyla)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256772670</t>
+          <t>9786256149212</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bu Kız Biraz Sessiz</t>
+          <t>Suyla Rengarenk Boyama – Duygular (Sihirli Fırçasıyla)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256772663</t>
+          <t>9786256149236</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bu Çocuk İstediği Her Şey Olabilir</t>
+          <t>Suyla Rengarenk Boyama – Deniz (Sihirli Fırçasıyla)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256772779</t>
+          <t>9786256149229</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Çiz - Sil Aktivite Kitabı Güçlü Taşıtlar</t>
+          <t>Suyla Rengarenk Boyama – Çiftlik (Sihirli Fırçasıyla)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256772755</t>
+          <t>9786255587091</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çiz – Sil Aktivite Kitabı Dino Diyarı</t>
+          <t>Gezegen Oyunu - Venüs</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256772762</t>
+          <t>9786255587084</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çiz – Sil Aktivite Kitabı Büyülü Dünya</t>
+          <t>Gezegen Oyunu - Uranüs</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256772632</t>
+          <t>9786255587077</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hoplaya Zıplaya Vahşi Doğa (Ciltli)</t>
+          <t>Gezegen Oyunu - Mars</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>399</v>
+        <v>120</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256772618</t>
+          <t>9786255587046</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hoplaya Zıplaya Sualtı (Ciltli)</t>
+          <t>Gezegen Oyunu – Jüpiter</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>399</v>
+        <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256772625</t>
+          <t>9786255587053</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hoplaya Zıplaya Orman (Ciltli)</t>
+          <t>Gezegen Oyunu - Merkür</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>399</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256772601</t>
+          <t>9786255587039</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hoplaya Zıplaya Çiftlik (Ciltli)</t>
+          <t>Gezegen Oyunu – Güneş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>399</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256772816</t>
+          <t>9786255587107</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Küçük Baykuş Sen Ne Görüyorsun? (Ciltli)</t>
+          <t>Gezegen Oyunu - Neptün</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256772823</t>
+          <t>9786255587015</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dino Sen Ne Görüyorsun? (Ciltli)</t>
+          <t>Gezegen Oyunu – Dünya ve Plüton</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256772809</t>
+          <t>9786255587060</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tavşancık Sen Ne Görüyorsun? (Ciltli)</t>
+          <t>Gezegen Oyunu - Satürn</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256772830</t>
+          <t>9786255587022</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Öğreniyorum - Eşleştirme Ara ve Bul</t>
+          <t>Gezegen Oyunu - Ay</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256772854</t>
+          <t>9786256149250</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Öğreniyorum - Eşleştirme Çıkartmalı Aktivite Kitabım</t>
+          <t>Hayallerinizin Sihirbazı</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256772847</t>
+          <t>9786256372313</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Oynuyorum Öğreniyorum – Sayı Bulmaca Çıkartmalı Aktivite Kitabım</t>
+          <t>Bir Trex’in Kaç Dişi Vardır? (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>150</v>
+        <v>279</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256372801</t>
+          <t>9786256372306</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sürprizler - Vahşi Doğa (Ciltli)</t>
+          <t>Bir Balina Ne Kadar Büyüktür? (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>399</v>
+        <v>279</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256372795</t>
+          <t>9786256372290</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sürprizler - Okyanus (Ciltli)</t>
+          <t>Bir Ayı Ne Kadar Büyüktür? – Kaydır + Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>399</v>
+        <v>279</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256372788</t>
+          <t>9786057611376</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sürprizler - Çiftlik (Ciltli)</t>
+          <t>Gezginler Okulu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>399</v>
+        <v>139</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256372429</t>
+          <t>9786256149991</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dev Sayılar Kitabım (Ciltli)</t>
+          <t>Tavşancığın Uykusu Nerede?</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256372436</t>
+          <t>9786255587008</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Dev Renkler Kitabım (Ciltli)</t>
+          <t>Çok Fazla!</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256372191</t>
+          <t>9786256149328</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım - Taşıtlar (Ciltli)</t>
+          <t>Kahraman Sensin - Uzay Macerası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>399</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256372207</t>
+          <t>9786256149342</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım - Neşeli Hayvanlar (Ciltli)</t>
+          <t>Kahraman Sensin - Orman Macerası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>399</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256372184</t>
+          <t>9786256149311</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım - Büyüyünce Ne Olacağım! (Ciltli)</t>
+          <t>Kahraman Sensin – Masal Diyarı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>399</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256772489</t>
+          <t>9786256149335</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Köpekçik – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Kahraman Sensin - Korsan Macerası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256772496</t>
+          <t>9786256149939</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Tavşancık – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Üç FA Bir RE</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256372245</t>
+          <t>9786256149953</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kedicik – Sihirli El Feneri Kitabı (Ciltli)</t>
+          <t>Olifan</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256772892</t>
+          <t>9786256149977</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ay Perisi Luna - Yol</t>
+          <t>Küçük Dinozorun Büyük Soruları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256372641</t>
+          <t>9786256149922</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Hayallerim Gerçeklerden Büyük</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256372672</t>
+          <t>9786256149960</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>BulutBerber</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256772205</t>
+          <t>9786256372849</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Umurumda Değil</t>
+          <t>Bas – Çıkar – Oyna Vahşi Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256372573</t>
+          <t>9786256372825</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (6-7 Yaş )</t>
+          <t>Bas – Çıkar – Oyna Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256372566</t>
+          <t>9786256372832</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (6-7 Yaş )</t>
+          <t>Bas – Çıkar – Oyna Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256372542</t>
+          <t>9786256149304</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (5-6 Yaş )</t>
+          <t>Ron ve Nefes</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>299</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256372535</t>
+          <t>9786256372269</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (4-5 Yaş )</t>
+          <t>Seç - Karıştır : Okyanus (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256372528</t>
+          <t>9786256372283</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (4-5 Yaş )</t>
+          <t>Seç - Karıştır: Hayvanlar (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256772236</t>
+          <t>9786052361504</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Ne Kadar Harika Olduklarını Anlatan Kitap</t>
+          <t>Safari Park’ta Dev Pancar Çılgınlığı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256372443</t>
+          <t>9786052361481</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Dev Hayvanlar Kitabım (Ciltli)</t>
+          <t>Hokus Pokus Diplodokus</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256372276</t>
+          <t>9786256372559</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Seç - Karıştır: Meslekler (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (5-6 Yaş )</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256372061</t>
+          <t>9786057611697</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Sevdiren Kitap</t>
+          <t>Küçük Dahiler Aktivite Kitabı 2 (3+ Yaş)</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257671446</t>
+          <t>9786057611710</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ben Anne Frank</t>
+          <t>Küçük Dahiler Aktivite Kitabı 1 (4+ Yaş)</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257671439</t>
+          <t>9786256149106</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ben Gandhi</t>
+          <t>Kedi Ağacı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257671453</t>
+          <t>9786256772687</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ben Leonardo da Vinci</t>
+          <t>Bu Kız İstediği Her Şeyi Yapabilir!</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257671422</t>
+          <t>9786256772670</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ben Rosa Parks</t>
+          <t>Bu Kız Biraz Sessiz</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050106218</t>
+          <t>9786256772663</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti 4 (4 Kitap)</t>
+          <t>Bu Çocuk İstediği Her Şey Olabilir</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057611833</t>
+          <t>9786256772779</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Çiz - Sil Aktivite Kitabı Güçlü Taşıtlar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057611482</t>
+          <t>9786256772755</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Çiz – Sil Aktivite Kitabı Dino Diyarı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057611475</t>
+          <t>9786256772762</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn’in Maceraları (Ciltli)</t>
+          <t>Çiz – Sil Aktivite Kitabı Büyülü Dünya</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257671484</t>
+          <t>9786256772632</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Süterman Yolculukta Şamata Kitap 4</t>
+          <t>Hoplaya Zıplaya Vahşi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>70</v>
+        <v>399</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257671491</t>
+          <t>9786256772618</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Süterman Yolculuğa Çıkıyoruz Kitap 3</t>
+          <t>Hoplaya Zıplaya Sualtı (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>70</v>
+        <v>399</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257671804</t>
+          <t>9786256772625</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ay Perisi Luna</t>
+          <t>Hoplaya Zıplaya Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053105218</t>
+          <t>9786256772601</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Pedagog Onaylı Hikayeler Set 3 – 4 Kitap</t>
+          <t>Hoplaya Zıplaya Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>600</v>
+        <v>399</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>2789788620980</t>
+          <t>9786256772816</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 6+ Yaş (Pedagog Onaylı)</t>
+          <t>Küçük Baykuş Sen Ne Görüyorsun? (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>2789788620973</t>
+          <t>9786256772823</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 5+ Yaş (Pedagog Onaylı)</t>
+          <t>Küçük Dino Sen Ne Görüyorsun? (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051111620</t>
+          <t>9786256772809</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Seti : 5 + Yaş (3 Kitap Takım)</t>
+          <t>Küçük Tavşancık Sen Ne Görüyorsun? (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>2789788620997</t>
+          <t>9786256772830</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 7 + Yaş (Pedagog Onaylı)</t>
+          <t>Oynuyorum Öğreniyorum - Eşleştirme Ara ve Bul</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9776084578452</t>
+          <t>9786256772854</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Sıradan İnsanlar Seti (4 Kitap Takım)</t>
+          <t>Oynuyorum Öğreniyorum - Eşleştirme Çıkartmalı Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9776084578445</t>
+          <t>9786256772847</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler - Etkinliklerle Alfabe 4-6 Yaş (2 Kitap Takım)</t>
+          <t>Oynuyorum Öğreniyorum – Sayı Bulmaca Çıkartmalı Aktivite Kitabım</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257671095</t>
+          <t>9786256372801</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Alfabe 1 - Küçük Dahiler</t>
+          <t>Neşeli Sürprizler - Vahşi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257671101</t>
+          <t>9786256372795</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ben Albert Einstein - Dünyayı Değiştiren Sıradan İnsanlar</t>
+          <t>Neşeli Sürprizler - Okyanus (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257671118</t>
+          <t>9786256372788</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ben Ameila Earhart - Dünyayı Değiştiren Sıradan İnsanlar</t>
+          <t>Neşeli Sürprizler - Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257671125</t>
+          <t>9786256372429</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ben Marie Curie - Dünyayı Değiştiren Sıradan İnsanlar</t>
+          <t>Dev Sayılar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257671132</t>
+          <t>9786256372436</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ben Neil Armstrong - Dünyayı Değiştiren Sıradan İnsanlar</t>
+          <t>Dev Renkler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057611987</t>
+          <t>9786256372191</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Oyunları</t>
+          <t>Yol Arkadaşım - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057611994</t>
+          <t>9786256372207</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dinozorus’un Harikalar Diyarı</t>
+          <t>Yol Arkadaşım - Neşeli Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057611970</t>
+          <t>9786256372184</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Peynir Korsanları’yla Ay Macerası</t>
+          <t>Yol Arkadaşım - Büyüyünce Ne Olacağım! (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057611963</t>
+          <t>9786256772489</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Cennet Çayırları’nda Yeni Bir Moda</t>
+          <t>İyi Geceler Köpekçik – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057611895</t>
+          <t>9786256772496</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 1 (7+ Yaş)</t>
+          <t>İyi Geceler Tavşancık – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057611901</t>
+          <t>9786256372245</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 2 (7+ Yaş)</t>
+          <t>İyi Geceler Kedicik – Sihirli El Feneri Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057611888</t>
+          <t>9786256772892</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 2 (6+ Yaş)</t>
+          <t>Ay Perisi Luna - Yol</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057611864</t>
+          <t>9786256372641</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 2 (5+ Yaş)</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057611871</t>
+          <t>9786256372672</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 1 (6+ Yaş)</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057611857</t>
+          <t>9786256772205</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Dikkat Geliştirme 1 (5+ Yaş)</t>
+          <t>Umurumda Değil</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786051111619</t>
+          <t>9786256372573</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Seti 4+ Yaş (3 Kitap Takım)</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (6-7 Yaş )</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051111618</t>
+          <t>9786256372566</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Seti 3+ Yaş (3 Kitap Takım)</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (6-7 Yaş )</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057611819</t>
+          <t>9786256372542</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Oskar ve Lili - Sonbaharda Saklambaç</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (5-6 Yaş )</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057611796</t>
+          <t>9786256372535</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Oskar ve Lili - Sıcak Bir Yaz Günü</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 2 (4-5 Yaş )</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057611802</t>
+          <t>9786256372528</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Oskar ve Lili - Can Dostlar</t>
+          <t>Küçük Dahiler – Etkinliklerle Matematik 1. Kitap (4-5 Yaş )</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057611789</t>
+          <t>9786256772236</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Oskar ve Lili - Bir Dönüşüm Hikayesi</t>
+          <t>Çocukların Ne Kadar Harika Olduklarını Anlatan Kitap</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057611734</t>
+          <t>9786256372443</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 2 (4+ Yaş)</t>
+          <t>Dev Hayvanlar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057611741</t>
+          <t>9786256372276</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 1 (5+ Yaş)</t>
+          <t>Seç - Karıştır: Meslekler (15 Eğlenceli Parça, 120 Farklı Seçenek) (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057611680</t>
+          <t>9786256372061</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 1 (3+ Yaş)</t>
+          <t>Kitapları Sevdiren Kitap</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057611727</t>
+          <t>9786257671446</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 3 (5+ Yaş)</t>
+          <t>Ben Anne Frank</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057611765</t>
+          <t>9786257671439</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 3 (4+ Yaş)</t>
+          <t>Ben Gandhi</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057611703</t>
+          <t>9786257671453</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 3 (3+ Yaş)</t>
+          <t>Ben Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057611758</t>
+          <t>9786257671422</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dahiler Aktivite Kitabı 2 (5+ Yaş)</t>
+          <t>Ben Rosa Parks</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057611451</t>
+          <t>9786050106218</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Masalı</t>
+          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti 4 (4 Kitap)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>70</v>
+        <v>800</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057611581</t>
+          <t>9786057611833</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Süterman 1. Kitap-Nasıl Kahraman Oldum?</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057611598</t>
+          <t>9786057611482</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Süterman 2. Kitap - Eyvah Babamı Kaçırdılar</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057611468</t>
+          <t>9786057611475</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Dondurmalı Masal</t>
+          <t>Huckleberry Finn’in Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786050106217</t>
+          <t>9786257671484</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti - 2 (4 Kitap Takım)</t>
+          <t>Süterman Yolculukta Şamata Kitap 4</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053105217</t>
+          <t>9786257671491</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti - 1 (4 Kitap Takım)</t>
+          <t>Süterman Yolculuğa Çıkıyoruz Kitap 3</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057611277</t>
+          <t>9786257671804</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Ay Perisi Luna</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057611321</t>
+          <t>9786053105218</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Pedagog Onaylı Hikayeler Set 3 – 4 Kitap</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>70</v>
+        <v>800</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057611338</t>
+          <t>2789788620980</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’dan Öyküler</t>
+          <t>Küçük Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 6+ Yaş (Pedagog Onaylı)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057611291</t>
+          <t>2789788620973</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 5+ Yaş (Pedagog Onaylı)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057611307</t>
+          <t>9786051111620</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Küçük Dahiler Aktivite Seti : 5 + Yaş (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057611314</t>
+          <t>2789788620997</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Küçük Dahiler Dikkat Geliştirme Seti (2 Kitap Takım) 7 + Yaş (Pedagog Onaylı)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057611345</t>
+          <t>9776084578452</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Pijamalı Masal - Masal Kulübü Serisi</t>
+          <t>Dünyayı Değiştiren Sıradan İnsanlar Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>70</v>
+        <v>600</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057611383</t>
+          <t>9776084578445</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kuş Masalı - Masal Kulübü Serisi</t>
+          <t>Küçük Dahiler - Etkinliklerle Alfabe 4-6 Yaş (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057611390</t>
+          <t>9786257671095</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kedi Masalı - Masal Kulübü Serisi</t>
+          <t>Etkinliklerle Alfabe 1 - Küçük Dahiler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052361467</t>
+          <t>9786257671101</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Altın Yıldız Yarışması</t>
+          <t>Ben Albert Einstein - Dünyayı Değiştiren Sıradan İnsanlar</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052361498</t>
+          <t>9786257671118</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mırmır’ın Sihirli Bıyıkları</t>
+          <t>Ben Ameila Earhart - Dünyayı Değiştiren Sıradan İnsanlar</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052361528</t>
+          <t>9786257671125</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Modası</t>
+          <t>Ben Marie Curie - Dünyayı Değiştiren Sıradan İnsanlar</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052361535</t>
+          <t>9786257671132</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kütüphaneci</t>
+          <t>Ben Neil Armstrong - Dünyayı Değiştiren Sıradan İnsanlar</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052361511</t>
+          <t>9786057611987</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyazlılar Kulübü</t>
+          <t>Taş Devri Oyunları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052361474</t>
+          <t>9786057611994</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Tembel Atı: Rüzgar</t>
+          <t>Profesör Dinozorus’un Harikalar Diyarı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052361115</t>
+          <t>9786057611970</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabım - Şekiller (Ciltli)</t>
+          <t>Peynir Korsanları’yla Ay Macerası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
+          <t>9786057611963</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Çayırları’nda Yeni Bir Moda</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786057611895</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Dikkat Geliştirme 1 (7+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786057611901</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Dikkat Geliştirme 2 (7+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786057611888</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Dikkat Geliştirme 2 (6+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786057611864</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Dikkat Geliştirme 2 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786057611871</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Dikkat Geliştirme 1 (6+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786057611857</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Dikkat Geliştirme 1 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786051111619</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Seti 4+ Yaş (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786051111618</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Seti 3+ Yaş (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786057611819</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Oskar ve Lili - Sonbaharda Saklambaç</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786057611796</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Oskar ve Lili - Sıcak Bir Yaz Günü</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9786057611802</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Oskar ve Lili - Can Dostlar</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786057611789</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Oskar ve Lili - Bir Dönüşüm Hikayesi</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786057611734</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Kitabı 2 (4+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786057611741</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Kitabı 1 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786057611680</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Kitabı 1 (3+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786057611727</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Kitabı 3 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786057611765</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Kitabı 3 (4+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786057611703</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Kitabı 3 (3+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786057611758</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dahiler Aktivite Kitabı 2 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786057611451</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Masalı</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786057611581</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Süterman 1. Kitap-Nasıl Kahraman Oldum?</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786057611598</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Süterman 2. Kitap - Eyvah Babamı Kaçırdılar</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786057611468</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Dondurmalı Masal</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786050106217</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti - 2 (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786053105217</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Pedagog Onaylı Uyku Vakti Hikayeleri Seti - 1 (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786057611277</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786057611321</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Masalı</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786057611338</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Tolstoy’dan Öyküler</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786057611291</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786057611307</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Demiryolu Çocukları</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786057611314</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kara Balık</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786057611345</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Pijamalı Masal - Masal Kulübü Serisi</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786057611383</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Masalı - Masal Kulübü Serisi</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786057611390</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Masalı - Masal Kulübü Serisi</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786052361467</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Altın Yıldız Yarışması</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786052361498</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Mırmır’ın Sihirli Bıyıkları</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786052361528</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Taş Devri Modası</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786052361535</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Kütüphaneci</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786052361511</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Beyazlılar Kulübü</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786052361474</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Tembel Atı: Rüzgar</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786052361115</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kitabım - Şekiller (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
           <t>9786059144940</t>
         </is>
       </c>
-      <c r="B311" s="1" t="inlineStr">
+      <c r="B353" s="1" t="inlineStr">
         <is>
           <t>Bebeğimin İlk Albümü (Ciltli)</t>
         </is>
       </c>
-      <c r="C311" s="1">
+      <c r="C353" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>