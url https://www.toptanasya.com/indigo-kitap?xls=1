--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,7570 +85,8140 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255841681</t>
+          <t>9786258642070</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Söndüğünde - Karanlığa Doğru 1</t>
+          <t>İzole</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255841759</t>
+          <t>9786258733976</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İs Kokan Zeytin Ağacı 3</t>
+          <t>Brimstone (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>369</v>
+        <v>599</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255841766</t>
+          <t>9786258642018</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İs Kokan Zeytin Ağacı 3 (Ciltli)</t>
+          <t>Yüzleşebilmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>419</v>
+        <v>379</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255841858</t>
+          <t>9786258733631</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İs Kokan Zeytin Ağacı Kutulu Set (Ciltli)</t>
+          <t>Son Uçuş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1217</v>
+        <v>379</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255841865</t>
+          <t>9786258733365</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Siren (Kutulu Set) (Ciltli)</t>
+          <t>Peri Halkının Savaşı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1347</v>
+        <v>399</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255841841</t>
+          <t>9786258733716</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Serçeyi Öldürmek (Kutulu Set) (Ciltli)</t>
+          <t>Üzüm Buğusu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1367</v>
+        <v>529</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255841834</t>
+          <t>9786258733723</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılmak</t>
+          <t>Üzüm Buğusu (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>299</v>
+        <v>619</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255841667</t>
+          <t>9786258733419</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hükümran 3 (Ciltli)</t>
+          <t>Kötü Adam'ın Asistanı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>479</v>
+        <v>449</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255841650</t>
+          <t>9786258733778</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hükümran 3</t>
+          <t>Misafir (Hediye Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>419</v>
+        <v>599</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255841599</t>
+          <t>9786258733648</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Serçeyi Öldürmek 3</t>
+          <t>Misafir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>469</v>
+        <v>409</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255841605</t>
+          <t>9786258733655</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Serçeyi Öldürmek 3 (Ciltli)</t>
+          <t>Misafir (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>529</v>
+        <v>499</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255841476</t>
+          <t>9786258733174</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Siren 3</t>
+          <t>Uyurken Zayıfla</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>439</v>
+        <v>349</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255841483</t>
+          <t>9786258733082</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Siren 3 (Ciltli)</t>
+          <t>Pandora'nın Kalbi 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>499</v>
+        <v>389</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255841537</t>
+          <t>9786258733099</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sanrı (Ciltli)</t>
+          <t>Pandora'nın Kalbi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>329</v>
+        <v>479</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255841704</t>
+          <t>9786258733068</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sanrı (Kutulu Özel Set) (Ciltli)</t>
+          <t>Pandora'nın Kalbi 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>409</v>
+        <v>389</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255841698</t>
+          <t>9786258733075</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Av Serisi Kutulu Set (4 Kitap) (Ciltli)</t>
+          <t>Pandora'nın Kalbi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1756</v>
+        <v>479</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255841322</t>
+          <t>9786258733105</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Milyon Dolarlık Yalan</t>
+          <t>Pandora'nın Kalbi 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>369</v>
+        <v>399</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255841414</t>
+          <t>9786258733457</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Lider (Ciltli)</t>
+          <t>Pandora'nın Kalbi 3 Kitap Takım - Hediye Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>499</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255841391</t>
+          <t>9786258733112</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çaylak (Ciltli)</t>
+          <t>Pandora'nın Kalbi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>419</v>
+        <v>489</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255841407</t>
+          <t>9786258733440</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Avcı (Ciltli)</t>
+          <t>Pandora'nın Kalbi 3 - Hediye Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>399</v>
+        <v>589</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255841384</t>
+          <t>9786258733471</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Av (Ciltli)</t>
+          <t>Kırık İnci Serisi - 2 Kitap Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>439</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255841469</t>
+          <t>9786258733464</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kalıntı</t>
+          <t>Kırık İnci 2 Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>409</v>
+        <v>599</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255841582</t>
+          <t>9786255841988</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kalıntı - Kutulu Set (Ciltli)</t>
+          <t>Kırık İnci 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>599</v>
+        <v>489</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255841315</t>
+          <t>9786255841971</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kalıntı (Ciltli)</t>
+          <t>Kırık İnci 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>499</v>
+        <v>399</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255841308</t>
+          <t>9786258733167</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hafızasız Adalet</t>
+          <t>Her Şeyle Savaşamazsın</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>259</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255841155</t>
+          <t>9786258733044</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Asi Cadı – Kızıl Güve 2 (Ciltli)</t>
+          <t>Bazı İnsanlar Böyle Yaşar 5</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>419</v>
+        <v>439</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256772441</t>
+          <t>9786258733433</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Morana</t>
+          <t>Bazı İnsanlar Böyle Yaşar (5 Kitap Takım-Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>349</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256772090</t>
+          <t>9786258733051</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Laneti Serisi - 5 Kitap (Kutulu) (Ciltli)</t>
+          <t>Bazı İnsanlar Böyle Yaşar 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1835</v>
+        <v>529</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256372931</t>
+          <t>9786258733358</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri: Yankı Sarca</t>
+          <t>Bazı İnsanlar Böyle Yaşar 5 (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>149</v>
+        <v>629</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256772069</t>
+          <t>9786258733266</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri: Karakter Günlükleri (7 Kitap)</t>
+          <t>Zirve Ötesi Serisi Yan Boyamalı (3 Kitap Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1043</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257671507</t>
+          <t>9786258733037</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Laneti (Ciltli)</t>
+          <t>Külden Reverans Yan Boyamalı Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>389</v>
+        <v>509</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255841148</t>
+          <t>9786258733013</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ellie Black'in Dönüşü</t>
+          <t>Buzdan Kıvılcım Yan Boyamalı Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>299</v>
+        <v>499</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255841292</t>
+          <t>9786258733020</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Ruhlar Sarayı Özel Set (2 Kitap) (Ciltli)</t>
+          <t>Ateşten Tezahürat Yan Boyamalı Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>889</v>
+        <v>499</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255841100</t>
+          <t>9786258733280</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Ruhlar Sarayı - Senteria'nın Varisi</t>
+          <t>Zirve Ötesi Serisi (3 Kitap Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>339</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255841117</t>
+          <t>9786255841995</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Ruhlar Sarayı - Senteria'nın Varisi (Ciltli)</t>
+          <t>Külden Reverans</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255841087</t>
+          <t>9786258733006</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Ruhlar Sarayı - Kraliçenin Kızı</t>
+          <t>Külden Reverans (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>339</v>
+        <v>479</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255841094</t>
+          <t>9786258733273</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Ruhlar Sarayı - Kraliçenin Kızı (Ciltli)</t>
+          <t>Külden Reverans - Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>399</v>
+        <v>599</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256772878</t>
+          <t>9786255841810</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Emanet Aşk 2 - Silme Sendeki İzlerimi (Ciltli)</t>
+          <t>Yaşasın Kötülük</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>389</v>
+        <v>439</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256372351</t>
+          <t>9786255841681</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Karantina Serisi 5 Kitap (Kutulu) (Ciltli)</t>
+          <t>Işıklar Söndüğünde - Karanlığa Doğru 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1945</v>
+        <v>399</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256772106</t>
+          <t>9786255841759</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Laneti Serisi - 5 Kitap (Kutulu)</t>
+          <t>İs Kokan Zeytin Ağacı 3</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1526</v>
+        <v>409</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256372054</t>
+          <t>9786255841766</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Matematiği - Numeroloji Ajandası 2023</t>
+          <t>İs Kokan Zeytin Ağacı 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>134</v>
+        <v>499</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3035144624864</t>
+          <t>9786255841858</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti - 10 Kitap Takım</t>
+          <t>İs Kokan Zeytin Ağacı Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>600</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257671798</t>
+          <t>9786255841865</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>On İki Hasta</t>
+          <t>Siren (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257671668</t>
+          <t>9786255841841</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Morg: Ölümün İçinde Yaşam</t>
+          <t>Serçeyi Öldürmek (Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257671538</t>
+          <t>9786255841834</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin İkigai</t>
+          <t>Anlaşılmak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>329</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2789788610523</t>
+          <t>9786255841667</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünya Klasikleri (7 Kitap Takım)</t>
+          <t>Hükümran 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>440</v>
+        <v>529</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257671514</t>
+          <t>9786255841650</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Laneti</t>
+          <t>Hükümran 3</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>439</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057611949</t>
+          <t>9786255841599</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ebru</t>
+          <t>Serçeyi Öldürmek 3</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>349</v>
+        <v>529</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257671149</t>
+          <t>9786255841605</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aile Modelleri</t>
+          <t>Serçeyi Öldürmek 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>619</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257671361</t>
+          <t>9786255841476</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Otuzundan Sonra</t>
+          <t>Siren 3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>489</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255587749</t>
+          <t>9786255841483</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>En Beklenmedik Anda</t>
+          <t>Siren 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>389</v>
+        <v>579</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255841070</t>
+          <t>9786255841537</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sesini Duyur Seti (Ciltli)</t>
+          <t>Karanlık Sanrı (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>778</v>
+        <v>489</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259683867</t>
+          <t>9786255841704</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Buz Krallığı 2</t>
+          <t>Karanlık Sanrı (Kutulu Özel Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>329</v>
+        <v>589</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259683874</t>
+          <t>9786255841698</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Buz Krallığı 2 (Ciltli)</t>
+          <t>Av Serisi Kutulu Set (4 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>389</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256149038</t>
+          <t>9786255841322</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bitiş Çizgisi (Ciltli)</t>
+          <t>Milyon Dolarlık Yalan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256772083</t>
+          <t>9786255841414</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri Seti 4 Kitap (Kutulu)</t>
+          <t>Lider (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1596</v>
+        <v>579</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255587800</t>
+          <t>9786255841391</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Felah (Ciltli)</t>
+          <t>Çaylak (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>429</v>
+        <v>499</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255587817</t>
+          <t>9786255841407</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Felah</t>
+          <t>Avcı (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>369</v>
+        <v>469</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255587831</t>
+          <t>9786255841384</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Akva</t>
+          <t>Av (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>329</v>
+        <v>499</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255587824</t>
+          <t>9786255841469</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Akva (Ciltli)</t>
+          <t>Kalıntı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>389</v>
+        <v>509</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255587541</t>
+          <t>9786255841582</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>45. Durak (Ciltli)</t>
+          <t>Kalıntı - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>419</v>
+        <v>699</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255587534</t>
+          <t>9786255841315</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>45. Durak</t>
+          <t>Kalıntı (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>359</v>
+        <v>599</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057611253</t>
+          <t>9786255841308</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beyninize Hoş Geldiniz</t>
+          <t>Hafızasız Adalet</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>329</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255587763</t>
+          <t>9786255841155</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sesini Duyur (Ciltli)</t>
+          <t>Asi Cadı – Kızıl Güve 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>389</v>
+        <v>449</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255587770</t>
+          <t>9786256772441</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sesini Duyur 2 (Ciltli)</t>
+          <t>Morana</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057611246</t>
+          <t>9786256772090</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aylak</t>
+          <t>Yıldızların Laneti Serisi - 5 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>75</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255587527</t>
+          <t>9786256372931</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Arama Geçmişi</t>
+          <t>Sokak Nöbetçileri: Yankı Sarca</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>149</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255587268</t>
+          <t>9786256772069</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Konuşamaz</t>
+          <t>Sokak Nöbetçileri: Karakter Günlükleri (7 Kitap)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>329</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255587251</t>
+          <t>9786257671507</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Konuşamaz (Ciltli)</t>
+          <t>Yıldızların Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>389</v>
+        <v>459</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255587305</t>
+          <t>9786255841148</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Korsanı</t>
+          <t>Ellie Black'in Dönüşü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>329</v>
+        <v>349</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255587312</t>
+          <t>9786255841292</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Korsanı (Ciltli)</t>
+          <t>Kaybolmuş Ruhlar Sarayı Özel Set (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>389</v>
+        <v>958</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255587145</t>
+          <t>9786255841100</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Quicksilver (Ciltli)</t>
+          <t>Kaybolmuş Ruhlar Sarayı - Senteria'nın Varisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>390</v>
+        <v>389</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255587510</t>
+          <t>9786255841117</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Quicksilver Kutulu Set (Ciltli)</t>
+          <t>Kaybolmuş Ruhlar Sarayı - Senteria'nın Varisi (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>520</v>
+        <v>479</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255587466</t>
+          <t>9786255841087</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare Seti (Beş Kitaplık Kutulu Set) (Ciltli)</t>
+          <t>Kaybolmuş Ruhlar Sarayı - Kraliçenin Kızı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>2035</v>
+        <v>389</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255587282</t>
+          <t>9786255841094</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Portresi Seti (Ciltli)</t>
+          <t>Kaybolmuş Ruhlar Sarayı - Kraliçenin Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>778</v>
+        <v>479</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255587138</t>
+          <t>9786256772878</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Leke Seti (İki Kitaplık Kutulu Set) (Ciltli)</t>
+          <t>Emanet Aşk 2 - Silme Sendeki İzlerimi (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1028</v>
+        <v>479</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255587244</t>
+          <t>9786256372351</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare 4,5 - Sonun Ötesinde</t>
+          <t>Karantina Serisi 5 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>289</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255587190</t>
+          <t>9786256772106</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare 4,5 - Sonun Ötesinde (Ciltli)</t>
+          <t>Yıldızların Laneti Serisi - 5 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>339</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255587237</t>
+          <t>9786256372054</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare 4 - Son Görev</t>
+          <t>Evrenin Matematiği - Numeroloji Ajandası 2023</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>359</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255587183</t>
+          <t>3035144624864</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare 4 - Son Görev (Ciltli)</t>
+          <t>Stefan Zweig Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>419</v>
+        <v>600</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255587220</t>
+          <t>9786257671798</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare 3 - Kırık Yok Oluşlar</t>
+          <t>On İki Hasta</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>359</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255587176</t>
+          <t>9786257671668</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare 3 - Kırık Yok Oluşlar (Ciltli)</t>
+          <t>Morg: Ölümün İçinde Yaşam</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>419</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255587169</t>
+          <t>9786257671538</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare 2 - Tutuklu Zihinler Zindanı (Ciltli)</t>
+          <t>Gençler İçin İkigai</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>429</v>
+        <v>259</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255587213</t>
+          <t>2789788610523</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare 2 - Tutuklu Zihinler Zindanı</t>
+          <t>Modern Dünya Klasikleri (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>369</v>
+        <v>440</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255587206</t>
+          <t>9786257671514</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare - Canavar mı? Kahraman mı?</t>
+          <t>Yıldızların Laneti</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>369</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255587152</t>
+          <t>9786057611949</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ateşpare - Canavar mı? Kahraman mı? (Ciltli)</t>
+          <t>Ebru</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>429</v>
+        <v>399</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255587121</t>
+          <t>9786257671149</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Değişiyorum</t>
+          <t>Aile Modelleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255587114</t>
+          <t>9786257671361</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Asansör (Ciltli)</t>
+          <t>Otuzundan Sonra</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>389</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256149861</t>
+          <t>9786255587749</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Peri Kabusu</t>
+          <t>En Beklenmedik Anda</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>439</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256149946</t>
+          <t>9786255841070</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Biricik Kızım</t>
+          <t>Sesini Duyur Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>938</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256149892</t>
+          <t>9786259683867</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yansıma (Ciltli)</t>
+          <t>Buz Krallığı 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>419</v>
+        <v>379</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256149885</t>
+          <t>9786259683874</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yansıma</t>
+          <t>Buz Krallığı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>369</v>
+        <v>469</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256149908</t>
+          <t>9786256149038</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Leke 2 - Özgürlük</t>
+          <t>Bitiş Çizgisi (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>469</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256149915</t>
+          <t>9786256772083</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Leke 2 - Özgürlük (Ciltli)</t>
+          <t>Sokak Nöbetçileri Seti 4 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>529</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256149717</t>
+          <t>9786255587800</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Tezahürat</t>
+          <t>Felah (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>329</v>
+        <v>529</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256149724</t>
+          <t>9786255587817</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Tezahürat (Ciltli)</t>
+          <t>Felah</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>389</v>
+        <v>439</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256149755</t>
+          <t>9786255587831</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Böyle Yaşar - 4</t>
+          <t>Akva</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>409</v>
+        <v>369</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256149762</t>
+          <t>9786255587824</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Böyle Yaşar - 4 (Ciltli)</t>
+          <t>Akva (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>409</v>
+        <v>459</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256149694</t>
+          <t>9786255587541</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tatsız Bir Öykü</t>
+          <t>45. Durak (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>329</v>
+        <v>499</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256149700</t>
+          <t>9786255587534</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tatsız Bir Öykü (Ciltli)</t>
+          <t>45. Durak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>389</v>
+        <v>419</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256149427</t>
+          <t>9786057611253</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hükümran 2 – Ateş Kırağı</t>
+          <t>Beyninize Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>359</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256149434</t>
+          <t>9786255587763</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hükümran 2 – Ateş Kırağı (Ciltli)</t>
+          <t>Sesini Duyur (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>419</v>
+        <v>469</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256149205</t>
+          <t>9786255587770</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüzlük</t>
+          <t>Sesini Duyur 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>289</v>
+        <v>469</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256149090</t>
+          <t>9786057611246</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Real Madrid Rüyası</t>
+          <t>Aylak</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>289</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256372962</t>
+          <t>9786255587527</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri: Koza Sarca</t>
+          <t>Arama Geçmişi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>149</v>
+        <v>329</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051113003</t>
+          <t>9786255587268</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünya Klasikleri Seti 4 (5 Kitap Takım)</t>
+          <t>Ölüler Konuşamaz</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>295</v>
+        <v>329</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051112903</t>
+          <t>9786255587251</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünya Klasikleri Seti 3 (5 Kitap)</t>
+          <t>Ölüler Konuşamaz (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>280</v>
+        <v>389</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>2789788612657</t>
+          <t>9786255587305</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Seti - 3 Kitap Takım</t>
+          <t>Kalbinin Korsanı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>153</v>
+        <v>379</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>3035134624867</t>
+          <t>9786255587312</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Jack London Seti 3 Kitap</t>
+          <t>Kalbinin Korsanı (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>108</v>
+        <v>469</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057611956</t>
+          <t>9786255587145</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Matematiği Numeroloji Ajandası 2021</t>
+          <t>Quicksilver (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>63</v>
+        <v>489</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3038803602364</t>
+          <t>9786255587510</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Felsefe Seti (5 Kitap)</t>
+          <t>Quicksilver Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>0</v>
+        <v>619</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3035203794866</t>
+          <t>9786255587466</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Seti 5 Kitap</t>
+          <t>Ateşpare Seti (Beş Kitaplık Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>101</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>2789786021291</t>
+          <t>9786255587282</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Renkler Sokağı Seti - 3 Kitap Takım</t>
+          <t>Ölüm Portresi Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>0</v>
+        <v>928</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000080179</t>
+          <t>9786255587138</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Can Aydoğmuş Seti 2 Kitap Takım</t>
+          <t>Beyaz Leke Seti (İki Kitaplık Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>0</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>2780006012021</t>
+          <t>9786255587244</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>George Orwell 3 Kitap Set</t>
+          <t>Ateşpare 4,5 - Sonun Ötesinde</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>214</v>
+        <v>309</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257671637</t>
+          <t>9786255587190</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Yolculuğu</t>
+          <t>Ateşpare 4,5 - Sonun Ötesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>159</v>
+        <v>389</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257671521</t>
+          <t>9786255587237</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Para Ne Söyler, Biz Ne Anlarız ?</t>
+          <t>Ateşpare 4 - Son Görev</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>44</v>
+        <v>409</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257671040</t>
+          <t>9786255587183</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin Beşinci Atlısının Günlüğü - Defter</t>
+          <t>Ateşpare 4 - Son Görev (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>89</v>
+        <v>499</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257671552</t>
+          <t>9786255587220</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Matematiği - Numeroloji Ajandası 2022</t>
+          <t>Ateşpare 3 - Kırık Yok Oluşlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>107</v>
+        <v>409</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052361955</t>
+          <t>9786255587176</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeleri (5 Kitap Kutulu)</t>
+          <t>Ateşpare 3 - Kırık Yok Oluşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>499</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052361818</t>
+          <t>9786255587169</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Asansör</t>
+          <t>Ateşpare 2 - Tutuklu Zihinler Zindanı (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>99</v>
+        <v>529</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>2789788613920</t>
+          <t>9786255587213</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Felsefe Seti (3 Kitap Takım)</t>
+          <t>Ateşpare 2 - Tutuklu Zihinler Zindanı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>439</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052361887</t>
+          <t>9786255587206</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeleri 3</t>
+          <t>Ateşpare - Canavar mı? Kahraman mı?</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>20</v>
+        <v>419</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052361870</t>
+          <t>9786255587152</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeleri 2</t>
+          <t>Ateşpare - Canavar mı? Kahraman mı? (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20</v>
+        <v>509</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052361863</t>
+          <t>9786255587121</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeleri 1</t>
+          <t>Değişiyorum</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>20</v>
+        <v>329</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052361757</t>
+          <t>9786255587114</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kim Olduğumu Bilmiyorsunuz</t>
+          <t>Asansör (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>24</v>
+        <v>479</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057611185</t>
+          <t>9786256149861</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çernobil - 01:23:40</t>
+          <t>Peri Kabusu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>329</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057611123</t>
+          <t>9786256149946</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Derin</t>
+          <t>Biricik Kızım</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>29</v>
+        <v>349</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052361542</t>
+          <t>9786256149892</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Ayarları</t>
+          <t>Kayıp Yansıma (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>22</v>
+        <v>419</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052361979</t>
+          <t>9786256149885</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Erkek Lisesi 2</t>
+          <t>Kayıp Yansıma</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>27.5</v>
+        <v>369</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057611093</t>
+          <t>9786256149908</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Günde Bir Elma</t>
+          <t>Beyaz Leke 2 - Özgürlük</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>159</v>
+        <v>529</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059144193</t>
+          <t>9786256149915</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mutfağı</t>
+          <t>Beyaz Leke 2 - Özgürlük (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>17</v>
+        <v>619</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052361733</t>
+          <t>9786256149717</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Fikrimiz Yok - Bilinmeyen Evrenin Kılavuzu</t>
+          <t>Ateşten Tezahürat</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>64</v>
+        <v>379</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052361146</t>
+          <t>9786256149724</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kaybetmeyen Kadınlar</t>
+          <t>Ateşten Tezahürat (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>17</v>
+        <v>469</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059144957</t>
+          <t>9786256149755</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bilir Mi?</t>
+          <t>Bazı İnsanlar Böyle Yaşar - 4</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>17</v>
+        <v>399</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>2789788610530</t>
+          <t>9786256149762</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (6 Kitap Takım)</t>
+          <t>Bazı İnsanlar Böyle Yaşar - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>172</v>
+        <v>489</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052361856</t>
+          <t>9786256149694</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Beynine Hoş Geldiniz</t>
+          <t>Tatsız Bir Öykü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>210</v>
+        <v>369</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052361559</t>
+          <t>9786256149700</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Erkek Lisesi 2 (Ciltli)</t>
+          <t>Tatsız Bir Öykü (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>39</v>
+        <v>459</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052361337</t>
+          <t>9786256149427</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bugüne Dek Yaşamış Herkesin Kısa Bir Tarihi (Genlerimizin Hikayesi)</t>
+          <t>Hükümran 2 – Ateş Kırağı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>419</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052361306</t>
+          <t>9786256149434</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dinleyici</t>
+          <t>Hükümran 2 – Ateş Kırağı (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>48</v>
+        <v>499</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059144988</t>
+          <t>9786256149205</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Ölümsüzlük</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>13.89</v>
+        <v>329</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052361849</t>
+          <t>9786256149090</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Feminist Dövüş Kulübü</t>
+          <t>Real Madrid Rüyası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052361672</t>
+          <t>9786256372962</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yeniden</t>
+          <t>Sokak Nöbetçileri: Koza Sarca</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>24</v>
+        <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059144919</t>
+          <t>9786051113003</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sergisi</t>
+          <t>Modern Dünya Klasikleri Seti 4 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>24</v>
+        <v>295</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059144889</t>
+          <t>9786051112903</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nbr Cnm</t>
+          <t>Modern Dünya Klasikleri Seti 3 (5 Kitap)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>79</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059144759</t>
+          <t>2789788612657</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>O Benim Kızım</t>
+          <t>Popüler Bilim Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>24</v>
+        <v>153</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052361443</t>
+          <t>3035134624867</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kızlar</t>
+          <t>Jack London Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>35</v>
+        <v>108</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052361191</t>
+          <t>9786057611956</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Einstein (Ciltli)</t>
+          <t>Evrenin Matematiği Numeroloji Ajandası 2021</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>10</v>
+        <v>63</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052361184</t>
+          <t>3038803602364</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aklınla 1000 Yaşa</t>
+          <t>Halil Cibran Felsefe Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>17</v>
+        <v>172</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059144513</t>
+          <t>3035203794866</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İçime Bir Unut Düştü</t>
+          <t>Franz Kafka Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>17</v>
+        <v>101</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059144476</t>
+          <t>2789786021291</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Büyüsü (Cep Boy)</t>
+          <t>Renkler Sokağı Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>12</v>
+        <v>330</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059144483</t>
+          <t>3990000080179</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mavi Güneş, Sarı Gökyüzü (Cep Boy)</t>
+          <t>Can Aydoğmuş Seti 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>12</v>
+        <v>638</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059144490</t>
+          <t>2780006012021</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Aşk (Ciltli)</t>
+          <t>George Orwell 3 Kitap Set</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>39</v>
+        <v>214</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059144353</t>
+          <t>9786257671637</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ait Olduğumuz Yer</t>
+          <t>Uyanış Yolculuğu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>22</v>
+        <v>159</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059144827</t>
+          <t>9786257671521</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Resident Evil - Şeytanın Dönüşü</t>
+          <t>Para Ne Söyler, Biz Ne Anlarız ?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>22</v>
+        <v>44</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059144810</t>
+          <t>9786257671040</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Duvarlar</t>
+          <t>Mahşerin Beşinci Atlısının Günlüğü - Defter</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>22</v>
+        <v>89</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059144452</t>
+          <t>9786257671552</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ruhu</t>
+          <t>Evrenin Matematiği - Numeroloji Ajandası 2022</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>27.5</v>
+        <v>107</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052361412</t>
+          <t>9786052361955</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Neşe</t>
+          <t>Sherlock Holmes - Bütün Hikayeleri (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>27.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059144339</t>
+          <t>9786052361818</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hayaller Atölyesi</t>
+          <t>Asansör</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>27</v>
+        <v>99</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059144506</t>
+          <t>2789788613920</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Umut Fısıltıları</t>
+          <t>Halil Cibran Felsefe Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>22</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059144315</t>
+          <t>9786052361887</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Linger - Ölüm Vahşi Bir Gecedir</t>
+          <t>Sherlock Holmes - Bütün Hikayeleri 3</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059144366</t>
+          <t>9786052361870</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gücün Güçsüzlüğündedir</t>
+          <t>Sherlock Holmes - Bütün Hikayeleri 2</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059144308</t>
+          <t>9786052361863</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>VesseLAm</t>
+          <t>Sherlock Holmes - Bütün Hikayeleri 1</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059144247</t>
+          <t>9786052361757</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kan Sanatı - Bir Sherlock Holmes Macerası</t>
+          <t>Kim Olduğumu Bilmiyorsunuz</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059144926</t>
+          <t>9786057611185</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Sen Düşün!</t>
+          <t>Çernobil - 01:23:40</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059144933</t>
+          <t>9786057611123</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gerçek 1.0 - Geçmişe Dönüş</t>
+          <t>Derin</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059144865</t>
+          <t>9786052361542</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Asansör (Ciltli)</t>
+          <t>Fabrika Ayarları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>22</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059144841</t>
+          <t>9786052361979</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bir Sahtekar Gibi Düşünmek</t>
+          <t>Erkek Lisesi 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>64</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059144520</t>
+          <t>9786057611093</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Linger-2 Canavarın Peşinde</t>
+          <t>Günde Bir Elma</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>27</v>
+        <v>159</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059144278</t>
+          <t>9786059144193</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İki Yabancı Olmadan Önce</t>
+          <t>Aşk Mutfağı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059144216</t>
+          <t>9786052361733</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Noktaya Yolculuk - Fantastik Noktalar</t>
+          <t>Hiçbir Fikrimiz Yok - Bilinmeyen Evrenin Kılavuzu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059144704</t>
+          <t>9786052361146</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Arı (Ciltli)</t>
+          <t>Kaybetmeyen Kadınlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>39</v>
+        <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059144537</t>
+          <t>9786059144957</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sahip Olduğum Tek Şey</t>
+          <t>Bilir Mi?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059144681</t>
+          <t>2789788610530</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sır</t>
+          <t>Stefan Zweig Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>22</v>
+        <v>172</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059144711</t>
+          <t>9786052361856</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ne Yaparsan Yap Aşk İle Yap</t>
+          <t>Çocuğunuzun Beynine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059144322</t>
+          <t>9786052361559</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Biraz Daha Yakın</t>
+          <t>Erkek Lisesi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>22</v>
+        <v>39</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059144209</t>
+          <t>9786052361337</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Noktaya Yolculuk - Gizemli Noktalar</t>
+          <t>Bugüne Dek Yaşamış Herkesin Kısa Bir Tarihi (Genlerimizin Hikayesi)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059144285</t>
+          <t>9786052361306</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mavi Güneş, Sarı Gökyüzü</t>
+          <t>Dinleyici</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>22</v>
+        <v>48</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059144230</t>
+          <t>9786059144988</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Benim Uzak Güneşim</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059144056</t>
+          <t>9786052361849</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olmak İşin Kolay Yanı</t>
+          <t>Feminist Dövüş Kulübü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>22</v>
+        <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059144070</t>
+          <t>9786052361672</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Cesaret İster</t>
+          <t>Hayat Yeniden</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059144049</t>
+          <t>9786059144919</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Büyüsü</t>
+          <t>Ölüm Sergisi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059144100</t>
+          <t>9786059144889</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yeni Bir Ben Lazım</t>
+          <t>Nbr Cnm</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>22</v>
+        <v>79</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052361900</t>
+          <t>9786059144759</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeleri 5</t>
+          <t>O Benim Kızım</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052361894</t>
+          <t>9786052361443</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Hikayeleri 4</t>
+          <t>Kayıp Kızlar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257671378</t>
+          <t>9786052361191</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Yeniden</t>
+          <t>Einstein (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>65</v>
+        <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257671071</t>
+          <t>9786052361184</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sarkaç</t>
+          <t>Aklınla 1000 Yaşa</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057611420</t>
+          <t>9786059144513</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Büyürken</t>
+          <t>İçime Bir Unut Düştü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257671156</t>
+          <t>9786059144476</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mekan Enerjilerini İyileştirmek</t>
+          <t>Sevginin Büyüsü (Cep Boy)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257671163</t>
+          <t>9786059144483</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Döngüsüyle Uyumlu Yaşamak</t>
+          <t>Mavi Güneş, Sarı Gökyüzü (Cep Boy)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057611628</t>
+          <t>9786059144490</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sadeliğin Dayanılmaz Hafifliği</t>
+          <t>Kan ve Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>110</v>
+        <v>39</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057611406</t>
+          <t>9786059144353</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Ait Olduğumuz Yer</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>80</v>
+        <v>22</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057611116</t>
+          <t>9786059144827</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yerim Seni İstanbul</t>
+          <t>Resident Evil - Şeytanın Dönüşü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>34.9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057611215</t>
+          <t>9786059144810</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Bay Hyde'ın Tuhaf Hikayesi</t>
+          <t>Kağıttan Duvarlar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052361726</t>
+          <t>9786059144452</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>3391 Kilometre - Ciltli</t>
+          <t>Hayatın Ruhu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>389</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059144094</t>
+          <t>9786052361412</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Renkler Ülkesi: Hayvanlar - Doğa - Mandala</t>
+          <t>Neşe</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256149410</t>
+          <t>9786059144339</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Karantina 1. Perde Film Özel Baskı (Ciltli)</t>
+          <t>Kayıp Hayaller Atölyesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>389</v>
+        <v>27</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256149403</t>
+          <t>9786059144506</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Eşleşme</t>
+          <t>Umut Fısıltıları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>289</v>
+        <v>22</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256772564</t>
+          <t>9786059144315</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Leke (Ciltli)</t>
+          <t>Linger - Ölüm Vahşi Bir Gecedir</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>499</v>
+        <v>27</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256772427</t>
+          <t>9786059144366</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Böyle Yaşar 2</t>
+          <t>Gücün Güçsüzlüğündedir</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>349</v>
+        <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256772113</t>
+          <t>9786059144308</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Böyle Yaşar</t>
+          <t>VesseLAm</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>349</v>
+        <v>17</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256372917</t>
+          <t>9786059144247</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Varislerin Oyunu - Wisteria 1</t>
+          <t>Kan Sanatı - Bir Sherlock Holmes Macerası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>339</v>
+        <v>27</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257671866</t>
+          <t>9786059144926</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Emare - Sarmaşık (Ciltli)</t>
+          <t>Şimdi Sen Düşün!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>419</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256372047</t>
+          <t>9786059144933</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Emare - Maske (Ciltli)</t>
+          <t>Gerçek 1.0 - Geçmişe Dönüş</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>499</v>
+        <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057611154</t>
+          <t>9786059144865</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Kilometre - Ciltli</t>
+          <t>Asansör (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>389</v>
+        <v>110</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059144469</t>
+          <t>9786059144841</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aşık Olmak İşin Kolay Yanı ? (Cep Boy)</t>
+          <t>Bir Sahtekar Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052361399</t>
+          <t>9786059144520</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Linger-2 Canavarın Peşinde</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>120</v>
+        <v>27</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257671217</t>
+          <t>9786059144278</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kendine Hoş Geldin</t>
+          <t>İki Yabancı Olmadan Önce</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256772434</t>
+          <t>9786059144216</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Böyle Yaşar 2 (Ciltli)</t>
+          <t>Noktadan Noktaya Yolculuk - Fantastik Noktalar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>409</v>
+        <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256149274</t>
+          <t>9786059144704</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zamansız (Ciltli)</t>
+          <t>Kraliçe Arı (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>409</v>
+        <v>39</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256149267</t>
+          <t>9786059144537</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Sahip Olduğum Tek Şey</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>359</v>
+        <v>22</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256149083</t>
+          <t>9786059144681</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Peri Kraliçesi’nin Tacı</t>
+          <t>Sır</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>259</v>
+        <v>22</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256149052</t>
+          <t>9786059144711</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şehri Seti (3 Kitap Kutulu) (Ciltli)</t>
+          <t>Ne Yaparsan Yap Aşk İle Yap</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>1357</v>
+        <v>60</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256772540</t>
+          <t>9786059144322</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Zehirde Demlenen Büyü (2 Kitap Takım Kutulu Set) (Ciltli)</t>
+          <t>Her Gün Biraz Daha Yakın</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>518</v>
+        <v>22</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256149182</t>
+          <t>9786059144209</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Serçeyi Öldürmek 2</t>
+          <t>Noktadan Noktaya Yolculuk - Gizemli Noktalar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>369</v>
+        <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256149199</t>
+          <t>9786059144285</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Serçeyi Öldürmek 2 (Ciltli)</t>
+          <t>Mavi Güneş, Sarı Gökyüzü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>429</v>
+        <v>22</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256149168</t>
+          <t>9786059144230</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Portresi 2</t>
+          <t>Benim Uzak Güneşim</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>329</v>
+        <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256149175</t>
+          <t>9786059144056</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Portresi 2 (Ciltli)</t>
+          <t>Aşık Olmak İşin Kolay Yanı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>389</v>
+        <v>22</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256149076</t>
+          <t>9786059144070</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bitiş Çizgisi</t>
+          <t>Yalnızlık Cesaret İster</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>329</v>
+        <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256149045</t>
+          <t>9786059144049</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Daima Benim</t>
+          <t>Sevginin Büyüsü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>379</v>
+        <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256149113</t>
+          <t>9786059144100</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kalpsiz Avcı (Ciltli)</t>
+          <t>Kendime Yeni Bir Ben Lazım</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>419</v>
+        <v>22</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256149151</t>
+          <t>9786052361900</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İs Kokan Zeytin Ağacı 2 (Ciltli)</t>
+          <t>Sherlock Holmes - Bütün Hikayeleri 5</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>389</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256149144</t>
+          <t>9786052361894</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İs Kokan Zeytin Ağacı 2</t>
+          <t>Sherlock Holmes - Bütün Hikayeleri 4</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>329</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256149120</t>
+          <t>9786257671378</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kırık İnci</t>
+          <t>Bir Gün Yeniden</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>349</v>
+        <v>65</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256149137</t>
+          <t>9786257671071</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kırık İnci (Ciltli)</t>
+          <t>Sarkaç</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>409</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256149021</t>
+          <t>9786057611420</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Kilometre Film Özel Baskı (Ciltli)</t>
+          <t>Çocuğum Büyürken</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>389</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256772984</t>
+          <t>9786257671156</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Kılıcı - Wisteria 3</t>
+          <t>Mekan Enerjilerini İyileştirmek</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>329</v>
+        <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256149007</t>
+          <t>9786257671163</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Kılıcı - Wisteria 3 (Ciltli)</t>
+          <t>Doğanın Döngüsüyle Uyumlu Yaşamak</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>389</v>
+        <v>24</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256772946</t>
+          <t>9786057611628</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Rekabet</t>
+          <t>Sadeliğin Dayanılmaz Hafifliği</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>249</v>
+        <v>110</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256772991</t>
+          <t>9786057611406</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni (Ciltli)</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>389</v>
+        <v>80</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256772977</t>
+          <t>9786057611116</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni</t>
+          <t>Yerim Seni İstanbul</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>329</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256772960</t>
+          <t>9786057611215</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Siren 2 (Ciltli)</t>
+          <t>Dr. Jekyll ve Bay Hyde'ın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>429</v>
+        <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256772953</t>
+          <t>9786052361726</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Siren 2</t>
+          <t>3391 Kilometre - Ciltli</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>369</v>
+        <v>479</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256149014</t>
+          <t>9786059144094</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kalbi İyi Olanın Yolu Zordur</t>
+          <t>Renkler Ülkesi: Hayvanlar - Doğa - Mandala</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>260</v>
+        <v>199</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256772915</t>
+          <t>9786256149410</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Sır</t>
+          <t>Karantina 1. Perde Film Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>189</v>
+        <v>479</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256772939</t>
+          <t>9786256149403</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Böyle Yaşar 3 (Ciltli)</t>
+          <t>Mükemmel Eşleşme</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>399</v>
+        <v>329</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256772922</t>
+          <t>9786256772564</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Böyle Yaşar 3</t>
+          <t>Beyaz Leke (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>339</v>
+        <v>579</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256772908</t>
+          <t>9786256772427</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Erkekleri Öldürüp Paçayı Sıyırmanın Yolları</t>
+          <t>Bazı İnsanlar Böyle Yaşar 2</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256772076</t>
+          <t>9786256772113</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri Seti 4 Kitap (Kutulu) (Ciltli)</t>
+          <t>Bazı İnsanlar Böyle Yaşar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1836</v>
+        <v>399</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256772885</t>
+          <t>9786256372917</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hayatım ve Kıyamet</t>
+          <t>Varislerin Oyunu - Wisteria 1</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>259</v>
+        <v>389</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256772397</t>
+          <t>9786257671866</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Peri Kralı’nın Kalbi</t>
+          <t>Emare - Sarmaşık (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>260</v>
+        <v>499</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256772243</t>
+          <t>9786256372047</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Aç Hayalet</t>
+          <t>Emare - Maske (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>249</v>
+        <v>579</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256772335</t>
+          <t>9786057611154</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Arlo Finch 3 Kitap Takım - Ciltli (Kutulu)</t>
+          <t>Sıfır Kilometre - Ciltli</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1017</v>
+        <v>469</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256772694</t>
+          <t>9786059144469</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Enola Holmes - Mycroft’un Tehlikeli Oyunu</t>
+          <t>Aşık Olmak İşin Kolay Yanı ? (Cep Boy)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>49</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256372368</t>
+          <t>9786052361399</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Karantina Serisi 5 Kitap (Kutulu)</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>1645</v>
+        <v>145</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256772458</t>
+          <t>9786257671217</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Morana (Ciltli)</t>
+          <t>Kendine Hoş Geldin</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>409</v>
+        <v>329</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057611932</t>
+          <t>9786256772434</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Kedisi</t>
+          <t>Bazı İnsanlar Böyle Yaşar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>280</v>
+        <v>489</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256772748</t>
+          <t>9786256149274</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Merhametli Karga</t>
+          <t>Zamansız (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>279</v>
+        <v>499</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256772861</t>
+          <t>9786256149267</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Emanet Aşk 2 - Silme Sendeki İzlerimi</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>329</v>
+        <v>409</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256772717</t>
+          <t>9786256149083</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Anatomi - Bir Aşk Hikayesi</t>
+          <t>Peri Kraliçesi’nin Tacı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>260</v>
+        <v>329</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256772571</t>
+          <t>9786256149052</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Peri Mahkumu</t>
+          <t>Karanlığın Şehri Seti (3 Kitap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>230</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256772724</t>
+          <t>9786256772540</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Buz Krallığı</t>
+          <t>Zehirde Demlenen Büyü (2 Kitap Takım Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>329</v>
+        <v>838</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256772731</t>
+          <t>9786256149182</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Buz Krallığı (Ciltli)</t>
+          <t>Serçeyi Öldürmek 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>389</v>
+        <v>439</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052361788</t>
+          <t>9786256149199</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Jose Mourinho - Kazanmanın Anatomisi</t>
+          <t>Serçeyi Öldürmek 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>529</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256772649</t>
+          <t>9786256149168</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şehri 3</t>
+          <t>Ölüm Portresi 2</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>369</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256772656</t>
+          <t>9786256149175</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şehri 3 (Ciltli)</t>
+          <t>Ölüm Portresi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>439</v>
+        <v>459</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052361962</t>
+          <t>9786256149076</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Aşk</t>
+          <t>Bitiş Çizgisi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>349</v>
+        <v>379</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257671316</t>
+          <t>9786256149045</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir İnattır Yaşamak</t>
+          <t>Daima Benim</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>260</v>
+        <v>389</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256772021</t>
+          <t>9786256149113</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresi Serisi 2 Kitap (Kutulu)</t>
+          <t>Kalpsiz Avcı (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>658</v>
+        <v>449</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256772038</t>
+          <t>9786256149151</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresi Serisi 2 Kitap (Kutulu) (Ciltli)</t>
+          <t>İs Kokan Zeytin Ağacı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>778</v>
+        <v>469</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256772045</t>
+          <t>9786256149144</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kalp Muhafızı Serisi 2 Kitap (Kutulu)</t>
+          <t>İs Kokan Zeytin Ağacı 2</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>658</v>
+        <v>379</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256772052</t>
+          <t>9786256149120</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kalp Muhafızı Serisi 2 Kitap (Kutulu) (Ciltli)</t>
+          <t>Kırık İnci</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>778</v>
+        <v>399</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256372320</t>
+          <t>9786256149137</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>George Orwell 3 Kitap (Kutulu)</t>
+          <t>Kırık İnci (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>214</v>
+        <v>489</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256372412</t>
+          <t>9786256149021</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>3391 KM Serisi 2 Kitap (Kutulu)</t>
+          <t>Sıfır Kilometre Film Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>658</v>
+        <v>469</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256372405</t>
+          <t>9786256772984</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>3391 KM Serisi 2 Kitap (Kutulu) (Ciltli)</t>
+          <t>İmparatorluğun Kılıcı - Wisteria 3</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>778</v>
+        <v>379</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256772595</t>
+          <t>9786256149007</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Kıvılcım Zirve Ötesi Serisi - 1</t>
+          <t>İmparatorluğun Kılıcı - Wisteria 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>329</v>
+        <v>469</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256772588</t>
+          <t>9786256772946</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Buzdan Kıvılcım Zirve Ötesi Serisi - 1 (Ciltli)</t>
+          <t>Kusursuz Rekabet</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>389</v>
+        <v>369</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256772557</t>
+          <t>9786256772991</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Leke</t>
+          <t>Bul Beni (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>439</v>
+        <v>469</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256772502</t>
+          <t>9786256772977</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Siren</t>
+          <t>Bul Beni</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>359</v>
+        <v>379</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256772519</t>
+          <t>9786256772960</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Siren (Ciltli)</t>
+          <t>Siren 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>419</v>
+        <v>529</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256772526</t>
+          <t>9786256772953</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Enkaz Altındakiler 2</t>
+          <t>Siren 2</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>329</v>
+        <v>439</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256772533</t>
+          <t>9786256149014</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Enkaz Altındakiler 2 (Ciltli)</t>
+          <t>Kalbi İyi Olanın Yolu Zordur</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>389</v>
+        <v>329</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256772472</t>
+          <t>9786256772915</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Serçeyi Öldürmek (Ciltli)</t>
+          <t>Soğuk Sır</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>409</v>
+        <v>189</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256772465</t>
+          <t>9786256772939</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Serçeyi Öldürmek</t>
+          <t>Bazı İnsanlar Böyle Yaşar 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>349</v>
+        <v>479</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256772403</t>
+          <t>9786256772922</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Portresi</t>
+          <t>Bazı İnsanlar Böyle Yaşar 3</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>329</v>
+        <v>389</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256772410</t>
+          <t>9786256772908</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Portresi (Ciltli)</t>
+          <t>Erkekleri Öldürüp Paçayı Sıyırmanın Yolları</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256772359</t>
+          <t>9786256772076</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Karanlık ve Tatlı Zehir (Ciltli)</t>
+          <t>Sokak Nöbetçileri Seti 4 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>339</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256772380</t>
+          <t>9786256772885</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Zaman Hırsızları</t>
+          <t>Aşk Hayatım ve Kıyamet</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>229</v>
+        <v>359</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052361429</t>
+          <t>9786256772397</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Emiyor mu? - Mükemmel Annelik Beni Teğet Geçti</t>
+          <t>Peri Kralı’nın Kalbi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>279</v>
+        <v>349</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256772328</t>
+          <t>9786256772243</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi 3 Kitap Takım (Kutulu)</t>
+          <t>Aç Hayalet</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>1147</v>
+        <v>329</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256772311</t>
+          <t>9786256772335</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi 3 Kitap Takım (Kutulu) (Ciltli)</t>
+          <t>Arlo Finch 3 Kitap Takım - Ciltli (Kutulu)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1327</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257671750</t>
+          <t>9786256772694</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Enkaz Altındakiler</t>
+          <t>Enola Holmes - Mycroft’un Tehlikeli Oyunu</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256772014</t>
+          <t>9786256372368</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İnşirah</t>
+          <t>Karantina Serisi 5 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>210</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256772373</t>
+          <t>9786256772458</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Acıların Hükümdarı - Wisteria 2 (Ciltli)</t>
+          <t>Morana (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>409</v>
+        <v>489</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256772366</t>
+          <t>9786057611932</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Acıların Hükümdarı - Wisteria 2</t>
+          <t>Mevlana’nın Kedisi</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256772342</t>
+          <t>9786256772748</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Büyük Soruları</t>
+          <t>Merhametli Karga</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>359</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256772298</t>
+          <t>9786256772861</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Emanet Aşk 2 - Silme Sendeki İzlerimi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>240</v>
+        <v>389</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256772304</t>
+          <t>9786256772717</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Buraya Sevilmek İçin Gelmedim</t>
+          <t>Anatomi - Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>259</v>
+        <v>379</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256772250</t>
+          <t>9786256772571</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Arlo Finch – Gölgeler Krallığı (Ciltli)</t>
+          <t>Peri Mahkumu</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>339</v>
+        <v>329</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256772274</t>
+          <t>9786256772724</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Öpücüğü</t>
+          <t>Buz Krallığı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>260</v>
+        <v>389</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256772281</t>
+          <t>9786256772731</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>3391 Kilometre Film Özel Baskı (Ciltli)</t>
+          <t>Buz Krallığı (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>389</v>
+        <v>479</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256372337</t>
+          <t>9786052361788</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>No.26 Serisi Seti (2 Kitap)</t>
+          <t>Jose Mourinho - Kazanmanın Anatomisi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>658</v>
+        <v>279</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256372344</t>
+          <t>9786256772649</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>No.26 Serisi Seti (2 Kitap) (Ciltli)</t>
+          <t>Karanlığın Şehri 3</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>778</v>
+        <v>419</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256772212</t>
+          <t>9786256772656</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Hükümran: İki Yabancı</t>
+          <t>Karanlığın Şehri 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>329</v>
+        <v>509</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256772229</t>
+          <t>9786052361962</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hükümran: İki Yabancı (Ciltli)</t>
+          <t>Kan ve Aşk</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>389</v>
+        <v>399</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256772182</t>
+          <t>9786257671316</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi 3</t>
+          <t>Bir İnattır Yaşamak</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>439</v>
+        <v>329</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256772199</t>
+          <t>9786256772021</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi 3 (Ciltli)</t>
+          <t>Kar Küresi Serisi 2 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>499</v>
+        <v>748</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256772168</t>
+          <t>9786256772038</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Cenneti</t>
+          <t>Kar Küresi Serisi 2 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>329</v>
+        <v>928</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256772175</t>
+          <t>9786256772045</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Cenneti (Ciltli)</t>
+          <t>Kalp Muhafızı Serisi 2 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>389</v>
+        <v>738</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256372863</t>
+          <t>9786256772052</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Zehirde Demlenen Büyü</t>
+          <t>Kalp Muhafızı Serisi 2 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>339</v>
+        <v>918</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256372764</t>
+          <t>9786256372320</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ateş Serisi - 3 Kitap (Kutulu)</t>
+          <t>George Orwell 3 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1037</v>
+        <v>790</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256372757</t>
+          <t>9786256372412</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ateş Serisi - 3 Kitap (Kutulu) (Ciltli)</t>
+          <t>3391 KM Serisi 2 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1217</v>
+        <v>778</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256772151</t>
+          <t>9786256372405</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İs Kokan Zeytin Ağacı (Ciltli)</t>
+          <t>3391 KM Serisi 2 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>409</v>
+        <v>958</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256772144</t>
+          <t>9786256772595</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İs Kokan Zeytin Ağacı</t>
+          <t>Buzdan Kıvılcım Zirve Ötesi Serisi - 1</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>349</v>
+        <v>379</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256772120</t>
+          <t>9786256772588</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bazı İnsanlar Böyle Yaşar (Ciltli)</t>
+          <t>Buzdan Kıvılcım Zirve Ötesi Serisi - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>409</v>
+        <v>469</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256372948</t>
+          <t>9786256772557</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri: Mutlu Sarca</t>
+          <t>Beyaz Leke</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>149</v>
+        <v>489</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256372955</t>
+          <t>9786256772502</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri: Lal Sarca</t>
+          <t>Siren</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>149</v>
+        <v>419</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256372979</t>
+          <t>9786256772519</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri: Işık Sarca</t>
+          <t>Siren (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>149</v>
+        <v>499</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256372986</t>
+          <t>9786256772526</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri: Helin Aktan</t>
+          <t>Enkaz Altındakiler 2</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>149</v>
+        <v>369</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256372993</t>
+          <t>9786256772533</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri: Bartu Sarca</t>
+          <t>Enkaz Altındakiler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>149</v>
+        <v>459</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256372870</t>
+          <t>9786256772472</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri 3</t>
+          <t>Serçeyi Öldürmek (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>359</v>
+        <v>489</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256372658</t>
+          <t>9786256772465</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri 4</t>
+          <t>Serçeyi Öldürmek</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>329</v>
+        <v>399</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256772007</t>
+          <t>9786256772403</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri 4 (Ciltli)</t>
+          <t>Ölüm Portresi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>389</v>
+        <v>379</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256372887</t>
+          <t>9786256772410</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri 3 (Ciltli)</t>
+          <t>Ölüm Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>419</v>
+        <v>469</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256372924</t>
+          <t>9786256772359</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Varislerin Oyunu - Wisteria 1 (Ciltli)</t>
+          <t>Karanlık ve Tatlı Zehir (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>409</v>
+        <v>419</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256372894</t>
+          <t>9786256772380</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kalp Muhafızı 2</t>
+          <t>Zaman Hırsızları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>329</v>
+        <v>339</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256372900</t>
+          <t>9786052361429</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kalp Muhafızı 2 (Ciltli)</t>
+          <t>Emiyor mu? - Mükemmel Annelik Beni Teğet Geçti</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>389</v>
+        <v>279</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256372856</t>
+          <t>9786256772328</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Asel</t>
+          <t>Kimsesizler Matemi 3 Kitap Takım (Kutulu)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>349</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256372771</t>
+          <t>9786256772311</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Arlo Finch – Ayışığı Gölü</t>
+          <t>Kimsesizler Matemi 3 Kitap Takım (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>339</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256372733</t>
+          <t>9786257671750</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Küllerin Kehaneti: Yıldızların Laneti 3. Kitap</t>
+          <t>Enkaz Altındakiler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>329</v>
+        <v>389</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256372740</t>
+          <t>9786256772014</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Küllerin Kehaneti: Yıldızların Laneti 3. Kitap (Ciltli)</t>
+          <t>İnşirah</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>389</v>
+        <v>210</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256372696</t>
+          <t>9786256772373</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Bir Demlik Düş</t>
+          <t>Acıların Hükümdarı - Wisteria 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>260</v>
+        <v>489</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256372450</t>
+          <t>9786256772366</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Peri Avcısı</t>
+          <t>Acıların Hükümdarı - Wisteria 2</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>230</v>
+        <v>399</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256372580</t>
+          <t>9786256772342</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Ateş 3 - Kavuşmak</t>
+          <t>Hayatın Büyük Soruları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>359</v>
+        <v>259</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256372597</t>
+          <t>9786256772298</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ateş 3 - Kavuşmak (Ciltli)</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>419</v>
+        <v>299</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256372504</t>
+          <t>9786256772304</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi 2</t>
+          <t>Buraya Sevilmek İçin Gelmedim</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>359</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256372511</t>
+          <t>9786256772250</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi 2 (Ciltli)</t>
+          <t>Arlo Finch – Gölgeler Krallığı (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>419</v>
+        <v>399</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256372467</t>
+          <t>9786256772274</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Emanet Aşk - Şimdi Işıkları Söndürmeli</t>
+          <t>Gölgenin Öpücüğü</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>339</v>
+        <v>329</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256372474</t>
+          <t>9786256772281</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Emanet Aşk - Şimdi Işıkları Söndürmeli (Ciltli)</t>
+          <t>3391 Kilometre Film Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>399</v>
+        <v>479</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256372481</t>
+          <t>9786256372337</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kalp Muhafızı</t>
+          <t>No.26 Serisi Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>329</v>
+        <v>758</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256372498</t>
+          <t>9786256372344</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kalp Muhafızı (Ciltli)</t>
+          <t>No.26 Serisi Seti (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>389</v>
+        <v>938</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256372252</t>
+          <t>9786256772212</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Profesör Arsene Wenger (Ciltli)</t>
+          <t>Hükümran: İki Yabancı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>210</v>
+        <v>389</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256372177</t>
+          <t>9786256772229</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Arlo Finch: Alevler Vadisi (Ciltli)</t>
+          <t>Hükümran: İki Yabancı (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>339</v>
+        <v>479</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256372214</t>
+          <t>9786256772182</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bizim Hikayemiz</t>
+          <t>Kimsesizler Matemi 3</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>260</v>
+        <v>489</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256372122</t>
+          <t>9786256772199</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çölü</t>
+          <t>Kimsesizler Matemi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>230</v>
+        <v>579</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256372160</t>
+          <t>9786256772168</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ateş- Ulaş'mak (Ciltli)</t>
+          <t>Gökyüzünün Cenneti</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>389</v>
+        <v>369</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256372153</t>
+          <t>9786256772175</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ateş - Ulaş'mak</t>
+          <t>Gökyüzünün Cenneti (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>329</v>
+        <v>389</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256372139</t>
+          <t>9786256372863</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şehri 2</t>
+          <t>Zehirde Demlenen Büyü</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>439</v>
+        <v>419</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256372146</t>
+          <t>9786256372764</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şehri 2 (Ciltli)</t>
+          <t>Ateş Serisi - 3 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>499</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256372115</t>
+          <t>9786256372757</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kopma Noktası</t>
+          <t>Ateş Serisi - 3 Kitap (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>269</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>4440000002671</t>
+          <t>9786256772151</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sonat (İmzalı) (Ciltli)</t>
+          <t>İs Kokan Zeytin Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>479</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257671897</t>
+          <t>9786256772144</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Elon Musk - Hedef: Dünyayı Kurtarmak</t>
+          <t>İs Kokan Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>150</v>
+        <v>389</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>4440000002685</t>
+          <t>9786256772120</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>3391 Seti Ciltli (İmzalı)</t>
+          <t>Bazı İnsanlar Böyle Yaşar (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>260</v>
+        <v>489</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>4440000002656</t>
+          <t>9786256372948</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Laneti Serisi Ciltli (İmzalı)</t>
+          <t>Sokak Nöbetçileri: Mutlu Sarca</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>295</v>
+        <v>149</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>4440000002655</t>
+          <t>9786256372955</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Düş Kefeni 2 (İmzalı) (Ciltli)</t>
+          <t>Sokak Nöbetçileri: Lal Sarca</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>4440000002654</t>
+          <t>9786256372979</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi (İmzalı) (Ciltli)</t>
+          <t>Sokak Nöbetçileri: Işık Sarca</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>4440000002653</t>
+          <t>9786256372986</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ateş - Yanmak (İmzalı) (Ciltli)</t>
+          <t>Sokak Nöbetçileri: Helin Aktan</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257671606</t>
+          <t>9786256372993</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İyileşmek</t>
+          <t>Sokak Nöbetçileri: Bartu Sarca</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>270</v>
+        <v>149</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257671859</t>
+          <t>9786256372870</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Emare - Sarmaşık</t>
+          <t>Sokak Nöbetçileri 3</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>359</v>
+        <v>419</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257671873</t>
+          <t>9786256372658</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Emare - Pusula</t>
+          <t>Sokak Nöbetçileri 4</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>329</v>
+        <v>389</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257671880</t>
+          <t>9786256772007</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Emare - Pusula (Ciltli)</t>
+          <t>Sokak Nöbetçileri 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>389</v>
+        <v>479</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256372030</t>
+          <t>9786256372887</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Emare - Maske</t>
+          <t>Sokak Nöbetçileri 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>439</v>
+        <v>499</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256372016</t>
+          <t>9786256372924</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Senden Bir Tane Daha Yok</t>
+          <t>Varislerin Oyunu - Wisteria 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>260</v>
+        <v>479</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257671927</t>
+          <t>9786256372894</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Daire 7</t>
+          <t>Kalp Muhafızı 2</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>329</v>
+        <v>369</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257671934</t>
+          <t>9786256372900</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Daire 7 (Ciltli)</t>
+          <t>Kalp Muhafızı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>389</v>
+        <v>459</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257671941</t>
+          <t>9786256372856</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Mimoza</t>
+          <t>Asel</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>369</v>
+        <v>389</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257671958</t>
+          <t>9786256372771</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Mimoza (Ciltli)</t>
+          <t>Arlo Finch – Ayışığı Gölü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>429</v>
+        <v>399</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256372009</t>
+          <t>9786256372733</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Koydum Ama Seni İnsan Yerine!</t>
+          <t>Küllerin Kehaneti: Yıldızların Laneti 3. Kitap</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>260</v>
+        <v>329</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257671965</t>
+          <t>9786256372740</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Lanetin Tarihi</t>
+          <t>Küllerin Kehaneti: Yıldızların Laneti 3. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>219</v>
+        <v>459</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257671972</t>
+          <t>9786256372696</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Lanetin Tarihi (Ciltli)</t>
+          <t>Bir Demlik Düş</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>279</v>
+        <v>329</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256372023</t>
+          <t>9786256372450</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Kıyısında</t>
+          <t>Peri Avcısı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>349</v>
+        <v>329</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257671989</t>
+          <t>9786256372580</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Ateş - Yanmak</t>
+          <t>Ateş 3 - Kavuşmak</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>349</v>
+        <v>419</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257671996</t>
+          <t>9786256372597</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ateş - Yanmak (Ciltli)</t>
+          <t>Ateş 3 - Kavuşmak (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>409</v>
+        <v>499</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257671842</t>
+          <t>9786256372504</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yağmur’un Gözyaşları - Kalubela</t>
+          <t>Kimsesizler Matemi 2</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>260</v>
+        <v>409</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257671828</t>
+          <t>9786256372511</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Düş Kefeni 2</t>
+          <t>Kimsesizler Matemi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>329</v>
+        <v>499</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257671835</t>
+          <t>9786256372467</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Düş Kefeni 2 (Ciltli)</t>
+          <t>Emanet Aşk - Şimdi Işıkları Söndürmeli</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>2789788622557</t>
+          <t>9786256372474</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaybettiğin Yerden Başlar (İmzalı)</t>
+          <t>Emanet Aşk - Şimdi Işıkları Söndürmeli (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>70</v>
+        <v>479</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9772002587452</t>
+          <t>9786256372481</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Miraç Çağrı Aktaş 7 Kitap Set</t>
+          <t>Kalp Muhafızı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>1820</v>
+        <v>369</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257671743</t>
+          <t>9786256372498</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Enkaz Altındakiler (Ciltli)</t>
+          <t>Kalp Muhafızı (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>389</v>
+        <v>459</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257671736</t>
+          <t>9786256372252</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Güllerin İhaneti</t>
+          <t>Profesör Arsene Wenger (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>329</v>
+        <v>279</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257671729</t>
+          <t>9786256372177</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Ekmek</t>
+          <t>Arlo Finch: Alevler Vadisi (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>150</v>
+        <v>399</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257671712</t>
+          <t>9786256372214</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Güllerin İhaneti (Ciltli)</t>
+          <t>Bizim Hikayemiz</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>389</v>
+        <v>329</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257671705</t>
+          <t>9786256372122</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şehri (Ciltli)</t>
+          <t>Yıldız Çölü</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>419</v>
+        <v>329</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257671699</t>
+          <t>9786256372160</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Şehri</t>
+          <t>Ateş- Ulaş'mak (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>359</v>
+        <v>469</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257671675</t>
+          <t>9786256372153</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi</t>
+          <t>Ateş - Ulaş'mak</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>349</v>
+        <v>379</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257671682</t>
+          <t>9786256372139</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Matemi - Ciltli</t>
+          <t>Karanlığın Şehri 2</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>409</v>
+        <v>489</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257671644</t>
+          <t>9786256372146</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Yabancı</t>
+          <t>Karanlığın Şehri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>259</v>
+        <v>579</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257671613</t>
+          <t>9786256372115</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çatlak İsyanı</t>
+          <t>Kopma Noktası</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>189</v>
+        <v>339</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257671651</t>
+          <t>4440000002671</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>O Gemi Gelene Kadar Ben Uçmayı Öğrendim</t>
+          <t>Sonat (İmzalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057611284</t>
+          <t>9786257671897</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin Uykularına Dair 100 Soru - 100 Cevap</t>
+          <t>Elon Musk - Hedef: Dünyayı Kurtarmak</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>329</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257671620</t>
+          <t>4440000002685</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mezarda İlk Gece Yaşanacaklar</t>
+          <t>3391 Seti Ciltli (İmzalı)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257671583</t>
+          <t>4440000002656</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri 2</t>
+          <t>Yıldızların Laneti Serisi Ciltli (İmzalı)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>469</v>
+        <v>295</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257671590</t>
+          <t>4440000002655</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri 2 (Ciltli)</t>
+          <t>Düş Kefeni 2 (İmzalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>529</v>
+        <v>130</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257671569</t>
+          <t>4440000002654</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sonat (Ciltli)</t>
+          <t>Kimsesizler Matemi (İmzalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>409</v>
+        <v>130</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257671576</t>
+          <t>4440000002653</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Aşk</t>
+          <t>Ateş - Yanmak (İmzalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>349</v>
+        <v>140</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257671545</t>
+          <t>9786257671606</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi (Ciltli)</t>
+          <t>İyileşmek</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>389</v>
+        <v>329</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052361740</t>
+          <t>9786257671859</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanesi</t>
+          <t>Emare - Sarmaşık</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>329</v>
+        <v>419</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057611484</t>
+          <t>9786257671873</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Süterman Yolculukta Şamata Kitap 4</t>
+          <t>Emare - Pusula</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>15</v>
+        <v>389</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057611491</t>
+          <t>9786257671880</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Süterman Yolculuğa Çıkıyoruz Kitap 3</t>
+          <t>Emare - Pusula (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>15</v>
+        <v>479</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257671385</t>
+          <t>9786256372030</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Spermler Erkekten Yumurtalar Kadından</t>
+          <t>Emare - Maske</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>170</v>
+        <v>489</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257671477</t>
+          <t>9786256372016</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ölüye Yatma Sanatı</t>
+          <t>Senden Bir Tane Daha Yok</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>190</v>
+        <v>329</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257671460</t>
+          <t>9786257671927</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Daire 7</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>369</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257671354</t>
+          <t>9786257671934</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sen Buradaydın</t>
+          <t>Daire 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>270</v>
+        <v>459</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257671415</t>
+          <t>9786257671941</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Mimoza</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>140</v>
+        <v>439</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257671408</t>
+          <t>9786257671958</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Mimoza (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>85</v>
+        <v>529</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257671392</t>
+          <t>9786256372009</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Nasıl Koydum Ama Seni İnsan Yerine!</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>75</v>
+        <v>329</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257671187</t>
+          <t>9786257671965</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlunun Kitabı</t>
+          <t>Lanetin Tarihi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>229</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257671347</t>
+          <t>9786257671972</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yağmur’un Gözyaşları</t>
+          <t>Lanetin Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>260</v>
+        <v>299</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257671330</t>
+          <t>9786256372023</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Ağladığında</t>
+          <t>Deniz'in Kıyısında</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>260</v>
+        <v>399</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257671323</t>
+          <t>9786257671989</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Artık Kimsenin Hiç Kimsesi Olmayacağım</t>
+          <t>Ateş - Yanmak</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>260</v>
+        <v>399</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257671309</t>
+          <t>9786257671996</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Var Bir Hayalimiz</t>
+          <t>Ateş - Yanmak (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>260</v>
+        <v>489</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257671293</t>
+          <t>9786257671842</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaybettiğin Yerden Başlar</t>
+          <t>Yağmur’un Gözyaşları - Kalubela</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>260</v>
+        <v>329</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257671279</t>
+          <t>9786257671828</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>No. 26</t>
+          <t>Düş Kefeni 2</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>329</v>
+        <v>389</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257671286</t>
+          <t>9786257671835</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>No. 26 - Ciltli</t>
+          <t>Düş Kefeni 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>389</v>
+        <v>479</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257671262</t>
+          <t>2789788622557</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kızıl</t>
+          <t>Hayat Kaybettiğin Yerden Başlar (İmzalı)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257671248</t>
+          <t>9772002587452</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bana Seni Seviyorum Deme Evlen Benimle</t>
+          <t>Miraç Çağrı Aktaş 7 Kitap Set</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>260</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257671255</t>
+          <t>9786257671743</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri (Ciltli)</t>
+          <t>Enkaz Altındakiler (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>499</v>
+        <v>479</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257671224</t>
+          <t>9786257671736</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bana Seni Seviyorum Deme Hissettir</t>
+          <t>Güllerin İhaneti</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>260</v>
+        <v>369</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257671231</t>
+          <t>9786257671729</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bana Seni Seviyorum Deme Sev</t>
+          <t>Bir Yudum Ekmek</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257671194</t>
+          <t>9786257671712</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yine de Sevdik</t>
+          <t>Güllerin İhaneti (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>260</v>
+        <v>459</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257671200</t>
+          <t>9786257671705</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sen On Yedi Yaşımsın</t>
+          <t>Karanlığın Şehri (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>260</v>
+        <v>499</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257671170</t>
+          <t>9786257671699</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sokak Nöbetçileri</t>
+          <t>Karanlığın Şehri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>439</v>
+        <v>419</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257671064</t>
+          <t>9786257671675</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarıncaları Affediyorum</t>
+          <t>Kimsesizler Matemi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>260</v>
+        <v>399</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257671033</t>
+          <t>9786257671682</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Asel (Ciltli)</t>
+          <t>Kimsesizler Matemi - Ciltli</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>409</v>
+        <v>489</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057611840</t>
+          <t>9786257671644</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Gibi Düşünmek</t>
+          <t>Mükemmel Yabancı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>110</v>
+        <v>259</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057611604</t>
+          <t>9786257671613</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Veren Kadınlar</t>
+          <t>Çatlak İsyanı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>339</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257671026</t>
+          <t>9786257671651</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>O Gemi Gelene Kadar Ben Uçmayı Öğrendim</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>270</v>
+        <v>329</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257671019</t>
+          <t>9786057611284</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Bebeğinizin Uykularına Dair 100 Soru - 100 Cevap</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257671002</t>
+          <t>9786257671620</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Paris ve Londra'da Beş Parasız</t>
+          <t>Mezarda İlk Gece Yaşanacaklar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>220</v>
+        <v>299</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057611925</t>
+          <t>9786257671583</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Karantina: Beşinci Perde - Ciltli</t>
+          <t>Sokak Nöbetçileri 2</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>389</v>
+        <v>529</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057611918</t>
+          <t>9786257671590</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Karantina - Beşinci Perde</t>
+          <t>Sokak Nöbetçileri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>329</v>
+        <v>619</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057611826</t>
+          <t>9786257671569</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kısmet Değilmiş</t>
+          <t>Sonat (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>260</v>
+        <v>489</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057611659</t>
+          <t>9786257671576</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Çıkmaz Aşk</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>65</v>
+        <v>399</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057611673</t>
+          <t>9786257671545</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Doktorun Anıları</t>
+          <t>Kar Tanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>110</v>
+        <v>469</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057611666</t>
+          <t>9786052361740</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Kar Tanesi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>115</v>
+        <v>379</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057611772</t>
+          <t>9786057611484</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Düşle İnan Yaşa</t>
+          <t>Süterman Yolculukta Şamata Kitap 4</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>359</v>
+        <v>15</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057611611</t>
+          <t>9786057611491</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Kesici</t>
+          <t>Süterman Yolculuğa Çıkıyoruz Kitap 3</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>260</v>
+        <v>15</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057611499</t>
+          <t>9786257671385</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Spermler Erkekten Yumurtalar Kadından</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057611635</t>
+          <t>9786257671477</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresi</t>
+          <t>Ölüye Yatma Sanatı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>329</v>
+        <v>259</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057611642</t>
+          <t>9786257671460</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kar Küresi - Ciltli</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>389</v>
+        <v>150</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057611437</t>
+          <t>9786257671354</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Cihan - Bir Türk Masalı</t>
+          <t>Sen Buradaydın</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>349</v>
+        <v>379</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057611444</t>
+          <t>9786257671415</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşin Nerede?</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>359</v>
+        <v>180</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057611413</t>
+          <t>9786257671408</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Shinrin-Yoku Orman Banyosu</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057611239</t>
+          <t>9786257671392</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Buluşlarım</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057611260</t>
+          <t>9786257671187</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bona Dea - Tutkunun Esareti</t>
+          <t>İnsanoğlunun Kitabı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057611369</t>
+          <t>9786257671347</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Karantina: Dördüncü Perde - Ciltli</t>
+          <t>Yağmur’un Gözyaşları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>389</v>
+        <v>329</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057611352</t>
+          <t>9786257671330</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Karantina: Dördüncü Perde</t>
+          <t>Bir Kadın Ağladığında</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>329</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057611222</t>
+          <t>9786257671323</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Artık Kimsenin Hiç Kimsesi Olmayacağım</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057611192</t>
+          <t>9786257671309</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Var Bir Hayalimiz</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057611208</t>
+          <t>9786257671293</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Hayat Kaybettiğin Yerden Başlar</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>110</v>
+        <v>329</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057611178</t>
+          <t>9786257671279</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>No. 26</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>85</v>
+        <v>389</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057611161</t>
+          <t>9786257671286</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>No. 26 - Ciltli</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>150</v>
+        <v>479</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057611147</t>
+          <t>9786257671262</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Kilometre</t>
+          <t>Kızıl</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>329</v>
+        <v>90</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057611130</t>
+          <t>9786257671248</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Peki Ya Şimdi? - Pucca Günlük 7</t>
+          <t>Bana Seni Seviyorum Deme Evlen Benimle</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>260</v>
+        <v>329</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057611086</t>
+          <t>9786257671255</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Konuşmalar</t>
+          <t>Sokak Nöbetçileri (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>300</v>
+        <v>579</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057611062</t>
+          <t>9786257671224</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Bana Seni Seviyorum Deme Hissettir</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>75</v>
+        <v>329</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057611079</t>
+          <t>9786257671231</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Bana Seni Seviyorum Deme Sev</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>75</v>
+        <v>329</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057611048</t>
+          <t>9786257671194</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Adem'den Önce</t>
+          <t>Yine de Sevdik</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>90</v>
+        <v>329</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057611055</t>
+          <t>9786257671200</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Savaşı</t>
+          <t>Sen On Yedi Yaşımsın</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>115</v>
+        <v>329</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057611024</t>
+          <t>9786257671170</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs Gibi Düşünmek</t>
+          <t>Sokak Nöbetçileri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>489</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057611017</t>
+          <t>9786257671064</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Köle - Aşk</t>
+          <t>Atlıkarıncaları Affediyorum</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>349</v>
+        <v>329</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057611000</t>
+          <t>9786257671033</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Fillerin Hepsi Mavi</t>
+          <t>Asel (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>260</v>
+        <v>479</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052361993</t>
+          <t>9786057611840</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ikigai - Uygulama Rehberi</t>
+          <t>Sigmund Freud Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>209</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052361986</t>
+          <t>9786057611604</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Dünyaya Yön Veren Kadınlar</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>85</v>
+        <v>279</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052361948</t>
+          <t>9786257671026</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Köle - İntikam</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>349</v>
+        <v>320</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052361917</t>
+          <t>9786257671019</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052361924</t>
+          <t>9786257671002</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Karantina: Üçüncü Perde - Ciltli</t>
+          <t>Paris ve Londra'da Beş Parasız</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>389</v>
+        <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052361931</t>
+          <t>9786057611925</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Karantina: Üçüncü Perde</t>
+          <t>Karantina: Beşinci Perde - Ciltli</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>329</v>
+        <v>459</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052361801</t>
+          <t>9786057611918</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Karantina</t>
+          <t>Karantina - Beşinci Perde</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>329</v>
+        <v>369</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052361825</t>
+          <t>9786057611826</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Karantina: İkinci Perde</t>
+          <t>Kısmet Değilmiş</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>329</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052361832</t>
+          <t>9786057611659</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>3391 Kilometre</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>329</v>
+        <v>65</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052361795</t>
+          <t>9786057611673</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Genç Bir Doktorun Anıları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052361764</t>
+          <t>9786057611666</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052361771</t>
+          <t>9786057611772</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Düşle İnan Yaşa</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>120</v>
+        <v>449</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052361665</t>
+          <t>9786057611611</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Ağrı Kesici</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>65</v>
+        <v>329</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052361689</t>
+          <t>9786057611499</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>225</v>
+        <v>99</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052361658</t>
+          <t>9786057611635</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Kar Küresi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>75</v>
+        <v>369</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052361566</t>
+          <t>9786057611642</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Kar Küresi - Ciltli</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>65</v>
+        <v>459</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052361573</t>
+          <t>9786057611437</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Cihan - Bir Türk Masalı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052361603</t>
+          <t>9786057611444</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi</t>
+          <t>Ruh Eşin Nerede?</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>65</v>
+        <v>449</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052361597</t>
+          <t>9786057611413</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız</t>
+          <t>Shinrin-Yoku Orman Banyosu</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>329</v>
+        <v>259</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052361580</t>
+          <t>9786057611239</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Buluşlarım</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>329</v>
+        <v>199</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>3990000029578</t>
+          <t>9786057611260</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Popüler Bilim Seti (3 Kitap Takım)</t>
+          <t>Bona Dea - Tutkunun Esareti</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>68</v>
+        <v>399</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052361450</t>
+          <t>9786057611369</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ikigai</t>
+          <t>Karantina: Dördüncü Perde - Ciltli</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>200</v>
+        <v>459</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052361405</t>
+          <t>9786057611352</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Karantina: Dördüncü Perde</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>150</v>
+        <v>369</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052361436</t>
+          <t>9786057611222</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Karantina: İkinci Perde - Ciltli</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>389</v>
+        <v>90</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052361290</t>
+          <t>9786057611192</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052361627</t>
+          <t>9786057611208</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052361641</t>
+          <t>9786057611178</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052361702</t>
+          <t>9786057611161</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052361634</t>
+          <t>9786057611147</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Sıfır Kilometre</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>75</v>
+        <v>379</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059144995</t>
+          <t>9786057611130</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Pep Guardiola: Oyunu Değiştiren Felsefe</t>
+          <t>Peki Ya Şimdi? - Pucca Günlük 7</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059144964</t>
+          <t>9786057611086</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Dünyayı Değiştiren Konuşmalar</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>90</v>
+        <v>359</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059144971</t>
+          <t>9786057611062</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059144902</t>
+          <t>9786057611079</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052361696</t>
+          <t>9786057611048</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Adem'den Önce</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052361719</t>
+          <t>9786057611055</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dünyalar Savaşı</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786057611031</t>
+          <t>9786057611024</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Steve Jobs Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>85</v>
+        <v>209</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059144872</t>
+          <t>9786057611017</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Hasbelkader</t>
+          <t>Köle - Aşk</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>210</v>
+        <v>399</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052361610</t>
+          <t>9786057611000</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Kafamdaki Fillerin Hepsi Mavi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>75</v>
+        <v>329</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059144797</t>
+          <t>9786052361993</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Baba'ya Mektup</t>
+          <t>Ikigai - Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>7</v>
+        <v>259</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059144773</t>
+          <t>9786052361986</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Köle</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>349</v>
+        <v>99</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059144766</t>
+          <t>9786052361948</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Sözlüğü (Ciltli)</t>
+          <t>Köle - İntikam</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>29.9</v>
+        <v>399</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059144735</t>
+          <t>9786052361917</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sedat - Bir Türk Masalı (Ciltli)</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>349</v>
+        <v>125</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059144728</t>
+          <t>9786052361924</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Karantina - Ciltli</t>
+          <t>Karantina: Üçüncü Perde - Ciltli</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>389</v>
+        <v>459</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059144742</t>
+          <t>9786052361931</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Alex de Souza</t>
+          <t>Karantina: Üçüncü Perde</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>240</v>
+        <v>369</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059144674</t>
+          <t>9786052361801</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde Bir Milyon Yıl</t>
+          <t>Karantina</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>139</v>
+        <v>389</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059144261</t>
+          <t>9786052361825</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Duygu</t>
+          <t>Karantina: İkinci Perde</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>349</v>
+        <v>379</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059144254</t>
+          <t>9786052361832</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Ali'm</t>
+          <t>3391 Kilometre</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>349</v>
+        <v>389</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059144223</t>
+          <t>9786052361795</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Bekir - Bir Türk Masalı</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059144087</t>
+          <t>9786052361764</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Renkler Şehri - Şahane Şehirler</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059144063</t>
+          <t>9786052361771</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Renkler Sokağı : Büyükler İçin Boyama Kitabı</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>130</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786052361665</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Meczup</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786052361689</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Martin Eden</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786052361658</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Babaya Mektup</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786052361566</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786052361573</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Mrs. Dalloway</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786052361603</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Ermişin Bahçesi</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786052361597</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Sınırsız</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786052361580</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Sınır</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>3990000029578</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Popüler Bilim Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786052361450</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Ikigai</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786052361405</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Dorian Gray'in Portresi</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786052361436</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Karantina: İkinci Perde - Ciltli</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786052361290</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Sanatı</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786052361627</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Bir Gece</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786052361641</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Korku</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786052361702</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786052361634</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786059144995</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Pep Guardiola: Oyunu Değiştiren Felsefe</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786059144964</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther’in Acıları</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786059144971</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Oda</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786059144902</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Neyle Yaşar?</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786052361696</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786052361719</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786057611031</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Bir Delinin Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786059144872</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Hasbelkader</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786052361610</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786059144797</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Baba'ya Mektup</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786059144773</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Köle</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786059144766</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğimin İlk Sözlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>29.9</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786059144735</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Sedat - Bir Türk Masalı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786059144728</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Karantina - Ciltli</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786059144742</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Alex de Souza</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786059144674</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Bir Günde Bir Milyon Yıl</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786059144261</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Duygu</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786059144254</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Ali'm</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786059144223</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Bekir - Bir Türk Masalı</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786059144087</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Şehri - Şahane Şehirler</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786059144063</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Sokağı : Büyükler İçin Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>