--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -85,445 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259828077</t>
+          <t>9786058029507</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tenin Gözleri: Mimarlık ve Duyular</t>
+          <t>Yorum Yorar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>129</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259828053</t>
+          <t>9786259828084</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Düşünen El: Mimaride Varoluşsal ve Bedenleşmiş Bilgelik</t>
+          <t>Bir Gök Gürültüsü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>329</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259828060</t>
+          <t>9786259828077</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Olay Örgüsü İçin Okumak: Anlatıda Tasarım ve Niyet</t>
+          <t>Tenin Gözleri: Mimarlık ve Duyular</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>289</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259828046</t>
+          <t>9786259828053</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İnancın Ötesinde Bir Ebeveynlik: İnançlara Başvurmadan Ahlaklı ve İyi Kalpli Çocuklar Yetiştirmek Üzerine</t>
+          <t>Düşünen El: Mimaride Varoluşsal ve Bedenleşmiş Bilgelik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>349</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259828039</t>
+          <t>9786259828060</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tanrılar: Kötü Demiurgos</t>
+          <t>Olay Örgüsü İçin Okumak: Anlatıda Tasarım ve Niyet</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>435</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259828022</t>
+          <t>9786259828046</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Diyalog: Edebiyatta, Tiyatroda ve Sinemada Sözlü Aksiyon Sanatı</t>
+          <t>İnancın Ötesinde Bir Ebeveynlik: İnançlara Başvurmadan Ahlaklı ve İyi Kalpli Çocuklar Yetiştirmek Üzerine</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>490</v>
+        <v>389</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058029583</t>
+          <t>9786259828039</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Ölüm Dürtüsü</t>
+          <t>Yeni Tanrılar: Kötü Demiurgos</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>279</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259828008</t>
+          <t>9786259828022</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kopuş(lar)</t>
+          <t>Diyalog: Edebiyatta, Tiyatroda ve Sinemada Sözlü Aksiyon Sanatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>539</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259828015</t>
+          <t>9786058029583</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kant’ın Kritik Felsefesi</t>
+          <t>Kapitalizm ve Ölüm Dürtüsü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057066497</t>
+          <t>9786259828008</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sürünün İçinde: Dijital Dünyaya Bakışlar</t>
+          <t>Kopuş(lar)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>215</v>
+        <v>279</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057066480</t>
+          <t>9786259828015</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hikaye: Senaryo Yazımının Tözü, Yapısı, Üslubu ve İlkeleri</t>
+          <t>Kant’ın Kritik Felsefesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>550</v>
+        <v>269</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057066466</t>
+          <t>9786057066497</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tekniklerde İcat</t>
+          <t>Sürünün İçinde: Dijital Dünyaya Bakışlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>385</v>
+        <v>239</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057066473</t>
+          <t>9786057066480</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sayı ve Sayılar</t>
+          <t>Hikaye: Senaryo Yazımının Tözü, Yapısı, Üslubu ve İlkeleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>385</v>
+        <v>599</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057066459</t>
+          <t>9786057066466</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Zihin Toplumu</t>
+          <t>Tekniklerde İcat</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>479</v>
+        <v>429</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057066442</t>
+          <t>9786057066473</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yorgunluk Toplumu</t>
+          <t>Sayı ve Sayılar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>429</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057066435</t>
+          <t>9786057066459</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ritüellerin Yok Oluşuna Dair: Günümüzün Bir Topolojisi</t>
+          <t>Zihin Toplumu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>499</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057066428</t>
+          <t>9786057066442</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş</t>
+          <t>Yorgunluk Toplumu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>198</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057066411</t>
+          <t>9786057066435</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzüne Övgü</t>
+          <t>Ritüellerin Yok Oluşuna Dair: Günümüzün Bir Topolojisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057066404</t>
+          <t>9786057066428</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ayrışma</t>
+          <t>Yükseliş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>390</v>
+        <v>265</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058029590</t>
+          <t>9786057066411</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Perikles ve Verdi: François Chatelet’nin Felsefesi</t>
+          <t>Yeryüzüne Övgü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058029576</t>
+          <t>9786057066404</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ulises’in Dönüşü</t>
+          <t>Ayrışma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>399</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058029569</t>
+          <t>9786058029590</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sahaf</t>
+          <t>Perikles ve Verdi: François Chatelet’nin Felsefesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>210</v>
+        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058029552</t>
+          <t>9786058029576</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Kara Fikirleri</t>
+          <t>Ulises’in Dönüşü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058029545</t>
+          <t>9786058029569</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tat</t>
+          <t>Sahaf</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058029538</t>
+          <t>9786058029552</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Siyah Takım Elbiseli Adam</t>
+          <t>Fiziğin Kara Fikirleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>299</v>
+        <v>265</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058029521</t>
+          <t>9786058029545</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Krizantemler</t>
+          <t>Tat</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
+          <t>9786058029538</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Takım Elbiseli Adam</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786058029521</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Krizantemler</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9786058029514</t>
         </is>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Devrimden Önceki Gün</t>
         </is>
       </c>
-      <c r="C28" s="1">
-        <v>210</v>
+      <c r="C30" s="1">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>