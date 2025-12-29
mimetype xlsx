--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,3925 +85,3940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059555753</t>
+          <t>9786059555777</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Büyükleri - 3</t>
+          <t>Bağdat'ın Altın Çağından Hikâyeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059555760</t>
+          <t>9786059555753</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Büyükleri - 4</t>
+          <t>Örnek İslam Büyükleri - 3</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059555746</t>
+          <t>9786059555760</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Büyükleri 2</t>
+          <t>Örnek İslam Büyükleri - 4</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059555739</t>
+          <t>9786059555746</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Büyükleri 1</t>
+          <t>Örnek İslam Büyükleri 2</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054194094</t>
+          <t>9786059555739</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Örnek İslam Büyükleri 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757560906</t>
+          <t>9786054194094</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Ciltli)</t>
+          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757560135</t>
+          <t>9789757560906</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Siyasi Çözülme</t>
+          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>20</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000006722</t>
+          <t>9789757560135</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yanlısı İngiliz Dış İşler Komiteleri</t>
+          <t>Osmanlı’da Siyasi Çözülme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054194216</t>
+          <t>3990000006722</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Hacer</t>
+          <t>Osmanlı Yanlısı İngiliz Dış İşler Komiteleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757560586</t>
+          <t>9786054194216</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Melodik Coplama</t>
+          <t>Mısırlı Hacer</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054194100</t>
+          <t>9789757560586</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın 10 Kıraati</t>
+          <t>Melodik Coplama</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>185</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799757560554</t>
+          <t>9786054194100</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İhsan ve Muhsin Kavramları</t>
+          <t>Kur’an’ın 10 Kıraati</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>11.11</v>
+        <v>185</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757560654</t>
+          <t>9799757560554</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Coğrafyası</t>
+          <t>Kur’an’da İhsan ve Muhsin Kavramları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757560234</t>
+          <t>9789757560654</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Demokrasi Var!</t>
+          <t>Kur’an Coğrafyası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>5.56</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757560470</t>
+          <t>9789757560234</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İncil ve Salib</t>
+          <t>İyi Ki Demokrasi Var!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799757560646</t>
+          <t>9789757560470</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali’nin Mektupları</t>
+          <t>İncil ve Salib</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054194285</t>
+          <t>9799757560646</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyyeden Günümüze Ebru Sanatı</t>
+          <t>İmam Gazzali’nin Mektupları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757560524</t>
+          <t>9786054194285</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Müslümanın Kimlik Krizi</t>
+          <t>Devlet-i Aliyyeden Günümüze Ebru Sanatı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>5.56</v>
+        <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799757560592</t>
+          <t>9789757560524</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Asya Dinleri</t>
+          <t>Çağdaş Müslümanın Kimlik Krizi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>23.15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757560159</t>
+          <t>9799757560592</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehidin Notları</t>
+          <t>Asya Dinleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>11.11</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757560937</t>
+          <t>9789757560159</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıristiyan Bahira Efsanesi</t>
+          <t>Bir Şehidin Notları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000017416</t>
+          <t>9789757560937</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an- Kerim Meali Tercümanu’l-Kur’an (Büyük Boy - Deri Kapak) (Ciltli)</t>
+          <t>Bir Hıristiyan Bahira Efsanesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>39.6</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000013632</t>
+          <t>3990000017416</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali Tercümanu’l-Kur’an (Ciltli)</t>
+          <t>Açıklamalı Kur’an- Kerim Meali Tercümanu’l-Kur’an (Büyük Boy - Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>17.81</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054194001</t>
+          <t>3990000013632</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Profesyonelin 66 İlkesi</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali Tercümanu’l-Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.26</v>
+        <v>17.81</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000017424</t>
+          <t>9786054194001</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimer Dergisi Cilt:3 Sayı: 1</t>
+          <t>Profesyonelin 66 İlkesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9.9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757560340</t>
+          <t>3990000017424</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İlerleyelim Beyler!</t>
+          <t>İslami Sosyal Bilimer Dergisi Cilt:3 Sayı: 1</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>6.48</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000095236</t>
+          <t>9789757560340</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'ın İslam'a Davet Mektupları</t>
+          <t>İlerleyelim Beyler!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757560807</t>
+          <t>3990000095236</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zehir Zemberek</t>
+          <t>Rasulullah'ın İslam'a Davet Mektupları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757560173</t>
+          <t>9789757560807</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yazdık Hesabı</t>
+          <t>Zehir Zemberek</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757560890</t>
+          <t>9789757560173</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yarınlara Hazırlanmak</t>
+          <t>Yazdık Hesabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000003961</t>
+          <t>9789757560890</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ümmet ya da Ulus Kimliklerin Çatışması</t>
+          <t>Yarınlara Hazırlanmak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054194360</t>
+          <t>3990000003961</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Gençlik</t>
+          <t>Ümmet ya da Ulus Kimliklerin Çatışması</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059555029</t>
+          <t>9786054194360</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kaligrafi Çalışma Defteri</t>
+          <t>Türkiye’de Gençlik</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059555715</t>
+          <t>9786059555029</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engelli Bireylerde Din Eğitimi</t>
+          <t>Kaligrafi Çalışma Defteri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054194056</t>
+          <t>9786059555715</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Diyarı Hind</t>
+          <t>İşitme Engelli Bireylerde Din Eğitimi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789759137434</t>
+          <t>9786054194056</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fatih Şehir Planı</t>
+          <t>Harikalar Diyarı Hind</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059555692</t>
+          <t>9789759137434</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tevrat ve İncil’e Göre Hz. Muhammed (s.a.v.)</t>
+          <t>Fatih Şehir Planı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>330</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059555685</t>
+          <t>9786059555692</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sebilürreşad Dergisi'ne Göre İslamcılık Tezi</t>
+          <t>Tevrat ve İncil’e Göre Hz. Muhammed (s.a.v.)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000017423</t>
+          <t>9786059555685</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 2</t>
+          <t>Sebilürreşad Dergisi'ne Göre İslamcılık Tezi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000017422</t>
+          <t>3990000017423</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 1</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 2</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000017421</t>
+          <t>3990000017422</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 3 Sayı:4</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 1</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000017420</t>
+          <t>3990000017421</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 3</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 3 Sayı:4</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000017419</t>
+          <t>3990000017420</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 1 Sayı: 2</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 3</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000017418</t>
+          <t>3990000017419</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 1 Sayı:1</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 1 Sayı: 2</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000017417</t>
+          <t>3990000017418</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 3 Sayı: 2</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 1 Sayı:1</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799757560547</t>
+          <t>3990000017417</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 3 Sayı: 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757560111</t>
+          <t>9799757560547</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 2. Cilt (Ciltli)</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757560104</t>
+          <t>9789757560111</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi (6 Cilt Takım) (Ciltli)</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>5400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757560319</t>
+          <t>9789757560104</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Mucizesi Kur’an</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054194018</t>
+          <t>9789757560319</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Mucizeler Mucizesi Kur’an</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059555661</t>
+          <t>9786054194018</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İnfazı Ertelenen Çocuklar</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059555371</t>
+          <t>9786059555661</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kaligrafi 1</t>
+          <t>İnfazı Ertelenen Çocuklar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059555654</t>
+          <t>9786059555371</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Dilbilimi Kaynakları Işığında Kur'an'ın 10 Kıraati</t>
+          <t>Yeni Başlayanlar İçin Kaligrafi 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059555623</t>
+          <t>9786059555654</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Çini Sanatı</t>
+          <t>Tarih ve Dilbilimi Kaynakları Işığında Kur'an'ın 10 Kıraati</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059555647</t>
+          <t>9786059555623</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Diyarı Hind</t>
+          <t>Yeni Başlayanlar İçin Çini Sanatı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059555630</t>
+          <t>9786059555647</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Silik Yüzlerin ve Kanadı Kırık Kuşların Hikayesi</t>
+          <t>Harikalar Diyarı Hind</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757560098</t>
+          <t>9786059555630</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tıbbın Hastalığı</t>
+          <t>Ben Kimim? Silik Yüzlerin ve Kanadı Kırık Kuşların Hikayesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054194827</t>
+          <t>9789757560098</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Şura ve Rasulullah’ın Müşaveresi</t>
+          <t>Tıbbın Hastalığı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789757560197</t>
+          <t>9786054194827</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ser İttifakı ve Sözcüsünü Arayan 1 Milyar Müslüman</t>
+          <t>Şura ve Rasulullah’ın Müşaveresi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789757560005</t>
+          <t>9789757560197</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sebeplilik Problemi ve Allah’ın Varlığı</t>
+          <t>Ser İttifakı ve Sözcüsünü Arayan 1 Milyar Müslüman</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054194209</t>
+          <t>9789757560005</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Rasullullah’ın İslam’a Davet Mektupları</t>
+          <t>Sebeplilik Problemi ve Allah’ın Varlığı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054194490</t>
+          <t>9786054194209</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Yolculuk</t>
+          <t>Rasullullah’ın İslam’a Davet Mektupları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054194476</t>
+          <t>9786054194490</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Gülen Yüzü</t>
+          <t>Özgürlüğe Yolculuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757560852</t>
+          <t>9786054194476</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Eş Olarak Hz. Muhammed</t>
+          <t>Osmanlı’nın Gülen Yüzü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054194407</t>
+          <t>9789757560852</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Baba Olarak Hz. Muhammed (Sallallahu Aleyhi ve Sellem)</t>
+          <t>Mükemmel Bir Eş Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799757560660</t>
+          <t>9786054194407</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Huzurlu Yaşamanın Yolları</t>
+          <t>Mükemmel Bir Baba Olarak Hz. Muhammed (Sallallahu Aleyhi ve Sellem)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054194247</t>
+          <t>9799757560660</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Muhammad: Man and Messenger</t>
+          <t>Mutlu ve Huzurlu Yaşamanın Yolları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789757560913</t>
+          <t>9786054194247</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Akıl</t>
+          <t>Muhammad: Man and Messenger</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757560975</t>
+          <t>9789757560913</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Siyaset (Ciltli)</t>
+          <t>Mevlana ve Akıl</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757560289</t>
+          <t>9789757560975</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Kainat Ayetleri</t>
+          <t>Kur’an ve Siyaset (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757560302</t>
+          <t>9789757560289</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes Allah Sözü Müdür</t>
+          <t>Kur’an ve Kainat Ayetleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054194032</t>
+          <t>9789757560302</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Süreyya Yıldızına Yolculuk</t>
+          <t>Kitab-ı Mukaddes Allah Sözü Müdür</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054194193</t>
+          <t>9786054194032</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kavramlar (Ciltli)</t>
+          <t>Süreyya Yıldızına Yolculuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789757560562</t>
+          <t>9786054194193</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Kaçış</t>
+          <t>Kelimeler Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054194995</t>
+          <t>9789757560562</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İttihad ve Terakki’nin Kuruluşu ve Osmanlı Devleti’nin Yıkılışı Hakkında Bildiklerim</t>
+          <t>Karanlıktan Kaçış</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789757560777</t>
+          <t>9786054194995</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İspanya Müslümanları - Hıristiyanlaştırılmaları ve Sürülmeleri</t>
+          <t>İttihad ve Terakki’nin Kuruluşu ve Osmanlı Devleti’nin Yıkılışı Hakkında Bildiklerim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054194131</t>
+          <t>9789757560777</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketin Ahlaki Temelleri</t>
+          <t>İspanya Müslümanları - Hıristiyanlaştırılmaları ve Sürülmeleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799757560530</t>
+          <t>9786054194131</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İslami Devlet ve Hakimiyet</t>
+          <t>İslami Hareketin Ahlaki Temelleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059555012</t>
+          <t>9799757560530</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Tebliğ Tarihi</t>
+          <t>İslami Devlet ve Hakimiyet</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054194414</t>
+          <t>9786059555012</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Nasıl Yaşadılar?</t>
+          <t>İslam’ın Tebliğ Tarihi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757560616</t>
+          <t>9786054194414</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İslam’a İlk Adım</t>
+          <t>İslam'ı Nasıl Yaşadılar?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054194469</t>
+          <t>9789757560616</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sünnetullah</t>
+          <t>İslam’a İlk Adım</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059555708</t>
+          <t>9786054194469</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İslam Kadınları</t>
+          <t>Sünnetullah</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059555180</t>
+          <t>9786059555708</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Adamları (Ciltli)</t>
+          <t>İslam Kadınları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789757560999</t>
+          <t>9786059555180</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İslam Aydınlatıyor (Ciltli)</t>
+          <t>İslam Bilim Adamları (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>720</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054194254</t>
+          <t>9789757560999</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Milleti</t>
+          <t>İslam Aydınlatıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789757560883</t>
+          <t>9786054194254</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Israelites and Muslims</t>
+          <t>İbrahim Milleti</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789757560425</t>
+          <t>9789757560883</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Islam / A General Picture</t>
+          <t>Israelites and Muslims</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059555098</t>
+          <t>9789757560425</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Günlük Hayatı 1 (Ciltli)</t>
+          <t>Islam / A General Picture</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054194445</t>
+          <t>9786059555098</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Devrinde Kadınların Süslenmesi</t>
+          <t>Hz. Peygamber’in Günlük Hayatı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054194421</t>
+          <t>9786054194445</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yılı</t>
+          <t>Hz. Peygamber Devrinde Kadınların Süslenmesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054194148</t>
+          <t>9786054194421</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Halk Eğitiminde Cami Dersleri</t>
+          <t>Hüzün Yılı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9799757560639</t>
+          <t>9786054194148</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Globalleşme Bir Aldatmaca mı?</t>
+          <t>Halk Eğitiminde Cami Dersleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054194117</t>
+          <t>9799757560639</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Faydalı Bilgiler</t>
+          <t>Globalleşme Bir Aldatmaca mı?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054194155</t>
+          <t>9786054194117</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ey Ateş Serin Ol</t>
+          <t>Gençlere Faydalı Bilgiler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054194124</t>
+          <t>9786054194155</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Epic Of Man</t>
+          <t>Ey Ateş Serin Ol</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757560494</t>
+          <t>9786054194124</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cuma Konuşmaları</t>
+          <t>Epic Of Man</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757560142</t>
+          <t>9789757560494</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi Keşiflerin İçyüzü</t>
+          <t>Cuma Konuşmaları</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757560227</t>
+          <t>9789757560142</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bu Kafayla Düzelemeyiz</t>
+          <t>Coğrafi Keşiflerin İçyüzü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757560821</t>
+          <t>9789757560227</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Askeri Lider Olarak Hz. Muhammed (S.A.V)</t>
+          <t>Bu Kafayla Düzelemeyiz</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054194308</t>
+          <t>9789757560821</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Anayurt Mekke</t>
+          <t>Askeri Lider Olarak Hz. Muhammed (S.A.V)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789757560500</t>
+          <t>9786054194308</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kulu ve Rasulü Hz. Muhammed (S.A.V)</t>
+          <t>Anayurt Mekke</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789757560166</t>
+          <t>9789757560500</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ağzınıza Laik</t>
+          <t>Allah’ın Kulu ve Rasulü Hz. Muhammed (S.A.V)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789757560432</t>
+          <t>9789757560166</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Başarı Yolunda 70 Kural</t>
+          <t>Ağzınıza Laik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757560388</t>
+          <t>9789757560432</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve 19 Efsanesi</t>
+          <t>Başarı Yolunda 70 Kural</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054194599</t>
+          <t>9789757560388</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler: Tatil Başlıyor</t>
+          <t>Kur’an-ı Kerim ve 19 Efsanesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054194636</t>
+          <t>9786054194599</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Mehmet’in Hac Yolculuğu</t>
+          <t>Bizimkiler: Tatil Başlıyor</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054194582</t>
+          <t>9786054194636</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler: Komşunun Kuşları</t>
+          <t>Bizimkiler Mehmet’in Hac Yolculuğu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054194605</t>
+          <t>9786054194582</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Tatil Dönüşünde</t>
+          <t>Bizimkiler: Komşunun Kuşları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054194544</t>
+          <t>9786054194605</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Şehir Gezisinde</t>
+          <t>Bizimkiler Tatil Dönüşünde</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054194612</t>
+          <t>9786054194544</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Selma’nın Selimiye Gezisi</t>
+          <t>Bizimkiler Şehir Gezisinde</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054194537</t>
+          <t>9786054194612</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler - Salih’in Küçük Balıkları</t>
+          <t>Bizimkiler Selma’nın Selimiye Gezisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054194629</t>
+          <t>9786054194537</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Ramazanda</t>
+          <t>Bizimkiler - Salih’in Küçük Balıkları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054194568</t>
+          <t>9786054194629</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Kütüphanede</t>
+          <t>Bizimkiler Ramazanda</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054194551</t>
+          <t>9786054194568</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Köyde Tatil</t>
+          <t>Bizimkiler Kütüphanede</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789757560357</t>
+          <t>9786054194551</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ile Yusuf İslam’ı Öğreniyor</t>
+          <t>Bizimkiler Köyde Tatil</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054194346</t>
+          <t>9789757560357</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hat Sanatı</t>
+          <t>Zeynep ile Yusuf İslam’ı Öğreniyor</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789757560326</t>
+          <t>9786054194346</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Tarihi ve Siyonist Liderlerin Protokolleri</t>
+          <t>Yeni Başlayanlar İçin Hat Sanatı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054194292</t>
+          <t>9789757560326</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Müslüman Kadınlar</t>
+          <t>Yahudi Tarihi ve Siyonist Liderlerin Protokolleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9799757560516</t>
+          <t>9786054194292</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Şeyler</t>
+          <t>Ünlü Müslüman Kadınlar</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059555609</t>
+          <t>9799757560516</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kader Soruları</t>
+          <t>Ulvi Şeyler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059555616</t>
+          <t>9786059555609</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Crimea is Ours: The Crimean Tatars' Never Ending Struggle</t>
+          <t>Kader Soruları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789757560219</t>
+          <t>9786059555616</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 3. Cilt (Ciltli)</t>
+          <t>Crimea is Ours: The Crimean Tatars' Never Ending Struggle</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>900</v>
+        <v>225</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059555593</t>
+          <t>9789757560219</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Hacer</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059555586</t>
+          <t>9786059555593</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Civanmert - Geçmiş ile Gelecek Arasında Kastamonu’nun Ruh Derinliğinden Yansımalar</t>
+          <t>Mısırlı Hacer</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059555579</t>
+          <t>9786059555586</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Yükseliş ve Çöküş Yasaları</t>
+          <t>Civanmert - Geçmiş ile Gelecek Arasında Kastamonu’nun Ruh Derinliğinden Yansımalar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059555562</t>
+          <t>9786059555579</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Kur’an’da Toplumsal Yükseliş ve Çöküş Yasaları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059555555</t>
+          <t>9786059555562</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Suya Atılan İmza - Hatıralarım - 1</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789757560463</t>
+          <t>9786059555555</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 6. Cilt (Ciltli)</t>
+          <t>Suya Atılan İmza - Hatıralarım - 1</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789757560456</t>
+          <t>9789757560463</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 5. Cilt (Ciltli)</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>900</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789757560364</t>
+          <t>9789757560456</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 4. Cilt (Ciltli)</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>900</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789757560210</t>
+          <t>9789757560364</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 1. Cilt (Ciltli)</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>900</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>4440000001277</t>
+          <t>9789757560210</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi - Cilt 3 - Güz 1965 - Sayı 3</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059555678</t>
+          <t>4440000001277</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İncîl ve Salîb</t>
+          <t>İslami Sosyal Bilimler Dergisi - Cilt 3 - Güz 1965 - Sayı 3</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>8680805277306</t>
+          <t>9786059555678</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Benim Yemeklerim</t>
+          <t>İncîl ve Salîb</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054194339</t>
+          <t>8680805277306</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Religious Struggle In Turkey</t>
+          <t>Benim Yemeklerim</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789757560258</t>
+          <t>9786054194339</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gelin Bu Dünyayı Değiştirelim</t>
+          <t>Religious Struggle In Turkey</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059555531</t>
+          <t>9789757560258</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye’den Günümüze Hat Sanatı (Ciltli)</t>
+          <t>Gelin Bu Dünyayı Değiştirelim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054194650</t>
+          <t>9786059555531</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 7 - Bedir, Uhud ve Hendek Savaşları</t>
+          <t>Devlet-i Aliyye’den Günümüze Hat Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>90</v>
+        <v>800</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059555548</t>
+          <t>9786054194650</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Bizimkiler Yaz Kampında 7 - Bedir, Uhud ve Hendek Savaşları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059555524</t>
+          <t>9786059555548</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tek Yol İslam Çizgisinde Yarım Asır</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059555517</t>
+          <t>9786059555524</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Daha Dün Gibi</t>
+          <t>Tek Yol İslam Çizgisinde Yarım Asır</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059555470</t>
+          <t>9786059555517</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hat Sanatı</t>
+          <t>Her Şey Daha Dün Gibi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059555500</t>
+          <t>9786059555470</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Filistin Kampında Bir Ömür</t>
+          <t>Yeni Başlayanlar İçin Hat Sanatı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059555494</t>
+          <t>9786059555500</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devrinde Tunus</t>
+          <t>Filistin Kampında Bir Ömür</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059555487</t>
+          <t>9786059555494</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kırım Türkleri</t>
+          <t>Osmanlı Devrinde Tunus</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059555463</t>
+          <t>9786059555487</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Selçukoğulları – Göçebe Çadırından Cihan Devletine</t>
+          <t>Kırım Türkleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059555456</t>
+          <t>9786059555463</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Her Devirde Yunanlılar</t>
+          <t>Selçukoğulları – Göçebe Çadırından Cihan Devletine</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059555432</t>
+          <t>9786059555456</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dişim Çok Ağrıyor Doktor Bey</t>
+          <t>Her Devirde Yunanlılar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059555425</t>
+          <t>9786059555432</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları</t>
+          <t>Dişim Çok Ağrıyor Doktor Bey</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059555418</t>
+          <t>9786059555425</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Tezhip 2</t>
+          <t>Şafak Yazıları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059555401</t>
+          <t>9786059555418</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hocamla Yıllarım 2</t>
+          <t>Yeni Başlayanlar İçin Tezhip 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059555364</t>
+          <t>9786059555401</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kaligrafi 2</t>
+          <t>Hocamla Yıllarım 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059555357</t>
+          <t>9786059555364</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Yeni Başlayanlar İçin Kaligrafi 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059555395</t>
+          <t>9786059555357</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hocamla Yıllarım 1</t>
+          <t>Yeni Başlayanlar İçin Kaligrafi 2</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059555340</t>
+          <t>9786059555395</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sedat Yenigün Meş’alesi</t>
+          <t>Hocamla Yıllarım 1</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059555333</t>
+          <t>9786059555340</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Ebru Sanatı</t>
+          <t>Sedat Yenigün Meş’alesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059555296</t>
+          <t>9786059555333</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Çizgileri: Anadolu Selçuklu Geometrik Kompozisyonları (Ciltli)</t>
+          <t>Yeni Başlayanlar İçin Ebru Sanatı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059555326</t>
+          <t>9786059555296</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Analitik Osmanlı Tarihi</t>
+          <t>Selçuklu Çizgileri: Anadolu Selçuklu Geometrik Kompozisyonları (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059555319</t>
+          <t>9786059555326</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin İnanç Soruları</t>
+          <t>Analitik Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059555302</t>
+          <t>9786059555319</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan'da İslam (1878 - 2018)</t>
+          <t>Gençlerin İnanç Soruları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059555272</t>
+          <t>9786059555302</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında Gerçek Hayat</t>
+          <t>Bulgaristan'da İslam (1878 - 2018)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059555265</t>
+          <t>9786059555272</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Rık’a Yazı Metodu</t>
+          <t>Vahyin Işığında Gerçek Hayat</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059555234</t>
+          <t>9786059555265</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>Yeni Başlayanlar İçin Rık’a Yazı Metodu</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059555241</t>
+          <t>9786059555234</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bilge Serçe - Kanatlı Günlükler</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059555227</t>
+          <t>9786059555241</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yüce Dosta Kavuşma</t>
+          <t>Bilge Serçe - Kanatlı Günlükler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059555203</t>
+          <t>9786059555227</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Tezhip 1</t>
+          <t>Yüce Dosta Kavuşma</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059555197</t>
+          <t>9786059555203</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Araplar ve İsrail Çatışma mı Uzlaşma mı?</t>
+          <t>Yeni Başlayanlar İçin Tezhip 1</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059555173</t>
+          <t>9786059555197</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Bir Sızı</t>
+          <t>Araplar ve İsrail Çatışma mı Uzlaşma mı?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059555166</t>
+          <t>9786059555173</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sen Yoksun Diye</t>
+          <t>Yüreğimde Bir Sızı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059555142</t>
+          <t>9786059555166</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Henüz On Dördündeydi</t>
+          <t>Sen Yoksun Diye</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059555135</t>
+          <t>9786059555142</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Öğrencinin Mektupları</t>
+          <t>Henüz On Dördündeydi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059555159</t>
+          <t>9786059555135</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Manzum 101 Hadis</t>
+          <t>Bir Öğrencinin Mektupları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059555111</t>
+          <t>9786059555159</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Veda Haccı</t>
+          <t>Manzum 101 Hadis</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059555128</t>
+          <t>9786059555111</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Katipleri</t>
+          <t>Veda Haccı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059555104</t>
+          <t>9786059555128</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ramazan İklimi</t>
+          <t>Hz. Peygamber’in Katipleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059555081</t>
+          <t>9786059555104</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Bahçe Sanatı (Ciltli)</t>
+          <t>Ramazan İklimi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059555074</t>
+          <t>9786059555081</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Minyatür Sanatı</t>
+          <t>İslam Medeniyetinde Bahçe Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059555067</t>
+          <t>9786059555074</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizle 1 Gün</t>
+          <t>Yeni Başlayanlar İçin Minyatür Sanatı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059555050</t>
+          <t>9786059555067</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Mesajlar</t>
+          <t>Peygamberimizle 1 Gün</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059555043</t>
+          <t>9786059555050</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Gazzali’nin Maktupları</t>
+          <t>Hayatın İçinden Mesajlar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059555036</t>
+          <t>9786059555043</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ailede Mutluluk Prensipleri</t>
+          <t>Gazzali’nin Maktupları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054194940</t>
+          <t>9786059555036</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Ayrılık Yanlısı Araplara Sesleniş</t>
+          <t>Ailede Mutluluk Prensipleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059555005</t>
+          <t>9786054194940</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Heyetler Yılı</t>
+          <t>Osmanlı’da Ayrılık Yanlısı Araplara Sesleniş</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054194964</t>
+          <t>9786059555005</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tebük Savaşı</t>
+          <t>Heyetler Yılı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059555449</t>
+          <t>9786054194964</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Günlük Hayatı 2 Hane-i Saadet (Ciltli)</t>
+          <t>Tebük Savaşı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054194933</t>
+          <t>9786059555449</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Tarafında Olmak</t>
+          <t>Hz. Peygamber’in Günlük Hayatı 2 Hane-i Saadet (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054194926</t>
+          <t>9786054194933</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bir Halk Kendini Değiştirmedikçe</t>
+          <t>İbrahim'in Tarafında Olmak</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054194919</t>
+          <t>9786054194926</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İran Ey İran! Teranelerinin Acı Sonu</t>
+          <t>Bir Halk Kendini Değiştirmedikçe</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059555258</t>
+          <t>9786054194919</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kaligrafi</t>
+          <t>İran Ey İran! Teranelerinin Acı Sonu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054194865</t>
+          <t>9786059555258</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mekke’nin Fethi</t>
+          <t>Yeni Başlayanlar İçin Kaligrafi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054194858</t>
+          <t>9786054194865</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kurtuba Prensesi</t>
+          <t>Mekke’nin Fethi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054194841</t>
+          <t>9786054194858</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hudeybiye Barışı</t>
+          <t>Kurtuba Prensesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789757560814</t>
+          <t>9786054194841</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yönetici ve Devlet Adamı Olarak Hz. Muhammed</t>
+          <t>Hudeybiye Barışı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054194179</t>
+          <t>9789757560814</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Yönetici ve Devlet Adamı Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054194834</t>
+          <t>9786054194179</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Özü Dua ve Zikirler</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054194803</t>
+          <t>9786054194834</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hat Sanatı-Sülüs Yazı Metodu</t>
+          <t>İbadetin Özü Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789757560968</t>
+          <t>9786054194803</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Orta Boy, Kutulu) (Ciltli)</t>
+          <t>Yeni Başlayanlar İçin Hat Sanatı-Sülüs Yazı Metodu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054194087</t>
+          <t>9789757560968</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Küçük Boy) (Ciltli)</t>
+          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Orta Boy, Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054194070</t>
+          <t>9786054194087</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s-Salihin ve Tercümesi (Küçük Boy) (Ciltli)</t>
+          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054194025</t>
+          <t>9786054194070</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s-Salihin ve Tercümesi (Büyük Boy) (Ciltli)</t>
+          <t>Riyazu’s-Salihin ve Tercümesi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054194902</t>
+          <t>9786054194025</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliği Ütopya mı İdeal mi?</t>
+          <t>Riyazu’s-Salihin ve Tercümesi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054194896</t>
+          <t>9786054194902</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dili Yok Kalbimin</t>
+          <t>İslam Birliği Ütopya mı İdeal mi?</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054194889</t>
+          <t>9786054194896</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Devler Su Başlarını Tutmuş</t>
+          <t>Dili Yok Kalbimin</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054194780</t>
+          <t>9786054194889</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültür Atlası (Ciltli)</t>
+          <t>Devler Su Başlarını Tutmuş</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054194766</t>
+          <t>9786054194780</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Vahdet Ama Nasıl? - İslam Cemaatine Doğru</t>
+          <t>İslam Kültür Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054194797</t>
+          <t>9786054194766</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hendek Savaşı</t>
+          <t>Vahdet Ama Nasıl? - İslam Cemaatine Doğru</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054194810</t>
+          <t>9786054194797</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s Salihin ve Tercümesi (Küçük Boy)</t>
+          <t>Hendek Savaşı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054194872</t>
+          <t>9786054194810</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali: Tercümanu’l-Kur’an</t>
+          <t>Riyazu’s Salihin ve Tercümesi (Küçük Boy)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054194759</t>
+          <t>9786054194872</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Sevgi ve Disiplin</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali: Tercümanu’l-Kur’an</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054194773</t>
+          <t>9786054194759</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Okçular Tepesi: Uhud</t>
+          <t>Çocuk Eğitiminde Sevgi ve Disiplin</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789757560791</t>
+          <t>9786054194773</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Uydurma Olduğunda İttifak Edilen Hadisler</t>
+          <t>Okçular Tepesi: Uhud</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789757560241</t>
+          <t>9789757560791</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Uydurma Olduğunda İttifak Edilen Hadisler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789757560982</t>
+          <t>9789757560241</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Bugünkü Meseleleri</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789757560944</t>
+          <t>9789757560982</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Yüksek Eğitimi Yeniden Canlandırmak</t>
+          <t>İslam Düşüncesinin Bugünkü Meseleleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789757560739</t>
+          <t>9789757560944</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur'an-ı Kerim Meali Tercümanu'l-Kur'an</t>
+          <t>İslam Dünyasında Yüksek Eğitimi Yeniden Canlandırmak</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054194322</t>
+          <t>9789757560739</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>O Bir Yetimdi</t>
+          <t>Açıklamalı Kur'an-ı Kerim Meali Tercümanu'l-Kur'an</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789757560951</t>
+          <t>9786054194322</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Örtüsü</t>
+          <t>O Bir Yetimdi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054194162</t>
+          <t>9789757560951</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Sahabi</t>
+          <t>Müslüman Kadının Örtüsü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789757560876</t>
+          <t>9786054194162</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru</t>
+          <t>Yalnız Sahabi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054194063</t>
+          <t>9789757560876</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle</t>
+          <t>Gözümün Nuru</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789757560845</t>
+          <t>9786054194063</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın Diplomatik Münasebetleri ve Barış Andlaşmaları</t>
+          <t>Gönülden Gönüle</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789757560746</t>
+          <t>9789757560845</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an- Kerim Meali Tercümanu’l-Kur’an (Çanta Boy) ( Farklı Renklerde ) (Ciltli)</t>
+          <t>Rasulullah’ın Diplomatik Münasebetleri ve Barış Andlaşmaları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>630</v>
+        <v>320</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054194186</t>
+          <t>9789757560746</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>80 Soruda Allah Hakkında Merak Ettiklerimiz</t>
+          <t>Açıklamalı Kur’an- Kerim Meali Tercümanu’l-Kur’an (Çanta Boy) ( Farklı Renklerde ) (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>630</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054194575</t>
+          <t>9786054194186</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Betül’ün Misafirleri</t>
+          <t>80 Soruda Allah Hakkında Merak Ettiklerimiz</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>90</v>
+        <v>440</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789757560579</t>
+          <t>9786054194575</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İlk Meclis (Ciltli)</t>
+          <t>Bizimkiler Betül’ün Misafirleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054194230</t>
+          <t>9789757560579</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İkbal’in Konuşma ve Yazıları</t>
+          <t>İlk Meclis (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054194384</t>
+          <t>9786054194230</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Duası - İsa’nın Müjdesi</t>
+          <t>İkbal’in Konuşma ve Yazıları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054194315</t>
+          <t>9786054194384</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Faraklit’i Beklerken</t>
+          <t>İbrahim'in Duası - İsa’nın Müjdesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054194513</t>
+          <t>9786054194315</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle İslam (5 Kitap Takım)</t>
+          <t>Faraklit’i Beklerken</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054194506</t>
+          <t>9786054194513</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle İman (6 Kitap Takım)</t>
+          <t>Hikayelerle İslam (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>540</v>
+        <v>500</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054194278</t>
+          <t>9786054194506</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Yolculuğu</t>
+          <t>Hikayelerle İman (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9799757560684</t>
+          <t>9786054194278</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hep Ayağımı Kaydırıyorlar</t>
+          <t>Hicaz Yolculuğu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054194377</t>
+          <t>9799757560684</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hatice’nin Goncası</t>
+          <t>Hep Ayağımı Kaydırıyorlar</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054194988</t>
+          <t>9786054194377</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tüketim</t>
+          <t>Hatice’nin Goncası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789757560395</t>
+          <t>9786054194988</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Toward Understanding Islam</t>
+          <t>Tüketim</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789757560180</t>
+          <t>9789757560395</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tıbbın Hastalığı  2</t>
+          <t>Toward Understanding Islam</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789757560920</t>
+          <t>9789757560180</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İncil ve Salib (Osmanlıca)</t>
+          <t>Tıbbın Hastalığı  2</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054194483</t>
+          <t>9789757560920</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İnancın Zaferi: Bedir</t>
+          <t>İncil ve Salib (Osmanlıca)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054194742</t>
+          <t>9786054194483</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Köyden Bir Çocuk</t>
+          <t>İnancın Zaferi: Bedir</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054194223</t>
+          <t>9786054194742</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetimizin Sosyal Dinamikleri</t>
+          <t>Köyden Bir Çocuk</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789757560449</t>
+          <t>9786054194223</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kur’ani Terimler ve Kavramlar Sözlüğü</t>
+          <t>Medeniyetimizin Sosyal Dinamikleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059555210</t>
+          <t>9789757560449</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Ölçü ve Ahenk</t>
+          <t>Kur’ani Terimler ve Kavramlar Sözlüğü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054194261</t>
+          <t>9786059555210</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Rahmetin Gelişi</t>
+          <t>Kur’an’da Ölçü ve Ahenk</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9799757560523</t>
+          <t>9786054194261</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmetinin Geleceği</t>
+          <t>Rahmetin Gelişi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054194391</t>
+          <t>9799757560523</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıbbı</t>
+          <t>İslam Ümmetinin Geleceği</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789757560678</t>
+          <t>9786054194391</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ders Çalışmaktan Nefret Ediyorum</t>
+          <t>İslam Tıbbı</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059555289</t>
+          <t>9789757560678</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Davetçiyiz Yargılayıcı Değil</t>
+          <t>Ders Çalışmaktan Nefret Ediyorum</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789757560029</t>
+          <t>9786059555289</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Çaladaktilo</t>
+          <t>Davetçiyiz Yargılayıcı Değil</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054194520</t>
+          <t>9789757560029</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında (10 Kitap Takım)</t>
+          <t>Çaladaktilo</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054194735</t>
+          <t>9786054194520</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 10 - Veda Haccı</t>
+          <t>Bizimkiler Yaz Kampında (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>90</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054194711</t>
+          <t>9786054194735</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 9 - Mekke’nin Fethi</t>
+          <t>Bizimkiler Yaz Kampında 10 - Veda Haccı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054194667</t>
+          <t>9786054194711</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 8 - Hudeybiye Antlaşması</t>
+          <t>Bizimkiler Yaz Kampında 9 - Mekke’nin Fethi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054194698</t>
+          <t>9786054194667</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 6 - Medine</t>
+          <t>Bizimkiler Yaz Kampında 8 - Hudeybiye Antlaşması</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054194704</t>
+          <t>9786054194698</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 5 - Medine’ye Hicret</t>
+          <t>Bizimkiler Yaz Kampında 6 - Medine</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054194681</t>
+          <t>9786054194704</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 4 - İslam’a Çağrı</t>
+          <t>Bizimkiler Yaz Kampında 5 - Medine’ye Hicret</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054194674</t>
+          <t>9786054194681</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 3 - İlk Vahiy</t>
+          <t>Bizimkiler Yaz Kampında 4 - İslam’a Çağrı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054194728</t>
+          <t>9786054194674</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 2 - Peygamberimizin Gençliği</t>
+          <t>Bizimkiler Yaz Kampında 3 - İlk Vahiy</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
+          <t>9786054194728</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Bizimkiler Yaz Kampında 2 - Peygamberimizin Gençliği</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
           <t>9786054194643</t>
         </is>
       </c>
-      <c r="B260" s="1" t="inlineStr">
+      <c r="B261" s="1" t="inlineStr">
         <is>
           <t>Bizimkiler Yaz Kampında 1 - Peygamberimizin Doğumu</t>
         </is>
       </c>
-      <c r="C260" s="1">
-        <v>90</v>
+      <c r="C261" s="1">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>