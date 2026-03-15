--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,3940 +85,3955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059555777</t>
+          <t>9786059555784</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bağdat'ın Altın Çağından Hikâyeler</t>
+          <t>İslam’ın Rehberliğinde - Aile Hayatı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059555753</t>
+          <t>9786059555777</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Büyükleri - 3</t>
+          <t>Bağdat'ın Altın Çağından Hikâyeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059555760</t>
+          <t>9786059555753</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Büyükleri - 4</t>
+          <t>Örnek İslam Büyükleri - 3</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059555746</t>
+          <t>9786059555760</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Büyükleri 2</t>
+          <t>Örnek İslam Büyükleri - 4</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059555739</t>
+          <t>9786059555746</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Örnek İslam Büyükleri 1</t>
+          <t>Örnek İslam Büyükleri 2</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054194094</t>
+          <t>9786059555739</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Örnek İslam Büyükleri 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757560906</t>
+          <t>9786054194094</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Ciltli)</t>
+          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789757560135</t>
+          <t>9789757560906</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Siyasi Çözülme</t>
+          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>20</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000006722</t>
+          <t>9789757560135</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yanlısı İngiliz Dış İşler Komiteleri</t>
+          <t>Osmanlı’da Siyasi Çözülme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054194216</t>
+          <t>3990000006722</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Hacer</t>
+          <t>Osmanlı Yanlısı İngiliz Dış İşler Komiteleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757560586</t>
+          <t>9786054194216</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Melodik Coplama</t>
+          <t>Mısırlı Hacer</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054194100</t>
+          <t>9789757560586</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın 10 Kıraati</t>
+          <t>Melodik Coplama</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>185</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9799757560554</t>
+          <t>9786054194100</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İhsan ve Muhsin Kavramları</t>
+          <t>Kur’an’ın 10 Kıraati</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>11.11</v>
+        <v>185</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757560654</t>
+          <t>9799757560554</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Coğrafyası</t>
+          <t>Kur’an’da İhsan ve Muhsin Kavramları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757560234</t>
+          <t>9789757560654</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Demokrasi Var!</t>
+          <t>Kur’an Coğrafyası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>5.56</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757560470</t>
+          <t>9789757560234</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İncil ve Salib</t>
+          <t>İyi Ki Demokrasi Var!</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799757560646</t>
+          <t>9789757560470</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali’nin Mektupları</t>
+          <t>İncil ve Salib</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054194285</t>
+          <t>9799757560646</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyyeden Günümüze Ebru Sanatı</t>
+          <t>İmam Gazzali’nin Mektupları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789757560524</t>
+          <t>9786054194285</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Müslümanın Kimlik Krizi</t>
+          <t>Devlet-i Aliyyeden Günümüze Ebru Sanatı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>5.56</v>
+        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9799757560592</t>
+          <t>9789757560524</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Asya Dinleri</t>
+          <t>Çağdaş Müslümanın Kimlik Krizi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>23.15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757560159</t>
+          <t>9799757560592</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehidin Notları</t>
+          <t>Asya Dinleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>11.11</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757560937</t>
+          <t>9789757560159</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıristiyan Bahira Efsanesi</t>
+          <t>Bir Şehidin Notları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000017416</t>
+          <t>9789757560937</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an- Kerim Meali Tercümanu’l-Kur’an (Büyük Boy - Deri Kapak) (Ciltli)</t>
+          <t>Bir Hıristiyan Bahira Efsanesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>39.6</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000013632</t>
+          <t>3990000017416</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali Tercümanu’l-Kur’an (Ciltli)</t>
+          <t>Açıklamalı Kur’an- Kerim Meali Tercümanu’l-Kur’an (Büyük Boy - Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>17.81</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054194001</t>
+          <t>3990000013632</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Profesyonelin 66 İlkesi</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali Tercümanu’l-Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9.26</v>
+        <v>17.81</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990000017424</t>
+          <t>9786054194001</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimer Dergisi Cilt:3 Sayı: 1</t>
+          <t>Profesyonelin 66 İlkesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>9.9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757560340</t>
+          <t>3990000017424</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İlerleyelim Beyler!</t>
+          <t>İslami Sosyal Bilimer Dergisi Cilt:3 Sayı: 1</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>6.48</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000095236</t>
+          <t>9789757560340</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah'ın İslam'a Davet Mektupları</t>
+          <t>İlerleyelim Beyler!</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757560807</t>
+          <t>3990000095236</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zehir Zemberek</t>
+          <t>Rasulullah'ın İslam'a Davet Mektupları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789757560173</t>
+          <t>9789757560807</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yazdık Hesabı</t>
+          <t>Zehir Zemberek</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757560890</t>
+          <t>9789757560173</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yarınlara Hazırlanmak</t>
+          <t>Yazdık Hesabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000003961</t>
+          <t>9789757560890</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ümmet ya da Ulus Kimliklerin Çatışması</t>
+          <t>Yarınlara Hazırlanmak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054194360</t>
+          <t>3990000003961</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Gençlik</t>
+          <t>Ümmet ya da Ulus Kimliklerin Çatışması</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059555029</t>
+          <t>9786054194360</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kaligrafi Çalışma Defteri</t>
+          <t>Türkiye’de Gençlik</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059555715</t>
+          <t>9786059555029</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engelli Bireylerde Din Eğitimi</t>
+          <t>Kaligrafi Çalışma Defteri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054194056</t>
+          <t>9786059555715</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Diyarı Hind</t>
+          <t>İşitme Engelli Bireylerde Din Eğitimi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759137434</t>
+          <t>9786054194056</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fatih Şehir Planı</t>
+          <t>Harikalar Diyarı Hind</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059555692</t>
+          <t>9789759137434</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tevrat ve İncil’e Göre Hz. Muhammed (s.a.v.)</t>
+          <t>Fatih Şehir Planı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>360</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059555685</t>
+          <t>9786059555692</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sebilürreşad Dergisi'ne Göre İslamcılık Tezi</t>
+          <t>Tevrat ve İncil’e Göre Hz. Muhammed (s.a.v.)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000017423</t>
+          <t>9786059555685</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 2</t>
+          <t>Sebilürreşad Dergisi'ne Göre İslamcılık Tezi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000017422</t>
+          <t>3990000017423</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 1</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 2</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000017421</t>
+          <t>3990000017422</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 3 Sayı:4</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 1</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000017420</t>
+          <t>3990000017421</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 3</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 3 Sayı:4</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000017419</t>
+          <t>3990000017420</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 1 Sayı: 2</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 2 Sayı: 3</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000017418</t>
+          <t>3990000017419</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 1 Sayı:1</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 1 Sayı: 2</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000017417</t>
+          <t>3990000017418</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi Cilt: 3 Sayı: 2</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 1 Sayı:1</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799757560547</t>
+          <t>3990000017417</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>İslami Sosyal Bilimler Dergisi Cilt: 3 Sayı: 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757560111</t>
+          <t>9799757560547</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 2. Cilt (Ciltli)</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789757560104</t>
+          <t>9789757560111</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi (6 Cilt Takım) (Ciltli)</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>7200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757560319</t>
+          <t>9789757560104</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Mucizesi Kur’an</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054194018</t>
+          <t>9789757560319</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Mucizeler Mucizesi Kur’an</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059555661</t>
+          <t>9786054194018</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İnfazı Ertelenen Çocuklar</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059555371</t>
+          <t>9786059555661</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kaligrafi 1</t>
+          <t>İnfazı Ertelenen Çocuklar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059555654</t>
+          <t>9786059555371</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Dilbilimi Kaynakları Işığında Kur'an'ın 10 Kıraati</t>
+          <t>Yeni Başlayanlar İçin Kaligrafi 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059555623</t>
+          <t>9786059555654</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Çini Sanatı</t>
+          <t>Tarih ve Dilbilimi Kaynakları Işığında Kur'an'ın 10 Kıraati</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059555647</t>
+          <t>9786059555623</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Diyarı Hind</t>
+          <t>Yeni Başlayanlar İçin Çini Sanatı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059555630</t>
+          <t>9786059555647</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim? Silik Yüzlerin ve Kanadı Kırık Kuşların Hikayesi</t>
+          <t>Harikalar Diyarı Hind</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757560098</t>
+          <t>9786059555630</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tıbbın Hastalığı</t>
+          <t>Ben Kimim? Silik Yüzlerin ve Kanadı Kırık Kuşların Hikayesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054194827</t>
+          <t>9789757560098</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şura ve Rasulullah’ın Müşaveresi</t>
+          <t>Tıbbın Hastalığı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789757560197</t>
+          <t>9786054194827</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ser İttifakı ve Sözcüsünü Arayan 1 Milyar Müslüman</t>
+          <t>Şura ve Rasulullah’ın Müşaveresi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757560005</t>
+          <t>9789757560197</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sebeplilik Problemi ve Allah’ın Varlığı</t>
+          <t>Ser İttifakı ve Sözcüsünü Arayan 1 Milyar Müslüman</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054194209</t>
+          <t>9789757560005</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rasullullah’ın İslam’a Davet Mektupları</t>
+          <t>Sebeplilik Problemi ve Allah’ın Varlığı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054194490</t>
+          <t>9786054194209</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Yolculuk</t>
+          <t>Rasullullah’ın İslam’a Davet Mektupları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054194476</t>
+          <t>9786054194490</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Gülen Yüzü</t>
+          <t>Özgürlüğe Yolculuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789757560852</t>
+          <t>9786054194476</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Eş Olarak Hz. Muhammed</t>
+          <t>Osmanlı’nın Gülen Yüzü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054194407</t>
+          <t>9789757560852</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Baba Olarak Hz. Muhammed (Sallallahu Aleyhi ve Sellem)</t>
+          <t>Mükemmel Bir Eş Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9799757560660</t>
+          <t>9786054194407</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Huzurlu Yaşamanın Yolları</t>
+          <t>Mükemmel Bir Baba Olarak Hz. Muhammed (Sallallahu Aleyhi ve Sellem)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054194247</t>
+          <t>9799757560660</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Muhammad: Man and Messenger</t>
+          <t>Mutlu ve Huzurlu Yaşamanın Yolları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757560913</t>
+          <t>9786054194247</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Akıl</t>
+          <t>Muhammad: Man and Messenger</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757560975</t>
+          <t>9789757560913</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Siyaset (Ciltli)</t>
+          <t>Mevlana ve Akıl</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789757560289</t>
+          <t>9789757560975</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Kainat Ayetleri</t>
+          <t>Kur’an ve Siyaset (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789757560302</t>
+          <t>9789757560289</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes Allah Sözü Müdür</t>
+          <t>Kur’an ve Kainat Ayetleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054194032</t>
+          <t>9789757560302</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Süreyya Yıldızına Yolculuk</t>
+          <t>Kitab-ı Mukaddes Allah Sözü Müdür</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054194193</t>
+          <t>9786054194032</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kelimeler Kavramlar (Ciltli)</t>
+          <t>Süreyya Yıldızına Yolculuk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789757560562</t>
+          <t>9786054194193</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Kaçış</t>
+          <t>Kelimeler Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054194995</t>
+          <t>9789757560562</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İttihad ve Terakki’nin Kuruluşu ve Osmanlı Devleti’nin Yıkılışı Hakkında Bildiklerim</t>
+          <t>Karanlıktan Kaçış</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757560777</t>
+          <t>9786054194995</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İspanya Müslümanları - Hıristiyanlaştırılmaları ve Sürülmeleri</t>
+          <t>İttihad ve Terakki’nin Kuruluşu ve Osmanlı Devleti’nin Yıkılışı Hakkında Bildiklerim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054194131</t>
+          <t>9789757560777</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareketin Ahlaki Temelleri</t>
+          <t>İspanya Müslümanları - Hıristiyanlaştırılmaları ve Sürülmeleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9799757560530</t>
+          <t>9786054194131</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İslami Devlet ve Hakimiyet</t>
+          <t>İslami Hareketin Ahlaki Temelleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059555012</t>
+          <t>9799757560530</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Tebliğ Tarihi</t>
+          <t>İslami Devlet ve Hakimiyet</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054194414</t>
+          <t>9786059555012</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Nasıl Yaşadılar?</t>
+          <t>İslam’ın Tebliğ Tarihi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757560616</t>
+          <t>9786054194414</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam’a İlk Adım</t>
+          <t>İslam'ı Nasıl Yaşadılar?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054194469</t>
+          <t>9789757560616</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sünnetullah</t>
+          <t>İslam’a İlk Adım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059555708</t>
+          <t>9786054194469</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam Kadınları</t>
+          <t>Sünnetullah</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059555180</t>
+          <t>9786059555708</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İslam Bilim Adamları (Ciltli)</t>
+          <t>İslam Kadınları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>720</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757560999</t>
+          <t>9786059555180</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam Aydınlatıyor (Ciltli)</t>
+          <t>İslam Bilim Adamları (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>720</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054194254</t>
+          <t>9789757560999</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Milleti</t>
+          <t>İslam Aydınlatıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789757560883</t>
+          <t>9786054194254</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Israelites and Muslims</t>
+          <t>İbrahim Milleti</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757560425</t>
+          <t>9789757560883</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Islam / A General Picture</t>
+          <t>Israelites and Muslims</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059555098</t>
+          <t>9789757560425</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Günlük Hayatı 1 (Ciltli)</t>
+          <t>Islam / A General Picture</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054194445</t>
+          <t>9786059555098</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Devrinde Kadınların Süslenmesi</t>
+          <t>Hz. Peygamber’in Günlük Hayatı 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054194421</t>
+          <t>9786054194445</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Yılı</t>
+          <t>Hz. Peygamber Devrinde Kadınların Süslenmesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054194148</t>
+          <t>9786054194421</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Halk Eğitiminde Cami Dersleri</t>
+          <t>Hüzün Yılı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799757560639</t>
+          <t>9786054194148</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Globalleşme Bir Aldatmaca mı?</t>
+          <t>Halk Eğitiminde Cami Dersleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054194117</t>
+          <t>9799757560639</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Faydalı Bilgiler</t>
+          <t>Globalleşme Bir Aldatmaca mı?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054194155</t>
+          <t>9786054194117</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ey Ateş Serin Ol</t>
+          <t>Gençlere Faydalı Bilgiler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054194124</t>
+          <t>9786054194155</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Epic Of Man</t>
+          <t>Ey Ateş Serin Ol</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757560494</t>
+          <t>9786054194124</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cuma Konuşmaları</t>
+          <t>Epic Of Man</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757560142</t>
+          <t>9789757560494</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi Keşiflerin İçyüzü</t>
+          <t>Cuma Konuşmaları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757560227</t>
+          <t>9789757560142</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bu Kafayla Düzelemeyiz</t>
+          <t>Coğrafi Keşiflerin İçyüzü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789757560821</t>
+          <t>9789757560227</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Askeri Lider Olarak Hz. Muhammed (S.A.V)</t>
+          <t>Bu Kafayla Düzelemeyiz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054194308</t>
+          <t>9789757560821</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Anayurt Mekke</t>
+          <t>Askeri Lider Olarak Hz. Muhammed (S.A.V)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789757560500</t>
+          <t>9786054194308</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kulu ve Rasulü Hz. Muhammed (S.A.V)</t>
+          <t>Anayurt Mekke</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789757560166</t>
+          <t>9789757560500</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ağzınıza Laik</t>
+          <t>Allah’ın Kulu ve Rasulü Hz. Muhammed (S.A.V)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757560432</t>
+          <t>9789757560166</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Başarı Yolunda 70 Kural</t>
+          <t>Ağzınıza Laik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789757560388</t>
+          <t>9789757560432</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve 19 Efsanesi</t>
+          <t>Başarı Yolunda 70 Kural</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054194599</t>
+          <t>9789757560388</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler: Tatil Başlıyor</t>
+          <t>Kur’an-ı Kerim ve 19 Efsanesi</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054194636</t>
+          <t>9786054194599</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Mehmet’in Hac Yolculuğu</t>
+          <t>Bizimkiler: Tatil Başlıyor</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054194582</t>
+          <t>9786054194636</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler: Komşunun Kuşları</t>
+          <t>Bizimkiler Mehmet’in Hac Yolculuğu</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054194605</t>
+          <t>9786054194582</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Tatil Dönüşünde</t>
+          <t>Bizimkiler: Komşunun Kuşları</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054194544</t>
+          <t>9786054194605</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Şehir Gezisinde</t>
+          <t>Bizimkiler Tatil Dönüşünde</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054194612</t>
+          <t>9786054194544</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Selma’nın Selimiye Gezisi</t>
+          <t>Bizimkiler Şehir Gezisinde</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054194537</t>
+          <t>9786054194612</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler - Salih’in Küçük Balıkları</t>
+          <t>Bizimkiler Selma’nın Selimiye Gezisi</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054194629</t>
+          <t>9786054194537</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Ramazanda</t>
+          <t>Bizimkiler - Salih’in Küçük Balıkları</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054194568</t>
+          <t>9786054194629</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Kütüphanede</t>
+          <t>Bizimkiler Ramazanda</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054194551</t>
+          <t>9786054194568</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Köyde Tatil</t>
+          <t>Bizimkiler Kütüphanede</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789757560357</t>
+          <t>9786054194551</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ile Yusuf İslam’ı Öğreniyor</t>
+          <t>Bizimkiler Köyde Tatil</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054194346</t>
+          <t>9789757560357</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hat Sanatı</t>
+          <t>Zeynep ile Yusuf İslam’ı Öğreniyor</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789757560326</t>
+          <t>9786054194346</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Tarihi ve Siyonist Liderlerin Protokolleri</t>
+          <t>Yeni Başlayanlar İçin Hat Sanatı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054194292</t>
+          <t>9789757560326</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Müslüman Kadınlar</t>
+          <t>Yahudi Tarihi ve Siyonist Liderlerin Protokolleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9799757560516</t>
+          <t>9786054194292</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ulvi Şeyler</t>
+          <t>Ünlü Müslüman Kadınlar</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059555609</t>
+          <t>9799757560516</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kader Soruları</t>
+          <t>Ulvi Şeyler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059555616</t>
+          <t>9786059555609</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Crimea is Ours: The Crimean Tatars' Never Ending Struggle</t>
+          <t>Kader Soruları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789757560219</t>
+          <t>9786059555616</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 3. Cilt (Ciltli)</t>
+          <t>Crimea is Ours: The Crimean Tatars' Never Ending Struggle</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059555593</t>
+          <t>9789757560219</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mısırlı Hacer</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059555586</t>
+          <t>9786059555593</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Civanmert - Geçmiş ile Gelecek Arasında Kastamonu’nun Ruh Derinliğinden Yansımalar</t>
+          <t>Mısırlı Hacer</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059555579</t>
+          <t>9786059555586</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Yükseliş ve Çöküş Yasaları</t>
+          <t>Civanmert - Geçmiş ile Gelecek Arasında Kastamonu’nun Ruh Derinliğinden Yansımalar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059555562</t>
+          <t>9786059555579</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa</t>
+          <t>Kur’an’da Toplumsal Yükseliş ve Çöküş Yasaları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059555555</t>
+          <t>9786059555562</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Suya Atılan İmza - Hatıralarım - 1</t>
+          <t>Enver Paşa</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789757560463</t>
+          <t>9786059555555</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 6. Cilt (Ciltli)</t>
+          <t>Suya Atılan İmza - Hatıralarım - 1</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>1200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789757560456</t>
+          <t>9789757560463</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 5. Cilt (Ciltli)</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 6. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789757560364</t>
+          <t>9789757560456</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 4. Cilt (Ciltli)</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789757560210</t>
+          <t>9789757560364</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 1. Cilt (Ciltli)</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>4440000001277</t>
+          <t>9789757560210</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İslami Sosyal Bilimler Dergisi - Cilt 3 - Güz 1965 - Sayı 3</t>
+          <t>Hz. Muhammed (s.a.v) - Siret Ansiklopedisi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059555678</t>
+          <t>4440000001277</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İncîl ve Salîb</t>
+          <t>İslami Sosyal Bilimler Dergisi - Cilt 3 - Güz 1965 - Sayı 3</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>8680805277306</t>
+          <t>9786059555678</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Benim Yemeklerim</t>
+          <t>İncîl ve Salîb</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054194339</t>
+          <t>8680805277306</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Religious Struggle In Turkey</t>
+          <t>Benim Yemeklerim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789757560258</t>
+          <t>9786054194339</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gelin Bu Dünyayı Değiştirelim</t>
+          <t>Religious Struggle In Turkey</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059555531</t>
+          <t>9789757560258</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye’den Günümüze Hat Sanatı (Ciltli)</t>
+          <t>Gelin Bu Dünyayı Değiştirelim</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054194650</t>
+          <t>9786059555531</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 7 - Bedir, Uhud ve Hendek Savaşları</t>
+          <t>Devlet-i Aliyye’den Günümüze Hat Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059555548</t>
+          <t>9786054194650</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Bizimkiler Yaz Kampında 7 - Bedir, Uhud ve Hendek Savaşları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059555524</t>
+          <t>9786059555548</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tek Yol İslam Çizgisinde Yarım Asır</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059555517</t>
+          <t>9786059555524</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Daha Dün Gibi</t>
+          <t>Tek Yol İslam Çizgisinde Yarım Asır</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059555470</t>
+          <t>9786059555517</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hat Sanatı</t>
+          <t>Her Şey Daha Dün Gibi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059555500</t>
+          <t>9786059555470</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Filistin Kampında Bir Ömür</t>
+          <t>Yeni Başlayanlar İçin Hat Sanatı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059555494</t>
+          <t>9786059555500</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devrinde Tunus</t>
+          <t>Filistin Kampında Bir Ömür</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059555487</t>
+          <t>9786059555494</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kırım Türkleri</t>
+          <t>Osmanlı Devrinde Tunus</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059555463</t>
+          <t>9786059555487</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Selçukoğulları – Göçebe Çadırından Cihan Devletine</t>
+          <t>Kırım Türkleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059555456</t>
+          <t>9786059555463</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Her Devirde Yunanlılar</t>
+          <t>Selçukoğulları – Göçebe Çadırından Cihan Devletine</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059555432</t>
+          <t>9786059555456</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dişim Çok Ağrıyor Doktor Bey</t>
+          <t>Her Devirde Yunanlılar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059555425</t>
+          <t>9786059555432</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şafak Yazıları</t>
+          <t>Dişim Çok Ağrıyor Doktor Bey</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059555418</t>
+          <t>9786059555425</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Tezhip 2</t>
+          <t>Şafak Yazıları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059555401</t>
+          <t>9786059555418</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hocamla Yıllarım 2</t>
+          <t>Yeni Başlayanlar İçin Tezhip 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059555364</t>
+          <t>9786059555401</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kaligrafi 2</t>
+          <t>Hocamla Yıllarım 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059555357</t>
+          <t>9786059555364</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Yeni Başlayanlar İçin Kaligrafi 2</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059555395</t>
+          <t>9786059555357</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hocamla Yıllarım 1</t>
+          <t>Yeni Başlayanlar İçin Kaligrafi 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059555340</t>
+          <t>9786059555395</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sedat Yenigün Meş’alesi</t>
+          <t>Hocamla Yıllarım 1</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059555333</t>
+          <t>9786059555340</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Ebru Sanatı</t>
+          <t>Sedat Yenigün Meş’alesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059555296</t>
+          <t>9786059555333</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Çizgileri: Anadolu Selçuklu Geometrik Kompozisyonları (Ciltli)</t>
+          <t>Yeni Başlayanlar İçin Ebru Sanatı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059555326</t>
+          <t>9786059555296</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Analitik Osmanlı Tarihi</t>
+          <t>Selçuklu Çizgileri: Anadolu Selçuklu Geometrik Kompozisyonları (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059555319</t>
+          <t>9786059555326</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin İnanç Soruları</t>
+          <t>Analitik Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059555302</t>
+          <t>9786059555319</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan'da İslam (1878 - 2018)</t>
+          <t>Gençlerin İnanç Soruları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059555272</t>
+          <t>9786059555302</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında Gerçek Hayat</t>
+          <t>Bulgaristan'da İslam (1878 - 2018)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059555265</t>
+          <t>9786059555272</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Rık’a Yazı Metodu</t>
+          <t>Vahyin Işığında Gerçek Hayat</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059555234</t>
+          <t>9786059555265</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>Yeni Başlayanlar İçin Rık’a Yazı Metodu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059555241</t>
+          <t>9786059555234</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bilge Serçe - Kanatlı Günlükler</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059555227</t>
+          <t>9786059555241</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yüce Dosta Kavuşma</t>
+          <t>Bilge Serçe - Kanatlı Günlükler</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059555203</t>
+          <t>9786059555227</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Tezhip 1</t>
+          <t>Yüce Dosta Kavuşma</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059555197</t>
+          <t>9786059555203</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Araplar ve İsrail Çatışma mı Uzlaşma mı?</t>
+          <t>Yeni Başlayanlar İçin Tezhip 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059555173</t>
+          <t>9786059555197</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimde Bir Sızı</t>
+          <t>Araplar ve İsrail Çatışma mı Uzlaşma mı?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059555166</t>
+          <t>9786059555173</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sen Yoksun Diye</t>
+          <t>Yüreğimde Bir Sızı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059555142</t>
+          <t>9786059555166</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Henüz On Dördündeydi</t>
+          <t>Sen Yoksun Diye</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059555135</t>
+          <t>9786059555142</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Öğrencinin Mektupları</t>
+          <t>Henüz On Dördündeydi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059555159</t>
+          <t>9786059555135</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Manzum 101 Hadis</t>
+          <t>Bir Öğrencinin Mektupları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059555111</t>
+          <t>9786059555159</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Veda Haccı</t>
+          <t>Manzum 101 Hadis</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059555128</t>
+          <t>9786059555111</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Katipleri</t>
+          <t>Veda Haccı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059555104</t>
+          <t>9786059555128</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ramazan İklimi</t>
+          <t>Hz. Peygamber’in Katipleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059555081</t>
+          <t>9786059555104</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Bahçe Sanatı (Ciltli)</t>
+          <t>Ramazan İklimi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059555074</t>
+          <t>9786059555081</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Minyatür Sanatı</t>
+          <t>İslam Medeniyetinde Bahçe Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059555067</t>
+          <t>9786059555074</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizle 1 Gün</t>
+          <t>Yeni Başlayanlar İçin Minyatür Sanatı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059555050</t>
+          <t>9786059555067</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Mesajlar</t>
+          <t>Peygamberimizle 1 Gün</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059555043</t>
+          <t>9786059555050</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Gazzali’nin Maktupları</t>
+          <t>Hayatın İçinden Mesajlar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059555036</t>
+          <t>9786059555043</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ailede Mutluluk Prensipleri</t>
+          <t>Gazzali’nin Maktupları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054194940</t>
+          <t>9786059555036</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Ayrılık Yanlısı Araplara Sesleniş</t>
+          <t>Ailede Mutluluk Prensipleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059555005</t>
+          <t>9786054194940</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Heyetler Yılı</t>
+          <t>Osmanlı’da Ayrılık Yanlısı Araplara Sesleniş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054194964</t>
+          <t>9786059555005</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Tebük Savaşı</t>
+          <t>Heyetler Yılı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059555449</t>
+          <t>9786054194964</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Günlük Hayatı 2 Hane-i Saadet (Ciltli)</t>
+          <t>Tebük Savaşı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054194933</t>
+          <t>9786059555449</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Tarafında Olmak</t>
+          <t>Hz. Peygamber’in Günlük Hayatı 2 Hane-i Saadet (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054194926</t>
+          <t>9786054194933</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bir Halk Kendini Değiştirmedikçe</t>
+          <t>İbrahim'in Tarafında Olmak</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054194919</t>
+          <t>9786054194926</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İran Ey İran! Teranelerinin Acı Sonu</t>
+          <t>Bir Halk Kendini Değiştirmedikçe</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059555258</t>
+          <t>9786054194919</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kaligrafi</t>
+          <t>İran Ey İran! Teranelerinin Acı Sonu</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054194865</t>
+          <t>9786059555258</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mekke’nin Fethi</t>
+          <t>Yeni Başlayanlar İçin Kaligrafi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054194858</t>
+          <t>9786054194865</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kurtuba Prensesi</t>
+          <t>Mekke’nin Fethi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054194841</t>
+          <t>9786054194858</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hudeybiye Barışı</t>
+          <t>Kurtuba Prensesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789757560814</t>
+          <t>9786054194841</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yönetici ve Devlet Adamı Olarak Hz. Muhammed</t>
+          <t>Hudeybiye Barışı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054194179</t>
+          <t>9789757560814</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Yönetici ve Devlet Adamı Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054194834</t>
+          <t>9786054194179</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Özü Dua ve Zikirler</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054194803</t>
+          <t>9786054194834</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Hat Sanatı-Sülüs Yazı Metodu</t>
+          <t>İbadetin Özü Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789757560968</t>
+          <t>9786054194803</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Orta Boy, Kutulu) (Ciltli)</t>
+          <t>Yeni Başlayanlar İçin Hat Sanatı-Sülüs Yazı Metodu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054194087</t>
+          <t>9789757560968</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Küçük Boy) (Ciltli)</t>
+          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Orta Boy, Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054194070</t>
+          <t>9786054194087</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s-Salihin ve Tercümesi (Küçük Boy) (Ciltli)</t>
+          <t>Satır Arası Ayet Mealli Kur’an-ı Kerim (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054194025</t>
+          <t>9786054194070</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s-Salihin ve Tercümesi (Büyük Boy) (Ciltli)</t>
+          <t>Riyazu’s-Salihin ve Tercümesi (Küçük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054194902</t>
+          <t>9786054194025</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliği Ütopya mı İdeal mi?</t>
+          <t>Riyazu’s-Salihin ve Tercümesi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054194896</t>
+          <t>9786054194902</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dili Yok Kalbimin</t>
+          <t>İslam Birliği Ütopya mı İdeal mi?</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054194889</t>
+          <t>9786054194896</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Devler Su Başlarını Tutmuş</t>
+          <t>Dili Yok Kalbimin</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054194780</t>
+          <t>9786054194889</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültür Atlası (Ciltli)</t>
+          <t>Devler Su Başlarını Tutmuş</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054194766</t>
+          <t>9786054194780</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Vahdet Ama Nasıl? - İslam Cemaatine Doğru</t>
+          <t>İslam Kültür Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>280</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054194797</t>
+          <t>9786054194766</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hendek Savaşı</t>
+          <t>Vahdet Ama Nasıl? - İslam Cemaatine Doğru</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054194810</t>
+          <t>9786054194797</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’s Salihin ve Tercümesi (Küçük Boy)</t>
+          <t>Hendek Savaşı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054194872</t>
+          <t>9786054194810</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an-ı Kerim Meali: Tercümanu’l-Kur’an</t>
+          <t>Riyazu’s Salihin ve Tercümesi (Küçük Boy)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054194759</t>
+          <t>9786054194872</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Sevgi ve Disiplin</t>
+          <t>Açıklamalı Kur’an-ı Kerim Meali: Tercümanu’l-Kur’an</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054194773</t>
+          <t>9786054194759</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Okçular Tepesi: Uhud</t>
+          <t>Çocuk Eğitiminde Sevgi ve Disiplin</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789757560791</t>
+          <t>9786054194773</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Uydurma Olduğunda İttifak Edilen Hadisler</t>
+          <t>Okçular Tepesi: Uhud</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789757560241</t>
+          <t>9789757560791</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Uydurma Olduğunda İttifak Edilen Hadisler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789757560982</t>
+          <t>9789757560241</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Bugünkü Meseleleri</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789757560944</t>
+          <t>9789757560982</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İslam Dünyasında Yüksek Eğitimi Yeniden Canlandırmak</t>
+          <t>İslam Düşüncesinin Bugünkü Meseleleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789757560739</t>
+          <t>9789757560944</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur'an-ı Kerim Meali Tercümanu'l-Kur'an</t>
+          <t>İslam Dünyasında Yüksek Eğitimi Yeniden Canlandırmak</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054194322</t>
+          <t>9789757560739</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>O Bir Yetimdi</t>
+          <t>Açıklamalı Kur'an-ı Kerim Meali Tercümanu'l-Kur'an</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789757560951</t>
+          <t>9786054194322</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Örtüsü</t>
+          <t>O Bir Yetimdi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054194162</t>
+          <t>9789757560951</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Sahabi</t>
+          <t>Müslüman Kadının Örtüsü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789757560876</t>
+          <t>9786054194162</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru</t>
+          <t>Yalnız Sahabi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054194063</t>
+          <t>9789757560876</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle</t>
+          <t>Gözümün Nuru</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789757560845</t>
+          <t>9786054194063</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın Diplomatik Münasebetleri ve Barış Andlaşmaları</t>
+          <t>Gönülden Gönüle</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789757560746</t>
+          <t>9789757560845</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Kur’an- Kerim Meali Tercümanu’l-Kur’an (Çanta Boy) ( Farklı Renklerde ) (Ciltli)</t>
+          <t>Rasulullah’ın Diplomatik Münasebetleri ve Barış Andlaşmaları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>630</v>
+        <v>320</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054194186</t>
+          <t>9789757560746</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>80 Soruda Allah Hakkında Merak Ettiklerimiz</t>
+          <t>Açıklamalı Kur’an- Kerim Meali Tercümanu’l-Kur’an (Çanta Boy) ( Farklı Renklerde ) (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>440</v>
+        <v>630</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054194575</t>
+          <t>9786054194186</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Betül’ün Misafirleri</t>
+          <t>80 Soruda Allah Hakkında Merak Ettiklerimiz</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789757560579</t>
+          <t>9786054194575</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İlk Meclis (Ciltli)</t>
+          <t>Bizimkiler Betül’ün Misafirleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054194230</t>
+          <t>9789757560579</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İkbal’in Konuşma ve Yazıları</t>
+          <t>İlk Meclis (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786054194384</t>
+          <t>9786054194230</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İbrahim'in Duası - İsa’nın Müjdesi</t>
+          <t>İkbal’in Konuşma ve Yazıları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054194315</t>
+          <t>9786054194384</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Faraklit’i Beklerken</t>
+          <t>İbrahim'in Duası - İsa’nın Müjdesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054194513</t>
+          <t>9786054194315</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle İslam (5 Kitap Takım)</t>
+          <t>Faraklit’i Beklerken</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054194506</t>
+          <t>9786054194513</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle İman (6 Kitap Takım)</t>
+          <t>Hikayelerle İslam (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054194278</t>
+          <t>9786054194506</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Yolculuğu</t>
+          <t>Hikayelerle İman (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9799757560684</t>
+          <t>9786054194278</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hep Ayağımı Kaydırıyorlar</t>
+          <t>Hicaz Yolculuğu</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054194377</t>
+          <t>9799757560684</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hatice’nin Goncası</t>
+          <t>Hep Ayağımı Kaydırıyorlar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054194988</t>
+          <t>9786054194377</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tüketim</t>
+          <t>Hatice’nin Goncası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789757560395</t>
+          <t>9786054194988</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Toward Understanding Islam</t>
+          <t>Tüketim</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789757560180</t>
+          <t>9789757560395</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tıbbın Hastalığı  2</t>
+          <t>Toward Understanding Islam</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789757560920</t>
+          <t>9789757560180</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İncil ve Salib (Osmanlıca)</t>
+          <t>Tıbbın Hastalığı  2</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054194483</t>
+          <t>9789757560920</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İnancın Zaferi: Bedir</t>
+          <t>İncil ve Salib (Osmanlıca)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054194742</t>
+          <t>9786054194483</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Köyden Bir Çocuk</t>
+          <t>İnancın Zaferi: Bedir</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054194223</t>
+          <t>9786054194742</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetimizin Sosyal Dinamikleri</t>
+          <t>Köyden Bir Çocuk</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789757560449</t>
+          <t>9786054194223</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kur’ani Terimler ve Kavramlar Sözlüğü</t>
+          <t>Medeniyetimizin Sosyal Dinamikleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059555210</t>
+          <t>9789757560449</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Ölçü ve Ahenk</t>
+          <t>Kur’ani Terimler ve Kavramlar Sözlüğü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054194261</t>
+          <t>9786059555210</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Rahmetin Gelişi</t>
+          <t>Kur’an’da Ölçü ve Ahenk</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9799757560523</t>
+          <t>9786054194261</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmetinin Geleceği</t>
+          <t>Rahmetin Gelişi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054194391</t>
+          <t>9799757560523</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İslam Tıbbı</t>
+          <t>İslam Ümmetinin Geleceği</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789757560678</t>
+          <t>9786054194391</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ders Çalışmaktan Nefret Ediyorum</t>
+          <t>İslam Tıbbı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059555289</t>
+          <t>9789757560678</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Davetçiyiz Yargılayıcı Değil</t>
+          <t>Ders Çalışmaktan Nefret Ediyorum</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789757560029</t>
+          <t>9786059555289</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Çaladaktilo</t>
+          <t>Davetçiyiz Yargılayıcı Değil</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054194520</t>
+          <t>9789757560029</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında (10 Kitap Takım)</t>
+          <t>Çaladaktilo</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054194735</t>
+          <t>9786054194520</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 10 - Veda Haccı</t>
+          <t>Bizimkiler Yaz Kampında (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054194711</t>
+          <t>9786054194735</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 9 - Mekke’nin Fethi</t>
+          <t>Bizimkiler Yaz Kampında 10 - Veda Haccı</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054194667</t>
+          <t>9786054194711</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 8 - Hudeybiye Antlaşması</t>
+          <t>Bizimkiler Yaz Kampında 9 - Mekke’nin Fethi</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054194698</t>
+          <t>9786054194667</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 6 - Medine</t>
+          <t>Bizimkiler Yaz Kampında 8 - Hudeybiye Antlaşması</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054194704</t>
+          <t>9786054194698</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 5 - Medine’ye Hicret</t>
+          <t>Bizimkiler Yaz Kampında 6 - Medine</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054194681</t>
+          <t>9786054194704</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 4 - İslam’a Çağrı</t>
+          <t>Bizimkiler Yaz Kampında 5 - Medine’ye Hicret</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054194674</t>
+          <t>9786054194681</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 3 - İlk Vahiy</t>
+          <t>Bizimkiler Yaz Kampında 4 - İslam’a Çağrı</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054194728</t>
+          <t>9786054194674</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bizimkiler Yaz Kampında 2 - Peygamberimizin Gençliği</t>
+          <t>Bizimkiler Yaz Kampında 3 - İlk Vahiy</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
+          <t>9786054194728</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Bizimkiler Yaz Kampında 2 - Peygamberimizin Gençliği</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
           <t>9786054194643</t>
         </is>
       </c>
-      <c r="B261" s="1" t="inlineStr">
+      <c r="B262" s="1" t="inlineStr">
         <is>
           <t>Bizimkiler Yaz Kampında 1 - Peygamberimizin Doğumu</t>
         </is>
       </c>
-      <c r="C261" s="1">
+      <c r="C262" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>