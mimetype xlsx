--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,39910 +85,38965 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789751049476</t>
+          <t>9789751049742</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Plevne</t>
+          <t>Son Muharebe: Nablus</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789751049469</t>
+          <t>9789751049766</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Göğsünün Tam Ortasında</t>
+          <t>Atatürk'ün Mirası Laik Cumhuriyet</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>690</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789751049490</t>
+          <t>9789751049070</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Artık Uyumak İstiyorum</t>
+          <t>Modern Gitar Metodu Cilt 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789751049452</t>
+          <t>9789751048929</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Son Bilet – Kör Kuyu</t>
+          <t>Modern Gitar Metodu Cilt 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789751049407</t>
+          <t>9789751049605</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Devren Kiralık Hayat</t>
+          <t>Zaten O Şarkıyı Ben Sana Yazmadım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789751048806</t>
+          <t>9789751049599</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Rönesans İnsanı: Livaneli</t>
+          <t>Saklı Zaman Bahçeleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789751049292</t>
+          <t>9789751049575</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Olağan İşler &amp; Küçük Hikayeler</t>
+          <t>Annemi Gördüğünüzde Onu Dansa Kaldırın</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789751049421</t>
+          <t>9789751049582</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Orta Sınıfın Düşüşü</t>
+          <t>Hayat Neye Benzeseydi Güzel Olurdu?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789751049193</t>
+          <t>9789751019776</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Mühürler Atlası</t>
+          <t>Açıklamalı Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789751049391</t>
+          <t>9789751033857</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet</t>
+          <t>Kimse Bana Sevgilim Demedi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789751049322</t>
+          <t>9789751049476</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Anneme ve Oğluma</t>
+          <t>Plevne</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789751049254</t>
+          <t>9789751049469</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Çürüme</t>
+          <t>Göğsünün Tam Ortasında</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259594279</t>
+          <t>9789751049490</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sen Uyurken Paran Senin İçin Çalışsın</t>
+          <t>Artık Uyumak İstiyorum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255620125</t>
+          <t>9789751049452</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dijital İçerik Tüketicisi</t>
+          <t>Özgürlüğe Son Bilet – Kör Kuyu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789751049100</t>
+          <t>9789751049407</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yılmaz Büyükerşen</t>
+          <t>Devren Kiralık Hayat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789751049063</t>
+          <t>9789751048806</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Açlık – Livaneli Kitaplığı</t>
+          <t>Bir Rönesans İnsanı: Livaneli</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751049186</t>
+          <t>9789751049292</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Sesi</t>
+          <t>Olağan İşler &amp; Küçük Hikayeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259594286</t>
+          <t>9789751049421</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anksiyete- Gülen Yüzüm Kaygılı Ruhum</t>
+          <t>Orta Sınıfın Düşüşü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751049209</t>
+          <t>9789751049193</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Göl Kıyısında Leyla</t>
+          <t>Tılsımlı Mühürler Atlası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751046871</t>
+          <t>9789751049391</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorler</t>
+          <t>Atatürk ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789751049087</t>
+          <t>9789751049322</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Hastalık Mı?</t>
+          <t>Anneme ve Oğluma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259598659</t>
+          <t>9789751049254</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Robotmanya</t>
+          <t>Sosyal Çürüme</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789751048516</t>
+          <t>9786259594279</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şapka</t>
+          <t>Sen Uyurken Paran Senin İçin Çalışsın</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789751049094</t>
+          <t>9786255620125</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ev Beyi</t>
+          <t>Dijital İçerik Tüketicisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751046246</t>
+          <t>9789751049100</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Falcı</t>
+          <t>Yılmaz Büyükerşen</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751047335</t>
+          <t>9789751049063</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Notları 1 - 2</t>
+          <t>Açlık – Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>480</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751019523</t>
+          <t>9789751049186</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercemesi ve Şerhi Cilt: 5-6</t>
+          <t>Çocuğun Sesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789751040589</t>
+          <t>9786259594286</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Panik Ataktan Kurtul</t>
+          <t>Anksiyete- Gülen Yüzüm Kaygılı Ruhum</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789751014214</t>
+          <t>9789751049209</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İngilizcede Cümle, Paragraf ve Kompozisyon Yazma Teknikleri (Sentence, Paragraph and Composition Writing)</t>
+          <t>Göl Kıyısında Leyla</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751047571</t>
+          <t>9789751046871</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çingeneler - Livaneli Kitaplığı</t>
+          <t>Üç Silahşorler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789751047533</t>
+          <t>9789751049087</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bu Gidiş Gidiş Değil</t>
+          <t>Aşk Bir Hastalık Mı?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789751045881</t>
+          <t>9786259598659</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Fikrin Mi Var?</t>
+          <t>Robotmanya</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789751044891</t>
+          <t>9789751048516</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İsrail Bir Ülkenin Akademik Anatomisi</t>
+          <t>Şapka</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>465</v>
+        <v>265</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789751042934</t>
+          <t>9789751049094</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Serenad (Ciltli)</t>
+          <t>Ev Beyi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>825</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789751044860</t>
+          <t>9789751046246</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi</t>
+          <t>Falcı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789751044938</t>
+          <t>9789751047335</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Sırrı Otofaji</t>
+          <t>Anadolu Notları 1 - 2</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>265</v>
+        <v>480</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789751044075</t>
+          <t>9789751019523</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Köksüzler</t>
+          <t>Mesnevi Tercemesi ve Şerhi Cilt: 5-6</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789751012746</t>
+          <t>9789751040589</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Tarih ve Yorum</t>
+          <t>Panik Ataktan Kurtul</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>16</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789751021649</t>
+          <t>9789751014214</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim ve Grafik Tasarım</t>
+          <t>İngilizcede Cümle, Paragraf ve Kompozisyon Yazma Teknikleri (Sentence, Paragraph and Composition Writing)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>44</v>
+        <v>465</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789751042859</t>
+          <t>9789751047571</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Patisserie Pastacının El Kitabı (Ciltli)</t>
+          <t>Çingeneler - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>2565</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789751049025</t>
+          <t>9789751047533</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Salgın - Madalyonun Ters Tarafı</t>
+          <t>Bu Gidiş Gidiş Değil</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789751018892</t>
+          <t>9789751045881</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Rahşaniçe</t>
+          <t>Bir Fikrin Mi Var?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>14</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789751018908</t>
+          <t>9789751044891</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Atların Yelesinde</t>
+          <t>İsrail Bir Ülkenin Akademik Anatomisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>62</v>
+        <v>560</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789751015162</t>
+          <t>9789751042934</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kobra Olayı</t>
+          <t>Serenad (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>5.9</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789751015545</t>
+          <t>9789751044860</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Uçuşu</t>
+          <t>Roma Tarihi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>16</v>
+        <v>625</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789751014581</t>
+          <t>9789751044938</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Anılar</t>
+          <t>Gençliğin Sırrı Otofaji</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>14</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789751014719</t>
+          <t>9789751044075</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İngiliz</t>
+          <t>Köksüzler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>7.87</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789751015200</t>
+          <t>9789751012746</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Liste</t>
+          <t>Bilim, Tarih ve Yorum</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789751015464</t>
+          <t>9789751021649</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kaybedenlerin Öyküsü</t>
+          <t>Görsel İletişim ve Grafik Tasarım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>20</v>
+        <v>44</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789751014808</t>
+          <t>9789751042859</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Aydınlığı</t>
+          <t>Patisserie Pastacının El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>9.72</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789751015170</t>
+          <t>9789751049025</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Enerjiye Dönüşümü</t>
+          <t>Salgın - Madalyonun Ters Tarafı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>12.5</v>
+        <v>255</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751013275</t>
+          <t>9789751018892</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kapısından Geçiş</t>
+          <t>Rahşaniçe</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>5.09</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789751020451</t>
+          <t>9789751018908</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rus General Mayevsky'nin Türkiye Gözlemleri</t>
+          <t>Atların Yelesinde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>21.3</v>
+        <v>62</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751025821</t>
+          <t>9789751015162</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şeytan'ın Kokusu</t>
+          <t>Kobra Olayı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>28.7</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789751025531</t>
+          <t>9789751015545</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Temizlik Sağlıktır İyimser ile Gülümser 5</t>
+          <t>Meleklerin Uçuşu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>3.24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789751025609</t>
+          <t>9789751014581</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kendi İşini Kendin Yap İyimser ile Gülümser 8</t>
+          <t>Kutsal Anılar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>3.24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789751025579</t>
+          <t>9789751014719</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çevreyi Sevgi Korur İyimser ile Gülümser 12</t>
+          <t>İngiliz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>3.24</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751026149</t>
+          <t>9789751015200</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Lamba Çocukları 2 Babil'in Mavi Cini</t>
+          <t>Liste</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>18.06</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789751026091</t>
+          <t>9789751015464</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Hayır'ın Gücü</t>
+          <t>Kaybedenlerin Öyküsü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751031396</t>
+          <t>9789751014808</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yoga Nedir? Ne Değildir?</t>
+          <t>Aziz Nesin Aydınlığı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>18.52</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751025281</t>
+          <t>9789751015170</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Suikastlar Sözlüğü</t>
+          <t>Düşüncenin Enerjiye Dönüşümü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>19.91</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789751010698</t>
+          <t>9789751013275</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sözlüklü İngilizce Konuşma Klavuzu</t>
+          <t>Ölüm Kapısından Geçiş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>415</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789751019271</t>
+          <t>9789751020451</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Söylev I - II Antlaşmalar-Kronoloji 1918-1938-Belgeler</t>
+          <t>Rus General Mayevsky'nin Türkiye Gözlemleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>24.07</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789751029843</t>
+          <t>9789751025821</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sonu Olmayan Dünya</t>
+          <t>Şeytan'ın Kokusu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>12.96</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789751027900</t>
+          <t>9789751025531</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Son Teori</t>
+          <t>Temizlik Sağlıktır İyimser ile Gülümser 5</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>6.48</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751026163</t>
+          <t>9789751025609</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlılar</t>
+          <t>Kendi İşini Kendin Yap İyimser ile Gülümser 8</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>47</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789751022103</t>
+          <t>9789751025579</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Siuların Peşinde-Blueberry</t>
+          <t>Çevreyi Sevgi Korur İyimser ile Gülümser 12</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>2.31</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751022769</t>
+          <t>9789751026149</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Parmaklar Red Kit’in Maceraları 23</t>
+          <t>Lamba Çocukları 2 Babil'in Mavi Cini</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>10.19</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751014177</t>
+          <t>9789751026091</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sibirya’dan Şili’ye</t>
+          <t>Pozitif Hayır'ın Gücü</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789751025272</t>
+          <t>9789751031396</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sırlanmış Zamanın Gölgesinde</t>
+          <t>Yoga Nedir? Ne Değildir?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>24.54</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789751027313</t>
+          <t>9789751025281</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sıradaki</t>
+          <t>Suikastlar Sözlüğü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>9.26</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789751023513</t>
+          <t>9789751010698</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sır Tutabilir misiniz?</t>
+          <t>Sözlüklü İngilizce Konuşma Klavuzu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>21.3</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789751020550</t>
+          <t>9789751019271</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Son Cihat</t>
+          <t>Söylev I - II Antlaşmalar-Kronoloji 1918-1938-Belgeler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>7.41</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789751017475</t>
+          <t>9789751029843</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Selim ile Nurbanu</t>
+          <t>Sonu Olmayan Dünya</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>19.44</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789751022493</t>
+          <t>9789751027900</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Selam Berlin</t>
+          <t>Son Teori</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>21.3</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789751007292</t>
+          <t>9789751026163</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Seçme Yemekler ve Tatlılar</t>
+          <t>Son Osmanlılar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>18.98</v>
+        <v>47</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789750018909</t>
+          <t>9789751022103</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Savaş, Göç ve Sarayda Aşk Maçinli Hasan Tahsin Hoca</t>
+          <t>Siuların Peşinde-Blueberry</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>9.26</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789751002860</t>
+          <t>9789751022769</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Piyon Finalleri</t>
+          <t>Sihirli Parmaklar Red Kit’in Maceraları 23</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>4.63</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789751004871</t>
+          <t>9789751014177</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Beraberlik</t>
+          <t>Sibirya’dan Şili’ye</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>10.65</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789751023759</t>
+          <t>9789751025272</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sapıklar</t>
+          <t>Sırlanmış Zamanın Gölgesinde</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>2.78</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789751023049</t>
+          <t>9789751027313</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt</t>
+          <t>Sıradaki</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789751027177</t>
+          <t>9789751023513</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam için 501 Öneri</t>
+          <t>Sır Tutabilir misiniz?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>6.48</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789751028389</t>
+          <t>9789751020550</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Safran Gökyüzü</t>
+          <t>Son Cihat</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>25.93</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789751015310</t>
+          <t>9789751017475</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan 1 Hadım Edilmiş Bir Aşk</t>
+          <t>Selim ile Nurbanu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>440</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789751030306</t>
+          <t>9789751022493</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Karabasanlar 3</t>
+          <t>Selam Berlin</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>26</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789751023094</t>
+          <t>9789751007292</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Karabasanlar</t>
+          <t>Seçme Yemekler ve Tatlılar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>26</v>
+        <v>18.98</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751016775</t>
+          <t>9789750018909</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Rintintin Alayın Maskotu "Rantanplan"</t>
+          <t>Savaş, Göç ve Sarayda Aşk Maçinli Hasan Tahsin Hoca</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>9.72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751018656</t>
+          <t>9789751002860</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Rintintin "Rantanplan" Kaçak</t>
+          <t>Satrançta Piyon Finalleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>2.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751014870</t>
+          <t>9789751004871</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Resimli Osmanlı Tarihi Sözlüğü</t>
+          <t>Satrançta Beraberlik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>12.04</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751003157</t>
+          <t>9789751023759</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Boyama Kitabı 2</t>
+          <t>Sapıklar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1.16</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789751003140</t>
+          <t>9789751023049</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Boyama Kitabı 1</t>
+          <t>Salkım Söğüt</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1.48</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751020628</t>
+          <t>9789751027177</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Red Kit Red Kit’in Nişanlısı</t>
+          <t>Sağlıklı Yaşam için 501 Öneri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>10.19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751016225</t>
+          <t>9789751028389</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Red Kit ’’Lucky Luke’’ Mezartaşı Kasabası</t>
+          <t>Safran Gökyüzü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>10.19</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751016256</t>
+          <t>9789751015310</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Red Kit ’’Lucky Luke’’ Altına Hücum</t>
+          <t>Safiye Sultan 1 Hadım Edilmiş Bir Aşk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>10.19</v>
+        <v>530</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751020383</t>
+          <t>9789751030306</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Red Kit Calamity Jane</t>
+          <t>Rüyalar ve Karabasanlar 3</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>10.19</v>
+        <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789751018212</t>
+          <t>9789751023094</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Karabuğday 2. ve 3. Sınıflar İçin</t>
+          <t>Rüyalar ve Karabasanlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>3.24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751018175</t>
+          <t>9789751016775</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Yeni Elbiseleri</t>
+          <t>Rintintin Alayın Maskotu "Rantanplan"</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>3.24</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789751018229</t>
+          <t>9789751018656</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Çayır Papatyası 2. ve 3. Sınıflar İçin</t>
+          <t>Rintintin "Rantanplan" Kaçak</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>3.24</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789751018182</t>
+          <t>9789751014870</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Çam Ağacı 2. ve 3. Sınıflar İçin</t>
+          <t>Resimli Osmanlı Tarihi Sözlüğü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>3.24</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789751048158</t>
+          <t>9789751003157</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Afacan Boyama Kitabı 6</t>
+          <t>Renkli Resimli Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>3.24</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789751048141</t>
+          <t>9789751003140</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Afacan Boyama Kitabı 5</t>
+          <t>Renkli Resimli Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>3.24</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751048134</t>
+          <t>9789751020628</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Afacan Boyama Kitabı 4</t>
+          <t>Red Kit Red Kit’in Nişanlısı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>3.24</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789751014917</t>
+          <t>9789751016225</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Red Kit ’’Lucky Luke’’ Mezartaşı Kasabası</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>2.78</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789751014771</t>
+          <t>9789751016256</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Ayşecik</t>
+          <t>Red Kit ’’Lucky Luke’’ Altına Hücum</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>2.78</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789751014948</t>
+          <t>9789751020383</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası</t>
+          <t>Red Kit Calamity Jane</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>2.78</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751017970</t>
+          <t>9789751018212</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Tavuk 1. ve 2. sınıflar için</t>
+          <t>Andersen Masalları Karabuğday 2. ve 3. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>2.31</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789751018090</t>
+          <t>9789751018175</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>İmparatorun Yeni Elbiseleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>3.7</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789751019240</t>
+          <t>9789751018229</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yaz Tatili Sayı: 12</t>
+          <t>Andersen Masalları Çayır Papatyası 2. ve 3. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>2.78</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751021397</t>
+          <t>9789751018182</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Dokunmak İçin: Bir Manik Depresifin Notları</t>
+          <t>Andersen Masalları Çam Ağacı 2. ve 3. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>3.33</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789751023711</t>
+          <t>9789751048158</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yaratık</t>
+          <t>Afacan Boyama Kitabı 6</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>36</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789751002341</t>
+          <t>9789751048141</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Gönüller</t>
+          <t>Afacan Boyama Kitabı 5</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>6.48</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789751024053</t>
+          <t>9789751048134</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Afacan Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>2.22</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789751021380</t>
+          <t>9789751014917</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yalanlar Yumağı</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>19.44</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789751022387</t>
+          <t>9789751014771</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Hüznü</t>
+          <t>Ali ile Ayşecik</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>8.33</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789751006363</t>
+          <t>9789751014948</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Dilbilgisi Öğrenci Kitabı</t>
+          <t>Alaaddin’in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>33.8</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789751029010</t>
+          <t>9789751017970</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Cisim</t>
+          <t>Altın Yumurtlayan Tavuk 1. ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>285</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789751023674</t>
+          <t>9789751018090</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kuğuları Çinli Bir Ailenin Nesilden Nesile Gerçek Hikayesi</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>25</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789751025043</t>
+          <t>9789751019240</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Voleybol Teknik - Taktik - Kondisyon</t>
+          <t>Yaz Tatili Sayı: 12</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751024763</t>
+          <t>9789751021397</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Vedat Türkali Ansiklopedisi Abdülkadir Pirhasan Hakkında Bilmek İstediğiniz Her Şey</t>
+          <t>Yaşama Dokunmak İçin: Bir Manik Depresifin Notları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>3.7</v>
+        <v>3.33</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789751009487</t>
+          <t>9789751023711</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Valla Kız Değilim! (Üçleme)</t>
+          <t>Yaratık</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>245</v>
+        <v>36</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789751057914</t>
+          <t>9789751002341</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ülker Tıp Terimleri Sözlüğü Latince-Türkçe / Türkçe-Latince (3. Hamur)</t>
+          <t>Yaralı Gönüller</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>21.3</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789751057907</t>
+          <t>9789751024053</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ülker Tıp Terimleri Sözlüğü Latince-Türkçe / Türkçe-Latince</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>24.07</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789751025302</t>
+          <t>9789751021380</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Uzun Gece</t>
+          <t>Yalanlar Yumağı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>23.15</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789751024022</t>
+          <t>9789751022387</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzmanlarından Takı Yapım Teknikleri</t>
+          <t>Yağmur Hüznü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>33.8</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789751016010</t>
+          <t>9789751006363</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ülkeler Coğrafyası</t>
+          <t>Yabancılar İçin Dilbilgisi Öğrenci Kitabı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>5.56</v>
+        <v>33.8</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789751008220</t>
+          <t>9789751029010</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İngilizce Cevap Anahtarı</t>
+          <t>Yabancı Cisim</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>10.65</v>
+        <v>345</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789751003546</t>
+          <t>9789751023674</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İngilizce</t>
+          <t>Yaban Kuğuları Çinli Bir Ailenin Nesilden Nesile Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>32.41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751017888</t>
+          <t>9789751025043</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Uçan Bavul Yaşayan Ünlü Masallar Dizisi 8</t>
+          <t>Voleybol Teknik - Taktik - Kondisyon</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789751032430</t>
+          <t>9789751024763</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Peynirleri</t>
+          <t>Vedat Türkali Ansiklopedisi Abdülkadir Pirhasan Hakkında Bilmek İstediğiniz Her Şey</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>285</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789751008466</t>
+          <t>9789751009487</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Tarihsel Anıtlar</t>
+          <t>Valla Kız Değilim! (Üçleme)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12.96</v>
+        <v>295</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789751007056</t>
+          <t>9789751057914</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi Yerler Kılavuzu</t>
+          <t>Ülker Tıp Terimleri Sözlüğü Latince-Türkçe / Türkçe-Latince (3. Hamur)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>12.96</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789751029881</t>
+          <t>9789751057907</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sürgünleri</t>
+          <t>Ülker Tıp Terimleri Sözlüğü Latince-Türkçe / Türkçe-Latince</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>23.15</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789751020055</t>
+          <t>9789751025302</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Yabancı Terimler Sözlüğü</t>
+          <t>Uzun Gece</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751017253</t>
+          <t>9789751024022</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - İngilizce Bilimsel ve Teknik  Terimler Sözlüğü (Ciltli)</t>
+          <t>Uzmanlarından Takı Yapım Teknikleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>11.11</v>
+        <v>33.8</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751014238</t>
+          <t>9789751016010</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türk Rönesansı ve Anılarda Gazi Mustafa Kemal Atatürk (Ciltli)</t>
+          <t>Ülkeler Coğrafyası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>4.07</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751005298</t>
+          <t>9789751008220</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Güfteler Hazinesi Cilt: 1</t>
+          <t>Uygulamalı İngilizce Cevap Anahtarı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>9.49</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789751023582</t>
+          <t>9789751003546</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türk Halı Sanatı’nın Bin Yılı (Ciltli)</t>
+          <t>Uygulamalı İngilizce</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>15</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789751019318</t>
+          <t>9789751017888</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hiciv Ve Mizah Yergi ve Gülmece Başlangıçtan Günümüze</t>
+          <t>Uçan Bavul Yaşayan Ünlü Masallar Dizisi 8</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>19.91</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789751020086</t>
+          <t>9789751032430</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Trakya</t>
+          <t>Türkiye’nin Peynirleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>9.26</v>
+        <v>345</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789751028365</t>
+          <t>9789751008466</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Toskana’da Zamanın Ruhu</t>
+          <t>Türkiye’deki Tarihsel Anıtlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>55.56</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789751016157</t>
+          <t>9789751007056</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tom Gordon’a Aşık Olan Kız</t>
+          <t>Türkiye Tarihi Yerler Kılavuzu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>13</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789751001078</t>
+          <t>9789751029881</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tüm Belirli Günler ve Haftalar Renkli - Resimli İlk ve Orta Dereceli Okullar İçin</t>
+          <t>Türkiye Sürgünleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>14.81</v>
+        <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789751026101</t>
+          <t>9789751020055</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca’nın Kulübesi</t>
+          <t>Türkçe’de Yabancı Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>2.31</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789751002976</t>
+          <t>9789751017253</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>TM Transandantal Meditasyon</t>
+          <t>Türkçe - İngilizce Bilimsel ve Teknik  Terimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789751008237</t>
+          <t>9789751014238</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Times-Chambers Junior Dictionary</t>
+          <t>Türk Rönesansı ve Anılarda Gazi Mustafa Kemal Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>7.41</v>
+        <v>4.07</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789751002990</t>
+          <t>9789751005298</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tılsım</t>
+          <t>Türk Musikisi Güfteler Hazinesi Cilt: 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>68</v>
+        <v>9.49</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789751023186</t>
+          <t>9789751023582</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tehlike Altında</t>
+          <t>Türk Halı Sanatı’nın Bin Yılı (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789751021632</t>
+          <t>9789751019318</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tecavüz</t>
+          <t>Türk Edebiyatında Hiciv Ve Mizah Yergi ve Gülmece Başlangıçtan Günümüze</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>23.61</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789751022028</t>
+          <t>9789751020086</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Taşların Kehaneti</t>
+          <t>Trakya</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>29.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789751023162</t>
+          <t>9789751028365</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Taşların Aşkı</t>
+          <t>Toskana’da Zamanın Ruhu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>30.09</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789751028105</t>
+          <t>9789751016157</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tarot Şifreleri</t>
+          <t>Tom Gordon’a Aşık Olan Kız</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>7.41</v>
+        <v>13</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789751009678</t>
+          <t>9789751001078</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tenis Teknik, Taktik, Kondisyon</t>
+          <t>Tüm Belirli Günler ve Haftalar Renkli - Resimli İlk ve Orta Dereceli Okullar İçin</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>16.2</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789751016935</t>
+          <t>9789751026101</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Temel Yazım Sözlüğü İmla Kılavuzu</t>
+          <t>Tom Amca’nın Kulübesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>4.63</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789751019356</t>
+          <t>9789751002976</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tarot Destesi ve Kitabı</t>
+          <t>TM Transandantal Meditasyon</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>19.91</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789751021458</t>
+          <t>9789751008237</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Bugün</t>
+          <t>Times-Chambers Junior Dictionary</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>31.02</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789751016812</t>
+          <t>9789751002990</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Tılsım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>25</v>
+        <v>68</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789751018717</t>
+          <t>9789751023186</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ile Barışmak Tanrı’nın Uzanan Eli İsa</t>
+          <t>Tehlike Altında</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789751026545</t>
+          <t>9789751021632</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şok Dalgası</t>
+          <t>Tecavüz</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>17.59</v>
+        <v>23.61</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789751019516</t>
+          <t>9789751022028</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şimşek</t>
+          <t>Taşların Kehaneti</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>56</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789751015389</t>
+          <t>9789751023162</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yaşa Geç Yaşlan Zamanı Yavaşlatmanın İspat Edilmiş Yolları</t>
+          <t>Taşların Aşkı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>5.56</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789751023834</t>
+          <t>9789751028105</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sanatı</t>
+          <t>Tarot Şifreleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>25.46</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789751025876</t>
+          <t>9789751009678</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tohumu</t>
+          <t>Tenis Teknik, Taktik, Kondisyon</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>6.48</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789751017000</t>
+          <t>9789751016935</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Yolcu</t>
+          <t>Temel Yazım Sözlüğü İmla Kılavuzu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>19.44</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789751024534</t>
+          <t>9789751019356</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şahbaba</t>
+          <t>Tarot Destesi ve Kitabı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>58.33</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789751000354</t>
+          <t>9789751021458</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Süs ve Salon Bitkileri</t>
+          <t>Tarihte Bugün</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>24.54</v>
+        <v>31.02</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789751021267</t>
+          <t>9789751016812</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Ötesi</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1.85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789751015792</t>
+          <t>9789751018717</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Otlar Cep Ansiklopedisi Sağlığa, Sofraya, Güzelleşmeye, Eve ve Bahçeye</t>
+          <t>Tanrı ile Barışmak Tanrı’nın Uzanan Eli İsa</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>25.93</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789751004024</t>
+          <t>9789751026545</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama</t>
+          <t>Şok Dalgası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>10.65</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789751025104</t>
+          <t>9789751019516</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sultan’ın Mührü</t>
+          <t>Şimşek</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>20.37</v>
+        <v>56</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789751013804</t>
+          <t>9789751015389</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Stresten Arınma Pozitif Yaşam</t>
+          <t>Şimdi Yaşa Geç Yaşlan Zamanı Yavaşlatmanın İspat Edilmiş Yolları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>63</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789751023018</t>
+          <t>9789751023834</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking Bilim Dünyasında Bir Hayat</t>
+          <t>Şiir Sanatı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>19.44</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789751003355</t>
+          <t>9789751025876</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Star</t>
+          <t>Şeytan Tohumu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>24.54</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789751012128</t>
+          <t>9789751017000</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Spor Genel Kültürü</t>
+          <t>Şanslı Yolcu</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>13.89</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789751008510</t>
+          <t>9789751024534</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Spiru ve Fantasio Virus</t>
+          <t>Şahbaba</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>1.85</v>
+        <v>58.33</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789751014573</t>
+          <t>9789751000354</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Spiru ve Fantasio Spiru Moskova’da</t>
+          <t>Süs ve Salon Bitkileri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>9.72</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789751014399</t>
+          <t>9789751021267</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Spiru ve Fantasio Lanetli Vadi</t>
+          <t>Sürgün ve Ötesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>9.72</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789751014054</t>
+          <t>9789751015792</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Spiru ve Fantasio Büyük Korku</t>
+          <t>Şifalı Otlar Cep Ansiklopedisi Sağlığa, Sofraya, Güzelleşmeye, Eve ve Bahçeye</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>9.72</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789751008527</t>
+          <t>9789751004024</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Spiru ve Fantasio Avustralya Serüveni</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1.85</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789751017185</t>
+          <t>9789751025104</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Spikeriz Diye... Ekranlı, Mikrofonlu Gülünesi Anılar</t>
+          <t>Sultan’ın Mührü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>1.85</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789751008572</t>
+          <t>9789751013804</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sözlüklü Norveç Dili Konuşma Kılavuzu</t>
+          <t>Stresten Arınma Pozitif Yaşam</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>106</v>
+        <v>63</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789751017314</t>
+          <t>9789751023018</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Temel Türkçe Sözlük (Ciltli)</t>
+          <t>Stephen Hawking Bilim Dünyasında Bir Hayat</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>18.52</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789751010193</t>
+          <t>9789751003355</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmaz Beden Sonsuz Zihin</t>
+          <t>Star</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>24.07</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789751003843</t>
+          <t>9789751012128</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ülker Tıp Terimleri Sözlüğü Latince - Türkçe (Ciltli)</t>
+          <t>Spor Genel Kültürü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>66.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789751014542</t>
+          <t>9789751008510</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Spiru ve Fantasio Virus</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>2.78</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789751014559</t>
+          <t>9789751014573</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Spiru ve Fantasio Spiru Moskova’da</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>2.78</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789751008404</t>
+          <t>9789751014399</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>Spiru ve Fantasio Lanetli Vadi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>3.24</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789751014160</t>
+          <t>9789751014054</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bilmece - Bulmaca - Boyamaca</t>
+          <t>Spiru ve Fantasio Büyük Korku</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>13.89</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789751018076</t>
+          <t>9789751008527</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tavuk</t>
+          <t>Spiru ve Fantasio Avustralya Serüveni</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>3.7</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789751018984</t>
+          <t>9789751017185</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Yap</t>
+          <t>Spikeriz Diye... Ekranlı, Mikrofonlu Gülünesi Anılar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>7.87</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789751018120</t>
+          <t>9789751008572</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Masalları Yiğit Yusuf 3. ve 4. Sınıflar İçin</t>
+          <t>Sözlüklü Norveç Dili Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>3.7</v>
+        <v>106</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789751013651</t>
+          <t>9789751017314</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Yazarlar ve Şairler Sözlüğü</t>
+          <t>Temel Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789751014436</t>
+          <t>9789751010193</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Boyama Kitabı 8</t>
+          <t>Yaşlanmaz Beden Sonsuz Zihin</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>2.31</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789751003201</t>
+          <t>9789751003843</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Boyama Kitabı 7</t>
+          <t>Ülker Tıp Terimleri Sözlüğü Latince - Türkçe (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>2.31</v>
+        <v>66.67</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789751003195</t>
+          <t>9789751014542</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Boyama Kitabı 6</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>2.31</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789751003164</t>
+          <t>9789751014559</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Boyama Kitabı 3</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>2.31</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789751014931</t>
+          <t>9789751008404</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>2.78</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789751049162</t>
+          <t>9789751014160</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Boyama Kitabı 6</t>
+          <t>Bilmece - Bulmaca - Boyamaca</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>2.31</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789751049155</t>
+          <t>9789751018076</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Boyama Kitabı 5</t>
+          <t>Beyaz Tavuk</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>2.31</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789751049148</t>
+          <t>9789751018984</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Boyama Kitabı 4</t>
+          <t>Sevgiyle Yap</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>2.31</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789751049124</t>
+          <t>9789751018120</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Boyama Kitabı 2</t>
+          <t>Seçme Dünya Masalları Yiğit Yusuf 3. ve 4. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>2.31</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789751049117</t>
+          <t>9789751013651</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcık Boyama Kitabı 1</t>
+          <t>Resimlerle Yazarlar ve Şairler Sözlüğü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>2.31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751014924</t>
+          <t>9789751014436</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Renkli Resimli Boyama Kitabı 8</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789751008398</t>
+          <t>9789751003201</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Yeni Elbiseleri</t>
+          <t>Renkli Resimli Boyama Kitabı 7</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>3.24</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751017840</t>
+          <t>9789751003195</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Küçük Çocuklar</t>
+          <t>Renkli Resimli Boyama Kitabı 6</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>5.56</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789751016591</t>
+          <t>9789751003164</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dostlarımız 9 Kara Karga’yla Kurnaz Tilki</t>
+          <t>Renkli Resimli Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789751016638</t>
+          <t>9789751014931</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sahte Doktor Hokuspokus</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789751016546</t>
+          <t>9789751049162</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Tilki ile Arsız Çakal</t>
+          <t>Pıtırcık Boyama Kitabı 6</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789751016652</t>
+          <t>9789751049155</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yalancı</t>
+          <t>Pıtırcık Boyama Kitabı 5</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789751016584</t>
+          <t>9789751049148</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hain Kurt ile Sivrikulak Tavşan</t>
+          <t>Pıtırcık Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751016607</t>
+          <t>9789751049124</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Cırcır Böceği</t>
+          <t>Pıtırcık Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789751016621</t>
+          <t>9789751049117</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Dostlarımız 2 Aslan Kral ile Minik Fare</t>
+          <t>Pıtırcık Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789751016560</t>
+          <t>9789751014924</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kocakulak ile Kazmadiş’in Afrika Gezisi</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751016553</t>
+          <t>9789751008398</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sütçü Kız</t>
+          <t>Padişahın Yeni Elbiseleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>2.78</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751016645</t>
+          <t>9789751017840</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Demiryumruk Zıpzıp</t>
+          <t>Ormandaki Küçük Çocuklar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>2.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751016577</t>
+          <t>9789751016591</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Tavuk</t>
+          <t>Ormandaki Dostlarımız 9 Kara Karga’yla Kurnaz Tilki</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789751016614</t>
+          <t>9789751016638</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tembel Ördek Badi - Hayvanlar Dünyası 7</t>
+          <t>Sahte Doktor Hokuspokus</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789751061539</t>
+          <t>9789751016546</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yumurcak 4 Renkli Resimli Boyama</t>
+          <t>Kurnaz Tilki ile Arsız Çakal</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751061522</t>
+          <t>9789751016652</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yumurcak 3 Renkli Resimli Boyama</t>
+          <t>Küçük Yalancı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751061515</t>
+          <t>9789751016584</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yumurcak 2 Renkli Resimli Boyama</t>
+          <t>Hain Kurt ile Sivrikulak Tavşan</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789751061508</t>
+          <t>9789751016607</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yumurcak 1 Renkli Resimli Boyama</t>
+          <t>Cırcır Böceği</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751017857</t>
+          <t>9789751016621</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yiğit Çoban</t>
+          <t>Ormandaki Dostlarımız 2 Aslan Kral ile Minik Fare</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789751025111</t>
+          <t>9789751016560</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ayandon</t>
+          <t>Kocakulak ile Kazmadiş’in Afrika Gezisi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>375</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789751018304</t>
+          <t>9789751016553</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ay Müziği</t>
+          <t>Sütçü Kız</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>18.06</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789751028471</t>
+          <t>9789751016645</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Atlantis</t>
+          <t>Demiryumruk Zıpzıp</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789751037091</t>
+          <t>9789751016577</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ile Allah Arasında</t>
+          <t>Altın Yumurtlayan Tavuk</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>121</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751019035</t>
+          <t>9789751016614</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sanatçısı</t>
+          <t>Tembel Ördek Badi - Hayvanlar Dünyası 7</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>10.65</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789751027924</t>
+          <t>9789751061539</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Astrolojik Tarot Sırları</t>
+          <t>Yumurcak 4 Renkli Resimli Boyama</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>6.85</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789751025036</t>
+          <t>9789751061522</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Astro Yaşam Aşk ve İş Reçeteleri</t>
+          <t>Yumurcak 3 Renkli Resimli Boyama</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>2.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789751021977</t>
+          <t>9789751061515</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aslan Gibi Eşekler</t>
+          <t>Yumurcak 2 Renkli Resimli Boyama</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>2.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789751008046</t>
+          <t>9789751061508</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Yumurcak 1 Renkli Resimli Boyama</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789751026125</t>
+          <t>9789751017857</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar, Aşklar ve Çikolata</t>
+          <t>Yiğit Çoban</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>4.63</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789751015815</t>
+          <t>9789751025111</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Ege Bile Yok!</t>
+          <t>Ayandon</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>1.85</v>
+        <v>420</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789751021724</t>
+          <t>9789751018304</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Aralık Roman</t>
+          <t>Ay Müziği</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>1.85</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789751027986</t>
+          <t>9789751028471</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>April’in Gölgesi</t>
+          <t>Atlantis</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789751005984</t>
+          <t>9789751037091</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Antrakt</t>
+          <t>Atatürk ile Allah Arasında</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>13.89</v>
+        <v>121</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789751008695</t>
+          <t>9789751019035</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Anne, Bana Köpek Al</t>
+          <t>Aşk Sanatçısı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>11.57</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789751014047</t>
+          <t>9789751027924</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Anne - Babaların Küçük El Kitabı Okumaları, Hatırlamaları ve Paylaşmaları İçin; Öneriler, Gözlemler ve Andaçlar</t>
+          <t>Astrolojik Tarot Sırları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>4.17</v>
+        <v>6.85</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789751018144</t>
+          <t>9789751025036</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları Domuz Çobanı 2. ve 3. Sınıflar İçin</t>
+          <t>Astro Yaşam Aşk ve İş Reçeteleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1.48</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789751029447</t>
+          <t>9789751021977</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Amazonlar ve Anaerkinin Çığlığı</t>
+          <t>Aslan Gibi Eşekler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>55</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789751014207</t>
+          <t>9789751008046</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Amatör Fotoğrafçılık</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789151014777</t>
+          <t>9789751026125</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Ayşeçik</t>
+          <t>Arkadaşlar, Aşklar ve Çikolata</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>2.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789751021571</t>
+          <t>9789751015815</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Alışverişkolik Yurtdışında</t>
+          <t>Aramızda Ege Bile Yok!</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>18.52</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789751011350</t>
+          <t>9789751021724</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Alexiad Malazgirt’in Sonrası İmparator Alexios Komnenos Döneminin Tarihi</t>
+          <t>Aralık Roman</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>41</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751017833</t>
+          <t>9789751027986</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Ölümü Yaşayan Ünlü Masallar Dizisi 7</t>
+          <t>April’in Gölgesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>2.78</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789751019134</t>
+          <t>9789751005984</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ben Kaptan Olacağım Sayı: 8</t>
+          <t>Antrakt</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>1.39</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789751019127</t>
+          <t>9789751008695</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bebek Hasta Olmuş Sayı: 3</t>
+          <t>Anne, Bana Köpek Al</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1.39</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789751025807</t>
+          <t>9789751014047</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Nişantaş'ın Arka Bahçesi</t>
+          <t>Anne - Babaların Küçük El Kitabı Okumaları, Hatırlamaları ve Paylaşmaları İçin; Öneriler, Gözlemler ve Andaçlar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>25</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789751021601</t>
+          <t>9789751018144</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Öpücüğü</t>
+          <t>Andersen Masalları Domuz Çobanı 2. ve 3. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>25.93</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789751033222</t>
+          <t>9789751029447</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Refik Halid Karay'dan Türk Edebiyatının En Seçkin Eserleri 5 Kitap Kutulu</t>
+          <t>Amazonlar ve Anaerkinin Çığlığı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789751033208</t>
+          <t>9789751014207</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Refik Halid Karay'dan Türk Edebiyatının En Seçkin Eserleri</t>
+          <t>Herkes İçin Amatör Fotoğrafçılık</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>102</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789751022837</t>
+          <t>9789151014777</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Neptün Rüzgarları Altında</t>
+          <t>Ali ile Ayşeçik</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>13.89</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789751012869</t>
+          <t>9789751021571</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>A La Carte Yemek Kitabı</t>
+          <t>Alışverişkolik Yurtdışında</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>23.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789751014290</t>
+          <t>9789751011350</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ege Kültürü</t>
+          <t>Alexiad Malazgirt’in Sonrası İmparator Alexios Komnenos Döneminin Tarihi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>21.3</v>
+        <v>41</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>3990000015627</t>
+          <t>9789751017833</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame'ın Kamburu</t>
+          <t>Aslanın Ölümü Yaşayan Ünlü Masallar Dizisi 7</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>4.63</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789751021908</t>
+          <t>9789751019134</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tersine Adam</t>
+          <t>Ben Kaptan Olacağım Sayı: 8</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>11.57</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789751022868</t>
+          <t>9789751019127</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gülen Polis</t>
+          <t>Bebek Hasta Olmuş Sayı: 3</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>13.89</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789751023704</t>
+          <t>9789751025807</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Saffle Pisliği</t>
+          <t>Nişantaş'ın Arka Bahçesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>10.19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789751019066</t>
+          <t>9789751021601</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Radyoda Felsefe</t>
+          <t>Gölgelerin Öpücüğü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>8.8</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789751023216</t>
+          <t>9789751033222</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Oteldeki Cinayet</t>
+          <t>Refik Halid Karay'dan Türk Edebiyatının En Seçkin Eserleri 5 Kitap Kutulu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000015708</t>
+          <t>9789751033208</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Öncesi ve Sonrası Ölçüt Bağımlı Test (ince)</t>
+          <t>Refik Halid Karay'dan Türk Edebiyatının En Seçkin Eserleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>4.63</v>
+        <v>102</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789751016270</t>
+          <t>9789751022837</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Felsefeyi Anlamak Felsefe ile Anlamak</t>
+          <t>Neptün Rüzgarları Altında</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789751022523</t>
+          <t>9789751012869</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Balkonda Bir Adam Vardı</t>
+          <t>A La Carte Yemek Kitabı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>11.57</v>
+        <v>23.61</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789751022615</t>
+          <t>9789751014290</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Neyzen Tevfik Hayatı ve Şiirleri</t>
+          <t>Ege Kültürü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>9.26</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789751022080</t>
+          <t>3990000015627</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hemen Git Çabuk Dön</t>
+          <t>Notre-Dame'ın Kamburu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789751001115</t>
+          <t>9789751021908</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Masallı Boyama Kitabı / Karga ile Tilki Ormanda Yüz Yıl Uyuyan Güzel</t>
+          <t>Tersine Adam</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>2.78</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789751021038</t>
+          <t>9789751022868</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Gülen Polis</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789751018021</t>
+          <t>9789751023704</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tuz Masalı 1. ve 2. sınıflar İçin</t>
+          <t>Saffle Pisliği</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>2.31</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789751017932</t>
+          <t>9789751019066</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tarla Kuşu ve Yavruları 1. ve 2. sınıflar için</t>
+          <t>Radyoda Felsefe</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>2.31</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789751059925</t>
+          <t>9789751023216</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Süper Bilgiç Boyama</t>
+          <t>Oteldeki Cinayet</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>10.65</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789751039019</t>
+          <t>3990000015708</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Çizgisel Gelişim</t>
+          <t>Öğretim Öncesi ve Sonrası Ölçüt Bağımlı Test (ince)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>19</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789751038951</t>
+          <t>9789751016270</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Değerli Yaşam</t>
+          <t>Felsefeyi Anlamak Felsefe ile Anlamak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>330</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>3990000048543</t>
+          <t>9789751022523</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numaralar (İmzalı)</t>
+          <t>Balkonda Bir Adam Vardı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>27</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789751039507</t>
+          <t>9789751022615</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Düşüncesi</t>
+          <t>Neyzen Tevfik Hayatı ve Şiirleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789751039576</t>
+          <t>9789751022080</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Zarf</t>
+          <t>Hemen Git Çabuk Dön</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>16</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789751038210</t>
+          <t>9789751001115</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İktidar Seçkinleri</t>
+          <t>Masallı Boyama Kitabı / Karga ile Tilki Ormanda Yüz Yıl Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>690</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789750018916</t>
+          <t>9789751021038</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Namlunun Ucunda</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>9.72</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789751038401</t>
+          <t>9789751018021</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sevmediğim Atlaslar</t>
+          <t>Tuz Masalı 1. ve 2. sınıflar İçin</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>245</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789751039231</t>
+          <t>9789751017932</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ku'Yu</t>
+          <t>Tarla Kuşu ve Yavruları 1. ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>75</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789751039026</t>
+          <t>9789751059925</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Sanat Olarak Minyatür, Resim ve Grafik Tarihi</t>
+          <t>Süper Bilgiç Boyama</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>310</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789751038746</t>
+          <t>9789751039019</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz</t>
+          <t>Çizgisel Gelişim</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>385</v>
+        <v>19</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789751036711</t>
+          <t>9789751038951</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Mum Lekesi</t>
+          <t>Değerli Yaşam</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>123</v>
+        <v>400</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789751036957</t>
+          <t>3990000048543</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Bir Zaman Tüneli</t>
+          <t>Bilinmeyen Numaralar (İmzalı)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>27</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789751037275</t>
+          <t>9789751039507</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Çok Bozuldu</t>
+          <t>Uluslararası İlişkiler Düşüncesi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>435</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789751037107</t>
+          <t>9789751039576</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi</t>
+          <t>Mühürlü Zarf</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789751037114</t>
+          <t>9789751038210</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dine Karşı Düşüncenin Tarihi</t>
+          <t>İktidar Seçkinleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>15</v>
+        <v>830</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789751036629</t>
+          <t>9789750018916</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya Bakmak</t>
+          <t>Kurtuluş Namlunun Ucunda</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>360</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789751034519</t>
+          <t>9789751038401</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dolce Vita - Carpe Diem (Kutulu Set)</t>
+          <t>Sevmediğim Atlaslar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>47</v>
+        <v>295</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789751099761</t>
+          <t>9789751039231</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hayvancılık Temel Besicilik ve Beslenme</t>
+          <t>Ku'Yu</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>21.3</v>
+        <v>75</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789751003904</t>
+          <t>9789751039026</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Dünyası</t>
+          <t>Yasaklı Sanat Olarak Minyatür, Resim ve Grafik Tarihi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>6.48</v>
+        <v>375</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>3990000014173</t>
+          <t>9789751038746</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Havuz Partisi Çakmaktaşlar Taş Devri</t>
+          <t>15 Temmuz</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>6.48</v>
+        <v>465</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789751021915</t>
+          <t>9789751036711</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çemberli Adam</t>
+          <t>Mum Lekesi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>11.57</v>
+        <v>123</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789751025951</t>
+          <t>9789751036957</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Orbit</t>
+          <t>Beyoğlu Bir Zaman Tüneli</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>21.3</v>
+        <v>420</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789751011145</t>
+          <t>9789751037275</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Operadaki Hayalet</t>
+          <t>Kurtuluş Çok Bozuldu</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>2.78</v>
+        <v>195</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789751024541</t>
+          <t>9789751037107</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Omega Parşömeni</t>
+          <t>Sosyoloji Tarihi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>24.07</v>
+        <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789751018205</t>
+          <t>9789751037114</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ole Yumgöz 3. ve 4. sınıflar için</t>
+          <t>Dine Karşı Düşüncenin Tarihi</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>1.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789751000255</t>
+          <t>9789751036629</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (İlk ve Orta Dereceli Okullar İçin)</t>
+          <t>Osmanlı'ya Bakmak</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>14</v>
+        <v>435</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789751016126</t>
+          <t>9789751034519</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Nurbanu</t>
+          <t>Dolce Vita - Carpe Diem (Kutulu Set)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>21.3</v>
+        <v>47</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789751027528</t>
+          <t>9789751099761</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Nikahta Keramet Vardır</t>
+          <t>Hayvancılık Temel Besicilik ve Beslenme</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>16.67</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789751020130</t>
+          <t>9789751003904</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Nedim Divan Şiirinde Üç Büyükler 3. Kitap</t>
+          <t>Hayaller Dünyası</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>3.7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789751026460</t>
+          <t>3990000014173</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ne Biliyoruz Ki?</t>
+          <t>Havuz Partisi Çakmaktaşlar Taş Devri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>32.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789751023001</t>
+          <t>9789751021915</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal Hayatı ve Şiirleri</t>
+          <t>Mavi Çemberli Adam</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>5.56</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789751013897</t>
+          <t>9789751025951</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlar ve Azınlıklar</t>
+          <t>Orbit</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>57</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789751028334</t>
+          <t>9789751011145</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Nataşa’nın Dansı</t>
+          <t>Operadaki Hayalet</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789751016027</t>
+          <t>9789751024541</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Sırrı</t>
+          <t>Omega Parşömeni</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>14.81</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789751017246</t>
+          <t>9789751018205</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Miranda’nın Gülüşü</t>
+          <t>Ole Yumgöz 3. ve 4. sınıflar için</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>13.89</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789751027061</t>
+          <t>9789751000255</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>MiddleseX</t>
+          <t>Nutuk (İlk ve Orta Dereceli Okullar İçin)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789751009548</t>
+          <t>9789751016126</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Hermeneutik Yorumbilgisi Dersleri ( Cilt 1-2)</t>
+          <t>Nurbanu</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>26.85</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789751026323</t>
+          <t>9789751027528</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mesih’in Klonu</t>
+          <t>Nikahta Keramet Vardır</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789751026347</t>
+          <t>9789751020130</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Mengen Yemekleri</t>
+          <t>Nedim Divan Şiirinde Üç Büyükler 3. Kitap</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>150</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789751019202</t>
+          <t>9789751026460</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mektubum Geldi Sayı: 10</t>
+          <t>Ne Biliyoruz Ki?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>2.78</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789751015365</t>
+          <t>9789751023001</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Media İstanbul Dörtlüsü 4 Rock’n Roman</t>
+          <t>Namık Kemal Hayatı ve Şiirleri</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>7.87</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789751028907</t>
+          <t>9789751013897</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Maximum Ride 3: Dünyayı Kurtarmak ve Tehlikeli Sporlar</t>
+          <t>Müslümanlar ve Azınlıklar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>5.56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789751027122</t>
+          <t>9789751028334</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Maximum Ride 2</t>
+          <t>Nataşa’nın Dansı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789751017352</t>
+          <t>9789751016027</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Max Weber’de Bilim ve Sosyoloji</t>
+          <t>Mutluluğun Sırrı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>124</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789751011510</t>
+          <t>9789751017246</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yolculuk 2</t>
+          <t>Miranda’nın Gülüşü</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789751011565</t>
+          <t>9789751027061</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Mavi Anadolu</t>
+          <t>MiddleseX</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>17.13</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789751029768</t>
+          <t>9789751009548</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Masonluk ve Rotaryenlik</t>
+          <t>Metinlerle Hermeneutik Yorumbilgisi Dersleri ( Cilt 1-2)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>24.07</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789751001108</t>
+          <t>9789751026323</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Masallı Boyama Kitabı Parmak Çocuk - Hayvanların Ordusu</t>
+          <t>Mesih’in Klonu</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>1.48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789751027115</t>
+          <t>9789751026347</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Mao’nun Son Dansçısı</t>
+          <t>Mengen Yemekleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789751025456</t>
+          <t>9789751019202</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Melek Deneyi Maximum Ride</t>
+          <t>Mektubum Geldi Sayı: 10</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>20.37</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789751015211</t>
+          <t>9789751015365</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mantık Klasik/Sembolik Mantık Mantık Felsefesi</t>
+          <t>Media İstanbul Dörtlüsü 4 Rock’n Roman</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>20.37</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789751024305</t>
+          <t>9789751028907</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Malum Dünya</t>
+          <t>Maximum Ride 3: Dünyayı Kurtarmak ve Tehlikeli Sporlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>24.07</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789751004567</t>
+          <t>9789751027122</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Malikane</t>
+          <t>Maximum Ride 2</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789751028488</t>
+          <t>9789751017352</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Majesteleri Prenses</t>
+          <t>Max Weber’de Bilim ve Sosyoloji</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>16.67</v>
+        <v>124</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789751023612</t>
+          <t>9789751011510</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Magdalalı Meryem</t>
+          <t>Mavi Yolculuk 2</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789751024404</t>
+          <t>9789751011565</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Londra Köprüleri</t>
+          <t>Mavi Anadolu</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>19.91</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789751013835</t>
+          <t>9789751029768</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Lise Hazırlık Türkçe Dilbilgisi 9</t>
+          <t>Masonluk ve Rotaryenlik</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>9.72</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789751026750</t>
+          <t>9789751001108</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Leydi ve Efsane At</t>
+          <t>Masallı Boyama Kitabı Parmak Çocuk - Hayvanların Ordusu</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>4.85</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789751013408</t>
+          <t>9789751027115</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Liseler İçin Yeni Dilbilgisi 1-2-3</t>
+          <t>Mao’nun Son Dansçısı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789751013064</t>
+          <t>9789751025456</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Lenin’in Mangası</t>
+          <t>Melek Deneyi Maximum Ride</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789751022455</t>
+          <t>9789751015211</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Latife Gazi Mustafa Kemal</t>
+          <t>Mantık Klasik/Sembolik Mantık Mantık Felsefesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>7.41</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789751015136</t>
+          <t>9789751024305</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeytan İstanbul Dörtlüsü 3 Rock’n Roman</t>
+          <t>Malum Dünya</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>7.87</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789751032232</t>
+          <t>9789751004567</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutluluklar Kitabı</t>
+          <t>Malikane</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>35</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789751024800</t>
+          <t>9789751028488</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Küçük Depremler</t>
+          <t>Majesteleri Prenses</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789751021700</t>
+          <t>9789751023612</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Küba ve Rus Yemekleri</t>
+          <t>Magdalalı Meryem</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789751001368</t>
+          <t>9789751024404</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kurbanlar</t>
+          <t>Londra Köprüleri</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>17.59</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789751029553</t>
+          <t>9789751013835</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Yarattığı Mucize Devrimler</t>
+          <t>Lise Hazırlık Türkçe Dilbilgisi 9</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>5.32</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789751008367</t>
+          <t>9789751026750</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kullanışlı İngilizce Dil Bilgisi Rehberi</t>
+          <t>Leydi ve Efsane At</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>39.81</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789751016898</t>
+          <t>9789751013408</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kritik Kütle</t>
+          <t>Liseler İçin Yeni Dilbilgisi 1-2-3</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>16.2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789751027788</t>
+          <t>9789751013064</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kritik</t>
+          <t>Lenin’in Mangası</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789751031006</t>
+          <t>9789751022455</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Okyanus</t>
+          <t>Latife Gazi Mustafa Kemal</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>59</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789751009395</t>
+          <t>9789751015136</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Koşulsuz Yaşam</t>
+          <t>Küçük Şeytan İstanbul Dörtlüsü 3 Rock’n Roman</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>4.44</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789751023292</t>
+          <t>9789751032232</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kör Oldum Veysel Oldum</t>
+          <t>Küçük Mutluluklar Kitabı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>13.43</v>
+        <v>35</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789751032201</t>
+          <t>9789751024800</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Korkma Ye!</t>
+          <t>Küçük Depremler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>14.81</v>
+        <v>25</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789751020949</t>
+          <t>9789751021700</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kadın</t>
+          <t>Küba ve Rus Yemekleri</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>120</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789751026002</t>
+          <t>9789751001368</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kocalar Okulu</t>
+          <t>Kurbanlar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789751006967</t>
+          <t>9789751029553</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Klasik Yunan Mitolojisi</t>
+          <t>Kur’an’ın Yarattığı Mucize Devrimler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>32.87</v>
+        <v>5.32</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789751022950</t>
+          <t>9789751008367</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Noddy 9 Noddy Alışverişe Çıkıyor</t>
+          <t>Kullanışlı İngilizce Dil Bilgisi Rehberi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>5.09</v>
+        <v>39.81</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789751022943</t>
+          <t>9789751016898</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Noddy 8 Noddy ve Sihirli Gayda</t>
+          <t>Kritik Kütle</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>5.56</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789751022936</t>
+          <t>9789751027788</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Noddy 7 Kendi İşini Kendin Yap Noddy</t>
+          <t>Kritik</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>5.09</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789751022929</t>
+          <t>9789751031006</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Noddy 6 Sihirli Toz</t>
+          <t>Kozmik Okyanus</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>5.09</v>
+        <v>45</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789751022912</t>
+          <t>9789751009395</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Noddy 5 Noddy’nin Kusursuz Armağanı</t>
+          <t>Koşulsuz Yaşam</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>5.09</v>
+        <v>4.44</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789751022905</t>
+          <t>9789751023292</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Noddy 4 Noddy ve Yeni Taksi</t>
+          <t>Kör Oldum Veysel Oldum</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>5.09</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789751022899</t>
+          <t>9789751032201</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Noddy 3 Şapkanı Sıkı Tut, Noddy</t>
+          <t>Korkma Ye!</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>5.09</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789751022882</t>
+          <t>9789751020949</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Noddy 2 Oyuncak Kasabası’nda Zıplama Uyarısı</t>
+          <t>Konuşan Kadın</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>5.09</v>
+        <v>120</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789751022981</t>
+          <t>9789751026002</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Noddy 12 Noddy Gökkuşağını Kovalıyor</t>
+          <t>Kocalar Okulu</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>5.09</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789751022974</t>
+          <t>9789751006967</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Noddy 11 Noddy Yollarda</t>
+          <t>Klasik Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>5.09</v>
+        <v>32.87</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789751022967</t>
+          <t>9789751022950</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Noddy 10 Noddy’ye Özel Bir Hediye</t>
+          <t>Noddy 9 Noddy Alışverişe Çıkıyor</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>5.09</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789751022875</t>
+          <t>9789751022943</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Noddy 1 Koca - Kulak’ın Bisikleti</t>
+          <t>Noddy 8 Noddy ve Sihirli Gayda</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789751018007</t>
+          <t>9789751022936</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Oduncunun Baltası 1. ve 2. sınıflar için</t>
+          <t>Noddy 7 Kendi İşini Kendin Yap Noddy</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>2.31</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789751015327</t>
+          <t>9789751022929</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca 6 Ye Kürküm Ye</t>
+          <t>Noddy 6 Sihirli Toz</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>2.31</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789751015259</t>
+          <t>9789751022912</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca 5 Kazan Doğurdu</t>
+          <t>Noddy 5 Noddy’nin Kusursuz Armağanı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>2.31</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789751015228</t>
+          <t>9789751022905</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca 4 Et Nerede</t>
+          <t>Noddy 4 Noddy ve Yeni Taksi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>2.31</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789751015266</t>
+          <t>9789751022899</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca 3 İçinde Ben de Vardım</t>
+          <t>Noddy 3 Şapkanı Sıkı Tut, Noddy</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>2.31</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789751015235</t>
+          <t>9789751022882</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca 2 Ya Tutarsa?</t>
+          <t>Noddy 2 Oyuncak Kasabası’nda Zıplama Uyarısı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>2.31</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789751015273</t>
+          <t>9789751022981</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca 1 Zaten İnecektim</t>
+          <t>Noddy 12 Noddy Gökkuşağını Kovalıyor</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>2.31</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789751017758</t>
+          <t>9789751022974</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Noddy 11 Noddy Yollarda</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789751017826</t>
+          <t>9789751022967</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Maymunlar Padişahı</t>
+          <t>Noddy 10 Noddy’ye Özel Bir Hediye</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789751030078</t>
+          <t>9789751022875</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Maximum Ride</t>
+          <t>Noddy 1 Koca - Kulak’ın Bisikleti</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>16.67</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789751017949</t>
+          <t>9789751018007</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Limon Kız 1. ve 2. sınıflar için</t>
+          <t>Oduncunun Baltası 1. ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>2.31</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789751018199</t>
+          <t>9789751015327</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Leylekler 3. ve 4. sınıflar için</t>
+          <t>Nasreddin Hoca 6 Ye Kürküm Ye</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>3.24</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789751018991</t>
+          <t>9789751015259</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kuşçu</t>
+          <t>Nasreddin Hoca 5 Kazan Doğurdu</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>8.33</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789751014764</t>
+          <t>9789751015228</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Yedi Yavru Keçi</t>
+          <t>Nasreddin Hoca 4 Et Nerede</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789751017963</t>
+          <t>9789751015266</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kaval 1. ve 2. sınıflar için</t>
+          <t>Nasreddin Hoca 3 İçinde Ben de Vardım</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>2.31</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789751017918</t>
+          <t>9789751015235</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Oğul, Değirmenci ve Eşek 1. ve 2. sınıflar için</t>
+          <t>Nasreddin Hoca 2 Ya Tutarsa?</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>2.31</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789751001122</t>
+          <t>9789751015273</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Masallı Boyama Kitabı Çizmeli Kedi Maymun Kral</t>
+          <t>Nasreddin Hoca 1 Zaten İnecektim</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>2.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>3990000015959</t>
+          <t>9789751017758</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çin Yemekleri</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>25.46</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789751019189</t>
+          <t>9789751017826</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Güzel Okulum Sayı: 1</t>
+          <t>Maymunlar Padişahı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>1.39</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789751019172</t>
+          <t>9789751030078</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Günlerim Güzel Geçer Sayı: 4</t>
+          <t>Maximum Ride</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1.39</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789751008428</t>
+          <t>9789751017949</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları Ödünç Tüylerin İçindeki Karga / Yalancı Çoban</t>
+          <t>Limon Kız 1. ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>3.24</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789751008435</t>
+          <t>9789751018199</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları Kaplumbağa ve Tavşan / Aptal Değirmenci ve Eşeği</t>
+          <t>Leylekler 3. ve 4. sınıflar için</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>3.24</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789751008411</t>
+          <t>9789751018991</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları Farenin Minnettarlığı / Aptal Aslan ve Budala Leopar</t>
+          <t>Kuşçu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>3.24</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789751017864</t>
+          <t>9789751014764</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Kurt ve Yedi Yavru Keçi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789751024848</t>
+          <t>9789751017963</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bugün Bizde Temizlik Var! Suya Sabuna Dokunan Hikayeler</t>
+          <t>Konuşan Kaval 1. ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>1.85</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789751021809</t>
+          <t>9789751017918</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Brick Lane</t>
+          <t>Oğul, Değirmenci ve Eşek 1. ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>5.56</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789751021410</t>
+          <t>9789751001122</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Brecht’in Metresi</t>
+          <t>Masallı Boyama Kitabı Çizmeli Kedi Maymun Kral</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>23.15</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789751021533</t>
+          <t>3990000015959</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bradley Mutfağı</t>
+          <t>Çin Yemekleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789751019707</t>
+          <t>9789751019189</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Börklüce</t>
+          <t>Güzel Okulum Sayı: 1</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>15.74</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789751014900</t>
+          <t>9789751019172</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Büyüsü (Ciltli)</t>
+          <t>Günlerim Güzel Geçer Sayı: 4</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>53.7</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789751035509</t>
+          <t>9789751008428</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Büyüsü</t>
+          <t>Ezop Masalları Ödünç Tüylerin İçindeki Karga / Yalancı Çoban</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>8.33</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789751020185</t>
+          <t>9789751008435</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Blueberry Yalnız Kartal</t>
+          <t>Ezop Masalları Kaplumbağa ve Tavşan / Aptal Değirmenci ve Eşeği</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>2.31</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789751020635</t>
+          <t>9789751008411</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Blueberry Navajo’ların İzinde</t>
+          <t>Ezop Masalları Farenin Minnettarlığı / Aptal Aslan ve Budala Leopar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>2.31</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789751019844</t>
+          <t>9789751017864</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Blueberry Navajo Kalesi</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>2.31</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789751020222</t>
+          <t>9789751024848</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Blueberry Kayıp Süvari</t>
+          <t>Bugün Bizde Temizlik Var! Suya Sabuna Dokunan Hikayeler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>2.31</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789751023421</t>
+          <t>9789751021809</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Blueberry Kayıp Alman’ın Madeni Teğmen Blueberry’nin Maceraları</t>
+          <t>Brick Lane</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>2.31</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789751021243</t>
+          <t>9789751021410</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Blueberry Gümüş Yıldızlı Adam</t>
+          <t>Brecht’in Metresi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>2.31</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789751022806</t>
+          <t>9789751021533</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Blueberry General Sarı Kafa</t>
+          <t>Bradley Mutfağı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>2.31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789751021663</t>
+          <t>9789751019707</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Blueberry Demir At</t>
+          <t>Börklüce</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>2.31</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789751021953</t>
+          <t>9789751014900</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Blueberry Çelik Pençeli Adam Seri: 7</t>
+          <t>Boğaziçi Büyüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>2.31</v>
+        <v>53.7</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789751028037</t>
+          <t>9789751035509</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Blaze</t>
+          <t>Boğaziçi Büyüsü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>16</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789751028686</t>
+          <t>9789751020185</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bizim Balıklarımız</t>
+          <t>Blueberry Yalnız Kartal</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>7.41</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789751019400</t>
+          <t>9789751020635</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Troia Şarkısı Güzel Helena</t>
+          <t>Blueberry Navajo’ların İzinde</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>24.07</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789751004918</t>
+          <t>9789751019844</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bir Şi’r-i Hayal (Bir Hayal Şiiri)</t>
+          <t>Blueberry Navajo Kalesi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>5.09</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789751024077</t>
+          <t>9789751020222</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruh Kimliği Reşat Nuri Güntekin</t>
+          <t>Blueberry Kayıp Süvari</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>2.22</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789751029577</t>
+          <t>9789751023421</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bir Katedralin Öyküsü</t>
+          <t>Blueberry Kayıp Alman’ın Madeni Teğmen Blueberry’nin Maceraları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>32.41</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789751010421</t>
+          <t>9789751021243</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bir Haftada Başarılı İş Yazışmaları</t>
+          <t>Blueberry Gümüş Yıldızlı Adam</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>2.22</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789751026088</t>
+          <t>9789751022806</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Beyazperde Masalı</t>
+          <t>Blueberry General Sarı Kafa</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>17.59</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789751018885</t>
+          <t>9789751021663</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı</t>
+          <t>Blueberry Demir At</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>21.76</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789751024121</t>
+          <t>9789751021953</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve Algılama</t>
+          <t>Blueberry Çelik Pençeli Adam Seri: 7</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>8.8</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789751030061</t>
+          <t>9789751028037</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şehirdeki İblis</t>
+          <t>Blaze</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>23.15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789751025418</t>
+          <t>9789751028686</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kaos</t>
+          <t>Bizim Balıklarımız</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789751029416</t>
+          <t>9789751019400</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Best Of Haydar Dümen</t>
+          <t>Bir Troia Şarkısı Güzel Helena</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>11.11</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789751022783</t>
+          <t>9789751004918</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Berlitz English Starter</t>
+          <t>Bir Şi’r-i Hayal (Bir Hayal Şiiri)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>61.11</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789751022790</t>
+          <t>9789751024077</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Berlitz English Intermediate</t>
+          <t>Bir Ruh Kimliği Reşat Nuri Güntekin</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>61.11</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789751021557</t>
+          <t>9789751029577</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Beni Odana Götür</t>
+          <t>Bir Katedralin Öyküsü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>1.85</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789751029799</t>
+          <t>9789751010421</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ben Küçüktüm Karadeniz</t>
+          <t>Bir Haftada Başarılı İş Yazışmaları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>6.48</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789751026316</t>
+          <t>9789751026088</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş ve Zafer</t>
+          <t>Bir Beyazperde Masalı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>6.43</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789751019851</t>
+          <t>9789751018885</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Batıdaki Fırtına Blueberry</t>
+          <t>Bıçak Sırtı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>2.31</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789751030474</t>
+          <t>9789751024121</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Balıktan Hikayeler</t>
+          <t>Beyin ve Algılama</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789751005205</t>
+          <t>9789751030061</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Balık Avcılığı ve Yemekleri</t>
+          <t>Beyaz Şehirdeki İblis</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>87</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789751019790</t>
+          <t>9789751025418</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Bakire Kızlar ve Ötekiler</t>
+          <t>Beyaz Kaos</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789751027221</t>
+          <t>9789751029416</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bahçemdeki Çiçekler</t>
+          <t>Best Of Haydar Dümen</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>39</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789751024336</t>
+          <t>9789751022783</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Barış Tek Yoldur</t>
+          <t>Berlitz English Starter</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>7.41</v>
+        <v>61.11</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789751020895</t>
+          <t>9789751022790</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Aldatma Öyküleri</t>
+          <t>Berlitz English Intermediate</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>16.2</v>
+        <v>61.11</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789751016119</t>
+          <t>9789751021557</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yazıları</t>
+          <t>Beni Odana Götür</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>23.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789751007193</t>
+          <t>9789751029799</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Akrilik Boya Resim Tekniği</t>
+          <t>Ben Küçüktüm Karadeniz</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789751022356</t>
+          <t>9789751026316</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Akrep ve Semender</t>
+          <t>Bekleyiş ve Zafer</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>5.56</v>
+        <v>6.43</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789751033369</t>
+          <t>9789751019851</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal Kutulu Set (4 Kitap Takım)</t>
+          <t>Batıdaki Fırtına Blueberry</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>95.37</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789751032676</t>
+          <t>9789751030474</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal Cilt: 3</t>
+          <t>Balıktan Hikayeler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>545</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789751017017</t>
+          <t>9789751005205</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Sevgi</t>
+          <t>Balık Avcılığı ve Yemekleri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>53</v>
+        <v>87</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789751099716</t>
+          <t>9789751019790</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ailede Herkesin Doktoru</t>
+          <t>Bakire Kızlar ve Ötekiler</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789751048127</t>
+          <t>9789751027221</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Afacan Boyama Kitabı 3</t>
+          <t>Bahçemdeki Çiçekler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>3.24</v>
+        <v>39</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789751023636</t>
+          <t>9789751024336</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Adam Olmak</t>
+          <t>Barış Tek Yoldur</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>99</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789751025777</t>
+          <t>9789751020895</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yemek Kitabı Cilt: 5 (Ciltli)</t>
+          <t>Aldatma Öyküleri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>9.17</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789751024732</t>
+          <t>9789751016119</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yemek Kitabı Cilt: 4 (Ciltli)</t>
+          <t>Akşam Yazıları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>9.17</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789751024466</t>
+          <t>9789751007193</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yemek Kitabı Cilt: 3 (Ciltli)</t>
+          <t>Akrilik Boya Resim Tekniği</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>9.17</v>
+        <v>45</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789751022738</t>
+          <t>9789751022356</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yemek Kitabı Cilt: 2 (Ciltli)</t>
+          <t>Akrep ve Semender</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789751000170</t>
+          <t>9789751033369</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yemek Kitabı Cilt: 1 (Ciltli)</t>
+          <t>Akl-ı Kemal Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>31.94</v>
+        <v>95.37</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789751021717</t>
+          <t>9789751032676</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>70 Cent Uğruna:</t>
+          <t>Akl-ı Kemal Cilt: 3</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>9.72</v>
+        <v>590</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789751029119</t>
+          <t>9789751017017</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>7. Cennet</t>
+          <t>Akıllı Sevgi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>7.41</v>
+        <v>55</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789751027566</t>
+          <t>9789751099716</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>6. Hedef</t>
+          <t>Ailede Herkesin Doktoru</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789751026439</t>
+          <t>9789751048127</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>5. Atlı</t>
+          <t>Afacan Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>19.91</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789751000958</t>
+          <t>9789751023636</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>A Biography of Atatürk His Reforms and Principles</t>
+          <t>Adam Olmak</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>9.26</v>
+        <v>99</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789751023599</t>
+          <t>9789751025777</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı Yeni İş Kanunu ve Uygulama Mevzuatı</t>
+          <t>Açıklamalı Yemek Kitabı Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>23.15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789751026958</t>
+          <t>9789751024732</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>4 Saatlik Hafta</t>
+          <t>Açıklamalı Yemek Kitabı Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>5.43</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789751026996</t>
+          <t>9789751024466</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>30 Hikaye</t>
+          <t>Açıklamalı Yemek Kitabı Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>14.81</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789751025838</t>
+          <t>9789751022738</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Hamur Kağıda Matbaa Mürekkebi Hayatlar</t>
+          <t>Açıklamalı Yemek Kitabı Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>16.2</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789751012197</t>
+          <t>9789751000170</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılın Süper Okulu</t>
+          <t>Açıklamalı Yemek Kitabı Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>16.67</v>
+        <v>31.94</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789751026309</t>
+          <t>9789751021717</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>2008 Astrolojik Takviminiz</t>
+          <t>70 Cent Uğruna:</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>22.22</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789751025241</t>
+          <t>9789751029119</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>2007 Astrolojik Takviminiz</t>
+          <t>7. Cennet</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789751024176</t>
+          <t>9789751027566</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>2006 Çin Burçları</t>
+          <t>6. Hedef</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>7.87</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789751024114</t>
+          <t>9789751026439</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>2006 Astrolojik Takviminiz</t>
+          <t>5. Atlı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>18.06</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789751019936</t>
+          <t>9789751000958</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Türk Edebiyatı 4 1960 Sonrası Edebiyatımızdan On İki Yazar</t>
+          <t>A Biography of Atatürk His Reforms and Principles</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>4.86</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789751019929</t>
+          <t>9789751023599</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Türk Edebiyatı 3 1940-1960 / 2</t>
+          <t>4857 Sayılı Yeni İş Kanunu ve Uygulama Mevzuatı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>7.64</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789751019912</t>
+          <t>9789751026958</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Türk Edebiyatı 2 1940-1960 / 1</t>
+          <t>4 Saatlik Hafta</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>6.48</v>
+        <v>5.43</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789751019905</t>
+          <t>9789751026996</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Türk Edebiyatı 1 1900-1940</t>
+          <t>30 Hikaye</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789751021625</t>
+          <t>9789751025838</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>2. Şans</t>
+          <t>3. Sınıf Hamur Kağıda Matbaa Mürekkebi Hayatlar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>19.44</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789751011152</t>
+          <t>9789751012197</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda İstanbul</t>
+          <t>21. Yüzyılın Süper Okulu</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789751015983</t>
+          <t>9789751026309</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>10 Doğal Tedavi Yöntemi</t>
+          <t>2008 Astrolojik Takviminiz</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>4.63</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789751023209</t>
+          <t>9789751025241</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>1 Nisan Balığı</t>
+          <t>2007 Astrolojik Takviminiz</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>5.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789751025128</t>
+          <t>9789751024176</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>4 Temmuz</t>
+          <t>2006 Çin Burçları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>21.3</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789751029430</t>
+          <t>9789751024114</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>1776</t>
+          <t>2006 Astrolojik Takviminiz</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>7.41</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789751035035</t>
+          <t>9789751019936</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>20. Yüzyıl Türk Edebiyatı 4 1960 Sonrası Edebiyatımızdan On İki Yazar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>96</v>
+        <v>4.86</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789751036582</t>
+          <t>9789751019929</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>100 Aşk Şiiri</t>
+          <t>20. Yüzyıl Türk Edebiyatı 3 1940-1960 / 2</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>17.13</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789751005885</t>
+          <t>9789751019912</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ortaoyunu 1</t>
+          <t>20. Yüzyıl Türk Edebiyatı 2 1940-1960 / 1</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>18.98</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789751037534</t>
+          <t>9789751019905</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar / Karabasanlar 1</t>
+          <t>20. Yüzyıl Türk Edebiyatı 1 1900-1940</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>172</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789751036988</t>
+          <t>9789751021625</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Moda Atölyesi</t>
+          <t>2. Şans</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>595</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789751033871</t>
+          <t>9789751011152</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Başbakan R. Tayyip Erdoğan’ın Tarih Tezleri’ne El-Cevap</t>
+          <t>18. Yüzyılda İstanbul</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>990</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789751035622</t>
+          <t>9789751015983</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Gülüm</t>
+          <t>10 Doğal Tedavi Yöntemi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>120</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789751035530</t>
+          <t>9789751023209</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Yolunda</t>
+          <t>1 Nisan Balığı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>109</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789751035349</t>
+          <t>9789751025128</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Unutma Zamanı</t>
+          <t>4 Temmuz</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>186</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789751033215</t>
+          <t>9789751029430</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Refik Halid Karay'dan Türk Edebiyatı'nın En Seçkin Eserleri 2</t>
+          <t>1776</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789751027078</t>
+          <t>9789751035035</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Yoga Kundalini Gizemli Evrim Enerjisi</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>23.15</v>
+        <v>96</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789751015044</t>
+          <t>9789751036582</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Uygulamalı Yazı Kitabı 1. Sınıf</t>
+          <t>100 Aşk Şiiri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>9.72</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789751041401</t>
+          <t>9789751005885</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hayatların Reçeteleri</t>
+          <t>Ortaoyunu 1</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>360</v>
+        <v>18.98</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789751041913</t>
+          <t>9789751037534</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Pandeminin Psikopolitiği</t>
+          <t>Rüyalar / Karabasanlar 1</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>425</v>
+        <v>172</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789751040879</t>
+          <t>9789751036988</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Afrika Tarihi</t>
+          <t>Moda Atölyesi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>890</v>
+        <v>715</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789751015294</t>
+          <t>9789751033871</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Montalbano İle Bir Ay</t>
+          <t>Başbakan R. Tayyip Erdoğan’ın Tarih Tezleri’ne El-Cevap</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>8</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>3990000022113</t>
+          <t>9789751035622</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Odamda Baykuş Var</t>
+          <t>Gülüm</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>0.93</v>
+        <v>120</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>3990000022112</t>
+          <t>9789751035530</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Nina B. Olayı</t>
+          <t>Batılılaşma Yolunda</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>13</v>
+        <v>109</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789751003172</t>
+          <t>9789751035349</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Boyama Kitabı 4</t>
+          <t>Unutma Zamanı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>2.31</v>
+        <v>186</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789751003180</t>
+          <t>9789751033215</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Renkli Resimli Boyama Kitabı 5</t>
+          <t>Refik Halid Karay'dan Türk Edebiyatı'nın En Seçkin Eserleri 2</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>2.31</v>
+        <v>100</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789751053021</t>
+          <t>9789751027078</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Türk Tiyatrosu Köylü ve Halk Tiyatrosu Gelenekleri</t>
+          <t>Yoga Kundalini Gizemli Evrim Enerjisi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>70</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789751021723</t>
+          <t>9789751015044</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Analytic Geometry For High School</t>
+          <t>İlköğretim Uygulamalı Yazı Kitabı 1. Sınıf</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>25.46</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789751014788</t>
+          <t>9789751041401</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Yazarlar Sözlüğü</t>
+          <t>Unutulmaz Hayatların Reçeteleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>22.22</v>
+        <v>435</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789751013534</t>
+          <t>9789751041913</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Yasak İlişki</t>
+          <t>Pandeminin Psikopolitiği</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>10</v>
+        <v>510</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789751022240</t>
+          <t>9789751040879</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Red Kit Taşra Güzeli</t>
+          <t>Afrika Tarihi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>10.19</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789751023726</t>
+          <t>9789751015294</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Duygular İle Nasıl Başa Çıkabiliriz?</t>
+          <t>Montalbano İle Bir Ay</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>25</v>
+        <v>8</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789751067839</t>
+          <t>3990000022113</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Noddy (12 Kitap) Set</t>
+          <t>Odamda Baykuş Var</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>69.11</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>3990000022125</t>
+          <t>3990000022112</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Balayı</t>
+          <t>Nina B. Olayı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>0.93</v>
+        <v>13</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>3990000022124</t>
+          <t>9789751003172</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Uzayan Yollar</t>
+          <t>Renkli Resimli Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>1.39</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>3990000022123</t>
+          <t>9789751003180</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Ümitler</t>
+          <t>Renkli Resimli Boyama Kitabı 5</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>0.93</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>3990000022121</t>
+          <t>9789751053021</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Işıklar</t>
+          <t>Geleneksel Türk Tiyatrosu Köylü ve Halk Tiyatrosu Gelenekleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>0.93</v>
+        <v>70</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789751024269</t>
+          <t>9789751021723</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Siyamlı İkizler</t>
+          <t>Analytic Geometry For High School</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>19.44</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>3990000022119</t>
+          <t>9789751014788</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Renklerden Moru</t>
+          <t>Şair ve Yazarlar Sözlüğü</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>0.93</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>3990000022116</t>
+          <t>9789751013534</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'dan İttihad-ı İslam'a (2 Kitap Takım)</t>
+          <t>Yasak İlişki</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>59.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789751015286</t>
+          <t>9789751022240</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Tılsımlar (Ciltli)</t>
+          <t>Red Kit Taşra Güzeli</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>31.94</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789751015588</t>
+          <t>9789751023726</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kev'gir Öyküleri</t>
+          <t>Yıkıcı Duygular İle Nasıl Başa Çıkabiliriz?</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>10.65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789751015529</t>
+          <t>9789751067839</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Havana Körfezi</t>
+          <t>Noddy (12 Kitap) Set</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>7</v>
+        <v>69.11</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789751035455</t>
+          <t>3990000022125</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk’ün Meclis Konuşmaları (1920-1938)</t>
+          <t>Balayı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>905</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789751014751</t>
+          <t>3990000022124</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Uzayan Yollar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>2.78</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789751014735</t>
+          <t>3990000022123</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel</t>
+          <t>Kırılan Ümitler</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>2.78</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789751014565</t>
+          <t>3990000022121</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Yeşil Işıklar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>2.78</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789751014743</t>
+          <t>9789751024269</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Siyamlı İkizler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>2.78</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789751013518</t>
+          <t>3990000022119</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Kant'ın Ahlak Felsefesi</t>
+          <t>Renklerden Moru</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>9.26</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>3990000051993</t>
+          <t>3990000022116</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumuzu Tanıyalım</t>
+          <t>Ortadoğu'dan İttihad-ı İslam'a (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>10</v>
+        <v>59.26</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789751007461</t>
+          <t>9789751015286</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Zenginlik Yolları</t>
+          <t>Koruyucu Tılsımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>12.5</v>
+        <v>31.94</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789751016072</t>
+          <t>9789751015588</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Red Kit "Lucky Luke" Oklahoma Jim</t>
+          <t>Kev'gir Öyküleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>10.19</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789751016058</t>
+          <t>9789751015529</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Red Kit "Lucky Luke" Haydut Ana</t>
+          <t>Havana Körfezi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>3.15</v>
+        <v>7</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789751023032</t>
+          <t>9789751035455</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Red Kit - Jesse James Seri: 24</t>
+          <t>Mustafa Kemal Atatürk’ün Meclis Konuşmaları (1920-1938)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>10.19</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789751020871</t>
+          <t>9789751014751</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Rasero Aklın Düşü</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>50.93</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789751018403</t>
+          <t>9789751014735</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Rain</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>48</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789751014191</t>
+          <t>9789751014565</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Pratik Elektrik ve Uygulamalarıyla Modern Elektroteknik</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>46.76</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789751033192</t>
+          <t>9789751014743</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Pratik Yemekler 2 - Hamur İşleri</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>350</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789751023780</t>
+          <t>9789751013518</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Polis Katili</t>
+          <t>Immanuel Kant'ın Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789751020109</t>
+          <t>3990000051993</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Pi’nin Yaşamı</t>
+          <t>Çocuğumuzu Tanıyalım</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>385</v>
+        <v>10</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789751024435</t>
+          <t>9789751007461</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Pazar Felsefe Kulübü</t>
+          <t>Mutluluk ve Zenginlik Yolları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>4.63</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789751024237</t>
+          <t>9789751016072</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Paşazade İlk Arabesk</t>
+          <t>Red Kit "Lucky Luke" Oklahoma Jim</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>21.76</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789751010384</t>
+          <t>9789751016058</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Paris'te Beş Gün</t>
+          <t>Red Kit "Lucky Luke" Haydut Ana</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>11.57</v>
+        <v>3.15</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789751017925</t>
+          <t>9789751023032</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Papağan İle Serçe 1. ve 2. sınıflar için</t>
+          <t>Red Kit - Jesse James Seri: 24</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>1.85</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789751018700</t>
+          <t>9789751020871</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Pal İlköğretim İngilizce Dilbilgisi Grammar 5</t>
+          <t>Rasero Aklın Düşü</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>7.41</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789751013033</t>
+          <t>9789751018403</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Sürgün Osmanlı Müslümanlarına Karşı Yürütülen Ulus Olarak Temizleme İşlemi 1821-1922</t>
+          <t>Rain</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>28.7</v>
+        <v>48</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789751031747</t>
+          <t>9789751014191</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Yakılmalı mı Tapılmalı mı?</t>
+          <t>Pratik Elektrik ve Uygulamalarıyla Modern Elektroteknik</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>48</v>
+        <v>46.76</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789751022561</t>
+          <t>9789751033192</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Seks</t>
+          <t>Pratik Yemekler 2 - Hamur İşleri</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>20.37</v>
+        <v>420</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789751005892</t>
+          <t>9789751023780</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ortaoyunu 2</t>
+          <t>Polis Katili</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>22.22</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789751024770</t>
+          <t>9789751020109</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ormana Doğru</t>
+          <t>Pi’nin Yaşamı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>25</v>
+        <v>465</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789751025852</t>
+          <t>9789751024435</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Orman Kızı</t>
+          <t>Pazar Felsefe Kulübü</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789751030351</t>
+          <t>9789751024237</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Pratik Yemekler 1 - Et Yemekleri</t>
+          <t>Paşazade İlk Arabesk</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>350</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789751030207</t>
+          <t>9789751010384</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Vaginismus</t>
+          <t>Paris'te Beş Gün</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789751004840</t>
+          <t>9789751017925</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Çocuk Bakımı</t>
+          <t>Papağan İle Serçe 1. ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>27.78</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789751024527</t>
+          <t>9789751018700</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Hep Yanımda Kal</t>
+          <t>Pal İlköğretim İngilizce Dilbilgisi Grammar 5</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>9.72</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789751099808</t>
+          <t>9789751013033</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Hentbol Teknik-Taktik-Kondisyon</t>
+          <t>Ölüm ve Sürgün Osmanlı Müslümanlarına Karşı Yürütülen Ulus Olarak Temizleme İşlemi 1821-1922</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>11.11</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789751025333</t>
+          <t>9789751031747</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Üzerine İki Yazı</t>
+          <t>Osmanlılar Yakılmalı mı Tapılmalı mı?</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>2.78</v>
+        <v>55</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789751024589</t>
+          <t>9789751022561</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Hardy Kardeşler 5. Macera Tehlikeli Vuruş Futbol Sert Spordur Bazı Şakalar Öldürücü Olabilir</t>
+          <t>Osmanlı’da Seks</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>2.22</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789751024558</t>
+          <t>9789751005892</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Hardy Kardeşler 4. Macera</t>
+          <t>Ortaoyunu 2</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>2.22</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789751024565</t>
+          <t>9789751024770</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Hardy Kardeşler 3. Macera Hayaletin Peşinde Bir Kocaayak’tan Kayıp Ganimet Hardy’lerin Büyük Macerası</t>
+          <t>Ormana Doğru</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>2.22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789751024596</t>
+          <t>9789751025852</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Hardy Kardeşler 2. Macera Gizli Güç Birinin Suça Eğilimi Var</t>
+          <t>Orman Kızı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>2.22</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789751024572</t>
+          <t>9789751030351</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Hardy Kardeşler 1. Macera Ambardaki Gürültü Televizyon Programı Bayport’u Vurdu!</t>
+          <t>Pratik Yemekler 1 - Et Yemekleri</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>2.22</v>
+        <v>420</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789751015471</t>
+          <t>9789751030207</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Her Yönüyle Vaginismus</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789751019950</t>
+          <t>9789751004840</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Her Yönüyle Çocuk Bakımı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789751098986</t>
+          <t>9789751024527</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Harputta Bir Amerikalı</t>
+          <t>Hep Yanımda Kal</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>6.48</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789751020062</t>
+          <t>9789751099808</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinde Üç Büyükler 1 Yunus Emre</t>
+          <t>Hentbol Teknik-Taktik-Kondisyon</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>3.7</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789751011671</t>
+          <t>9789751025333</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas Kadırgası Antik İzmir’den Ege’ye</t>
+          <t>Heidegger Üzerine İki Yazı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789751029201</t>
+          <t>9789751024589</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Habeş Kanıtı</t>
+          <t>Hardy Kardeşler 5. Macera Tehlikeli Vuruş Futbol Sert Spordur Bazı Şakalar Öldürücü Olabilir</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>9.26</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789751021748</t>
+          <t>9789751024558</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Haberci: Rintintin Rantanplan</t>
+          <t>Hardy Kardeşler 4. Macera</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>2.78</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789751021946</t>
+          <t>9789751024565</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Sırrı</t>
+          <t>Hardy Kardeşler 3. Macera Hayaletin Peşinde Bir Kocaayak’tan Kayıp Ganimet Hardy’lerin Büyük Macerası</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>9</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789751001238</t>
+          <t>9789751024596</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Güzel Türkçeyi Öğreniyorum Öğrenci Kitabı 3</t>
+          <t>Hardy Kardeşler 2. Macera Gizli Güç Birinin Suça Eğilimi Var</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>18.52</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789751000460</t>
+          <t>9789751024572</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Güzel Türkçeyi Öğreniyorum Öğrenci Kitabı 2</t>
+          <t>Hardy Kardeşler 1. Macera Ambardaki Gürültü Televizyon Programı Bayport’u Vurdu!</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>15.74</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789751025869</t>
+          <t>9789751015471</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Güzel Casusum</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>20.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789751012012</t>
+          <t>9789751019950</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Felsefe Disiplinleri</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>31.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789751023056</t>
+          <t>9789751098986</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Güzellik</t>
+          <t>Harputta Bir Amerikalı</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>88</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789751008282</t>
+          <t>9789751020062</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Karar Alma Rehberi</t>
+          <t>Halk Şiirinde Üç Büyükler 1 Yunus Emre</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>6.02</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789751028631</t>
+          <t>9789751011671</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Kız</t>
+          <t>Halikarnas Kadırgası Antik İzmir’den Ege’ye</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>19.44</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789751025005</t>
+          <t>9789751029201</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Goethe’nin On Bir Aşkı ve Eserlerindeki Yansımaları</t>
+          <t>Habeş Kanıtı</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789751019943</t>
+          <t>9789751021748</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinde Üç Büyükler 2 Pir Sultan Abdal</t>
+          <t>Haberci: Rintintin Rantanplan</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>3.7</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789751026279</t>
+          <t>9789751021946</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Gizli Yapraklar</t>
+          <t>Güzelliğin Sırrı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>6.48</v>
+        <v>9</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789751015358</t>
+          <t>9789751001238</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Coğrafyalar</t>
+          <t>Güzel Türkçeyi Öğreniyorum Öğrenci Kitabı 3</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>17.13</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789751024152</t>
+          <t>9789751000460</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Genler ve Genom</t>
+          <t>Güzel Türkçeyi Öğreniyorum Öğrenci Kitabı 2</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>2.22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789751000972</t>
+          <t>9789751025869</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Genel Psikoloji</t>
+          <t>Güzel Casusum</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>305</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789751022707</t>
+          <t>9789751012012</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Gemi</t>
+          <t>Günümüzde Felsefe Disiplinleri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>5.56</v>
+        <v>31.94</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789751019288</t>
+          <t>9789751023056</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Yiyeceklerde</t>
+          <t>Güç ve Güzellik</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>27.78</v>
+        <v>88</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789751019387</t>
+          <t>9789751008282</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Gebe Kalma, Gebelik ve Doğum (Ciltli)</t>
+          <t>Güvenli Karar Alma Rehberi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>27.78</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789751028259</t>
+          <t>9789751028631</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Gafillikler Kitabı</t>
+          <t>Gölgedeki Kız</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>6.48</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789751026385</t>
+          <t>9789751025005</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Avcıları</t>
+          <t>Goethe’nin On Bir Aşkı ve Eserlerindeki Yansımaları</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789751021205</t>
+          <t>9789751019943</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Flört Oyunu</t>
+          <t>Halk Şiirinde Üç Büyükler 2 Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>20.83</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789751021007</t>
+          <t>9789751026279</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Fizik Lise - 1</t>
+          <t>Gizli Yapraklar</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>24.54</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789751027184</t>
+          <t>9789751015358</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Film Kitabı (Görsel Rehberler Serisi)</t>
+          <t>Gizemli Coğrafyalar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>545</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789751028013</t>
+          <t>9789751024152</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Filler İçin Su</t>
+          <t>Genler ve Genom</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>6.48</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789751025098</t>
+          <t>9789751000972</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Fransızcada 9.000 Fiilin Çekimi</t>
+          <t>Genel Psikoloji</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>17.59</v>
+        <v>305</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789751017987</t>
+          <t>9789751022707</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk</t>
+          <t>Gemi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>3.7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789751019011</t>
+          <t>9789751019288</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Devlet Kuşu</t>
+          <t>Gelecek Yiyeceklerde</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>8.33</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789751020314</t>
+          <t>9789751019387</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Gebe Kalma, Gebelik ve Doğum (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>22.22</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789751018564</t>
+          <t>9789751028259</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Felsefe: Özne - Söylem</t>
+          <t>Gafillikler Kitabı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789751011343</t>
+          <t>9789751026385</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Doğa Bilimleri Bütün Eserlerine Doğru 2</t>
+          <t>Fotoğraf Avcıları</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789751021922</t>
+          <t>9789751021205</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Ders Kitabı</t>
+          <t>Flört Oyunu</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>3.7</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789751001412</t>
+          <t>9789751021007</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Fanatikler</t>
+          <t>Fizik Lise - 1</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>24.07</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789751008848</t>
+          <t>9789751027184</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Falcı</t>
+          <t>Film Kitabı (Görsel Rehberler Serisi)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>18</v>
+        <v>655</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789751025166</t>
+          <t>9789751028013</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Ev</t>
+          <t>Filler İçin Su</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789751021236</t>
+          <t>9789751025098</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Estetik Cerrahinin Sırları</t>
+          <t>Fransızcada 9.000 Fiilin Çekimi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>2.96</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789751023452</t>
+          <t>9789751017987</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Yollar</t>
+          <t>Doğruluk</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>6.48</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789751023131</t>
+          <t>9789751019011</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Erotik Mitler ve Efsaneler</t>
+          <t>Devlet Kuşu</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>15.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789751001931</t>
+          <t>9789751020314</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>En Yeni Görgü Kuralları</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789751023087</t>
+          <t>9789751018564</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Einstein</t>
+          <t>Felsefe: Özne - Söylem</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>71</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789751029423</t>
+          <t>9789751011343</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Eğil Dağlar</t>
+          <t>Felsefe ve Doğa Bilimleri Bütün Eserlerine Doğru 2</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789751028709</t>
+          <t>9789751021922</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Ege ve Ayvalık’ta Kış Hazırlıkları</t>
+          <t>Felsefe Ders Kitabı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>36.11</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789751030238</t>
+          <t>9789751001412</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Ege ve Akdeniz’de Ölmeden Önce Yapmanız Gereken 101 Şey</t>
+          <t>Fanatikler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>9.26</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789751014078</t>
+          <t>9789751008848</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Ege Efsaneleri</t>
+          <t>Falcı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>17.59</v>
+        <v>18</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789751029836</t>
+          <t>9789751025166</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki En Sağlıklı 150 Besin</t>
+          <t>Ev</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789751024084</t>
+          <t>9789751021236</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Formula 1 Formula 1’in 55 Yılı</t>
+          <t>Estetik Cerrahinin Sırları</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>3.7</v>
+        <v>2.96</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789751022349</t>
+          <t>9789751023452</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Duman Olan Adam</t>
+          <t>Esrarlı Yollar</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>11.57</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789751021069</t>
+          <t>9789751023131</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Dökülen Hayatlar</t>
+          <t>Erotik Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>27.78</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789751025371</t>
+          <t>9789751001931</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dolores Claiborne</t>
+          <t>En Yeni Görgü Kuralları</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>23</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789751021403</t>
+          <t>9789751023087</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Doğan Özlem Armağan Kitabı Anlama ve Yorum</t>
+          <t>Einstein</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>18.98</v>
+        <v>71</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789751028082</t>
+          <t>9789751029423</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Bize...</t>
+          <t>Eğil Dağlar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789751020178</t>
+          <t>9789751028709</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Üç Büyükler 2 Baki</t>
+          <t>Ege ve Ayvalık’ta Kış Hazırlıkları</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>3.7</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789751020161</t>
+          <t>9789751030238</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Üç Büyükler 1 Fuzuli</t>
+          <t>Ege ve Akdeniz’de Ölmeden Önce Yapmanız Gereken 101 Şey</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789751005151</t>
+          <t>9789751014078</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Terimleri Sözlüğü (İngilizce-Türkçe)</t>
+          <t>Ege Efsaneleri</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>21.3</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789751020574</t>
+          <t>9789751029836</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Tarihsel, Felsefi ve Ahlaki Boyutları</t>
+          <t>Dünyadaki En Sağlıklı 150 Besin</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>19.44</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789751022417</t>
+          <t>9789751024084</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>CSI Kanıt Peşinde Çifte Cinayet</t>
+          <t>Dünden Bugüne Formula 1 Formula 1’in 55 Yılı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>11.57</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789751025999</t>
+          <t>9789751022349</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Colorado Kid</t>
+          <t>Duman Olan Adam</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>11</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789751019882</t>
+          <t>9789751021069</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Doğası</t>
+          <t>Dökülen Hayatlar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>1.85</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789751025227</t>
+          <t>9789751025371</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Cinler 2. Cilt</t>
+          <t>Dolores Claiborne</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>7.41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789751025210</t>
+          <t>9789751021403</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Cinler 1.Cilt</t>
+          <t>Doğan Özlem Armağan Kitabı Anlama ve Yorum</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>7.41</v>
+        <v>18.98</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789751027511</t>
+          <t>9789751028082</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Doğadan Bize...</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>3.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789751022219</t>
+          <t>9789751020178</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Gözde</t>
+          <t>Divan Şiirinde Üç Büyükler 2 Baki</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>3.15</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789751023124</t>
+          <t>9789751020161</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Dövme</t>
+          <t>Divan Şiirinde Üç Büyükler 1 Fuzuli</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>3.15</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789751022813</t>
+          <t>9789751005151</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>30 Çıngırak</t>
+          <t>Dış Ticaret Terimleri Sözlüğü (İngilizce-Türkçe)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>10.19</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789751000293</t>
+          <t>9789751020574</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Chambers Concise Usage Dictionary</t>
+          <t>Demokrasinin Tarihsel, Felsefi ve Ahlaki Boyutları</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>9.26</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789751025647</t>
+          <t>9789751022417</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Cezanne Takibi</t>
+          <t>CSI Kanıt Peşinde Çifte Cinayet</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>22.22</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789751021595</t>
+          <t>9789751025999</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Cennet Sevgilim</t>
+          <t>Colorado Kid</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>18.52</v>
+        <v>11</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789751028044</t>
+          <t>9789751019882</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han Ve Modern Dünyayı Anlamak</t>
+          <t>Cinselliğin Doğası</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>5.43</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789751011558</t>
+          <t>9789751025227</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Cinler 2. Cilt</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>27.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789751018519</t>
+          <t>9789751025210</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Cam Odada Oturmak</t>
+          <t>Cinler 1.Cilt</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>1.85</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789751023278</t>
+          <t>9789751027511</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Büyük Satranç Tahtası Amerika’nın Küresel Üstünlüğü ve Bunun Jeostratejik Gereklilikleri</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>320</v>
+        <v>3.15</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789751021281</t>
+          <t>9789751022219</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dük Red Kit "Lucky Luke"</t>
+          <t>Gözde</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>10.19</v>
+        <v>3.15</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789751020123</t>
+          <t>9789751023124</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Rehberi</t>
+          <t>Dövme</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>9.26</v>
+        <v>3.15</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789751024893</t>
+          <t>9789751022813</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Nancy Drew’un Maceraları 5: Işıklar, Kamera</t>
+          <t>30 Çıngırak</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>2.22</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789751024886</t>
+          <t>9789751000293</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Nancy Drew’un Maceraları 4: Büyük Risk</t>
+          <t>Chambers Concise Usage Dictionary</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>2.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789751024930</t>
+          <t>9789751025647</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Nancy Drew’un Maceraları 3: Sahte Mesaj</t>
+          <t>Cezanne Takibi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>2.22</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789751024879</t>
+          <t>9789751021595</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Nancy Drew’un Maceraları 2: Zamana Karşı Yarış</t>
+          <t>Cennet Sevgilim</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>2.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789751024923</t>
+          <t>9789751028044</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Nancy Drew’un Maceraları 1: İz Bırakmadan</t>
+          <t>Cengiz Han Ve Modern Dünyayı Anlamak</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>2.22</v>
+        <v>5.43</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789751007094</t>
+          <t>9789751011558</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>19.44</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789751025470</t>
+          <t>9789751018519</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Darwin Bilim Dünyasında Bir Hayat</t>
+          <t>Cam Odada Oturmak</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>6</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789751028815</t>
+          <t>9789751023278</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Darülfesad</t>
+          <t>Büyük Satranç Tahtası Amerika’nın Küresel Üstünlüğü ve Bunun Jeostratejik Gereklilikleri</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>13.89</v>
+        <v>385</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789751026262</t>
+          <t>9789751021281</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Dantel</t>
+          <t>Büyük Dük Red Kit "Lucky Luke"</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>31.02</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789751021274</t>
+          <t>9789751020123</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Dağ Sürgünleri</t>
+          <t>Bulmaca Rehberi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789751021298</t>
+          <t>9789751024893</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sorunlarına Yapıcı Çözümler</t>
+          <t>Dedektif Nancy Drew’un Maceraları 5: Işıklar, Kamera</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>17.59</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789751024367</t>
+          <t>9789751024886</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Çizgiroman Ansiklopedisi (Ciltli)</t>
+          <t>Dedektif Nancy Drew’un Maceraları 4: Büyük Risk</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>18.52</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789751022011</t>
+          <t>9789751024930</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Çingene Öyküleri Türk ve Dünya Yazarlarından</t>
+          <t>Dedektif Nancy Drew’un Maceraları 3: Sahte Mesaj</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>13.89</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789751018038</t>
+          <t>9789751024879</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi ve Eşekler 1. ve 2. sınıflar için</t>
+          <t>Dedektif Nancy Drew’un Maceraları 2: Zamana Karşı Yarış</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>2.31</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789751011398</t>
+          <t>9789751024923</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler, Kaktüsler ve Etli Bitkiler (Ciltli)</t>
+          <t>Dedektif Nancy Drew’un Maceraları 1: İz Bırakmadan</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>43.52</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789751020338</t>
+          <t>9789751007094</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Koku</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>11.57</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789751016348</t>
+          <t>9789751025470</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz Zamanlar Kayıp Kuşak 2</t>
+          <t>Darwin Bilim Dünyasında Bir Hayat</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>6.94</v>
+        <v>6</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789751027610</t>
+          <t>9789751028815</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Çağın Sonu  Maya Kehanetlerine Geri Dönüş</t>
+          <t>Darülfesad</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789751010032</t>
+          <t>9789751026262</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yönetim Kavramları ve Kalkınma Modelleri</t>
+          <t>Dantel</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>12.96</v>
+        <v>31.02</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789751019301</t>
+          <t>9789751021274</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkiye Tarihi</t>
+          <t>Dağ Sürgünleri</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789751025357</t>
+          <t>9789751021298</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanı Eşleri (Ciltli)</t>
+          <t>Çocuk Sorunlarına Yapıcı Çözümler</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>65</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789751028112</t>
+          <t>9789751024367</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>CSI: Ölüm Döşeğinde</t>
+          <t>Çizgiroman Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>3.7</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789751024909</t>
+          <t>9789751022011</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>CSI: Kanıt Peşinde Günah Şehri</t>
+          <t>Çingene Öyküleri Türk ve Dünya Yazarlarından</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>3.7</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789751025265</t>
+          <t>9789751018038</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanı Eşleri</t>
+          <t>Çiftçi ve Eşekler 1. ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>27.78</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789751014528</t>
+          <t>9789751011398</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Öğrencilere Resimli Türk ve Dünya Edebiyatından Seçme Örnekler</t>
+          <t>Çiçekler, Kaktüsler ve Etli Bitkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>12.5</v>
+        <v>43.52</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789751017819</t>
+          <t>9789751020338</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kedi Çetesi</t>
+          <t>Çıldırtan Koku</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>5.56</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789751048882</t>
+          <t>9789751016348</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Şirin Boyama 4</t>
+          <t>Çaresiz Zamanlar Kayıp Kuşak 2</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>4.17</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789751048875</t>
+          <t>9789751027610</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Şirin Boyama 3</t>
+          <t>Çağın Sonu  Maya Kehanetlerine Geri Dönüş</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>4.17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789751048868</t>
+          <t>9789751010032</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Şirin Boyama 2</t>
+          <t>Çağdaş Yönetim Kavramları ve Kalkınma Modelleri</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>4.17</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789751048851</t>
+          <t>9789751019301</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Şirin Boyama 1</t>
+          <t>Çağdaş Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>4.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789751018977</t>
+          <t>9789751025357</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Horozlu Ayna</t>
+          <t>Cumhurbaşkanı Eşleri (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>8.33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789751048899</t>
+          <t>9789751028112</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Şirin Boyama 5</t>
+          <t>CSI: Ölüm Döşeğinde</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>4.17</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789751048905</t>
+          <t>9789751024909</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Şirin Boyama 6</t>
+          <t>CSI: Kanıt Peşinde Günah Şehri</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>4.17</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789751015723</t>
+          <t>9789751025265</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Karanlık</t>
+          <t>Cumhurbaşkanı Eşleri</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>7.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789751098689</t>
+          <t>9789751014528</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Proses Endüstrileri 2</t>
+          <t>Öğrencilere Resimli Türk ve Dünya Edebiyatından Seçme Örnekler</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>35.19</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789751026057</t>
+          <t>9789751017819</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşler</t>
+          <t>Kedi Çetesi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>19.44</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789751027740</t>
+          <t>9789751048882</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kırmızılı Kadın</t>
+          <t>İnkılap Şirin Boyama 4</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>6.48</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789751024442</t>
+          <t>9789751048875</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Keşiften Keyfe Yolculuk</t>
+          <t>İnkılap Şirin Boyama 3</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>25.93</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789751027474</t>
+          <t>9789751048868</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kesişen Hayatlar</t>
+          <t>İnkılap Şirin Boyama 2</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>17.59</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789751023520</t>
+          <t>9789751048851</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kemikler Şehri</t>
+          <t>İnkılap Şirin Boyama 1</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>9.26</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789751005823</t>
+          <t>9789751018977</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Kazanmak İçin Doğarız</t>
+          <t>Horozlu Ayna</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>22.22</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789751020703</t>
+          <t>9789751048899</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İtfaiye Arabası</t>
+          <t>İnkılap Şirin Boyama 5</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>13.89</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789751021892</t>
+          <t>9789751048905</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler Arasında</t>
+          <t>İnkılap Şirin Boyama 6</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>27.78</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789751029287</t>
+          <t>9789751015723</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Bayramlar Ve Özel Günler</t>
+          <t>Karanlık</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789751024190</t>
+          <t>9789751098689</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz’de Lezzet Yolculuğu</t>
+          <t>Kimyasal Proses Endüstrileri 2</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>12.96</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789751020093</t>
+          <t>9789751026057</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kara Buz</t>
+          <t>Kız Kardeşler</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>9.26</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789751010377</t>
+          <t>9789751027740</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kanatlar</t>
+          <t>Kırmızılı Kadın</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>23.61</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789751022042</t>
+          <t>9789751024442</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kanaldaki Ölü</t>
+          <t>Keşiften Keyfe Yolculuk</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>12.04</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789751012777</t>
+          <t>9789751027474</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Karanlık Irmakları</t>
+          <t>Kesişen Hayatlar</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789751023230</t>
+          <t>9789751023520</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Düşler</t>
+          <t>Kemikler Şehri</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789751019967</t>
+          <t>9789751005823</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Daha Yalnız</t>
+          <t>Kazanmak İçin Doğarız</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789751009869</t>
+          <t>9789751020703</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kadını Tanımak</t>
+          <t>Kayıp İtfaiye Arabası</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789751014122</t>
+          <t>9789751021892</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kadere İsyan</t>
+          <t>Kardeşler Arasında</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>6.48</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789751001429</t>
+          <t>9789751029287</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kader Çıkmazı</t>
+          <t>Kardeş Bayramlar Ve Özel Günler</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789751023605</t>
+          <t>9789751024190</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kabare</t>
+          <t>Karadeniz’de Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>2.78</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789751025661</t>
+          <t>9789751020093</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Kara Buz</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789751027559</t>
+          <t>9789751010377</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Jane Austen Kitap Kulübü</t>
+          <t>Kanatlar</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>6.48</v>
+        <v>23.61</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789751025562</t>
+          <t>9789751022042</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>İyimser ile Gülümser 9 Bugün Kime Yardım Ettin?</t>
+          <t>Kanaldaki Ölü</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>3.24</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789751023988</t>
+          <t>9789751012777</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>İşgal</t>
+          <t>Kalbin Karanlık Irmakları</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789751026507</t>
+          <t>9789751023230</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Doğusunda Bitmeyen Oyun</t>
+          <t>Kağıttan Düşler</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>7.72</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789751024091</t>
+          <t>9789751019967</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu’nda Yaşam</t>
+          <t>Kadınlar Daha Yalnız</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789751025173</t>
+          <t>9789751009869</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Kadını Tanımak</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>3.7</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789751027139</t>
+          <t>9789751014122</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İnsanat Bahçesi</t>
+          <t>Kadere İsyan</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789751005144</t>
+          <t>9789751001429</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Deyimler</t>
+          <t>Kader Çıkmazı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>32.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789751019486</t>
+          <t>9789751023605</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe Argo Sözlüğü</t>
+          <t>Kabare</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>255</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789751028136</t>
+          <t>9789751025661</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>İnci</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789751021441</t>
+          <t>9789751027559</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>İncelmek ve İnce Kalmak İçin Zayıflama Diyetleri Çöpe</t>
+          <t>Jane Austen Kitap Kulübü</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>23.15</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789751030221</t>
+          <t>9789751025562</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>İmamı Azam Savunması</t>
+          <t>İyimser ile Gülümser 9 Bugün Kime Yardım Ettin?</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>6.48</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789751021250</t>
+          <t>9789751023988</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>İlk Ölüm</t>
+          <t>İşgal</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>21.3</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789751025081</t>
+          <t>9789751026507</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Larousse (Ciltli)</t>
+          <t>İstanbul’un Doğusunda Bitmeyen Oyun</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>37.04</v>
+        <v>7.72</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789751031112</t>
+          <t>9789751024091</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Kelime Bankası</t>
+          <t>İpek Yolu’nda Yaşam</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789751090034</t>
+          <t>9789751025173</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okul Seti (5 Kitap Takım)</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>15.28</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789751018014</t>
+          <t>9789751027139</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>İki Kurnaz Adam 1. ve 2. Sınıflar İçin</t>
+          <t>İnsanat Bahçesi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>2.31</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789751027931</t>
+          <t>9789751005144</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>İkaz</t>
+          <t>İngilizce Deyimler</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>18.52</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789751017437</t>
+          <t>9789751019486</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim İngilizce Dilbilgisi 6. Sınıf</t>
+          <t>İngilizce - Türkçe Argo Sözlüğü</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>1.85</v>
+        <v>310</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789751023773</t>
+          <t>9789751028136</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>İdealar Mağarası</t>
+          <t>İnci</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789751005779</t>
+          <t>9789751021441</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Italiano - Turco / İtalyanca - Türkçe Dizionario / Sözlük</t>
+          <t>İncelmek ve İnce Kalmak İçin Zayıflama Diyetleri Çöpe</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789751020239</t>
+          <t>9789751030221</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Resimli İstanbul Tarihi</t>
+          <t>İmamı Azam Savunması</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789751025814</t>
+          <t>9789751021250</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>International Küçük Portekizce Sözlük Portekizce - Türkçe Türkçe - Portekizce</t>
+          <t>İlk Ölüm</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>15.74</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789751022424</t>
+          <t>9789751025081</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in Günlüğü</t>
+          <t>İlk Ansiklopedim Larousse (Ciltli)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>17.59</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789751015198</t>
+          <t>9789751031112</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şeyden Korkma</t>
+          <t>İtalyanca Kelime Bankası</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>24.07</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789751022578</t>
+          <t>9789751090034</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyan Sultan Mara</t>
+          <t>İlköğretim Okul Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>11.11</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789751018618</t>
+          <t>9789751018014</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Heybe Egzotik Bir Ortadoğu Masalı</t>
+          <t>İki Kurnaz Adam 1. ve 2. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>15.74</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789751020369</t>
+          <t>9789751027931</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik Üzerine Yazılar</t>
+          <t>İkaz</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789751025616</t>
+          <t>9789751017437</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İyimser ile Gülümser 7 Müzikle Yaşamak</t>
+          <t>İlköğretim İngilizce Dilbilgisi 6. Sınıf</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>4.63</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789751025623</t>
+          <t>9789751023773</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>İyimser ile Gülümser 6 Müzeleri Gezmelisin</t>
+          <t>İdealar Mağarası</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789751025555</t>
+          <t>9789751005779</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>İyimser ile Gülümser 4 Yere Düşen Kırıntı</t>
+          <t>Italiano - Turco / İtalyanca - Türkçe Dizionario / Sözlük</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789751025548</t>
+          <t>9789751020239</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>İyimser ile Gülümser 3 Tutulacak El</t>
+          <t>Resimli İstanbul Tarihi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789751027054</t>
+          <t>9789751025814</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Zik Zak</t>
+          <t>International Küçük Portekizce Sözlük Portekizce - Türkçe Türkçe - Portekizce</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>7.59</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789751016232</t>
+          <t>9789751022424</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Zayıflamak İsteyenler İçin Yemek Kitabı Düşük Kalorili Yemekler</t>
+          <t>Hitler’in Günlüğü</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>7.41</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789751025746</t>
+          <t>9789751015198</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Zafer Kanı</t>
+          <t>Hiçbir Şeyden Korkma</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>18.52</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789751015938</t>
+          <t>9789751022578</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Fırtınası</t>
+          <t>Hıristiyan Sultan Mara</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>47</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789751027702</t>
+          <t>9789751018618</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Heybe Egzotik Bir Ortadoğu Masalı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>3.7</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789751027894</t>
+          <t>9789751020369</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Hermeneutik Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>44.44</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789751022691</t>
+          <t>9789751025616</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Yoga Sağlıklı Yaşamanın Yolu</t>
+          <t>İyimser ile Gülümser 7 Müzikle Yaşamak</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>21.3</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789751028518</t>
+          <t>9789751025623</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Yoga Pratyahara</t>
+          <t>İyimser ile Gülümser 6 Müzeleri Gezmelisin</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>24.54</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789751027825</t>
+          <t>9789751025555</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Yoga Prana Vidya Biyoenerji Bilimi</t>
+          <t>İyimser ile Gülümser 4 Yere Düşen Kırıntı</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>24.54</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789751030634</t>
+          <t>9789751025548</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Yoga - Drahana Konsantrasyon Teknikleri</t>
+          <t>İyimser ile Gülümser 3 Tutulacak El</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>25.93</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789751010926</t>
+          <t>9789751027054</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Yiyeceklerin Saklanması</t>
+          <t>Zik Zak</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>7.41</v>
+        <v>7.59</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789751020000</t>
+          <t>9789751016232</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında 10.000  Yıl</t>
+          <t>Zayıflamak İsteyenler İçin Yemek Kitabı Düşük Kalorili Yemekler</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789751017956</t>
+          <t>9789751025746</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yılan Hikayesi 1 ve 2. sınıflar için</t>
+          <t>Zafer Kanı</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>1.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789751013965</t>
+          <t>9789751015938</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okul Tiyatrosu</t>
+          <t>Yüzyılın Fırtınası</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>22.22</v>
+        <v>47</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789751027498</t>
+          <t>9789751027702</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Yeni İş Yasaları: Akıl Defteri</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>9.26</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789751018502</t>
+          <t>9789751027894</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Öyküler 2</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>42</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789751032157</t>
+          <t>9789751022691</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kartları - Ana Yemekler</t>
+          <t>Yoga Sağlıklı Yaşamanın Yolu</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>180</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789751018496</t>
+          <t>9789751028518</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Öyküler 1</t>
+          <t>Yoga Pratyahara</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>46</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789751017307</t>
+          <t>9789751027825</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>İlkyardım El Kitabı</t>
+          <t>Yoga Prana Vidya Biyoenerji Bilimi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>125</v>
+        <v>24.54</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789751001849</t>
+          <t>9789751030634</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Yazı Yazma Tekniği ve Yazı Örnekleri</t>
+          <t>Yoga - Drahana Konsantrasyon Teknikleri</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>7.59</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789751015631</t>
+          <t>9789751010926</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Babalarımızın Yasaları</t>
+          <t>Yiyeceklerin Saklanması</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>18.06</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789751015037</t>
+          <t>9789751020000</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Uygulamalı Yazı Kitabı 2. Sınıf</t>
+          <t>Yıldızların Altında 10.000  Yıl</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>9.72</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789751025524</t>
+          <t>9789751017956</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>İyimser ile Gülümser 2 Servisle Yolculuk</t>
+          <t>Yılan Hikayesi 1 ve 2. sınıflar için</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>4.63</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789751025517</t>
+          <t>9789751013965</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>İyimser ile Gülümser 11 Bir Minicik Kardeş</t>
+          <t>Yeni Okul Tiyatrosu</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>4.63</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789751025593</t>
+          <t>9789751027498</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>İyimser ile Gülümser 1 Kaldırımda Yürümek</t>
+          <t>Yeni İş Yasaları: Akıl Defteri</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789751040350</t>
+          <t>9789751018502</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Can Yılmaz Set (4 Kitap Takım)</t>
+          <t>Türk Edebiyatından Öyküler 2</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>249</v>
+        <v>42</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789751040343</t>
+          <t>9789751032157</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Cem Yılmaz 2. Set (4 Kitap Takım)</t>
+          <t>Yemek Kartları - Ana Yemekler</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>82</v>
+        <v>220</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789751040336</t>
+          <t>9789751018496</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Cem Yılmaz 1. Set (4 Kitap Takım)</t>
+          <t>Türk Edebiyatından Öyküler 1</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>130</v>
+        <v>46</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789751028846</t>
+          <t>9789751017307</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Minelbab İlelmihrab</t>
+          <t>İlkyardım El Kitabı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>545</v>
+        <v>135</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789751048912</t>
+          <t>9789751001849</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak</t>
+          <t>Yazı Yazma Tekniği ve Yazı Örnekleri</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>385</v>
+        <v>7.59</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789751049018</t>
+          <t>9789751015631</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Yaz Yüreğim Yaz</t>
+          <t>Babalarımızın Yasaları</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>165</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789751048561</t>
+          <t>9789751015037</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hayaller Koruyucusu</t>
+          <t>İlköğretim Uygulamalı Yazı Kitabı 2. Sınıf</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>250</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789751048844</t>
+          <t>9789751025524</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Yitik Yollar - Livaneli Kitaplığı</t>
+          <t>İyimser ile Gülümser 2 Servisle Yolculuk</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>135</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789751048714</t>
+          <t>9789751025517</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Barnaby Rudge 2</t>
+          <t>İyimser ile Gülümser 11 Bir Minicik Kardeş</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789751048707</t>
+          <t>9789751025593</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Barnaby Rudge 1</t>
+          <t>İyimser ile Gülümser 1 Kaldırımda Yürümek</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789751029218</t>
+          <t>9789751040350</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Sarı Lacivert Kurtuluş</t>
+          <t>Can Yılmaz Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>360</v>
+        <v>249</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789751032218</t>
+          <t>9789751040343</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>9 Ay 10 Gün Hafta Hafta Hamilelik</t>
+          <t>Cem Yılmaz 2. Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>560</v>
+        <v>82</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789751032478</t>
+          <t>9789751040336</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Klasik Yunan ve Roma Mitolojisi</t>
+          <t>Cem Yılmaz 1. Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789751048738</t>
+          <t>9789751028846</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Arzusu Yakıcı İstek</t>
+          <t>Minelbab İlelmihrab</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>205</v>
+        <v>630</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786255620002</t>
+          <t>9789751048912</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Medeniyetin Mimarları</t>
+          <t>Son Sığınak</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789751048752</t>
+          <t>9789751049018</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gece</t>
+          <t>Yaz Yüreğim Yaz</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786255620040</t>
+          <t>9789751048561</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Günlükleri - Bilgelik ve Erdem</t>
+          <t>Kayıp Hayaller Koruyucusu</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786255620026</t>
+          <t>9789751048844</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kanatların Ardında – Mona ve Poouli</t>
+          <t>Yitik Yollar - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786255620071</t>
+          <t>9789751048714</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Yeniden</t>
+          <t>Barnaby Rudge 2</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789751048592</t>
+          <t>9789751048707</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım İğde</t>
+          <t>Barnaby Rudge 1</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789751048578</t>
+          <t>9789751029218</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım Zeytin</t>
+          <t>Sarı Lacivert Kurtuluş</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789751048042</t>
+          <t>9789751032218</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Neden Hikaye Anlatırız? 2</t>
+          <t>9 Ay 10 Gün Hafta Hafta Hamilelik</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>360</v>
+        <v>675</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789751048035</t>
+          <t>9789751032478</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Neden Hikaye Anlatırız? 1</t>
+          <t>Klasik Yunan ve Roma Mitolojisi</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789751048585</t>
+          <t>9789751048738</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Evrimi</t>
+          <t>Özgürleşme Arzusu Yakıcı İstek</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789751048783</t>
+          <t>9786255620002</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Babam Beni Şahdamarımdan Öptü</t>
+          <t>Geçmişten Geleceğe Medeniyetin Mimarları</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789751048417</t>
+          <t>9789751048752</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım Erguvan</t>
+          <t>Yeşil Gece</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789751046161</t>
+          <t>9786255620040</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Astro Defter 2024</t>
+          <t>Olimpos Günlükleri - Bilgelik ve Erdem</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>650</v>
+        <v>310</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789751048424</t>
+          <t>9786255620026</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Üç Yüzü</t>
+          <t>Kanatların Ardında – Mona ve Poouli</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789751048073</t>
+          <t>9786255620071</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Davul Kitabı</t>
+          <t>Yeniden</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789751015715</t>
+          <t>9789751048592</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kilikia</t>
+          <t>Hayal Ağacım İğde</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>60</v>
+        <v>295</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789751025449</t>
+          <t>9789751048578</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Lamba Çocukları 1 Firavun Akhenaten Macerası</t>
+          <t>Hayal Ağacım Zeytin</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>40</v>
+        <v>330</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789751012166</t>
+          <t>9789751048042</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devlet</t>
+          <t>Neden Hikaye Anlatırız? 2</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>15</v>
+        <v>480</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789751031211</t>
+          <t>9789751048035</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Sonuncu Kadeh</t>
+          <t>Neden Hikaye Anlatırız? 1</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>560</v>
+        <v>480</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789751029126</t>
+          <t>9789751048585</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Odd</t>
+          <t>Modern İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>50</v>
+        <v>505</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789751023803</t>
+          <t>9789751048783</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Yanık CSI: Kanıt Peşinde</t>
+          <t>Babam Beni Şahdamarımdan Öptü</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>20</v>
+        <v>465</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789751014993</t>
+          <t>9789751048417</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Bilim ve Tarih Bilinci</t>
+          <t>Hayal Ağacım Erguvan</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789751016188</t>
+          <t>9789751046161</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslama İtirazlar</t>
+          <t>Astro Defter 2024</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>20</v>
+        <v>780</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789751025760</t>
+          <t>9789751048424</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kırmızı</t>
+          <t>Sessizliğin Üç Yüzü</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>30</v>
+        <v>240</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789751026019</t>
+          <t>9789751048073</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Dokunmaktır</t>
+          <t>Davul Kitabı</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>240</v>
+        <v>570</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789751013361</t>
+          <t>9789751015715</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sevgimiz Özgürlüğümüzdür</t>
+          <t>Kilikia</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789751016362</t>
+          <t>9789751025449</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Superi Kayıp Kuşak 4</t>
+          <t>Lamba Çocukları 1 Firavun Akhenaten Macerası</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789751001764</t>
+          <t>9789751012166</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yolu</t>
+          <t>Sosyal Devlet</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789751009456</t>
+          <t>9789751031211</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Seçme La Fontaine Masalları</t>
+          <t>Sonuncu Kadeh</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>360</v>
+        <v>640</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789751009005</t>
+          <t>9789751029126</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Sebzecilik Genel Sebze Tarımı Prensipleri ve Pratik Sebzecilik Yöntemleri</t>
+          <t>Sonsuza Kadar Odd</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789751007032</t>
+          <t>9789751023803</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Ustalık Dersleri</t>
+          <t>Soğuk Yanık CSI: Kanıt Peşinde</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789751005953</t>
+          <t>9789751014993</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Satrançta</t>
+          <t>Siyaset, Bilim ve Tarih Bilinci</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>85</v>
+        <v>165</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789751005182</t>
+          <t>9789751016188</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ustalık Yolunda İlk Adımlar</t>
+          <t>Siyasal İslama İtirazlar</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789751016874</t>
+          <t>9789751025760</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Sansar</t>
+          <t>Siyah Kırmızı</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789751019226</t>
+          <t>9789751026019</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Bir Çocuğum Sayı: 2</t>
+          <t>Sevmek Dokunmaktır</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789751029263</t>
+          <t>9789751013361</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan Sözüm ki Tek Sana Geçmez, Celladımsın Ey zaman!</t>
+          <t>Sevgimiz Özgürlüğümüzdür</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789751029256</t>
+          <t>9789751016362</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan Ya İpek Urgan Ya Gümüş Hançer</t>
+          <t>Sevgili Superi Kayıp Kuşak 4</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789751029249</t>
+          <t>9789751001764</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan Hadım Edilmiş Bir Aşk "Sofia"</t>
+          <t>Sevgi Yolu</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789751026613</t>
+          <t>9789751009456</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Sadra</t>
+          <t>Seçme La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>20</v>
+        <v>435</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789751023148</t>
+          <t>9789751009005</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gibi Geçti</t>
+          <t>Sebzecilik Genel Sebze Tarımı Prensipleri ve Pratik Sebzecilik Yöntemleri</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>20</v>
+        <v>340</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789751013866</t>
+          <t>9789751007032</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Rıza Bey’in Polisiye Öyküleri</t>
+          <t>Satrançta Ustalık Dersleri</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789751023360</t>
+          <t>9789751005953</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Yatılı Dolmakalem</t>
+          <t>Satrançta</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>20</v>
+        <v>85</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789751027214</t>
+          <t>9789751005182</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Yatakta İyi</t>
+          <t>Satranç Ustalık Yolunda İlk Adımlar</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789751021786</t>
+          <t>9789751016874</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Sansar</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789751017611</t>
+          <t>9789751019226</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Hafıza</t>
+          <t>Sağlıklı Bir Çocuğum Sayı: 2</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789751013088</t>
+          <t>9789751029263</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Viski</t>
+          <t>Safiye Sultan Sözüm ki Tek Sana Geçmez, Celladımsın Ey zaman!</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>50</v>
+        <v>115</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789751028778</t>
+          <t>9789751029256</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Besteciler ve Ünlü Piyano Eserleri (Ciltli)</t>
+          <t>Safiye Sultan Ya İpek Urgan Ya Gümüş Hançer</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789751024350</t>
+          <t>9789751029249</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Nutku’ya Armağan</t>
+          <t>Safiye Sultan Hadım Edilmiş Bir Aşk "Sofia"</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>20</v>
+        <v>115</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789751022110</t>
+          <t>9789751026613</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Uçuk</t>
+          <t>Sadra</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789751027245</t>
+          <t>9789751023148</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ölmeden Önce Yapmanız Gereken 101 Şey (2008)</t>
+          <t>Rüzgar Gibi Geçti</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789751002877</t>
+          <t>9789751013866</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Kuşadası 1. Altın Piyon Açık Satranç Turnuvası</t>
+          <t>Rıza Bey’in Polisiye Öyküleri</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789751021687</t>
+          <t>9789751023360</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Türkçeyi Türkçe Konuşmak</t>
+          <t>Yatılı Dolmakalem</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789751011725</t>
+          <t>9789751027214</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Yazınsal Eleştiri</t>
+          <t>Yatakta İyi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789751021199</t>
+          <t>9789751021786</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de İnciler İncelikler Cönk Gibi</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789751024039</t>
+          <t>9789751017611</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosu’nun Sönmeyen Yıldızları</t>
+          <t>Yanlış Hafıza</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>45</v>
+        <v>135</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789751024282</t>
+          <t>9789751013088</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Tuğla Ocağındaki Yaşamım</t>
+          <t>Viski</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789751021885</t>
+          <t>9789751028778</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Trampetçi İskoç Osman’ın 1001 Gecesi</t>
+          <t>Ünlü Besteciler ve Ünlü Piyano Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789751022776</t>
+          <t>9789751024350</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bir Ortak Payda’ya Doğru Sivil Önermeler 2004</t>
+          <t>Uluğ Nutku’ya Armağan</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789751020284</t>
+          <t>9789751022110</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Turanlı Hıristiyanlar</t>
+          <t>Uçuk</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789751028457</t>
+          <t>9789751027245</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Tom Cruise</t>
+          <t>Türkiye’de Ölmeden Önce Yapmanız Gereken 101 Şey (2008)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789751006684</t>
+          <t>9789751002877</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Tez Hazırlama El Kitabı</t>
+          <t>Uluslararası Kuşadası 1. Altın Piyon Açık Satranç Turnuvası</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789751024978</t>
+          <t>9789751021687</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Tess</t>
+          <t>Türkçeyi Türkçe Konuşmak</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789751012487</t>
+          <t>9789751011725</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Tekke Şiiri Dini ve Tasavvufi Şiirler Antolojisi</t>
+          <t>Türkçede Yazınsal Eleştiri</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>255</v>
+        <v>25</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789751022325</t>
+          <t>9789751021199</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuftan Dilimize Geçen Deyimler ve Atasözleri</t>
+          <t>Türkçe’de İnciler İncelikler Cönk Gibi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>480</v>
+        <v>25</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789751012104</t>
+          <t>9789751024039</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Saklanan Yüzü</t>
+          <t>Türk Tiyatrosu’nun Sönmeyen Yıldızları</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789751007384</t>
+          <t>9789751024282</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Tanbur Metodu</t>
+          <t>Tuğla Ocağındaki Yaşamım</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789751024473</t>
+          <t>9789751021885</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Takı Yapımı ve Tasarımı 2</t>
+          <t>Trampetçi İskoç Osman’ın 1001 Gecesi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789751012036</t>
+          <t>9789751022776</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Taciz</t>
+          <t>Toplumsal Bir Ortak Payda’ya Doğru Sivil Önermeler 2004</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789751019578</t>
+          <t>9789751020284</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Sulara Yolculuk Kaplıcalar, İçmeler</t>
+          <t>Turanlı Hıristiyanlar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789751025906</t>
+          <t>9789751028457</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gör Dediği</t>
+          <t>Tom Cruise</t>
         </is>
       </c>
       <c r="C814" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789751014405</t>
+          <t>9789751006684</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Aynaları</t>
+          <t>Tez Hazırlama El Kitabı</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>55</v>
+        <v>15</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789751023643</t>
+          <t>9789751024978</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Şaka Satıcıları</t>
+          <t>Tess</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789751026965</t>
+          <t>9789751012487</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Su Bitkileri</t>
+          <t>Tekke Şiiri Dini ve Tasavvufi Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>45</v>
+        <v>255</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789751033031</t>
+          <t>9789751022325</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Spiker</t>
+          <t>Tasavvuftan Dilimize Geçen Deyimler ve Atasözleri</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>85</v>
+        <v>580</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789751020390</t>
+          <t>9789751012104</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Sözlüklü Yunanca - Türkçe Konuşma Kılavuzu</t>
+          <t>Tarihin Saklanan Yüzü</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789751019530</t>
+          <t>9789751007384</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Taç</t>
+          <t>Tanbur Metodu</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789751014320</t>
+          <t>9789751024473</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sosyal Görüşleri</t>
+          <t>Takı Yapımı ve Tasarımı 2</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>25</v>
+        <v>280</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789751015495</t>
+          <t>9789751012036</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülükte Temel İlkeler</t>
+          <t>Taciz</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789751024107</t>
+          <t>9789751019578</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Avrupa</t>
+          <t>Şifalı Sulara Yolculuk Kaplıcalar, İçmeler</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789751023414</t>
+          <t>9789751025906</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Atomun Peşinde</t>
+          <t>Şeytanın Gör Dediği</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789751022141</t>
+          <t>9789751014405</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kör Noktası</t>
+          <t>Şeytanın Aynaları</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789751013590</t>
+          <t>9789751023643</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Sanat ve Servet</t>
+          <t>Şaka Satıcıları</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789751023919</t>
+          <t>9789751026965</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yoksunları</t>
+          <t>Su Bitkileri</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789751025937</t>
+          <t>9789751033031</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Aşk Meleği</t>
+          <t>Spiker</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>45</v>
+        <v>105</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789751002105</t>
+          <t>9789751020390</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Sözlüğü</t>
+          <t>Sözlüklü Yunanca - Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789751022394</t>
+          <t>9789751019530</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Araya Parça Giren Yıllar</t>
+          <t>Çalınan Taç</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>25</v>
+        <v>135</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789751000910</t>
+          <t>9789751014320</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Türkçe Sözlük</t>
+          <t>Atatürk’ün Sosyal Görüşleri</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789751022196</t>
+          <t>9789751015495</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Anonim Kitap</t>
+          <t>Atatürkçülükte Temel İlkeler</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789751028877</t>
+          <t>9789751024107</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Anlamdan Geleneğe, Kimlikten Özgürlüğe</t>
+          <t>Avrupa</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>135</v>
+        <v>25</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789751024657</t>
+          <t>9789751023414</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Amagansett - Kuzey Suları</t>
+          <t>Atomun Peşinde</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789751019394</t>
+          <t>9789751022141</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Altının Laneti Kroisos’un Romanı</t>
+          <t>Aşkın Kör Noktası</t>
         </is>
       </c>
       <c r="C835" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789751026934</t>
+          <t>9789751013590</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Alışverişe Aşk Molası</t>
+          <t>Aşk, Sanat ve Servet</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789751004284</t>
+          <t>9789751023919</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Alevi Bektaşi Nefesleri</t>
+          <t>Aşk Yoksunları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>660</v>
+        <v>25</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789751023742</t>
+          <t>9789751025937</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Mana Anne Demektir</t>
+          <t>Aşk Meleği</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789751040039</t>
+          <t>9789751002105</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Carpe Diem</t>
+          <t>Arkeoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789751037398</t>
+          <t>9789751022394</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Tek Nefes</t>
+          <t>Araya Parça Giren Yıllar</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789751037176</t>
+          <t>9789751000910</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Suçlusu Blaze</t>
+          <t>Ansiklopedik Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789751036292</t>
+          <t>9789751022196</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Allah Kadını Yarattı</t>
+          <t>Anonim Kitap</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>145</v>
+        <v>25</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789751036384</t>
+          <t>9789751028877</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Eski Toplum</t>
+          <t>Anlamdan Geleneğe, Kimlikten Özgürlüğe</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789751035844</t>
+          <t>9789751024657</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Mandala Klasik</t>
+          <t>Amagansett - Kuzey Suları</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789751034380</t>
+          <t>9789751019394</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Dolce Vita</t>
+          <t>Altının Laneti Kroisos’un Romanı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789751034342</t>
+          <t>9789751026934</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Çankaya’nın Kalemşörü - Bilinmeyenleriyle Falih Rıfkı Atay</t>
+          <t>Alışverişe Aşk Molası</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>135</v>
+        <v>40</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789751011329</t>
+          <t>9789751004284</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Hayvansı İnsan</t>
+          <t>Alevi Bektaşi Nefesleri</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>40</v>
+        <v>795</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789751026361</t>
+          <t>9789751023742</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Haydi Çocuklar Mutfağa</t>
+          <t>Mana Anne Demektir</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789751023896</t>
+          <t>9789751040039</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sorar Türk İnsanına</t>
+          <t>Carpe Diem</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>20</v>
+        <v>220</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789751031044</t>
+          <t>9789751037398</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dolu Sofralar (Ciltli)</t>
+          <t>Tek Nefes</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789751033703</t>
+          <t>9789751037176</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Parkı</t>
+          <t>Yüzyılın Suçlusu Blaze</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>350</v>
+        <v>435</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789751025388</t>
+          <t>9789751036292</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Onlar Yoktu</t>
+          <t>Allah Kadını Yarattı</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>85</v>
+        <v>145</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789751022745</t>
+          <t>9789751036384</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Yazı</t>
+          <t>Eski Toplum</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>85</v>
+        <v>375</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789751030436</t>
+          <t>9789751035844</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Odd’un Rüyası</t>
+          <t>Mandala Klasik</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789751030313</t>
+          <t>9789751034380</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Odd’un Kefareti</t>
+          <t>Dolce Vita</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789751028358</t>
+          <t>9789751034342</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Odd Thomas</t>
+          <t>Çankaya’nın Kalemşörü - Bilinmeyenleriyle Falih Rıfkı Atay</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>60</v>
+        <v>165</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789751012753</t>
+          <t>9789751011329</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkralarıyla Yaşam Öyküsü</t>
+          <t>Hayvansı İnsan</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789751012579</t>
+          <t>9789751026361</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Nar Çekirdekleri</t>
+          <t>Haydi Çocuklar Mutfağa</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789751005946</t>
+          <t>9789751023896</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Mücevherler</t>
+          <t>Hayat Sorar Türk İnsanına</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789751026514</t>
+          <t>9789751031044</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Mimari Fotoğraf</t>
+          <t>Hayat Dolu Sofralar (Ciltli)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>40</v>
+        <v>320</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789751024244</t>
+          <t>9789751033703</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ses</t>
+          <t>Eğlence Parkı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>20</v>
+        <v>420</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789751021588</t>
+          <t>9789751025388</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Memo’nun Olağanüstü Maceraları</t>
+          <t>Onlar Yoktu</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>45</v>
+        <v>105</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789751018281</t>
+          <t>9789751022745</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Melek Yakınlarda</t>
+          <t>Okullarda Yazı</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>25</v>
+        <v>105</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789751024275</t>
+          <t>9789751030436</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Maske</t>
+          <t>Odd’un Rüyası</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789751026484</t>
+          <t>9789751030313</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Litvinenko Bir Muhalifin Ölümü</t>
+          <t>Odd’un Kefareti</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789751023308</t>
+          <t>9789751028358</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Orman</t>
+          <t>Odd Thomas</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789751027269</t>
+          <t>9789751012753</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Lamba Çocukları 3 Katmandu’nun Kral Kobrası</t>
+          <t>Nasrettin Hoca Fıkralarıyla Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789751024831</t>
+          <t>9789751012579</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kükreyen Mağara</t>
+          <t>Nar Çekirdekleri</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789751013521</t>
+          <t>9789751005946</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bahçe</t>
+          <t>Mücevherler</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789751001276</t>
+          <t>9789751026514</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Kübaj Cetveli Yuvarlak veya Biçilmiş ve İşlenmiş Ağaçların Metreküp Olarak Hesaplanmış Kübaj Cetvelleri</t>
+          <t>Mimari Fotoğraf</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789751022035</t>
+          <t>9789751024244</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Taşlar</t>
+          <t>Merhaba Ses</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789751016287</t>
+          <t>9789751021588</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Kullar ve Sultanlar</t>
+          <t>Memo’nun Olağanüstü Maceraları</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789751023889</t>
+          <t>9789751018281</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Kral Öldü Yaşasın Kral</t>
+          <t>Melek Yakınlarda</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789751023810</t>
+          <t>9789751024275</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Kötü Tohum</t>
+          <t>Maske</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789751024145</t>
+          <t>9789751026484</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Kozmoloji</t>
+          <t>Litvinenko Bir Muhalifin Ölümü</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789751015488</t>
+          <t>9789751023308</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Kopuk</t>
+          <t>Lanetli Orman</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789751026927</t>
+          <t>9789751027269</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Koca</t>
+          <t>Lamba Çocukları 3 Katmandu’nun Kral Kobrası</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789751028624</t>
+          <t>9789751024831</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Kulları</t>
+          <t>Kükreyen Mağara</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789751028280</t>
+          <t>9789751013521</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Sonra Mevlevilik</t>
+          <t>Küçük Bahçe</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>810</v>
+        <v>70</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789751016447</t>
+          <t>9789751001276</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Kübaj Cetveli Yuvarlak veya Biçilmiş ve İşlenmiş Ağaçların Metreküp Olarak Hesaplanmış Kübaj Cetvelleri</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789751019646</t>
+          <t>9789751022035</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Kuyudaki Taşlar</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789751030870</t>
+          <t>9789751016287</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Bu Bizim Hayatımız</t>
+          <t>Kullar ve Sultanlar</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>560</v>
+        <v>55</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789751013118</t>
+          <t>9789751023889</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Bir Yumak İnsan</t>
+          <t>Kral Öldü Yaşasın Kral</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789751023858</t>
+          <t>9789751023810</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Bir Parçadan Diğerine François L’Yvonnet ile Söyleşi</t>
+          <t>Kötü Tohum</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>40</v>
+        <v>115</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789751028860</t>
+          <t>9789751024145</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Boyunca</t>
+          <t>Kozmoloji</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>755</v>
+        <v>55</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789751021830</t>
+          <t>9789751015488</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Bir Karakafa İçin Balad</t>
+          <t>Kopuk Kopuk</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>20</v>
+        <v>105</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789751020307</t>
+          <t>9789751026927</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın, Bir Erkek Bir Levrek İskeleti</t>
+          <t>Koca</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789751022189</t>
+          <t>9789751028624</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Bir Görünmezin Portresi</t>
+          <t>Kitabın Kulları</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789751010247</t>
+          <t>9789751028280</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Bir Dosttan Pusulalar</t>
+          <t>Mevlana’dan Sonra Mevlevilik</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>230</v>
+        <v>975</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789751013873</t>
+          <t>9789751016447</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Gökyüzü</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>45</v>
+        <v>135</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789751029065</t>
+          <t>9789751019646</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Bijuteri</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>20</v>
+        <v>135</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789751023490</t>
+          <t>9789751030870</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Yasemin Bir Kadının Trajik Yaşam Öyküsü</t>
+          <t>Bu Bizim Hayatımız</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>15</v>
+        <v>640</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789751025944</t>
+          <t>9789751013118</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Belirleyici</t>
+          <t>Bir Yumak İnsan</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789751014023</t>
+          <t>9789751023858</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Bekar Erkeklerin Küçük El Kitabı Okumaları, Hatırlamaları ve Paylaşmaları İçin; Öneriler, Gözlemler ve Andaçlar</t>
+          <t>Bir Parçadan Diğerine François L’Yvonnet ile Söyleşi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789751021793</t>
+          <t>9789751028860</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Bebek ve Çocuk Bakımı (Ciltli)</t>
+          <t>Bir Ömür Boyunca</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>545</v>
+        <v>870</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789751021755</t>
+          <t>9789751021830</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Bebek Astrolojisi</t>
+          <t>Bir Karakafa İçin Balad</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789751021526</t>
+          <t>9789751020307</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Bayan Ölüm Chat Odasında</t>
+          <t>Bir Kadın, Bir Erkek Bir Levrek İskeleti</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789751023254</t>
+          <t>9789751022189</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Ben Milletvekili İken</t>
+          <t>Bir Görünmezin Portresi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789751013606</t>
+          <t>9789751010247</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Başöğretmenli Yıllar</t>
+          <t>Bir Dosttan Pusulalar</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>30</v>
+        <v>270</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789751024220</t>
+          <t>9789751013873</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Basketbol Teknik-Taktik-Kondisyon</t>
+          <t>Bir Avuç Gökyüzü</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>230</v>
+        <v>55</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789751026941</t>
+          <t>9789751029065</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Barbaros</t>
+          <t>Bijuteri</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789751021434</t>
+          <t>9789751023490</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Banka</t>
+          <t>Benim Adım Yasemin Bir Kadının Trajik Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789751021519</t>
+          <t>9789751025944</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Bana Veda Etme</t>
+          <t>Belirleyici</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789751007544</t>
+          <t>9789751014023</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Bahardan Hazana Esintiler</t>
+          <t>Bekar Erkeklerin Küçük El Kitabı Okumaları, Hatırlamaları ve Paylaşmaları İçin; Öneriler, Gözlemler ve Andaçlar</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789751023117</t>
+          <t>9789751021793</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Bebek ve Çocuk Bakımı (Ciltli)</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>125</v>
+        <v>655</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789751023506</t>
+          <t>9789751021755</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Kızları Rock’n Roll Öyküleri</t>
+          <t>Bebek Astrolojisi</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789751028822</t>
+          <t>9789751021526</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Peçe</t>
+          <t>Bayan Ölüm Chat Odasında</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789751025845</t>
+          <t>9789751023254</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Bakir İntiharlar</t>
+          <t>Ben Milletvekili İken</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>45</v>
+        <v>115</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789751016331</t>
+          <t>9789751013606</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Aleladelik Çağı Kayıp Kuşak 1</t>
+          <t>Başöğretmenli Yıllar</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789751021816</t>
+          <t>9789751024220</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Akantaş Bulunuşundan Üflemeye Uygulamalı Cam Teknikleri</t>
+          <t>Basketbol Teknik-Taktik-Kondisyon</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>20</v>
+        <v>230</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789751010865</t>
+          <t>9789751026941</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Ak Üstünde Karalar Kitapların Tarihi</t>
+          <t>Barbaros</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789751023346</t>
+          <t>9789751021434</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Aileni Kot ve Kadifeyle Giydir</t>
+          <t>Banka</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789751024992</t>
+          <t>9789751021519</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu</t>
+          <t>Bana Veda Etme</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>50</v>
+        <v>145</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789751000385</t>
+          <t>9789751007544</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Aile Albümü</t>
+          <t>Bahardan Hazana Esintiler</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789751032843</t>
+          <t>9789751023117</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Michael Freeman’ın Dijital Fotoğraf Okulu (4’lü Kutu) (Ciltli)</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>640</v>
+        <v>150</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789751002785</t>
+          <t>9789751023506</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Briç</t>
+          <t>Babalar ve Kızları Rock’n Roll Öyküleri</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>170</v>
+        <v>40</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789751002679</t>
+          <t>9789751028822</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Acı Yıllar</t>
+          <t>Aynadaki Peçe</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789751019998</t>
+          <t>9789751025845</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>2012: Marduk’la Randevu 2012: Ejderhanın Yılı</t>
+          <t>Bakir İntiharlar</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>230</v>
+        <v>55</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789751005236</t>
+          <t>9789751016331</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>2000 Yeni Trafik ve Çevre Motor İlk Yardım Bilgisi</t>
+          <t>Aleladelik Çağı Kayıp Kuşak 1</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789751017383</t>
+          <t>9789751021816</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>17 Ağustos Sonrası Marmara’da Deprem Riski</t>
+          <t>Akantaş Bulunuşundan Üflemeye Uygulamalı Cam Teknikleri</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789751023483</t>
+          <t>9789751010865</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Briç Dünyasına Giriş Yeni Başlamak İsteyenler İçin</t>
+          <t>Ak Üstünde Karalar Kitapların Tarihi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789751017659</t>
+          <t>9789751023346</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>1,2,3,4,5,6,7,8,9,10</t>
+          <t>Aileni Kot ve Kadifeyle Giydir</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789751021311</t>
+          <t>9789751024992</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Aferin İyiydin...</t>
+          <t>Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789751036421</t>
+          <t>9789751000385</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Kitabı</t>
+          <t>Aile Albümü</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>285</v>
+        <v>75</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789751034878</t>
+          <t>9789751032843</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Özledim Seni</t>
+          <t>A’dan Z’ye Michael Freeman’ın Dijital Fotoğraf Okulu (4’lü Kutu) (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>95</v>
+        <v>640</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789751034908</t>
+          <t>9789751002785</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Büyümek Güzeldir</t>
+          <t>A’dan Z’ye Briç</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789751034861</t>
+          <t>9789751002679</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Kalbim Kırıldı</t>
+          <t>Acı Yıllar</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>95</v>
+        <v>40</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789751034724</t>
+          <t>9789751019998</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Aşkımın Beden Dili</t>
+          <t>2012: Marduk’la Randevu 2012: Ejderhanın Yılı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789751037565</t>
+          <t>9789751005236</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Yaratık</t>
+          <t>2000 Yeni Trafik ve Çevre Motor İlk Yardım Bilgisi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>465</v>
+        <v>420</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789751035837</t>
+          <t>9789751017383</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Mandala Fantastik</t>
+          <t>17 Ağustos Sonrası Marmara’da Deprem Riski</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789751006196</t>
+          <t>9789751023483</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Kazanmanın Yeni Dinamiği</t>
+          <t>100 Soruda Briç Dünyasına Giriş Yeni Başlamak İsteyenler İçin</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789751037237</t>
+          <t>9789751017659</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Bir Fikrin mi Var?</t>
+          <t>1,2,3,4,5,6,7,8,9,10</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789751033697</t>
+          <t>9789751021311</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Saklı Tarih (3 Kitap Set)</t>
+          <t>Aferin İyiydin...</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>470</v>
+        <v>55</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789751033840</t>
+          <t>9789751036421</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Carpe Diem An'ı Yaşa, Esir Olma</t>
+          <t>Yaşam Kitabı</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789751035547</t>
+          <t>9789751034878</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Sayfalar</t>
+          <t>Pepee - Özledim Seni</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>180</v>
+        <v>115</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789751035387</t>
+          <t>9789751034908</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Anahtarı</t>
+          <t>Pepee - Büyümek Güzeldir</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>180</v>
+        <v>115</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789751035172</t>
+          <t>9789751034861</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Sevgili Prenses</t>
+          <t>Pepee - Kalbim Kırıldı</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>50</v>
+        <v>115</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789751035196</t>
+          <t>9789751034724</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Sevgili Pehlivan</t>
+          <t>Aşkımın Beden Dili</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>50</v>
+        <v>195</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789751034953</t>
+          <t>9789751037565</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Yaşasın Yoğurt Yemek</t>
+          <t>Yaratık</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>95</v>
+        <v>560</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789751034946</t>
+          <t>9789751035837</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Yaşasın Uyumak</t>
+          <t>Mandala Fantastik</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789751034939</t>
+          <t>9789751006196</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Yaşasın Saç Kestirmek</t>
+          <t>Kazanmanın Yeni Dinamiği</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789751034922</t>
+          <t>9789751037237</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Yaşasın Diş Fırçalamak</t>
+          <t>Bir Fikrin mi Var?</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789751035189</t>
+          <t>9789751033697</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Sevgili Korsan</t>
+          <t>Saklı Tarih (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>50</v>
+        <v>470</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789751035097</t>
+          <t>9789751033840</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Leliko - İstediğin Renge Boya</t>
+          <t>Carpe Diem An'ı Yaşa, Esir Olma</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>55</v>
+        <v>280</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789751035103</t>
+          <t>9789751035547</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Leliko - Doya Doya Boya</t>
+          <t>İstanbul’dan Sayfalar</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>55</v>
+        <v>220</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789751034977</t>
+          <t>9789751035387</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Yaşasın Yüzmek</t>
+          <t>Kalbin Anahtarı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789751004055</t>
+          <t>9789751035172</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Sistematik Antreman</t>
+          <t>Pepee - Sevgili Prenses</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789751016171</t>
+          <t>9789751035196</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Postmodernist Tahayyüle İtirazlar</t>
+          <t>Pepee - Sevgili Pehlivan</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789751032911</t>
+          <t>9789751034953</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Kaosta Kıble Arayışı</t>
+          <t>Pepee - Yaşasın Yoğurt Yemek</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>85</v>
+        <v>115</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789751023339</t>
+          <t>9789751034946</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Peçeli Krallık</t>
+          <t>Pepee - Yaşasın Uyumak</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>25</v>
+        <v>115</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789751023865</t>
+          <t>9789751034939</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Pazar Saat: 21:18</t>
+          <t>Pepee - Yaşasın Saç Kestirmek</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>20</v>
+        <v>115</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789751007575</t>
+          <t>9789751034922</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Özlem Denizi</t>
+          <t>Pepee - Yaşasın Diş Fırçalamak</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>15</v>
+        <v>115</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789751028693</t>
+          <t>9789751035189</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Özel Çocuklar ve Terapi Yöntemleri</t>
+          <t>Pepee - Sevgili Korsan</t>
         </is>
       </c>
       <c r="C953" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789751024213</t>
+          <t>9789751035097</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Türkçe ve Kompozisyon Bilgileri</t>
+          <t>Leliko - İstediğin Renge Boya</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789751025425</t>
+          <t>9789751035103</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün 50. Yılında Belgelerle Reşat Nuri Güntekin</t>
+          <t>Leliko - Doya Doya Boya</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789751023315</t>
+          <t>9789751034977</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Ölsek Biz de Üzülürdük</t>
+          <t>Pepee - Yaşasın Yüzmek</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>45</v>
+        <v>115</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789751031419</t>
+          <t>9789751004055</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Çocukları Birlikte Eğitelim</t>
+          <t>Satrançta Sistematik Antreman</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789751022479</t>
+          <t>9789751016171</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Ortak Payda Yeşil-Kırmızı Kırmızı-Yeşil Denemeler</t>
+          <t>Postmodernist Tahayyüle İtirazlar</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789751002068</t>
+          <t>9789751032911</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Her Genç Kızın Yaşam Rehberi</t>
+          <t>Postmodern Kaosta Kıble Arayışı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>125</v>
+        <v>105</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789751021618</t>
+          <t>9789751023339</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Her - 2</t>
+          <t>Peçeli Krallık</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789751023285</t>
+          <t>9789751023865</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Bir Gün</t>
+          <t>Pazar Saat: 21:18</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789751026408</t>
+          <t>9789751007575</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı Fandango</t>
+          <t>Özlem Denizi</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789751029034</t>
+          <t>9789751028693</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Harem Hayatı</t>
+          <t>Özel Çocuklar ve Terapi Yöntemleri</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789751023223</t>
+          <t>9789751024213</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Gülden Kale Düştü</t>
+          <t>Örneklerle Türkçe ve Kompozisyon Bilgileri</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789751029812</t>
+          <t>9789751025425</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Hikayeleri - Yeraltında Dünya Var</t>
+          <t>Ölümünün 50. Yılında Belgelerle Reşat Nuri Güntekin</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>480</v>
+        <v>55</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789751030269</t>
+          <t>9789751023315</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Guguklu Saat</t>
+          <t>Ölsek Biz de Üzülürdük</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>310</v>
+        <v>55</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789751019110</t>
+          <t>9789751031419</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Göz Ucuyla</t>
+          <t>Otizmli Çocukları Birlikte Eğitelim</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789751001207</t>
+          <t>9789751022479</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Gölgeli Bahçe</t>
+          <t>Ortak Payda Yeşil-Kırmızı Kırmızı-Yeşil Denemeler</t>
         </is>
       </c>
       <c r="C968" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789751016997</t>
+          <t>9789751002068</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Gölgesi Portreler</t>
+          <t>Her Genç Kızın Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789751020857</t>
+          <t>9789751021618</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Her - 2</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789751026705</t>
+          <t>9789751023285</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Gelin Dünyamızı Kurtaralım</t>
+          <t>Günlerden Bir Gün</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789751019721</t>
+          <t>9789751026408</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Geçip Giderken</t>
+          <t>Günbatımı Fandango</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789751019264</t>
+          <t>9789751029034</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Yakamozu</t>
+          <t>Harem Hayatı</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>40</v>
+        <v>115</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789751024398</t>
+          <t>9789751023223</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Fraternis Kayıp Kitaplar, Gizli Kardeşlik</t>
+          <t>Gülden Kale Düştü</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>245</v>
+        <v>40</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789751025494</t>
+          <t>9789751029812</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein 1. Kitap Mirasyedi</t>
+          <t>Gurbet Hikayeleri - Yeraltında Dünya Var</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>70</v>
+        <v>550</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789751022752</t>
+          <t>9789751030269</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Hikayeleri</t>
+          <t>Guguklu Saat</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>20</v>
+        <v>360</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789751012517</t>
+          <t>9789751019110</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Dönemlerde Yönetim</t>
+          <t>Göz Ucuyla</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789751018571</t>
+          <t>9789751001207</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Yazıları</t>
+          <t>Gölgeli Bahçe</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>30</v>
+        <v>105</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789751018786</t>
+          <t>9789751016997</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Fatima'nın Sırrı</t>
+          <t>Gölgelerin Gölgesi Portreler</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789751015884</t>
+          <t>9789751020857</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Evlilik</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789751021052</t>
+          <t>9789751026705</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Evlenmek İstiyorum Kadınlar İçin Bir Evlilik Kılavuzu</t>
+          <t>Gelin Dünyamızı Kurtaralım</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789751013842</t>
+          <t>9789751019721</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Geçip Giderken</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789751018588</t>
+          <t>9789751019264</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişim Terimleri</t>
+          <t>Gecenin Yakamozu</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789751017451</t>
+          <t>9789751024398</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Güzeli</t>
+          <t>Fraternis Kayıp Kitaplar, Gizli Kardeşlik</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>40</v>
+        <v>295</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789751020017</t>
+          <t>9789751025494</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Enseyi Karartmayın</t>
+          <t>Frankenstein 1. Kitap Mirasyedi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789751023995</t>
+          <t>9789751022752</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Çalıntı</t>
+          <t>Fotoğraf Hikayeleri</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789751018847</t>
+          <t>9789751012517</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Bırakılmış Mektuplar</t>
+          <t>Fırtınalı Dönemlerde Yönetim</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789751017215</t>
+          <t>9789751018571</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Beni Hatırlasın Aşık Veysel Hayatı ve Bütün Şiirleri</t>
+          <t>Felsefe Yazıları</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>310</v>
+        <v>40</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789751025715</t>
+          <t>9789751018786</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Dost Ateşi</t>
+          <t>Fatima'nın Sırrı</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789751014962</t>
+          <t>9789751015884</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Doors to English 1</t>
+          <t>Evlilik</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789751022158</t>
+          <t>9789751021052</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Devamı Hayat</t>
+          <t>Evlenmek İstiyorum Kadınlar İçin Bir Evlilik Kılavuzu</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789751024428</t>
+          <t>9789751013842</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Dev Adımlar</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>285</v>
+        <v>70</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789751004383</t>
+          <t>9789751018588</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Chambers Mini Dictionary 38000 Definitions</t>
+          <t>Etkili İletişim Terimleri</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789751004697</t>
+          <t>9789751017451</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Erguvan Güzeli</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>295</v>
+        <v>40</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789751028655</t>
+          <t>9789751020017</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Cennette Maç</t>
+          <t>Enseyi Karartmayın</t>
         </is>
       </c>
       <c r="C995" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789751023650</t>
+          <t>9789751023995</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Bir Kapı Ötesinde</t>
+          <t>Edebiyatta Çalıntı</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789751004390</t>
+          <t>9789751018847</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Cennet</t>
+          <t>Dünyada Bırakılmış Mektuplar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789751004666</t>
+          <t>9789751017215</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Alevi</t>
+          <t>Dostlar Beni Hatırlasın Aşık Veysel Hayatı ve Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>85</v>
+        <v>375</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789751014597</t>
+          <t>9789751025715</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gözaltı</t>
+          <t>Dost Ateşi</t>
         </is>
       </c>
       <c r="C999" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789751018649</t>
+          <t>9789751014962</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Bütün Tiyatro Eserleri</t>
+          <t>Doors to English 1</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789751015181</t>
+          <t>9789751022158</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Buruk Anılar</t>
+          <t>Devamı Hayat</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789751030610</t>
+          <t>9789751024428</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Saraylısı</t>
+          <t>Dev Adımlar</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>425</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789751031181</t>
+          <t>9789751004383</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Chambers Mini Dictionary 38000 Definitions</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>285</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789751024299</t>
+          <t>9789751004697</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişiminde Yaşanan Sorunlar</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>40</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789751027306</t>
+          <t>9789751028655</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Yapılan Hatalar</t>
+          <t>Cennette Maç</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789751014504</t>
+          <t>9789751023650</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Çizmeci</t>
+          <t>Cennetin Bir Kapı Ötesinde</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>20</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789751026064</t>
+          <t>9789751004390</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>CSI: Miami Florida’ya Kaçış</t>
+          <t>Cennet</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789751027283</t>
+          <t>9789751004666</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>CSI Miami: Tarikat Avcıları</t>
+          <t>Cehennem Alevi</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>20</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789751026828</t>
+          <t>9789751014597</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Fırtına</t>
+          <t>Büyük Gözaltı</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789751011114</t>
+          <t>9789751018649</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Çin Mutfağından Seçmeler</t>
+          <t>Bütün Tiyatro Eserleri</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789751023025</t>
+          <t>9789751015181</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>İmla (Yazım) Kılavuzu</t>
+          <t>Buruk Anılar</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789751027627</t>
+          <t>9789751030610</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde İngilizce - Türkçe Türkçe - İngilizce Sözlük</t>
+          <t>Bugünün Saraylısı</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789751027665</t>
+          <t>9789751031181</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Yazım Kılavuzu</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>55</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789751027641</t>
+          <t>9789751024299</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Türkçe Sözlük</t>
+          <t>Çocuk Gelişiminde Yaşanan Sorunlar</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789751000507</t>
+          <t>9789751027306</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okullar İçin Yeni Türkçe Sözlük</t>
+          <t>Çocuk Eğitiminde Yapılan Hatalar</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789751027658</t>
+          <t>9789751014504</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Çizmeci</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789751021984</t>
+          <t>9789751026064</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kızışma</t>
+          <t>CSI: Miami Florida’ya Kaçış</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789751022127</t>
+          <t>9789751027283</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kıskançlık Öyküleri</t>
+          <t>CSI Miami: Tarikat Avcıları</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789751004222</t>
+          <t>9789751026828</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç ile Tekir Kedi Bir Aşk Öyküsü</t>
+          <t>Sıcak Fırtına</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789751014696</t>
+          <t>9789751011114</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Key Structures in English Pupil’s Guide Book</t>
+          <t>Çin Mutfağından Seçmeler</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789751019653</t>
+          <t>9789751023025</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Kes, Korkak Alıştırma Elini...</t>
+          <t>İmla (Yazım) Kılavuzu</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>20</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789751020413</t>
+          <t>9789751027627</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Kedi ve Fare</t>
+          <t>İlköğretimde İngilizce - Türkçe Türkçe - İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>145</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789751001634</t>
+          <t>9789751027665</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kaybetmek İstemiyorum</t>
+          <t>İlköğretim Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789751025180</t>
+          <t>9789751027641</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Kavram ve Düşünce Tarihi Çalışmaları Kavramlar ve Tarihleri 2</t>
+          <t>İlköğretim Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789751021656</t>
+          <t>9789751000507</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Kavak Yelleri ve Kasırgalar</t>
+          <t>İlköğretim Okullar İçin Yeni Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>45</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789751028341</t>
+          <t>9789751027658</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık İlişkiler</t>
+          <t>İlköğretim Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789751019028</t>
+          <t>9789751021984</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar ve Tarihleri - 1</t>
+          <t>Kızışma</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789751001733</t>
+          <t>9789751022127</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyü</t>
+          <t>Kıskançlık Öyküleri</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789751010681</t>
+          <t>9789751004222</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Kant’ın Yaşamı ve Öğretisi Doğan Özlem’in Bütün Çevirileri 1</t>
+          <t>Kırlangıç ile Tekir Kedi Bir Aşk Öyküsü</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>285</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789751023377</t>
+          <t>9789751014696</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kanlıca’da Çılgın Aşk</t>
+          <t>Key Structures in English Pupil’s Guide Book</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789751028372</t>
+          <t>9789751019653</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Kalem Bahçelerinden Yedi Hayat</t>
+          <t>Kes, Korkak Alıştırma Elini...</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789751015334</t>
+          <t>9789751020413</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kahrolsun Komünizm Diye Diye Globalleşme</t>
+          <t>Kedi ve Fare</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789751018540</t>
+          <t>9789751001634</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kahin Nostradamus’un Romanı Kehanet</t>
+          <t>Kaybetmek İstemiyorum</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789751018557</t>
+          <t>9789751025180</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kahin (Magus) Aldatma 2. Kitap</t>
+          <t>Kavram ve Düşünce Tarihi Çalışmaları Kavramlar ve Tarihleri 2</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789751020208</t>
+          <t>9789751021656</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>Kavak Yelleri ve Kasırgalar</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>145</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789751030252</t>
+          <t>9789751028341</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Tekkesi</t>
+          <t>Karmaşık İlişkiler</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>1100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789751031976</t>
+          <t>9789751019028</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Sağdan Erkekler Soldan</t>
+          <t>Kavramlar ve Tarihleri - 1</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>125</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789751029942</t>
+          <t>9789751001733</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Bana Ait</t>
+          <t>Kara Büyü</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789751024411</t>
+          <t>9789751010681</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Işık ve Ateş</t>
+          <t>Kant’ın Yaşamı ve Öğretisi Doğan Özlem’in Bütün Çevirileri 1</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>55</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789751025029</t>
+          <t>9789751023377</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Fiil Çekimleri</t>
+          <t>Kanlıca’da Çılgın Aşk</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789751027597</t>
+          <t>9789751028372</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>İstila</t>
+          <t>Kalem Bahçelerinden Yedi Hayat</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>295</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789751017369</t>
+          <t>9789751015334</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Şu Köyceğiz Var</t>
+          <t>Kahrolsun Komünizm Diye Diye Globalleşme</t>
         </is>
       </c>
       <c r="C1042" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789751030832</t>
+          <t>9789751018540</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Bir Yüzü</t>
+          <t>Kahin Nostradamus’un Romanı Kehanet</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789751027276</t>
+          <t>9789751018557</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Ölmeden Önce Yapmanız Gereken 101 Şey</t>
+          <t>Kahin (Magus) Aldatma 2. Kitap</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789751024138</t>
+          <t>9789751020208</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>İslam</t>
+          <t>Kahin</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>20</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789751025326</t>
+          <t>9789751030252</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>İpek Böceği Cinayeti Fotoğraflarla Çetin Altan’ın Yaşam Öyküsü (Ciltli)</t>
+          <t>Kadınlar Tekkesi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>20</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789751024749</t>
+          <t>9789751031976</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>İpek Böceği Cinayeti Fotoğraflarla Çetin Altan’ın Yaşam Öyküsü (Ciltli)</t>
+          <t>Kadınlar Sağdan Erkekler Soldan</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789751018960</t>
+          <t>9789751029942</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 7. Sınıf Resim-İş Kitabı</t>
+          <t>Kalbin Bana Ait</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789751018946</t>
+          <t>9789751024411</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 6. Sınıf Resim-İş Kitabı</t>
+          <t>Kadın, Işık ve Ateş</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789751018601</t>
+          <t>9789751025029</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilgin Leonardo</t>
+          <t>İtalyanca Fiil Çekimleri</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789751025159</t>
+          <t>9789751027597</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>İstila</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>45</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789751014351</t>
+          <t>9789751017369</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım</t>
+          <t>İyi ki Şu Köyceğiz Var</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789751018953</t>
+          <t>9789751030832</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 8. Sınıf Resim-İş Kitabı</t>
+          <t>İstanbul’un Bir Yüzü</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>55</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789751012593</t>
+          <t>9789751027276</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>İhsan Benimle Çalışır mısın?</t>
+          <t>İstanbul’da Ölmeden Önce Yapmanız Gereken 101 Şey</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789751025296</t>
+          <t>9789751024138</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Işık Prensesi İkinci Kitap</t>
+          <t>İslam</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789751023797</t>
+          <t>9789751025326</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Işık Prensesi Birinci Kitap</t>
+          <t>İpek Böceği Cinayeti Fotoğraflarla Çetin Altan’ın Yaşam Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789751023827</t>
+          <t>9789751024749</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Hümanizm (İnsancılık) Düşünsel İçlem ve Tarihsel Kökenler</t>
+          <t>İpek Böceği Cinayeti Fotoğraflarla Çetin Altan’ın Yaşam Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789751016959</t>
+          <t>9789751018960</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>İmalat Ansiklopedisi</t>
+          <t>İlköğretim 7. Sınıf Resim-İş Kitabı</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>195</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789751026132</t>
+          <t>9789751018946</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Hız</t>
+          <t>İlköğretim 6. Sınıf Resim-İş Kitabı</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789751014382</t>
+          <t>9789751018601</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Zurnada Peşrev Olmaz</t>
+          <t>İlk Bilgin Leonardo</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>55</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789751022622</t>
+          <t>9789751025159</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Ziya Paşa Hayatı ve Şiirleri</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789751029782</t>
+          <t>9789751014351</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Bahçe</t>
+          <t>İlk Adım</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>625</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789751024916</t>
+          <t>9789751018953</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Yüz</t>
+          <t>İlköğretim 8. Sınıf Resim-İş Kitabı</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>85</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789751014030</t>
+          <t>9789751012593</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Yolculuğa Çıkanların Küçük El Kitabı</t>
+          <t>İhsan Benimle Çalışır mısın?</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789751028068</t>
+          <t>9789751025296</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Yılın En Karanlık Gecesi</t>
+          <t>Işık Prensesi İkinci Kitap</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789751015778</t>
+          <t>9789751023797</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Tanrıçaları</t>
+          <t>Işık Prensesi Birinci Kitap</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789751016355</t>
+          <t>9789751023827</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Yeniklerin Aşkı Kayıp Kuşak 3</t>
+          <t>Hümanizm (İnsancılık) Düşünsel İçlem ve Tarihsel Kökenler</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789751020079</t>
+          <t>9789751016959</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Petrol Düzeni ve Körfez Savaşları</t>
+          <t>İmalat Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>20</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789751020727</t>
+          <t>9789751026132</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Yazıya Hazırlık Resimli - Uygulamalı Çizgi Çalışmaları 4 - 5 Yaş Grubu İçin</t>
+          <t>Hız</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789751020734</t>
+          <t>9789751014382</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Yazıya Hazırlık Ana Okulu Resimli - Uygulamalı Çizgi Çalışmaları 5 - 6 Yaş Grubu İçin</t>
+          <t>Zurnada Peşrev Olmaz</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789751016201</t>
+          <t>9789751022622</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Basında Haber ve Habercilik Etik’i</t>
+          <t>Ziya Paşa Hayatı ve Şiirleri</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789751014306</t>
+          <t>9789751029782</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Yüzen Bahçe</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>25</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789751048349</t>
+          <t>9789751024916</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yama</t>
+          <t>Yüz</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>430</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789751048066</t>
+          <t>9789751014030</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Yolculuğa Çıkanların Küçük El Kitabı</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>595</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789751048325</t>
+          <t>9789751028068</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım Mimoza</t>
+          <t>Yılın En Karanlık Gecesi</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>265</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789751047915</t>
+          <t>9789751015778</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Yatırımın Altın Anahtarı</t>
+          <t>Yeryüzü Tanrıçaları</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>400</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789751048110</t>
+          <t>9789751016355</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreten Hikayeler 2 - Türkçe-İspanyolca</t>
+          <t>Yeniklerin Aşkı Kayıp Kuşak 3</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>285</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789751047809</t>
+          <t>9789751020079</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Dansı</t>
+          <t>Yeni Dünya Petrol Düzeni ve Körfez Savaşları</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>625</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789751048103</t>
+          <t>9789751020727</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreten Hikayeler 2 – Türkçe - Almanca</t>
+          <t>Yazıya Hazırlık Resimli - Uygulamalı Çizgi Çalışmaları 4 - 5 Yaş Grubu İçin</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>285</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789751047717</t>
+          <t>9789751020734</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>1789 Fransız Devrimi</t>
+          <t>Yazıya Hazırlık Ana Okulu Resimli - Uygulamalı Çizgi Çalışmaları 5 - 6 Yaş Grubu İçin</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789751047311</t>
+          <t>9789751016201</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Gwendy'nin Son Görevi</t>
+          <t>Yazılı Basında Haber ve Habercilik Etik’i</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789751026736</t>
+          <t>9789751014306</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşorlar</t>
+          <t>Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786259463063</t>
+          <t>9789751048349</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Faruk ve Viri Viri Biberi</t>
+          <t>Kırk Yama</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>330</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789751047786</t>
+          <t>9789751048066</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Son Kuşlar - Livaneli Kitaplığı</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>110</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789751047779</t>
+          <t>9789751048325</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Semaver - Livaneli Kitaplığı</t>
+          <t>Hayal Ağacım Mimoza</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789751047762</t>
+          <t>9789751047915</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Kahvesi - Livaneli Kitaplığı</t>
+          <t>Yatırımın Altın Anahtarı</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789751047755</t>
+          <t>9789751048110</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam - Livaneli Kitaplığı</t>
+          <t>Dil Öğreten Hikayeler 2 - Türkçe-İspanyolca</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>110</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789751047748</t>
+          <t>9789751047809</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Alemdağ’da Var Bir Yılan - Livaneli Kitaplığı</t>
+          <t>Ölüm Dansı</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>110</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789751046222</t>
+          <t>9789751048103</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Gwendy’nin Sihirli Tüyü</t>
+          <t>Dil Öğreten Hikayeler 2 – Türkçe - Almanca</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789751047663</t>
+          <t>9789751047717</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Ben Gülüyor Muyum?</t>
+          <t>1789 Fransız Devrimi</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789751047687</t>
+          <t>9789751047311</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç</t>
+          <t>Gwendy'nin Son Görevi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>375</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789751029027</t>
+          <t>9789751026736</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Karabasanlar 2</t>
+          <t>Üç Silahşorlar</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786259843919</t>
+          <t>9786259463063</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Aslında İmkansız Yoktur</t>
+          <t>Faruk ve Viri Viri Biberi</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789751040886</t>
+          <t>9789751047786</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Tebrikler Kovuldunuz!</t>
+          <t>Son Kuşlar - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>295</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789751047342</t>
+          <t>9789751047779</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>İlk Türk Kadın Hekim Safiye Ali</t>
+          <t>Semaver - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>330</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789751046079</t>
+          <t>9789751047762</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Gümüş Ustaları</t>
+          <t>Mahalle Kahvesi - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>1320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789751047656</t>
+          <t>9789751047755</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreten Hikayeler 2</t>
+          <t>Lüzumsuz Adam - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789751047700</t>
+          <t>9789751047748</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yapılmalı?</t>
+          <t>Alemdağ’da Var Bir Yılan - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789751030900</t>
+          <t>9789751046222</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Sakın Aldanma, İnanma, Kanma</t>
+          <t>Gwendy’nin Sihirli Tüyü</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789751047588</t>
+          <t>9789751047663</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Ayıp Payı</t>
+          <t>Ben Gülüyor Muyum?</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789751047441</t>
+          <t>9789751047687</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimiz &amp; Paris Notları</t>
+          <t>Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>530</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789751035714</t>
+          <t>9789751029027</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Özgürlük Arayışı</t>
+          <t>Rüyalar ve Karabasanlar 2</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>70</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789751014263</t>
+          <t>9786259843919</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>İlkçağda Türkiye Halkı</t>
+          <t>Aslında İmkansız Yoktur</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>760</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789751044679</t>
+          <t>9789751040886</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma-Fih</t>
+          <t>Tebrikler Kovuldunuz!</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>480</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789751043993</t>
+          <t>9789751047342</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın Sırtında</t>
+          <t>İlk Türk Kadın Hekim Safiye Ali</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>415</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789751042804</t>
+          <t>9789751046079</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek 12 Buçuk Günde İngilizce Öğrenmek İster Misin?</t>
+          <t>Ermeni Gümüş Ustaları</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>465</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789751048776</t>
+          <t>9789751047656</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Sönmüş Yıldızlar</t>
+          <t>Dil Öğreten Hikayeler 2</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789751049032</t>
+          <t>9789751047700</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Leyla ile Mecnun</t>
+          <t>Nasıl Yapılmalı?</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789751048790</t>
+          <t>9789751030900</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Kızılcık Dalları</t>
+          <t>Sakın Aldanma, İnanma, Kanma</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789751032607</t>
+          <t>9789751047588</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Hadiye'ye Mektuplar</t>
+          <t>Ayıp Payı</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789751015426</t>
+          <t>9789751047441</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Eski Ahbap (Gençler İçin)</t>
+          <t>Cumhuriyetimiz &amp; Paris Notları</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>230</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789751048523</t>
+          <t>9789751035714</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>İnsanın Özgürlük Arayışı</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>310</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789751048721</t>
+          <t>9789751014263</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Damga</t>
+          <t>İlkçağda Türkiye Halkı</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>330</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789751015433</t>
+          <t>9789751044679</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Akşam Güneşi (Gençler İçin)</t>
+          <t>Fihi Ma-Fih</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>255</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789751039897</t>
+          <t>9789751043993</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Fırat - Maykıl Co</t>
+          <t>Kaplanın Sırtında</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>215</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789751039644</t>
+          <t>9789751042804</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Tüyü Var Sende</t>
+          <t>Eğlenerek 12 Buçuk Günde İngilizce Öğrenmek İster Misin?</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>310</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789751039385</t>
+          <t>9789751048776</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Anladım</t>
+          <t>Sönmüş Yıldızlar</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789751039415</t>
+          <t>9789751049032</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Sahiler Düş Düşler Sahi</t>
+          <t>Leyla ile Mecnun</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789751039828</t>
+          <t>9789751048790</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Seba - Beşiktaş'ın Dervişi</t>
+          <t>Kızılcık Dalları</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789751038586</t>
+          <t>9789751032607</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Deniz Savaşları - Türk Tarihinin Yönünü Değiştiren Savaşlar 2</t>
+          <t>Hadiye'ye Mektuplar</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>415</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789751019493</t>
+          <t>9789751015426</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Sözlüklü Çince - Türkçe Konuşma Kılavuzu</t>
+          <t>Eski Ahbap (Gençler İçin)</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789751019295</t>
+          <t>9789751048523</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Sözlüklü Almanca Konuşma Kılavuzu</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789751011039</t>
+          <t>9789751048721</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Sorguç</t>
+          <t>Damga</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>495</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789751020444</t>
+          <t>9789751015433</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Son Hazaryalı</t>
+          <t>Akşam Güneşi (Gençler İçin)</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789751017499</t>
+          <t>9789751039897</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Son Çakal</t>
+          <t>Fırat - Maykıl Co</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789751005588</t>
+          <t>9789751039644</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Sizin İçin İtalyanca</t>
+          <t>Şeytan Tüyü Var Sende</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789751020116</t>
+          <t>9789751039385</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Sır Duvarları</t>
+          <t>Anladım</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>385</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789751028464</t>
+          <t>9789751039415</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Sınır Ötesi</t>
+          <t>Sahiler Düş Düşler Sahi</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>415</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789751010506</t>
+          <t>9789751039828</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Arkadaşım Atatürk Okul ve Genç Subaylık Anıları</t>
+          <t>Süleyman Seba - Beşiktaş'ın Dervişi</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>245</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789751022233</t>
+          <t>9789751038586</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Sevdim Bir Genç Kadını</t>
+          <t>Deniz Savaşları - Türk Tarihinin Yönünü Değiştiren Savaşlar 2</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789751023568</t>
+          <t>9789751019493</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Seramik</t>
+          <t>Sözlüklü Çince - Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789751024985</t>
+          <t>9789751019295</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Hikayeler</t>
+          <t>Sözlüklü Almanca Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>85</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789751018236</t>
+          <t>9789751011039</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Sebze Yemekleri (Ciltli)</t>
+          <t>Sorguç</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>375</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789751003973</t>
+          <t>9789751020444</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Strateji ve Açılış Teorisi Ansiklopedisi</t>
+          <t>Son Hazaryalı</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789751005281</t>
+          <t>9789751017499</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Kale Finalleri</t>
+          <t>Son Çakal</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789751000361</t>
+          <t>9789751005588</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Satranç Rehberi</t>
+          <t>Sizin İçin İtalyanca</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789751007124</t>
+          <t>9789751020116</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğretici Oyunlar</t>
+          <t>Sır Duvarları</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>160</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789751017413</t>
+          <t>9789751028464</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Satranç Kitabım</t>
+          <t>Sınır Ötesi</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>205</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789751009074</t>
+          <t>9789751010506</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Satranç Eğitim Metodu</t>
+          <t>Sınıf Arkadaşım Atatürk Okul ve Genç Subaylık Anıları</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789751000828</t>
+          <t>9789751022233</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Satrancın Esasları</t>
+          <t>Sevdim Bir Genç Kadını</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789751027030</t>
+          <t>9789751023568</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ülkesi</t>
+          <t>Seramik</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789751030740</t>
+          <t>9789751024985</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Anatomi Tekniklerine Dair Her Şey</t>
+          <t>Seçilmiş Hikayeler</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>205</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789751030375</t>
+          <t>9789751018236</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının El Kitabı</t>
+          <t>Sebze Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789751031273</t>
+          <t>9789751003973</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Sanat Ontolojisi</t>
+          <t>Satrançta Strateji ve Açılış Teorisi Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789751027191</t>
+          <t>9789751005281</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kitabı (Görsel Rehberler Serisi)</t>
+          <t>Satrançta Kale Finalleri</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789751015952</t>
+          <t>9789751000361</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan 3 Sözüm ki Tek Sana Geçmez Celladımsın Ey Zaman</t>
+          <t>Satranç Rehberi</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>520</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789751015501</t>
+          <t>9789751007124</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan 2 Ya İpek Urgan, Ya Gümüş Hançer</t>
+          <t>Satranç Öğretici Oyunlar</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>415</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789751020956</t>
+          <t>9789751017413</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçek</t>
+          <t>Satranç Kitabım</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789751019080</t>
+          <t>9789751009074</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Rüstem Paşa</t>
+          <t>Satranç Eğitim Metodu</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789751031013</t>
+          <t>9789751000828</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste ve Diğer Eserleri</t>
+          <t>Satrancın Esasları</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789751025890</t>
+          <t>9789751027030</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Ruh İkizi</t>
+          <t>Satranç Ülkesi</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789751028884</t>
+          <t>9789751030740</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Sanatsal Anatomi Tekniklerine Dair Her Şey</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>385</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789751016782</t>
+          <t>9789751030375</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Resimli ve Haritalı Dünya Coğrafyası (Ciltli)</t>
+          <t>Sanatçının El Kitabı</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>1905</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789751028174</t>
+          <t>9789751031273</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Resimli ve Açıklamalı Dünya Coğrafya Atlası ve Türkiye’nin Ekolojik Bölgeleri</t>
+          <t>Sanat Ontolojisi</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>400</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789751027801</t>
+          <t>9789751027191</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Resimli İngilizce-Türkçe / Türkçe-İngilizce Sözlük</t>
+          <t>Sanat Kitabı (Görsel Rehberler Serisi)</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>435</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789751011923</t>
+          <t>9789751015952</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Atatürk Hayatı ve Devrimleri</t>
+          <t>Safiye Sultan 3 Sözüm ki Tek Sana Geçmez Celladımsın Ey Zaman</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>85</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789751007551</t>
+          <t>9789751015501</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Resim Kolay Çizim Yolları Görsel Eğitim</t>
+          <t>Safiye Sultan 2 Ya İpek Urgan, Ya Gümüş Hançer</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789751014412</t>
+          <t>9789751020956</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Resim - Heykel ve Plastik Ögeler Resimli-Açıklamalı Arabesk / Ritim / Simetri / Assimetri / Denge / Proporsiyon / Rakursi</t>
+          <t>Saklı Gerçek</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789751005762</t>
+          <t>9789751019080</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Armoni Kuralları</t>
+          <t>Rüstem Paşa</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789751003614</t>
+          <t>9789751031013</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Dünya Şampiyonluğu</t>
+          <t>Rübab-ı Şikeste ve Diğer Eserleri</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789751001016</t>
+          <t>9789751025890</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs 23 Nisan 30 Ağustos ve 29 Ekim Şiirleri</t>
+          <t>Ruh İkizi</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789751030214</t>
+          <t>9789751028884</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Ağlıyor</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>310</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789751022530</t>
+          <t>9789751016782</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Sağlıklı Yaşatan Yemekler</t>
+          <t>Resimli ve Haritalı Dünya Coğrafyası (Ciltli)</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>350</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789751026033</t>
+          <t>9789751028174</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Mutfakta Annem Var!</t>
+          <t>Resimli ve Açıklamalı Dünya Coğrafya Atlası ve Türkiye’nin Ekolojik Bölgeleri</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>245</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789751000996</t>
+          <t>9789751027801</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak, Sevmek ve Öğrenmek</t>
+          <t>Resimli İngilizce-Türkçe / Türkçe-İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>310</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789751017567</t>
+          <t>9789751011923</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Yargıç</t>
+          <t>Resimlerle Atatürk Hayatı ve Devrimleri</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>245</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789751014276</t>
+          <t>9789751007551</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Yanık Yüz</t>
+          <t>Resim Kolay Çizim Yolları Görsel Eğitim</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789751012678</t>
+          <t>9789751014412</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Fotoğrafçılık</t>
+          <t>Resim - Heykel ve Plastik Ögeler Resimli-Açıklamalı Arabesk / Ritim / Simetri / Assimetri / Denge / Proporsiyon / Rakursi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789751025784</t>
+          <t>9789751005762</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Yağlıboya Tekniklerine Dair Her Şey</t>
+          <t>Renk ve Armoni Kuralları</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789751004314</t>
+          <t>9789751003614</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Yağlıboya Resim Tekniği</t>
+          <t>Satrançta Dünya Şampiyonluğu</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789751007179</t>
+          <t>9789751001016</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Dilbilgisi Alıştırma Defteri</t>
+          <t>19 Mayıs 23 Nisan 30 Ağustos ve 29 Ekim Şiirleri</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>145</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789751002471</t>
+          <t>9789751030214</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Manakıb-ı Hünkar Hacı Bektaş’ı Veli Vilayet-name</t>
+          <t>Yavuz Sultan Selim Ağlıyor</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789751000965</t>
+          <t>9789751022530</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Vecizeler Gazi Mustafa Kemal Atatürk</t>
+          <t>Yaşasın Sağlıklı Yaşatan Yemekler</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>125</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789751023100</t>
+          <t>9789751026033</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Yönetmenlerden Sinema Dersleri</t>
+          <t>Yaşasın Mutfakta Annem Var!</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789751047670</t>
+          <t>9789751000996</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Üç Nesil Üç Hayat</t>
+          <t>Yaşamak, Sevmek ve Öğrenmek</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9789751020246</t>
+          <t>9789751017567</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Üç Dinin Başkenti İstanbul (Ciltli)</t>
+          <t>Yargıç</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789751014313</t>
+          <t>9789751014276</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Yemek Yapma Temel Tekniği</t>
+          <t>Yanık Yüz</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9789751033345</t>
+          <t>9789751012678</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Yaratıcı Fotoğrafçılık</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789751005397</t>
+          <t>9789751025784</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Tarihsel Adlar</t>
+          <t>Yağlıboya Tekniklerine Dair Her Şey</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789751012258</t>
+          <t>9789751004314</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Halkının Ortaçağ Tarihi Türkiye Türkleri Ulusunun Oluşması</t>
+          <t>Yağlıboya Resim Tekniği</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>505</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789751032034</t>
+          <t>9789751007179</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Deniz Canlıları Rehberi (Ciltli)</t>
+          <t>Yabancılar İçin Dilbilgisi Alıştırma Defteri</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789751026446</t>
+          <t>9789751002471</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Bölgesel Coğrafyası (Ciltli)</t>
+          <t>Manakıb-ı Hünkar Hacı Bektaş’ı Veli Vilayet-name</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>1995</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789751028273</t>
+          <t>9789751000965</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Öykü</t>
+          <t>Vecizeler Gazi Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9789751003232</t>
+          <t>9789751023100</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Fransızca Sözlük (Ciltli)</t>
+          <t>Ünlü Yönetmenlerden Sinema Dersleri</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>980</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789751004932</t>
+          <t>9789751047670</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Fransızca Sözlük</t>
+          <t>Üç Nesil Üç Hayat</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789751027146</t>
+          <t>9789751020246</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Türk Uygarlığı Tarihi</t>
+          <t>Üç Dinin Başkenti İstanbul (Ciltli)</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9789751032768</t>
+          <t>9789751014313</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinema Tarihi</t>
+          <t>Uygulamalı Yemek Yapma Temel Tekniği</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9789751024855</t>
+          <t>9789751033345</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Bilenler İçin Almanca Temel Dilbilgisi 1</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>580</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789751005502</t>
+          <t>9789751005397</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatı El Kitabı İslam Öncesi Sanat, Mimari, Hat, Kumaş, Çini, Keramik, Minyatür</t>
+          <t>Türkiye’deki Tarihsel Adlar</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789751005649</t>
+          <t>9789751012258</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisinin 100 Bestekarı</t>
+          <t>Türkiye Halkının Ortaçağ Tarihi Türkiye Türkleri Ulusunun Oluşması</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>385</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789751052247</t>
+          <t>9789751032034</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatından Seçme Parçalar</t>
+          <t>Türkiye Deniz Canlıları Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>795</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789751028075</t>
+          <t>9789751026446</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hikaye ve Roman 1</t>
+          <t>Türkiye Bölgesel Coğrafyası (Ciltli)</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>360</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789751022592</t>
+          <t>9789751028273</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi Cilt 1 (Ciltli)</t>
+          <t>Türkçede Öykü</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789751018823</t>
+          <t>9789751003232</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Troia</t>
+          <t>Türkçe Fransızca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>100</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789751027856</t>
+          <t>9789751004932</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Türkçe - Fransızca Sözlük</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789751016300</t>
+          <t>9789751027146</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>The Christmas Snow Stage 1</t>
+          <t>Türk Uygarlığı Tarihi</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789751023193</t>
+          <t>9789751032768</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Tercih</t>
+          <t>Türk Sinema Tarihi</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789751010933</t>
+          <t>9789751024855</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Temel Fotoğraf Bilgileri</t>
+          <t>Türkçe Bilenler İçin Almanca Temel Dilbilgisi 1</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>215</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789751025487</t>
+          <t>9789751005502</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Taze Ekmekler Sıcak Öyküler</t>
+          <t>Türk Sanatı El Kitabı İslam Öncesi Sanat, Mimari, Hat, Kumaş, Çini, Keramik, Minyatür</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789751018830</t>
+          <t>9789751005649</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Tatlılar (Ciltli)</t>
+          <t>Türk Musikisinin 100 Bestekarı</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789751019073</t>
+          <t>9789751052247</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Taş Plak</t>
+          <t>Türk Edebiyatından Seçme Parçalar</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>145</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789751023735</t>
+          <t>9789751028075</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi</t>
+          <t>Türk Edebiyatında Hikaye ve Roman 1</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789751020147</t>
+          <t>9789751022592</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’yı Tanımak Büyük Gizeme Ruhsal Yolculuk</t>
+          <t>Türk Edebiyatı Tarihi Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789751022844</t>
+          <t>9789751018823</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Şimdinin Dar Odası</t>
+          <t>Troia</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789751023353</t>
+          <t>9789751027856</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Şifre: Freya</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789751030993</t>
+          <t>9789751016300</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Şifalı, Tıbbi ve Yararlı Bitkiler</t>
+          <t>The Christmas Snow Stage 1</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789751012210</t>
+          <t>9789751023193</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Şeker Hastaları İçin Yemek Kitabı</t>
+          <t>Tercih</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9789751033086</t>
+          <t>9789751010933</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Bahçe</t>
+          <t>Temel Fotoğraf Bilgileri</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>465</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789751032577</t>
+          <t>9789751025487</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Taze Ekmekler Sıcak Öyküler</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789751031716</t>
+          <t>9789751018830</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Şarap Tadımı</t>
+          <t>Tatlılar (Ciltli)</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>660</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789751023155</t>
+          <t>9789751019073</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Şantaj</t>
+          <t>Taş Plak</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789751004949</t>
+          <t>9789751023735</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Briç Süper Beşli Majör</t>
+          <t>Tarihçi</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789751027580</t>
+          <t>9789751020147</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Suluboya Tekniklerine Dair Her Şey</t>
+          <t>Tanrı’yı Tanımak Büyük Gizeme Ruhsal Yolculuk</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>245</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789751003096</t>
+          <t>9789751022844</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Suluboya Resim Tekniği</t>
+          <t>Şimdinin Dar Odası</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789751032171</t>
+          <t>9789751023353</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Sultan Yıldırım Bayezid</t>
+          <t>Şifre: Freya</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789751030382</t>
+          <t>9789751030993</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 2</t>
+          <t>Şifalı, Tıbbi ve Yararlı Bitkiler</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9789751023551</t>
+          <t>9789751012210</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Stensil Baskı</t>
+          <t>Şeker Hastaları İçin Yemek Kitabı</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789751005434</t>
+          <t>9789751033086</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Sözlüklü Rusça Konuşma Kılavuzu</t>
+          <t>Şehirdeki Bahçe</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>145</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789751007377</t>
+          <t>9789751032577</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Sözlüklü İsveç Dili Konuşma Kılavuzu</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789751015013</t>
+          <t>9789751031716</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Sözlüklü İspanyolca Konuşma Kılavuzu Guia de Conversacion Turco-Espanol con Diccionaria</t>
+          <t>Şarap Tadımı</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>640</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789751015242</t>
+          <t>9789751023155</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Maskesi</t>
+          <t>Şantaj</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>495</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789751028662</t>
+          <t>9789751004949</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Standart Portekizce - Türkçe / Türkçe - Portekizce Sözlük (Ciltli)</t>
+          <t>Briç Süper Beşli Majör</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>560</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789751010605</t>
+          <t>9789751027580</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Bilmeceler</t>
+          <t>Suluboya Tekniklerine Dair Her Şey</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789751020512</t>
+          <t>9789751003096</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Lale</t>
+          <t>Suluboya Resim Tekniği</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789751016485</t>
+          <t>9789751032171</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Sultan Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>95</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789751013927</t>
+          <t>9789751030382</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Anılar</t>
+          <t>Sudoku 2</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>420</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789751030344</t>
+          <t>9789751023551</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türklerin Saklı Tarihi</t>
+          <t>Stensil Baskı</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>785</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789751032904</t>
+          <t>9789751005434</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Berberi</t>
+          <t>Sözlüklü Rusça Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789751007537</t>
+          <t>9789751007377</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İçin Bütün Şiirler</t>
+          <t>Sözlüklü İsveç Dili Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789751013552</t>
+          <t>9789751015013</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Çocukları</t>
+          <t>Sözlüklü İspanyolca Konuşma Kılavuzu Guia de Conversacion Turco-Espanol con Diccionaria</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>120</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789751014252</t>
+          <t>9789751015242</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Antolojisi</t>
+          <t>Şeytanın Maskesi</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>385</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789751032935</t>
+          <t>9789751028662</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutulması</t>
+          <t>Standart Portekizce - Türkçe / Türkçe - Portekizce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>350</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789751012418</t>
+          <t>9789751010605</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>At Kuyruklu Adam</t>
+          <t>Çocuklara Bilmeceler</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>420</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789751005380</t>
+          <t>9789751020512</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji</t>
+          <t>Beyaz Lale</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789751009463</t>
+          <t>9789751016485</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Antik Stadyumlar</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789751029829</t>
+          <t>9789751013927</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Ankara</t>
+          <t>Atatürk’ten Anılar</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>85</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789751024008</t>
+          <t>9789751030344</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Amatör Balıkçılık</t>
+          <t>Atatürk ve Türklerin Saklı Tarihi</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789751011992</t>
+          <t>9789751032904</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Altın Oran</t>
+          <t>Atatürk ve Berberi</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>150</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789751030917</t>
+          <t>9789751007537</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Almanca-Türkçe / Türkçe Almanca Sözlük (Ciltli)</t>
+          <t>Atatürk İçin Bütün Şiirler</t>
         </is>
       </c>
       <c r="C1239" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789751031433</t>
+          <t>9789751013552</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Almanca Kelime Bankası</t>
+          <t>Atatürk Çocukları</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789751021762</t>
+          <t>9789751014252</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Almanca Anlıyor musunuz? En Son Yazım Kurallarına Göre Hazırlanmış Almanca Öğrenim Kitabı</t>
+          <t>Atatürk Antolojisi</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>195</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789751032751</t>
+          <t>9789751032935</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>International Küçük Almanca - Türkçe Sözlük</t>
+          <t>Aşk Tutulması</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>520</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789751027733</t>
+          <t>9789751012418</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Tarih Atlası</t>
+          <t>At Kuyruklu Adam</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789751016034</t>
+          <t>9789751005380</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Resimli ve Açıklamalı İlköğretim Atlası</t>
+          <t>Antropoloji</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789751034670</t>
+          <t>9789751009463</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Türk Tarihi</t>
+          <t>Antik Stadyumlar</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789751034656</t>
+          <t>9789751029829</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Türk Büyükleri Türk Kahramanları</t>
+          <t>Ankara</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>545</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789751033529</t>
+          <t>9789751024008</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Dijital Film Yapımı El Kitabı</t>
+          <t>Amatör Balıkçılık</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789751033406</t>
+          <t>9789751011992</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Turgut Reis</t>
+          <t>Altın Oran</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789751033512</t>
+          <t>9789751030917</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Şan Veren Türk</t>
+          <t>Almanca-Türkçe / Türkçe Almanca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>245</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789751035639</t>
+          <t>9789751031433</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Britanya Adaları ve Tarihi</t>
+          <t>Almanca Kelime Bankası</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>520</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789751035226</t>
+          <t>9789751021762</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Etik</t>
+          <t>Almanca Anlıyor musunuz? En Son Yazım Kurallarına Göre Hazırlanmış Almanca Öğrenim Kitabı</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789751035059</t>
+          <t>9789751032751</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>İletişimin ABC’si</t>
+          <t>International Küçük Almanca - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>230</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789751035073</t>
+          <t>9789751027733</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Fantazya</t>
+          <t>İnkılap Tarih Atlası</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789751016423</t>
+          <t>9789751016034</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Maceraları</t>
+          <t>İlköğretim Resimli ve Açıklamalı İlköğretim Atlası</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789751019448</t>
+          <t>9789751034670</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca’nın Kulübesi</t>
+          <t>Eğlenceli Türk Tarihi</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>110</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789751039323</t>
+          <t>9789751034656</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>30 Dakikada Ana Yemekler</t>
+          <t>Türk Büyükleri Türk Kahramanları</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>820</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789751038609</t>
+          <t>9789751033529</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak</t>
+          <t>Dijital Film Yapımı El Kitabı</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789751037664</t>
+          <t>9789751033406</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Turgut Reis</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789751038050</t>
+          <t>9789751033512</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Leyla'yı Beklerken</t>
+          <t>Tarihe Şan Veren Türk</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789751038043</t>
+          <t>9789751035639</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Kürek Çocukları</t>
+          <t>Britanya Adaları ve Tarihi</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>545</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789751038074</t>
+          <t>9789751035226</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>438 Gün</t>
+          <t>Roman ve Etik</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789751039088</t>
+          <t>9789751035059</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeniyetlerinde Astroloji, Astronomi ve Müneccimbaşılık</t>
+          <t>İletişimin ABC’si</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>585</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789751038470</t>
+          <t>9789751035073</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Çağdaş Fantazya</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>190</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789751039095</t>
+          <t>9789751016423</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789751036223</t>
+          <t>9789751019448</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Mandala Optik - Büyükler İçin Boyama Kitabı</t>
+          <t>Tom Amca’nın Kulübesi</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>455</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789751037978</t>
+          <t>9789751039323</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal ve Kurtuluş Savaşı</t>
+          <t>30 Dakikada Ana Yemekler</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>385</v>
+        <v>985</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789751035912</t>
+          <t>9789751038609</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Fiil Çekimi</t>
+          <t>Kendine İyi Bak</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>970</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789751037404</t>
+          <t>9789751037664</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Tadı Damağımda Kaldı</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>990</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789751036360</t>
+          <t>9789751038050</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Toplumbilim</t>
+          <t>Leyla'yı Beklerken</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789751035424</t>
+          <t>9789751038043</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Sunum Fırsattır</t>
+          <t>Kürek Çocukları</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>95</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789751033352</t>
+          <t>9789751038074</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gezince Güzel - Sahilde</t>
+          <t>438 Gün</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>170</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789751032126</t>
+          <t>9789751039088</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Organik Bahçe Rehberi</t>
+          <t>Türk Medeniyetlerinde Astroloji, Astronomi ve Müneccimbaşılık</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>445</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789751005311</t>
+          <t>9789751038470</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Org Metodu 1</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789751016805</t>
+          <t>9789751039095</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Omerta Suskunluk Yasası</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789751022172</t>
+          <t>9789751036223</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Öncesi ve Sonrası Ölçüt Bağımlı Test - Okuduğumu Anlıyorum</t>
+          <t>Mandala Optik - Büyükler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>205</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789751027993</t>
+          <t>9789751037978</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Notaları Öğreniyorum</t>
+          <t>Mustafa Kemal ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>75</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9789751003461</t>
+          <t>9789751035912</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Nazi İmparatorluğu 3</t>
+          <t>Fransızca Fiil Çekimi</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>770</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789751003454</t>
+          <t>9789751037404</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Nazi İmparatorluğu 2</t>
+          <t>Tadı Damağımda Kaldı</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>690</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9789751003447</t>
+          <t>9789751036360</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Nazi İmparatorluğu 1</t>
+          <t>Toplumbilim</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>650</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789751023667</t>
+          <t>9789751035424</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Mysia</t>
+          <t>Sunum Fırsattır</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>85</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9789751006660</t>
+          <t>9789751033352</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Sağlık Tıbbın Kuantum Atılımı Tamamlanmış Zihin/Beden Rehberi</t>
+          <t>Hayat Gezince Güzel - Sahilde</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789751022073</t>
+          <t>9789751032126</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Melekleri  Herhangi Bir Yüreğin Yolculuğu</t>
+          <t>Organik Bahçe Rehberi</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>75</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789751013507</t>
+          <t>9789751005311</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Ahlakı Ahlak Öğretileri 1</t>
+          <t>Org Metodu 1</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>85</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9789751024640</t>
+          <t>9789751016805</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Aydınlanması ve Türk Gençliği</t>
+          <t>Omerta Suskunluk Yasası</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789751031303</t>
+          <t>9789751022172</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Mozaik</t>
+          <t>Öğretim Öncesi ve Sonrası Ölçüt Bağımlı Test - Okuduğumu Anlıyorum</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789751031938</t>
+          <t>9789751027993</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Mor Salkımlı Köşk - 2</t>
+          <t>Notaları Öğreniyorum</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>265</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789751030412</t>
+          <t>9789751003461</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Mor Salkımlı Köşk 1</t>
+          <t>Nazi İmparatorluğu 3</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>290</v>
+        <v>925</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789751021694</t>
+          <t>9789751003454</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Modern Yunanca</t>
+          <t>Nazi İmparatorluğu 2</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>325</v>
+        <v>830</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789751014894</t>
+          <t>9789751003447</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Modern Satrançta Açılışlar ve Tuzaklar Ansiklopedisi</t>
+          <t>Nazi İmparatorluğu 1</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>170</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789751023575</t>
+          <t>9789751023667</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Mobilya Restorasyonu ve Yenilemesi</t>
+          <t>Mysia</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>240</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9789751017376</t>
+          <t>9789751006660</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Mükemmel Sağlık Tıbbın Kuantum Atılımı Tamamlanmış Zihin/Beden Rehberi</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>310</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789751025975</t>
+          <t>9789751022073</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Minta (Ciltli)</t>
+          <t>Mutluluk Melekleri  Herhangi Bir Yüreğin Yolculuğu</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>555</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789751032416</t>
+          <t>9789751013507</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Michael Freeman’ın Fotoğraf Okulu 3 - Pozlama</t>
+          <t>Mutluluk Ahlakı Ahlak Öğretileri 1</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>890</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9789751032386</t>
+          <t>9789751024640</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Michael Freeman’ın Fotoğraf Okulu 2 - Işık ve Işıklandırma</t>
+          <t>Mustafa Kemal Atatürk Aydınlanması ve Türk Gençliği</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>805</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9789751002051</t>
+          <t>9789751031303</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Meyvecilik</t>
+          <t>Mozaik</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789751013439</t>
+          <t>9789751031938</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercemesi ve Şerhi Cilt: 3-4</t>
+          <t>Mor Salkımlı Köşk - 2</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>810</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789751020437</t>
+          <t>9789751030412</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Mavi - Beyaz Rapsodi</t>
+          <t>Mor Salkımlı Köşk 1</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789751015020</t>
+          <t>9789751021694</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Lykia Bir Tarihsel Coğrafya Araştırması ve Gezi Rehberi</t>
+          <t>Modern Yunanca</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789751017123</t>
+          <t>9789751014894</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Lydia Bir Tarihsel Coğrafya Araştırması ve Gezi Rehberi</t>
+          <t>Modern Satrançta Açılışlar ve Tuzaklar Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789751015891</t>
+          <t>9789751023575</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Londra - Moskova Hattı</t>
+          <t>Mobilya Restorasyonu ve Yenilemesi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>505</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789751010797</t>
+          <t>9789751017376</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Likya Efsaneleri</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789751031754</t>
+          <t>9789751025975</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Lezzet Takvimi 2 - Çay Vakti (Ciltli)</t>
+          <t>Minta (Ciltli)</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>295</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9789751025708</t>
+          <t>9789751032416</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci Şifresini Kim Kırabilir?</t>
+          <t>Michael Freeman’ın Fotoğraf Okulu 3 - Pozlama</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>120</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789751026422</t>
+          <t>9789751032386</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar Boyunca Ekrem Muhittin Yeğen - Yemek Öğretimi 2 (Ciltli)</t>
+          <t>Michael Freeman’ın Fotoğraf Okulu 2 - Işık ve Işıklandırma</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>330</v>
+        <v>805</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789751020772</t>
+          <t>9789751002051</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Güncesi (Resimli)</t>
+          <t>Meyvecilik</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>70</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789751015372</t>
+          <t>9789751013439</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Kurt Sığınağı</t>
+          <t>Mesnevi Tercemesi ve Şerhi Cilt: 3-4</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>120</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9789751024961</t>
+          <t>9789751020437</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Mavi - Beyaz Rapsodi</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>40</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789751021878</t>
+          <t>9789751015020</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Kuantum İyileşme</t>
+          <t>Lykia Bir Tarihsel Coğrafya Araştırması ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C1308" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789751005724</t>
+          <t>9789751017123</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Köpek Bakımı</t>
+          <t>Lydia Bir Tarihsel Coğrafya Araştırması ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789751027764</t>
+          <t>9789751015891</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kayıp Kıta Mu 2 - Köken</t>
+          <t>Londra - Moskova Hattı</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>650</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789751023698</t>
+          <t>9789751010797</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Korku Evi</t>
+          <t>Likya Efsaneleri</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>325</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789751031143</t>
+          <t>9789751031754</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kommagene-Kuzey Mesopotamia</t>
+          <t>Lezzet Takvimi 2 - Çay Vakti (Ciltli)</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>925</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789751026583</t>
+          <t>9789751025708</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Koca Bebek - Makine (Ciltli)</t>
+          <t>Leonardo da Vinci Şifresini Kim Kırabilir?</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789751015518</t>
+          <t>9789751026422</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Kleopatra Nil’in Kraliçesi</t>
+          <t>Kuşaklar Boyunca Ekrem Muhittin Yeğen - Yemek Öğretimi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789751013750</t>
+          <t>9789751020772</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Kişi Kavramı ve İnsan Olma Sorunu</t>
+          <t>Kurtuluş Savaşı Güncesi (Resimli)</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>85</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789751029560</t>
+          <t>9789751015372</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Kirpinin Dedikleri</t>
+          <t>Kurt Sığınağı</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789751025340</t>
+          <t>9789751024961</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Kiraze</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>615</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789751025753</t>
+          <t>9789751021878</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Kydonia Ayvalık Mutfağı</t>
+          <t>Kuantum İyileşme</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>230</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789751022462</t>
+          <t>9789751005724</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Kokteyl Elkitabı</t>
+          <t>Köpek Bakımı</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789751019981</t>
+          <t>9789751027764</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Milli Bayramlar İçin Şiirler</t>
+          <t>Atatürk ve Kayıp Kıta Mu 2 - Köken</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9789751016508</t>
+          <t>9789751023698</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Seyahatleri</t>
+          <t>Korku Evi</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>95</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789751014610</t>
+          <t>9789751031143</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Çocuk Şiirleri</t>
+          <t>Kommagene-Kuzey Mesopotamia</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>215</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789751027849</t>
+          <t>9789751026583</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Buddha</t>
+          <t>Koca Bebek - Makine (Ciltli)</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789751001221</t>
+          <t>9789751015518</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Briçinizi Sınayın</t>
+          <t>Kleopatra Nil’in Kraliçesi</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789751024169</t>
+          <t>9789751013750</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Boşnak Yemekleri</t>
+          <t>Kişi Kavramı ve İnsan Olma Sorunu</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>285</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789751025500</t>
+          <t>9789751029560</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Boncuk İşlemeleri</t>
+          <t>Kirpinin Dedikleri</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789751026910</t>
+          <t>9789751025340</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Biz Tanrıyken Bir Kleopatra Romanı</t>
+          <t>Kiraze</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>150</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789751021540</t>
+          <t>9789751025753</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler Ne İster</t>
+          <t>Kydonia Ayvalık Mutfağı</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>615</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789751021939</t>
+          <t>9789751022462</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Bithynia</t>
+          <t>Kokteyl Elkitabı</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>85</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9789751014085</t>
+          <t>9789751019981</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar O da Çocuktu Adı: Mustafa</t>
+          <t>Milli Bayramlar İçin Şiirler</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789751006998</t>
+          <t>9789751016508</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Böyle Geçti</t>
+          <t>Gulliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789751016799</t>
+          <t>9789751014610</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Bir Hürrem Masalı</t>
+          <t>En Güzel Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789751023872</t>
+          <t>9789751027849</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Bir Devir Böyle Geçti Kalanlara Selam Olsun (Ciltli)</t>
+          <t>Buddha</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>730</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789751016539</t>
+          <t>9789751001221</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahçe Kuruyorum</t>
+          <t>Briçinizi Sınayın</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>410</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9789751015648</t>
+          <t>9789751024169</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Masalı</t>
+          <t>Boşnak Yemekleri</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>435</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789751031266</t>
+          <t>9789751025500</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Beynin Sağ Tarafı ile Çizim</t>
+          <t>Boncuk İşlemeleri</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>590</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9789751027917</t>
+          <t>9789751026910</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Aşk "Sevi"</t>
+          <t>Biz Tanrıyken Bir Kleopatra Romanı</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>415</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9789751007940</t>
+          <t>9789751021540</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Batı Tesirinde Türk Şiiri Antolojisi</t>
+          <t>Bitkiler Ne İster</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>1220</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9789751026903</t>
+          <t>9789751021939</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatından Seçme Parçalar</t>
+          <t>Bithynia</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>555</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789751028495</t>
+          <t>9789751014085</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Ruh</t>
+          <t>Bir Zamanlar O da Çocuktu Adı: Mustafa</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>85</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789751024015</t>
+          <t>9789751006998</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Baba’nın Dönüşü</t>
+          <t>Bir Ömür Böyle Geçti</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789751016409</t>
+          <t>9789751016799</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Aztekler Görkemli Bir Uygarlık Trajik Bir Aşk</t>
+          <t>Bir Hürrem Masalı</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9789751009753</t>
+          <t>9789751023872</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Ev Kadınının Alaturka ve Alafranga Yemek, Tatlı, Pasta Kitabı</t>
+          <t>Bir Devir Böyle Geçti Kalanlara Selam Olsun (Ciltli)</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>220</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9789751006417</t>
+          <t>9789751016539</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Akvaryum Bakımı</t>
+          <t>Bir Bahçe Kuruyorum</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>285</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789751033239</t>
+          <t>9789751015648</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal Cilt: 4</t>
+          <t>Bir Aşk Masalı</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>595</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789751032119</t>
+          <t>9789751031266</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal Cilt: 2</t>
+          <t>Beynin Sağ Tarafı ile Çizim</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>520</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9789751032102</t>
+          <t>9789751027917</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal Cilt: 1</t>
+          <t>Benim Adım Aşk "Sevi"</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>520</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789751027573</t>
+          <t>9789751007940</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Akrilik Tekniklerine Dair Her Şey</t>
+          <t>Batı Tesirinde Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>170</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789751017147</t>
+          <t>9789751026903</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Ailois</t>
+          <t>Batı Edebiyatından Seçme Parçalar</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>75</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9789751029997</t>
+          <t>9789751028495</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Ahtapotun Kolları</t>
+          <t>Bağımsız Ruh</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9789751021212</t>
+          <t>9789751024015</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Haşim Bize Göre</t>
+          <t>Baba’nın Dönüşü</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9789751012876</t>
+          <t>9789751016409</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Akvaryum</t>
+          <t>Aztekler Görkemli Bir Uygarlık Trajik Bir Aşk</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>1170</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789751027535</t>
+          <t>9789751009753</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Acı Çikolata</t>
+          <t>Ev Kadınının Alaturka ve Alafranga Yemek, Tatlı, Pasta Kitabı</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9789751018793</t>
+          <t>9789751006417</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı Aşk Öyküleri</t>
+          <t>Akvaryum Bakımı</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>120</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9789751004260</t>
+          <t>9789751033239</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>10 Derste Briç</t>
+          <t>Akl-ı Kemal Cilt: 4</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>145</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9789751037367</t>
+          <t>9789751032119</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ile Allah Arasında (Ciltli)</t>
+          <t>Akl-ı Kemal Cilt: 2</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>810</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789751034472</t>
+          <t>9789751032102</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Peri ve Sihirli Dilek</t>
+          <t>Akl-ı Kemal Cilt: 1</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>330</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789751034465</t>
+          <t>9789751027573</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Sihirli At</t>
+          <t>Akrilik Tekniklerine Dair Her Şey</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9789751036551</t>
+          <t>9789751017147</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Din Felsefe Vahiy Akıl İlişkisi</t>
+          <t>Ailois</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>135</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9789751036667</t>
+          <t>9789751029997</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Dibi</t>
+          <t>Ahtapotun Kolları</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9789751035448</t>
+          <t>9789751021212</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Piyanom</t>
+          <t>Ahmet Haşim Bize Göre</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789751037145</t>
+          <t>9789751012876</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki</t>
+          <t>A’dan Z’ye Akvaryum</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>200</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9789751036322</t>
+          <t>9789751027535</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Hatıramdaki Mezeler</t>
+          <t>Acı Çikolata</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>650</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789751036261</t>
+          <t>9789751018793</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapısal Yolla İtalyanca 2</t>
+          <t>2. Dünya Savaşı Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789751036308</t>
+          <t>9789751004260</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Nüfus Mübadelesi</t>
+          <t>10 Derste Briç</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789751037244</t>
+          <t>9789751037367</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı</t>
+          <t>Atatürk ile Allah Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>180</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789751034038</t>
+          <t>9789751034472</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Mübadele - İnsan ve Mekan Yüzüyle</t>
+          <t>Peri ve Sihirli Dilek</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>480</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9789751033970</t>
+          <t>9789751034465</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Avrupada Reform Tarih</t>
+          <t>Prenses ve Sihirli At</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789751037251</t>
+          <t>9789751036551</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Filistin Üzerine Konuşmalar</t>
+          <t>İslam Düşüncesinde Din Felsefe Vahiy Akıl İlişkisi</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789751036872</t>
+          <t>9789751036667</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihinden 101 İlginç Olay</t>
+          <t>Deniz'in Dibi</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9789751035868</t>
+          <t>9789751035448</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail</t>
+          <t>Benim İlk Piyanom</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9789751036780</t>
+          <t>9789751037145</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Labirent Çıkmazı - Bağımlılıkla Mücadele Rehberi</t>
+          <t>İttihat ve Terakki</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9789751035660</t>
+          <t>9789751036322</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı ve  Osmanlı İmparatorluğu</t>
+          <t>Hatıramdaki Mezeler</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>735</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789751035042</t>
+          <t>9789751036261</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>İbtida-Name</t>
+          <t>Herkes İçin Yapısal Yolla İtalyanca 2</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>820</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789751035257</t>
+          <t>9789751036308</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal (5 Cilt Bir Arada) (Ciltli)</t>
+          <t>Nüfus Mübadelesi</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>1085</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789751034175</t>
+          <t>9789751037244</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Din ve Siyaset</t>
+          <t>Portakal Ağacı</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789751036438</t>
+          <t>9789751034038</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Kösem - İktidar Şerbeti Kan Kokar</t>
+          <t>Mübadele - İnsan ve Mekan Yüzüyle</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789751035738</t>
+          <t>9789751033970</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Sizin Hiç Maviniz Var mı?</t>
+          <t>Avrupada Reform Tarih</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789751035363</t>
+          <t>9789751037251</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar'ın Osmanlı Tarihi (1352-1913)</t>
+          <t>Filistin Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>1220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789751034793</t>
+          <t>9789751036872</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Sanat : Sanatın Gizli Dili</t>
+          <t>Osmanlı Tarihinden 101 İlginç Olay</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>805</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789751035219</t>
+          <t>9789751035868</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’dan İttihad-ı İslam’a 2. Cilt</t>
+          <t>Şah İsmail</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>135</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9789751035028</t>
+          <t>9789751036780</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’dan İttihad-ı İslam’a 1. Cilt</t>
+          <t>Labirent Çıkmazı - Bağımlılıkla Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9789751033956</t>
+          <t>9789751035660</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Menderes 1. Cilt</t>
+          <t>Birinci Dünya Savaşı ve  Osmanlı İmparatorluğu</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>135</v>
+        <v>735</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9789751041388</t>
+          <t>9789751035042</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Son Ada’nın Çocukları (Ciltli)</t>
+          <t>İbtida-Name</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>730</v>
+        <v>985</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789751041470</t>
+          <t>9789751035257</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet</t>
+          <t>Akl-ı Kemal (5 Cilt Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>690</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789751041357</t>
+          <t>9789751034175</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal 1. Cilt (5 Cilt Tek Kitapta)</t>
+          <t>Din ve Siyaset</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>1060</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789751040770</t>
+          <t>9789751036438</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değil</t>
+          <t>Kösem - İktidar Şerbeti Kan Kokar</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>295</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789751041029</t>
+          <t>9789751035738</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Güfteden Besteye Gitme Yolunda Prozodi</t>
+          <t>Sizin Hiç Maviniz Var mı?</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789751040534</t>
+          <t>9789751035363</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim ve Grafik Tasarım (Ciltli)</t>
+          <t>Balkanlar'ın Osmanlı Tarihi (1352-1913)</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>755</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9789751040732</t>
+          <t>9789751034793</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk’ün Meclis Konuşmaları (1920-1938) (Ciltli)</t>
+          <t>Sanat : Sanatın Gizli Dili</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>410</v>
+        <v>805</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789751040626</t>
+          <t>9789751035219</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Divina’nın Bileziği</t>
+          <t>Ortadoğu’dan İttihad-ı İslam’a 2. Cilt</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789751040091</t>
+          <t>9789751035028</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız</t>
+          <t>Ortadoğu’dan İttihad-ı İslam’a 1. Cilt</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789751003287</t>
+          <t>9789751033956</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Kombinezonlar ve Varyantların Hesaplanması</t>
+          <t>Bilinmeyen Menderes 1. Cilt</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>50</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789751026354</t>
+          <t>9789751041388</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Puro Hakkında Her Şey</t>
+          <t>Son Ada’nın Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>255</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789751003935</t>
+          <t>9789751041470</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Sözlüğü</t>
+          <t>Kıyamet</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>85</v>
+        <v>830</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789751024060</t>
+          <t>9789751041357</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Prenses Anastasia</t>
+          <t>Akl-ı Kemal 1. Cilt (5 Cilt Tek Kitapta)</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>200</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789751011787</t>
+          <t>9789751040770</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Pratik Arıcılık ve Balın İşlenmesi</t>
+          <t>Senin Suçun Değil</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>590</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789751031846</t>
+          <t>9789751041029</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Portekizce Dilbilgisi</t>
+          <t>Türk Müziğinde Güfteden Besteye Gitme Yolunda Prozodi</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789751026767</t>
+          <t>9789751040534</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Piyano Çalmayı Öğreniyorum (Ciltli)</t>
+          <t>Görsel İletişim ve Grafik Tasarım (Ciltli)</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>110</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789751030986</t>
+          <t>9789751040732</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Pisidia</t>
+          <t>Mustafa Kemal Atatürk’ün Meclis Konuşmaları (1920-1938) (Ciltli)</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>615</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789751027153</t>
+          <t>9789751040626</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Phrygia</t>
+          <t>Divina’nın Bileziği</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>720</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789751003225</t>
+          <t>9789751040091</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Perspektif Resim ve Gölge Çizimi</t>
+          <t>Sınırsız</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789751030757</t>
+          <t>9789751003287</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Pastel Tekniklerine Dair Her Şey</t>
+          <t>Satrançta Kombinezonlar ve Varyantların Hesaplanması</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>215</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789751004321</t>
+          <t>9789751026354</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Pastel Boya Resim Tekniği</t>
+          <t>Puro Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>135</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789751030962</t>
+          <t>9789751003935</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Paranız ve Beyniniz</t>
+          <t>Psikoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>410</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789751025739</t>
+          <t>9789751024060</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Paphlagonia</t>
+          <t>Prenses Anastasia</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789751020758</t>
+          <t>9789751011787</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Panik Ataklardan Kurtulmanın Yolları</t>
+          <t>Pratik Arıcılık ve Balın İşlenmesi</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>220</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789751031136</t>
+          <t>9789751031846</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Pamphylia Isauria Lykaonia</t>
+          <t>Portekizce Dilbilgisi</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>590</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9789751019622</t>
+          <t>9789751026767</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Edebiyat Bilgileri 1</t>
+          <t>Piyano Çalmayı Öğreniyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>540</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9789751032737</t>
+          <t>9789751030986</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Ön Asya’nın Lideri Kahraman Mustafa Kemal</t>
+          <t>Pisidia</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>85</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9789751032140</t>
+          <t>9789751027153</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğulları</t>
+          <t>Phrygia</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>625</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9789751001191</t>
+          <t>9789751003225</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Türkçe Sözlük</t>
+          <t>Perspektif Resim ve Gölge Çizimi</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>1245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9789751020994</t>
+          <t>9789751030757</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devri Mimarisi (Ciltli)</t>
+          <t>Pastel Tekniklerine Dair Her Şey</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789751024312</t>
+          <t>9789751004321</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Osman Hilmi Efendi’nin Laneti</t>
+          <t>Pastel Boya Resim Tekniği</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789751015624</t>
+          <t>9789751030962</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Felsefesi Tarihi</t>
+          <t>Paranız ve Beyniniz</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9789751032683</t>
+          <t>9789751025739</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Osmanlı Tarihi</t>
+          <t>Paphlagonia</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9789751032379</t>
+          <t>9789751020758</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Osmanlı Padişahları</t>
+          <t>Panik Ataklardan Kurtulmanın Yolları</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789751026477</t>
+          <t>9789751031136</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Zeytincilik</t>
+          <t>Pamphylia Isauria Lykaonia</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>600</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789751001559</t>
+          <t>9789751019622</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Fotoğrafçılık Tekniği</t>
+          <t>Örneklerle Edebiyat Bilgileri 1</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9789751028396</t>
+          <t>9789751032737</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Hep O Şarkılar</t>
+          <t>Ön Asya’nın Lideri Kahraman Mustafa Kemal</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>350</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9789751005793</t>
+          <t>9789751032140</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Osmanoğulları</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789751018441</t>
+          <t>9789751001191</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Hamur İşleri (Ciltli)</t>
+          <t>Osmanlıca Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>350</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9789751004574</t>
+          <t>9789751020994</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlara Hazırlık Karakalem Resim Tekniği</t>
+          <t>Osmanlı Devri Mimarisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>265</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789751024787</t>
+          <t>9789751024312</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Gün Batarken</t>
+          <t>Osman Hilmi Efendi’nin Laneti</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789751016904</t>
+          <t>9789751015624</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Kayalıkları</t>
+          <t>Ortaçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>480</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789751005670</t>
+          <t>9789751032683</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Guvaş Resim Tekniği</t>
+          <t>Herkes İçin Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789751031952</t>
+          <t>9789751032379</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Görsel Rehberler: Yelkencilik</t>
+          <t>Herkes İçin Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789751029973</t>
+          <t>9789751026477</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Görsel Rehberler 6: Mitoloji</t>
+          <t>Her Yönüyle Zeytincilik</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789751029966</t>
+          <t>9789751001559</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Felsefe (Ciltli)</t>
+          <t>Her Yönüyle Fotoğrafçılık Tekniği</t>
         </is>
       </c>
       <c r="C1429" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789751028020</t>
+          <t>9789751028396</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Şarap  Görsel Rehberler</t>
+          <t>Hep O Şarkılar</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>375</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9789751031723</t>
+          <t>9789751005793</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Görsel Rehberler - Astroloji</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789751040282</t>
+          <t>9789751018441</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim ve Grafik Tasarım</t>
+          <t>Hamur İşleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>1220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789751030443</t>
+          <t>9789751004574</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Glutensiz Tarifler</t>
+          <t>Güzel Sanatlara Hazırlık Karakalem Resim Tekniği</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789751000880</t>
+          <t>9789751024787</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Genel Tarih Atlası</t>
+          <t>Gün Batarken</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789751007018</t>
+          <t>9789751016904</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Genel Fotoğraf Bilgileri</t>
+          <t>Güvercin Kayalıkları</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>125</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9789751018243</t>
+          <t>9789751005670</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Genel Devlet Kuramı</t>
+          <t>Guvaş Resim Tekniği</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>465</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789751004246</t>
+          <t>9789751031952</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Satranç</t>
+          <t>Görsel Rehberler: Yelkencilik</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>265</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789751017154</t>
+          <t>9789751029973</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Genç Okurlar İçin Kısa Bir Dünya Tarihi</t>
+          <t>Görsel Rehberler 6: Mitoloji</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9789751030511</t>
+          <t>9789751029966</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Gece Baskını</t>
+          <t>Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789751013934</t>
+          <t>9789751028020</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Fransızca-Türkçe Sözlük</t>
+          <t>Şarap  Görsel Rehberler</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789751024817</t>
+          <t>9789751031723</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Dilbilgisi Türkçe Açıklamalı / Örnekli - Alıştırmalı</t>
+          <t>Görsel Rehberler - Astroloji</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>435</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789751008657</t>
+          <t>9789751040282</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Français - Turc / Turc - Français Dictionnaire - Fransızca - Türkçe / Türkçe - Fransızca Cep Sözlüğü</t>
+          <t>Görsel İletişim ve Grafik Tasarım</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>160</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789751002846</t>
+          <t>9789751030443</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Sanatı Bir Büyük Ustanın Tüm Deneyimi ve Pratik Önerileri</t>
+          <t>Glutensiz Tarifler</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789751028129</t>
+          <t>9789751000880</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasalar İçin Yeni Paradigma</t>
+          <t>Genel Tarih Atlası</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>110</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789751020277</t>
+          <t>9789751007018</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Film Olgusu: Kuram ve Uygulayım Yaklaşımları</t>
+          <t>Genel Fotoğraf Bilgileri</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789751014511</t>
+          <t>9789751018243</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Türkçe Sözlük Grand Dictionnaire Français-Turc (Ciltli)</t>
+          <t>Genel Devlet Kuramı</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>400</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789751030801</t>
+          <t>9789751004246</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Kelime Bankası</t>
+          <t>Gençler İçin Satranç</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789751017772</t>
+          <t>9789751017154</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Genç Okurlar İçin Kısa Bir Dünya Tarihi</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>95</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789751016263</t>
+          <t>9789751030511</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Söylem Nedir?</t>
+          <t>Gece Baskını</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789751000231</t>
+          <t>9789751013934</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Terimleri Sözlüğü</t>
+          <t>Fransızca-Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789751031761</t>
+          <t>9789751024817</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Sözlüğü</t>
+          <t>Fransızca Dilbilgisi Türkçe Açıklamalı / Örnekli - Alıştırmalı</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>455</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789751019363</t>
+          <t>9789751008657</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Français - Turc / Turc - Français Dictionnaire - Fransızca - Türkçe / Türkçe - Fransızca Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9789751013132</t>
+          <t>9789751002846</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Evcil Kuş Bakımı</t>
+          <t>Fotoğraf Sanatı Bir Büyük Ustanın Tüm Deneyimi ve Pratik Önerileri</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789751018670</t>
+          <t>9789751028129</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Et Yemekleri (Ciltli)</t>
+          <t>Finansal Piyasalar İçin Yeni Paradigma</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789751012005</t>
+          <t>9789751020277</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>English - Turkish Encyclopedic Technical Dictionary Marine Engineering Electricity - Electronics Phisics and Chemistry Diesel Engineering Steam Boilers (Ciltli)</t>
+          <t>Film Olgusu: Kuram ve Uygulayım Yaklaşımları</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789751047151</t>
+          <t>9789751014511</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Gözleri</t>
+          <t>Fransızca Türkçe Sözlük Grand Dictionnaire Français-Turc (Ciltli)</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>385</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789751026392</t>
+          <t>9789751030801</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Ebru (Ciltli)</t>
+          <t>Fransızca Kelime Bankası</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>1400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789751048059</t>
+          <t>9789751017772</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Düzenleyiciler</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>400</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789751006387</t>
+          <t>9789751016263</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler ve Sohbetler Epiktetos</t>
+          <t>Felsefi Söylem Nedir?</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>95</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9789751028402</t>
+          <t>9789751000231</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sanat Tarihi</t>
+          <t>Felsefe Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>410</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789751026972</t>
+          <t>9789751031761</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Dünya Isınıyor Bahçem Değişiyor (Ciltli)</t>
+          <t>Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>1105</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789751014979</t>
+          <t>9789751019363</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Doors to English 2</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789751031686</t>
+          <t>9789751013132</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Doğumdan Sonra</t>
+          <t>Evcil Kuş Bakımı</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>660</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789751021861</t>
+          <t>9789751018670</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Doğum Günü: 15 Aralık</t>
+          <t>Et Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>85</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789751033567</t>
+          <t>9789751012005</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu</t>
+          <t>English - Turkish Encyclopedic Technical Dictionary Marine Engineering Electricity - Electronics Phisics and Chemistry Diesel Engineering Steam Boilers (Ciltli)</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>860</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789751020031</t>
+          <t>9789751047151</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Diyet Beslenme</t>
+          <t>Ejderhanın Gözleri</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>295</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789751027757</t>
+          <t>9789751026392</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugati’t-Türk</t>
+          <t>Ebru (Ciltli)</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789751019660</t>
+          <t>9789751048059</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Dillerdeki Şarkılar  Türk Musikisi "Güfteler"</t>
+          <t>Düzenleyiciler</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>550</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789751026620</t>
+          <t>9789751006387</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Dil Yanlışları</t>
+          <t>Düşünceler ve Sohbetler Epiktetos</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>295</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789751023933</t>
+          <t>9789751028402</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>English Grammar 2</t>
+          <t>Dünya Sanat Tarihi</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>125</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789751012814</t>
+          <t>9789751026972</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Dil - Kültür Bağlantısı</t>
+          <t>Dünya Isınıyor Bahçem Değişiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>75</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789751023926</t>
+          <t>9789751014979</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>English Grammar 1</t>
+          <t>Doors to English 2</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789751026637</t>
+          <t>9789751031686</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yemek Kitabı</t>
+          <t>Doğumdan Sonra</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>1100</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789751020475</t>
+          <t>9789751021861</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe İspanyolca Sözlük 1 (Ciltli)</t>
+          <t>Doğum Günü: 15 Aralık</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>905</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789751032966</t>
+          <t>9789751033567</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe - Almanca Sözlük (Ciltli)</t>
+          <t>Doğu Anadolu</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>1125</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789751020499</t>
+          <t>9789751020031</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Büyük Rüya Tabirleri</t>
+          <t>Diyet Beslenme</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>170</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789751004598</t>
+          <t>9789751027757</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İçki ve Kokteyl Rehberi</t>
+          <t>Divanü Lugati’t-Türk</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789751024510</t>
+          <t>9789751019660</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Paydos / Büyükşehir</t>
+          <t>Dillerdeki Şarkılar  Türk Musikisi "Güfteler"</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789751024503</t>
+          <t>9789751026620</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Bütün Tiyatro Eserleri: Göç / Ayarsızlar</t>
+          <t>Dil Yanlışları</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>180</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789751021076</t>
+          <t>9789751023933</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca Sözlüklü Konuşma Kılavuzu</t>
+          <t>English Grammar 2</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789751023544</t>
+          <t>9789751012814</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Dekoratif Boyama</t>
+          <t>Dil - Kültür Bağlantısı</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>240</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789751025364</t>
+          <t>9789751023926</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünya Değişen Değerler</t>
+          <t>English Grammar 1</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789751007971</t>
+          <t>9789751026637</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Öyküleri</t>
+          <t>Büyük Yemek Kitabı</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>195</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789751032720</t>
+          <t>9789751020475</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Damladaki Deniz</t>
+          <t>Büyük Türkçe İspanyolca Sözlük 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>200</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9789751013354</t>
+          <t>9789751032966</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Yemekleri</t>
+          <t>Büyük Türkçe - Almanca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>190</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789751013859</t>
+          <t>9789751020499</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Çöl Akrebi</t>
+          <t>Büyük Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>520</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789751024619</t>
+          <t>9789751004598</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Turnuvaya Hazırlanıyor</t>
+          <t>Bütün Yönleriyle İçki ve Kokteyl Rehberi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789751021113</t>
+          <t>9789751024510</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satranç</t>
+          <t>Paydos / Büyükşehir</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789751022516</t>
+          <t>9789751024503</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İsimleri Sözlüğü</t>
+          <t>Bütün Tiyatro Eserleri: Göç / Ayarsızlar</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789751026286</t>
+          <t>9789751021076</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Çizim Tekniklerine Dair Her Şey</t>
+          <t>Bulgarca Sözlüklü Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9789751027948</t>
+          <t>9789751023544</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Çikolata (Ciltli)</t>
+          <t>Dekoratif Boyama</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789751031280</t>
+          <t>9789751025364</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Çiğ Beslenmenin Enerjisi</t>
+          <t>Değişen Dünya Değişen Değerler</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9789751005533</t>
+          <t>9789751007971</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Üretim Tekniği</t>
+          <t>Dede Korkut Öyküleri</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9789751028501</t>
+          <t>9789751032720</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Maymun</t>
+          <t>Damladaki Deniz</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789751019325</t>
+          <t>9789751013354</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Çatlak</t>
+          <t>Çukurova Yemekleri</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9789751027542</t>
+          <t>9789751013859</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Kadının Yemek Kitabı</t>
+          <t>Çöl Akrebi</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789751006578</t>
+          <t>9789751024619</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Felsefe</t>
+          <t>Çocuklar Turnuvaya Hazırlanıyor</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789751029188</t>
+          <t>9789751021113</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İncil</t>
+          <t>Çocuklar İçin Satranç</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>205</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789751012951</t>
+          <t>9789751022516</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>İmla (Yazım) Kılavuzu</t>
+          <t>Çocuk İsimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789751027863</t>
+          <t>9789751026286</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkçe Sözlük</t>
+          <t>Çizim Tekniklerine Dair Her Şey</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789751014061</t>
+          <t>9789751027948</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Kiminle, Ne Zaman, Nerede, Nasıl Konuşmalı</t>
+          <t>Çikolata (Ciltli)</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>255</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9789751023391</t>
+          <t>9789751031280</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Kadınlar Kızgın Erkekler ve Hayat</t>
+          <t>Çiğ Beslenmenin Enerjisi</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789751005489</t>
+          <t>9789751005533</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Öğrenmek İçin Almanca</t>
+          <t>Çiçek Üretim Tekniği</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789751013996</t>
+          <t>9789751028501</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Kemal Atatürk Batının Yolu</t>
+          <t>Çıplak Maymun</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9789751027320</t>
+          <t>9789751019325</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Kedi Bakımı</t>
+          <t>Çatlak</t>
         </is>
       </c>
       <c r="C1505" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9789751007650</t>
+          <t>9789751027542</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar ve Boyutları</t>
+          <t>Çalışan Kadının Yemek Kitabı</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9789751033598</t>
+          <t>9789751006578</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Kavga</t>
+          <t>Çağdaş Felsefe</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789751013729</t>
+          <t>9789751029188</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Kaya Is At Home Stage 1</t>
+          <t>Kayıp İncil</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9789751024794</t>
+          <t>9789751012951</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Karanlıklar Hakimi</t>
+          <t>İmla (Yazım) Kılavuzu</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>265</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9789751028914</t>
+          <t>9789751027863</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çökmeden Evde Ol!</t>
+          <t>Çağdaş Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1510" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9789751018625</t>
+          <t>9789751014061</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Karanfil ve Yasemin</t>
+          <t>Kiminle, Ne Zaman, Nerede, Nasıl Konuşmalı</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9789751015709</t>
+          <t>9789751023391</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Kappadokia’sı (Pontos)</t>
+          <t>Kırılgan Kadınlar Kızgın Erkekler ve Hayat</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9789751030955</t>
+          <t>9789751005489</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Kappadokia</t>
+          <t>Kendi Kendine Öğrenmek İçin Almanca</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>780</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9789751019752</t>
+          <t>9789751013996</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Kanser ve Beslenme</t>
+          <t>Kemal Atatürk Batının Yolu</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>170</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9789751022226</t>
+          <t>9789751027320</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Kader Atlayışı</t>
+          <t>Kedi Bakımı</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789751012067</t>
+          <t>9789751007650</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Judo Teknik - Taktik Kondisyon</t>
+          <t>Kavramlar ve Boyutları</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9789751015068</t>
+          <t>9789751033598</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Jokes From Nasreddin Hodja Stage 2</t>
+          <t>Kavga</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789751018267</t>
+          <t>9789751013729</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>İzmir Savaşı</t>
+          <t>Kaya Is At Home Stage 1</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789751030504</t>
+          <t>9789751024794</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>İtalyan Aşkı</t>
+          <t>Karanlıklar Hakimi</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9789751016515</t>
+          <t>9789751028914</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Deniz Hamamları ve Plajları (Ciltli)</t>
+          <t>Karanlık Çökmeden Evde Ol!</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789751021564</t>
+          <t>9789751018625</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>İstanbulda Bir Yahudi Ailesi İmparatorluk Çökerken</t>
+          <t>Karanfil ve Yasemin</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9789751033154</t>
+          <t>9789751015709</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Bitmeden</t>
+          <t>Karadeniz Kappadokia’sı (Pontos)</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>560</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9789751030924</t>
+          <t>9789751030955</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Aşk Ekmek Hayal</t>
+          <t>Kappadokia</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>160</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9789751030887</t>
+          <t>9789751019752</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Kelime Bankası</t>
+          <t>Kanser ve Beslenme</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9789751010964</t>
+          <t>9789751022226</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>İspanyol Dili ve Grameri</t>
+          <t>Kader Atlayışı</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>770</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789751017468</t>
+          <t>9789751012067</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>İslamlıktan Önce Türk Dili ve Edebiyatı</t>
+          <t>Judo Teknik - Taktik Kondisyon</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>350</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789751017482</t>
+          <t>9789751015068</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu Doğu’nun ve Batı’nın Aşkla Buluştuğu Yer</t>
+          <t>Jokes From Nasreddin Hodja Stage 2</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789751026255</t>
+          <t>9789751018267</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Devlet</t>
+          <t>İzmir Savaşı</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789751008565</t>
+          <t>9789751030504</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>İnka Altını</t>
+          <t>İtalyan Aşkı</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789751010889</t>
+          <t>9789751016515</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>İngilizcede Zamanlar ve Cümle Kuruluşları Cilt: 1</t>
+          <t>İstanbul’un Deniz Hamamları ve Plajları (Ciltli)</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>560</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9789751017178</t>
+          <t>9789751021564</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>İngilizcede Argo ve Günlük Konuşmalar Rude Words and Expressions In English</t>
+          <t>İstanbulda Bir Yahudi Ailesi İmparatorluk Çökerken</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9789751018687</t>
+          <t>9789751033154</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Tatil Kitabı</t>
+          <t>İstanbul Bitmeden</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>205</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9789751012111</t>
+          <t>9789751030924</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kişisel ve Ticari Yazışmalar Personal and Commercial Correspondence in English</t>
+          <t>İstanbul Aşk Ekmek Hayal</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>415</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9789751013477</t>
+          <t>9789751030887</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Bilgisi Geliştirme Alıştırmaları</t>
+          <t>İspanyolca Kelime Bankası</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>545</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9789751029607</t>
+          <t>9789751010964</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kelime Bankası</t>
+          <t>İspanyol Dili ve Grameri</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>330</v>
+        <v>925</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9789751026071</t>
+          <t>9789751017468</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Dilbilgisi Alıştırmaları</t>
+          <t>İslamlıktan Önce Türk Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>1085</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789751003409</t>
+          <t>9789751017482</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe Deyimler Sözlüğü</t>
+          <t>İpek Yolu Doğu’nun ve Batı’nın Aşkla Buluştuğu Yer</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9789751025463</t>
+          <t>9789751026255</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe / Türkçe - İngilizce Deyimler Sözlüğü</t>
+          <t>İnsan ve Devlet</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9789751027696</t>
+          <t>9789751008565</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>İkinci Şans</t>
+          <t>İnka Altını</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9789751008008</t>
+          <t>9789751010889</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Devi Uyandır</t>
+          <t>İngilizcede Zamanlar ve Cümle Kuruluşları Cilt: 1</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>595</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9789751032690</t>
+          <t>9789751017178</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Işık Su ve Gökyüzü (Ciltli)</t>
+          <t>İngilizcede Argo ve Günlük Konuşmalar Rude Words and Expressions In English</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>1275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9789751016041</t>
+          <t>9789751018687</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Ionia Bir Tarihsel Coğrafya Araştırması ve Gezi Rehberi</t>
+          <t>İngilizce Tatil Kitabı</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>85</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9789751017161</t>
+          <t>9789751012111</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>International Grand English Dictionary English - Turkish (Ciltli)</t>
+          <t>İngilizce Kişisel ve Ticari Yazışmalar Personal and Commercial Correspondence in English</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>660</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9789751024602</t>
+          <t>9789751013477</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>International Büyük Almanca - Türkçe Sözlük Deutsch Türkisch Grobes Wörterbuch (Ciltli)</t>
+          <t>İngilizce Kelime Bilgisi Geliştirme Alıştırmaları</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>955</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9789751017062</t>
+          <t>9789751029607</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma Günü</t>
+          <t>İngilizce Kelime Bankası</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789751017024</t>
+          <t>9789751026071</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tüneli</t>
+          <t>İngilizce Dilbilgisi Alıştırmaları</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>230</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9789751016973</t>
+          <t>9789751003409</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çin Astrolojisi</t>
+          <t>İngilizce - Türkçe Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9789751019738</t>
+          <t>9789751025463</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin İngilizce Resimli Kelime Bilgisi</t>
+          <t>İngilizce - Türkçe / Türkçe - İngilizce Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9789751032164</t>
+          <t>9789751027696</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kartları - Tatlılar Tuzlular</t>
+          <t>İkinci Şans</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9789751019608</t>
+          <t>9789751008008</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Uzman</t>
+          <t>İçindeki Devi Uyandır</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>565</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9789751017604</t>
+          <t>9789751032690</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Yazar ve Aşkı</t>
+          <t>Işık Su ve Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>360</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9789751040619</t>
+          <t>9789751016041</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Japonya Tarihi</t>
+          <t>Ionia Bir Tarihsel Coğrafya Araştırması ve Gezi Rehberi</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>310</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789751039484</t>
+          <t>9789751017161</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Büyük Resmi Görmek</t>
+          <t>International Grand English Dictionary English - Turkish (Ciltli)</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>245</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9789751040213</t>
+          <t>9789751024602</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>3. Dünya Savaşı</t>
+          <t>International Büyük Almanca - Türkçe Sözlük Deutsch Türkisch Grobes Wörterbuch (Ciltli)</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>245</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789751040169</t>
+          <t>9789751017062</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Masalların Büyüsü</t>
+          <t>Hesaplaşma Günü</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>465</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789751040206</t>
+          <t>9789751017024</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Teke Tek Bilim - İlk Çağ</t>
+          <t>Zaman Tüneli</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9789751039170</t>
+          <t>9789751016973</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Sanat</t>
+          <t>Yeni Çin Astrolojisi</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>560</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9789751046710</t>
+          <t>9789751019738</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Yeni Başlayanlar İçin İngilizce Resimli Kelime Bilgisi</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9789751047403</t>
+          <t>9789751032164</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Mekana Dair Psikopolitik Okumalar</t>
+          <t>Yemek Kartları - Tatlılar Tuzlular</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9789751047465</t>
+          <t>9789751019608</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Harabelerin Çiçeği</t>
+          <t>Yedinci Uzman</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>295</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9789751047472</t>
+          <t>9789751017604</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü</t>
+          <t>Yazar ve Aşkı</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9789751047489</t>
+          <t>9789751040619</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Eski Hastalık</t>
+          <t>Japonya Tarihi</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>415</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9789751032782</t>
+          <t>9789751039484</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Sefaleti</t>
+          <t>Büyük Resmi Görmek</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9789751046826</t>
+          <t>9789751040213</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Dökümü - Livaneli Kitaplığı</t>
+          <t>3. Dünya Savaşı</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9789751018328</t>
+          <t>9789751040169</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>İnkılap Coğrafya Atlası Resimli ve Açıklamalı</t>
+          <t>Masalların Büyüsü</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9789751047502</t>
+          <t>9789751040206</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>2025 Astroşifa Ajandası</t>
+          <t>Teke Tek Bilim - İlk Çağ</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9789751046703</t>
+          <t>9789751039170</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Sanat</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>265</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9789751047434</t>
+          <t>9789751046710</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>O Çılgın İnsanlar</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9789751010599</t>
+          <t>9789751047403</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Temel Müzik Eğitimi 1</t>
+          <t>Mekana Dair Psikopolitik Okumalar</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9789751038432</t>
+          <t>9789751047465</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Baba Hakkı</t>
+          <t>Harabelerin Çiçeği</t>
         </is>
       </c>
       <c r="C1570" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9789751047243</t>
+          <t>9789751047472</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri ve Diğer Doğaüstü Anlatılar</t>
+          <t>Gökyüzü</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9789751047458</t>
+          <t>9789751047489</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Lozan</t>
+          <t>Eski Hastalık</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>705</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9789751047250</t>
+          <t>9789751032782</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Hayatınızı Nasıl Değiştirir?</t>
+          <t>Siyasetin Sefaleti</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>385</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789751045409</t>
+          <t>9789751046826</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz</t>
+          <t>Yaprak Dökümü - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>295</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9789751031358</t>
+          <t>9789751018328</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Müzik Teorisi - 2</t>
+          <t>İnkılap Coğrafya Atlası Resimli ve Açıklamalı</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>575</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9789751038340</t>
+          <t>9789751047502</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>2025 Astroşifa Ajandası</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9789751046642</t>
+          <t>9789751046703</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Dünya Coğrafyası</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>1905</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9789751047229</t>
+          <t>9789751047434</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlar Hep Gençtir</t>
+          <t>O Çılgın İnsanlar</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>310</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9789751046857</t>
+          <t>9789751010599</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Dostlar Beni Hatırlasın</t>
+          <t>Temel Müzik Eğitimi 1</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>310</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9789751044570</t>
+          <t>9789751038432</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Luna</t>
+          <t>Baba Hakkı</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>230</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9789751036797</t>
+          <t>9789751047243</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Klişe Hayatlar Matbaası</t>
+          <t>Hayalet Öyküleri ve Diğer Doğaüstü Anlatılar</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9789751040305</t>
+          <t>9789751047458</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - Yeni Bir Umut</t>
+          <t>Lozan</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>285</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9789751040459</t>
+          <t>9789751047250</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - Jedi’in Dönüşü</t>
+          <t>Yıldızlar Hayatınızı Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>265</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9789751040374</t>
+          <t>9789751045409</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Star Wars - İmparator</t>
+          <t>Büyük Taarruz</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>265</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9789751040268</t>
+          <t>9789751031358</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Söyleyince Kızıyorlar</t>
+          <t>Uygulamalı Müzik Teorisi - 2</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>230</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9789751046154</t>
+          <t>9789751038340</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyerin Maceraları - Gençler İçin</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9789751040725</t>
+          <t>9789751046642</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Diyet Hakkında Her Şey</t>
+          <t>Dünya Coğrafyası</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>650</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9789751040862</t>
+          <t>9789751047229</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniyye Oteli</t>
+          <t>Rüzgarlar Hep Gençtir</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>480</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9789751046840</t>
+          <t>9789751046857</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ile Kiracıları - Livaneli Kitaplığı</t>
+          <t>Dostlar Beni Hatırlasın</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>135</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9789751046918</t>
+          <t>9789751044570</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Memleket Hikayeleri - Livaneli Kitaplığı</t>
+          <t>Luna</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9789751047519</t>
+          <t>9789751036797</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Gizli El</t>
+          <t>Klişe Hayatlar Matbaası</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9789751044617</t>
+          <t>9789751040305</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Kabul - Yeni Olasılıkları Mümkün Kılma Sanatı</t>
+          <t>Star Wars - Yeni Bir Umut</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9789751042996</t>
+          <t>9789751040459</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Palyaço’nun Günlüğü</t>
+          <t>Star Wars - Jedi’in Dönüşü</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9789751047526</t>
+          <t>9789751040374</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Dudaktan Kalbe</t>
+          <t>Star Wars - İmparator</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>575</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9789751038630</t>
+          <t>9789751040268</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Kimim Ben?</t>
+          <t>Söyleyince Kızıyorlar</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>455</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9789751029959</t>
+          <t>9789751046154</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Müzik Teorisi - 1</t>
+          <t>Tom Sawyerin Maceraları - Gençler İçin</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>625</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9789751038241</t>
+          <t>9789751040725</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıyı Seçtim Aşk Mavinin Altındaydı</t>
+          <t>Diyet Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>265</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9789751039224</t>
+          <t>9789751040862</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Gömlekliler</t>
+          <t>Konstantiniyye Oteli</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9789751038272</t>
+          <t>9789751046840</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Bir Ölünün Defteri</t>
+          <t>Ayaşlı ile Kiracıları - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9789751037879</t>
+          <t>9789751046918</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kare Bulmaca 1. Kitap</t>
+          <t>Memleket Hikayeleri - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9789751037435</t>
+          <t>9789751047519</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Gizli El</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789751041050</t>
+          <t>9789751044617</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Adımı Deniz Koydular</t>
+          <t>Kabul - Yeni Olasılıkları Mümkün Kılma Sanatı</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9789751041838</t>
+          <t>9789751042996</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Alexiad - Malazgirt’in Sonrası</t>
+          <t>Palyaço’nun Günlüğü</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9789751031693</t>
+          <t>9789751047526</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Tarihi Yalanları 2. Kitap</t>
+          <t>Dudaktan Kalbe</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>755</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9789751013903</t>
+          <t>9789751038630</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Kimim Ben?</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>135</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9789751047397</t>
+          <t>9789751029959</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Yezidin Kızı</t>
+          <t>Uygulamalı Müzik Teorisi - 1</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>245</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9789751039774</t>
+          <t>9789751038241</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman</t>
+          <t>Kırmızıyı Seçtim Aşk Mavinin Altındaydı</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9789751046925</t>
+          <t>9789751039224</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>300 Soruda Çocuğunuz Sizden Ne Bekliyor?</t>
+          <t>Kızıl Gömlekliler</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>385</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9789751046833</t>
+          <t>9789751038272</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>32 Alıntıda Felsefe Tarihi</t>
+          <t>Bir Ölünün Defteri</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9789751047212</t>
+          <t>9789751037879</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Aykırılık Yoksa Nitelikli Hayat da Yoktur</t>
+          <t>İngilizce Kare Bulmaca 1. Kitap</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>215</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9789751046819</t>
+          <t>9789751037435</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye - Livaneli Kitaplığı</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9789751043177</t>
+          <t>9789751041050</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Oxford Dünya Tarihi Sözlüğü 2- L-Z</t>
+          <t>Adımı Deniz Koydular</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>480</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9789751043160</t>
+          <t>9789751041838</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Oxford Dünya Tarihi Sözlüğü 1- A-K</t>
+          <t>Alexiad - Malazgirt’in Sonrası</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9789751047380</t>
+          <t>9789751031693</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Dökümü</t>
+          <t>Cumhuriyet Tarihi Yalanları 2. Kitap</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>310</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9789751038760</t>
+          <t>9789751013903</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Pembe Fili Düşünme</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9789751042521</t>
+          <t>9789751047397</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Hikayesi</t>
+          <t>Yezidin Kızı</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9789751046796</t>
+          <t>9789751039774</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Hayatım Roman</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>100</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9789751046352</t>
+          <t>9789751046925</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>300 Soruda Çocuğunuz Sizden Ne Bekliyor?</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>100</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9789751046680</t>
+          <t>9789751046833</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>32 Alıntıda Felsefe Tarihi</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>155</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9789751046338</t>
+          <t>9789751047212</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Aykırılık Yoksa Nitelikli Hayat da Yoktur</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9789751046802</t>
+          <t>9789751046819</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Mürebbiye - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9789751046697</t>
+          <t>9789751043177</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı - Livaneli Kitaplığı</t>
+          <t>Oxford Dünya Tarihi Sözlüğü 2- L-Z</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9789751046345</t>
+          <t>9789751043160</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu - Livaneli Kitaplığı</t>
+          <t>Oxford Dünya Tarihi Sözlüğü 1- A-K</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>220</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9789751046369</t>
+          <t>9789751047380</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Hikayeleri - Livaneli Kitaplığı</t>
+          <t>Yaprak Dökümü</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9789751046321</t>
+          <t>9789751038760</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Acımak - Livaneli Kitaplığı</t>
+          <t>Pembe Fili Düşünme</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9789751046789</t>
+          <t>9789751042521</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Anlaşılabilir Bir Kant</t>
+          <t>Kardeşimin Hikayesi</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>160</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9789751046635</t>
+          <t>9789751046796</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Sakın Aldanma, İnanma, Kanma</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9789751046628</t>
+          <t>9789751046352</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Guguklu Saat</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9789751049285</t>
+          <t>9789751046680</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Misafiri</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9789751047922</t>
+          <t>9789751046338</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Kavak Yelleri</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>680</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9789751047694</t>
+          <t>9789751046802</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Düşmanı</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>360</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9789751026576</t>
+          <t>9789751046697</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Angut</t>
+          <t>Otlakçı - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9789751041708</t>
+          <t>9789751046345</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, Bir Ölüm</t>
+          <t>Aşk-ı Memnu - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9789751039903</t>
+          <t>9789751046369</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Fırat - Kotum Yıkanmasaydı</t>
+          <t>Gurbet Hikayeleri - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9789751041098</t>
+          <t>9789751046321</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Son Ada</t>
+          <t>Acımak - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9789751031365</t>
+          <t>9789751046789</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Çin Tarihi</t>
+          <t>Herkes İçin Anlaşılabilir Bir Kant</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>745</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9789751025722</t>
+          <t>9789751046635</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Sakın Aldanma, İnanma, Kanma</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9789751039927</t>
+          <t>9789751046628</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Fırat - Canım Sıkılıyo</t>
+          <t>Guguklu Saat</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9789751015440</t>
+          <t>9789751049285</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Çalıkuşu (Gençler İçin)</t>
+          <t>Tanrı Misafiri</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9789751047373</t>
+          <t>9789751047922</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Acımak</t>
+          <t>Kavak Yelleri</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>310</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9789751023964</t>
+          <t>9789751047694</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Sudoku</t>
+          <t>Bir Kadın Düşmanı</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>125</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9789751043252</t>
+          <t>9789751026576</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Mendil Altında - Livaneli Kitaplığı</t>
+          <t>Angut</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9789751046512</t>
+          <t>9789751041708</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Elohim'in Çocukları</t>
+          <t>Bir Kedi, Bir Adam, Bir Ölüm</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>330</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9789751046307</t>
+          <t>9789751039903</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Muhbir</t>
+          <t>Fırat - Kotum Yıkanmasaydı</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9789751046499</t>
+          <t>9789751041098</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Waterloo</t>
+          <t>Son Ada</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9789751046505</t>
+          <t>9789751031365</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Bir Yüzü</t>
+          <t>Çin Tarihi</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>295</v>
+        <v>895</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9789751002020</t>
+          <t>9789751025722</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Olağan İşler</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9789751030979</t>
+          <t>9789751039927</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Fırat - Canım Sıkılıyo</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9789751037886</t>
+          <t>9789751015440</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kare Bulmaca 2. Kitap</t>
+          <t>Çalıkuşu (Gençler İçin)</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>85</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9789751029706</t>
+          <t>9789751047373</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein - Yaşayan Ölü 3. Kitap</t>
+          <t>Acımak</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9789751026378</t>
+          <t>9789751023964</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Sudoku</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9789751046277</t>
+          <t>9789751043252</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Mecalis-i Seba (Yedi Meclis)</t>
+          <t>Mendil Altında - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9789751046260</t>
+          <t>9789751046512</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercümesi ve Şerhi I - II. Cilt</t>
+          <t>Elohim'in Çocukları</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>875</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9789751046284</t>
+          <t>9789751046307</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Yaratık</t>
+          <t>Muhbir</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>465</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9789751046314</t>
+          <t>9789751046499</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Adanın İnsanları</t>
+          <t>Waterloo</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>465</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9789751044167</t>
+          <t>9789751046505</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>İstanbul'un Bir Yüzü</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>135</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9789751046185</t>
+          <t>9789751002020</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Gwendy'nin Düğme Kutusu</t>
+          <t>Olağan İşler</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9789751046291</t>
+          <t>9789751030979</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Memleket Hikayeleri</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9789751039392</t>
+          <t>9789751037886</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Bin Aşık Yılı Uzakta</t>
+          <t>İngilizce Kare Bulmaca 2. Kitap</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>190</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9789751020604</t>
+          <t>9789751029706</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Frankenstein - Yaşayan Ölü 3. Kitap</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9789751035431</t>
+          <t>9789751026378</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kısa Tarihi</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9789751045874</t>
+          <t>9789751046277</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Benden Önce Trajedim Sizi Selamlayacak</t>
+          <t>Mecalis-i Seba (Yedi Meclis)</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9789751045959</t>
+          <t>9789751046260</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Karnavalın Ortasındaki Adam Ünsal Oskay</t>
+          <t>Mesnevi Tercümesi ve Şerhi I - II. Cilt</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>400</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9789751046178</t>
+          <t>9789751046284</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Levanten</t>
+          <t>Yaratık</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>330</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9789751048318</t>
+          <t>9789751046314</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Miskinler Tekkesi</t>
+          <t>Adanın İnsanları</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>360</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9789751047793</t>
+          <t>9789751044167</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Ateş Gecesi</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>490</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9789751045683</t>
+          <t>9789751046185</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Paralel Tarihi</t>
+          <t>Gwendy'nin Düğme Kutusu</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>465</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9789751045485</t>
+          <t>9789751046291</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Yalanlar ve Gerçekler</t>
+          <t>Memleket Hikayeleri</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9789751045430</t>
+          <t>9789751039392</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Buda'yı Ararken Rumi'yi Buldum</t>
+          <t>Bin Aşık Yılı Uzakta</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9789751044525</t>
+          <t>9789751020604</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ruh Sağlığı</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9789751039408</t>
+          <t>9789751035431</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kentin Yakışıklısı</t>
+          <t>Felsefenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9789751030818</t>
+          <t>9789751045874</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Benden Önce Trajedim Sizi Selamlayacak</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9789751032584</t>
+          <t>9789751045959</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Karnavalın Ortasındaki Adam Ünsal Oskay</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>95</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9789751028006</t>
+          <t>9789751046178</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kayıp Kıta Mu</t>
+          <t>Levanten</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9789751037749</t>
+          <t>9789751048318</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Baş Döndürenler</t>
+          <t>Miskinler Tekkesi</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>595</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9789751041845</t>
+          <t>9789751047793</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kutsal Kitabı</t>
+          <t>Ateş Gecesi</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>575</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9789751035462</t>
+          <t>9789751045683</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Sınırda Üç Kadın</t>
+          <t>Dünyanın Paralel Tarihi</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>215</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9789751040992</t>
+          <t>9789751045485</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Yollar Tek Adımla Başlar</t>
+          <t>Yalanlar ve Gerçekler</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9789751015396</t>
+          <t>9789751045430</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Hikayeleri</t>
+          <t>Buda'yı Ararken Rumi'yi Buldum</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9789751024824</t>
+          <t>9789751044525</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Divanı</t>
+          <t>Çocuk Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>560</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9789751033383</t>
+          <t>9789751039408</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Cehennemdere Kanyonu</t>
+          <t>Kayıp Kentin Yakışıklısı</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9789751013569</t>
+          <t>9789751030818</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>İngilizcede Zamanlar ve Cümle Kuruluşları Cilt: 2</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>585</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9789751045966</t>
+          <t>9789751032584</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Müsrif Deha Nikola Tesla</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>245</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9789751046086</t>
+          <t>9789751028006</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji Sözlüğü</t>
+          <t>Atatürk ve Kayıp Kıta Mu</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9789751046055</t>
+          <t>9789751037749</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Saraylsıı</t>
+          <t>Baş Döndürenler</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9789751046062</t>
+          <t>9789751041845</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Aklın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>285</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9789751046048</t>
+          <t>9789751035462</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Hikayeleri - Yeraltında Dünya Var</t>
+          <t>Sınırda Üç Kadın</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9789751045812</t>
+          <t>9789751040992</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Livaneli Kitaplığı</t>
+          <t>En Uzun Yollar Tek Adımla Başlar</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9789751046000</t>
+          <t>9789751015396</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği - Livaneli Kitaplığı</t>
+          <t>Gurbet Hikayeleri</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9789751046017</t>
+          <t>9789751024824</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>1984 - Livaneli Kitaplığı</t>
+          <t>Fuzuli Divanı</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>220</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9789751045997</t>
+          <t>9789751033383</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Sarsılmak</t>
+          <t>Cehennemdere Kanyonu</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9789751044211</t>
+          <t>9789751013569</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Bir Dosttan Pusulalar</t>
+          <t>İngilizcede Zamanlar ve Cümle Kuruluşları Cilt: 2</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>230</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9789751045249</t>
+          <t>9789751045966</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Dev Adımlar</t>
+          <t>Müsrif Deha Nikola Tesla</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9789751046031</t>
+          <t>9789751046086</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Malumatfuruş</t>
+          <t>Arkeoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>285</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9789751045973</t>
+          <t>9789751046055</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Gülme - Livaneli Kitaplığı</t>
+          <t>Bugünün Saraylsıı</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>155</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9789751045935</t>
+          <t>9789751046062</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Walden ya da Ormanda Yaşam - Livaneli Kitaplığı</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9789751045867</t>
+          <t>9789751046048</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Olduğunu Anlıyorum Neden Olduğunu Anlamıyorum</t>
+          <t>Gurbet Hikayeleri - Yeraltında Dünya Var</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9789751045829</t>
+          <t>9789751045812</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Newton Neden Türk Değildi?</t>
+          <t>Küçük Prens - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9789751045539</t>
+          <t>9789751046000</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>İçimde Yanan Nehir</t>
+          <t>Hayvan Çiftliği - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9789751045836</t>
+          <t>9789751046017</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Hukuku Sosyal Medya</t>
+          <t>1984 - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9789751045478</t>
+          <t>9789751045997</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Maceraları - 2 - Livaneli Kitaplığı</t>
+          <t>Sarsılmak</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>135</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9789751045386</t>
+          <t>9789751044211</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Maceraları - 1 - Livaneli Kitaplığ</t>
+          <t>Bir Dosttan Pusulalar</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9789751045522</t>
+          <t>9789751045249</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Düşe Kalka Büyümek</t>
+          <t>Dev Adımlar</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9789751044532</t>
+          <t>9789751046031</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Dil Yanlışları - 2000 Sözün Eleştirisi</t>
+          <t>Malumatfuruş</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>770</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9789751045508</t>
+          <t>9789751045973</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>La fontaine Masalları</t>
+          <t>Gülme - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9789751045782</t>
+          <t>9789751045935</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Yüzen Bahçe</t>
+          <t>Walden ya da Ormanda Yaşam - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>625</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9789751045775</t>
+          <t>9789751045867</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Sonuncu Kadeh</t>
+          <t>Nasıl Olduğunu Anlıyorum Neden Olduğunu Anlamıyorum</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>560</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9789751045805</t>
+          <t>9789751045829</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Tekkesi</t>
+          <t>Newton Neden Türk Değildi?</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>1100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9789751045751</t>
+          <t>9789751045539</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Bu Bizim Hayatımız</t>
+          <t>İçimde Yanan Nehir</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>560</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9789751045768</t>
+          <t>9789751045836</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Boyunca</t>
+          <t>Bilişim Hukuku Sosyal Medya</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>755</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9789751045850</t>
+          <t>9789751045478</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>2024 Astroşifa Ajandası</t>
+          <t>Sherlock Holmes'un Maceraları - 2 - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9789751047946</t>
+          <t>9789751045386</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Travmadan Zafere</t>
+          <t>Sherlock Holmes'un Maceraları - 1 - Livaneli Kitaplığ</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9789751045454</t>
+          <t>9789751045522</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Düşe Kalka Büyümek</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>155</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9789751045720</t>
+          <t>9789751044532</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Adı Her Neyse</t>
+          <t>Dil Yanlışları - 2000 Sözün Eleştirisi</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>285</v>
+        <v>925</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9789751045744</t>
+          <t>9789751045508</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Anneme ve Kızıma</t>
+          <t>La fontaine Masalları</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>190</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9789751045713</t>
+          <t>9789751045782</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>O Güzel İnsanlar</t>
+          <t>Yüzen Bahçe</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>320</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9789751045799</t>
+          <t>9789751045775</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Bir Devrimci Prenses</t>
+          <t>Sonuncu Kadeh</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>160</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9789751045843</t>
+          <t>9789751045805</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayal Kerkük</t>
+          <t>Kadınlar Tekkesi</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>285</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9789751045690</t>
+          <t>9789751045751</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Büyük İnsanlık</t>
+          <t>Bu Bizim Hayatımız</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>415</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9789751045706</t>
+          <t>9789751045768</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Uzun Zaman Önce</t>
+          <t>Bir Ömür Boyunca</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>190</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9789751045737</t>
+          <t>9789751045850</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Rüsumat</t>
+          <t>2024 Astroşifa Ajandası</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9789751041562</t>
+          <t>9789751047946</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>O Panda Benim</t>
+          <t>Travmadan Zafere</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9789751045201</t>
+          <t>9789751045454</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Suçlusu Blaze</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9789751044495</t>
+          <t>9789751045720</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli Bütün Şiirleri</t>
+          <t>Adı Her Neyse</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9789751045492</t>
+          <t>9789751045744</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ayrılıktan da Acı</t>
+          <t>Anneme ve Kızıma</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9789751045461</t>
+          <t>9789751045713</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı - Livaneli Kitaplığı</t>
+          <t>O Güzel İnsanlar</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>100</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9789751045393</t>
+          <t>9789751045799</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>Anadolu'da Bir Devrimci Prenses</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9789751045447</t>
+          <t>9789751045843</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Niccolo Machiavelli ve Büyük Friedrich’in Savaş Sanatı Üzerine</t>
+          <t>Kırık Hayal Kerkük</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9789751045188</t>
+          <t>9789751045690</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Tılsım - Yeni Kapak</t>
+          <t>Büyük İnsanlık</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>680</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9789751045300</t>
+          <t>9789751045706</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Tebrikler Kovuldunuz! - Yeni Kapak</t>
+          <t>Uzun Zaman Önce</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9789751044044</t>
+          <t>9789751045737</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mutlu Olurum?</t>
+          <t>Rüsumat</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>385</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9789751045515</t>
+          <t>9789751041562</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>O Büyülü İnsanlar</t>
+          <t>O Panda Benim</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9789751045287</t>
+          <t>9789751045201</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayat</t>
+          <t>Yüzyılın Suçlusu Blaze</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9789751045348</t>
+          <t>9789751044495</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Orhan Veli Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9789751045317</t>
+          <t>9789751045492</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Hikayesi</t>
+          <t>Aşk Ayrılıktan da Acı</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>110</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9789751045379</t>
+          <t>9789751045461</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Vahşetin Çağrısı - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9789751045331</t>
+          <t>9789751045393</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>145</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9789751045355</t>
+          <t>9789751045447</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Niccolo Machiavelli ve Büyük Friedrich’in Savaş Sanatı Üzerine</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9789751044778</t>
+          <t>9789751045188</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Tılsım - Yeni Kapak</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>295</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9789751045256</t>
+          <t>9789751045300</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Romantik Bilim</t>
+          <t>Tebrikler Kovuldunuz! - Yeni Kapak</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>310</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9789751045294</t>
+          <t>9789751044044</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yönetmenlerinden Sinema Dersleri</t>
+          <t>Nasıl Mutlu Olurum?</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>255</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9789751044877</t>
+          <t>9789751045515</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Görsel Metodoloji</t>
+          <t>O Büyülü İnsanlar</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>1430</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9789751045232</t>
+          <t>9789751045287</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Mindful Günlüğüm - Kartlar</t>
+          <t>Çocuklu Hayat</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>770</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9789751044907</t>
+          <t>9789751045348</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Dikkate Değer Mevzular</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9789751044822</t>
+          <t>9789751045317</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Açıklamalı Temel İngilizce</t>
+          <t>Bir Çöküşün Hikayesi</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>810</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9789751044969</t>
+          <t>9789751045379</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Bahçe</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C1746" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9789751045218</t>
+          <t>9789751045331</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece - Livaneli Kitaplığı</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9789751045225</t>
+          <t>9789751045355</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway - Livaneli Kitaplığı</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9789751045195</t>
+          <t>9789751044778</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Parkı</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9789751044921</t>
+          <t>9789751045256</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden - Livaneli Kitaplığı</t>
+          <t>Romantik Bilim</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9789751044976</t>
+          <t>9789751045294</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>İç ve Dış Mimaride Balyanlar</t>
+          <t>Dünya Yönetmenlerinden Sinema Dersleri</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>2195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9789751044983</t>
+          <t>9789751044877</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Leyla'yı Bulmak</t>
+          <t>Görsel Metodoloji</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>350</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9789751043900</t>
+          <t>9789751045232</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Korku - Livaneli Kitaplığı</t>
+          <t>Mindful Günlüğüm - Kartlar</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>90</v>
+        <v>925</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9789751043894</t>
+          <t>9789751044907</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Ermiş - Livaneli Kitaplığı</t>
+          <t>Dikkate Değer Mevzular</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9789751043832</t>
+          <t>9789751044822</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Zincire Vurulmuş Prometheus - Livaneli Kitaplığı</t>
+          <t>Türkçe Açıklamalı Temel İngilizce</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>90</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9789751043849</t>
+          <t>9789751044969</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Satranç - Livaneli Kitaplığı</t>
+          <t>Yılanlı Bahçe</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9789751043887</t>
+          <t>9789751045218</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar - Livaneli Kitaplığı</t>
+          <t>Olağanüstü Bir Gece - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9789751044150</t>
+          <t>9789751045225</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İçinden - Livaneli Kitaplığı</t>
+          <t>Mrs. Dalloway - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9789751043863</t>
+          <t>9789751045195</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında - Livaneli Kitaplığı</t>
+          <t>Eğlence Parkı</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>145</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9789751044839</t>
+          <t>9789751044921</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Kadından Mektup - Livaneli Kitaplığı</t>
+          <t>Martin Eden - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>90</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9789751043856</t>
+          <t>9789751044976</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda - Livaneli Kitaplığı</t>
+          <t>İç ve Dış Mimaride Balyanlar</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>135</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9789751044662</t>
+          <t>9789751044983</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Alevi Bektaşi Nefesleri</t>
+          <t>Leyla'yı Bulmak</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>660</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9789751044587</t>
+          <t>9789751043900</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield - Gençler İçin</t>
+          <t>Korku - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1763" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9789751044723</t>
+          <t>9789751043894</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar - Gençler İçin</t>
+          <t>Ermiş - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1764" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9789751044808</t>
+          <t>9789751043832</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci - İlk Bilgin</t>
+          <t>Zincire Vurulmuş Prometheus - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>415</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9789751044082</t>
+          <t>9789751043849</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuftan Dilimize Geçen Deyimler ve Atasözleri</t>
+          <t>Satranç - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>480</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9789751044655</t>
+          <t>9789751043887</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Çağı Ruh Sağlığı ve Ruhsal Sorunlar</t>
+          <t>İnsan Neyle Yaşar - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9789751044846</t>
+          <t>9789751044150</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Değişen Toplumda Aile ve Çocuk</t>
+          <t>Aynanın İçinden - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9789751044952</t>
+          <t>9789751043863</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Etrafın Seni Sıktığı Zaman Kitap Oku</t>
+          <t>Alice Harikalar Diyarında - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9789751044945</t>
+          <t>9789751044839</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Amcamı Almasak Begonvil Kaça Olur?</t>
+          <t>Meçhul Bir Kadından Mektup - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9789751044884</t>
+          <t>9789751043856</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Kendine Ait Bir Oda - Livaneli Kitaplığı</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>285</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9789751044914</t>
+          <t>9789751044662</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluştan Kuruluşa Cumhuriyet</t>
+          <t>Alevi Bektaşi Nefesleri</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>480</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9789751044853</t>
+          <t>9789751044587</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Avucumda Solan Bir Yaprak</t>
+          <t>David Copperfield - Gençler İçin</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9789751044815</t>
+          <t>9789751044723</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreten Hikayeler - 2</t>
+          <t>Küçük Kadınlar - Gençler İçin</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9789751044785</t>
+          <t>9789751044808</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönemin Rekorları</t>
+          <t>Leonardo Da Vinci - İlk Bilgin</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9789751044761</t>
+          <t>9789751044082</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>On Dün Önceki Kız</t>
+          <t>Tasavvuftan Dilimize Geçen Deyimler ve Atasözleri</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>330</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9789751044792</t>
+          <t>9789751044655</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>AstroDefter 2023</t>
+          <t>Gençlik Çağı Ruh Sağlığı ve Ruhsal Sorunlar</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>285</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9789751044518</t>
+          <t>9789751044846</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Dokunmaktır</t>
+          <t>Değişen Toplumda Aile ve Çocuk</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9789751044624</t>
+          <t>9789751044952</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Cehennemdere Kanyonu (Ciltli)</t>
+          <t>Etrafın Seni Sıktığı Zaman Kitap Oku</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>770</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9789751044563</t>
+          <t>9789751044945</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Genel Piskoloji</t>
+          <t>Amcamı Almasak Begonvil Kaça Olur?</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9789751044341</t>
+          <t>9789751044884</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Sonra Mevlevilik</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>810</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9789751044686</t>
+          <t>9789751044914</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Aristo’nun Rüyası</t>
+          <t>Kurtuluştan Kuruluşa Cumhuriyet</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9789751044693</t>
+          <t>9789751044853</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Biz Hudutlardayken</t>
+          <t>Avucumda Solan Bir Yaprak</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9789751044143</t>
+          <t>9789751044815</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Van’ın Yitik Dünyası</t>
+          <t>Dil Öğreten Hikayeler - 2</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>2140</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9789751044549</t>
+          <t>9789751044785</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz</t>
+          <t>Antik Dönemin Rekorları</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9789751044396</t>
+          <t>9789751044761</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Akışında 101 Tökezleme</t>
+          <t>On Dün Önceki Kız</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>455</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9789751044709</t>
+          <t>9789751044792</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ünlü Uyumu</t>
+          <t>AstroDefter 2023</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>425</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9789751044600</t>
+          <t>9789751044518</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın Sırtında</t>
+          <t>Sevmek Dokunmaktır</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>415</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9789751044419</t>
+          <t>9789751044624</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Çikolata, Çikolata ve Daha Fazla Çikolata!</t>
+          <t>Cehennemdere Kanyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>820</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9789751044440</t>
+          <t>9789751044563</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler – Gençler İçin</t>
+          <t>Genel Piskoloji</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>110</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9789751044464</t>
+          <t>9789751044341</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Dolores Claiborne</t>
+          <t>Mevlana’dan Sonra Mevlevilik</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>310</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9789751044471</t>
+          <t>9789751044686</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Karabasanlar 1</t>
+          <t>Aristo’nun Rüyası</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9789751044457</t>
+          <t>9789751044693</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Fırtınası</t>
+          <t>Biz Hudutlardayken</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>560</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9789751044303</t>
+          <t>9789751044143</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa Rönesans Korsanları</t>
+          <t>Van’ın Yitik Dünyası</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>545</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9789751044365</t>
+          <t>9789751044549</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Hayalkar</t>
+          <t>Sonsuz</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9789751044358</t>
+          <t>9789751044396</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Ağlarsam Haberim Olsun</t>
+          <t>Tarihin Akışında 101 Tökezleme</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9789751043801</t>
+          <t>9789751044709</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahar Günü Sofya'da</t>
+          <t>Küçük Ünlü Uyumu</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>230</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9789751044013</t>
+          <t>9789751044600</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın Sırtında (Ciltli)</t>
+          <t>Kaplanın Sırtında</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>870</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9789751044402</t>
+          <t>9789751044419</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Erşan Kuneri Senaryo 2</t>
+          <t>Çikolata, Çikolata ve Daha Fazla Çikolata!</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>320</v>
+        <v>985</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9789751044389</t>
+          <t>9789751044440</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Erşan Kuneri Senaryo 1</t>
+          <t>Gümüş Patenler – Gençler İçin</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9789751044426</t>
+          <t>9789751044464</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Afili Kentin Alaylıları</t>
+          <t>Dolores Claiborne</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9789751044501</t>
+          <t>9789751044471</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Garaz - Gölgelerin Oyunu</t>
+          <t>Rüyalar Karabasanlar 1</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9789751044556</t>
+          <t>9789751044457</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>2023 Astroşifa Ajandası</t>
+          <t>Yüzyılın Fırtınası</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>320</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9789751044488</t>
+          <t>9789751044303</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>2023 Karar</t>
+          <t>Barbarossa Rönesans Korsanları</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>330</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9789751044372</t>
+          <t>9789751044365</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Oxı</t>
+          <t>Hayalkar</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9789751043825</t>
+          <t>9789751044358</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Maymun</t>
+          <t>Ağlarsam Haberim Olsun</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9789751044310</t>
+          <t>9789751043801</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Dil Gerçeği</t>
+          <t>Bir Bahar Günü Sofya'da</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9789751044327</t>
+          <t>9789751044013</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Özleştirme Durdurulamaz</t>
+          <t>Kaplanın Sırtında (Ciltli)</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>310</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9789751044334</t>
+          <t>9789751044402</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Göçün Tarihi</t>
+          <t>Erşan Kuneri Senaryo 2</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>295</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9789751044259</t>
+          <t>9789751044389</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Az Su İsteyen Bahçeler</t>
+          <t>Erşan Kuneri Senaryo 1</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>265</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9789751044297</t>
+          <t>9789751044426</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İzinde</t>
+          <t>Afili Kentin Alaylıları</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9789751040824</t>
+          <t>9789751044501</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğretmeni Yetiştirme</t>
+          <t>Garaz - Gölgelerin Oyunu</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>425</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9789751044280</t>
+          <t>9789751044556</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Mebus</t>
+          <t>2023 Astroşifa Ajandası</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>215</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9789751044273</t>
+          <t>9789751044488</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>Yakınsama</t>
+          <t>2023 Karar</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9789751044204</t>
+          <t>9789751044372</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Oxı</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>285</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9789751044242</t>
+          <t>9789751043825</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Aslında Öyle Değil</t>
+          <t>Çıplak Maymun</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9789751044181</t>
+          <t>9789751044310</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Savunmanın Tarihi ve İstanbul Barosu</t>
+          <t>Dil Gerçeği</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9789751044174</t>
+          <t>9789751044327</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Garam</t>
+          <t>Özleştirme Durdurulamaz</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9789751044198</t>
+          <t>9789751044334</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Bir Sen Bırak</t>
+          <t>Göçün Tarihi</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>295</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9789751044136</t>
+          <t>9789751044259</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Jale İnan</t>
+          <t>Az Su İsteyen Bahçeler</t>
         </is>
       </c>
       <c r="C1820" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9789751044235</t>
+          <t>9789751044297</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Filin Düşüşü</t>
+          <t>Atatürk’ün İzinde</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>200</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9789751042576</t>
+          <t>9789751040824</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Lügatı: Lügat-ı Fahri O-Z</t>
+          <t>Yabancı Dil Öğretmeni Yetiştirme</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>795</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9789751042569</t>
+          <t>9789751044280</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Lügatı: Lügat-ı Fahri K-N</t>
+          <t>Mebus</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>810</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9789751042187</t>
+          <t>9789751044273</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Lügatı: Lügat-ı Fahri F-J</t>
+          <t>Yakınsama</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>730</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9789751042194</t>
+          <t>9789751044204</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Lügatı: Lügat-ı Fahri A-E</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>890</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9789751042583</t>
+          <t>9789751044242</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Kullanımlı İspanyolca Türkçe Okul Sözlüğü</t>
+          <t>Aslında Öyle Değil</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9789751039798</t>
+          <t>9789751044181</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Eş Anlamlı Kelimeler Sözlüğü</t>
+          <t>Savunmanın Tarihi ve İstanbul Barosu</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>595</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9789751039712</t>
+          <t>9789751044174</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreten Hikayeler Türkçe-İspanyolca</t>
+          <t>Garam</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9789751039736</t>
+          <t>9789751044198</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreten Hikayeler Türkçe-Almanca</t>
+          <t>Geleceğe Bir Sen Bırak</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>265</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9789751039729</t>
+          <t>9789751044136</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreten Hikayeler Türkçe-İngilizce</t>
+          <t>Jale İnan</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9789751043986</t>
+          <t>9789751044235</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Kokunun İzi</t>
+          <t>Filin Düşüşü</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9789751043979</t>
+          <t>9789751042576</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Aşka Özür Diletmem</t>
+          <t>Osmanlı Türkçesi Lügatı: Lügat-ı Fahri O-Z</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>215</v>
+        <v>955</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9789751043429</t>
+          <t>9789751042569</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Şehirlerin Tarihi</t>
+          <t>Osmanlı Türkçesi Lügatı: Lügat-ı Fahri K-N</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>265</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9789751043818</t>
+          <t>9789751042187</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Film Gibi Geçti - Ediz Hun</t>
+          <t>Osmanlı Türkçesi Lügatı: Lügat-ı Fahri F-J</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>360</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9789751043917</t>
+          <t>9789751042194</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kesiği</t>
+          <t>Osmanlı Türkçesi Lügatı: Lügat-ı Fahri A-E</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>230</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9789751043788</t>
+          <t>9789751042583</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Masal Kadın</t>
+          <t>Kullanımlı İspanyolca Türkçe Okul Sözlüğü</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>265</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9789751043443</t>
+          <t>9789751039798</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Çikolata (Ciltli)</t>
+          <t>Türkçede Eş Anlamlı Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>1205</v>
+        <v>715</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>2711000000110</t>
+          <t>9789751039712</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Kendime Notlar</t>
+          <t>Dil Öğreten Hikayeler Türkçe-İspanyolca</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9789751041586</t>
+          <t>9789751039736</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Zıt Anlamlı Kelimeler Sözlüğü</t>
+          <t>Dil Öğreten Hikayeler Türkçe-Almanca</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>425</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9789751040527</t>
+          <t>9789751039729</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Medrese v. Üniversite: Geri Kalmanın ve İlerlemenin Karşılaştırmalı Tarihçesi</t>
+          <t>Dil Öğreten Hikayeler Türkçe-İngilizce</t>
         </is>
       </c>
       <c r="C1840" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9789751038661</t>
+          <t>9789751043986</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapısal Yolla İtalyanca</t>
+          <t>Kokunun İzi</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>945</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9789751044037</t>
+          <t>9789751043979</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Bariatrik Manifesto</t>
+          <t>Aşka Özür Diletmem</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>955</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9789751043870</t>
+          <t>9789751043429</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>O Aslında Kim?</t>
+          <t>Şehirlerin Tarihi</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>510</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9789751043450</t>
+          <t>9789751043818</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğrenmeyi Öğretme ve Öğrenmeyi Öğrenme</t>
+          <t>Film Gibi Geçti - Ediz Hun</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>425</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9789751044068</t>
+          <t>9789751043917</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Üç Mevsim Tek Yaz</t>
+          <t>Kağıt Kesiği</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9789751043696</t>
+          <t>9789751043788</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yas Covid-19</t>
+          <t>Masal Kadın</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9789751043009</t>
+          <t>9789751043443</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Sözlüğü</t>
+          <t>Çikolata (Ciltli)</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>520</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9789751043016</t>
+          <t>2711000000110</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Sözlüğü</t>
+          <t>Kendime Notlar</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9789751044099</t>
+          <t>9789751041586</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Annemin Bilmediği Her Şey</t>
+          <t>Türkçede Zıt Anlamlı Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>360</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9789751043931</t>
+          <t>9789751040527</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>İade-i İtibar</t>
+          <t>Medrese v. Üniversite: Geri Kalmanın ve İlerlemenin Karşılaştırmalı Tarihçesi</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>285</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9789751044006</t>
+          <t>9789751038661</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Zabel Yesayan Yaşamı ve Eserleri</t>
+          <t>Herkes İçin Yapısal Yolla İtalyanca</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>310</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9789751043436</t>
+          <t>9789751044037</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Çikolata</t>
+          <t>Bariatrik Manifesto</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>970</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9789751043290</t>
+          <t>9789751043870</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkçe - İspanyolca Sözlük</t>
+          <t>O Aslında Kim?</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>1170</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9789751043948</t>
+          <t>9789751043450</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Geronimo</t>
+          <t>Yabancı Dil Öğrenmeyi Öğretme ve Öğrenmeyi Öğrenme</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>265</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9789751043955</t>
+          <t>9789751044068</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Debreli Hasan</t>
+          <t>Üç Mevsim Tek Yaz</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9789751043962</t>
+          <t>9789751043696</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Ken Taç Dis</t>
+          <t>Bitmeyen Yas Covid-19</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>385</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9789751043795</t>
+          <t>9789751043009</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Eski Şehir</t>
+          <t>Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>180</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9789751040817</t>
+          <t>9789751043016</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Günahkârlar Kalesi (Ciltli)</t>
+          <t>Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>295</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9789751043481</t>
+          <t>9789751044099</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Muaz</t>
+          <t>Annemin Bilmediği Her Şey</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>285</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9789751043467</t>
+          <t>9789751043931</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Çürüme</t>
+          <t>İade-i İtibar</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9789751043474</t>
+          <t>9789751044006</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Islığı</t>
+          <t>Zabel Yesayan Yaşamı ve Eserleri</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9789751043412</t>
+          <t>9789751043436</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Son Ozan Livaneli</t>
+          <t>Çikolata</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>415</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9789751041463</t>
+          <t>9789751043290</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Adam</t>
+          <t>Büyük Türkçe - İspanyolca Sözlük</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>350</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9789751043320</t>
+          <t>9789751043948</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Tarihi</t>
+          <t>Geronimo</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9789751043245</t>
+          <t>9789751043955</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Tarihi</t>
+          <t>Debreli Hasan</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9789751043405</t>
+          <t>9789751043962</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Çankaya'nın Duvaksız Gelini Fikriye</t>
+          <t>Ken Taç Dis</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>255</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9789751043344</t>
+          <t>9789751043795</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Benzerlik</t>
+          <t>Eski Şehir</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9789751043399</t>
+          <t>9789751040817</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Astrodefter 2022</t>
+          <t>Günahkârlar Kalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>133</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9789751043191</t>
+          <t>9789751043481</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Temel Astroloji – Gökyüzünü Keşfedin</t>
+          <t>Muaz</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9789751043238</t>
+          <t>9789751043467</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Yel Değirmenlerine Karşı</t>
+          <t>Çürüme</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9789751043283</t>
+          <t>9789751043474</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Bağ</t>
+          <t>Bıçak Islığı</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9789751043269</t>
+          <t>9789751043412</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Çapa Zamanı</t>
+          <t>Son Ozan Livaneli</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>255</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9789751043214</t>
+          <t>9789751041463</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Karakomik Filmler 2 Deli Emanet</t>
+          <t>Çıplak Adam</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>215</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9789751043207</t>
+          <t>9789751043320</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Karakomik Filmler 1 - 2 Arada Kaçamak</t>
+          <t>Ailenin Tarihi</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9789751043313</t>
+          <t>9789751043245</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Teknoloji Tarihi</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>480</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9789751043092</t>
+          <t>9789751043405</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>İran - Bir Ülkenin Akademik Anatomisi</t>
+          <t>Çankaya'nın Duvaksız Gelini Fikriye</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>890</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9789751042545</t>
+          <t>9789751043344</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Hikayesi (Ciltli)</t>
+          <t>Esrarengiz Benzerlik</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>795</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9789751042798</t>
+          <t>9789751043399</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Patisserie: Pastacının El Kitabı</t>
+          <t>Astrodefter 2022</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>2660</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9789751043221</t>
+          <t>9789751043191</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Mor Bir Gece</t>
+          <t>Temel Astroloji – Gökyüzünü Keşfedin</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>150</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9789751043153</t>
+          <t>9789751043238</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Kadınlar</t>
+          <t>Yel Değirmenlerine Karşı</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>310</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9789751043054</t>
+          <t>9789751043283</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Boyun Devrilsin Murtaza</t>
+          <t>Bağ</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9789751043023</t>
+          <t>9789751043269</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Yapamazsın Dediler Yapamadım</t>
+          <t>Çapa Zamanı</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9789751043146</t>
+          <t>9789751043214</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğreten Hikayeler Türkçe - İtalyanca</t>
+          <t>Karakomik Filmler 2 Deli Emanet</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9789751043061</t>
+          <t>9789751043207</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Avare Adımlarla Eskişehir</t>
+          <t>Karakomik Filmler 1 - 2 Arada Kaçamak</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9789751043085</t>
+          <t>9789751043313</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Propaganda</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>245</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9789751043078</t>
+          <t>9789751043092</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci’nin Darphanesi</t>
+          <t>İran - Bir Ülkenin Akademik Anatomisi</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>310</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9789751042736</t>
+          <t>9789751042545</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Sizin Öykünüz</t>
+          <t>Kardeşimin Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9789751043139</t>
+          <t>9789751042798</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Metamorfoz</t>
+          <t>Patisserie: Pastacının El Kitabı</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>160</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9789751043047</t>
+          <t>9789751043221</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar Tarihi</t>
+          <t>Mor Bir Gece</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9789751042972</t>
+          <t>9789751043153</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>İran Tarihi</t>
+          <t>Tanrıça Kadınlar</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9789751042828</t>
+          <t>9789751043054</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Herkes İçin Arabuluculuk</t>
+          <t>Boyun Devrilsin Murtaza</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>545</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9789751042897</t>
+          <t>9789751043023</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Kuyruğu</t>
+          <t>Yapamazsın Dediler Yapamadım</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9789751043184</t>
+          <t>9789751043146</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Turan Hakanı Alp Er Tunga</t>
+          <t>Dil Öğreten Hikayeler Türkçe - İtalyanca</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9789751042842</t>
+          <t>9789751043061</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Anatomisi</t>
+          <t>Avare Adımlarla Eskişehir</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9789751042903</t>
+          <t>9789751043085</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşıma Veda</t>
+          <t>Propaganda</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9789751043030</t>
+          <t>9789751043078</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>2022 Sıfırdan</t>
+          <t>Da Vinci’nin Darphanesi</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9789751042729</t>
+          <t>9789751042736</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Düşüş</t>
+          <t>Sizin Öykünüz</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>465</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9789751042811</t>
+          <t>9789751043139</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Sabahları Seven Akşamsefaları</t>
+          <t>Metamorfoz</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>385</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9789751042552</t>
+          <t>9789751043047</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Ben Celal Güzelses</t>
+          <t>Balkanlar Tarihi</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9789751042705</t>
+          <t>9789751042972</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Düş Uykusu</t>
+          <t>İran Tarihi</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9789751042668</t>
+          <t>9789751042828</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Serenad</t>
+          <t>Türkiye’de Herkes İçin Arabuluculuk</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>455</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9789751042675</t>
+          <t>9789751042897</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Huzursuzluk</t>
+          <t>Tilkinin Kuyruğu</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9789751042781</t>
+          <t>9789751043184</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Fil</t>
+          <t>Turan Hakanı Alp Er Tunga</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>530</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9789751042699</t>
+          <t>9789751042842</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Herkes Çıplak</t>
+          <t>Boşanmanın Anatomisi</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9789751042682</t>
+          <t>9789751042903</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kıskandığı Lider</t>
+          <t>Arkadaşıma Veda</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>310</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9789751042743</t>
+          <t>9789751043030</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Hitler Führer ve Naziler</t>
+          <t>2022 Sıfırdan</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9789751042767</t>
+          <t>9789751042729</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Mussolini  Duçe ve Faşistler</t>
+          <t>Düşüş</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>285</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9789751042750</t>
+          <t>9789751042811</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Napolyon İmparator ve General</t>
+          <t>Sabahları Seven Akşamsefaları</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>285</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9789751042613</t>
+          <t>9789751042552</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Felaketin Hatırası</t>
+          <t>Ben Celal Güzelses</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9789751042149</t>
+          <t>9789751042705</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Şefkat Korkaklara Göre Değil</t>
+          <t>Düş Uykusu</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>330</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9789751042163</t>
+          <t>9789751042668</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şarap Atlası</t>
+          <t>Serenad</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>2225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9789751042538</t>
+          <t>9789751042675</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Gece Köpekleri</t>
+          <t>Huzursuzluk</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9789751042651</t>
+          <t>9789751042781</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Bazı Aşklar Yenik Başlar</t>
+          <t>Sayısal Fil</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>230</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9789751041937</t>
+          <t>9789751042699</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Leyla'nın Evi (Şömizli) (Ciltli)</t>
+          <t>Herkes Çıplak</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>760</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9789751041951</t>
+          <t>9789751042682</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Arafat'ta Bir Çocuk (Şömizli) (Ciltli)</t>
+          <t>Tarihin Kıskandığı Lider</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>695</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9789751042200</t>
+          <t>9789751042743</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Işıkla Resmetme Terimleri</t>
+          <t>Hitler Führer ve Naziler</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>545</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9789751042132</t>
+          <t>9789751042767</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Lübeyna</t>
+          <t>Mussolini  Duçe ve Faşistler</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9789751042231</t>
+          <t>9789751042750</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Provası Yok - Filiz Akın</t>
+          <t>Napolyon İmparator ve General</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9789751042514</t>
+          <t>9789751042613</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>İhtilal-i Nizam</t>
+          <t>Felaketin Hatırası</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>520</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9789751041869</t>
+          <t>9789751042149</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Gözüyle Kartal Avlayan Yazar Yaşar Kemal (Ciltli)</t>
+          <t>Şefkat Korkaklara Göre Değil</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>740</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9789751042156</t>
+          <t>9789751042163</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı ve Oğlu (Ciltli)</t>
+          <t>Dünya Şarap Atlası</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>715</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9789751042224</t>
+          <t>9789751042538</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sancak</t>
+          <t>Gece Köpekleri</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>255</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9789751041944</t>
+          <t>9789751042651</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Arafat’ta Bir Çocuk</t>
+          <t>Bazı Aşklar Yenik Başlar</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9789751041883</t>
+          <t>9789751041937</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Evi</t>
+          <t>Leyla'nın Evi (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9789751042217</t>
+          <t>9789751041951</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tatlıdır</t>
+          <t>Arafat'ta Bir Çocuk (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>215</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9789751041920</t>
+          <t>9789751042200</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Konuşamadığımız Ne Varsa</t>
+          <t>Işıkla Resmetme Terimleri</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>350</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9789751042125</t>
+          <t>9789751042132</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı ve Oğlu</t>
+          <t>Lübeyna</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>245</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9789751040381</t>
+          <t>9789751042231</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Doğuşu: İlk Kökenlerinden 1848'e - Kapitalizm 1</t>
+          <t>Hayatın Provası Yok - Filiz Akın</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>840</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9789751040596</t>
+          <t>9789751042514</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Yayılışı: 1848'den Günümüze - Kapitalizm 2</t>
+          <t>İhtilal-i Nizam</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>755</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9789751041906</t>
+          <t>9789751041869</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Muhsin</t>
+          <t>Gözüyle Kartal Avlayan Yazar Yaşar Kemal (Ciltli)</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>375</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9789751041876</t>
+          <t>9789751042156</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Balıkçı ve Oğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9789751041890</t>
+          <t>9789751042224</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Hangimizin Yarası Yok Ki</t>
+          <t>Kayıp Sancak</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9789751041661</t>
+          <t>9789751041944</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet'ten Sonra Türkler</t>
+          <t>Arafat’ta Bir Çocuk</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>625</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9789751041678</t>
+          <t>9789751041883</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet'ten Önce Türkler</t>
+          <t>Leyla’nın Evi</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>640</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9789751041821</t>
+          <t>9789751042217</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Oyunname 2 (Ciltli)</t>
+          <t>Aşk Tatlıdır</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>1550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9789751041753</t>
+          <t>9789751041920</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Öyküleri</t>
+          <t>Konuşamadığımız Ne Varsa</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>755</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9789751041807</t>
+          <t>9789751042125</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi, Bir Adam, Bir Ölüm (Ciltli)</t>
+          <t>Balıkçı ve Oğlu</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>730</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9789751041647</t>
+          <t>9789751040381</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Orta Zekalılar Cenneti (Ciltli)</t>
+          <t>Kapitalizmin Doğuşu: İlk Kökenlerinden 1848'e - Kapitalizm 1</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>795</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9789751041852</t>
+          <t>9789751040596</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Gözüyle Kartal Avlayan Yazar Yaşar Kemal</t>
+          <t>Kapitalizmin Yayılışı: 1848'den Günümüze - Kapitalizm 2</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>330</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9789751041432</t>
+          <t>9789751041906</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Modernizm ve Din</t>
+          <t>Muhsin</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>1275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9789751041623</t>
+          <t>9789751041876</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Mutluluktur (Ciltli - Şömizli)</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>730</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9789751041722</t>
+          <t>9789751041890</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Otuz Yedi</t>
+          <t>Hangimizin Yarası Yok Ki</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9789751041784</t>
+          <t>9789751041661</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Eski Toplum Cilt 1</t>
+          <t>İslamiyet'ten Sonra Türkler</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9789751041791</t>
+          <t>9789751041678</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Eski Toplum Cilt 2</t>
+          <t>İslamiyet'ten Önce Türkler</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>330</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9789751041685</t>
+          <t>9789751041821</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Oyunname 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>95</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9789751041814</t>
+          <t>9789751041753</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Sıradan Şeylerle Mutluluğu Bulma Yolları</t>
+          <t>Yeraltı Öyküleri</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>285</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9789751041760</t>
+          <t>9789751041807</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Vatan Bizim Fikir Bizim Mehmet Akif</t>
+          <t>Bir Kedi, Bir Adam, Bir Ölüm (Ciltli)</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9789751041630</t>
+          <t>9789751041647</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Orta Zekalılar Cenneti</t>
+          <t>Orta Zekalılar Cenneti (Ciltli)</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>360</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9789751041777</t>
+          <t>9789751041852</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Pusula</t>
+          <t>Gözüyle Kartal Avlayan Yazar Yaşar Kemal</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9789751041746</t>
+          <t>9789751041432</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Astrodefter 2021</t>
+          <t>Atatürk Modernizm ve Din</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>160</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9789751041739</t>
+          <t>9789751041623</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış</t>
+          <t>Edebiyat Mutluluktur (Ciltli - Şömizli)</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9789751041654</t>
+          <t>9789751041722</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Gölgesinde İlişkilerin Karanlık Kuyuları</t>
+          <t>Otuz Yedi</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>465</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9789751041616</t>
+          <t>9789751041784</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Mutluluktur</t>
+          <t>Eski Toplum Cilt 1</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>320</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9789751041609</t>
+          <t>9789751041791</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Gündönümü Harekatı</t>
+          <t>Eski Toplum Cilt 2</t>
         </is>
       </c>
       <c r="C1954" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9789751041494</t>
+          <t>9789751041685</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk (Ciltli)</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>840</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9789751041517</t>
+          <t>9789751041814</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Don’t Be Mad At Me!</t>
+          <t>Küçük ve Sıradan Şeylerle Mutluluğu Bulma Yolları</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9789751041531</t>
+          <t>9789751041760</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Engereğin Gözü (Ciltli)</t>
+          <t>Vatan Bizim Fikir Bizim Mehmet Akif</t>
         </is>
       </c>
       <c r="C1957" s="1">
-        <v>695</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9789751041449</t>
+          <t>9789751041630</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>George Best - Hayatımın En Kötü Yirmi Dakikası</t>
+          <t>Orta Zekalılar Cenneti</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>510</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9789751041593</t>
+          <t>9789751041777</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kadının Günlüğü</t>
+          <t>Pusula</t>
         </is>
       </c>
       <c r="C1959" s="1">
-        <v>215</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9789751040930</t>
+          <t>9789751041746</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Bobby Brown’un Olağan ve Üstü Öyküsü</t>
+          <t>Astrodefter 2021</t>
         </is>
       </c>
       <c r="C1960" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9789751041425</t>
+          <t>9789751041739</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler ve Konuşmalar</t>
+          <t>Sarıkamış</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9789751041579</t>
+          <t>9789751041654</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Alıştığımız Gibi Değil</t>
+          <t>Şiddetin Gölgesinde İlişkilerin Karanlık Kuyuları</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>215</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9789751041548</t>
+          <t>9789751041616</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Engereğin Gözü</t>
+          <t>Edebiyat Mutluluktur</t>
         </is>
       </c>
       <c r="C1963" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9789751041524</t>
+          <t>9789751041609</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Adası</t>
+          <t>Gündönümü Harekatı</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>285</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9789751041395</t>
+          <t>9789751041494</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Apolet Kravat ve Darağacı</t>
+          <t>Mutluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>285</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9789751041456</t>
+          <t>9789751041517</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Dışarıdakiler</t>
+          <t>Don’t Be Mad At Me!</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9789751041333</t>
+          <t>9789751041531</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Sevdalım Hayat (Ciltli-Şömizli)</t>
+          <t>Engereğin Gözü (Ciltli)</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>925</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9789751041500</t>
+          <t>9789751041449</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>2021 Var Olmak</t>
+          <t>George Best - Hayatımın En Kötü Yirmi Dakikası</t>
         </is>
       </c>
       <c r="C1968" s="1">
-        <v>160</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9789751041371</t>
+          <t>9789751041593</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Şarkılar</t>
+          <t>Ölü Kadının Günlüğü</t>
         </is>
       </c>
       <c r="C1969" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9789751041487</t>
+          <t>9789751040930</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Bobby Brown’un Olağan ve Üstü Öyküsü</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9789751041340</t>
+          <t>9789751041425</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki İsyankar Doğanlar</t>
+          <t>Düşünceler ve Konuşmalar</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>425</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9789751041364</t>
+          <t>9789751041579</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal 2. Cilt (5 Cilt Tek Kitapta)</t>
+          <t>Alıştığımız Gibi Değil</t>
         </is>
       </c>
       <c r="C1972" s="1">
-        <v>745</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9789751041418</t>
+          <t>9789751041548</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Sevdalım Hayat</t>
+          <t>Engereğin Gözü</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>480</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9789751041074</t>
+          <t>9789751041524</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Kimsesizler Adası</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9789751041043</t>
+          <t>9789751041395</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Vecihi</t>
+          <t>Apolet Kravat ve Darağacı</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9789751041104</t>
+          <t>9789751041456</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Son Ada (Ciltli)</t>
+          <t>Dışarıdakiler</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>730</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9789751041326</t>
+          <t>9789751041333</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Son Ada’nın Çocukları</t>
+          <t>Sevdalım Hayat (Ciltli-Şömizli)</t>
         </is>
       </c>
       <c r="C1977" s="1">
-        <v>265</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9789751040848</t>
+          <t>9789751041500</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>İkinci Kıyamet</t>
+          <t>2021 Var Olmak</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9789751041081</t>
+          <t>9789751041371</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Henüz Tanışmadık</t>
+          <t>En Sevdiğim Şarkılar</t>
         </is>
       </c>
       <c r="C1979" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9789751040794</t>
+          <t>9789751041487</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Üç Katlı Ev</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C1980" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9789751040787</t>
+          <t>9789751041340</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>İttihat ve Terakki İsyankar Doğanlar</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>215</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9789751040800</t>
+          <t>9789751041364</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Kürkçü Dükkanı</t>
+          <t>Akl-ı Kemal 2. Cilt (5 Cilt Tek Kitapta)</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>135</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9789751040855</t>
+          <t>9789751041418</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>Bizim Yokuş</t>
+          <t>Sevdalım Hayat</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9789751040923</t>
+          <t>9789751041074</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>Gönül Sende Misafirken Sev</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9789751040831</t>
+          <t>9789751041043</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>22 Gün 22 Gece Sakarya</t>
+          <t>Vecihi</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>360</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9789751040893</t>
+          <t>9789751041104</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>Melek Sanmıştım Şeytanı</t>
+          <t>Son Ada (Ciltli)</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>95</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9789751041036</t>
+          <t>9789751041326</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>Konstantiniyye Oteli (Ciltli)</t>
+          <t>Son Ada’nın Çocukları</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>895</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9789751040954</t>
+          <t>9789751040848</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Ferdi ve Şürekası</t>
+          <t>İkinci Kıyamet</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>135</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9789751040985</t>
+          <t>9789751041081</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>Gönül Ticareti</t>
+          <t>Henüz Tanışmadık</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>3990000034181</t>
+          <t>9789751040794</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Bir Uyuyup Uyanalım (İmzalı)</t>
+          <t>Üç Katlı Ev</t>
         </is>
       </c>
       <c r="C1990" s="1">
-        <v>34</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9789751040916</t>
+          <t>9789751040787</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9789751040909</t>
+          <t>9789751040800</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Kürkçü Dükkanı</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9789751041005</t>
+          <t>9789751040855</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Bizim Yokuş</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>95</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9789751041067</t>
+          <t>9789751040923</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Vermiş Pırasa, Hiç Yenir Mi Yarasa!?</t>
+          <t>Gönül Sende Misafirken Sev</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>255</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9789751040978</t>
+          <t>9789751040831</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Travmaların Gölgesinde</t>
+          <t>22 Gün 22 Gece Sakarya</t>
         </is>
       </c>
       <c r="C1995" s="1">
-        <v>415</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9789751040749</t>
+          <t>9789751040893</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Üretken Döngüye Geçiş</t>
+          <t>Melek Sanmıştım Şeytanı</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>285</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9789751040640</t>
+          <t>9789751041036</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Kısır Döngü</t>
+          <t>Konstantiniyye Oteli (Ciltli)</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>375</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9789751041012</t>
+          <t>9789751040954</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Ferdi ve Şürekası</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9789751040947</t>
+          <t>9789751040985</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Arafta Aşk</t>
+          <t>Gönül Ticareti</t>
         </is>
       </c>
       <c r="C1999" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9789751040961</t>
+          <t>3990000034181</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Prematürelerin Gücü Adına</t>
+          <t>Bir Uyuyup Uyanalım (İmzalı)</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>285</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9789751040688</t>
+          <t>9789751040916</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Sonbaharı</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9789751040664</t>
+          <t>9789751040909</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>Almanların Büyük Tuzağı - Çanakkale 1915</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>360</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9789751040657</t>
+          <t>9789751041005</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Kemalyeri</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>265</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9789751040756</t>
+          <t>9789751041067</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Olmasa Da Olur</t>
+          <t>Tanrı Vermiş Pırasa, Hiç Yenir Mi Yarasa!?</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9789751040671</t>
+          <t>9789751040978</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Astrodefter 2020</t>
+          <t>Travmaların Gölgesinde</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9789751040718</t>
+          <t>9789751040749</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Para</t>
+          <t>Üretken Döngüye Geçiş</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>215</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9789751040701</t>
+          <t>9789751040640</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: İnsan</t>
+          <t>Kısır Döngü</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9789751040695</t>
+          <t>9789751041012</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Aşk ve Aldatmak</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9789751040633</t>
+          <t>9789751040947</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Sanal Alemin de Bir Hukuku Var!</t>
+          <t>Arafta Aşk</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9789751035493</t>
+          <t>9789751040961</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Rusya Tarihi</t>
+          <t>Prematürelerin Gücü Adına</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9789751040602</t>
+          <t>9789751040688</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Terörizm ve Hükümetler</t>
+          <t>Cumhuriyet’in Sonbaharı</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9789751040428</t>
+          <t>9789751040664</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>Toparlanın Gidiyoruz</t>
+          <t>Almanların Büyük Tuzağı - Çanakkale 1915</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>160</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9789751040503</t>
+          <t>9789751040657</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Kafa'da Kalmasın - Schopenhauer'ın Askerleriyiz!</t>
+          <t>Kemalyeri</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9789751040473</t>
+          <t>9789751040756</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığım</t>
+          <t>Olmasa Da Olur</t>
         </is>
       </c>
       <c r="C2014" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9789751040497</t>
+          <t>9789751040671</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz Sızıntı 2</t>
+          <t>Astrodefter 2020</t>
         </is>
       </c>
       <c r="C2015" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9789751040558</t>
+          <t>9789751040718</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Şebeke</t>
+          <t>Kod Adı: Para</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9789751040480</t>
+          <t>9789751040701</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz Sızıntı 1</t>
+          <t>Kod Adı: İnsan</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9789751035486</t>
+          <t>9789751040695</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Dikili İlişkiler</t>
+          <t>Kod Adı: Aşk ve Aldatmak</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9789751035479</t>
+          <t>9789751040633</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Artık Anne Olmak İstiyorum</t>
+          <t>Sanal Alemin de Bir Hukuku Var!</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9789751040572</t>
+          <t>9789751035493</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>Korku Sal Cesur Desinler</t>
+          <t>Rusya Tarihi</t>
         </is>
       </c>
       <c r="C2020" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9789751040541</t>
+          <t>9789751040602</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Antik Dünyalar</t>
+          <t>Terörizm ve Hükümetler</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9789751040442</t>
+          <t>9789751040428</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Pişen Yemekler</t>
+          <t>Toparlanın Gidiyoruz</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>625</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9789751040510</t>
+          <t>9789751040503</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyliler - Bir Viking Efsanesi</t>
+          <t>Kafa'da Kalmasın - Schopenhauer'ın Askerleriyiz!</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>520</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9789751040435</t>
+          <t>9789751040473</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Gölgesini Arayan Çocuk</t>
+          <t>Ay Işığım</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>310</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9789751035516</t>
+          <t>9789751040497</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>2020 Şifreleri Çözüyor</t>
+          <t>Sözsüz Sızıntı 2</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9789751040299</t>
+          <t>9789751040558</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Youtuber Oldum</t>
+          <t>Kızıl Şebeke</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>465</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9789751039057</t>
+          <t>9789751040480</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Yazarın Yol Haritası</t>
+          <t>Sözsüz Sızıntı 1</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9789751040367</t>
+          <t>9789751035486</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Feyza Altun Set (3 Kitap Takım)</t>
+          <t>Dikili İlişkiler</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>133</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9789751040398</t>
+          <t>9789751035479</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Rehberi</t>
+          <t>Artık Anne Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9789751040411</t>
+          <t>9789751040572</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Sen Değişirsen Her Şey Değişir</t>
+          <t>Korku Sal Cesur Desinler</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9789751040404</t>
+          <t>9789751040541</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Memleket Hikayeleri</t>
+          <t>Antik Dünyalar</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>530</v>
+        <v>625</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9789751040220</t>
+          <t>9789751040442</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Parlama Anları</t>
+          <t>Zamanda Pişen Yemekler</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>925</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9789751039040</t>
+          <t>9789751040510</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Şarkılar</t>
+          <t>Kuzeyliler - Bir Viking Efsanesi</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>190</v>
+        <v>625</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9789751040237</t>
+          <t>9789751040435</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Bilimde Parlama Anları</t>
+          <t>Gölgesini Arayan Çocuk</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>925</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9789751040329</t>
+          <t>9789751035516</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Hafıza</t>
+          <t>2020 Şifreleri Çözüyor</t>
         </is>
       </c>
       <c r="C2035" s="1">
-        <v>545</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9789751040275</t>
+          <t>9789751040299</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme</t>
+          <t>Anne Ben Youtuber Oldum</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>310</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9789751040152</t>
+          <t>9789751039057</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>100 Kadın 100 Erkek</t>
+          <t>Senaryo Yazarın Yol Haritası</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9789751040138</t>
+          <t>9789751040367</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Fırat - Bana Mı Gülüyonuz?</t>
+          <t>Feyza Altun Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>215</v>
+        <v>133</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9789751040251</t>
+          <t>9789751040398</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>The Wall</t>
+          <t>Mutluluk Rehberi</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9789751040107</t>
+          <t>9789751040411</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>Bir Taksiciye Üç Kere Susarsan Bir Daha Konuşmaz</t>
+          <t>Sen Değişirsen Her Şey Değişir</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>200</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9789751040145</t>
+          <t>9789751040404</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Hilafet</t>
+          <t>Memleket Hikayeleri</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>385</v>
+        <v>620</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9789751040244</t>
+          <t>9789751040220</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Hiç’lik Limanı</t>
+          <t>Tarihte Parlama Anları</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>150</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9789751040190</t>
+          <t>9789751039040</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Martıların Çocukluğu</t>
+          <t>Kimsesiz Şarkılar</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9789751039569</t>
+          <t>9789751040237</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>Bizim Öykümüz</t>
+          <t>Bilimde Parlama Anları</t>
         </is>
       </c>
       <c r="C2044" s="1">
-        <v>320</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9789751040183</t>
+          <t>9789751040329</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Birinci Kıyamet</t>
+          <t>Hafıza</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>265</v>
+        <v>650</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9789751040121</t>
+          <t>9789751040275</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu Ebeveyn Mutlu Çocuk</t>
+          <t>Vazgeçme</t>
         </is>
       </c>
       <c r="C2046" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9789751038456</t>
+          <t>9789751040152</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Propaganda Güç ve İkna</t>
+          <t>100 Kadın 100 Erkek</t>
         </is>
       </c>
       <c r="C2047" s="1">
-        <v>400</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9789751040114</t>
+          <t>9789751040138</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Terörizm Kültürü</t>
+          <t>Fırat - Bana Mı Gülüyonuz?</t>
         </is>
       </c>
       <c r="C2048" s="1">
-        <v>385</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9789751040084</t>
+          <t>9789751040251</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Keşke Japon Olsaydım!</t>
+          <t>The Wall</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>180</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9789751040077</t>
+          <t>9789751040107</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Fazla Sıfır Beş Ucun Var mı?</t>
+          <t>Bir Taksiciye Üç Kere Susarsan Bir Daha Konuşmaz</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9789751040060</t>
+          <t>9789751040145</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Kesin Temassızlık Var!</t>
+          <t>Hilafet</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>200</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9789751039910</t>
+          <t>9789751040244</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>Fırat - Gelme Evde Köpek Var Bizim</t>
+          <t>Hiç’lik Limanı</t>
         </is>
       </c>
       <c r="C2052" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>3990000018088</t>
+          <t>9789751040190</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Kendime Notlar</t>
+          <t>Martıların Çocukluğu</t>
         </is>
       </c>
       <c r="C2053" s="1">
-        <v>30</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9789751039767</t>
+          <t>9789751039569</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Bizim Öykümüz</t>
         </is>
       </c>
       <c r="C2054" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9789751039750</t>
+          <t>9789751040183</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Birinci Kıyamet</t>
         </is>
       </c>
       <c r="C2055" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9789751039934</t>
+          <t>9789751040121</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Sen Bilirsin</t>
+          <t>Huzurlu Ebeveyn Mutlu Çocuk</t>
         </is>
       </c>
       <c r="C2056" s="1">
-        <v>215</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9789751040022</t>
+          <t>9789751038456</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness Bilinçli Farkındalık</t>
+          <t>Propaganda Güç ve İkna</t>
         </is>
       </c>
       <c r="C2057" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9789751040015</t>
+          <t>9789751040114</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Şefkat</t>
+          <t>Terörizm Kültürü</t>
         </is>
       </c>
       <c r="C2058" s="1">
-        <v>285</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9789751040053</t>
+          <t>9789751040084</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Şamil</t>
+          <t>Keşke Japon Olsaydım!</t>
         </is>
       </c>
       <c r="C2059" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9789751040008</t>
+          <t>9789751040077</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Paris Beyrut Mutluluk Hattı</t>
+          <t>Fazla Sıfır Beş Ucun Var mı?</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9789751039941</t>
+          <t>9789751040060</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Bu Saatlerde Oluşan Bir Merakı Da Gidereyim</t>
+          <t>Kesin Temassızlık Var!</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9789751040046</t>
+          <t>9789751039910</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Şaki - İlk Defa Yayımlanan Sayıştay Belgeleri</t>
+          <t>Fırat - Gelme Evde Köpek Var Bizim</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9789751039972</t>
+          <t>3990000018088</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ'dan Küreselleşmeye Yönetim Gelenekleri ve Türkler Cilt 1</t>
+          <t>Kendime Notlar</t>
         </is>
       </c>
       <c r="C2063" s="1">
-        <v>455</v>
+        <v>30</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9789751039989</t>
+          <t>9789751039767</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ'dan Küreselleşmeye Yönetim Gelenekleri ve Türkler Cilt 2</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C2064" s="1">
-        <v>465</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>9789751039996</t>
+          <t>9789751039750</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9789751039958</t>
+          <t>9789751039934</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kursağında Kalan</t>
+          <t>Sen Bilirsin</t>
         </is>
       </c>
       <c r="C2066" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9789751039873</t>
+          <t>9789751040022</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Adana Benim</t>
+          <t>Mindfulness Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C2067" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9789751039866</t>
+          <t>9789751040015</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Mamaera</t>
+          <t>Şefkat</t>
         </is>
       </c>
       <c r="C2068" s="1">
-        <v>770</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9789751039835</t>
+          <t>9789751040053</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>Karılar ve Kocalar</t>
+          <t>Şamil</t>
         </is>
       </c>
       <c r="C2069" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9789751039859</t>
+          <t>9789751040008</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>Elveda Diyorsun Eyvallah Diyorum</t>
+          <t>Paris Beyrut Mutluluk Hattı</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>200</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9789751039842</t>
+          <t>9789751039941</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Seyrini Değiştiren Kadınlar</t>
+          <t>Bu Saatlerde Oluşan Bir Merakı Da Gidereyim</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9789751039682</t>
+          <t>9789751040046</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>Bereket</t>
+          <t>Şaki - İlk Defa Yayımlanan Sayıştay Belgeleri</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9789751039668</t>
+          <t>9789751039972</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Haydi Kavuş Artık</t>
+          <t>Antik Çağ'dan Küreselleşmeye Yönetim Gelenekleri ve Türkler Cilt 1</t>
         </is>
       </c>
       <c r="C2073" s="1">
-        <v>265</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9789751039651</t>
+          <t>9789751039989</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Haz</t>
+          <t>Antik Çağ'dan Küreselleşmeye Yönetim Gelenekleri ve Türkler Cilt 2</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>425</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9789751039705</t>
+          <t>9789751039996</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>Aslında Ayrılık Da Yoktur</t>
+          <t>40</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9789751039699</t>
+          <t>9789751039958</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Aslında Giden Erkek Yoktur</t>
+          <t>Aşkın Kursağında Kalan</t>
         </is>
       </c>
       <c r="C2076" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9789751039804</t>
+          <t>9789751039873</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>Aşk'ın Galib'i</t>
+          <t>Hayatım Adana Benim</t>
         </is>
       </c>
       <c r="C2077" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9789751039675</t>
+          <t>9789751039866</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Duygu Simyacısı</t>
+          <t>Mamaera</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>360</v>
+        <v>925</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9789751039637</t>
+          <t>9789751039835</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>Ben'i Ararken</t>
+          <t>Karılar ve Kocalar</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>455</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9789751039743</t>
+          <t>9789751039859</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Elveda Diyorsun Eyvallah Diyorum</t>
         </is>
       </c>
       <c r="C2080" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9789751039491</t>
+          <t>9789751039842</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Terör</t>
+          <t>Hayatın Seyrini Değiştiren Kadınlar</t>
         </is>
       </c>
       <c r="C2081" s="1">
-        <v>265</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9789751039811</t>
+          <t>9789751039682</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Astrodefter 2019 - 2020 (İki Farklı Renk İle)</t>
+          <t>Bereket</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9789751039620</t>
+          <t>9789751039668</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Devrimlerin Efendisi</t>
+          <t>Haydi Kavuş Artık</t>
         </is>
       </c>
       <c r="C2083" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9789751039521</t>
+          <t>9789751039651</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Zaman Durakları</t>
+          <t>Haz</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9789751039552</t>
+          <t>9789751039705</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Her Perşembe Saat 4'te</t>
+          <t>Aslında Ayrılık Da Yoktur</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>125</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9789751039590</t>
+          <t>9789751039699</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Gürkan Şef’in Ünlü Tarifleri (Ciltli)</t>
+          <t>Aslında Giden Erkek Yoktur</t>
         </is>
       </c>
       <c r="C2086" s="1">
-        <v>465</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9789751039613</t>
+          <t>9789751039804</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>Nigahdar</t>
+          <t>Aşk'ın Galib'i</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>715</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9789751039538</t>
+          <t>9789751039675</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>Düğüm Ağacı</t>
+          <t>Duygu Simyacısı</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>190</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9789751039422</t>
+          <t>9789751039637</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Büyüsü</t>
+          <t>Ben'i Ararken</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>285</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9789751039279</t>
+          <t>9789751039743</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kokulu Baharatlar</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>640</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9789751039347</t>
+          <t>9789751039491</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>30 Dakikada Tatlılar</t>
+          <t>Terör</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>810</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9789751039330</t>
+          <t>9789751039811</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>30 Dakikada Atıştırmalıklar</t>
+          <t>Astrodefter 2019 - 2020 (İki Farklı Renk İle)</t>
         </is>
       </c>
       <c r="C2092" s="1">
-        <v>820</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9789751039583</t>
+          <t>9789751039620</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>Benden Ne Olur</t>
+          <t>Devrimlerin Efendisi</t>
         </is>
       </c>
       <c r="C2093" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9789751039255</t>
+          <t>9789751039521</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanem</t>
+          <t>Zaman Durakları</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9789751039194</t>
+          <t>9789751039552</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Fertilite Doğurganlık Rehberi</t>
+          <t>Her Perşembe Saat 4'te</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9789751039477</t>
+          <t>9789751039590</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Kafa'da Kalmasın</t>
+          <t>Gürkan Şef’in Ünlü Tarifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C2096" s="1">
-        <v>265</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9789751039606</t>
+          <t>9789751039613</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Etkisi</t>
+          <t>Nigahdar</t>
         </is>
       </c>
       <c r="C2097" s="1">
-        <v>560</v>
+        <v>860</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>9789751039309</t>
+          <t>9789751039538</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Tübitak</t>
+          <t>Düğüm Ağacı</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>615</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9789751039125</t>
+          <t>9789751039422</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğraf Akademisi 4</t>
+          <t>Bilimin Büyüsü</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>1430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9789751039163</t>
+          <t>9789751039279</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğraf Akademisi 3</t>
+          <t>Aşk Kokulu Baharatlar</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>1320</v>
+        <v>770</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9789751039316</t>
+          <t>9789751039347</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>Tübitak 2</t>
+          <t>30 Dakikada Tatlılar</t>
         </is>
       </c>
       <c r="C2101" s="1">
-        <v>615</v>
+        <v>975</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9789751006813</t>
+          <t>9789751039330</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>Alaturka-Alafranga Yemek Öğretimi ve Sofra Düzeni Sofra Görgüsü</t>
+          <t>30 Dakikada Atıştırmalıklar</t>
         </is>
       </c>
       <c r="C2102" s="1">
-        <v>875</v>
+        <v>985</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9789751039453</t>
+          <t>9789751039583</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Severek Dinliyoruz</t>
+          <t>Benden Ne Olur</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9789751039446</t>
+          <t>9789751039255</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>Kader Yeniden Yazılıyor</t>
+          <t>Bir Tanem</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9789751039439</t>
+          <t>9789751039194</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Elma Dersem Çık</t>
+          <t>Fertilite Doğurganlık Rehberi</t>
         </is>
       </c>
       <c r="C2105" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9789751039286</t>
+          <t>9789751039477</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Kafa'da Kalmasın</t>
         </is>
       </c>
       <c r="C2106" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9789751039262</t>
+          <t>9789751039606</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Hikayeler</t>
+          <t>Atatürk Etkisi</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9789751039293</t>
+          <t>9789751039309</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Bi’kaç Satır</t>
+          <t>Tübitak</t>
         </is>
       </c>
       <c r="C2108" s="1">
-        <v>160</v>
+        <v>740</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9789751038821</t>
+          <t>9789751039125</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı</t>
+          <t>Dijital Fotoğraf Akademisi 4</t>
         </is>
       </c>
       <c r="C2109" s="1">
-        <v>375</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9789751039248</t>
+          <t>9789751039163</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>Dan</t>
+          <t>Dijital Fotoğraf Akademisi 3</t>
         </is>
       </c>
       <c r="C2110" s="1">
-        <v>180</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9789751039200</t>
+          <t>9789751039316</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>Önce Hayallerim Öldü Sonra Babam</t>
+          <t>Tübitak 2</t>
         </is>
       </c>
       <c r="C2111" s="1">
-        <v>265</v>
+        <v>740</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9789751039187</t>
+          <t>9789751006813</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>Kadının Erki</t>
+          <t>Alaturka-Alafranga Yemek Öğretimi ve Sofra Düzeni Sofra Görgüsü</t>
         </is>
       </c>
       <c r="C2112" s="1">
-        <v>265</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9789751039132</t>
+          <t>9789751039453</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Memurunun Ölümü</t>
+          <t>Severek Dinliyoruz</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>200</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9789751039149</t>
+          <t>9789751039446</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Oyun - Türkiye'yi Bekleyen Tehlikeler</t>
+          <t>Kader Yeniden Yazılıyor</t>
         </is>
       </c>
       <c r="C2114" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9789751039156</t>
+          <t>9789751039439</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aşk da Var</t>
+          <t>Elma Dersem Çık</t>
         </is>
       </c>
       <c r="C2115" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9789751039101</t>
+          <t>9789751039286</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>Sır Bende</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C2116" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9789751039071</t>
+          <t>9789751039262</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bence</t>
+          <t>Zamansız Hikayeler</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9789751038982</t>
+          <t>9789751039293</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlar Kitabı</t>
+          <t>Hayata Dair Bi’kaç Satır</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9789751038975</t>
+          <t>9789751038821</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>Labirentin</t>
+          <t>Ceviz Ağacı</t>
         </is>
       </c>
       <c r="C2119" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9789751038999</t>
+          <t>9789751039248</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>Cam</t>
+          <t>Dan</t>
         </is>
       </c>
       <c r="C2120" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9789751039002</t>
+          <t>9789751039200</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Hikaye İle Başladı</t>
+          <t>Önce Hayallerim Öldü Sonra Babam</t>
         </is>
       </c>
       <c r="C2121" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9789751038258</t>
+          <t>9789751039187</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Kara Savaşları - Türk Tarihinin Yönünü Değiştiren Savaşlar 1</t>
+          <t>Kadının Erki</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9789751039064</t>
+          <t>9789751039132</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>Bu Su Hiç Durmaz: Bülent Ortaçgil</t>
+          <t>Bir Devlet Memurunun Ölümü</t>
         </is>
       </c>
       <c r="C2123" s="1">
-        <v>465</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9789751038944</t>
+          <t>9789751039149</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesi Finlandiya'da</t>
+          <t>Bitmeyen Oyun - Türkiye'yi Bekleyen Tehlikeler</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>180</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9789751039033</t>
+          <t>9789751039156</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Yedi Gece Masalları</t>
+          <t>Mutlu Aşk da Var</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9789751038678</t>
+          <t>9789751039101</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>Dahi Diktatör</t>
+          <t>Sır Bende</t>
         </is>
       </c>
       <c r="C2126" s="1">
-        <v>265</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9789751038906</t>
+          <t>9789751039071</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Onlar’ın Öyküsü</t>
+          <t>İletişim Bence</t>
         </is>
       </c>
       <c r="C2127" s="1">
-        <v>330</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9789751038708</t>
+          <t>9789751038982</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Ayna</t>
+          <t>Rüzgarlar Kitabı</t>
         </is>
       </c>
       <c r="C2128" s="1">
-        <v>330</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9789751038715</t>
+          <t>9789751038975</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>Aptalı Tanımak</t>
+          <t>Labirentin</t>
         </is>
       </c>
       <c r="C2129" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9789751038722</t>
+          <t>9789751038999</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>Bir Toplum Nasıl İntihar Eder?</t>
+          <t>Cam</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9789751038890</t>
+          <t>9789751039002</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>Hayat Karar ve Eylemdir</t>
+          <t>Her Şey Bir Hikaye İle Başladı</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9789751038968</t>
+          <t>9789751038258</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>Arif V 216</t>
+          <t>Kara Savaşları - Türk Tarihinin Yönünü Değiştiren Savaşlar 1</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9789751038654</t>
+          <t>9789751039064</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Rüyası İçin Ağıt</t>
+          <t>Bu Su Hiç Durmaz: Bülent Ortaçgil</t>
         </is>
       </c>
       <c r="C2133" s="1">
-        <v>795</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9789751038883</t>
+          <t>9789751038944</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Mor Saki</t>
+          <t>Beyaz Zambaklar Ülkesi Finlandiya'da</t>
         </is>
       </c>
       <c r="C2134" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9789751038500</t>
+          <t>9789751039033</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi</t>
+          <t>Yedi Gece Masalları</t>
         </is>
       </c>
       <c r="C2135" s="1">
-        <v>385</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9789751038807</t>
+          <t>9789751038678</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Kaderi</t>
+          <t>Dahi Diktatör</t>
         </is>
       </c>
       <c r="C2136" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9789751038784</t>
+          <t>9789751038906</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kuşların Sessizliği</t>
+          <t>Onlar’ın Öyküsü</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>595</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9789751038791</t>
+          <t>9789751038708</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Korkusu</t>
+          <t>Zümrüt Ayna</t>
         </is>
       </c>
       <c r="C2138" s="1">
-        <v>465</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9789751038289</t>
+          <t>9789751038715</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikaye-i Sevda</t>
+          <t>Aptalı Tanımak</t>
         </is>
       </c>
       <c r="C2139" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9789751038814</t>
+          <t>9789751038722</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Herlanda</t>
+          <t>Bir Toplum Nasıl İntihar Eder?</t>
         </is>
       </c>
       <c r="C2140" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9789751038692</t>
+          <t>9789751038890</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Çimenler</t>
+          <t>Hayat Karar ve Eylemdir</t>
         </is>
       </c>
       <c r="C2141" s="1">
-        <v>215</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9789751038524</t>
+          <t>9789751038968</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi</t>
+          <t>Arif V 216</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>9789751038753</t>
+          <t>9789751038654</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>Bi Arkadaşın Başına Gelmiş</t>
+          <t>Amerikan Rüyası İçin Ağıt</t>
         </is>
       </c>
       <c r="C2143" s="1">
-        <v>310</v>
+        <v>955</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9789751038777</t>
+          <t>9789751038883</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Olmak İsteyen Çocuk</t>
+          <t>Mor Saki</t>
         </is>
       </c>
       <c r="C2144" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9789751038685</t>
+          <t>9789751038500</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Keş On Dı Teybıl</t>
+          <t>Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C2145" s="1">
-        <v>385</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9789751037121</t>
+          <t>9789751038807</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Analizi</t>
+          <t>Kelebeğin Kaderi</t>
         </is>
       </c>
       <c r="C2146" s="1">
-        <v>320</v>
+        <v>820</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9789751038593</t>
+          <t>9789751038784</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>Seni De Görcez Anne Olunca</t>
+          <t>Ölü Kuşların Sessizliği</t>
         </is>
       </c>
       <c r="C2147" s="1">
-        <v>230</v>
+        <v>715</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9789751038623</t>
+          <t>9789751038791</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Numaralar</t>
+          <t>Bağlanma Korkusu</t>
         </is>
       </c>
       <c r="C2148" s="1">
-        <v>285</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9789751038531</t>
+          <t>9789751038289</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Ülkem</t>
+          <t>Bir Hikaye-i Sevda</t>
         </is>
       </c>
       <c r="C2149" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9789751038616</t>
+          <t>9789751038814</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Kitabı</t>
+          <t>Herlanda</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>615</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9789751038517</t>
+          <t>9789751038692</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğme</t>
+          <t>Çatıdaki Çimenler</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9789751038487</t>
+          <t>9789751038524</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>Girdap Balıkçısı</t>
+          <t>Bizans İmparatorluğu Tarihi</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9789751038494</t>
+          <t>9789751038753</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>Karganın Duyduğu</t>
+          <t>Bi Arkadaşın Başına Gelmiş</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9789751038463</t>
+          <t>9789751038777</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>Trampetler Çalarken</t>
+          <t>Rüzgar Olmak İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9789751038395</t>
+          <t>9789751038685</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Mektuplar</t>
+          <t>Keş On Dı Teybıl</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>230</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9789751038357</t>
+          <t>9789751037121</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>Pek Yakında</t>
+          <t>Faşizmin Analizi</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>320</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
-          <t>9789751038371</t>
+          <t>9789751038593</t>
         </is>
       </c>
       <c r="B2157" s="1" t="inlineStr">
         <is>
-          <t>Hokkabaz</t>
+          <t>Seni De Görcez Anne Olunca</t>
         </is>
       </c>
       <c r="C2157" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" s="1" t="inlineStr">
         <is>
-          <t>9789751038326</t>
+          <t>9789751038623</t>
         </is>
       </c>
       <c r="B2158" s="1" t="inlineStr">
         <is>
-          <t>Arog</t>
+          <t>Bilinmeyen Numaralar</t>
         </is>
       </c>
       <c r="C2158" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" s="1" t="inlineStr">
         <is>
-          <t>9789751038364</t>
+          <t>9789751038531</t>
         </is>
       </c>
       <c r="B2159" s="1" t="inlineStr">
         <is>
-          <t>Ali Baba ve Yedi Cüceler</t>
+          <t>Ben ve Ülkem</t>
         </is>
       </c>
       <c r="C2159" s="1">
-        <v>295</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" s="1" t="inlineStr">
         <is>
-          <t>9789751038388</t>
+          <t>9789751038616</t>
         </is>
       </c>
       <c r="B2160" s="1" t="inlineStr">
         <is>
-          <t>Yahşi Batı</t>
+          <t>Yüzyılın Kitabı</t>
         </is>
       </c>
       <c r="C2160" s="1">
-        <v>295</v>
+        <v>700</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" s="1" t="inlineStr">
         <is>
-          <t>9789751038449</t>
+          <t>9789751038517</t>
         </is>
       </c>
       <c r="B2161" s="1" t="inlineStr">
         <is>
-          <t>Şiir - Fragmanlar</t>
+          <t>Boyun Eğme</t>
         </is>
       </c>
       <c r="C2161" s="1">
-        <v>102</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" s="1" t="inlineStr">
         <is>
-          <t>9789751038333</t>
+          <t>9789751038487</t>
         </is>
       </c>
       <c r="B2162" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler</t>
+          <t>Girdap Balıkçısı</t>
         </is>
       </c>
       <c r="C2162" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" s="1" t="inlineStr">
         <is>
-          <t>9789751038425</t>
+          <t>9789751038494</t>
         </is>
       </c>
       <c r="B2163" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Karganın Duyduğu</t>
         </is>
       </c>
       <c r="C2163" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" s="1" t="inlineStr">
         <is>
-          <t>9789751038418</t>
+          <t>9789751038463</t>
         </is>
       </c>
       <c r="B2164" s="1" t="inlineStr">
         <is>
-          <t>Böcek</t>
+          <t>Trampetler Çalarken</t>
         </is>
       </c>
       <c r="C2164" s="1">
-        <v>230</v>
+        <v>540</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" s="1" t="inlineStr">
         <is>
-          <t>9789751038265</t>
+          <t>9789751038395</t>
         </is>
       </c>
       <c r="B2165" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazın Tarihi</t>
+          <t>Kimsesiz Mektuplar</t>
         </is>
       </c>
       <c r="C2165" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" s="1" t="inlineStr">
         <is>
-          <t>9789751038234</t>
+          <t>9789751038357</t>
         </is>
       </c>
       <c r="B2166" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Leylek Mi Oldum?</t>
+          <t>Pek Yakında</t>
         </is>
       </c>
       <c r="C2166" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" s="1" t="inlineStr">
         <is>
-          <t>9789751038227</t>
+          <t>9789751038371</t>
         </is>
       </c>
       <c r="B2167" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-ü Aşk</t>
+          <t>Hokkabaz</t>
         </is>
       </c>
       <c r="C2167" s="1">
-        <v>425</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" s="1" t="inlineStr">
         <is>
-          <t>9789751038296</t>
+          <t>9789751038326</t>
         </is>
       </c>
       <c r="B2168" s="1" t="inlineStr">
         <is>
-          <t>Rubikon - Bir Reklamcılık Efsanesi</t>
+          <t>Arog</t>
         </is>
       </c>
       <c r="C2168" s="1">
-        <v>285</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" s="1" t="inlineStr">
         <is>
-          <t>9789751038302</t>
+          <t>9789751038364</t>
         </is>
       </c>
       <c r="B2169" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Biçim Hikaye Böyle</t>
+          <t>Ali Baba ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C2169" s="1">
-        <v>265</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" s="1" t="inlineStr">
         <is>
-          <t>9789751037992</t>
+          <t>9789751038388</t>
         </is>
       </c>
       <c r="B2170" s="1" t="inlineStr">
         <is>
-          <t>Maria ile Yunanistan</t>
+          <t>Yahşi Batı</t>
         </is>
       </c>
       <c r="C2170" s="1">
-        <v>770</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" s="1" t="inlineStr">
         <is>
-          <t>9789751038012</t>
+          <t>9789751038449</t>
         </is>
       </c>
       <c r="B2171" s="1" t="inlineStr">
         <is>
-          <t>Düz Göbek Sağlıklı Bebek</t>
+          <t>Şiir - Fragmanlar</t>
         </is>
       </c>
       <c r="C2171" s="1">
-        <v>530</v>
+        <v>102</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" s="1" t="inlineStr">
         <is>
-          <t>9789751037732</t>
+          <t>9789751038333</t>
         </is>
       </c>
       <c r="B2172" s="1" t="inlineStr">
         <is>
-          <t>Bir Elmanın Yarası</t>
+          <t>Karikatürler</t>
         </is>
       </c>
       <c r="C2172" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" s="1" t="inlineStr">
         <is>
-          <t>9789751037985</t>
+          <t>9789751038425</t>
         </is>
       </c>
       <c r="B2173" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türk Devrimi</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C2173" s="1">
-        <v>455</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" s="1" t="inlineStr">
         <is>
-          <t>9789751037909</t>
+          <t>9789751038418</t>
         </is>
       </c>
       <c r="B2174" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Önce</t>
+          <t>Böcek</t>
         </is>
       </c>
       <c r="C2174" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" s="1" t="inlineStr">
         <is>
-          <t>9789751037893</t>
+          <t>9789751038265</t>
         </is>
       </c>
       <c r="B2175" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Kare Bulmaca 3. Kitap</t>
+          <t>Bir Yazın Tarihi</t>
         </is>
       </c>
       <c r="C2175" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" s="1" t="inlineStr">
         <is>
-          <t>9789751038029</t>
+          <t>9789751038234</t>
         </is>
       </c>
       <c r="B2176" s="1" t="inlineStr">
         <is>
-          <t>Ölümüne Şike</t>
+          <t>Anne Ben Leylek Mi Oldum?</t>
         </is>
       </c>
       <c r="C2176" s="1">
-        <v>135</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" s="1" t="inlineStr">
         <is>
-          <t>9789751038005</t>
+          <t>9789751038227</t>
         </is>
       </c>
       <c r="B2177" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Bir Marka</t>
+          <t>Hüsn-ü Aşk</t>
         </is>
       </c>
       <c r="C2177" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" s="1" t="inlineStr">
         <is>
-          <t>9789751037657</t>
+          <t>9789751038296</t>
         </is>
       </c>
       <c r="B2178" s="1" t="inlineStr">
         <is>
-          <t>Güç Kimin Elinde</t>
+          <t>Rubikon - Bir Reklamcılık Efsanesi</t>
         </is>
       </c>
       <c r="C2178" s="1">
-        <v>415</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2179" spans="1:3">
       <c r="A2179" s="1" t="inlineStr">
         <is>
-          <t>9789751037855</t>
+          <t>9789751038302</t>
         </is>
       </c>
       <c r="B2179" s="1" t="inlineStr">
         <is>
-          <t>Savaşta ve Barışta Diktatörler</t>
+          <t>Bu Ne Biçim Hikaye Böyle</t>
         </is>
       </c>
       <c r="C2179" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2180" spans="1:3">
       <c r="A2180" s="1" t="inlineStr">
         <is>
-          <t>9789751037701</t>
+          <t>9789751037992</t>
         </is>
       </c>
       <c r="B2180" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Eğlence Hayatı</t>
+          <t>Maria ile Yunanistan</t>
         </is>
       </c>
       <c r="C2180" s="1">
-        <v>230</v>
+        <v>925</v>
       </c>
     </row>
     <row r="2181" spans="1:3">
       <c r="A2181" s="1" t="inlineStr">
         <is>
-          <t>9789751037862</t>
+          <t>9789751038012</t>
         </is>
       </c>
       <c r="B2181" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Ses Telleri</t>
+          <t>Düz Göbek Sağlıklı Bebek</t>
         </is>
       </c>
       <c r="C2181" s="1">
-        <v>180</v>
+        <v>640</v>
       </c>
     </row>
     <row r="2182" spans="1:3">
       <c r="A2182" s="1" t="inlineStr">
         <is>
-          <t>9789751037756</t>
+          <t>9789751037732</t>
         </is>
       </c>
       <c r="B2182" s="1" t="inlineStr">
         <is>
-          <t>Kavramlarla İyileş</t>
+          <t>Bir Elmanın Yarası</t>
         </is>
       </c>
       <c r="C2182" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2183" spans="1:3">
       <c r="A2183" s="1" t="inlineStr">
         <is>
-          <t>9789751037763</t>
+          <t>9789751037985</t>
         </is>
       </c>
       <c r="B2183" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Söz Verdim</t>
+          <t>Atatürk ve Türk Devrimi</t>
         </is>
       </c>
       <c r="C2183" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2184" spans="1:3">
       <c r="A2184" s="1" t="inlineStr">
         <is>
-          <t>9789751037718</t>
+          <t>9789751037909</t>
         </is>
       </c>
       <c r="B2184" s="1" t="inlineStr">
         <is>
-          <t>Tereddüt</t>
+          <t>Karanlıktan Önce</t>
         </is>
       </c>
       <c r="C2184" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2185" spans="1:3">
       <c r="A2185" s="1" t="inlineStr">
         <is>
-          <t>9789751037688</t>
+          <t>9789751037893</t>
         </is>
       </c>
       <c r="B2185" s="1" t="inlineStr">
         <is>
-          <t>İnadım İnat</t>
+          <t>İngilizce Kare Bulmaca 3. Kitap</t>
         </is>
       </c>
       <c r="C2185" s="1">
-        <v>310</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2186" spans="1:3">
       <c r="A2186" s="1" t="inlineStr">
         <is>
-          <t>9789751037671</t>
+          <t>9789751038029</t>
         </is>
       </c>
       <c r="B2186" s="1" t="inlineStr">
         <is>
-          <t>Hadi Ben Kaçtım</t>
+          <t>Ölümüne Şike</t>
         </is>
       </c>
       <c r="C2186" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2187" spans="1:3">
       <c r="A2187" s="1" t="inlineStr">
         <is>
-          <t>9789751037640</t>
+          <t>9789751038005</t>
         </is>
       </c>
       <c r="B2187" s="1" t="inlineStr">
         <is>
-          <t>Ham</t>
+          <t>Senin Adın Bir Marka</t>
         </is>
       </c>
       <c r="C2187" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2188" spans="1:3">
       <c r="A2188" s="1" t="inlineStr">
         <is>
-          <t>9789751037695</t>
+          <t>9789751037657</t>
         </is>
       </c>
       <c r="B2188" s="1" t="inlineStr">
         <is>
-          <t>Tatlım Tatlım</t>
+          <t>Güç Kimin Elinde</t>
         </is>
       </c>
       <c r="C2188" s="1">
-        <v>245</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2189" spans="1:3">
       <c r="A2189" s="1" t="inlineStr">
         <is>
-          <t>3990000029706</t>
+          <t>9789751037855</t>
         </is>
       </c>
       <c r="B2189" s="1" t="inlineStr">
         <is>
-          <t>Kendime Notlar</t>
+          <t>Savaşta ve Barışta Diktatörler</t>
         </is>
       </c>
       <c r="C2189" s="1">
-        <v>28</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2190" spans="1:3">
       <c r="A2190" s="1" t="inlineStr">
         <is>
-          <t>9789751037633</t>
+          <t>9789751037701</t>
         </is>
       </c>
       <c r="B2190" s="1" t="inlineStr">
         <is>
-          <t>Bir Güven Meselesi</t>
+          <t>İstanbul'da Eğlence Hayatı</t>
         </is>
       </c>
       <c r="C2190" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2191" spans="1:3">
       <c r="A2191" s="1" t="inlineStr">
         <is>
-          <t>9789751037558</t>
+          <t>9789751037862</t>
         </is>
       </c>
       <c r="B2191" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar / Karabasanlar 3</t>
+          <t>Kalbimin Ses Telleri</t>
         </is>
       </c>
       <c r="C2191" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2192" spans="1:3">
       <c r="A2192" s="1" t="inlineStr">
         <is>
-          <t>9789751037541</t>
+          <t>9789751037756</t>
         </is>
       </c>
       <c r="B2192" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar / Karabasanlar 2</t>
+          <t>Kavramlarla İyileş</t>
         </is>
       </c>
       <c r="C2192" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2193" spans="1:3">
       <c r="A2193" s="1" t="inlineStr">
         <is>
-          <t>9789751037503</t>
+          <t>9789751037763</t>
         </is>
       </c>
       <c r="B2193" s="1" t="inlineStr">
         <is>
-          <t>Colorado Kid</t>
+          <t>Mutluluğa Söz Verdim</t>
         </is>
       </c>
       <c r="C2193" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2194" spans="1:3">
       <c r="A2194" s="1" t="inlineStr">
         <is>
-          <t>9789751037602</t>
+          <t>9789751037718</t>
         </is>
       </c>
       <c r="B2194" s="1" t="inlineStr">
         <is>
-          <t>Yap Bi Babalık</t>
+          <t>Tereddüt</t>
         </is>
       </c>
       <c r="C2194" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2195" spans="1:3">
       <c r="A2195" s="1" t="inlineStr">
         <is>
-          <t>9789751037619</t>
+          <t>9789751037688</t>
         </is>
       </c>
       <c r="B2195" s="1" t="inlineStr">
         <is>
-          <t>Kadının Derdi</t>
+          <t>İnadım İnat</t>
         </is>
       </c>
       <c r="C2195" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2196" spans="1:3">
       <c r="A2196" s="1" t="inlineStr">
         <is>
-          <t>9789751037589</t>
+          <t>9789751037671</t>
         </is>
       </c>
       <c r="B2196" s="1" t="inlineStr">
         <is>
-          <t>Şair Gibi Sevmek</t>
+          <t>Hadi Ben Kaçtım</t>
         </is>
       </c>
       <c r="C2196" s="1">
-        <v>125</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2197" spans="1:3">
       <c r="A2197" s="1" t="inlineStr">
         <is>
-          <t>9789751037466</t>
+          <t>9789751037640</t>
         </is>
       </c>
       <c r="B2197" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e Eğilen Bir Sürgün</t>
+          <t>Ham</t>
         </is>
       </c>
       <c r="C2197" s="1">
-        <v>840</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2198" spans="1:3">
       <c r="A2198" s="1" t="inlineStr">
         <is>
-          <t>9789751037480</t>
+          <t>9789751037695</t>
         </is>
       </c>
       <c r="B2198" s="1" t="inlineStr">
         <is>
-          <t>Sulhte Cimri Harpte Müsrif</t>
+          <t>Tatlım Tatlım</t>
         </is>
       </c>
       <c r="C2198" s="1">
-        <v>615</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2199" spans="1:3">
       <c r="A2199" s="1" t="inlineStr">
         <is>
-          <t>9789751037497</t>
+          <t>3990000029706</t>
         </is>
       </c>
       <c r="B2199" s="1" t="inlineStr">
         <is>
-          <t>Taklitten Adete Gündelik Hayat</t>
+          <t>Kendime Notlar</t>
         </is>
       </c>
       <c r="C2199" s="1">
-        <v>980</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2200" spans="1:3">
       <c r="A2200" s="1" t="inlineStr">
         <is>
-          <t>9789751037473</t>
+          <t>9789751037633</t>
         </is>
       </c>
       <c r="B2200" s="1" t="inlineStr">
         <is>
-          <t>Elli Yıl Önceki</t>
+          <t>Bir Güven Meselesi</t>
         </is>
       </c>
       <c r="C2200" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2201" spans="1:3">
       <c r="A2201" s="1" t="inlineStr">
         <is>
-          <t>9789751037596</t>
+          <t>9789751037558</t>
         </is>
       </c>
       <c r="B2201" s="1" t="inlineStr">
         <is>
-          <t>Bir Uyuyup Uyanalım</t>
+          <t>Rüyalar / Karabasanlar 3</t>
         </is>
       </c>
       <c r="C2201" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2202" spans="1:3">
       <c r="A2202" s="1" t="inlineStr">
         <is>
-          <t>9789751037459</t>
+          <t>9789751037541</t>
         </is>
       </c>
       <c r="B2202" s="1" t="inlineStr">
         <is>
-          <t>Haşırt Dı Bilekbord</t>
+          <t>Rüyalar / Karabasanlar 2</t>
         </is>
       </c>
       <c r="C2202" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2203" spans="1:3">
       <c r="A2203" s="1" t="inlineStr">
         <is>
-          <t>9789751037428</t>
+          <t>9789751037503</t>
         </is>
       </c>
       <c r="B2203" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hikaye</t>
+          <t>Colorado Kid</t>
         </is>
       </c>
       <c r="C2203" s="1">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2204" spans="1:3">
       <c r="A2204" s="1" t="inlineStr">
         <is>
-          <t>9789751037442</t>
+          <t>9789751037602</t>
         </is>
       </c>
       <c r="B2204" s="1" t="inlineStr">
         <is>
-          <t>1923 Kuruluş Ayarlarına Dönmek</t>
+          <t>Yap Bi Babalık</t>
         </is>
       </c>
       <c r="C2204" s="1">
-        <v>690</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2205" spans="1:3">
       <c r="A2205" s="1" t="inlineStr">
         <is>
-          <t>9789751037411</t>
+          <t>9789751037619</t>
         </is>
       </c>
       <c r="B2205" s="1" t="inlineStr">
         <is>
-          <t>Önce Sen</t>
+          <t>Kadının Derdi</t>
         </is>
       </c>
       <c r="C2205" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2206" spans="1:3">
       <c r="A2206" s="1" t="inlineStr">
         <is>
-          <t>9789751037190</t>
+          <t>9789751037589</t>
         </is>
       </c>
       <c r="B2206" s="1" t="inlineStr">
         <is>
-          <t>Tom Gordon’a Aşık Olan Kız</t>
+          <t>Şair Gibi Sevmek</t>
         </is>
       </c>
       <c r="C2206" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2207" spans="1:3">
       <c r="A2207" s="1" t="inlineStr">
         <is>
-          <t>9789751037282</t>
+          <t>9789751037466</t>
         </is>
       </c>
       <c r="B2207" s="1" t="inlineStr">
         <is>
-          <t>Haykoloji</t>
+          <t>Atatürk’e Eğilen Bir Sürgün</t>
         </is>
       </c>
       <c r="C2207" s="1">
-        <v>400</v>
+        <v>960</v>
       </c>
     </row>
     <row r="2208" spans="1:3">
       <c r="A2208" s="1" t="inlineStr">
         <is>
-          <t>9789751037299</t>
+          <t>9789751037480</t>
         </is>
       </c>
       <c r="B2208" s="1" t="inlineStr">
         <is>
-          <t>Otuz Beş'i Beklerken</t>
+          <t>Sulhte Cimri Harpte Müsrif</t>
         </is>
       </c>
       <c r="C2208" s="1">
-        <v>245</v>
+        <v>720</v>
       </c>
     </row>
     <row r="2209" spans="1:3">
       <c r="A2209" s="1" t="inlineStr">
         <is>
-          <t>9789751037350</t>
+          <t>9789751037497</t>
         </is>
       </c>
       <c r="B2209" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Yerde</t>
+          <t>Taklitten Adete Gündelik Hayat</t>
         </is>
       </c>
       <c r="C2209" s="1">
-        <v>245</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="2210" spans="1:3">
       <c r="A2210" s="1" t="inlineStr">
         <is>
-          <t>9789751037268</t>
+          <t>9789751037473</t>
         </is>
       </c>
       <c r="B2210" s="1" t="inlineStr">
         <is>
-          <t>Fazla Şaapma</t>
+          <t>Elli Yıl Önceki</t>
         </is>
       </c>
       <c r="C2210" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2211" spans="1:3">
       <c r="A2211" s="1" t="inlineStr">
         <is>
-          <t>9789751037220</t>
+          <t>9789751037596</t>
         </is>
       </c>
       <c r="B2211" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Kek</t>
+          <t>Bir Uyuyup Uyanalım</t>
         </is>
       </c>
       <c r="C2211" s="1">
-        <v>285</v>
+        <v>580</v>
       </c>
     </row>
     <row r="2212" spans="1:3">
       <c r="A2212" s="1" t="inlineStr">
         <is>
-          <t>9789751037138</t>
+          <t>9789751037459</t>
         </is>
       </c>
       <c r="B2212" s="1" t="inlineStr">
         <is>
-          <t>Strateji</t>
+          <t>Haşırt Dı Bilekbord</t>
         </is>
       </c>
       <c r="C2212" s="1">
-        <v>595</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2213" spans="1:3">
       <c r="A2213" s="1" t="inlineStr">
         <is>
-          <t>9789751037060</t>
+          <t>9789751037428</t>
         </is>
       </c>
       <c r="B2213" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğraf Akademisi - 2</t>
+          <t>Başka Bir Hikaye</t>
         </is>
       </c>
       <c r="C2213" s="1">
-        <v>1430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2214" spans="1:3">
       <c r="A2214" s="1" t="inlineStr">
         <is>
-          <t>9789751037084</t>
+          <t>9789751037442</t>
         </is>
       </c>
       <c r="B2214" s="1" t="inlineStr">
         <is>
-          <t>Babruka</t>
+          <t>1923 Kuruluş Ayarlarına Dönmek</t>
         </is>
       </c>
       <c r="C2214" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2215" spans="1:3">
       <c r="A2215" s="1" t="inlineStr">
         <is>
-          <t>9789751037077</t>
+          <t>9789751037411</t>
         </is>
       </c>
       <c r="B2215" s="1" t="inlineStr">
         <is>
-          <t>Asfalt Yengeci</t>
+          <t>Önce Sen</t>
         </is>
       </c>
       <c r="C2215" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2216" spans="1:3">
       <c r="A2216" s="1" t="inlineStr">
         <is>
-          <t>9789751037008</t>
+          <t>9789751037190</t>
         </is>
       </c>
       <c r="B2216" s="1" t="inlineStr">
         <is>
-          <t>Cihangir Dalkavuğu Tarih</t>
+          <t>Tom Gordon’a Aşık Olan Kız</t>
         </is>
       </c>
       <c r="C2216" s="1">
-        <v>755</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2217" spans="1:3">
       <c r="A2217" s="1" t="inlineStr">
         <is>
-          <t>9789751036995</t>
+          <t>9789751037282</t>
         </is>
       </c>
       <c r="B2217" s="1" t="inlineStr">
         <is>
-          <t>Türk Lokumu</t>
+          <t>Haykoloji</t>
         </is>
       </c>
       <c r="C2217" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2218" spans="1:3">
       <c r="A2218" s="1" t="inlineStr">
         <is>
-          <t>9789751036810</t>
+          <t>9789751037299</t>
         </is>
       </c>
       <c r="B2218" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Tenimde</t>
+          <t>Otuz Beş'i Beklerken</t>
         </is>
       </c>
       <c r="C2218" s="1">
-        <v>1100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2219" spans="1:3">
       <c r="A2219" s="1" t="inlineStr">
         <is>
-          <t>9789751036889</t>
+          <t>9789751037350</t>
         </is>
       </c>
       <c r="B2219" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşü Olmayan Yol (Ciltli)</t>
+          <t>Aşk Her Yerde</t>
         </is>
       </c>
       <c r="C2219" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2220" spans="1:3">
       <c r="A2220" s="1" t="inlineStr">
         <is>
-          <t>9789751036902</t>
+          <t>9789751037268</t>
         </is>
       </c>
       <c r="B2220" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanat Suçları</t>
+          <t>Fazla Şaapma</t>
         </is>
       </c>
       <c r="C2220" s="1">
-        <v>480</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2221" spans="1:3">
       <c r="A2221" s="1" t="inlineStr">
         <is>
-          <t>9789751036896</t>
+          <t>9789751037220</t>
         </is>
       </c>
       <c r="B2221" s="1" t="inlineStr">
         <is>
-          <t>Karga Bana Dedi ki: Mizah Yazıları</t>
+          <t>Üzümlü Kek</t>
         </is>
       </c>
       <c r="C2221" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2222" spans="1:3">
       <c r="A2222" s="1" t="inlineStr">
         <is>
-          <t>9789751036803</t>
+          <t>9789751037138</t>
         </is>
       </c>
       <c r="B2222" s="1" t="inlineStr">
         <is>
-          <t>Şükran Kaymak'la Çay Saati</t>
+          <t>Strateji</t>
         </is>
       </c>
       <c r="C2222" s="1">
-        <v>795</v>
+        <v>650</v>
       </c>
     </row>
     <row r="2223" spans="1:3">
       <c r="A2223" s="1" t="inlineStr">
         <is>
-          <t>9789751005540</t>
+          <t>9789751037060</t>
         </is>
       </c>
       <c r="B2223" s="1" t="inlineStr">
         <is>
-          <t>Kavak Yetiştiriciliği</t>
+          <t>Dijital Fotoğraf Akademisi - 2</t>
         </is>
       </c>
       <c r="C2223" s="1">
-        <v>160</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="2224" spans="1:3">
       <c r="A2224" s="1" t="inlineStr">
         <is>
-          <t>9789751036476</t>
+          <t>9789751037084</t>
         </is>
       </c>
       <c r="B2224" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ile Doğru Eşi Seç</t>
+          <t>Babruka</t>
         </is>
       </c>
       <c r="C2224" s="1">
-        <v>320</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2225" spans="1:3">
       <c r="A2225" s="1" t="inlineStr">
         <is>
-          <t>9789751036506</t>
+          <t>9789751037077</t>
         </is>
       </c>
       <c r="B2225" s="1" t="inlineStr">
         <is>
-          <t>Gülen Düşünce, Muhalif Kimlik: Aziz Nesin</t>
+          <t>Asfalt Yengeci</t>
         </is>
       </c>
       <c r="C2225" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2226" spans="1:3">
       <c r="A2226" s="1" t="inlineStr">
         <is>
-          <t>9789751036469</t>
+          <t>9789751037008</t>
         </is>
       </c>
       <c r="B2226" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin</t>
+          <t>Cihangir Dalkavuğu Tarih</t>
         </is>
       </c>
       <c r="C2226" s="1">
-        <v>320</v>
+        <v>870</v>
       </c>
     </row>
     <row r="2227" spans="1:3">
       <c r="A2227" s="1" t="inlineStr">
         <is>
-          <t>9789751036445</t>
+          <t>9789751036995</t>
         </is>
       </c>
       <c r="B2227" s="1" t="inlineStr">
         <is>
-          <t>Önder - Çağların Özlemi</t>
+          <t>Türk Lokumu</t>
         </is>
       </c>
       <c r="C2227" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2228" spans="1:3">
       <c r="A2228" s="1" t="inlineStr">
         <is>
-          <t>9789751033321</t>
+          <t>9789751036810</t>
         </is>
       </c>
       <c r="B2228" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filozofların Küçük Şeyleri</t>
+          <t>Küçük Prens Tenimde</t>
         </is>
       </c>
       <c r="C2228" s="1">
-        <v>375</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="2229" spans="1:3">
       <c r="A2229" s="1" t="inlineStr">
         <is>
-          <t>9789751032621</t>
+          <t>9789751036889</t>
         </is>
       </c>
       <c r="B2229" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filozoflar</t>
+          <t>Geri Dönüşü Olmayan Yol (Ciltli)</t>
         </is>
       </c>
       <c r="C2229" s="1">
-        <v>385</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2230" spans="1:3">
       <c r="A2230" s="1" t="inlineStr">
         <is>
-          <t>9789751034014</t>
+          <t>9789751036902</t>
         </is>
       </c>
       <c r="B2230" s="1" t="inlineStr">
         <is>
-          <t>Japonya Tarihi</t>
+          <t>Güzel Sanat Suçları</t>
         </is>
       </c>
       <c r="C2230" s="1">
-        <v>520</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2231" spans="1:3">
       <c r="A2231" s="1" t="inlineStr">
         <is>
-          <t>9789751036490</t>
+          <t>9789751036896</t>
         </is>
       </c>
       <c r="B2231" s="1" t="inlineStr">
         <is>
-          <t>Meslekler Tarihi</t>
+          <t>Karga Bana Dedi ki: Mizah Yazıları</t>
         </is>
       </c>
       <c r="C2231" s="1">
-        <v>465</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2232" spans="1:3">
       <c r="A2232" s="1" t="inlineStr">
         <is>
-          <t>9789751020598</t>
+          <t>9789751036803</t>
         </is>
       </c>
       <c r="B2232" s="1" t="inlineStr">
         <is>
-          <t>Asilzadeler</t>
+          <t>Şükran Kaymak'la Çay Saati</t>
         </is>
       </c>
       <c r="C2232" s="1">
-        <v>125</v>
+        <v>955</v>
       </c>
     </row>
     <row r="2233" spans="1:3">
       <c r="A2233" s="1" t="inlineStr">
         <is>
-          <t>9789751036612</t>
+          <t>9789751005540</t>
         </is>
       </c>
       <c r="B2233" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Kavak Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C2233" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2234" spans="1:3">
       <c r="A2234" s="1" t="inlineStr">
         <is>
-          <t>9789751036544</t>
+          <t>9789751036476</t>
         </is>
       </c>
       <c r="B2234" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Astroloji ile Doğru Eşi Seç</t>
         </is>
       </c>
       <c r="C2234" s="1">
-        <v>245</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2235" spans="1:3">
       <c r="A2235" s="1" t="inlineStr">
         <is>
-          <t>9789751036575</t>
+          <t>9789751036506</t>
         </is>
       </c>
       <c r="B2235" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Gülen Düşünce, Muhalif Kimlik: Aziz Nesin</t>
         </is>
       </c>
       <c r="C2235" s="1">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2236" spans="1:3">
       <c r="A2236" s="1" t="inlineStr">
         <is>
-          <t>9789751036339</t>
+          <t>9789751036469</t>
         </is>
       </c>
       <c r="B2236" s="1" t="inlineStr">
         <is>
-          <t>Dr. Hakan Çoker’le 100 soruda Doğal Doğum</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C2236" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2237" spans="1:3">
       <c r="A2237" s="1" t="inlineStr">
         <is>
-          <t>9789751036353</t>
+          <t>9789751036445</t>
         </is>
       </c>
       <c r="B2237" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Halleri Huy Arabeskleri</t>
+          <t>Önder - Çağların Özlemi</t>
         </is>
       </c>
       <c r="C2237" s="1">
-        <v>625</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2238" spans="1:3">
       <c r="A2238" s="1" t="inlineStr">
         <is>
-          <t>9789751036605</t>
+          <t>9789751033321</t>
         </is>
       </c>
       <c r="B2238" s="1" t="inlineStr">
         <is>
-          <t>Küçük İmparator - Liderin 23 Adımı</t>
+          <t>Büyük Filozofların Küçük Şeyleri</t>
         </is>
       </c>
       <c r="C2238" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2239" spans="1:3">
       <c r="A2239" s="1" t="inlineStr">
         <is>
-          <t>9789751036520</t>
+          <t>9789751032621</t>
         </is>
       </c>
       <c r="B2239" s="1" t="inlineStr">
         <is>
-          <t>Bir Acı Hikaye</t>
+          <t>Büyük Filozoflar</t>
         </is>
       </c>
       <c r="C2239" s="1">
-        <v>200</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2240" spans="1:3">
       <c r="A2240" s="1" t="inlineStr">
         <is>
-          <t>9789751036537</t>
+          <t>9789751034014</t>
         </is>
       </c>
       <c r="B2240" s="1" t="inlineStr">
         <is>
-          <t>İzmir Hikayeleri</t>
+          <t>Japonya Tarihi</t>
         </is>
       </c>
       <c r="C2240" s="1">
-        <v>160</v>
+        <v>625</v>
       </c>
     </row>
     <row r="2241" spans="1:3">
       <c r="A2241" s="1" t="inlineStr">
         <is>
-          <t>9789751036315</t>
+          <t>9789751036490</t>
         </is>
       </c>
       <c r="B2241" s="1" t="inlineStr">
         <is>
-          <t>Evren'den Mesajınız Var!</t>
+          <t>Meslekler Tarihi</t>
         </is>
       </c>
       <c r="C2241" s="1">
-        <v>245</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2242" spans="1:3">
       <c r="A2242" s="1" t="inlineStr">
         <is>
-          <t>9789751036230</t>
+          <t>9789751020598</t>
         </is>
       </c>
       <c r="B2242" s="1" t="inlineStr">
         <is>
-          <t>Kendi İşini Kendin Bul</t>
+          <t>Asilzadeler</t>
         </is>
       </c>
       <c r="C2242" s="1">
-        <v>615</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2243" spans="1:3">
       <c r="A2243" s="1" t="inlineStr">
         <is>
-          <t>9789751036414</t>
+          <t>9789751036612</t>
         </is>
       </c>
       <c r="B2243" s="1" t="inlineStr">
         <is>
-          <t>Panzehir</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C2243" s="1">
-        <v>680</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2244" spans="1:3">
       <c r="A2244" s="1" t="inlineStr">
         <is>
-          <t>9789751020925</t>
+          <t>9789751036544</t>
         </is>
       </c>
       <c r="B2244" s="1" t="inlineStr">
         <is>
-          <t>Lara’s Dream Stage 2</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C2244" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2245" spans="1:3">
       <c r="A2245" s="1" t="inlineStr">
         <is>
-          <t>9789751020918</t>
+          <t>9789751036575</t>
         </is>
       </c>
       <c r="B2245" s="1" t="inlineStr">
         <is>
-          <t>Lara and Mongo Stage 2</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C2245" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2246" spans="1:3">
       <c r="A2246" s="1" t="inlineStr">
         <is>
-          <t>9789751003317</t>
+          <t>9789751036339</t>
         </is>
       </c>
       <c r="B2246" s="1" t="inlineStr">
         <is>
-          <t>Langenscheidt Pocket English Dictionary English-Turkish / Turkish-English</t>
+          <t>Dr. Hakan Çoker’le 100 soruda Doğal Doğum</t>
         </is>
       </c>
       <c r="C2246" s="1">
-        <v>615</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2247" spans="1:3">
       <c r="A2247" s="1" t="inlineStr">
         <is>
-          <t>9789751036377</t>
+          <t>9789751036353</t>
         </is>
       </c>
       <c r="B2247" s="1" t="inlineStr">
         <is>
-          <t>Estetize Edilmiş Yaşam</t>
+          <t>İnsanlık Halleri Huy Arabeskleri</t>
         </is>
       </c>
       <c r="C2247" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="2248" spans="1:3">
       <c r="A2248" s="1" t="inlineStr">
         <is>
-          <t>9789751036346</t>
+          <t>9789751036605</t>
         </is>
       </c>
       <c r="B2248" s="1" t="inlineStr">
         <is>
-          <t>Bir Denizden Bir Denize</t>
+          <t>Küçük İmparator - Liderin 23 Adımı</t>
         </is>
       </c>
       <c r="C2248" s="1">
-        <v>310</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2249" spans="1:3">
       <c r="A2249" s="1" t="inlineStr">
         <is>
-          <t>9789751021120</t>
+          <t>9789751036520</t>
         </is>
       </c>
       <c r="B2249" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Leader Of Turkish People</t>
+          <t>Bir Acı Hikaye</t>
         </is>
       </c>
       <c r="C2249" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2250" spans="1:3">
       <c r="A2250" s="1" t="inlineStr">
         <is>
-          <t>9789751008190</t>
+          <t>9789751036537</t>
         </is>
       </c>
       <c r="B2250" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimi ve Temelleri</t>
+          <t>İzmir Hikayeleri</t>
         </is>
       </c>
       <c r="C2250" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2251" spans="1:3">
       <c r="A2251" s="1" t="inlineStr">
         <is>
-          <t>9789751001283</t>
+          <t>9789751036315</t>
         </is>
       </c>
       <c r="B2251" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Sözlüğü 2</t>
+          <t>Evren'den Mesajınız Var!</t>
         </is>
       </c>
       <c r="C2251" s="1">
-        <v>745</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2252" spans="1:3">
       <c r="A2252" s="1" t="inlineStr">
         <is>
-          <t>9789751001252</t>
+          <t>9789751036230</t>
         </is>
       </c>
       <c r="B2252" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Sözlüğü 1</t>
+          <t>Kendi İşini Kendin Bul</t>
         </is>
       </c>
       <c r="C2252" s="1">
-        <v>530</v>
+        <v>740</v>
       </c>
     </row>
     <row r="2253" spans="1:3">
       <c r="A2253" s="1" t="inlineStr">
         <is>
-          <t>9789751036247</t>
+          <t>9789751036414</t>
         </is>
       </c>
       <c r="B2253" s="1" t="inlineStr">
         <is>
-          <t>İstanbulum, Tadım, Tuzum, Hayatım</t>
+          <t>Panzehir</t>
         </is>
       </c>
       <c r="C2253" s="1">
-        <v>455</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2254" spans="1:3">
       <c r="A2254" s="1" t="inlineStr">
         <is>
-          <t>9789751036285</t>
+          <t>9789751020925</t>
         </is>
       </c>
       <c r="B2254" s="1" t="inlineStr">
         <is>
-          <t>Kadının Fenni</t>
+          <t>Lara’s Dream Stage 2</t>
         </is>
       </c>
       <c r="C2254" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2255" spans="1:3">
       <c r="A2255" s="1" t="inlineStr">
         <is>
-          <t>9789751036278</t>
+          <t>9789751020918</t>
         </is>
       </c>
       <c r="B2255" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal: Sözün Büyücüsü</t>
+          <t>Lara and Mongo Stage 2</t>
         </is>
       </c>
       <c r="C2255" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2256" spans="1:3">
       <c r="A2256" s="1" t="inlineStr">
         <is>
-          <t>9789751035806</t>
+          <t>9789751003317</t>
         </is>
       </c>
       <c r="B2256" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafta Pratik Çekim Teknikleri 1 : Gece Fotoğrafları Nasıl Çekilir?</t>
+          <t>Langenscheidt Pocket English Dictionary English-Turkish / Turkish-English</t>
         </is>
       </c>
       <c r="C2256" s="1">
-        <v>955</v>
+        <v>740</v>
       </c>
     </row>
     <row r="2257" spans="1:3">
       <c r="A2257" s="1" t="inlineStr">
         <is>
-          <t>9789751035882</t>
+          <t>9789751036377</t>
         </is>
       </c>
       <c r="B2257" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahetnamesi’nden Seçmeler</t>
+          <t>Estetize Edilmiş Yaşam</t>
         </is>
       </c>
       <c r="C2257" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2258" spans="1:3">
       <c r="A2258" s="1" t="inlineStr">
         <is>
-          <t>9789751035691</t>
+          <t>9789751036346</t>
         </is>
       </c>
       <c r="B2258" s="1" t="inlineStr">
         <is>
-          <t>Ağaç ve Ahlak</t>
+          <t>Bir Denizden Bir Denize</t>
         </is>
       </c>
       <c r="C2258" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2259" spans="1:3">
       <c r="A2259" s="1" t="inlineStr">
         <is>
-          <t>9789751035721</t>
+          <t>9789751021120</t>
         </is>
       </c>
       <c r="B2259" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Tadı ve Ahengi</t>
+          <t>Atatürk Leader Of Turkish People</t>
         </is>
       </c>
       <c r="C2259" s="1">
-        <v>1100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2260" spans="1:3">
       <c r="A2260" s="1" t="inlineStr">
         <is>
-          <t>9789751035240</t>
+          <t>9789751008190</t>
         </is>
       </c>
       <c r="B2260" s="1" t="inlineStr">
         <is>
-          <t>Bu Gazeteciler</t>
+          <t>Atatürk Devrimi ve Temelleri</t>
         </is>
       </c>
       <c r="C2260" s="1">
-        <v>560</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2261" spans="1:3">
       <c r="A2261" s="1" t="inlineStr">
         <is>
-          <t>9789751035820</t>
+          <t>9789751001283</t>
         </is>
       </c>
       <c r="B2261" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Anahtarı 2</t>
+          <t>Deyimler Sözlüğü 2</t>
         </is>
       </c>
       <c r="C2261" s="1">
-        <v>255</v>
+        <v>895</v>
       </c>
     </row>
     <row r="2262" spans="1:3">
       <c r="A2262" s="1" t="inlineStr">
         <is>
-          <t>9789751035646</t>
+          <t>9789751001252</t>
         </is>
       </c>
       <c r="B2262" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Bir Issız Adaya Düşerseniz 2. Cilt</t>
+          <t>Atasözleri Sözlüğü 1</t>
         </is>
       </c>
       <c r="C2262" s="1">
-        <v>530</v>
+        <v>640</v>
       </c>
     </row>
     <row r="2263" spans="1:3">
       <c r="A2263" s="1" t="inlineStr">
         <is>
-          <t>9789751035653</t>
+          <t>9789751036247</t>
         </is>
       </c>
       <c r="B2263" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Bir Issız Adaya Düşerseniz 1. Cilt</t>
+          <t>İstanbulum, Tadım, Tuzum, Hayatım</t>
         </is>
       </c>
       <c r="C2263" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2264" spans="1:3">
       <c r="A2264" s="1" t="inlineStr">
         <is>
-          <t>9789751035745</t>
+          <t>9789751036285</t>
         </is>
       </c>
       <c r="B2264" s="1" t="inlineStr">
         <is>
-          <t>28 Gün Yeter</t>
+          <t>Kadının Fenni</t>
         </is>
       </c>
       <c r="C2264" s="1">
-        <v>585</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2265" spans="1:3">
       <c r="A2265" s="1" t="inlineStr">
         <is>
-          <t>9789751029584</t>
+          <t>9789751036278</t>
         </is>
       </c>
       <c r="B2265" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinema Tarihi (Ciltli)</t>
+          <t>Yaşar Kemal: Sözün Büyücüsü</t>
         </is>
       </c>
       <c r="C2265" s="1">
-        <v>1365</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2266" spans="1:3">
       <c r="A2266" s="1" t="inlineStr">
         <is>
-          <t>9789751035684</t>
+          <t>9789751035806</t>
         </is>
       </c>
       <c r="B2266" s="1" t="inlineStr">
         <is>
-          <t>Öteki Mehmed Akif : Vaiz</t>
+          <t>Dijital Fotoğrafta Pratik Çekim Teknikleri 1 : Gece Fotoğrafları Nasıl Çekilir?</t>
         </is>
       </c>
       <c r="C2266" s="1">
-        <v>425</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="2267" spans="1:3">
       <c r="A2267" s="1" t="inlineStr">
         <is>
-          <t>9789751035677</t>
+          <t>9789751035882</t>
         </is>
       </c>
       <c r="B2267" s="1" t="inlineStr">
         <is>
-          <t>Gollik</t>
+          <t>Evliya Çelebi Seyahetnamesi’nden Seçmeler</t>
         </is>
       </c>
       <c r="C2267" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2268" spans="1:3">
       <c r="A2268" s="1" t="inlineStr">
         <is>
-          <t>9789751028792</t>
+          <t>9789751035691</t>
         </is>
       </c>
       <c r="B2268" s="1" t="inlineStr">
         <is>
-          <t>Çete</t>
+          <t>Ağaç ve Ahlak</t>
         </is>
       </c>
       <c r="C2268" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2269" spans="1:3">
       <c r="A2269" s="1" t="inlineStr">
         <is>
-          <t>9789751027009</t>
+          <t>9789751035721</t>
         </is>
       </c>
       <c r="B2269" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Et ve Yumurta Yemekleri (Ciltli)</t>
+          <t>Türkçenin Tadı ve Ahengi</t>
         </is>
       </c>
       <c r="C2269" s="1">
-        <v>440</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="2270" spans="1:3">
       <c r="A2270" s="1" t="inlineStr">
         <is>
-          <t>9789751020888</t>
+          <t>9789751035240</t>
         </is>
       </c>
       <c r="B2270" s="1" t="inlineStr">
         <is>
-          <t>Çay Saati</t>
+          <t>Bu Gazeteciler</t>
         </is>
       </c>
       <c r="C2270" s="1">
-        <v>1350</v>
+        <v>640</v>
       </c>
     </row>
     <row r="2271" spans="1:3">
       <c r="A2271" s="1" t="inlineStr">
         <is>
-          <t>9789751035332</t>
+          <t>9789751035820</t>
         </is>
       </c>
       <c r="B2271" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Tarihi</t>
+          <t>Kalbin Anahtarı 2</t>
         </is>
       </c>
       <c r="C2271" s="1">
-        <v>640</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2272" spans="1:3">
       <c r="A2272" s="1" t="inlineStr">
         <is>
-          <t>9789751035288</t>
+          <t>9789751035646</t>
         </is>
       </c>
       <c r="B2272" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Kurgulamak</t>
+          <t>Bir Gün Bir Issız Adaya Düşerseniz 2. Cilt</t>
         </is>
       </c>
       <c r="C2272" s="1">
-        <v>320</v>
+        <v>640</v>
       </c>
     </row>
     <row r="2273" spans="1:3">
       <c r="A2273" s="1" t="inlineStr">
         <is>
-          <t>9789751035271</t>
+          <t>9789751035653</t>
         </is>
       </c>
       <c r="B2273" s="1" t="inlineStr">
         <is>
-          <t>Aydede 1949 -3</t>
+          <t>Bir Gün Bir Issız Adaya Düşerseniz 1. Cilt</t>
         </is>
       </c>
       <c r="C2273" s="1">
-        <v>955</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2274" spans="1:3">
       <c r="A2274" s="1" t="inlineStr">
         <is>
-          <t>9789751035325</t>
+          <t>9789751035745</t>
         </is>
       </c>
       <c r="B2274" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>28 Gün Yeter</t>
         </is>
       </c>
       <c r="C2274" s="1">
-        <v>135</v>
+        <v>705</v>
       </c>
     </row>
     <row r="2275" spans="1:3">
       <c r="A2275" s="1" t="inlineStr">
         <is>
-          <t>9789751035301</t>
+          <t>9789751029584</t>
         </is>
       </c>
       <c r="B2275" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Türk Sinema Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C2275" s="1">
-        <v>135</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="2276" spans="1:3">
       <c r="A2276" s="1" t="inlineStr">
         <is>
-          <t>9789751035295</t>
+          <t>9789751035684</t>
         </is>
       </c>
       <c r="B2276" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Öteki Mehmed Akif : Vaiz</t>
         </is>
       </c>
       <c r="C2276" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2277" spans="1:3">
       <c r="A2277" s="1" t="inlineStr">
         <is>
-          <t>9789751020710</t>
+          <t>9789751035677</t>
         </is>
       </c>
       <c r="B2277" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Gollik</t>
         </is>
       </c>
       <c r="C2277" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2278" spans="1:3">
       <c r="A2278" s="1" t="inlineStr">
         <is>
-          <t>9789751032942</t>
+          <t>9789751028792</t>
         </is>
       </c>
       <c r="B2278" s="1" t="inlineStr">
         <is>
-          <t>Yunan Kültür Tarihi</t>
+          <t>Çete</t>
         </is>
       </c>
       <c r="C2278" s="1">
-        <v>455</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2279" spans="1:3">
       <c r="A2279" s="1" t="inlineStr">
         <is>
-          <t>9789751029225</t>
+          <t>9789751027009</t>
         </is>
       </c>
       <c r="B2279" s="1" t="inlineStr">
         <is>
-          <t>Sayım’ın Konuşan Bavulu</t>
+          <t>Çeşitli Et ve Yumurta Yemekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C2279" s="1">
-        <v>230</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2280" spans="1:3">
       <c r="A2280" s="1" t="inlineStr">
         <is>
-          <t>9789751035523</t>
+          <t>9789751020888</t>
         </is>
       </c>
       <c r="B2280" s="1" t="inlineStr">
         <is>
-          <t>Keşke Deme!</t>
+          <t>Çay Saati</t>
         </is>
       </c>
       <c r="C2280" s="1">
-        <v>255</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="2281" spans="1:3">
       <c r="A2281" s="1" t="inlineStr">
         <is>
-          <t>9789751002792</t>
+          <t>9789751035332</t>
         </is>
       </c>
       <c r="B2281" s="1" t="inlineStr">
         <is>
-          <t>20 Okul Piyesi</t>
+          <t>Hindistan Tarihi</t>
         </is>
       </c>
       <c r="C2281" s="1">
-        <v>180</v>
+        <v>770</v>
       </c>
     </row>
     <row r="2282" spans="1:3">
       <c r="A2282" s="1" t="inlineStr">
         <is>
-          <t>9789751028150</t>
+          <t>9789751035288</t>
         </is>
       </c>
       <c r="B2282" s="1" t="inlineStr">
         <is>
-          <t>% 100 Salata</t>
+          <t>Geleceği Kurgulamak</t>
         </is>
       </c>
       <c r="C2282" s="1">
-        <v>820</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2283" spans="1:3">
       <c r="A2283" s="1" t="inlineStr">
         <is>
-          <t>9789751028419</t>
+          <t>9789751035271</t>
         </is>
       </c>
       <c r="B2283" s="1" t="inlineStr">
         <is>
-          <t>% 100 İstanbul</t>
+          <t>Aydede 1949 -3</t>
         </is>
       </c>
       <c r="C2283" s="1">
-        <v>455</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="2284" spans="1:3">
       <c r="A2284" s="1" t="inlineStr">
         <is>
-          <t>9789751021960</t>
+          <t>9789751035325</t>
         </is>
       </c>
       <c r="B2284" s="1" t="inlineStr">
         <is>
-          <t>Müziğe Giden Yol</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C2284" s="1">
-        <v>455</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2285" spans="1:3">
       <c r="A2285" s="1" t="inlineStr">
         <is>
-          <t>9789751035585</t>
+          <t>9789751035301</t>
         </is>
       </c>
       <c r="B2285" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C2285" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2286" spans="1:3">
       <c r="A2286" s="1" t="inlineStr">
         <is>
-          <t>9789751033789</t>
+          <t>9789751035295</t>
         </is>
       </c>
       <c r="B2286" s="1" t="inlineStr">
         <is>
-          <t>Grand Türkçe İngilizce Sözlük</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C2286" s="1">
-        <v>1445</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2287" spans="1:3">
       <c r="A2287" s="1" t="inlineStr">
         <is>
-          <t>9789751034960</t>
+          <t>9789751020710</t>
         </is>
       </c>
       <c r="B2287" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Yaşasın Tırnak Kesmek</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C2287" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2288" spans="1:3">
       <c r="A2288" s="1" t="inlineStr">
         <is>
-          <t>9789751035127</t>
+          <t>9789751032942</t>
         </is>
       </c>
       <c r="B2288" s="1" t="inlineStr">
         <is>
-          <t>Leliko Renkler - Yeşil</t>
+          <t>Yunan Kültür Tarihi</t>
         </is>
       </c>
       <c r="C2288" s="1">
-        <v>95</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2289" spans="1:3">
       <c r="A2289" s="1" t="inlineStr">
         <is>
-          <t>9789751034991</t>
+          <t>9789751029225</t>
         </is>
       </c>
       <c r="B2289" s="1" t="inlineStr">
         <is>
-          <t>Leliko Renkler - Sarı</t>
+          <t>Sayım’ın Konuşan Bavulu</t>
         </is>
       </c>
       <c r="C2289" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2290" spans="1:3">
       <c r="A2290" s="1" t="inlineStr">
         <is>
-          <t>9789751035110</t>
+          <t>9789751035523</t>
         </is>
       </c>
       <c r="B2290" s="1" t="inlineStr">
         <is>
-          <t>Leliko Renkler - Mavi</t>
+          <t>Keşke Deme!</t>
         </is>
       </c>
       <c r="C2290" s="1">
-        <v>135</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2291" spans="1:3">
       <c r="A2291" s="1" t="inlineStr">
         <is>
-          <t>9789751034984</t>
+          <t>9789751002792</t>
         </is>
       </c>
       <c r="B2291" s="1" t="inlineStr">
         <is>
-          <t>Leliko Renkler- Kırmızı</t>
+          <t>20 Okul Piyesi</t>
         </is>
       </c>
       <c r="C2291" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2292" spans="1:3">
       <c r="A2292" s="1" t="inlineStr">
         <is>
-          <t>9789751035264</t>
+          <t>9789751028150</t>
         </is>
       </c>
       <c r="B2292" s="1" t="inlineStr">
         <is>
-          <t>Doğuştan Kadıncıl</t>
+          <t>% 100 Salata</t>
         </is>
       </c>
       <c r="C2292" s="1">
-        <v>510</v>
+        <v>985</v>
       </c>
     </row>
     <row r="2293" spans="1:3">
       <c r="A2293" s="1" t="inlineStr">
         <is>
-          <t>9789751035233</t>
+          <t>9789751028419</t>
         </is>
       </c>
       <c r="B2293" s="1" t="inlineStr">
         <is>
-          <t>Maarif</t>
+          <t>% 100 İstanbul</t>
         </is>
       </c>
       <c r="C2293" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2294" spans="1:3">
       <c r="A2294" s="1" t="inlineStr">
         <is>
-          <t>9789751035158</t>
+          <t>9789751021960</t>
         </is>
       </c>
       <c r="B2294" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Sonbahar</t>
+          <t>Müziğe Giden Yol</t>
         </is>
       </c>
       <c r="C2294" s="1">
-        <v>135</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2295" spans="1:3">
       <c r="A2295" s="1" t="inlineStr">
         <is>
-          <t>9789751035165</t>
+          <t>9789751035585</t>
         </is>
       </c>
       <c r="B2295" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Kış</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C2295" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2296" spans="1:3">
       <c r="A2296" s="1" t="inlineStr">
         <is>
-          <t>9789751035134</t>
+          <t>9789751033789</t>
         </is>
       </c>
       <c r="B2296" s="1" t="inlineStr">
         <is>
-          <t>Pepee - İlkbahar</t>
+          <t>Grand Türkçe İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C2296" s="1">
-        <v>135</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="2297" spans="1:3">
       <c r="A2297" s="1" t="inlineStr">
         <is>
-          <t>9789751035141</t>
+          <t>9789751034960</t>
         </is>
       </c>
       <c r="B2297" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Yaz</t>
+          <t>Pepee - Yaşasın Tırnak Kesmek</t>
         </is>
       </c>
       <c r="C2297" s="1">
-        <v>135</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2298" spans="1:3">
       <c r="A2298" s="1" t="inlineStr">
         <is>
-          <t>9789751034885</t>
+          <t>9789751035127</t>
         </is>
       </c>
       <c r="B2298" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Affet Beni</t>
+          <t>Leliko Renkler - Yeşil</t>
         </is>
       </c>
       <c r="C2298" s="1">
-        <v>255</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2299" spans="1:3">
       <c r="A2299" s="1" t="inlineStr">
         <is>
-          <t>9789751034915</t>
+          <t>9789751034991</t>
         </is>
       </c>
       <c r="B2299" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Farklılıklar</t>
+          <t>Leliko Renkler - Sarı</t>
         </is>
       </c>
       <c r="C2299" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2300" spans="1:3">
       <c r="A2300" s="1" t="inlineStr">
         <is>
-          <t>9789751034434</t>
+          <t>9789751035110</t>
         </is>
       </c>
       <c r="B2300" s="1" t="inlineStr">
         <is>
-          <t>Toprak, Bitki ve Çölleşme Atlası</t>
+          <t>Leliko Renkler - Mavi</t>
         </is>
       </c>
       <c r="C2300" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2301" spans="1:3">
       <c r="A2301" s="1" t="inlineStr">
         <is>
-          <t>9789751035080</t>
+          <t>9789751034984</t>
         </is>
       </c>
       <c r="B2301" s="1" t="inlineStr">
         <is>
-          <t>Yıkanmak İstemeyen Çocuklar Olalım</t>
+          <t>Leliko Renkler- Kırmızı</t>
         </is>
       </c>
       <c r="C2301" s="1">
-        <v>415</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2302" spans="1:3">
       <c r="A2302" s="1" t="inlineStr">
         <is>
-          <t>9789751035202</t>
+          <t>9789751035264</t>
         </is>
       </c>
       <c r="B2302" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Haçlı Seferleri</t>
+          <t>Doğuştan Kadıncıl</t>
         </is>
       </c>
       <c r="C2302" s="1">
-        <v>545</v>
+        <v>600</v>
       </c>
     </row>
     <row r="2303" spans="1:3">
       <c r="A2303" s="1" t="inlineStr">
         <is>
-          <t>9789751035066</t>
+          <t>9789751035233</t>
         </is>
       </c>
       <c r="B2303" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişimin Kültürel İşlevleri</t>
+          <t>Maarif</t>
         </is>
       </c>
       <c r="C2303" s="1">
-        <v>575</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2304" spans="1:3">
       <c r="A2304" s="1" t="inlineStr">
         <is>
-          <t>9789751036636</t>
+          <t>9789751035158</t>
         </is>
       </c>
       <c r="B2304" s="1" t="inlineStr">
         <is>
-          <t>İşgal Altında İstanbul</t>
+          <t>Pepee - Sonbahar</t>
         </is>
       </c>
       <c r="C2304" s="1">
-        <v>425</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2305" spans="1:3">
       <c r="A2305" s="1" t="inlineStr">
         <is>
-          <t>9789751033437</t>
+          <t>9789751035165</t>
         </is>
       </c>
       <c r="B2305" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızların Gizli Yaşamı</t>
+          <t>Pepee - Kış</t>
         </is>
       </c>
       <c r="C2305" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2306" spans="1:3">
       <c r="A2306" s="1" t="inlineStr">
         <is>
-          <t>9789751059284</t>
+          <t>9789751035134</t>
         </is>
       </c>
       <c r="B2306" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Anlamdaş ve Karşıt Kelimeler Sözlüğü</t>
+          <t>Pepee - İlkbahar</t>
         </is>
       </c>
       <c r="C2306" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2307" spans="1:3">
       <c r="A2307" s="1" t="inlineStr">
         <is>
-          <t>9789751020420</t>
+          <t>9789751035141</t>
         </is>
       </c>
       <c r="B2307" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük Yabancı Karşılıklı</t>
+          <t>Pepee - Yaz</t>
         </is>
       </c>
       <c r="C2307" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2308" spans="1:3">
       <c r="A2308" s="1" t="inlineStr">
         <is>
-          <t>9789751024862</t>
+          <t>9789751034885</t>
         </is>
       </c>
       <c r="B2308" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Bilenler İçin Almanca Temel Dilbilgisi 2</t>
+          <t>Pepee - Affet Beni</t>
         </is>
       </c>
       <c r="C2308" s="1">
-        <v>945</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2309" spans="1:3">
       <c r="A2309" s="1" t="inlineStr">
         <is>
-          <t>9789751030092</t>
+          <t>9789751034915</t>
         </is>
       </c>
       <c r="B2309" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Bilenler İçin Almanca Temel Dilbilgisi - 3</t>
+          <t>Pepee - Farklılıklar</t>
         </is>
       </c>
       <c r="C2309" s="1">
-        <v>595</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2310" spans="1:3">
       <c r="A2310" s="1" t="inlineStr">
         <is>
-          <t>9789751020932</t>
+          <t>9789751034434</t>
         </is>
       </c>
       <c r="B2310" s="1" t="inlineStr">
         <is>
-          <t>Mr Donald’s Animal Farm</t>
+          <t>Toprak, Bitki ve Çölleşme Atlası</t>
         </is>
       </c>
       <c r="C2310" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2311" spans="1:3">
       <c r="A2311" s="1" t="inlineStr">
         <is>
-          <t>9789751036698</t>
+          <t>9789751035080</t>
         </is>
       </c>
       <c r="B2311" s="1" t="inlineStr">
         <is>
-          <t>Manik Serçe</t>
+          <t>Yıkanmak İstemeyen Çocuklar Olalım</t>
         </is>
       </c>
       <c r="C2311" s="1">
-        <v>215</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2312" spans="1:3">
       <c r="A2312" s="1" t="inlineStr">
         <is>
-          <t>9789751034823</t>
+          <t>9789751035202</t>
         </is>
       </c>
       <c r="B2312" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Tek Kişilik Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C2312" s="1">
-        <v>715</v>
+        <v>655</v>
       </c>
     </row>
     <row r="2313" spans="1:3">
       <c r="A2313" s="1" t="inlineStr">
         <is>
-          <t>9789751034854</t>
+          <t>9789751035066</t>
         </is>
       </c>
       <c r="B2313" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz</t>
+          <t>Kitle İletişimin Kültürel İşlevleri</t>
         </is>
       </c>
       <c r="C2313" s="1">
-        <v>230</v>
+        <v>690</v>
       </c>
     </row>
     <row r="2314" spans="1:3">
       <c r="A2314" s="1" t="inlineStr">
         <is>
-          <t>9789751034786</t>
+          <t>9789751036636</t>
         </is>
       </c>
       <c r="B2314" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kelime Bankası</t>
+          <t>İşgal Altında İstanbul</t>
         </is>
       </c>
       <c r="C2314" s="1">
-        <v>215</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2315" spans="1:3">
       <c r="A2315" s="1" t="inlineStr">
         <is>
-          <t>9789751034816</t>
+          <t>9789751033437</t>
         </is>
       </c>
       <c r="B2315" s="1" t="inlineStr">
         <is>
-          <t>Akl-ı Kemal Cilt: 5</t>
+          <t>Genç Kızların Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C2315" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2316" spans="1:3">
       <c r="A2316" s="1" t="inlineStr">
         <is>
-          <t>9789751033680</t>
+          <t>9789751059284</t>
         </is>
       </c>
       <c r="B2316" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kitap</t>
+          <t>Türkçede Anlamdaş ve Karşıt Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C2316" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2317" spans="1:3">
       <c r="A2317" s="1" t="inlineStr">
         <is>
-          <t>9789751034762</t>
+          <t>9789751020420</t>
         </is>
       </c>
       <c r="B2317" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Adı Aşk - Mesneviden Seçmeler</t>
+          <t>Türkçe Sözlük Yabancı Karşılıklı</t>
         </is>
       </c>
       <c r="C2317" s="1">
-        <v>625</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2318" spans="1:3">
       <c r="A2318" s="1" t="inlineStr">
         <is>
-          <t>9789751034694</t>
+          <t>9789751024862</t>
         </is>
       </c>
       <c r="B2318" s="1" t="inlineStr">
         <is>
-          <t>Beni Benimle Aldatır Mısın?</t>
+          <t>Türkçe Bilenler İçin Almanca Temel Dilbilgisi 2</t>
         </is>
       </c>
       <c r="C2318" s="1">
-        <v>190</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="2319" spans="1:3">
       <c r="A2319" s="1" t="inlineStr">
         <is>
-          <t>9789751034717</t>
+          <t>9789751030092</t>
         </is>
       </c>
       <c r="B2319" s="1" t="inlineStr">
         <is>
-          <t>Pek İyi Hatırlarım - Memleket Yazıları 5</t>
+          <t>Türkçe Bilenler İçin Almanca Temel Dilbilgisi - 3</t>
         </is>
       </c>
       <c r="C2319" s="1">
-        <v>755</v>
+        <v>715</v>
       </c>
     </row>
     <row r="2320" spans="1:3">
       <c r="A2320" s="1" t="inlineStr">
         <is>
-          <t>9789751034700</t>
+          <t>9789751020932</t>
         </is>
       </c>
       <c r="B2320" s="1" t="inlineStr">
         <is>
-          <t>Hangi Anne Hangi Babasınız?</t>
+          <t>Mr Donald’s Animal Farm</t>
         </is>
       </c>
       <c r="C2320" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2321" spans="1:3">
       <c r="A2321" s="1" t="inlineStr">
         <is>
-          <t>9789751044747</t>
+          <t>9789751036698</t>
         </is>
       </c>
       <c r="B2321" s="1" t="inlineStr">
         <is>
-          <t>Sokak Fotoğrafçılığı</t>
+          <t>Manik Serçe</t>
         </is>
       </c>
       <c r="C2321" s="1">
-        <v>625</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2322" spans="1:3">
       <c r="A2322" s="1" t="inlineStr">
         <is>
-          <t>9789751034403</t>
+          <t>9789751034823</t>
         </is>
       </c>
       <c r="B2322" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Ordular</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C2322" s="1">
-        <v>875</v>
+        <v>860</v>
       </c>
     </row>
     <row r="2323" spans="1:3">
       <c r="A2323" s="1" t="inlineStr">
         <is>
-          <t>9789751033536</t>
+          <t>9789751034854</t>
         </is>
       </c>
       <c r="B2323" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Türk Makam Müziği Teorisi ve Solfeji 1</t>
+          <t>Salyangoz</t>
         </is>
       </c>
       <c r="C2323" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2324" spans="1:3">
       <c r="A2324" s="1" t="inlineStr">
         <is>
-          <t>9789751034359</t>
+          <t>9789751034786</t>
         </is>
       </c>
       <c r="B2324" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden Sayfalar</t>
+          <t>Rusça Kelime Bankası</t>
         </is>
       </c>
       <c r="C2324" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2325" spans="1:3">
       <c r="A2325" s="1" t="inlineStr">
         <is>
-          <t>9789751034298</t>
+          <t>9789751034816</t>
         </is>
       </c>
       <c r="B2325" s="1" t="inlineStr">
         <is>
-          <t>Akrep - Çıtır Çıtır Astroloji</t>
+          <t>Akl-ı Kemal Cilt: 5</t>
         </is>
       </c>
       <c r="C2325" s="1">
-        <v>125</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2326" spans="1:3">
       <c r="A2326" s="1" t="inlineStr">
         <is>
-          <t>9789751034274</t>
+          <t>9789751033680</t>
         </is>
       </c>
       <c r="B2326" s="1" t="inlineStr">
         <is>
-          <t>Başak - Çıtır Çıtır Astroloji</t>
+          <t>Korsan Kitap</t>
         </is>
       </c>
       <c r="C2326" s="1">
-        <v>125</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2327" spans="1:3">
       <c r="A2327" s="1" t="inlineStr">
         <is>
-          <t>9789751034267</t>
+          <t>9789751034762</t>
         </is>
       </c>
       <c r="B2327" s="1" t="inlineStr">
         <is>
-          <t>Aslan - Çıtır Çıtır Astroloji</t>
+          <t>Mevlana Adı Aşk - Mesneviden Seçmeler</t>
         </is>
       </c>
       <c r="C2327" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2328" spans="1:3">
       <c r="A2328" s="1" t="inlineStr">
         <is>
-          <t>9789751034250</t>
+          <t>9789751034694</t>
         </is>
       </c>
       <c r="B2328" s="1" t="inlineStr">
         <is>
-          <t>Yengeç - Çıtır Çıtır Astroloji</t>
+          <t>Beni Benimle Aldatır Mısın?</t>
         </is>
       </c>
       <c r="C2328" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2329" spans="1:3">
       <c r="A2329" s="1" t="inlineStr">
         <is>
-          <t>9789751034205</t>
+          <t>9789751034717</t>
         </is>
       </c>
       <c r="B2329" s="1" t="inlineStr">
         <is>
-          <t>Benim Bütün Duygularım</t>
+          <t>Pek İyi Hatırlarım - Memleket Yazıları 5</t>
         </is>
       </c>
       <c r="C2329" s="1">
-        <v>255</v>
+        <v>870</v>
       </c>
     </row>
     <row r="2330" spans="1:3">
       <c r="A2330" s="1" t="inlineStr">
         <is>
-          <t>9789751034311</t>
+          <t>9789751034700</t>
         </is>
       </c>
       <c r="B2330" s="1" t="inlineStr">
         <is>
-          <t>Oğlak - Çıtır Çıtır Astroloji</t>
+          <t>Hangi Anne Hangi Babasınız?</t>
         </is>
       </c>
       <c r="C2330" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2331" spans="1:3">
       <c r="A2331" s="1" t="inlineStr">
         <is>
-          <t>9789751034328</t>
+          <t>9789751044747</t>
         </is>
       </c>
       <c r="B2331" s="1" t="inlineStr">
         <is>
-          <t>Kova - Çıtır Çıtır Astroloji</t>
+          <t>Sokak Fotoğrafçılığı</t>
         </is>
       </c>
       <c r="C2331" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2332" spans="1:3">
       <c r="A2332" s="1" t="inlineStr">
         <is>
-          <t>9789751034335</t>
+          <t>9789751034403</t>
         </is>
       </c>
       <c r="B2332" s="1" t="inlineStr">
         <is>
-          <t>Balık - Çıtır Çıtır Astroloji</t>
+          <t>Görünmeyen Ordular</t>
         </is>
       </c>
       <c r="C2332" s="1">
-        <v>125</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="2333" spans="1:3">
       <c r="A2333" s="1" t="inlineStr">
         <is>
-          <t>9789751034243</t>
+          <t>9789751033536</t>
         </is>
       </c>
       <c r="B2333" s="1" t="inlineStr">
         <is>
-          <t>İkizler - Çıtır Çıtır Astroloji</t>
+          <t>Uygulamalı Türk Makam Müziği Teorisi ve Solfeji 1</t>
         </is>
       </c>
       <c r="C2333" s="1">
-        <v>125</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2334" spans="1:3">
       <c r="A2334" s="1" t="inlineStr">
         <is>
-          <t>9789751034236</t>
+          <t>9789751034359</t>
         </is>
       </c>
       <c r="B2334" s="1" t="inlineStr">
         <is>
-          <t>Boğa - Çıtır Çıtır Astroloji</t>
+          <t>Türk Tarihinden Sayfalar</t>
         </is>
       </c>
       <c r="C2334" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2335" spans="1:3">
       <c r="A2335" s="1" t="inlineStr">
         <is>
-          <t>9789751034229</t>
+          <t>9789751034298</t>
         </is>
       </c>
       <c r="B2335" s="1" t="inlineStr">
         <is>
-          <t>Koç - Çıtır Çıtır Astroloji</t>
+          <t>Akrep - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2335" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2336" spans="1:3">
       <c r="A2336" s="1" t="inlineStr">
         <is>
-          <t>9789751005229</t>
+          <t>9789751034274</t>
         </is>
       </c>
       <c r="B2336" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre ve Tasavvuf</t>
+          <t>Başak - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2336" s="1">
-        <v>715</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2337" spans="1:3">
       <c r="A2337" s="1" t="inlineStr">
         <is>
-          <t>9789751033543</t>
+          <t>9789751034267</t>
         </is>
       </c>
       <c r="B2337" s="1" t="inlineStr">
         <is>
-          <t>Türk Makam Müziği ve Yeni Notasyon</t>
+          <t>Aslan - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2337" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2338" spans="1:3">
       <c r="A2338" s="1" t="inlineStr">
         <is>
-          <t>9789751034281</t>
+          <t>9789751034250</t>
         </is>
       </c>
       <c r="B2338" s="1" t="inlineStr">
         <is>
-          <t>Terazi - Çıtır Çıtır Astroloji</t>
+          <t>Yengeç - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2338" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2339" spans="1:3">
       <c r="A2339" s="1" t="inlineStr">
         <is>
-          <t>9789751034304</t>
+          <t>9789751034205</t>
         </is>
       </c>
       <c r="B2339" s="1" t="inlineStr">
         <is>
-          <t>Yay - Çıtır Çıtır Astroloji</t>
+          <t>Benim Bütün Duygularım</t>
         </is>
       </c>
       <c r="C2339" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="2340" spans="1:3">
       <c r="A2340" s="1" t="inlineStr">
         <is>
-          <t>9789751032041</t>
+          <t>9789751034311</t>
         </is>
       </c>
       <c r="B2340" s="1" t="inlineStr">
         <is>
-          <t>Taş, Baş ve Aş</t>
+          <t>Oğlak - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2340" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2341" spans="1:3">
       <c r="A2341" s="1" t="inlineStr">
         <is>
-          <t>9789751036704</t>
+          <t>9789751034328</t>
         </is>
       </c>
       <c r="B2341" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Ortadoğu Politikası</t>
+          <t>Kova - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2341" s="1">
-        <v>415</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2342" spans="1:3">
       <c r="A2342" s="1" t="inlineStr">
         <is>
-          <t>9789751034892</t>
+          <t>9789751034335</t>
         </is>
       </c>
       <c r="B2342" s="1" t="inlineStr">
         <is>
-          <t>Pepee - Seviyorsan Söyle</t>
+          <t>Balık - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2342" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2343" spans="1:3">
       <c r="A2343" s="1" t="inlineStr">
         <is>
-          <t>9789751034151</t>
+          <t>9789751034243</t>
         </is>
       </c>
       <c r="B2343" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı - Sun Tzu</t>
+          <t>İkizler - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2343" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2344" spans="1:3">
       <c r="A2344" s="1" t="inlineStr">
         <is>
-          <t>9789751036681</t>
+          <t>9789751034236</t>
         </is>
       </c>
       <c r="B2344" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Politikası</t>
+          <t>Boğa - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2344" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2345" spans="1:3">
       <c r="A2345" s="1" t="inlineStr">
         <is>
-          <t>9789751034427</t>
+          <t>9789751034229</t>
         </is>
       </c>
       <c r="B2345" s="1" t="inlineStr">
         <is>
-          <t>Güllü Sultan'dan Neşeli Tarifler</t>
+          <t>Koç - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2345" s="1">
-        <v>1020</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2346" spans="1:3">
       <c r="A2346" s="1" t="inlineStr">
         <is>
-          <t>9789751034625</t>
+          <t>9789751005229</t>
         </is>
       </c>
       <c r="B2346" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Zaferleri</t>
+          <t>Yunus Emre ve Tasavvuf</t>
         </is>
       </c>
       <c r="C2346" s="1">
-        <v>415</v>
+        <v>860</v>
       </c>
     </row>
     <row r="2347" spans="1:3">
       <c r="A2347" s="1" t="inlineStr">
         <is>
-          <t>9789751033949</t>
+          <t>9789751033543</t>
         </is>
       </c>
       <c r="B2347" s="1" t="inlineStr">
         <is>
-          <t>1923'ten Günümüze Türk Dış Politikası ve Diplomasisi</t>
+          <t>Türk Makam Müziği ve Yeni Notasyon</t>
         </is>
       </c>
       <c r="C2347" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2348" spans="1:3">
       <c r="A2348" s="1" t="inlineStr">
         <is>
-          <t>9789751044020</t>
+          <t>9789751034281</t>
         </is>
       </c>
       <c r="B2348" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca Cep Sözlüğü (Ciltli)</t>
+          <t>Terazi - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2348" s="1">
-        <v>595</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2349" spans="1:3">
       <c r="A2349" s="1" t="inlineStr">
         <is>
-          <t>9789751034557</t>
+          <t>9789751034304</t>
         </is>
       </c>
       <c r="B2349" s="1" t="inlineStr">
         <is>
-          <t>Memleket Yazıları 4: Mutfak Zevkinin Son Günleri</t>
+          <t>Yay - Çıtır Çıtır Astroloji</t>
         </is>
       </c>
       <c r="C2349" s="1">
-        <v>890</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2350" spans="1:3">
       <c r="A2350" s="1" t="inlineStr">
         <is>
-          <t>9789751034533</t>
+          <t>9789751032041</t>
         </is>
       </c>
       <c r="B2350" s="1" t="inlineStr">
         <is>
-          <t>Memleket Yazıları 3: Edebiyatı Öldüren Rejim</t>
+          <t>Taş, Baş ve Aş</t>
         </is>
       </c>
       <c r="C2350" s="1">
-        <v>690</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2351" spans="1:3">
       <c r="A2351" s="1" t="inlineStr">
         <is>
-          <t>9789751034052</t>
+          <t>9789751036704</t>
         </is>
       </c>
       <c r="B2351" s="1" t="inlineStr">
         <is>
-          <t>İnstanbul</t>
+          <t>Amerika’nın Ortadoğu Politikası</t>
         </is>
       </c>
       <c r="C2351" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2352" spans="1:3">
       <c r="A2352" s="1" t="inlineStr">
         <is>
-          <t>9789751034090</t>
+          <t>9789751034892</t>
         </is>
       </c>
       <c r="B2352" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Dış Politikası</t>
+          <t>Pepee - Seviyorsan Söyle</t>
         </is>
       </c>
       <c r="C2352" s="1">
-        <v>615</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2353" spans="1:3">
       <c r="A2353" s="1" t="inlineStr">
         <is>
-          <t>9789751032058</t>
+          <t>9789751034151</t>
         </is>
       </c>
       <c r="B2353" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluklar Tarihi</t>
+          <t>Savaş Sanatı - Sun Tzu</t>
         </is>
       </c>
       <c r="C2353" s="1">
-        <v>680</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2354" spans="1:3">
       <c r="A2354" s="1" t="inlineStr">
         <is>
-          <t>9789751021373</t>
+          <t>9789751036681</t>
         </is>
       </c>
       <c r="B2354" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>İmparatorluk Politikası</t>
         </is>
       </c>
       <c r="C2354" s="1">
-        <v>110</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2355" spans="1:3">
       <c r="A2355" s="1" t="inlineStr">
         <is>
-          <t>9789751016416</t>
+          <t>9789751034427</t>
         </is>
       </c>
       <c r="B2355" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Güllü Sultan'dan Neşeli Tarifler</t>
         </is>
       </c>
       <c r="C2355" s="1">
-        <v>95</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="2356" spans="1:3">
       <c r="A2356" s="1" t="inlineStr">
         <is>
-          <t>9789751027870</t>
+          <t>9789751034625</t>
         </is>
       </c>
       <c r="B2356" s="1" t="inlineStr">
         <is>
-          <t>Zeytinyağı</t>
+          <t>Büyük Türk Zaferleri</t>
         </is>
       </c>
       <c r="C2356" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2357" spans="1:3">
       <c r="A2357" s="1" t="inlineStr">
         <is>
-          <t>9789751022608</t>
+          <t>9789751033949</t>
         </is>
       </c>
       <c r="B2357" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi Cilt 2 (Ansiklopedik) (Ciltli)</t>
+          <t>1923'ten Günümüze Türk Dış Politikası ve Diplomasisi</t>
         </is>
       </c>
       <c r="C2357" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2358" spans="1:3">
       <c r="A2358" s="1" t="inlineStr">
         <is>
-          <t>9789751018366</t>
+          <t>9789751044020</t>
         </is>
       </c>
       <c r="B2358" s="1" t="inlineStr">
         <is>
-          <t>Summer Holiday Stage 1</t>
+          <t>İtalyanca Cep Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C2358" s="1">
-        <v>150</v>
+        <v>715</v>
       </c>
     </row>
     <row r="2359" spans="1:3">
       <c r="A2359" s="1" t="inlineStr">
         <is>
-          <t>9789751027832</t>
+          <t>9789751034557</t>
         </is>
       </c>
       <c r="B2359" s="1" t="inlineStr">
         <is>
-          <t>Sultanların Aşkı</t>
+          <t>Memleket Yazıları 4: Mutfak Zevkinin Son Günleri</t>
         </is>
       </c>
       <c r="C2359" s="1">
-        <v>440</v>
+        <v>890</v>
       </c>
     </row>
     <row r="2360" spans="1:3">
       <c r="A2360" s="1" t="inlineStr">
         <is>
-          <t>9789751030825</t>
+          <t>9789751034533</t>
         </is>
       </c>
       <c r="B2360" s="1" t="inlineStr">
         <is>
-          <t>Son Truvalılar</t>
+          <t>Memleket Yazıları 3: Edebiyatı Öldüren Rejim</t>
         </is>
       </c>
       <c r="C2360" s="1">
-        <v>545</v>
+        <v>800</v>
       </c>
     </row>
     <row r="2361" spans="1:3">
       <c r="A2361" s="1" t="inlineStr">
         <is>
-          <t>9789751033376</t>
+          <t>9789751034052</t>
         </is>
       </c>
       <c r="B2361" s="1" t="inlineStr">
         <is>
-          <t>PenCeren (Ciltli)</t>
+          <t>İnstanbul</t>
         </is>
       </c>
       <c r="C2361" s="1">
-        <v>138</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2362" spans="1:3">
       <c r="A2362" s="1" t="inlineStr">
         <is>
-          <t>9789751023445</t>
+          <t>9789751034090</t>
         </is>
       </c>
       <c r="B2362" s="1" t="inlineStr">
         <is>
-          <t>Tarih içindeki Genel Gelişimiyle Birlikte Osmanlı Devleti’nde Rüşvet</t>
+          <t>Amerikan Dış Politikası</t>
         </is>
       </c>
       <c r="C2362" s="1">
-        <v>400</v>
+        <v>740</v>
       </c>
     </row>
     <row r="2363" spans="1:3">
       <c r="A2363" s="1" t="inlineStr">
         <is>
-          <t>9789751004888</t>
+          <t>9789751032058</t>
         </is>
       </c>
       <c r="B2363" s="1" t="inlineStr">
         <is>
-          <t>Yağlıboya İle Resim Yapmayı Öğreniyorum</t>
+          <t>İmparatorluklar Tarihi</t>
         </is>
       </c>
       <c r="C2363" s="1">
-        <v>180</v>
+        <v>820</v>
       </c>
     </row>
     <row r="2364" spans="1:3">
       <c r="A2364" s="1" t="inlineStr">
         <is>
-          <t>9789751027238</t>
+          <t>9789751021373</t>
         </is>
       </c>
       <c r="B2364" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Bahçem</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C2364" s="1">
-        <v>520</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2365" spans="1:3">
       <c r="A2365" s="1" t="inlineStr">
         <is>
-          <t>9789751003539</t>
+          <t>9789751016416</t>
         </is>
       </c>
       <c r="B2365" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Babam</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C2365" s="1">
-        <v>200</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2366" spans="1:3">
       <c r="A2366" s="1" t="inlineStr">
         <is>
-          <t>9789751008459</t>
+          <t>9789751027870</t>
         </is>
       </c>
       <c r="B2366" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Öyküleri</t>
+          <t>Zeytinyağı</t>
         </is>
       </c>
       <c r="C2366" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2367" spans="1:3">
       <c r="A2367" s="1" t="inlineStr">
         <is>
-          <t>9789751006288</t>
+          <t>9789751022608</t>
         </is>
       </c>
       <c r="B2367" s="1" t="inlineStr">
         <is>
-          <t>Sevgi İçin Doğmak</t>
+          <t>Türk Edebiyatı Tarihi Cilt 2 (Ansiklopedik) (Ciltli)</t>
         </is>
       </c>
       <c r="C2367" s="1">
-        <v>320</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2368" spans="1:3">
       <c r="A2368" s="1" t="inlineStr">
         <is>
-          <t>9789751003416</t>
+          <t>9789751018366</t>
         </is>
       </c>
       <c r="B2368" s="1" t="inlineStr">
         <is>
-          <t>Sevgi</t>
+          <t>Summer Holiday Stage 1</t>
         </is>
       </c>
       <c r="C2368" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2369" spans="1:3">
       <c r="A2369" s="1" t="inlineStr">
         <is>
-          <t>9789751029850</t>
+          <t>9789751027832</t>
         </is>
       </c>
       <c r="B2369" s="1" t="inlineStr">
         <is>
-          <t>Bütün Tiyatro Eserleri</t>
+          <t>Sultanların Aşkı</t>
         </is>
       </c>
       <c r="C2369" s="1">
-        <v>215</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2370" spans="1:3">
       <c r="A2370" s="1" t="inlineStr">
         <is>
-          <t>9789751044105</t>
+          <t>9789751030825</t>
         </is>
       </c>
       <c r="B2370" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>Son Truvalılar</t>
         </is>
       </c>
       <c r="C2370" s="1">
-        <v>110</v>
+        <v>650</v>
       </c>
     </row>
     <row r="2371" spans="1:3">
       <c r="A2371" s="1" t="inlineStr">
         <is>
-          <t>9789751044112</t>
+          <t>9789751033376</t>
         </is>
       </c>
       <c r="B2371" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>PenCeren (Ciltli)</t>
         </is>
       </c>
       <c r="C2371" s="1">
-        <v>110</v>
+        <v>138</v>
       </c>
     </row>
     <row r="2372" spans="1:3">
       <c r="A2372" s="1" t="inlineStr">
         <is>
-          <t>9789751031198</t>
+          <t>9789751023445</t>
         </is>
       </c>
       <c r="B2372" s="1" t="inlineStr">
         <is>
-          <t>İki Cisimli Kadın</t>
+          <t>Tarih içindeki Genel Gelişimiyle Birlikte Osmanlı Devleti’nde Rüşvet</t>
         </is>
       </c>
       <c r="C2372" s="1">
-        <v>375</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2373" spans="1:3">
       <c r="A2373" s="1" t="inlineStr">
         <is>
-          <t>9789751027719</t>
+          <t>9789751004888</t>
         </is>
       </c>
       <c r="B2373" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kısa Tarihi</t>
+          <t>Yağlıboya İle Resim Yapmayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C2373" s="1">
-        <v>465</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2374" spans="1:3">
       <c r="A2374" s="1" t="inlineStr">
         <is>
-          <t>9789751001658</t>
+          <t>9789751027238</t>
         </is>
       </c>
       <c r="B2374" s="1" t="inlineStr">
         <is>
-          <t>Kişilik: Tümüyle İnsan Olabilme Sanatı</t>
+          <t>Sevgili Bahçem</t>
         </is>
       </c>
       <c r="C2374" s="1">
-        <v>255</v>
+        <v>625</v>
       </c>
     </row>
     <row r="2375" spans="1:3">
       <c r="A2375" s="1" t="inlineStr">
         <is>
-          <t>9789751048813</t>
+          <t>9789751003539</t>
         </is>
       </c>
       <c r="B2375" s="1" t="inlineStr">
         <is>
-          <t>Dişi Örümcek</t>
+          <t>Sevgili Babam</t>
         </is>
       </c>
       <c r="C2375" s="1">
-        <v>510</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2376" spans="1:3">
       <c r="A2376" s="1" t="inlineStr">
         <is>
-          <t>9789751029102</t>
+          <t>9789751008459</t>
         </is>
       </c>
       <c r="B2376" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehri Seviyorum</t>
+          <t>Sevgi Öyküleri</t>
         </is>
       </c>
       <c r="C2376" s="1">
-        <v>465</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2377" spans="1:3">
       <c r="A2377" s="1" t="inlineStr">
         <is>
-          <t>9789751006394</t>
+          <t>9789751006288</t>
         </is>
       </c>
       <c r="B2377" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın ve Yedi Öfkeli Adam</t>
+          <t>Sevgi İçin Doğmak</t>
         </is>
       </c>
       <c r="C2377" s="1">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2378" spans="1:3">
       <c r="A2378" s="1" t="inlineStr">
         <is>
-          <t>9789751030566</t>
+          <t>9789751003416</t>
         </is>
       </c>
       <c r="B2378" s="1" t="inlineStr">
         <is>
-          <t>Bir İçim Su</t>
+          <t>Sevgi</t>
         </is>
       </c>
       <c r="C2378" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2379" spans="1:3">
       <c r="A2379" s="1" t="inlineStr">
         <is>
-          <t>9789751030528</t>
+          <t>9789751029850</t>
         </is>
       </c>
       <c r="B2379" s="1" t="inlineStr">
         <is>
-          <t>2x2=5 Finans Sektöründe Satışçı Değil Danışman Olmalı</t>
+          <t>Bütün Tiyatro Eserleri</t>
         </is>
       </c>
       <c r="C2379" s="1">
-        <v>45</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2380" spans="1:3">
       <c r="A2380" s="1" t="inlineStr">
         <is>
-          <t>9789751019424</t>
+          <t>9789751044105</t>
         </is>
       </c>
       <c r="B2380" s="1" t="inlineStr">
         <is>
-          <t>Gezikolik</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C2380" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2381" spans="1:3">
       <c r="A2381" s="1" t="inlineStr">
         <is>
-          <t>9789751029409</t>
+          <t>9789751044112</t>
         </is>
       </c>
       <c r="B2381" s="1" t="inlineStr">
         <is>
-          <t>Nilgün</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C2381" s="1">
-        <v>1100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2382" spans="1:3">
       <c r="A2382" s="1" t="inlineStr">
         <is>
-          <t>9789751022257</t>
+          <t>9789751031198</t>
         </is>
       </c>
       <c r="B2382" s="1" t="inlineStr">
         <is>
-          <t>Nedim Divanı</t>
+          <t>İki Cisimli Kadın</t>
         </is>
       </c>
       <c r="C2382" s="1">
-        <v>625</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2383" spans="1:3">
       <c r="A2383" s="1" t="inlineStr">
         <is>
-          <t>9789751018434</t>
+          <t>9789751027719</t>
         </is>
       </c>
       <c r="B2383" s="1" t="inlineStr">
         <is>
-          <t>Çorbalar &amp; Pilavlar &amp; Salatalar (Ciltli)</t>
+          <t>Felsefenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C2383" s="1">
-        <v>455</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2384" spans="1:3">
       <c r="A2384" s="1" t="inlineStr">
         <is>
-          <t>9789751031877</t>
+          <t>9789751001658</t>
         </is>
       </c>
       <c r="B2384" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İklim Atlası</t>
+          <t>Kişilik: Tümüyle İnsan Olabilme Sanatı</t>
         </is>
       </c>
       <c r="C2384" s="1">
-        <v>640</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2385" spans="1:3">
       <c r="A2385" s="1" t="inlineStr">
         <is>
-          <t>9789751022059</t>
+          <t>9789751048813</t>
         </is>
       </c>
       <c r="B2385" s="1" t="inlineStr">
         <is>
-          <t>Takı Yapımı ve Tasarımı</t>
+          <t>Dişi Örümcek</t>
         </is>
       </c>
       <c r="C2385" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="2386" spans="1:3">
       <c r="A2386" s="1" t="inlineStr">
         <is>
-          <t>9789751020833</t>
+          <t>9789751029102</t>
         </is>
       </c>
       <c r="B2386" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dinleri</t>
+          <t>Bu Şehri Seviyorum</t>
         </is>
       </c>
       <c r="C2386" s="1">
-        <v>330</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2387" spans="1:3">
       <c r="A2387" s="1" t="inlineStr">
         <is>
-          <t>9789751031860</t>
+          <t>9789751006394</t>
         </is>
       </c>
       <c r="B2387" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Takvim</t>
+          <t>Bir Kadın ve Yedi Öfkeli Adam</t>
         </is>
       </c>
       <c r="C2387" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2388" spans="1:3">
       <c r="A2388" s="1" t="inlineStr">
         <is>
-          <t>9789751031082</t>
+          <t>9789751030566</t>
         </is>
       </c>
       <c r="B2388" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Komşularından Neden Korkuyor?</t>
+          <t>Bir İçim Su</t>
         </is>
       </c>
       <c r="C2388" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2389" spans="1:3">
       <c r="A2389" s="1" t="inlineStr">
         <is>
-          <t>9789751032409</t>
+          <t>9789751030528</t>
         </is>
       </c>
       <c r="B2389" s="1" t="inlineStr">
         <is>
-          <t>Michael Freeman’ın Fotoğraf Okulu 1 - Kompozisyon</t>
+          <t>2x2=5 Finans Sektöründe Satışçı Değil Danışman Olmalı</t>
         </is>
       </c>
       <c r="C2389" s="1">
-        <v>890</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2390" spans="1:3">
       <c r="A2390" s="1" t="inlineStr">
         <is>
-          <t>9789751024688</t>
+          <t>9789751019424</t>
         </is>
       </c>
       <c r="B2390" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Adab ve Erkanı</t>
+          <t>Gezikolik</t>
         </is>
       </c>
       <c r="C2390" s="1">
-        <v>385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2391" spans="1:3">
       <c r="A2391" s="1" t="inlineStr">
         <is>
-          <t>9789751016454</t>
+          <t>9789751029409</t>
         </is>
       </c>
       <c r="B2391" s="1" t="inlineStr">
         <is>
-          <t>Küçük Erkekler</t>
+          <t>Nilgün</t>
         </is>
       </c>
       <c r="C2391" s="1">
-        <v>110</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="2392" spans="1:3">
       <c r="A2392" s="1" t="inlineStr">
         <is>
-          <t>9789751015051</t>
+          <t>9789751022257</t>
         </is>
       </c>
       <c r="B2392" s="1" t="inlineStr">
         <is>
-          <t>Jokes From Nasreddin Hodja Stage 3 İlköğretim Okulları 7. Sınıf İngilizce Ders Programına Uygun Okuma Kitabı Serisi 1. Kitap</t>
+          <t>Nedim Divanı</t>
         </is>
       </c>
       <c r="C2392" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2393" spans="1:3">
       <c r="A2393" s="1" t="inlineStr">
         <is>
-          <t>9789751023902</t>
+          <t>9789751018434</t>
         </is>
       </c>
       <c r="B2393" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Besteciler</t>
+          <t>Çorbalar &amp; Pilavlar &amp; Salatalar (Ciltli)</t>
         </is>
       </c>
       <c r="C2393" s="1">
-        <v>465</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2394" spans="1:3">
       <c r="A2394" s="1" t="inlineStr">
         <is>
-          <t>9789751030603</t>
+          <t>9789751031877</t>
         </is>
       </c>
       <c r="B2394" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Türkiye İklim Atlası</t>
         </is>
       </c>
       <c r="C2394" s="1">
-        <v>160</v>
+        <v>770</v>
       </c>
     </row>
     <row r="2395" spans="1:3">
       <c r="A2395" s="1" t="inlineStr">
         <is>
-          <t>9789751031327</t>
+          <t>9789751022059</t>
         </is>
       </c>
       <c r="B2395" s="1" t="inlineStr">
         <is>
-          <t>Poliritmik Solfej 1</t>
+          <t>Takı Yapımı ve Tasarımı</t>
         </is>
       </c>
       <c r="C2395" s="1">
-        <v>640</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2396" spans="1:3">
       <c r="A2396" s="1" t="inlineStr">
         <is>
-          <t>9789751017536</t>
+          <t>9789751020833</t>
         </is>
       </c>
       <c r="B2396" s="1" t="inlineStr">
         <is>
-          <t>Pam’s Dream Pal Stories 5</t>
+          <t>Dünya Dinleri</t>
         </is>
       </c>
       <c r="C2396" s="1">
-        <v>45</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2397" spans="1:3">
       <c r="A2397" s="1" t="inlineStr">
         <is>
-          <t>9789751020642</t>
+          <t>9789751031860</t>
         </is>
       </c>
       <c r="B2397" s="1" t="inlineStr">
         <is>
-          <t>Mahçupluk İmtihanı</t>
+          <t>Duygusal Takvim</t>
         </is>
       </c>
       <c r="C2397" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2398" spans="1:3">
       <c r="A2398" s="1" t="inlineStr">
         <is>
-          <t>9789751047328</t>
+          <t>9789751031082</t>
         </is>
       </c>
       <c r="B2398" s="1" t="inlineStr">
         <is>
-          <t>Akşam Güneşi</t>
+          <t>Avrupa Komşularından Neden Korkuyor?</t>
         </is>
       </c>
       <c r="C2398" s="1">
-        <v>595</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2399" spans="1:3">
       <c r="A2399" s="1" t="inlineStr">
         <is>
-          <t>9789751018380</t>
+          <t>9789751032409</t>
         </is>
       </c>
       <c r="B2399" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island</t>
+          <t>Michael Freeman’ın Fotoğraf Okulu 1 - Kompozisyon</t>
         </is>
       </c>
       <c r="C2399" s="1">
-        <v>200</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="2400" spans="1:3">
       <c r="A2400" s="1" t="inlineStr">
         <is>
-          <t>9789751013583</t>
+          <t>9789751024688</t>
         </is>
       </c>
       <c r="B2400" s="1" t="inlineStr">
         <is>
-          <t>Ruslar İçin Türkçe Konuşma Kılavuzu</t>
+          <t>Mevlevi Adab ve Erkanı</t>
         </is>
       </c>
       <c r="C2400" s="1">
-        <v>255</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2401" spans="1:3">
       <c r="A2401" s="1" t="inlineStr">
         <is>
-          <t>9789751007858</t>
+          <t>9789751016454</t>
         </is>
       </c>
       <c r="B2401" s="1" t="inlineStr">
         <is>
-          <t>Ruhsar Hanım (Oy!... Aman!... Off!... Çıldırmalardayım!...)</t>
+          <t>Küçük Erkekler</t>
         </is>
       </c>
       <c r="C2401" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2402" spans="1:3">
       <c r="A2402" s="1" t="inlineStr">
         <is>
-          <t>9789751021328</t>
+          <t>9789751015051</t>
         </is>
       </c>
       <c r="B2402" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens ve Diğer Öyküler</t>
+          <t>Jokes From Nasreddin Hodja Stage 3 İlköğretim Okulları 7. Sınıf İngilizce Ders Programına Uygun Okuma Kitabı Serisi 1. Kitap</t>
         </is>
       </c>
       <c r="C2402" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2403" spans="1:3">
       <c r="A2403" s="1" t="inlineStr">
         <is>
-          <t>9789751017550</t>
+          <t>9789751023902</t>
         </is>
       </c>
       <c r="B2403" s="1" t="inlineStr">
         <is>
-          <t>Toby The Brave Dog Pal Stories 4</t>
+          <t>İz Bırakan Besteciler</t>
         </is>
       </c>
       <c r="C2403" s="1">
-        <v>55</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2404" spans="1:3">
       <c r="A2404" s="1" t="inlineStr">
         <is>
-          <t>9789751029867</t>
+          <t>9789751030603</t>
         </is>
       </c>
       <c r="B2404" s="1" t="inlineStr">
         <is>
-          <t>Bütün Tiyatro Eserleri Soygun / Öbür Gelişte</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C2404" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2405" spans="1:3">
       <c r="A2405" s="1" t="inlineStr">
         <is>
-          <t>9789751033260</t>
+          <t>9789751031327</t>
         </is>
       </c>
       <c r="B2405" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Avrupa’daki Geleceği</t>
+          <t>Poliritmik Solfej 1</t>
         </is>
       </c>
       <c r="C2405" s="1">
-        <v>400</v>
+        <v>770</v>
       </c>
     </row>
     <row r="2406" spans="1:3">
       <c r="A2406" s="1" t="inlineStr">
         <is>
-          <t>9789751033864</t>
+          <t>9789751017536</t>
         </is>
       </c>
       <c r="B2406" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar Çağı</t>
+          <t>Pam’s Dream Pal Stories 5</t>
         </is>
       </c>
       <c r="C2406" s="1">
-        <v>385</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2407" spans="1:3">
       <c r="A2407" s="1" t="inlineStr">
         <is>
-          <t>9789751027726</t>
+          <t>9789751020642</t>
         </is>
       </c>
       <c r="B2407" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğreniminde Başarının Tekniği</t>
+          <t>Mahçupluk İmtihanı</t>
         </is>
       </c>
       <c r="C2407" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2408" spans="1:3">
       <c r="A2408" s="1" t="inlineStr">
         <is>
-          <t>9789751034007</t>
+          <t>9789751047328</t>
         </is>
       </c>
       <c r="B2408" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kim Yönetiyor?</t>
+          <t>Akşam Güneşi</t>
         </is>
       </c>
       <c r="C2408" s="1">
-        <v>480</v>
+        <v>595</v>
       </c>
     </row>
     <row r="2409" spans="1:3">
       <c r="A2409" s="1" t="inlineStr">
         <is>
-          <t>9789751044228</t>
+          <t>9789751018380</t>
         </is>
       </c>
       <c r="B2409" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Taç</t>
+          <t>Treasure Island</t>
         </is>
       </c>
       <c r="C2409" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2410" spans="1:3">
       <c r="A2410" s="1" t="inlineStr">
         <is>
-          <t>9789751033963</t>
+          <t>9789751013583</t>
         </is>
       </c>
       <c r="B2410" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Menderes 2. Cilt</t>
+          <t>Ruslar İçin Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C2410" s="1">
-        <v>520</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2411" spans="1:3">
       <c r="A2411" s="1" t="inlineStr">
         <is>
-          <t>9789751013644</t>
+          <t>9789751007858</t>
         </is>
       </c>
       <c r="B2411" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Utanmaz Kitap</t>
+          <t>Ruhsar Hanım (Oy!... Aman!... Off!... Çıldırmalardayım!...)</t>
         </is>
       </c>
       <c r="C2411" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2412" spans="1:3">
       <c r="A2412" s="1" t="inlineStr">
         <is>
-          <t>9789751030009</t>
+          <t>9789751021328</t>
         </is>
       </c>
       <c r="B2412" s="1" t="inlineStr">
         <is>
-          <t>Bütün Tiyatro Eserleri Harput’ta Bir Amerikalı - Hepimiz Birimiz İçin</t>
+          <t>Mutlu Prens ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C2412" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2413" spans="1:3">
       <c r="A2413" s="1" t="inlineStr">
         <is>
-          <t>9789751033901</t>
+          <t>9789751017550</t>
         </is>
       </c>
       <c r="B2413" s="1" t="inlineStr">
         <is>
-          <t>Hep İstanbul</t>
+          <t>Toby The Brave Dog Pal Stories 4</t>
         </is>
       </c>
       <c r="C2413" s="1">
-        <v>730</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2414" spans="1:3">
       <c r="A2414" s="1" t="inlineStr">
         <is>
-          <t>9789751033918</t>
+          <t>9789751029867</t>
         </is>
       </c>
       <c r="B2414" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yıl Evvel Kırk Yıl Sonra Anadolu'da</t>
+          <t>Bütün Tiyatro Eserleri Soygun / Öbür Gelişte</t>
         </is>
       </c>
       <c r="C2414" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2415" spans="1:3">
       <c r="A2415" s="1" t="inlineStr">
         <is>
-          <t>9789751036773</t>
+          <t>9789751033260</t>
         </is>
       </c>
       <c r="B2415" s="1" t="inlineStr">
         <is>
-          <t>Ateş Kırmızısı</t>
+          <t>Türkiye’nin Avrupa’daki Geleceği</t>
         </is>
       </c>
       <c r="C2415" s="1">
-        <v>385</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2416" spans="1:3">
       <c r="A2416" s="1" t="inlineStr">
         <is>
-          <t>9789751036827</t>
+          <t>9789751033864</t>
         </is>
       </c>
       <c r="B2416" s="1" t="inlineStr">
         <is>
-          <t>Aynada Seni Gördüm</t>
+          <t>Samuraylar Çağı</t>
         </is>
       </c>
       <c r="C2416" s="1">
-        <v>350</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2417" spans="1:3">
       <c r="A2417" s="1" t="inlineStr">
         <is>
-          <t>9789751036674</t>
+          <t>9789751027726</t>
         </is>
       </c>
       <c r="B2417" s="1" t="inlineStr">
         <is>
-          <t>Köpekler</t>
+          <t>Üniversite Öğreniminde Başarının Tekniği</t>
         </is>
       </c>
       <c r="C2417" s="1">
-        <v>545</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2418" spans="1:3">
       <c r="A2418" s="1" t="inlineStr">
         <is>
-          <t>9789751036742</t>
+          <t>9789751034007</t>
         </is>
       </c>
       <c r="B2418" s="1" t="inlineStr">
         <is>
-          <t>Kediler</t>
+          <t>Dünyayı Kim Yönetiyor?</t>
         </is>
       </c>
       <c r="C2418" s="1">
-        <v>455</v>
+        <v>580</v>
       </c>
     </row>
     <row r="2419" spans="1:3">
       <c r="A2419" s="1" t="inlineStr">
         <is>
-          <t>9789751036735</t>
+          <t>9789751044228</t>
         </is>
       </c>
       <c r="B2419" s="1" t="inlineStr">
         <is>
-          <t>Kafes</t>
+          <t>Çalınan Taç</t>
         </is>
       </c>
       <c r="C2419" s="1">
-        <v>330</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2420" spans="1:3">
       <c r="A2420" s="1" t="inlineStr">
         <is>
-          <t>9789751028839</t>
+          <t>9789751033963</t>
         </is>
       </c>
       <c r="B2420" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Gizli Kurtuluş Planları - Parola Nuh</t>
+          <t>Bilinmeyen Menderes 2. Cilt</t>
         </is>
       </c>
       <c r="C2420" s="1">
-        <v>690</v>
+        <v>625</v>
       </c>
     </row>
     <row r="2421" spans="1:3">
       <c r="A2421" s="1" t="inlineStr">
         <is>
-          <t>9789751033468</t>
+          <t>9789751013644</t>
         </is>
       </c>
       <c r="B2421" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Dünya Tarihi</t>
+          <t>Hayat Bir Utanmaz Kitap</t>
         </is>
       </c>
       <c r="C2421" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2422" spans="1:3">
       <c r="A2422" s="1" t="inlineStr">
         <is>
-          <t>9789751033673</t>
+          <t>9789751030009</t>
         </is>
       </c>
       <c r="B2422" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Savaş ve Çevre Felaketi</t>
+          <t>Bütün Tiyatro Eserleri Harput’ta Bir Amerikalı - Hepimiz Birimiz İçin</t>
         </is>
       </c>
       <c r="C2422" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2423" spans="1:3">
       <c r="A2423" s="1" t="inlineStr">
         <is>
-          <t>9789751029591</t>
+          <t>9789751033901</t>
         </is>
       </c>
       <c r="B2423" s="1" t="inlineStr">
         <is>
-          <t>Sarı Paşam</t>
+          <t>Hep İstanbul</t>
         </is>
       </c>
       <c r="C2423" s="1">
-        <v>595</v>
+        <v>840</v>
       </c>
     </row>
     <row r="2424" spans="1:3">
       <c r="A2424" s="1" t="inlineStr">
         <is>
-          <t>9789751031839</t>
+          <t>9789751033918</t>
         </is>
       </c>
       <c r="B2424" s="1" t="inlineStr">
         <is>
-          <t>Rusya Tarihi</t>
+          <t>Kırk Yıl Evvel Kırk Yıl Sonra Anadolu'da</t>
         </is>
       </c>
       <c r="C2424" s="1">
-        <v>970</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2425" spans="1:3">
       <c r="A2425" s="1" t="inlineStr">
         <is>
-          <t>9789751030399</t>
+          <t>9789751036773</t>
         </is>
       </c>
       <c r="B2425" s="1" t="inlineStr">
         <is>
-          <t>Rölatif Absolut Kulak Eğitimi 1 - ve Günlük Teknik Çalışmalar</t>
+          <t>Ateş Kırmızısı</t>
         </is>
       </c>
       <c r="C2425" s="1">
-        <v>520</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2426" spans="1:3">
       <c r="A2426" s="1" t="inlineStr">
         <is>
-          <t>9789751016317</t>
+          <t>9789751036827</t>
         </is>
       </c>
       <c r="B2426" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe Stage 2</t>
+          <t>Aynada Seni Gördüm</t>
         </is>
       </c>
       <c r="C2426" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2427" spans="1:3">
       <c r="A2427" s="1" t="inlineStr">
         <is>
-          <t>9789751031969</t>
+          <t>9789751036674</t>
         </is>
       </c>
       <c r="B2427" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Teberdariye Fi Ahval-i Darüssaade Derviş Abdullah</t>
+          <t>Köpekler</t>
         </is>
       </c>
       <c r="C2427" s="1">
-        <v>230</v>
+        <v>655</v>
       </c>
     </row>
     <row r="2428" spans="1:3">
       <c r="A2428" s="1" t="inlineStr">
         <is>
-          <t>9789751018939</t>
+          <t>9789751036742</t>
         </is>
       </c>
       <c r="B2428" s="1" t="inlineStr">
         <is>
-          <t>Resim Bilgisi</t>
+          <t>Kediler</t>
         </is>
       </c>
       <c r="C2428" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2429" spans="1:3">
       <c r="A2429" s="1" t="inlineStr">
         <is>
-          <t>9789751001573</t>
+          <t>9789751036735</t>
         </is>
       </c>
       <c r="B2429" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Metodla İspanyolca</t>
+          <t>Kafes</t>
         </is>
       </c>
       <c r="C2429" s="1">
-        <v>1125</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2430" spans="1:3">
       <c r="A2430" s="1" t="inlineStr">
         <is>
-          <t>9789751031228</t>
+          <t>9789751028839</t>
         </is>
       </c>
       <c r="B2430" s="1" t="inlineStr">
         <is>
-          <t>Yerini Seven Fidan</t>
+          <t>Atatürk’ün Gizli Kurtuluş Planları - Parola Nuh</t>
         </is>
       </c>
       <c r="C2430" s="1">
-        <v>375</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2431" spans="1:3">
       <c r="A2431" s="1" t="inlineStr">
         <is>
-          <t>9789751018472</t>
+          <t>9789751033468</t>
         </is>
       </c>
       <c r="B2431" s="1" t="inlineStr">
         <is>
-          <t>Dünya Edebiyatından Öyküler 2</t>
+          <t>Eğlenceli Dünya Tarihi</t>
         </is>
       </c>
       <c r="C2431" s="1">
-        <v>375</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2432" spans="1:3">
       <c r="A2432" s="1" t="inlineStr">
         <is>
-          <t>9789751018465</t>
+          <t>9789751033673</t>
         </is>
       </c>
       <c r="B2432" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yüzyıl İçin Gençlere Dünya Edebiyatından Öyküler 1. Cilt</t>
+          <t>Nükleer Savaş ve Çevre Felaketi</t>
         </is>
       </c>
       <c r="C2432" s="1">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2433" spans="1:3">
       <c r="A2433" s="1" t="inlineStr">
         <is>
-          <t>9789751003065</t>
+          <t>9789751029591</t>
         </is>
       </c>
       <c r="B2433" s="1" t="inlineStr">
         <is>
-          <t>Yeni Beşli Majör</t>
+          <t>Sarı Paşam</t>
         </is>
       </c>
       <c r="C2433" s="1">
-        <v>415</v>
+        <v>700</v>
       </c>
     </row>
     <row r="2434" spans="1:3">
       <c r="A2434" s="1" t="inlineStr">
         <is>
-          <t>9789751018663</t>
+          <t>9789751031839</t>
         </is>
       </c>
       <c r="B2434" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Temel İngilizce</t>
+          <t>Rusya Tarihi</t>
         </is>
       </c>
       <c r="C2434" s="1">
-        <v>375</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="2435" spans="1:3">
       <c r="A2435" s="1" t="inlineStr">
         <is>
-          <t>9789751019745</t>
+          <t>9789751030399</t>
         </is>
       </c>
       <c r="B2435" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Resimli İngilizce Dilbilgisi</t>
+          <t>Rölatif Absolut Kulak Eğitimi 1 - ve Günlük Teknik Çalışmalar</t>
         </is>
       </c>
       <c r="C2435" s="1">
-        <v>425</v>
+        <v>625</v>
       </c>
     </row>
     <row r="2436" spans="1:3">
       <c r="A2436" s="1" t="inlineStr">
         <is>
-          <t>9789751030535</t>
+          <t>9789751016317</t>
         </is>
       </c>
       <c r="B2436" s="1" t="inlineStr">
         <is>
-          <t>Venedik’te Sanatın Gölgesinde Aşk</t>
+          <t>Robinson Crusoe Stage 2</t>
         </is>
       </c>
       <c r="C2436" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2437" spans="1:3">
       <c r="A2437" s="1" t="inlineStr">
         <is>
-          <t>9789751016522</t>
+          <t>9789751031969</t>
         </is>
       </c>
       <c r="B2437" s="1" t="inlineStr">
         <is>
-          <t>Var mısın Benimle Uçmaya</t>
+          <t>Risale-i Teberdariye Fi Ahval-i Darüssaade Derviş Abdullah</t>
         </is>
       </c>
       <c r="C2437" s="1">
-        <v>595</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2438" spans="1:3">
       <c r="A2438" s="1" t="inlineStr">
         <is>
-          <t>9789751019561</t>
+          <t>9789751018939</t>
         </is>
       </c>
       <c r="B2438" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Resim Bilgisi</t>
         </is>
       </c>
       <c r="C2438" s="1">
-        <v>110</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2439" spans="1:3">
       <c r="A2439" s="1" t="inlineStr">
         <is>
-          <t>9789751024725</t>
+          <t>9789751003065</t>
         </is>
       </c>
       <c r="B2439" s="1" t="inlineStr">
         <is>
-          <t>Üç Nesil Üç Hayat Gençler İçin Türk Klasikleri</t>
+          <t>Yeni Beşli Majör</t>
         </is>
       </c>
       <c r="C2439" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2440" spans="1:3">
       <c r="A2440" s="1" t="inlineStr">
         <is>
-          <t>9789751025432</t>
+          <t>9789751030450</t>
         </is>
       </c>
       <c r="B2440" s="1" t="inlineStr">
         <is>
-          <t>Uzmanlarından Takı Yapım Teknikleri 2</t>
+          <t>Unutulmaması Gereken Lezzet Sırları</t>
         </is>
       </c>
       <c r="C2440" s="1">
-        <v>415</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="2441" spans="1:3">
       <c r="A2441" s="1" t="inlineStr">
         <is>
-          <t>9789751030450</t>
+          <t>9789751049483</t>
         </is>
       </c>
       <c r="B2441" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaması Gereken Lezzet Sırları</t>
+          <t>Unutulanlar Dışında Yeni Bir Şey Yok</t>
         </is>
       </c>
       <c r="C2441" s="1">
-        <v>1085</v>
+        <v>630</v>
       </c>
     </row>
     <row r="2442" spans="1:3">
       <c r="A2442" s="1" t="inlineStr">
         <is>
-          <t>9789751022547</t>
+          <t>9789751021175</t>
         </is>
       </c>
       <c r="B2442" s="1" t="inlineStr">
         <is>
-          <t>Unutulanlar Dışında Yeni Bir Şey Yok</t>
+          <t>The Old Wit Nasreddin Hodja</t>
         </is>
       </c>
       <c r="C2442" s="1">
-        <v>575</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2443" spans="1:3">
       <c r="A2443" s="1" t="inlineStr">
         <is>
-          <t>9789751011947</t>
+          <t>9789751008756</t>
         </is>
       </c>
       <c r="B2443" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Mezhepler ve Tarikatler</t>
+          <t>Şinasi</t>
         </is>
       </c>
       <c r="C2443" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2444" spans="1:3">
       <c r="A2444" s="1" t="inlineStr">
         <is>
-          <t>9789751006400</t>
+          <t>9789751016324</t>
         </is>
       </c>
       <c r="B2444" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Stage 4 The Currycomb</t>
         </is>
       </c>
       <c r="C2444" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2445" spans="1:3">
       <c r="A2445" s="1" t="inlineStr">
         <is>
-          <t>9789751022202</t>
+          <t>9789751002822</t>
         </is>
       </c>
       <c r="B2445" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Şiiri Antolojisi</t>
+          <t>Sözlü/Yazılı Kompozisyon Konuşmak ve Yazmak Sanatı</t>
         </is>
       </c>
       <c r="C2445" s="1">
-        <v>400</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2446" spans="1:3">
       <c r="A2446" s="1" t="inlineStr">
         <is>
-          <t>9789751029003</t>
+          <t>9789751010858</t>
         </is>
       </c>
       <c r="B2446" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hikaye ve Roman 3</t>
+          <t>Pratik Gül Bahçesi</t>
         </is>
       </c>
       <c r="C2446" s="1">
-        <v>545</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2447" spans="1:3">
       <c r="A2447" s="1" t="inlineStr">
         <is>
-          <t>9789751028099</t>
+          <t>9789751027016</t>
         </is>
       </c>
       <c r="B2447" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hikaye ve Roman 2</t>
+          <t>Pilavlar, Makarnalar ve Hamur İşleri Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C2447" s="1">
-        <v>440</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2448" spans="1:3">
       <c r="A2448" s="1" t="inlineStr">
         <is>
-          <t>9789751030726</t>
+          <t>9789751001795</t>
         </is>
       </c>
       <c r="B2448" s="1" t="inlineStr">
         <is>
-          <t>Tüplü Dalış (Ciltli)</t>
+          <t>Ortaokullar İçin Yazmak ve Konuşmak Sanatı Kompozisyon</t>
         </is>
       </c>
       <c r="C2448" s="1">
-        <v>400</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2449" spans="1:3">
       <c r="A2449" s="1" t="inlineStr">
         <is>
-          <t>9789751015419</t>
+          <t>9789751018533</t>
         </is>
       </c>
       <c r="B2449" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Minta</t>
         </is>
       </c>
       <c r="C2449" s="1">
-        <v>85</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2450" spans="1:3">
       <c r="A2450" s="1" t="inlineStr">
         <is>
-          <t>9789751023063</t>
+          <t>9789751014139</t>
         </is>
       </c>
       <c r="B2450" s="1" t="inlineStr">
         <is>
-          <t>Thesaurus Dictionary Of Synonyms İngilizce Eş Anlamlı Kelimeler Sözlüğü</t>
+          <t>Mevlana Celaleddin Mektuplar</t>
         </is>
       </c>
       <c r="C2450" s="1">
-        <v>650</v>
+        <v>640</v>
       </c>
     </row>
     <row r="2451" spans="1:3">
       <c r="A2451" s="1" t="inlineStr">
         <is>
-          <t>9789751015075</t>
+          <t>9789751031679</t>
         </is>
       </c>
       <c r="B2451" s="1" t="inlineStr">
         <is>
-          <t>The Postman Stage 2</t>
+          <t>Küçük İtalyanca - Türkçe /  Türkçe - İtalyanca Sözlük, Piccolo Dizionario Italiano - Turco Turco - Italiano</t>
         </is>
       </c>
       <c r="C2451" s="1">
-        <v>150</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="2452" spans="1:3">
       <c r="A2452" s="1" t="inlineStr">
         <is>
-          <t>9789751021175</t>
+          <t>9789751032546</t>
         </is>
       </c>
       <c r="B2452" s="1" t="inlineStr">
         <is>
-          <t>The Old Wit Nasreddin Hodja</t>
+          <t>Kutadgu Bilig’den Seçmeler</t>
         </is>
       </c>
       <c r="C2452" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2453" spans="1:3">
       <c r="A2453" s="1" t="inlineStr">
         <is>
-          <t>9789751020963</t>
+          <t>9789751026415</t>
         </is>
       </c>
       <c r="B2453" s="1" t="inlineStr">
         <is>
-          <t>The King, The Mice and The Cheese</t>
+          <t>Kuşaklar Boyunca Ekrem Muhittin Yeğen - Yemek Öğretimi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C2453" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2454" spans="1:3">
       <c r="A2454" s="1" t="inlineStr">
         <is>
-          <t>9789751015082</t>
+          <t>9789751030764</t>
         </is>
       </c>
       <c r="B2454" s="1" t="inlineStr">
         <is>
-          <t>The Ghost Stage 3</t>
+          <t>Kuru Boya Tekniklerine Dair Her Şey</t>
         </is>
       </c>
       <c r="C2454" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2455" spans="1:3">
       <c r="A2455" s="1" t="inlineStr">
         <is>
-          <t>9789751016294</t>
+          <t>9789751010094</t>
         </is>
       </c>
       <c r="B2455" s="1" t="inlineStr">
         <is>
-          <t>The Dumb Waiter Stage 3</t>
+          <t>Kolesterolle Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C2455" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2456" spans="1:3">
       <c r="A2456" s="1" t="inlineStr">
         <is>
-          <t>9789751008749</t>
+          <t>9789751030702</t>
         </is>
       </c>
       <c r="B2456" s="1" t="inlineStr">
         <is>
-          <t>Temel Piyano Eğitimi</t>
+          <t>Klarnet Tekniği</t>
         </is>
       </c>
       <c r="C2456" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2457" spans="1:3">
       <c r="A2457" s="1" t="inlineStr">
         <is>
-          <t>9789751018410</t>
+          <t>9789751025012</t>
         </is>
       </c>
       <c r="B2457" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Bezeme Sanatı ve Örnekleri</t>
+          <t>English On Hand</t>
         </is>
       </c>
       <c r="C2457" s="1">
-        <v>400</v>
+        <v>640</v>
       </c>
     </row>
     <row r="2458" spans="1:3">
       <c r="A2458" s="1" t="inlineStr">
         <is>
-          <t>9789751005274</t>
+          <t>9789751030641</t>
         </is>
       </c>
       <c r="B2458" s="1" t="inlineStr">
         <is>
-          <t>Tarih Açısından Türk Devriminin Temelleri ve Gelişimi</t>
+          <t>Bütün tiyatro Eserleri Emekli / Dostlar</t>
         </is>
       </c>
       <c r="C2458" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2459" spans="1:3">
       <c r="A2459" s="1" t="inlineStr">
         <is>
-          <t>9789751030627</t>
+          <t>9789751031648</t>
         </is>
       </c>
       <c r="B2459" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’ya Şikayet</t>
+          <t>Ekmek Elden Su Gölden</t>
         </is>
       </c>
       <c r="C2459" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2460" spans="1:3">
       <c r="A2460" s="1" t="inlineStr">
         <is>
-          <t>9789751030894</t>
+          <t>9789751016850</t>
         </is>
       </c>
       <c r="B2460" s="1" t="inlineStr">
         <is>
-          <t>Tanıdıklarım</t>
+          <t>Eğlenceli İngilizce Fun With English</t>
         </is>
       </c>
       <c r="C2460" s="1">
-        <v>310</v>
+        <v>580</v>
       </c>
     </row>
     <row r="2461" spans="1:3">
       <c r="A2461" s="1" t="inlineStr">
         <is>
-          <t>9789751030016</t>
+          <t>9789751030665</t>
         </is>
       </c>
       <c r="B2461" s="1" t="inlineStr">
         <is>
-          <t>Bütün T,yatro Eserleri Tablodaki Adam / Üzüntüyü Bırak / Ayna</t>
+          <t>Dünya Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C2461" s="1">
-        <v>215</v>
+        <v>910</v>
       </c>
     </row>
     <row r="2462" spans="1:3">
       <c r="A2462" s="1" t="inlineStr">
         <is>
-          <t>9789751026330</t>
+          <t>9789751030658</t>
         </is>
       </c>
       <c r="B2462" s="1" t="inlineStr">
         <is>
-          <t>Şöhretistan Hayatımdan Sayfalar</t>
+          <t>Dünya Tarihi 1. Cilt</t>
         </is>
       </c>
       <c r="C2462" s="1">
-        <v>585</v>
+        <v>830</v>
       </c>
     </row>
     <row r="2463" spans="1:3">
       <c r="A2463" s="1" t="inlineStr">
         <is>
-          <t>9789751000477</t>
+          <t>9789751030405</t>
         </is>
       </c>
       <c r="B2463" s="1" t="inlineStr">
         <is>
-          <t>Şlem - Ustalaşmak İsteyenler İçin</t>
+          <t>Dört Yapraklı Yonca</t>
         </is>
       </c>
       <c r="C2463" s="1">
-        <v>125</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2464" spans="1:3">
       <c r="A2464" s="1" t="inlineStr">
         <is>
-          <t>9789751098832</t>
+          <t>9789751014986</t>
         </is>
       </c>
       <c r="B2464" s="1" t="inlineStr">
         <is>
-          <t>Şlem Bütün Briççiler İçin Birinci Kitap</t>
+          <t>Doors to English 3</t>
         </is>
       </c>
       <c r="C2464" s="1">
-        <v>110</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2465" spans="1:3">
       <c r="A2465" s="1" t="inlineStr">
         <is>
-          <t>9789751008756</t>
+          <t>9789751018397</t>
         </is>
       </c>
       <c r="B2465" s="1" t="inlineStr">
         <is>
-          <t>Şinasi</t>
+          <t>Don Quixote’s Adventures Stage 2</t>
         </is>
       </c>
       <c r="C2465" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2466" spans="1:3">
       <c r="A2466" s="1" t="inlineStr">
         <is>
-          <t>9789751026293</t>
+          <t>9789751032225</t>
         </is>
       </c>
       <c r="B2466" s="1" t="inlineStr">
         <is>
-          <t>Şarap ile Doğayı Yudumlamak (Ciltli)</t>
+          <t>Doğalım Güzelim</t>
         </is>
       </c>
       <c r="C2466" s="1">
-        <v>385</v>
+        <v>615</v>
       </c>
     </row>
     <row r="2467" spans="1:3">
       <c r="A2467" s="1" t="inlineStr">
         <is>
-          <t>9789751047595</t>
+          <t>9789751020482</t>
         </is>
       </c>
       <c r="B2467" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Dildeki, Gönüldeki, Teldeki Güfteler</t>
         </is>
       </c>
       <c r="C2467" s="1">
-        <v>330</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2468" spans="1:3">
       <c r="A2468" s="1" t="inlineStr">
         <is>
-          <t>9789751026798</t>
+          <t>9789751024671</t>
         </is>
       </c>
       <c r="B2468" s="1" t="inlineStr">
         <is>
-          <t>Standart İspanyolca - Türkçe  Türkçe - İspanyolca Sözlük (Ciltli)</t>
+          <t>Dijital Fotoğrafçılık</t>
         </is>
       </c>
       <c r="C2468" s="1">
-        <v>945</v>
+        <v>715</v>
       </c>
     </row>
     <row r="2469" spans="1:3">
       <c r="A2469" s="1" t="inlineStr">
         <is>
-          <t>9789751016324</t>
+          <t>9789751026804</t>
         </is>
       </c>
       <c r="B2469" s="1" t="inlineStr">
         <is>
-          <t>Stage 4 The Currycomb</t>
+          <t>Devlet Çete Olmasın Dediğinizde</t>
         </is>
       </c>
       <c r="C2469" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2470" spans="1:3">
       <c r="A2470" s="1" t="inlineStr">
         <is>
-          <t>9789751002822</t>
+          <t>9789751017789</t>
         </is>
       </c>
       <c r="B2470" s="1" t="inlineStr">
         <is>
-          <t>Sözlü/Yazılı Kompozisyon Konuşmak ve Yazmak Sanatı</t>
+          <t>Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C2470" s="1">
-        <v>490</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2471" spans="1:3">
       <c r="A2471" s="1" t="inlineStr">
         <is>
-          <t>9789751017208</t>
+          <t>9789751017727</t>
         </is>
       </c>
       <c r="B2471" s="1" t="inlineStr">
         <is>
-          <t>Small English Dictionary English - Turkish Turkish - English</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C2471" s="1">
-        <v>285</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2472" spans="1:3">
       <c r="A2472" s="1" t="inlineStr">
         <is>
-          <t>9789751010858</t>
+          <t>9789751012388</t>
         </is>
       </c>
       <c r="B2472" s="1" t="inlineStr">
         <is>
-          <t>Pratik Gül Bahçesi</t>
+          <t>Deja Vu Sendromu Ve Anılarıma Yolculuk</t>
         </is>
       </c>
       <c r="C2472" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2473" spans="1:3">
       <c r="A2473" s="1" t="inlineStr">
         <is>
-          <t>9789751032324</t>
+          <t>9789751017710</t>
         </is>
       </c>
       <c r="B2473" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C2473" s="1">
-        <v>255</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2474" spans="1:3">
       <c r="A2474" s="1" t="inlineStr">
         <is>
-          <t>9789751029270</t>
+          <t>9789751012029</t>
         </is>
       </c>
       <c r="B2474" s="1" t="inlineStr">
         <is>
-          <t>Portekizce Cep Sözlük</t>
+          <t>Danimarka Dili Konuşma Kılavuzu (Sözlüklü)</t>
         </is>
       </c>
       <c r="C2474" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2475" spans="1:3">
       <c r="A2475" s="1" t="inlineStr">
         <is>
-          <t>9789751016430</t>
+          <t>9789751020048</t>
         </is>
       </c>
       <c r="B2475" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Dadı Günlükleri</t>
         </is>
       </c>
       <c r="C2475" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2476" spans="1:3">
       <c r="A2476" s="1" t="inlineStr">
         <is>
-          <t>9789751027016</t>
+          <t>9789751031150</t>
         </is>
       </c>
       <c r="B2476" s="1" t="inlineStr">
         <is>
-          <t>Pilavlar, Makarnalar ve Hamur İşleri Cilt: 4 (Ciltli)</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C2476" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2477" spans="1:3">
       <c r="A2477" s="1" t="inlineStr">
         <is>
-          <t>9789751016461</t>
+          <t>9789751041555</t>
         </is>
       </c>
       <c r="B2477" s="1" t="inlineStr">
         <is>
-          <t>Paul ve Virginie</t>
+          <t>Çıplak Kadın</t>
         </is>
       </c>
       <c r="C2477" s="1">
-        <v>95</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2478" spans="1:3">
       <c r="A2478" s="1" t="inlineStr">
         <is>
-          <t>9789751017680</t>
+          <t>9789751025678</t>
         </is>
       </c>
       <c r="B2478" s="1" t="inlineStr">
         <is>
-          <t>Pastalar ve Kurabiyeler (Ciltli)</t>
+          <t>Çanakkale Rüzgarı Boreas</t>
         </is>
       </c>
       <c r="C2478" s="1">
-        <v>455</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2479" spans="1:3">
       <c r="A2479" s="1" t="inlineStr">
         <is>
-          <t>9789751024183</t>
+          <t>9789751015303</t>
         </is>
       </c>
       <c r="B2479" s="1" t="inlineStr">
         <is>
-          <t>Pasta Yapımı Foodie Emel Başdoğan</t>
+          <t>Sinirli Vatandaş</t>
         </is>
       </c>
       <c r="C2479" s="1">
-        <v>915</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2480" spans="1:3">
       <c r="A2480" s="1" t="inlineStr">
         <is>
-          <t>9789751016980</t>
+          <t>9789751024947</t>
         </is>
       </c>
       <c r="B2480" s="1" t="inlineStr">
         <is>
-          <t>Pargalı İbrahim Paşa Kanuni'nin Düşü, Hürrem'in Kabusu</t>
+          <t>Türk Sineması’nın Ustalarından Sinema Dersleri</t>
         </is>
       </c>
       <c r="C2480" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2481" spans="1:3">
       <c r="A2481" s="1" t="inlineStr">
         <is>
-          <t>9789751019639</t>
+          <t>9789751025258</t>
         </is>
       </c>
       <c r="B2481" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Edebiyat Bilgileri 2</t>
+          <t>Silikon Hayatlar</t>
         </is>
       </c>
       <c r="C2481" s="1">
-        <v>490</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2482" spans="1:3">
       <c r="A2482" s="1" t="inlineStr">
         <is>
-          <t>9789751001795</t>
+          <t>9789751032355</t>
         </is>
       </c>
       <c r="B2482" s="1" t="inlineStr">
         <is>
-          <t>Ortaokullar İçin Yazmak ve Konuşmak Sanatı Kompozisyon</t>
+          <t>Sihirli Üçgen</t>
         </is>
       </c>
       <c r="C2482" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2483" spans="1:3">
       <c r="A2483" s="1" t="inlineStr">
         <is>
-          <t>9789751032485</t>
+          <t>9789751004901</t>
         </is>
       </c>
       <c r="B2483" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Tarihi</t>
+          <t>Sınırsız Güç</t>
         </is>
       </c>
       <c r="C2483" s="1">
-        <v>905</v>
+        <v>540</v>
       </c>
     </row>
     <row r="2484" spans="1:3">
       <c r="A2484" s="1" t="inlineStr">
         <is>
-          <t>9789751007582</t>
+          <t>9789751017598</t>
         </is>
       </c>
       <c r="B2484" s="1" t="inlineStr">
         <is>
-          <t>Org Metodu 2</t>
+          <t>Sevişmenin Rengi</t>
         </is>
       </c>
       <c r="C2484" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2485" spans="1:3">
       <c r="A2485" s="1" t="inlineStr">
         <is>
-          <t>9789751016492</t>
+          <t>9789751005113</t>
         </is>
       </c>
       <c r="B2485" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C2485" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2486" spans="1:3">
       <c r="A2486" s="1" t="inlineStr">
         <is>
-          <t>9789751018922</t>
+          <t>9789751022332</t>
         </is>
       </c>
       <c r="B2486" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Resim İlköğretim Orta Öğretim Okulları İçin</t>
+          <t>Seni Tılsımlar Korur</t>
         </is>
       </c>
       <c r="C2486" s="1">
-        <v>295</v>
+        <v>690</v>
       </c>
     </row>
     <row r="2487" spans="1:3">
       <c r="A2487" s="1" t="inlineStr">
         <is>
-          <t>9789751028167</t>
+          <t>9789751019431</t>
         </is>
       </c>
       <c r="B2487" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Piyano Eğitimi</t>
+          <t>Seksen Günde Dünya Gezisi</t>
         </is>
       </c>
       <c r="C2487" s="1">
-        <v>330</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2488" spans="1:3">
       <c r="A2488" s="1" t="inlineStr">
         <is>
-          <t>9789751028785</t>
+          <t>9789751016478</t>
         </is>
       </c>
       <c r="B2488" s="1" t="inlineStr">
         <is>
-          <t>Nutuk’un Deşifresi</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C2488" s="1">
-        <v>650</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2489" spans="1:3">
       <c r="A2489" s="1" t="inlineStr">
         <is>
-          <t>9789751028051</t>
+          <t>9789751016164</t>
         </is>
       </c>
       <c r="B2489" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Söylev)</t>
+          <t>Kiraze</t>
         </is>
       </c>
       <c r="C2489" s="1">
-        <v>350</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2490" spans="1:3">
       <c r="A2490" s="1" t="inlineStr">
         <is>
-          <t>9789751021021</t>
+          <t>9789751032591</t>
         </is>
       </c>
       <c r="B2490" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame’ın Kamburu</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C2490" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2491" spans="1:3">
       <c r="A2491" s="1" t="inlineStr">
         <is>
-          <t>9789751010872</t>
+          <t>9789751031518</t>
         </is>
       </c>
       <c r="B2491" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Keçe</t>
         </is>
       </c>
       <c r="C2491" s="1">
-        <v>330</v>
+        <v>880</v>
       </c>
     </row>
     <row r="2492" spans="1:3">
       <c r="A2492" s="1" t="inlineStr">
         <is>
-          <t>9789751029232</t>
+          <t>9789751013743</t>
         </is>
       </c>
       <c r="B2492" s="1" t="inlineStr">
         <is>
-          <t>Musalla Taşındaki Türkiye</t>
+          <t>Kaya Is At The Zoo Stage 2</t>
         </is>
       </c>
       <c r="C2492" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2493" spans="1:3">
       <c r="A2493" s="1" t="inlineStr">
         <is>
-          <t>9789751027771</t>
+          <t>9789751013712</t>
         </is>
       </c>
       <c r="B2493" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Kuşuna Ağıt</t>
+          <t>Kaya Is At The School Stage 1</t>
         </is>
       </c>
       <c r="C2493" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2494" spans="1:3">
       <c r="A2494" s="1" t="inlineStr">
         <is>
-          <t>9789751002594</t>
+          <t>9789751013736</t>
         </is>
       </c>
       <c r="B2494" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Edebiyatının Ana Çizgileri</t>
+          <t>Kaya Is At The Picnic Place Stage 2</t>
         </is>
       </c>
       <c r="C2494" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2495" spans="1:3">
       <c r="A2495" s="1" t="inlineStr">
         <is>
-          <t>9789751018533</t>
+          <t>9789751031556</t>
         </is>
       </c>
       <c r="B2495" s="1" t="inlineStr">
         <is>
-          <t>Minta</t>
+          <t>Karlı Dağdaki Ateş</t>
         </is>
       </c>
       <c r="C2495" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2496" spans="1:3">
       <c r="A2496" s="1" t="inlineStr">
         <is>
-          <t>9789751032393</t>
+          <t>9789751024046</t>
         </is>
       </c>
       <c r="B2496" s="1" t="inlineStr">
         <is>
-          <t>Michael Freeman’ın Fotoğraf Okulu 4 - Dijital Kurgu</t>
+          <t>Kara Tohum Barış Sonsuz Bir Rüyadır</t>
         </is>
       </c>
       <c r="C2496" s="1">
-        <v>890</v>
+        <v>470</v>
       </c>
     </row>
     <row r="2497" spans="1:3">
       <c r="A2497" s="1" t="inlineStr">
         <is>
-          <t>9789751014139</t>
+          <t>9789751027962</t>
         </is>
       </c>
       <c r="B2497" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Mektuplar</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C2497" s="1">
-        <v>530</v>
+        <v>705</v>
       </c>
     </row>
     <row r="2498" spans="1:3">
       <c r="A2498" s="1" t="inlineStr">
         <is>
-          <t>9789751014115</t>
+          <t>9789751014184</t>
         </is>
       </c>
       <c r="B2498" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin (Hayatı, Eserleri, Felsefesi)</t>
+          <t>Kanarya Bakımı</t>
         </is>
       </c>
       <c r="C2498" s="1">
-        <v>465</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2499" spans="1:3">
       <c r="A2499" s="1" t="inlineStr">
         <is>
-          <t>9789751032539</t>
+          <t>9789751027467</t>
         </is>
       </c>
       <c r="B2499" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Kan Davası</t>
         </is>
       </c>
       <c r="C2499" s="1">
-        <v>135</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2500" spans="1:3">
       <c r="A2500" s="1" t="inlineStr">
         <is>
-          <t>9789751020611</t>
+          <t>9789751026590</t>
         </is>
       </c>
       <c r="B2500" s="1" t="inlineStr">
         <is>
-          <t>Memlekete Mektup</t>
+          <t>Bütün Tiyatro Eserleri Küçük Şehir / Kadıköy İskelesi</t>
         </is>
       </c>
       <c r="C2500" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2501" spans="1:3">
       <c r="A2501" s="1" t="inlineStr">
         <is>
-          <t>9789751015402</t>
+          <t>9789751026248</t>
         </is>
       </c>
       <c r="B2501" s="1" t="inlineStr">
         <is>
-          <t>Memleket Hikayeleri</t>
+          <t>İtalyanca - Türkçe / Türkçe - İtalyanca Standart Sözlük (Orta) (Ciltli)</t>
         </is>
       </c>
       <c r="C2501" s="1">
-        <v>135</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="2502" spans="1:3">
       <c r="A2502" s="1" t="inlineStr">
         <is>
-          <t>9789751017222</t>
+          <t>9789751032645</t>
         </is>
       </c>
       <c r="B2502" s="1" t="inlineStr">
         <is>
-          <t>Medium English Dictionary English - Turkish Turkish - English (Ciltli)</t>
+          <t>İşlenen ve Saklanan Besinler Rehberi</t>
         </is>
       </c>
       <c r="C2502" s="1">
-        <v>180</v>
+        <v>690</v>
       </c>
     </row>
     <row r="2503" spans="1:3">
       <c r="A2503" s="1" t="inlineStr">
         <is>
-          <t>9789751019196</t>
+          <t>9789751005120</t>
         </is>
       </c>
       <c r="B2503" s="1" t="inlineStr">
         <is>
-          <t>Matrak Sultan</t>
+          <t>İspanyolca Fiil Çekimleri</t>
         </is>
       </c>
       <c r="C2503" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2504" spans="1:3">
       <c r="A2504" s="1" t="inlineStr">
         <is>
-          <t>9789751030863</t>
+          <t>9789751026552</t>
         </is>
       </c>
       <c r="B2504" s="1" t="inlineStr">
         <is>
-          <t>Makyajlı Kadın</t>
+          <t>İspanyolca Cep Sözlük İspanyolca - Türkçe / Türkçe - İspanyolca</t>
         </is>
       </c>
       <c r="C2504" s="1">
-        <v>310</v>
+        <v>640</v>
       </c>
     </row>
     <row r="2505" spans="1:3">
       <c r="A2505" s="1" t="inlineStr">
         <is>
-          <t>9789751030689</t>
+          <t>9789751025883</t>
         </is>
       </c>
       <c r="B2505" s="1" t="inlineStr">
         <is>
-          <t>Macar (Ciltli)</t>
+          <t>İspanyolca - Türkçe  Türkçe - İspanyolca  Büyük Sözlük</t>
         </is>
       </c>
       <c r="C2505" s="1">
-        <v>690</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="2506" spans="1:3">
       <c r="A2506" s="1" t="inlineStr">
         <is>
-          <t>9789751029904</t>
+          <t>9789751031907</t>
         </is>
       </c>
       <c r="B2506" s="1" t="inlineStr">
         <is>
-          <t>Macar</t>
+          <t>İran Tarihi</t>
         </is>
       </c>
       <c r="C2506" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2507" spans="1:3">
       <c r="A2507" s="1" t="inlineStr">
         <is>
-          <t>9789751031310</t>
+          <t>9789751000156</t>
         </is>
       </c>
       <c r="B2507" s="1" t="inlineStr">
         <is>
-          <t>Lobicilik ve Baskı Grupları: Devlet, Sivil Toplum ve Demokrasi</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C2507" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2508" spans="1:3">
       <c r="A2508" s="1" t="inlineStr">
         <is>
-          <t>9789751031778</t>
+          <t>9789751009470</t>
         </is>
       </c>
       <c r="B2508" s="1" t="inlineStr">
         <is>
-          <t>Lezzet Takvimi 1 - Yemek Vakti - Et Yemekleri (Ciltli)</t>
+          <t>İngilizce’de Yapılan Kelime ve Gramer Hataları Common Mistakes in Using English Words and Grammar</t>
         </is>
       </c>
       <c r="C2508" s="1">
-        <v>385</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2509" spans="1:3">
       <c r="A2509" s="1" t="inlineStr">
         <is>
-          <t>9789751004147</t>
+          <t>9789751027481</t>
         </is>
       </c>
       <c r="B2509" s="1" t="inlineStr">
         <is>
-          <t>Langenscheid Standard English Dictionary English-Turkish Turkish-English (Ciltli)</t>
+          <t>İngilizce - Türkçe İşletme ve Yat Kullanım Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C2509" s="1">
-        <v>970</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2510" spans="1:3">
       <c r="A2510" s="1" t="inlineStr">
         <is>
-          <t>9789751028853</t>
+          <t>9789751027634</t>
         </is>
       </c>
       <c r="B2510" s="1" t="inlineStr">
         <is>
-          <t>Küresel Krizi Yaratanlar</t>
+          <t>İlköğretim Yazarlar ve Şairler Sözlüğü</t>
         </is>
       </c>
       <c r="C2510" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2511" spans="1:3">
       <c r="A2511" s="1" t="inlineStr">
         <is>
-          <t>9789751031884</t>
+          <t>9789751020659</t>
         </is>
       </c>
       <c r="B2511" s="1" t="inlineStr">
         <is>
-          <t>Küçük Paşa</t>
+          <t>İlk Düşen Ak</t>
         </is>
       </c>
       <c r="C2511" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2512" spans="1:3">
       <c r="A2512" s="1" t="inlineStr">
         <is>
-          <t>9789751000927</t>
+          <t>9789751031204</t>
         </is>
       </c>
       <c r="B2512" s="1" t="inlineStr">
         <is>
-          <t>Küçük Osmanlıca - Türkçe Sözlük</t>
+          <t>İlk Adım</t>
         </is>
       </c>
       <c r="C2512" s="1">
-        <v>660</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2513" spans="1:3">
       <c r="A2513" s="1" t="inlineStr">
         <is>
-          <t>9789751017741</t>
+          <t>9789751024206</t>
         </is>
       </c>
       <c r="B2513" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lord</t>
+          <t>İkinci Dünya Savaşı’nın Ateşinde Bir Yahudi Ailesi Bölüm 2</t>
         </is>
       </c>
       <c r="C2513" s="1">
-        <v>110</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2514" spans="1:3">
       <c r="A2514" s="1" t="inlineStr">
         <is>
-          <t>9789751031679</t>
+          <t>9789751022318</t>
         </is>
       </c>
       <c r="B2514" s="1" t="inlineStr">
         <is>
-          <t>Küçük İtalyanca - Türkçe /  Türkçe - İtalyanca Sözlük, Piccolo Dizionario Italiano - Turco Turco - Italiano</t>
+          <t>International Yunanca Cep Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C2514" s="1">
-        <v>1125</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2515" spans="1:3">
       <c r="A2515" s="1" t="inlineStr">
         <is>
-          <t>9789751032546</t>
+          <t>9789751025395</t>
         </is>
       </c>
       <c r="B2515" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’den Seçmeler</t>
+          <t>International Büyük İspanyolca Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C2515" s="1">
-        <v>135</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="2516" spans="1:3">
       <c r="A2516" s="1" t="inlineStr">
         <is>
-          <t>9789751026415</t>
+          <t>9789751029614</t>
         </is>
       </c>
       <c r="B2516" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklar Boyunca Ekrem Muhittin Yeğen - Yemek Öğretimi 1 (Ciltli)</t>
+          <t>Hürrem Sultan</t>
         </is>
       </c>
       <c r="C2516" s="1">
-        <v>440</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2517" spans="1:3">
       <c r="A2517" s="1" t="inlineStr">
         <is>
-          <t>9789751030764</t>
+          <t>9789751030573</t>
         </is>
       </c>
       <c r="B2517" s="1" t="inlineStr">
         <is>
-          <t>Kuru Boya Tekniklerine Dair Her Şey</t>
+          <t>Hoca</t>
         </is>
       </c>
       <c r="C2517" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2518" spans="1:3">
       <c r="A2518" s="1" t="inlineStr">
         <is>
-          <t>9789751010094</t>
+          <t>9789751032997</t>
         </is>
       </c>
       <c r="B2518" s="1" t="inlineStr">
         <is>
-          <t>Kolesterolle Nasıl Yaşanır?</t>
+          <t>Hitler Almanyası (1933-1945)</t>
         </is>
       </c>
       <c r="C2518" s="1">
-        <v>190</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2519" spans="1:3">
       <c r="A2519" s="1" t="inlineStr">
         <is>
-          <t>9789751030702</t>
+          <t>9789751005830</t>
         </is>
       </c>
       <c r="B2519" s="1" t="inlineStr">
         <is>
-          <t>Klarnet Tekniği</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C2519" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2520" spans="1:3">
       <c r="A2520" s="1" t="inlineStr">
         <is>
-          <t>9789751025012</t>
+          <t>9789751005359</t>
         </is>
       </c>
       <c r="B2520" s="1" t="inlineStr">
         <is>
-          <t>English On Hand</t>
+          <t>Herkese Özgürlük Anne, Ama Bana da...</t>
         </is>
       </c>
       <c r="C2520" s="1">
-        <v>530</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2521" spans="1:3">
       <c r="A2521" s="1" t="inlineStr">
         <is>
-          <t>9789751030641</t>
+          <t>9789751002136</t>
         </is>
       </c>
       <c r="B2521" s="1" t="inlineStr">
         <is>
-          <t>Bütün tiyatro Eserleri Emekli / Dostlar</t>
+          <t>Herkes İçin Yapısal Yolla İtalyanca</t>
         </is>
       </c>
       <c r="C2521" s="1">
-        <v>190</v>
+        <v>51</v>
       </c>
     </row>
     <row r="2522" spans="1:3">
       <c r="A2522" s="1" t="inlineStr">
         <is>
-          <t>9789751031648</t>
+          <t>9789751030245</t>
         </is>
       </c>
       <c r="B2522" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Elden Su Gölden</t>
+          <t>Hep O Türküler</t>
         </is>
       </c>
       <c r="C2522" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2523" spans="1:3">
       <c r="A2523" s="1" t="inlineStr">
         <is>
-          <t>9789751016850</t>
+          <t>9789751024374</t>
         </is>
       </c>
       <c r="B2523" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli İngilizce Fun With English</t>
+          <t>Heidegger Bir Filozof, Bir Alman</t>
         </is>
       </c>
       <c r="C2523" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2524" spans="1:3">
       <c r="A2524" s="1" t="inlineStr">
         <is>
-          <t>9789751030665</t>
+          <t>9789751007438</t>
         </is>
       </c>
       <c r="B2524" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 2. Cilt</t>
+          <t>Hayyam ve Rubaileri (Renkli Tablolarla)</t>
         </is>
       </c>
       <c r="C2524" s="1">
-        <v>755</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2525" spans="1:3">
       <c r="A2525" s="1" t="inlineStr">
         <is>
-          <t>9789751030658</t>
+          <t>9789751004956</t>
         </is>
       </c>
       <c r="B2525" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi 1. Cilt</t>
+          <t>Hayatı Denedim</t>
         </is>
       </c>
       <c r="C2525" s="1">
-        <v>690</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2526" spans="1:3">
       <c r="A2526" s="1" t="inlineStr">
         <is>
-          <t>9789751030405</t>
+          <t>9789751033550</t>
         </is>
       </c>
       <c r="B2526" s="1" t="inlineStr">
         <is>
-          <t>Dört Yapraklı Yonca</t>
+          <t>Hayat Rehberiniz Mesnevi</t>
         </is>
       </c>
       <c r="C2526" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2527" spans="1:3">
       <c r="A2527" s="1" t="inlineStr">
         <is>
-          <t>9789751014986</t>
+          <t>9789751031891</t>
         </is>
       </c>
       <c r="B2527" s="1" t="inlineStr">
         <is>
-          <t>Doors to English 3</t>
+          <t>Haremden Sürgüne</t>
         </is>
       </c>
       <c r="C2527" s="1">
-        <v>385</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2528" spans="1:3">
       <c r="A2528" s="1" t="inlineStr">
         <is>
-          <t>9789751018397</t>
+          <t>9789751025685</t>
         </is>
       </c>
       <c r="B2528" s="1" t="inlineStr">
         <is>
-          <t>Don Quixote’s Adventures Stage 2</t>
+          <t>Güzel, Etkili Konuşma ve Yazma Sanatı</t>
         </is>
       </c>
       <c r="C2528" s="1">
-        <v>180</v>
+        <v>715</v>
       </c>
     </row>
     <row r="2529" spans="1:3">
       <c r="A2529" s="1" t="inlineStr">
         <is>
-          <t>9789751032225</t>
+          <t>9789751029775</t>
         </is>
       </c>
       <c r="B2529" s="1" t="inlineStr">
         <is>
-          <t>Doğalım Güzelim</t>
+          <t>Gümüş Yol</t>
         </is>
       </c>
       <c r="C2529" s="1">
-        <v>510</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2530" spans="1:3">
       <c r="A2530" s="1" t="inlineStr">
         <is>
-          <t>9789751020482</t>
+          <t>9789751032522</t>
         </is>
       </c>
       <c r="B2530" s="1" t="inlineStr">
         <is>
-          <t>Dildeki, Gönüldeki, Teldeki Güfteler</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C2530" s="1">
-        <v>510</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2531" spans="1:3">
       <c r="A2531" s="1" t="inlineStr">
         <is>
-          <t>9789751024671</t>
+          <t>9789751015457</t>
         </is>
       </c>
       <c r="B2531" s="1" t="inlineStr">
         <is>
-          <t>Dijital Fotoğrafçılık</t>
+          <t>Görüntü Estetiği</t>
         </is>
       </c>
       <c r="C2531" s="1">
-        <v>595</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2532" spans="1:3">
       <c r="A2532" s="1" t="inlineStr">
         <is>
-          <t>9789751026804</t>
+          <t>9789751017901</t>
         </is>
       </c>
       <c r="B2532" s="1" t="inlineStr">
         <is>
-          <t>Devlet Çete Olmasın Dediğinizde</t>
+          <t>Goril Avcıları</t>
         </is>
       </c>
       <c r="C2532" s="1">
-        <v>330</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2533" spans="1:3">
       <c r="A2533" s="1" t="inlineStr">
         <is>
-          <t>9789751017789</t>
+          <t>9789751020673</t>
         </is>
       </c>
       <c r="B2533" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000 Fersah</t>
+          <t>Gizli Mabet</t>
         </is>
       </c>
       <c r="C2533" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2534" spans="1:3">
       <c r="A2534" s="1" t="inlineStr">
         <is>
-          <t>9789751017727</t>
+          <t>9789751019479</t>
         </is>
       </c>
       <c r="B2534" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C2534" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2535" spans="1:3">
       <c r="A2535" s="1" t="inlineStr">
         <is>
-          <t>9789751012388</t>
+          <t>9789751030580</t>
         </is>
       </c>
       <c r="B2535" s="1" t="inlineStr">
         <is>
-          <t>Deja Vu Sendromu Ve Anılarıma Yolculuk</t>
+          <t>Gece Limanı</t>
         </is>
       </c>
       <c r="C2535" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2536" spans="1:3">
       <c r="A2536" s="1" t="inlineStr">
         <is>
-          <t>9789751017710</t>
+          <t>9789751021496</t>
         </is>
       </c>
       <c r="B2536" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Fikir ve Sanat Eserleri Kanunu</t>
         </is>
       </c>
       <c r="C2536" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2537" spans="1:3">
       <c r="A2537" s="1" t="inlineStr">
         <is>
-          <t>9789751012029</t>
+          <t>9789751017796</t>
         </is>
       </c>
       <c r="B2537" s="1" t="inlineStr">
         <is>
-          <t>Danimarka Dili Konuşma Kılavuzu (Sözlüklü)</t>
+          <t>Falaka ve Gecelerim</t>
         </is>
       </c>
       <c r="C2537" s="1">
-        <v>310</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2538" spans="1:3">
       <c r="A2538" s="1" t="inlineStr">
         <is>
-          <t>9789751020048</t>
+          <t>9789751017802</t>
         </is>
       </c>
       <c r="B2538" s="1" t="inlineStr">
         <is>
-          <t>Dadı Günlükleri</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C2538" s="1">
-        <v>255</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2539" spans="1:3">
       <c r="A2539" s="1" t="inlineStr">
         <is>
-          <t>9789751031150</t>
+          <t>9789751022400</t>
         </is>
       </c>
       <c r="B2539" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Ey Vatan</t>
         </is>
       </c>
       <c r="C2539" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2540" spans="1:3">
       <c r="A2540" s="1" t="inlineStr">
         <is>
-          <t>9789751041555</t>
+          <t>9789751026989</t>
         </is>
       </c>
       <c r="B2540" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Kadın</t>
+          <t>Eti Ülkesinde Gözyaşı</t>
         </is>
       </c>
       <c r="C2540" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2541" spans="1:3">
       <c r="A2541" s="1" t="inlineStr">
         <is>
-          <t>9789751025678</t>
+          <t>9789751032805</t>
         </is>
       </c>
       <c r="B2541" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Rüzgarı Boreas</t>
+          <t>Erken Modern Dönem Yahudi Tarihi</t>
         </is>
       </c>
       <c r="C2541" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2542" spans="1:3">
       <c r="A2542" s="1" t="inlineStr">
         <is>
-          <t>9789751015303</t>
+          <t>9789751047236</t>
         </is>
       </c>
       <c r="B2542" s="1" t="inlineStr">
         <is>
-          <t>Sinirli Vatandaş</t>
+          <t>Çalıkuşu</t>
         </is>
       </c>
       <c r="C2542" s="1">
-        <v>285</v>
+        <v>730</v>
       </c>
     </row>
     <row r="2543" spans="1:3">
       <c r="A2543" s="1" t="inlineStr">
         <is>
-          <t>9789751024947</t>
+          <t>9789751030542</t>
         </is>
       </c>
       <c r="B2543" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması’nın Ustalarından Sinema Dersleri</t>
+          <t>Cumhuriyet Tarihi Yalanları 1</t>
         </is>
       </c>
       <c r="C2543" s="1">
-        <v>310</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2544" spans="1:3">
       <c r="A2544" s="1" t="inlineStr">
         <is>
-          <t>9789751025258</t>
+          <t>9789751032553</t>
         </is>
       </c>
       <c r="B2544" s="1" t="inlineStr">
         <is>
-          <t>Silikon Hayatlar</t>
+          <t>Cinsellik Rehberiniz</t>
         </is>
       </c>
       <c r="C2544" s="1">
-        <v>385</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2545" spans="1:3">
       <c r="A2545" s="1" t="inlineStr">
         <is>
-          <t>9789751032355</t>
+          <t>9789751020321</t>
         </is>
       </c>
       <c r="B2545" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Üçgen</t>
+          <t>Cennetimden Bakarken</t>
         </is>
       </c>
       <c r="C2545" s="1">
-        <v>245</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2546" spans="1:3">
       <c r="A2546" s="1" t="inlineStr">
         <is>
-          <t>9789751004901</t>
+          <t>9789751029911</t>
         </is>
       </c>
       <c r="B2546" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Güç</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C2546" s="1">
-        <v>465</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2547" spans="1:3">
       <c r="A2547" s="1" t="inlineStr">
         <is>
-          <t>9789751017598</t>
+          <t>9789751023957</t>
         </is>
       </c>
       <c r="B2547" s="1" t="inlineStr">
         <is>
-          <t>Sevişmenin Rengi</t>
+          <t>Büyük İtalyanca Türkçe Öğretici Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C2547" s="1">
-        <v>285</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="2548" spans="1:3">
       <c r="A2548" s="1" t="inlineStr">
         <is>
-          <t>9789751005113</t>
+          <t>9789751021731</t>
         </is>
       </c>
       <c r="B2548" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Büyük İtalyanca-Türkçe Büyük Öğretici Sözlük Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C2548" s="1">
-        <v>125</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="2549" spans="1:3">
       <c r="A2549" s="1" t="inlineStr">
         <is>
-          <t>9789751022332</t>
+          <t>9789751024497</t>
         </is>
       </c>
       <c r="B2549" s="1" t="inlineStr">
         <is>
-          <t>Seni Tılsımlar Korur</t>
+          <t>Bütün Tiyatro Eserleri: Buzlar Çözülmeden / Hacı Kaptan</t>
         </is>
       </c>
       <c r="C2549" s="1">
-        <v>575</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2550" spans="1:3">
       <c r="A2550" s="1" t="inlineStr">
         <is>
-          <t>9789751019431</t>
+          <t>9789751030559</t>
         </is>
       </c>
       <c r="B2550" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Gezisi</t>
+          <t>Bütün Tiyatro Eserleri / Hacıyatmaz - Ölen Hangisi</t>
         </is>
       </c>
       <c r="C2550" s="1">
-        <v>95</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2551" spans="1:3">
       <c r="A2551" s="1" t="inlineStr">
         <is>
-          <t>9789751016478</t>
+          <t>9789751019684</t>
         </is>
       </c>
       <c r="B2551" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C2551" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2552" spans="1:3">
       <c r="A2552" s="1" t="inlineStr">
         <is>
-          <t>9789751016164</t>
+          <t>9789751011466</t>
         </is>
       </c>
       <c r="B2552" s="1" t="inlineStr">
         <is>
-          <t>Kiraze</t>
+          <t>Boğanın Yolunda</t>
         </is>
       </c>
       <c r="C2552" s="1">
-        <v>440</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2553" spans="1:3">
       <c r="A2553" s="1" t="inlineStr">
         <is>
-          <t>9789751032591</t>
+          <t>9789751028891</t>
         </is>
       </c>
       <c r="B2553" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Bitki Adları Sözlüğü (İngilizce - Türkçe / Türkçe - İngilizce)</t>
         </is>
       </c>
       <c r="C2553" s="1">
-        <v>125</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2554" spans="1:3">
       <c r="A2554" s="1" t="inlineStr">
         <is>
-          <t>9789751031518</t>
+          <t>9789751005441</t>
         </is>
       </c>
       <c r="B2554" s="1" t="inlineStr">
         <is>
-          <t>Keçe</t>
+          <t>Birbirimizi Sevebilmek İnsan İlişkileri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C2554" s="1">
-        <v>730</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2555" spans="1:3">
       <c r="A2555" s="1" t="inlineStr">
         <is>
-          <t>9789751013743</t>
+          <t>9789751022851</t>
         </is>
       </c>
       <c r="B2555" s="1" t="inlineStr">
         <is>
-          <t>Kaya Is At The Zoo Stage 2</t>
+          <t>Bir Zamanların İstanbulu</t>
         </is>
       </c>
       <c r="C2555" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2556" spans="1:3">
       <c r="A2556" s="1" t="inlineStr">
         <is>
-          <t>9789751013712</t>
+          <t>9789751033161</t>
         </is>
       </c>
       <c r="B2556" s="1" t="inlineStr">
         <is>
-          <t>Kaya Is At The School Stage 1</t>
+          <t>Bir O Yaka - Bir Bu Yaka (Ciltli)</t>
         </is>
       </c>
       <c r="C2556" s="1">
-        <v>150</v>
+        <v>830</v>
       </c>
     </row>
     <row r="2557" spans="1:3">
       <c r="A2557" s="1" t="inlineStr">
         <is>
-          <t>9789751013736</t>
+          <t>9789751030368</t>
         </is>
       </c>
       <c r="B2557" s="1" t="inlineStr">
         <is>
-          <t>Kaya Is At The Picnic Place Stage 2</t>
+          <t>Bir Avuç Saçma</t>
         </is>
       </c>
       <c r="C2557" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2558" spans="1:3">
       <c r="A2558" s="1" t="inlineStr">
         <is>
-          <t>9789751031556</t>
+          <t>9789751022820</t>
         </is>
       </c>
       <c r="B2558" s="1" t="inlineStr">
         <is>
-          <t>Karlı Dağdaki Ateş</t>
+          <t>Bilim Kuramına Giriş</t>
         </is>
       </c>
       <c r="C2558" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2559" spans="1:3">
       <c r="A2559" s="1" t="inlineStr">
         <is>
-          <t>9789751024046</t>
+          <t>9789751022004</t>
         </is>
       </c>
       <c r="B2559" s="1" t="inlineStr">
         <is>
-          <t>Kara Tohum Barış Sonsuz Bir Rüyadır</t>
+          <t>Orta Asya’dan Anadolu’ya Türk Bezeme Sanatı ve Örnekleri</t>
         </is>
       </c>
       <c r="C2559" s="1">
-        <v>425</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2560" spans="1:3">
       <c r="A2560" s="1" t="inlineStr">
         <is>
-          <t>9789751027962</t>
+          <t>9789751028266</t>
         </is>
       </c>
       <c r="B2560" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Beyoğlu’nda Balıkların Ayak Sesleri</t>
         </is>
       </c>
       <c r="C2560" s="1">
-        <v>585</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2561" spans="1:3">
       <c r="A2561" s="1" t="inlineStr">
         <is>
-          <t>9789751014184</t>
+          <t>9789751044129</t>
         </is>
       </c>
       <c r="B2561" s="1" t="inlineStr">
         <is>
-          <t>Kanarya Bakımı</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C2561" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2562" spans="1:3">
       <c r="A2562" s="1" t="inlineStr">
         <is>
-          <t>9789751027467</t>
+          <t>9789751008701</t>
         </is>
       </c>
       <c r="B2562" s="1" t="inlineStr">
         <is>
-          <t>Kan Davası</t>
+          <t>Bebek ve Çocuk Sağlığı El Kitabı</t>
         </is>
       </c>
       <c r="C2562" s="1">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2563" spans="1:3">
       <c r="A2563" s="1" t="inlineStr">
         <is>
-          <t>9789751026590</t>
+          <t>9789751022370</t>
         </is>
       </c>
       <c r="B2563" s="1" t="inlineStr">
         <is>
-          <t>Bütün Tiyatro Eserleri Küçük Şehir / Kadıköy İskelesi</t>
+          <t>Bay G</t>
         </is>
       </c>
       <c r="C2563" s="1">
-        <v>200</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2564" spans="1:3">
       <c r="A2564" s="1" t="inlineStr">
         <is>
-          <t>9789751026248</t>
+          <t>9789751004291</t>
         </is>
       </c>
       <c r="B2564" s="1" t="inlineStr">
         <is>
-          <t>İtalyanca - Türkçe / Türkçe - İtalyanca Standart Sözlük (Orta) (Ciltli)</t>
+          <t>Başkaları da Hayatı Deniyor</t>
         </is>
       </c>
       <c r="C2564" s="1">
-        <v>1320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2565" spans="1:3">
       <c r="A2565" s="1" t="inlineStr">
         <is>
-          <t>9789751032645</t>
+          <t>9789751027603</t>
         </is>
       </c>
       <c r="B2565" s="1" t="inlineStr">
         <is>
-          <t>İşlenen ve Saklanan Besinler Rehberi</t>
+          <t>Barbaros Hayreddin Geliyor</t>
         </is>
       </c>
       <c r="C2565" s="1">
-        <v>575</v>
+        <v>530</v>
       </c>
     </row>
     <row r="2566" spans="1:3">
       <c r="A2566" s="1" t="inlineStr">
         <is>
-          <t>9789751005120</t>
+          <t>9789751020345</t>
         </is>
       </c>
       <c r="B2566" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Fiil Çekimleri</t>
+          <t>Bakire Düğümü</t>
         </is>
       </c>
       <c r="C2566" s="1">
-        <v>320</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2567" spans="1:3">
       <c r="A2567" s="1" t="inlineStr">
         <is>
-          <t>9789751026552</t>
+          <t>9789751020697</t>
         </is>
       </c>
       <c r="B2567" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca Cep Sözlük İspanyolca - Türkçe / Türkçe - İspanyolca</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C2567" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2568" spans="1:3">
       <c r="A2568" s="1" t="inlineStr">
         <is>
-          <t>9789751025883</t>
+          <t>9789751031174</t>
         </is>
       </c>
       <c r="B2568" s="1" t="inlineStr">
         <is>
-          <t>İspanyolca - Türkçe  Türkçe - İspanyolca  Büyük Sözlük</t>
+          <t>Ayın On Dördü</t>
         </is>
       </c>
       <c r="C2568" s="1">
-        <v>2195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2569" spans="1:3">
       <c r="A2569" s="1" t="inlineStr">
         <is>
-          <t>9789751031907</t>
+          <t>9789751033062</t>
         </is>
       </c>
       <c r="B2569" s="1" t="inlineStr">
         <is>
-          <t>İran Tarihi</t>
+          <t>Aydede - 1948-2</t>
         </is>
       </c>
       <c r="C2569" s="1">
-        <v>415</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2570" spans="1:3">
       <c r="A2570" s="1" t="inlineStr">
         <is>
-          <t>9789751000156</t>
+          <t>9789751033055</t>
         </is>
       </c>
       <c r="B2570" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Aydede - 1922-1</t>
         </is>
       </c>
       <c r="C2570" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2571" spans="1:3">
       <c r="A2571" s="1" t="inlineStr">
         <is>
-          <t>9789751009470</t>
+          <t>9789751019554</t>
         </is>
       </c>
       <c r="B2571" s="1" t="inlineStr">
         <is>
-          <t>İngilizce’de Yapılan Kelime ve Gramer Hataları Common Mistakes in Using English Words and Grammar</t>
+          <t>Aya Seyahat</t>
         </is>
       </c>
       <c r="C2571" s="1">
-        <v>295</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2572" spans="1:3">
       <c r="A2572" s="1" t="inlineStr">
         <is>
-          <t>9789751027481</t>
+          <t>9789751030337</t>
         </is>
       </c>
       <c r="B2572" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe İşletme ve Yat Kullanım Terimleri Sözlüğü</t>
+          <t>Ay Peşinde</t>
         </is>
       </c>
       <c r="C2572" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2573" spans="1:3">
       <c r="A2573" s="1" t="inlineStr">
         <is>
-          <t>9789751027634</t>
+          <t>9789751020765</t>
         </is>
       </c>
       <c r="B2573" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Yazarlar ve Şairler Sözlüğü</t>
+          <t>Ay Işığında Yıkanan Vücutlar</t>
         </is>
       </c>
       <c r="C2573" s="1">
-        <v>245</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2574" spans="1:3">
       <c r="A2574" s="1" t="inlineStr">
         <is>
-          <t>9789751020659</t>
+          <t>9789751030467</t>
         </is>
       </c>
       <c r="B2574" s="1" t="inlineStr">
         <is>
-          <t>İlk Düşen Ak</t>
+          <t>Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C2574" s="1">
-        <v>125</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="2575" spans="1:3">
       <c r="A2575" s="1" t="inlineStr">
         <is>
-          <t>9789751031204</t>
+          <t>9789751033048</t>
         </is>
       </c>
       <c r="B2575" s="1" t="inlineStr">
         <is>
-          <t>İlk Adım</t>
+          <t>Aşkın ve Şiirin Ölümsüz Kadınları</t>
         </is>
       </c>
       <c r="C2575" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="2576" spans="1:3">
       <c r="A2576" s="1" t="inlineStr">
         <is>
-          <t>9789751024206</t>
+          <t>9789751023971</t>
         </is>
       </c>
       <c r="B2576" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nın Ateşinde Bir Yahudi Ailesi Bölüm 2</t>
+          <t>Aşk Çiş Gibidir Gelince Tutamazsın</t>
         </is>
       </c>
       <c r="C2576" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2577" spans="1:3">
       <c r="A2577" s="1" t="inlineStr">
         <is>
-          <t>9789751022318</t>
+          <t>9789751011176</t>
         </is>
       </c>
       <c r="B2577" s="1" t="inlineStr">
         <is>
-          <t>International Yunanca Cep Sözlük (Ciltli)</t>
+          <t>Aslında Hüzündü Hepsinin Yaşadığı</t>
         </is>
       </c>
       <c r="C2577" s="1">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2578" spans="1:3">
       <c r="A2578" s="1" t="inlineStr">
         <is>
-          <t>9789751025395</t>
+          <t>9789751005564</t>
         </is>
       </c>
       <c r="B2578" s="1" t="inlineStr">
         <is>
-          <t>International Büyük İspanyolca Türkçe Sözlük (Ciltli)</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C2578" s="1">
-        <v>1340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2579" spans="1:3">
       <c r="A2579" s="1" t="inlineStr">
         <is>
-          <t>9789751029614</t>
+          <t>9789751032614</t>
         </is>
       </c>
       <c r="B2579" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Sultan</t>
+          <t>Apple Mucizesi</t>
         </is>
       </c>
       <c r="C2579" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2580" spans="1:3">
       <c r="A2580" s="1" t="inlineStr">
         <is>
-          <t>9789751030573</t>
+          <t>9789751028808</t>
         </is>
       </c>
       <c r="B2580" s="1" t="inlineStr">
         <is>
-          <t>Hoca</t>
+          <t>Anahtar</t>
         </is>
       </c>
       <c r="C2580" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2581" spans="1:3">
       <c r="A2581" s="1" t="inlineStr">
         <is>
-          <t>9789751032997</t>
+          <t>9789751018632</t>
         </is>
       </c>
       <c r="B2581" s="1" t="inlineStr">
         <is>
-          <t>Hitler Almanyası (1933-1945)</t>
+          <t>Anadolu Notları</t>
         </is>
       </c>
       <c r="C2581" s="1">
-        <v>490</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2582" spans="1:3">
       <c r="A2582" s="1" t="inlineStr">
         <is>
-          <t>9789751005830</t>
+          <t>9789751032669</t>
         </is>
       </c>
       <c r="B2582" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Alice’in Dünyası</t>
         </is>
       </c>
       <c r="C2582" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2583" spans="1:3">
       <c r="A2583" s="1" t="inlineStr">
         <is>
-          <t>9789751005359</t>
+          <t>9789751000989</t>
         </is>
       </c>
       <c r="B2583" s="1" t="inlineStr">
         <is>
-          <t>Herkese Özgürlük Anne, Ama Bana da...</t>
+          <t>Tatlı-Pasta Öğretimi ve Soğuk Yemekler-Mezeler-Salatalar</t>
         </is>
       </c>
       <c r="C2583" s="1">
-        <v>285</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="2584" spans="1:3">
       <c r="A2584" s="1" t="inlineStr">
         <is>
-          <t>9789751002136</t>
+          <t>9789751018373</t>
         </is>
       </c>
       <c r="B2584" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapısal Yolla İtalyanca</t>
+          <t>Alaaddin’s Magic Lamp Stage 2</t>
         </is>
       </c>
       <c r="C2584" s="1">
-        <v>51</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2585" spans="1:3">
       <c r="A2585" s="1" t="inlineStr">
         <is>
-          <t>9789751030245</t>
+          <t>9789751006912</t>
         </is>
       </c>
       <c r="B2585" s="1" t="inlineStr">
         <is>
-          <t>Hep O Türküler</t>
+          <t>Akzambaklar Ülkesi Finlandiya’da</t>
         </is>
       </c>
       <c r="C2585" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2586" spans="1:3">
       <c r="A2586" s="1" t="inlineStr">
         <is>
-          <t>9789751024374</t>
+          <t>9789751032195</t>
         </is>
       </c>
       <c r="B2586" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Bir Filozof, Bir Alman</t>
+          <t>Akıllı Ol!</t>
         </is>
       </c>
       <c r="C2586" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2587" spans="1:3">
       <c r="A2587" s="1" t="inlineStr">
         <is>
-          <t>9789751007438</t>
+          <t>9789751027795</t>
         </is>
       </c>
       <c r="B2587" s="1" t="inlineStr">
         <is>
-          <t>Hayyam ve Rubaileri (Renkli Tablolarla)</t>
+          <t>Ailenizin Doktoru - Tanı ve Tedavi Rehberi</t>
         </is>
       </c>
       <c r="C2587" s="1">
-        <v>490</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="2588" spans="1:3">
       <c r="A2588" s="1" t="inlineStr">
         <is>
-          <t>9789751004956</t>
+          <t>9789751028679</t>
         </is>
       </c>
       <c r="B2588" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Denedim</t>
+          <t>Ago Paşa’nın Hatıratı</t>
         </is>
       </c>
       <c r="C2588" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2589" spans="1:3">
       <c r="A2589" s="1" t="inlineStr">
         <is>
-          <t>9789751033550</t>
+          <t>9789751031464</t>
         </is>
       </c>
       <c r="B2589" s="1" t="inlineStr">
         <is>
-          <t>Hayat Rehberiniz Mesnevi</t>
+          <t>A’dan Z’ye Dijital Fotoğrafçılık</t>
         </is>
       </c>
       <c r="C2589" s="1">
-        <v>265</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="2590" spans="1:3">
       <c r="A2590" s="1" t="inlineStr">
         <is>
-          <t>9789751031891</t>
+          <t>9789751008312</t>
         </is>
       </c>
       <c r="B2590" s="1" t="inlineStr">
         <is>
-          <t>Haremden Sürgüne</t>
+          <t>A’dan Z’ye Briç Skuizleri veya Oyun sonu Stratejisi</t>
         </is>
       </c>
       <c r="C2590" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2591" spans="1:3">
       <c r="A2591" s="1" t="inlineStr">
         <is>
-          <t>9789751025685</t>
+          <t>9789751031389</t>
         </is>
       </c>
       <c r="B2591" s="1" t="inlineStr">
         <is>
-          <t>Güzel, Etkili Konuşma ve Yazma Sanatı</t>
+          <t>Abra Kadabra</t>
         </is>
       </c>
       <c r="C2591" s="1">
-        <v>595</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2592" spans="1:3">
       <c r="A2592" s="1" t="inlineStr">
         <is>
-          <t>9789751029775</t>
+          <t>9789751004307</t>
         </is>
       </c>
       <c r="B2592" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yol</t>
+          <t>9 Numaralı Otobüsle Cennet’e Bir Sevgi Yolculuğu</t>
         </is>
       </c>
       <c r="C2592" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2593" spans="1:3">
       <c r="A2593" s="1" t="inlineStr">
         <is>
-          <t>9789751032522</t>
+          <t>9789751028648</t>
         </is>
       </c>
       <c r="B2593" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>2000 Yılın Sevgilisi</t>
         </is>
       </c>
       <c r="C2593" s="1">
-        <v>95</v>
+        <v>620</v>
       </c>
     </row>
     <row r="2594" spans="1:3">
       <c r="A2594" s="1" t="inlineStr">
         <is>
-          <t>9789751015457</t>
+          <t>9789751024718</t>
         </is>
       </c>
       <c r="B2594" s="1" t="inlineStr">
         <is>
-          <t>Görüntü Estetiği</t>
+          <t>19. Yüzyıl Çağdaş Türk Edebiyatına Doğru</t>
         </is>
       </c>
       <c r="C2594" s="1">
-        <v>455</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2595" spans="1:3">
       <c r="A2595" s="1" t="inlineStr">
         <is>
-          <t>9789751017901</t>
+          <t>9789751032652</t>
         </is>
       </c>
       <c r="B2595" s="1" t="inlineStr">
         <is>
-          <t>Goril Avcıları</t>
+          <t>17. Yüzyılda Akdenizde Korsanlık</t>
         </is>
       </c>
       <c r="C2595" s="1">
-        <v>95</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2596" spans="1:3">
       <c r="A2596" s="1" t="inlineStr">
         <is>
-          <t>9789751020673</t>
+          <t>9789751029805</t>
         </is>
       </c>
       <c r="B2596" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabet</t>
+          <t>1453 İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C2596" s="1">
-        <v>125</v>
-[...944 lines deleted...]
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>