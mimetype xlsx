--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -94,526 +94,526 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>4440000000667</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Tutsak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>4458000103911</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Aynalar ve İnsanlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789756062135</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>İki Fecr Arasında</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>80</v>
+        <v>98</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789756062234</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Yaşama Fırsatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>65</v>
+        <v>88</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789756062081</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Tevhid ve Şirk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789756062173</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Taş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9789756062241</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Tapusuz Süleyman</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9789756062029</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Şafak Mektupları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>64</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9789756062104</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Kur’an’a Yönelirken</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789756062067</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>İşaret Yazıları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789756062074</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Din Gerçeği ve İslam</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789756062128</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Cumaya 5 Kala</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789756062227</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Cumali</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>95</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>4458000103942</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Beklenen Müslümanlara Yaratılış ve İnsanlık Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789756062180</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Alnımdaki Işık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>84</v>
+        <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789756062296</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>2012 ve İki Deniz Arası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789756062210</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Rahmete Yolculuk</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789756062142</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Tartışılan Sorular</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>70</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789756062289</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Sona Son Kala</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789756062333</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>23 Mesele</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>75</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789756062203</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Vahdete 7 Adım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789756062326</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Türkçe Kur'an Meali</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9789756062197</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Temel Konularda Kur'an Öğretisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>216</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789756062166</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Yoldaki Musibetler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>90</v>
+        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789756062043</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Şeytanizme Rağmen İslami Uyanış</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>72</v>
+        <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789756062012</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Dünden Bugüne Şeytan ve Dostları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789756062265</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Divane</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>146</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789756062005</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Rabbani Yol ve Sünnetullah</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>104</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9789756062036</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Mezar Notları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789756062098</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Kişiye Özel</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789756062159</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Kimlik Tercihi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789756062111</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Kadının Onuru</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789756062302</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Müteşabih Müslümanlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>65</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>