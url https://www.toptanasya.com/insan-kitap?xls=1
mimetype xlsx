--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,880 +85,1030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059616072</t>
+          <t>9786255546425</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Hac Yolunda</t>
+          <t>İslam'ın Protestanlaştırılma Projesi Avrupa İsIamı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059616058</t>
+          <t>9786255546449</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Hac Yolunda</t>
+          <t>Dervişlik Dedikleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059616089</t>
+          <t>9786059616096</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>75 Günde Yeni Nesil Hafızlık Modeli</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059616065</t>
+          <t>9786059616140</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ton Balığı Fabrikası Kedileri</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258314724</t>
+          <t>9786059616126</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Bakışı</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258314625</t>
+          <t>9786059616171</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>560</v>
+        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755748580</t>
+          <t>9786059616195</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755747958</t>
+          <t>9786059616188</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens ve Tüm Öyküler</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059616034</t>
+          <t>9786059616157</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059616027</t>
+          <t>9786059616164</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Leylek Kardeş ve Arkadaşları Yuva Peşinde</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444443204</t>
+          <t>9786059616072</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>Evliya Çelebi Hac Yolunda</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>223</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059616003</t>
+          <t>9786059616058</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>The Prince</t>
+          <t>Evliya Çelebi Hac Yolunda</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>172</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755745145</t>
+          <t>9786059616089</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Hikayeleri</t>
+          <t>75 Günde Yeni Nesil Hafızlık Modeli</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258314656</t>
+          <t>9786059616065</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Ton Balığı Fabrikası Kedileri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258314618</t>
+          <t>9786258314724</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>The Odyssey</t>
+          <t>Medeniyet Bakışı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258314649</t>
+          <t>9786258314625</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>560</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258314663</t>
+          <t>9789755748580</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bartleby - The Scrivener</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258314571</t>
+          <t>9789755747958</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Wuthering Heights</t>
+          <t>Mutlu Prens ve Tüm Öyküler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>315</v>
+        <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258314540</t>
+          <t>9786059616034</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under the Sea</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>315</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258314533</t>
+          <t>9786059616027</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>Leylek Kardeş ve Arkadaşları Yuva Peşinde</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258314526</t>
+          <t>4444444443204</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Crime and Punishment</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>530</v>
+        <v>223</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258314588</t>
+          <t>9786059616003</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Alice's Adventures In Wonderland (Ciltli)</t>
+          <t>The Prince</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258314489</t>
+          <t>9789755745145</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>A Tale of Two Cities</t>
+          <t>Bilgelik Hikayeleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258314465</t>
+          <t>9786258314656</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sense and Sensibility</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>390</v>
+        <v>145</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258314472</t>
+          <t>9786258314618</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Pride and Prejudice</t>
+          <t>The Odyssey</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>405</v>
+        <v>330</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258314250</t>
+          <t>9786258314649</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gece Oldu</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>390</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258314342</t>
+          <t>9786258314663</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bizi de Yaktı</t>
+          <t>Bartleby - The Scrivener</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755748344</t>
+          <t>9786258314571</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Wuthering Heights</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>70</v>
+        <v>315</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755749754</t>
+          <t>9786258314540</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Twenty Thousand Leagues Under the Sea</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>125</v>
+        <v>315</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755749761</t>
+          <t>9786258314533</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Metamorphosis</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755749389</t>
+          <t>9786258314526</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tukanya</t>
+          <t>Crime and Punishment</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>70</v>
+        <v>530</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755749570</t>
+          <t>9786258314588</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Salih'in Kuran Günlüğü</t>
+          <t>Alice's Adventures In Wonderland (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755749259</t>
+          <t>9786258314489</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>A Tale of Two Cities</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755749273</t>
+          <t>9786258314465</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Sense and Sensibility</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755749112</t>
+          <t>9786258314472</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Pride and Prejudice</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>70</v>
+        <v>405</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755748894</t>
+          <t>9786258314250</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır (Tam Metin)</t>
+          <t>Gece Oldu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755748887</t>
+          <t>9786258314342</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby (Cep Boy)</t>
+          <t>Bizi de Yaktı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755749013</t>
+          <t>9789755748344</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna (Tam Metin)</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755748788</t>
+          <t>9789755749754</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Müslüman Bilim Adamları Serisi 1</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>85</v>
+        <v>125</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755748795</t>
+          <t>9789755749761</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun - Müslüman Bilim Adamları 2</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>85</v>
+        <v>330</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755748801</t>
+          <t>9789755749389</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>El-Cezeri - Müslüman Bilim Adamları Serisi 3</t>
+          <t>Tukanya</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>85</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755748627</t>
+          <t>9789755749570</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Padişah Kıssaları</t>
+          <t>Salih'in Kuran Günlüğü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755748566</t>
+          <t>9789755749259</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755748429</t>
+          <t>9789755749273</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755748375</t>
+          <t>9789755749112</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755748443</t>
+          <t>9789755748894</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Yakıcı Sır (Tam Metin)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755748320</t>
+          <t>9789755748887</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Katip Bartleby (Cep Boy)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755748290</t>
+          <t>9786059616133</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçmeler</t>
+          <t>Kürk Mantolu Madonna (Tam Metin)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755748221</t>
+          <t>9789755748788</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>İbni Sina - Müslüman Bilim Adamları Serisi 1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755747996</t>
+          <t>9789755748795</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>İbni Haldun - Müslüman Bilim Adamları 2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755748139</t>
+          <t>9789755748801</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>El-Cezeri - Müslüman Bilim Adamları Serisi 3</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755747972</t>
+          <t>9789755748627</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Padişah Kıssaları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>330</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755747989</t>
+          <t>9789755748566</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı ve Seçme Hikayeler</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755747941</t>
+          <t>9789755748429</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>285</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755747880</t>
+          <t>9789755748375</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski'nin Hatıraları</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>435</v>
+        <v>255</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
+          <t>9789755748443</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Gülistan</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789755748320</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789755748290</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi'den Seçmeler</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789755748221</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther'in Acıları</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789755747996</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789755748139</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Rubailer</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786059616102</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789755747989</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Kaşağı ve Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789755747941</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Mantıku't-Tayr</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789755747880</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski'nin Hatıraları</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
           <t>9789755747798</t>
         </is>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>A'mak-ı Hayal</t>
         </is>
       </c>
-      <c r="C57" s="1">
+      <c r="C67" s="1">
         <v>170</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>