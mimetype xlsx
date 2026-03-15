--- v1 (2025-12-29)
+++ v2 (2026-03-15)
@@ -85,1030 +85,1105 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255546425</t>
+          <t>9789755747873</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Protestanlaştırılma Projesi Avrupa İsIamı</t>
+          <t>The Little Prince (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255546449</t>
+          <t>9789755748603</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dervişlik Dedikleri</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059616096</t>
+          <t>9789755747774</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Kırk Kilit - Türk Tezhib Sanatı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059616140</t>
+          <t>9786059616218</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Bir Bilgeye Sormuşlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059616126</t>
+          <t>9786059616201</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Şifa Sofrası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>70</v>
+        <v>390</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059616171</t>
+          <t>9786255546425</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>İslam'ın Protestanlaştırılma Projesi Avrupa İsIamı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>70</v>
+        <v>360</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059616195</t>
+          <t>9786255546449</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dervişlik Dedikleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>65</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059616188</t>
+          <t>9786059616096</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059616157</t>
+          <t>9786059616140</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059616164</t>
+          <t>9786059616126</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059616072</t>
+          <t>9786059616171</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Hac Yolunda</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059616058</t>
+          <t>9786059616195</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Hac Yolunda</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>85</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059616089</t>
+          <t>9786059616188</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>75 Günde Yeni Nesil Hafızlık Modeli</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059616065</t>
+          <t>9786059616157</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ton Balığı Fabrikası Kedileri</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258314724</t>
+          <t>9786059616164</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Bakışı</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258314625</t>
+          <t>9786059616072</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Evliya Çelebi Hac Yolunda</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>560</v>
+        <v>175</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755748580</t>
+          <t>9786059616058</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Evliya Çelebi Hac Yolunda</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755747958</t>
+          <t>9786059616089</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens ve Tüm Öyküler</t>
+          <t>75 Günde Yeni Nesil Hafızlık Modeli</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059616034</t>
+          <t>9786059616065</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Ton Balığı Fabrikası Kedileri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059616027</t>
+          <t>9786258314724</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Leylek Kardeş ve Arkadaşları Yuva Peşinde</t>
+          <t>Medeniyet Bakışı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>75</v>
+        <v>245</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4444444443204</t>
+          <t>9786258314625</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>223</v>
+        <v>590</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059616003</t>
+          <t>9789755748580</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>The Prince</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>172</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755745145</t>
+          <t>9789755747958</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Hikayeleri</t>
+          <t>Mutlu Prens ve Tüm Öyküler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258314656</t>
+          <t>9786059616034</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>145</v>
+        <v>85</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258314618</t>
+          <t>9786059616027</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>The Odyssey</t>
+          <t>Leylek Kardeş ve Arkadaşları Yuva Peşinde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>330</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258314649</t>
+          <t>4444444443204</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>390</v>
+        <v>223</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258314663</t>
+          <t>9786059616003</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bartleby - The Scrivener</t>
+          <t>The Prince</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258314571</t>
+          <t>9789755745145</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Wuthering Heights</t>
+          <t>Bilgelik Hikayeleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258314540</t>
+          <t>9786258314656</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under the Sea</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258314533</t>
+          <t>9786258314618</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>The Odyssey</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>415</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258314526</t>
+          <t>9786258314649</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Crime and Punishment</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>530</v>
+        <v>420</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258314588</t>
+          <t>9786258314663</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Alice's Adventures In Wonderland (Ciltli)</t>
+          <t>Bartleby - The Scrivener</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258314489</t>
+          <t>9786258314571</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>A Tale of Two Cities</t>
+          <t>Wuthering Heights</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258314465</t>
+          <t>9786258314540</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sense and Sensibility</t>
+          <t>Twenty Thousand Leagues Under the Sea</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258314472</t>
+          <t>9786258314533</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Pride and Prejudice</t>
+          <t>Metamorphosis</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>405</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258314250</t>
+          <t>9786258314526</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gece Oldu</t>
+          <t>Crime and Punishment</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>590</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258314342</t>
+          <t>9786258314588</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bizi de Yaktı</t>
+          <t>Alice's Adventures In Wonderland (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755748344</t>
+          <t>9786258314489</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>A Tale of Two Cities</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>530</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755749754</t>
+          <t>9786258314465</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Sense and Sensibility</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>125</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755749761</t>
+          <t>9786258314472</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Pride and Prejudice</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>330</v>
+        <v>430</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755749389</t>
+          <t>9786258314250</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tukanya</t>
+          <t>Gece Oldu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755749570</t>
+          <t>9786258314342</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Salih'in Kuran Günlüğü</t>
+          <t>Bizi de Yaktı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755749259</t>
+          <t>9789755748344</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755749273</t>
+          <t>9789755749754</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755749112</t>
+          <t>9789755749761</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70</v>
+        <v>390</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755748894</t>
+          <t>9789755749389</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır (Tam Metin)</t>
+          <t>Tukanya</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755748887</t>
+          <t>9789755749570</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby (Cep Boy)</t>
+          <t>Salih'in Kuran Günlüğü</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059616133</t>
+          <t>9789755749259</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna (Tam Metin)</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755748788</t>
+          <t>9789755749273</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Müslüman Bilim Adamları Serisi 1</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755748795</t>
+          <t>9789755749112</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun - Müslüman Bilim Adamları 2</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755748801</t>
+          <t>9789755748894</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>El-Cezeri - Müslüman Bilim Adamları Serisi 3</t>
+          <t>Yakıcı Sır (Tam Metin)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755748627</t>
+          <t>9789755748887</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Padişah Kıssaları</t>
+          <t>Katip Bartleby (Cep Boy)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755748566</t>
+          <t>9786059616133</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Kürk Mantolu Madonna (Tam Metin)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755748429</t>
+          <t>9789755748788</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>İbni Sina - Müslüman Bilim Adamları Serisi 1</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755748375</t>
+          <t>9789755748795</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>İbni Haldun - Müslüman Bilim Adamları 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>255</v>
+        <v>85</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755748443</t>
+          <t>9789755748801</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>El-Cezeri - Müslüman Bilim Adamları Serisi 3</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755748320</t>
+          <t>9789755748627</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Padişah Kıssaları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755748290</t>
+          <t>9789755748566</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçmeler</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755748221</t>
+          <t>9789755748429</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755747996</t>
+          <t>9789755748375</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>80</v>
+        <v>255</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755748139</t>
+          <t>9789755748443</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059616102</t>
+          <t>9789755748320</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755747989</t>
+          <t>9789755748290</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı ve Seçme Hikayeler</t>
+          <t>Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>175</v>
+        <v>365</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755747941</t>
+          <t>9789755748221</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mantıku't-Tayr</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755747880</t>
+          <t>9789755747996</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski'nin Hatıraları</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>435</v>
+        <v>85</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9789755748139</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Rubailer</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786059616102</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789755747989</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Kaşağı ve Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789755747941</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Mantıku't-Tayr</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789755747880</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski'nin Hatıraları</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
           <t>9789755747798</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>A'mak-ı Hayal</t>
         </is>
       </c>
-      <c r="C67" s="1">
+      <c r="C72" s="1">
         <v>170</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>