--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -85,700 +85,730 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786056781612</t>
+          <t>9786259827780</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Pişmemiş Tavuğun Başına Gelenler</t>
+          <t>Sarının İki Tonu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259827759</t>
+          <t>9786259827766</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Farklı Düşün İyi Yaşa</t>
+          <t>Brezilya'dan Malezya'ya</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259827742</t>
+          <t>9786056781612</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tekli Hikayeler</t>
+          <t>Pişmemiş Tavuğun Başına Gelenler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057152794</t>
+          <t>9786259827759</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Güler misin Anlar mısın? 2</t>
+          <t>Farklı Düşün İyi Yaşa</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259827735</t>
+          <t>9786259827742</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Esaret</t>
+          <t>Tekli Hikayeler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056781698</t>
+          <t>9786057152794</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sükut İşçisi</t>
+          <t>Güler misin Anlar mısın? 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058415324</t>
+          <t>9786259827735</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Annem Olsa Ne Pişirirdi?</t>
+          <t>Savaş ve Esaret</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057152718</t>
+          <t>9786056781698</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aile Kazanmak</t>
+          <t>Sükut İşçisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056781605</t>
+          <t>9786058415324</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Satış ve Pazarlama Teknikleriyle İkna Sanatı</t>
+          <t>Annem Olsa Ne Pişirirdi?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057152770</t>
+          <t>9786057152718</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şemsettin Sami Seçilmiş Emsal Sözler 1</t>
+          <t>Aile Kazanmak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259827728</t>
+          <t>9786056781605</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Lokman Hakim Seçilmiş Emsal Sözler3</t>
+          <t>Satış ve Pazarlama Teknikleriyle İkna Sanatı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>55</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056781643</t>
+          <t>9786057152770</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uzak Coğrafyalarda İslamiyet'in Büyük İzleri</t>
+          <t>Şemsettin Sami Seçilmiş Emsal Sözler 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259827711</t>
+          <t>9786259827728</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Pişmemiş Tavuğun Başına Gelenler</t>
+          <t>Lokman Hakim Seçilmiş Emsal Sözler3</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259827704</t>
+          <t>9786056781643</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ali Emiri Seçilmiş Emsal Sözler-2</t>
+          <t>Uzak Coğrafyalarda İslamiyet'in Büyük İzleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058415379</t>
+          <t>9786259827711</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kuş Bakışı Zeka</t>
+          <t>Pişmemiş Tavuğun Başına Gelenler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057152763</t>
+          <t>9786259827704</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Renklendir</t>
+          <t>Ali Emiri Seçilmiş Emsal Sözler-2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>115</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057152756</t>
+          <t>9786058415379</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sandalyenin Kıyısına Oturanlar (Ciltli)</t>
+          <t>Kuş Bakışı Zeka</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056781629</t>
+          <t>9786057152763</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mavi Minibüs</t>
+          <t>Hayatını Renklendir</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056872402</t>
+          <t>9786057152756</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Helali Arama Stratejileri</t>
+          <t>Sandalyenin Kıyısına Oturanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058415300</t>
+          <t>9786056781629</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Hikayesi - Kelime Üretme Laboratuvarı</t>
+          <t>Mavi Minibüs</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056872488</t>
+          <t>9786056872402</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Güler Misin Anlar Mısın?</t>
+          <t>Helali Arama Stratejileri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056872464</t>
+          <t>9786058415300</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hitabetin Altın Kuralları</t>
+          <t>Kelimelerin Hikayesi - Kelime Üretme Laboratuvarı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056872433</t>
+          <t>9786056872488</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Başlamak</t>
+          <t>Güler Misin Anlar Mısın?</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057152732</t>
+          <t>9786056872464</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Şifası Sohbet</t>
+          <t>Hitabetin Altın Kuralları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058415386</t>
+          <t>9786056872433</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Abç’si</t>
+          <t>Sıfırdan Başlamak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057152725</t>
+          <t>9786057152732</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Çalışmak</t>
+          <t>Kelimelerin Şifası Sohbet</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057152701</t>
+          <t>9786058415386</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hikaye-i Deha</t>
+          <t>Eğitimin Abç’si</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056872419</t>
+          <t>9786057152725</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Afrika Günlükleri</t>
+          <t>Gençlerle Çalışmak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058415393</t>
+          <t>9786057152701</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhabbet</t>
+          <t>Hikaye-i Deha</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056781650</t>
+          <t>9786056872419</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sizi Medyanın Elinden Kurtaracak Kitap</t>
+          <t>Afrika Günlükleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>205</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057152749</t>
+          <t>9786058415393</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Acayip Hikayeler</t>
+          <t>Aşk-ı Muhabbet</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058415355</t>
+          <t>9786056781650</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bu Hikayenin Yazarı Sen Olabilirsin</t>
+          <t>Sizi Medyanın Elinden Kurtaracak Kitap</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056781674</t>
+          <t>9786057152749</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Soyağacı Lügati (Ciltli)</t>
+          <t>Yaşanmış Acayip Hikayeler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058415362</t>
+          <t>9786058415355</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sıhhatnüma</t>
+          <t>Bu Hikayenin Yazarı Sen Olabilirsin</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058415348</t>
+          <t>9786056781674</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Anne</t>
+          <t>Aile ve Soyağacı Lügati (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>125</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058415331</t>
+          <t>9786058415362</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Canlı Kitap</t>
+          <t>Sıhhatnüma</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056872471</t>
+          <t>9786058415348</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mutfaktaki Strateji</t>
+          <t>Gerçek Anne</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056781636</t>
+          <t>9786058415331</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yönetirdi?</t>
+          <t>Canlı Kitap</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056872440</t>
+          <t>9786056872471</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Karekatür 1x1= Ölçülü Mizah</t>
+          <t>Mutfaktaki Strateji</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056872457</t>
+          <t>9786056781636</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hayat O Kadar Uzun Ki</t>
+          <t>Nasıl Yönetirdi?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786056872426</t>
+          <t>9786056872440</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dijital Mahremiyet</t>
+          <t>Karekatür 1x1= Ölçülü Mizah</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786056781667</t>
+          <t>9786056872457</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar Karşısında Doğru Söz Söyleme Sanatı</t>
+          <t>Hayat O Kadar Uzun Ki</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056872495</t>
+          <t>9786056872426</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yürek Kuşu</t>
+          <t>Dijital Mahremiyet</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
+          <t>9786056781667</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Zıtlıklar Karşısında Doğru Söz Söyleme Sanatı</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786056872495</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Kuşu</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
           <t>9786058415317</t>
         </is>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Çilek Ağacı</t>
         </is>
       </c>
-      <c r="C45" s="1">
+      <c r="C47" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>